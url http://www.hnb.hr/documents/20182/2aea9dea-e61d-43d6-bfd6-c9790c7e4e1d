--- v0 (2025-10-15)
+++ v1 (2026-01-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q3\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="11" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="82">
@@ -415,51 +415,51 @@
     <t>LIHTENŠTAJN</t>
   </si>
   <si>
     <t>SRBIJA</t>
   </si>
   <si>
     <t xml:space="preserve">2022. </t>
   </si>
   <si>
     <t>NIZOZEMSKI ANTILI</t>
   </si>
   <si>
     <t>KAJMANSKI OTOCI</t>
   </si>
   <si>
     <t>Međunarodne financijske institucije</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t xml:space="preserve">2024. </t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1. i 2. tr. 2025. </t>
+      <t xml:space="preserve">1., 2. i 3. tr. 2025. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0000"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
@@ -1021,54 +1021,53 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr codeName="List1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AL53"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="36" style="2" customWidth="1"/>
-    <col min="3" max="32" width="8.83203125" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="35" max="35" width="14.83203125" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="31" width="8.83203125" style="2" customWidth="1"/>
+    <col min="32" max="34" width="8" style="2" customWidth="1"/>
+    <col min="35" max="35" width="17.33203125" style="2" customWidth="1"/>
     <col min="36" max="36" width="9.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="37" max="16384" width="9.33203125" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:38" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="3" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="2:38" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="12" t="s">
@@ -1247,54 +1246,54 @@
       <c r="AA6" s="14">
         <v>64.809749999999994</v>
       </c>
       <c r="AB6" s="14">
         <v>112.41361000000001</v>
       </c>
       <c r="AC6" s="14">
         <v>2291.9793799999998</v>
       </c>
       <c r="AD6" s="14">
         <v>60.859559999999995</v>
       </c>
       <c r="AE6" s="14">
         <v>148.94758999999999</v>
       </c>
       <c r="AF6" s="14">
         <v>129.87201999999999</v>
       </c>
       <c r="AG6" s="14">
         <v>842.83879999999999</v>
       </c>
       <c r="AH6" s="14">
         <v>1364.72801</v>
       </c>
       <c r="AI6" s="14">
-        <v>340.82875000000001</v>
+        <v>927.83632999999998</v>
       </c>
       <c r="AJ6" s="15">
-        <v>11629.308869999999</v>
+        <v>12216.316449999998</v>
       </c>
       <c r="AK6" s="8"/>
       <c r="AL6" s="4"/>
     </row>
     <row r="7" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="14">
         <v>8.2048899999999989</v>
       </c>
       <c r="D7" s="14">
         <v>37.878099999999996</v>
       </c>
       <c r="E7" s="14">
         <v>6.4023900000000005</v>
       </c>
       <c r="F7" s="14">
         <v>46.284199999999998</v>
       </c>
       <c r="G7" s="14">
         <v>246.99113</v>
       </c>
       <c r="H7" s="14">
         <v>155.87909999999999</v>
@@ -1356,54 +1355,54 @@
       <c r="AA7" s="14">
         <v>375.97309000000001</v>
       </c>
       <c r="AB7" s="14">
         <v>355.95994999999999</v>
       </c>
       <c r="AC7" s="14">
         <v>239.23534000000001</v>
       </c>
       <c r="AD7" s="14">
         <v>184.10017000000002</v>
       </c>
       <c r="AE7" s="14">
         <v>555.95593000000008</v>
       </c>
       <c r="AF7" s="14">
         <v>573.87330000000009</v>
       </c>
       <c r="AG7" s="14">
         <v>633.68381000000011</v>
       </c>
       <c r="AH7" s="14">
         <v>25.770220000000002</v>
       </c>
       <c r="AI7" s="14">
-        <v>-38.386400000000002</v>
+        <v>351.45447999999999</v>
       </c>
       <c r="AJ7" s="15">
-        <v>6585.6311100000003</v>
+        <v>6975.47199</v>
       </c>
       <c r="AK7" s="8"/>
       <c r="AL7" s="4"/>
     </row>
     <row r="8" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="14">
         <v>2.5340799999999999</v>
       </c>
       <c r="D8" s="14">
         <v>1.8409999999999999E-2</v>
       </c>
       <c r="E8" s="14">
         <v>0</v>
       </c>
       <c r="F8" s="14">
         <v>0.24940999999999999</v>
       </c>
       <c r="G8" s="14">
         <v>8.612680000000001</v>
       </c>
       <c r="H8" s="14">
         <v>2.3455400000000002</v>
@@ -1465,54 +1464,54 @@
       <c r="AA8" s="14">
         <v>481.81664000000001</v>
       </c>
       <c r="AB8" s="14">
         <v>241.70935</v>
       </c>
       <c r="AC8" s="14">
         <v>442.70600000000002</v>
       </c>
       <c r="AD8" s="14">
         <v>1000.88996</v>
       </c>
       <c r="AE8" s="14">
         <v>593.65289000000007</v>
       </c>
       <c r="AF8" s="14">
         <v>338.4941</v>
       </c>
       <c r="AG8" s="14">
         <v>483.77067999999997</v>
       </c>
       <c r="AH8" s="14">
         <v>389.99603999999999</v>
       </c>
       <c r="AI8" s="14">
-        <v>190.81586999999999</v>
+        <v>404.96267999999998</v>
       </c>
       <c r="AJ8" s="15">
-        <v>6444.4652100000003</v>
+        <v>6658.6120199999996</v>
       </c>
       <c r="AK8" s="8"/>
       <c r="AL8" s="4"/>
     </row>
     <row r="9" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="14">
         <v>34.968220000000002</v>
       </c>
       <c r="D9" s="14">
         <v>6.4128999999999996</v>
       </c>
       <c r="E9" s="14">
         <v>14.207090000000001</v>
       </c>
       <c r="F9" s="14">
         <v>2.0058800000000003</v>
       </c>
       <c r="G9" s="14">
         <v>-58.732030000000002</v>
       </c>
       <c r="H9" s="14">
         <v>48.036180000000002</v>
@@ -1574,54 +1573,54 @@
       <c r="AA9" s="14">
         <v>209.3022</v>
       </c>
       <c r="AB9" s="14">
         <v>199.62040999999999</v>
       </c>
       <c r="AC9" s="14">
         <v>167.53557000000001</v>
       </c>
       <c r="AD9" s="14">
         <v>147.51766000000001</v>
       </c>
       <c r="AE9" s="14">
         <v>613.73622999999998</v>
       </c>
       <c r="AF9" s="14">
         <v>239.54048</v>
       </c>
       <c r="AG9" s="14">
         <v>555.37157999999999</v>
       </c>
       <c r="AH9" s="14">
         <v>266.42238000000003</v>
       </c>
       <c r="AI9" s="14">
-        <v>236.98248000000001</v>
+        <v>327.47197999999997</v>
       </c>
       <c r="AJ9" s="15">
-        <v>5471.0262699999994</v>
+        <v>5561.51577</v>
       </c>
       <c r="AK9" s="8"/>
       <c r="AL9" s="4"/>
     </row>
     <row r="10" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="14">
         <v>6.9384300000000003</v>
       </c>
       <c r="D10" s="14">
         <v>3.0425900000000001</v>
       </c>
       <c r="E10" s="14">
         <v>2.6810999999999998</v>
       </c>
       <c r="F10" s="14">
         <v>4.3594600000000003</v>
       </c>
       <c r="G10" s="14">
         <v>26.050979999999999</v>
       </c>
       <c r="H10" s="14">
         <v>8.2502399999999998</v>
@@ -1683,54 +1682,54 @@
       <c r="AA10" s="14">
         <v>45.426629999999996</v>
       </c>
       <c r="AB10" s="14">
         <v>-29.738759999999999</v>
       </c>
       <c r="AC10" s="14">
         <v>-102.03905</v>
       </c>
       <c r="AD10" s="14">
         <v>18.365479999999998</v>
       </c>
       <c r="AE10" s="14">
         <v>257.78539000000001</v>
       </c>
       <c r="AF10" s="14">
         <v>334.31984999999997</v>
       </c>
       <c r="AG10" s="14">
         <v>-67.425889999999995</v>
       </c>
       <c r="AH10" s="14">
         <v>-6.8130100000000002</v>
       </c>
       <c r="AI10" s="14">
-        <v>-163.78764000000001</v>
+        <v>-81.757630000000006</v>
       </c>
       <c r="AJ10" s="15">
-        <v>3630.0776000000001</v>
+        <v>3712.10761</v>
       </c>
       <c r="AK10" s="8"/>
       <c r="AL10" s="4"/>
     </row>
     <row r="11" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="14">
         <v>0</v>
       </c>
       <c r="D11" s="14">
         <v>0</v>
       </c>
       <c r="E11" s="14">
         <v>0</v>
       </c>
       <c r="F11" s="14">
         <v>0</v>
       </c>
       <c r="G11" s="14">
         <v>1.5351300000000001</v>
       </c>
       <c r="H11" s="14">
         <v>6.8231800000000007</v>
@@ -1792,54 +1791,54 @@
       <c r="AA11" s="14">
         <v>551.15728999999999</v>
       </c>
       <c r="AB11" s="14">
         <v>75.096779999999995</v>
       </c>
       <c r="AC11" s="14">
         <v>49.24156</v>
       </c>
       <c r="AD11" s="14">
         <v>-5.86266</v>
       </c>
       <c r="AE11" s="14">
         <v>237.75492000000003</v>
       </c>
       <c r="AF11" s="14">
         <v>275.62506000000002</v>
       </c>
       <c r="AG11" s="14">
         <v>-18.450009999999999</v>
       </c>
       <c r="AH11" s="14">
         <v>87.709410000000005</v>
       </c>
       <c r="AI11" s="14">
-        <v>44.373870000000004</v>
+        <v>52.373230000000007</v>
       </c>
       <c r="AJ11" s="15">
-        <v>3532.9974400000001</v>
+        <v>3540.9967999999999</v>
       </c>
       <c r="AK11" s="8"/>
       <c r="AL11" s="4"/>
     </row>
     <row r="12" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="14">
         <v>4.8230000000000004</v>
       </c>
       <c r="D12" s="14">
         <v>0.21093000000000001</v>
       </c>
       <c r="E12" s="14">
         <v>2.63672</v>
       </c>
       <c r="F12" s="14">
         <v>2.4176100000000003</v>
       </c>
       <c r="G12" s="14">
         <v>22.91347</v>
       </c>
       <c r="H12" s="14">
         <v>29.87088</v>
@@ -1901,54 +1900,54 @@
       <c r="AA12" s="14">
         <v>105.28922999999999</v>
       </c>
       <c r="AB12" s="14">
         <v>-77.579189999999997</v>
       </c>
       <c r="AC12" s="14">
         <v>120.72798</v>
       </c>
       <c r="AD12" s="14">
         <v>21.459289999999999</v>
       </c>
       <c r="AE12" s="14">
         <v>433.20749999999998</v>
       </c>
       <c r="AF12" s="14">
         <v>225.26154</v>
       </c>
       <c r="AG12" s="14">
         <v>146.24720000000002</v>
       </c>
       <c r="AH12" s="14">
         <v>326.32281999999998</v>
       </c>
       <c r="AI12" s="14">
-        <v>67.077809999999999</v>
+        <v>187.06512000000001</v>
       </c>
       <c r="AJ12" s="15">
-        <v>2754.1367200000004</v>
+        <v>2874.1240299999999</v>
       </c>
       <c r="AK12" s="8"/>
       <c r="AL12" s="4"/>
     </row>
     <row r="13" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="14">
         <v>9.8575200000000009</v>
       </c>
       <c r="D13" s="14">
         <v>0.53828999999999994</v>
       </c>
       <c r="E13" s="14">
         <v>0.20795</v>
       </c>
       <c r="F13" s="14">
         <v>0.14793999999999999</v>
       </c>
       <c r="G13" s="14">
         <v>50.22871</v>
       </c>
       <c r="H13" s="14">
         <v>3.5019499999999999</v>
@@ -2010,54 +2009,54 @@
       <c r="AA13" s="14">
         <v>66.962339999999998</v>
       </c>
       <c r="AB13" s="14">
         <v>-75.47099</v>
       </c>
       <c r="AC13" s="14">
         <v>3.4498800000000003</v>
       </c>
       <c r="AD13" s="14">
         <v>-15.92277</v>
       </c>
       <c r="AE13" s="14">
         <v>268.57905</v>
       </c>
       <c r="AF13" s="14">
         <v>131.40496999999999</v>
       </c>
       <c r="AG13" s="14">
         <v>65.057839999999999</v>
       </c>
       <c r="AH13" s="14">
         <v>135.12706</v>
       </c>
       <c r="AI13" s="14">
-        <v>6.4791400000000001</v>
+        <v>66.961280000000002</v>
       </c>
       <c r="AJ13" s="15">
-        <v>1694.17984</v>
+        <v>1754.6619800000001</v>
       </c>
       <c r="AK13" s="8"/>
       <c r="AL13" s="4"/>
     </row>
     <row r="14" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="14">
         <v>0</v>
       </c>
       <c r="D14" s="14">
         <v>0</v>
       </c>
       <c r="E14" s="14">
         <v>0</v>
       </c>
       <c r="F14" s="14">
         <v>0</v>
       </c>
       <c r="G14" s="14">
         <v>0</v>
       </c>
       <c r="H14" s="14">
         <v>3.4123099999999997</v>
@@ -2119,54 +2118,54 @@
       <c r="AA14" s="14">
         <v>37.17389</v>
       </c>
       <c r="AB14" s="14">
         <v>46.536269999999995</v>
       </c>
       <c r="AC14" s="14">
         <v>-26.06128</v>
       </c>
       <c r="AD14" s="14">
         <v>76.570740000000001</v>
       </c>
       <c r="AE14" s="14">
         <v>-23.513210000000001</v>
       </c>
       <c r="AF14" s="14">
         <v>782.99833000000001</v>
       </c>
       <c r="AG14" s="14">
         <v>88.930170000000004</v>
       </c>
       <c r="AH14" s="14">
         <v>246.26909000000001</v>
       </c>
       <c r="AI14" s="14">
-        <v>-200.67323000000002</v>
+        <v>-191.7996</v>
       </c>
       <c r="AJ14" s="15">
-        <v>1347.9056799999998</v>
+        <v>1356.7793100000001</v>
       </c>
       <c r="AK14" s="8"/>
       <c r="AL14" s="4"/>
     </row>
     <row r="15" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="14">
         <v>0</v>
       </c>
       <c r="D15" s="14">
         <v>0</v>
       </c>
       <c r="E15" s="14">
         <v>0</v>
       </c>
       <c r="F15" s="14">
         <v>7.0138999999999996</v>
       </c>
       <c r="G15" s="14">
         <v>2.3061400000000001</v>
       </c>
       <c r="H15" s="14">
         <v>0</v>
@@ -2228,54 +2227,54 @@
       <c r="AA15" s="14">
         <v>19.720959999999998</v>
       </c>
       <c r="AB15" s="14">
         <v>131.23397</v>
       </c>
       <c r="AC15" s="14">
         <v>125.27046</v>
       </c>
       <c r="AD15" s="14">
         <v>54.134010000000004</v>
       </c>
       <c r="AE15" s="14">
         <v>112.22783</v>
       </c>
       <c r="AF15" s="14">
         <v>165.53465</v>
       </c>
       <c r="AG15" s="14">
         <v>104.77403</v>
       </c>
       <c r="AH15" s="14">
         <v>74.988119999999995</v>
       </c>
       <c r="AI15" s="14">
-        <v>66.826259999999991</v>
+        <v>67.294820000000001</v>
       </c>
       <c r="AJ15" s="15">
-        <v>1207.7892099999999</v>
+        <v>1208.2577699999999</v>
       </c>
       <c r="AK15" s="8"/>
       <c r="AL15" s="4"/>
     </row>
     <row r="16" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="14">
         <v>0</v>
       </c>
       <c r="D16" s="14">
         <v>0</v>
       </c>
       <c r="E16" s="14">
         <v>0.11131999999999999</v>
       </c>
       <c r="F16" s="14">
         <v>4.5070899999999998</v>
       </c>
       <c r="G16" s="14">
         <v>21.370529999999999</v>
       </c>
       <c r="H16" s="14">
         <v>-5.1898200000000001</v>
@@ -2337,54 +2336,54 @@
       <c r="AA16" s="14">
         <v>-489.19890999999996</v>
       </c>
       <c r="AB16" s="14">
         <v>7.1938999999999993</v>
       </c>
       <c r="AC16" s="14">
         <v>16.975990000000003</v>
       </c>
       <c r="AD16" s="14">
         <v>11.024370000000001</v>
       </c>
       <c r="AE16" s="14">
         <v>8.3070799999999991</v>
       </c>
       <c r="AF16" s="14">
         <v>134.03889999999998</v>
       </c>
       <c r="AG16" s="14">
         <v>-134.53801999999999</v>
       </c>
       <c r="AH16" s="14">
         <v>91.103460000000013</v>
       </c>
       <c r="AI16" s="14">
-        <v>5.5968299999999997</v>
+        <v>33.065040000000003</v>
       </c>
       <c r="AJ16" s="15">
-        <v>1103.8263899999999</v>
+        <v>1131.2946000000002</v>
       </c>
       <c r="AK16" s="8"/>
       <c r="AL16" s="4"/>
     </row>
     <row r="17" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="14">
         <v>7.7501600000000002</v>
       </c>
       <c r="D17" s="14">
         <v>15.8149</v>
       </c>
       <c r="E17" s="14">
         <v>10.142139999999999</v>
       </c>
       <c r="F17" s="14">
         <v>16.733799999999999</v>
       </c>
       <c r="G17" s="14">
         <v>-8.18506</v>
       </c>
       <c r="H17" s="14">
         <v>11.32634</v>
@@ -2446,54 +2445,54 @@
       <c r="AA17" s="14">
         <v>49.918349999999997</v>
       </c>
       <c r="AB17" s="14">
         <v>74.259899999999988</v>
       </c>
       <c r="AC17" s="14">
         <v>-169.76598000000001</v>
       </c>
       <c r="AD17" s="14">
         <v>-40.360150000000004</v>
       </c>
       <c r="AE17" s="14">
         <v>44.886960000000002</v>
       </c>
       <c r="AF17" s="14">
         <v>201.06029999999998</v>
       </c>
       <c r="AG17" s="14">
         <v>95.964710000000011</v>
       </c>
       <c r="AH17" s="14">
         <v>212.52835000000002</v>
       </c>
       <c r="AI17" s="14">
-        <v>-11.0876</v>
+        <v>46.286730000000006</v>
       </c>
       <c r="AJ17" s="15">
-        <v>1053.25749</v>
+        <v>1110.6318200000001</v>
       </c>
       <c r="AK17" s="8"/>
       <c r="AL17" s="4"/>
     </row>
     <row r="18" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="14">
         <v>0.17584</v>
       </c>
       <c r="D18" s="14">
         <v>0</v>
       </c>
       <c r="E18" s="14">
         <v>0</v>
       </c>
       <c r="F18" s="14">
         <v>6.7800000000000004E-3</v>
       </c>
       <c r="G18" s="14">
         <v>9.77942</v>
       </c>
       <c r="H18" s="14">
         <v>5.3205900000000002</v>
@@ -2555,54 +2554,54 @@
       <c r="AA18" s="14">
         <v>75.025509999999997</v>
       </c>
       <c r="AB18" s="14">
         <v>44.523650000000004</v>
       </c>
       <c r="AC18" s="14">
         <v>55.873410000000007</v>
       </c>
       <c r="AD18" s="14">
         <v>49.003019999999999</v>
       </c>
       <c r="AE18" s="14">
         <v>70.523470000000003</v>
       </c>
       <c r="AF18" s="14">
         <v>67.825310000000002</v>
       </c>
       <c r="AG18" s="14">
         <v>79.886660000000006</v>
       </c>
       <c r="AH18" s="14">
         <v>162.7424</v>
       </c>
       <c r="AI18" s="14">
-        <v>91.795770000000005</v>
+        <v>122.70245</v>
       </c>
       <c r="AJ18" s="15">
-        <v>916.20048999999995</v>
+        <v>947.10717</v>
       </c>
       <c r="AK18" s="8"/>
       <c r="AL18" s="4"/>
     </row>
     <row r="19" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="14">
         <v>0.83220000000000005</v>
       </c>
       <c r="D19" s="14">
         <v>9.264E-2</v>
       </c>
       <c r="E19" s="14">
         <v>0.47677999999999998</v>
       </c>
       <c r="F19" s="14">
         <v>1.0967199999999999</v>
       </c>
       <c r="G19" s="14">
         <v>4.3336399999999999</v>
       </c>
       <c r="H19" s="14">
         <v>-1.79383</v>
@@ -2664,54 +2663,54 @@
       <c r="AA19" s="14">
         <v>27.08155</v>
       </c>
       <c r="AB19" s="14">
         <v>0.11456000000000001</v>
       </c>
       <c r="AC19" s="14">
         <v>40.92906</v>
       </c>
       <c r="AD19" s="14">
         <v>18.631430000000002</v>
       </c>
       <c r="AE19" s="14">
         <v>18.106300000000001</v>
       </c>
       <c r="AF19" s="14">
         <v>33.168550000000003</v>
       </c>
       <c r="AG19" s="14">
         <v>6.2899099999999999</v>
       </c>
       <c r="AH19" s="14">
         <v>71.204239999999999</v>
       </c>
       <c r="AI19" s="14">
-        <v>7.9014199999999999</v>
+        <v>20.742900000000002</v>
       </c>
       <c r="AJ19" s="15">
-        <v>866.52049</v>
+        <v>879.36196999999993</v>
       </c>
       <c r="AK19" s="8"/>
       <c r="AL19" s="4"/>
     </row>
     <row r="20" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C20" s="14">
         <v>0</v>
       </c>
       <c r="D20" s="14">
         <v>0</v>
       </c>
       <c r="E20" s="14">
         <v>0</v>
       </c>
       <c r="F20" s="14">
         <v>0</v>
       </c>
       <c r="G20" s="14">
         <v>0</v>
       </c>
       <c r="H20" s="14">
         <v>0</v>
@@ -2882,54 +2881,54 @@
       <c r="AA21" s="14">
         <v>34.574769999999994</v>
       </c>
       <c r="AB21" s="14">
         <v>109.95138</v>
       </c>
       <c r="AC21" s="14">
         <v>17.808779999999999</v>
       </c>
       <c r="AD21" s="14">
         <v>-300.54829999999998</v>
       </c>
       <c r="AE21" s="14">
         <v>49.929879999999997</v>
       </c>
       <c r="AF21" s="14">
         <v>88.589860000000002</v>
       </c>
       <c r="AG21" s="14">
         <v>45.181220000000003</v>
       </c>
       <c r="AH21" s="14">
         <v>116.87965</v>
       </c>
       <c r="AI21" s="14">
-        <v>5.7359799999999996</v>
+        <v>12.496729999999999</v>
       </c>
       <c r="AJ21" s="15">
-        <v>792.27582999999993</v>
+        <v>799.03657999999996</v>
       </c>
       <c r="AK21" s="8"/>
       <c r="AL21" s="4"/>
     </row>
     <row r="22" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="14">
         <v>3.5743899999999997</v>
       </c>
       <c r="D22" s="14">
         <v>2.2375400000000001</v>
       </c>
       <c r="E22" s="14">
         <v>-11.048350000000001</v>
       </c>
       <c r="F22" s="14">
         <v>227.38930999999999</v>
       </c>
       <c r="G22" s="14">
         <v>93.817149999999998</v>
       </c>
       <c r="H22" s="14">
         <v>489.23282</v>
@@ -2991,54 +2990,54 @@
       <c r="AA22" s="14">
         <v>16.061019999999999</v>
       </c>
       <c r="AB22" s="14">
         <v>-19.605090000000001</v>
       </c>
       <c r="AC22" s="14">
         <v>-18.643470000000001</v>
       </c>
       <c r="AD22" s="14">
         <v>127.04332000000001</v>
       </c>
       <c r="AE22" s="14">
         <v>62.267830000000004</v>
       </c>
       <c r="AF22" s="14">
         <v>328.20032000000003</v>
       </c>
       <c r="AG22" s="14">
         <v>32.901069999999997</v>
       </c>
       <c r="AH22" s="14">
         <v>47.590960000000003</v>
       </c>
       <c r="AI22" s="14">
-        <v>30.350189999999998</v>
+        <v>30.027699999999999</v>
       </c>
       <c r="AJ22" s="15">
-        <v>689.90341999999987</v>
+        <v>689.58092999999997</v>
       </c>
       <c r="AK22" s="8"/>
       <c r="AL22" s="4"/>
     </row>
     <row r="23" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="14">
         <v>0</v>
       </c>
       <c r="D23" s="14">
         <v>2.6440000000000002E-2</v>
       </c>
       <c r="E23" s="14">
         <v>2.784E-2</v>
       </c>
       <c r="F23" s="14">
         <v>0</v>
       </c>
       <c r="G23" s="14">
         <v>0.19066999999999998</v>
       </c>
       <c r="H23" s="14">
         <v>3.1199999999999999E-3</v>
@@ -3100,54 +3099,54 @@
       <c r="AA23" s="14">
         <v>31.66226</v>
       </c>
       <c r="AB23" s="14">
         <v>19.290310000000002</v>
       </c>
       <c r="AC23" s="14">
         <v>21.129729999999999</v>
       </c>
       <c r="AD23" s="14">
         <v>31.358709999999999</v>
       </c>
       <c r="AE23" s="14">
         <v>136.4049</v>
       </c>
       <c r="AF23" s="14">
         <v>54.687959999999997</v>
       </c>
       <c r="AG23" s="14">
         <v>49.878230000000002</v>
       </c>
       <c r="AH23" s="14">
         <v>84.960189999999997</v>
       </c>
       <c r="AI23" s="14">
-        <v>18.97626</v>
+        <v>56.689419999999998</v>
       </c>
       <c r="AJ23" s="15">
-        <v>515.20087000000001</v>
+        <v>552.91403000000003</v>
       </c>
       <c r="AK23" s="8"/>
       <c r="AL23" s="4"/>
     </row>
     <row r="24" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C24" s="14">
         <v>0</v>
       </c>
       <c r="D24" s="14">
         <v>0</v>
       </c>
       <c r="E24" s="14">
         <v>0</v>
       </c>
       <c r="F24" s="14">
         <v>0</v>
       </c>
       <c r="G24" s="14">
         <v>0.20604</v>
       </c>
       <c r="H24" s="14">
         <v>0</v>
@@ -3209,54 +3208,54 @@
       <c r="AA24" s="14">
         <v>15.35665</v>
       </c>
       <c r="AB24" s="14">
         <v>3.8944099999999997</v>
       </c>
       <c r="AC24" s="14">
         <v>16.563369999999999</v>
       </c>
       <c r="AD24" s="14">
         <v>19.343360000000001</v>
       </c>
       <c r="AE24" s="14">
         <v>143.28469000000001</v>
       </c>
       <c r="AF24" s="14">
         <v>59.378389999999996</v>
       </c>
       <c r="AG24" s="14">
         <v>95.367360000000005</v>
       </c>
       <c r="AH24" s="14">
         <v>25.400400000000001</v>
       </c>
       <c r="AI24" s="14">
-        <v>-13.105919999999999</v>
+        <v>-6.2684899999999999</v>
       </c>
       <c r="AJ24" s="15">
-        <v>484.55522999999999</v>
+        <v>491.39265999999998</v>
       </c>
       <c r="AK24" s="8"/>
       <c r="AL24" s="4"/>
     </row>
     <row r="25" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="14">
         <v>3.3016300000000003</v>
       </c>
       <c r="D25" s="14">
         <v>0.88333000000000006</v>
       </c>
       <c r="E25" s="14">
         <v>2.9276399999999998</v>
       </c>
       <c r="F25" s="14">
         <v>6.4416199999999995</v>
       </c>
       <c r="G25" s="14">
         <v>1.09592</v>
       </c>
       <c r="H25" s="14">
         <v>5.3066400000000007</v>
@@ -3318,54 +3317,54 @@
       <c r="AA25" s="14">
         <v>21.8505</v>
       </c>
       <c r="AB25" s="14">
         <v>12.322649999999999</v>
       </c>
       <c r="AC25" s="14">
         <v>5.0648800000000005</v>
       </c>
       <c r="AD25" s="14">
         <v>10.697950000000001</v>
       </c>
       <c r="AE25" s="14">
         <v>19.786099999999998</v>
       </c>
       <c r="AF25" s="14">
         <v>12.998290000000001</v>
       </c>
       <c r="AG25" s="14">
         <v>31.456400000000002</v>
       </c>
       <c r="AH25" s="14">
         <v>21.364150000000002</v>
       </c>
       <c r="AI25" s="14">
-        <v>57.241870000000006</v>
+        <v>73.955500000000001</v>
       </c>
       <c r="AJ25" s="15">
-        <v>425.19463999999999</v>
+        <v>441.90827000000002</v>
       </c>
       <c r="AK25" s="8"/>
       <c r="AL25" s="4"/>
     </row>
     <row r="26" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="14">
         <v>0</v>
       </c>
       <c r="D26" s="14">
         <v>0</v>
       </c>
       <c r="E26" s="14">
         <v>0</v>
       </c>
       <c r="F26" s="14">
         <v>0</v>
       </c>
       <c r="G26" s="14">
         <v>0</v>
       </c>
       <c r="H26" s="14">
         <v>0</v>
@@ -3427,163 +3426,163 @@
       <c r="AA26" s="14">
         <v>10.775499999999999</v>
       </c>
       <c r="AB26" s="14">
         <v>6.6818999999999997</v>
       </c>
       <c r="AC26" s="14">
         <v>-18.008389999999999</v>
       </c>
       <c r="AD26" s="14">
         <v>1.62917</v>
       </c>
       <c r="AE26" s="14">
         <v>55.360610000000001</v>
       </c>
       <c r="AF26" s="14">
         <v>17.377770000000002</v>
       </c>
       <c r="AG26" s="14">
         <v>40.098059999999997</v>
       </c>
       <c r="AH26" s="14">
         <v>109.75199000000001</v>
       </c>
       <c r="AI26" s="14">
-        <v>67.702269999999999</v>
+        <v>96.746710000000007</v>
       </c>
       <c r="AJ26" s="15">
-        <v>377.17554999999999</v>
+        <v>406.21999</v>
       </c>
       <c r="AK26" s="8"/>
       <c r="AL26" s="4"/>
     </row>
     <row r="27" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="C27" s="14">
         <v>0</v>
       </c>
       <c r="D27" s="14">
         <v>0</v>
       </c>
       <c r="E27" s="14">
         <v>0</v>
       </c>
       <c r="F27" s="14">
         <v>0</v>
       </c>
       <c r="G27" s="14">
         <v>0</v>
       </c>
       <c r="H27" s="14">
         <v>0</v>
       </c>
       <c r="I27" s="14">
         <v>0</v>
       </c>
       <c r="J27" s="14">
-        <v>0.20038</v>
+        <v>0</v>
       </c>
       <c r="K27" s="14">
-        <v>0.48492000000000002</v>
+        <v>0</v>
       </c>
       <c r="L27" s="14">
-        <v>0.74945000000000006</v>
+        <v>0</v>
       </c>
       <c r="M27" s="14">
-        <v>-0.20477000000000001</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="N27" s="14">
-        <v>1.4098900000000001</v>
+        <v>9.6000000000000002E-2</v>
       </c>
       <c r="O27" s="14">
-        <v>7.7510000000000009E-2</v>
+        <v>0</v>
       </c>
       <c r="P27" s="14">
-        <v>10.873250000000001</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="Q27" s="14">
-        <v>22.113949999999999</v>
+        <v>2.9250000000000002E-2</v>
       </c>
       <c r="R27" s="14">
-        <v>56.9773</v>
+        <v>0.12281</v>
       </c>
       <c r="S27" s="14">
-        <v>8.1577500000000001</v>
+        <v>-0.54670000000000007</v>
       </c>
       <c r="T27" s="14">
-        <v>31.382300000000001</v>
+        <v>-3.3418800000000002</v>
       </c>
       <c r="U27" s="14">
-        <v>18.225069999999999</v>
+        <v>-2.0348600000000001</v>
       </c>
       <c r="V27" s="14">
-        <v>17.917590000000001</v>
+        <v>7.7879999999999991E-2</v>
       </c>
       <c r="W27" s="14">
-        <v>16.876180000000002</v>
+        <v>1.0906300000000002</v>
       </c>
       <c r="X27" s="14">
-        <v>25.196570000000001</v>
+        <v>1.09118</v>
       </c>
       <c r="Y27" s="14">
-        <v>0.92585000000000006</v>
+        <v>0.22305</v>
       </c>
       <c r="Z27" s="14">
-        <v>-7.2774899999999993</v>
+        <v>14.15882</v>
       </c>
       <c r="AA27" s="14">
-        <v>2.4212399999999996</v>
+        <v>12.095780000000001</v>
       </c>
       <c r="AB27" s="14">
-        <v>4.0266200000000003</v>
+        <v>8.9081600000000005</v>
       </c>
       <c r="AC27" s="14">
-        <v>4.0940099999999999</v>
+        <v>9.0953799999999987</v>
       </c>
       <c r="AD27" s="14">
-        <v>-12.113629999999999</v>
+        <v>1.0866800000000001</v>
       </c>
       <c r="AE27" s="14">
-        <v>-0.97735000000000005</v>
+        <v>198.37429</v>
       </c>
       <c r="AF27" s="14">
-        <v>-6.9921899999999999</v>
+        <v>8.9047999999999998</v>
       </c>
       <c r="AG27" s="14">
-        <v>33.9925</v>
+        <v>8.309190000000001</v>
       </c>
       <c r="AH27" s="14">
-        <v>58.367280000000001</v>
+        <v>11.948450000000001</v>
       </c>
       <c r="AI27" s="14">
-        <v>3.3188200000000001</v>
+        <v>49.741579999999999</v>
       </c>
       <c r="AJ27" s="15">
-        <v>290.22300000000001</v>
+        <v>319.57948999999996</v>
       </c>
       <c r="AK27" s="8"/>
       <c r="AL27" s="4"/>
     </row>
     <row r="28" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="14">
         <v>0</v>
       </c>
       <c r="D28" s="14">
         <v>0</v>
       </c>
       <c r="E28" s="14">
         <v>0</v>
       </c>
       <c r="F28" s="14">
         <v>4.65334</v>
       </c>
       <c r="G28" s="14">
         <v>0</v>
       </c>
       <c r="H28" s="14">
         <v>1.7293800000000001</v>
@@ -3645,163 +3644,163 @@
       <c r="AA28" s="14">
         <v>22.58398</v>
       </c>
       <c r="AB28" s="14">
         <v>16.024639999999998</v>
       </c>
       <c r="AC28" s="14">
         <v>38.360059999999997</v>
       </c>
       <c r="AD28" s="14">
         <v>20.24334</v>
       </c>
       <c r="AE28" s="14">
         <v>7.9421800000000005</v>
       </c>
       <c r="AF28" s="14">
         <v>-177.35135</v>
       </c>
       <c r="AG28" s="14">
         <v>-6.1344200000000004</v>
       </c>
       <c r="AH28" s="14">
         <v>-5.6339799999999993</v>
       </c>
       <c r="AI28" s="14">
-        <v>-5.3123199999999997</v>
+        <v>-6.0405100000000003</v>
       </c>
       <c r="AJ28" s="15">
-        <v>283.10142999999999</v>
+        <v>282.37324000000001</v>
       </c>
       <c r="AK28" s="8"/>
       <c r="AL28" s="4"/>
     </row>
     <row r="29" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="2" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="C29" s="14">
         <v>0</v>
       </c>
       <c r="D29" s="14">
         <v>0</v>
       </c>
       <c r="E29" s="14">
         <v>0</v>
       </c>
       <c r="F29" s="14">
         <v>0</v>
       </c>
       <c r="G29" s="14">
         <v>0</v>
       </c>
       <c r="H29" s="14">
         <v>0</v>
       </c>
       <c r="I29" s="14">
         <v>0</v>
       </c>
       <c r="J29" s="14">
-        <v>0</v>
+        <v>0.20038</v>
       </c>
       <c r="K29" s="14">
-        <v>0</v>
+        <v>0.48492000000000002</v>
       </c>
       <c r="L29" s="14">
-        <v>0</v>
+        <v>0.74945000000000006</v>
       </c>
       <c r="M29" s="14">
-        <v>9.2999999999999999E-2</v>
+        <v>-0.20477000000000001</v>
       </c>
       <c r="N29" s="14">
-        <v>9.6000000000000002E-2</v>
+        <v>1.4098900000000001</v>
       </c>
       <c r="O29" s="14">
-        <v>0</v>
+        <v>7.7510000000000009E-2</v>
       </c>
       <c r="P29" s="14">
-        <v>5.6000000000000001E-2</v>
+        <v>10.873250000000001</v>
       </c>
       <c r="Q29" s="14">
-        <v>2.9250000000000002E-2</v>
+        <v>22.113949999999999</v>
       </c>
       <c r="R29" s="14">
-        <v>0.12281</v>
+        <v>56.9773</v>
       </c>
       <c r="S29" s="14">
-        <v>-0.54670000000000007</v>
+        <v>8.1577500000000001</v>
       </c>
       <c r="T29" s="14">
-        <v>-3.3418800000000002</v>
+        <v>31.382300000000001</v>
       </c>
       <c r="U29" s="14">
-        <v>-2.0348600000000001</v>
+        <v>18.225069999999999</v>
       </c>
       <c r="V29" s="14">
-        <v>7.7879999999999991E-2</v>
+        <v>17.917590000000001</v>
       </c>
       <c r="W29" s="14">
-        <v>1.0906300000000002</v>
+        <v>16.876180000000002</v>
       </c>
       <c r="X29" s="14">
-        <v>1.09118</v>
+        <v>25.196570000000001</v>
       </c>
       <c r="Y29" s="14">
-        <v>0.22305</v>
+        <v>0.92585000000000006</v>
       </c>
       <c r="Z29" s="14">
-        <v>14.15882</v>
+        <v>-7.2774899999999993</v>
       </c>
       <c r="AA29" s="14">
-        <v>12.095780000000001</v>
+        <v>2.4212399999999996</v>
       </c>
       <c r="AB29" s="14">
-        <v>8.9081600000000005</v>
+        <v>4.0266200000000003</v>
       </c>
       <c r="AC29" s="14">
-        <v>9.0953799999999987</v>
+        <v>4.0940099999999999</v>
       </c>
       <c r="AD29" s="14">
-        <v>1.0866800000000001</v>
+        <v>-12.113629999999999</v>
       </c>
       <c r="AE29" s="14">
-        <v>198.37429</v>
+        <v>-0.97735000000000005</v>
       </c>
       <c r="AF29" s="14">
-        <v>8.9047999999999998</v>
+        <v>-6.9921899999999999</v>
       </c>
       <c r="AG29" s="14">
-        <v>8.309190000000001</v>
+        <v>33.9925</v>
       </c>
       <c r="AH29" s="14">
-        <v>11.948450000000001</v>
+        <v>58.367280000000001</v>
       </c>
       <c r="AI29" s="14">
-        <v>1.5303399999999998</v>
+        <v>-10.086</v>
       </c>
       <c r="AJ29" s="15">
-        <v>271.36824999999999</v>
+        <v>276.81817999999998</v>
       </c>
       <c r="AK29" s="8"/>
       <c r="AL29" s="4"/>
     </row>
     <row r="30" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="14">
         <v>0</v>
       </c>
       <c r="D30" s="14">
         <v>0</v>
       </c>
       <c r="E30" s="14">
         <v>7.8040000000000012E-2</v>
       </c>
       <c r="F30" s="14">
         <v>0.11591</v>
       </c>
       <c r="G30" s="14">
         <v>0</v>
       </c>
       <c r="H30" s="14">
         <v>0.42069000000000001</v>
@@ -3863,54 +3862,54 @@
       <c r="AA30" s="14">
         <v>-45.291150000000002</v>
       </c>
       <c r="AB30" s="14">
         <v>2.0726300000000002</v>
       </c>
       <c r="AC30" s="14">
         <v>55.4527</v>
       </c>
       <c r="AD30" s="14">
         <v>-51.183930000000004</v>
       </c>
       <c r="AE30" s="14">
         <v>-3.0604200000000001</v>
       </c>
       <c r="AF30" s="14">
         <v>27.703130000000002</v>
       </c>
       <c r="AG30" s="14">
         <v>32.868720000000003</v>
       </c>
       <c r="AH30" s="14">
         <v>21.485389999999999</v>
       </c>
       <c r="AI30" s="14">
-        <v>-45.387689999999999</v>
+        <v>-12.712950000000001</v>
       </c>
       <c r="AJ30" s="15">
-        <v>226.73707999999999</v>
+        <v>259.41182000000003</v>
       </c>
       <c r="AK30" s="8"/>
       <c r="AL30" s="4"/>
     </row>
     <row r="31" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="14">
         <v>0</v>
       </c>
       <c r="D31" s="14">
         <v>0</v>
       </c>
       <c r="E31" s="14">
         <v>0</v>
       </c>
       <c r="F31" s="14">
         <v>0</v>
       </c>
       <c r="G31" s="14">
         <v>0</v>
       </c>
       <c r="H31" s="14">
         <v>0</v>
@@ -3972,54 +3971,54 @@
       <c r="AA31" s="14">
         <v>30.27657</v>
       </c>
       <c r="AB31" s="14">
         <v>63.056870000000004</v>
       </c>
       <c r="AC31" s="14">
         <v>-4.8076600000000003</v>
       </c>
       <c r="AD31" s="14">
         <v>26.359240000000003</v>
       </c>
       <c r="AE31" s="14">
         <v>38.860589999999995</v>
       </c>
       <c r="AF31" s="14">
         <v>45.482129999999998</v>
       </c>
       <c r="AG31" s="14">
         <v>19.06165</v>
       </c>
       <c r="AH31" s="14">
         <v>-12.26183</v>
       </c>
       <c r="AI31" s="14">
-        <v>11.157719999999999</v>
+        <v>13.477450000000001</v>
       </c>
       <c r="AJ31" s="15">
-        <v>221.62835000000001</v>
+        <v>223.94807999999998</v>
       </c>
       <c r="AK31" s="8"/>
       <c r="AL31" s="4"/>
     </row>
     <row r="32" spans="2:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="14">
         <v>0</v>
       </c>
       <c r="D32" s="14">
         <v>0</v>
       </c>
       <c r="E32" s="14">
         <v>0</v>
       </c>
       <c r="F32" s="14">
         <v>0</v>
       </c>
       <c r="G32" s="14">
         <v>0</v>
       </c>
       <c r="H32" s="14">
         <v>0</v>
@@ -4081,54 +4080,54 @@
       <c r="AA32" s="14">
         <v>-37.631839999999997</v>
       </c>
       <c r="AB32" s="14">
         <v>3.8184999999999998</v>
       </c>
       <c r="AC32" s="14">
         <v>8.2968799999999998</v>
       </c>
       <c r="AD32" s="14">
         <v>5.2280299999999995</v>
       </c>
       <c r="AE32" s="14">
         <v>-27.972999999999999</v>
       </c>
       <c r="AF32" s="14">
         <v>-47.838380000000001</v>
       </c>
       <c r="AG32" s="14">
         <v>4.3797799999999993</v>
       </c>
       <c r="AH32" s="14">
         <v>41.411790000000003</v>
       </c>
       <c r="AI32" s="14">
-        <v>-8.2790000000000002E-2</v>
+        <v>4.0061100000000005</v>
       </c>
       <c r="AJ32" s="15">
-        <v>179.71975</v>
+        <v>183.80865</v>
       </c>
       <c r="AK32" s="8"/>
       <c r="AL32" s="4"/>
     </row>
     <row r="33" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="14">
         <v>0</v>
       </c>
       <c r="D33" s="14">
         <v>0</v>
       </c>
       <c r="E33" s="14">
         <v>0</v>
       </c>
       <c r="F33" s="14">
         <v>0</v>
       </c>
       <c r="G33" s="14">
         <v>0</v>
       </c>
       <c r="H33" s="14">
         <v>0</v>
@@ -4190,54 +4189,54 @@
       <c r="AA33" s="14">
         <v>5.2141400000000004</v>
       </c>
       <c r="AB33" s="14">
         <v>2.99729</v>
       </c>
       <c r="AC33" s="14">
         <v>1.6914500000000001</v>
       </c>
       <c r="AD33" s="14">
         <v>1.2501900000000001</v>
       </c>
       <c r="AE33" s="14">
         <v>112.49194</v>
       </c>
       <c r="AF33" s="14">
         <v>-3.3641900000000002</v>
       </c>
       <c r="AG33" s="14">
         <v>3.1837900000000001</v>
       </c>
       <c r="AH33" s="14">
         <v>1.26911</v>
       </c>
       <c r="AI33" s="14">
-        <v>-0.78827000000000003</v>
+        <v>-1.62168</v>
       </c>
       <c r="AJ33" s="15">
-        <v>133.86005</v>
+        <v>133.02664000000001</v>
       </c>
       <c r="AK33" s="8"/>
       <c r="AL33" s="4"/>
     </row>
     <row r="34" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="2" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="14">
         <v>0</v>
       </c>
       <c r="D34" s="14">
         <v>0</v>
       </c>
       <c r="E34" s="14">
         <v>0</v>
       </c>
       <c r="F34" s="14">
         <v>0</v>
       </c>
       <c r="G34" s="14">
         <v>0</v>
       </c>
       <c r="H34" s="14">
         <v>0</v>
@@ -4299,54 +4298,54 @@
       <c r="AA34" s="14">
         <v>0.14865999999999999</v>
       </c>
       <c r="AB34" s="14">
         <v>2.6980000000000001E-2</v>
       </c>
       <c r="AC34" s="14">
         <v>64.342470000000006</v>
       </c>
       <c r="AD34" s="14">
         <v>1.8084500000000001</v>
       </c>
       <c r="AE34" s="14">
         <v>-0.36557000000000001</v>
       </c>
       <c r="AF34" s="14">
         <v>-0.17277000000000001</v>
       </c>
       <c r="AG34" s="14">
         <v>0</v>
       </c>
       <c r="AH34" s="14">
         <v>0.67396</v>
       </c>
       <c r="AI34" s="14">
-        <v>-1.2879800000000001</v>
+        <v>-2.0282200000000001</v>
       </c>
       <c r="AJ34" s="15">
-        <v>65.292519999999996</v>
+        <v>64.552279999999996</v>
       </c>
       <c r="AK34" s="8"/>
       <c r="AL34" s="4"/>
     </row>
     <row r="35" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="14">
         <v>0</v>
       </c>
       <c r="D35" s="14">
         <v>0</v>
       </c>
       <c r="E35" s="14">
         <v>0</v>
       </c>
       <c r="F35" s="14">
         <v>19.581490000000002</v>
       </c>
       <c r="G35" s="14">
         <v>4.8542700000000005</v>
       </c>
       <c r="H35" s="14">
         <v>4.2553299999999998</v>
@@ -4408,272 +4407,272 @@
       <c r="AA35" s="14">
         <v>0</v>
       </c>
       <c r="AB35" s="14">
         <v>37.702309999999997</v>
       </c>
       <c r="AC35" s="14">
         <v>-0.8099400000000001</v>
       </c>
       <c r="AD35" s="14">
         <v>1.4857799999999999</v>
       </c>
       <c r="AE35" s="14">
         <v>-36.600019999999994</v>
       </c>
       <c r="AF35" s="14">
         <v>11.08441</v>
       </c>
       <c r="AG35" s="14">
         <v>5.8639999999999999</v>
       </c>
       <c r="AH35" s="14">
         <v>32.087769999999999</v>
       </c>
       <c r="AI35" s="14">
-        <v>2.5801699999999999</v>
+        <v>3.9135</v>
       </c>
       <c r="AJ35" s="15">
-        <v>40.498539999999998</v>
+        <v>41.831870000000002</v>
       </c>
       <c r="AK35" s="8"/>
       <c r="AL35" s="4"/>
     </row>
     <row r="36" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="2" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="C36" s="14">
         <v>0</v>
       </c>
       <c r="D36" s="14">
         <v>0</v>
       </c>
       <c r="E36" s="14">
-        <v>13.673410000000001</v>
+        <v>0</v>
       </c>
       <c r="F36" s="14">
-        <v>0.82177999999999995</v>
+        <v>0</v>
       </c>
       <c r="G36" s="14">
-        <v>11.527049999999999</v>
+        <v>0</v>
       </c>
       <c r="H36" s="14">
-        <v>-38.452300000000001</v>
+        <v>0</v>
       </c>
       <c r="I36" s="14">
-        <v>1.9454100000000001</v>
+        <v>0</v>
       </c>
       <c r="J36" s="14">
-        <v>4.2471699999999997</v>
+        <v>0</v>
       </c>
       <c r="K36" s="14">
-        <v>2.1014400000000002</v>
+        <v>0</v>
       </c>
       <c r="L36" s="14">
-        <v>-4.6928100000000006</v>
+        <v>-0.51700000000000002</v>
       </c>
       <c r="M36" s="14">
-        <v>-6.1622399999999997</v>
+        <v>-0.56067</v>
       </c>
       <c r="N36" s="14">
-        <v>0.93271000000000004</v>
+        <v>-0.92630999999999997</v>
       </c>
       <c r="O36" s="14">
-        <v>-2.0906799999999999</v>
+        <v>-1.5920000000000001</v>
       </c>
       <c r="P36" s="14">
-        <v>1.2007699999999999</v>
+        <v>-6.9390000000000007E-2</v>
       </c>
       <c r="Q36" s="14">
-        <v>5.43058</v>
+        <v>-4.5800799999999997</v>
       </c>
       <c r="R36" s="14">
-        <v>-2.3785400000000001</v>
+        <v>-4.02128</v>
       </c>
       <c r="S36" s="14">
-        <v>-2.0260400000000001</v>
+        <v>0.51696000000000009</v>
       </c>
       <c r="T36" s="14">
-        <v>1.20783</v>
+        <v>15.06981</v>
       </c>
       <c r="U36" s="14">
-        <v>5.30966</v>
+        <v>8.9081200000000003</v>
       </c>
       <c r="V36" s="14">
-        <v>2.5088400000000002</v>
+        <v>-3.9269699999999998</v>
       </c>
       <c r="W36" s="14">
-        <v>1.0585100000000001</v>
+        <v>-2.9677899999999999</v>
       </c>
       <c r="X36" s="14">
-        <v>0.74051</v>
+        <v>-3.2637299999999998</v>
       </c>
       <c r="Y36" s="14">
-        <v>23.25525</v>
+        <v>5.16831</v>
       </c>
       <c r="Z36" s="14">
-        <v>-9.14663</v>
+        <v>-0.95350999999999997</v>
       </c>
       <c r="AA36" s="14">
-        <v>2.5004599999999999</v>
+        <v>-7.3957899999999999</v>
       </c>
       <c r="AB36" s="14">
-        <v>1.0746199999999999</v>
+        <v>-4.7887700000000004</v>
       </c>
       <c r="AC36" s="14">
-        <v>-1.48238</v>
+        <v>14.65845</v>
       </c>
       <c r="AD36" s="14">
-        <v>-7.0940900000000005</v>
+        <v>1.6093499999999998</v>
       </c>
       <c r="AE36" s="14">
-        <v>13.366490000000001</v>
+        <v>-4.6580500000000002</v>
       </c>
       <c r="AF36" s="14">
-        <v>1.2678900000000002</v>
+        <v>2.6217700000000002</v>
       </c>
       <c r="AG36" s="14">
-        <v>-10.343159999999999</v>
+        <v>-1.4005000000000001</v>
       </c>
       <c r="AH36" s="14">
-        <v>0.71496000000000004</v>
+        <v>5.5480299999999998</v>
       </c>
       <c r="AI36" s="14">
-        <v>-2.25482</v>
+        <v>-3.01383</v>
       </c>
       <c r="AJ36" s="15">
-        <v>8.7616499999999959</v>
+        <v>9.4651300000000003</v>
       </c>
       <c r="AK36" s="8"/>
       <c r="AL36" s="4"/>
     </row>
     <row r="37" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="2" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="C37" s="14">
         <v>0</v>
       </c>
       <c r="D37" s="14">
         <v>0</v>
       </c>
       <c r="E37" s="14">
-        <v>0</v>
+        <v>13.673410000000001</v>
       </c>
       <c r="F37" s="14">
-        <v>0</v>
+        <v>0.82177999999999995</v>
       </c>
       <c r="G37" s="14">
-        <v>0</v>
+        <v>11.527049999999999</v>
       </c>
       <c r="H37" s="14">
-        <v>0</v>
+        <v>-38.452300000000001</v>
       </c>
       <c r="I37" s="14">
-        <v>0</v>
+        <v>1.9454100000000001</v>
       </c>
       <c r="J37" s="14">
-        <v>0</v>
+        <v>4.2471699999999997</v>
       </c>
       <c r="K37" s="14">
-        <v>0</v>
+        <v>2.1014400000000002</v>
       </c>
       <c r="L37" s="14">
-        <v>-0.51700000000000002</v>
+        <v>-4.6928100000000006</v>
       </c>
       <c r="M37" s="14">
-        <v>-0.56067</v>
+        <v>-6.1622399999999997</v>
       </c>
       <c r="N37" s="14">
-        <v>-0.92630999999999997</v>
+        <v>0.93271000000000004</v>
       </c>
       <c r="O37" s="14">
-        <v>-1.5920000000000001</v>
+        <v>-2.0906799999999999</v>
       </c>
       <c r="P37" s="14">
-        <v>-6.9390000000000007E-2</v>
+        <v>1.2007699999999999</v>
       </c>
       <c r="Q37" s="14">
-        <v>-4.5800799999999997</v>
+        <v>5.43058</v>
       </c>
       <c r="R37" s="14">
-        <v>-4.02128</v>
+        <v>-2.3785400000000001</v>
       </c>
       <c r="S37" s="14">
-        <v>0.51696000000000009</v>
+        <v>-2.0260400000000001</v>
       </c>
       <c r="T37" s="14">
-        <v>15.06981</v>
+        <v>1.20783</v>
       </c>
       <c r="U37" s="14">
-        <v>8.9081200000000003</v>
+        <v>5.30966</v>
       </c>
       <c r="V37" s="14">
-        <v>-3.9269699999999998</v>
+        <v>2.5088400000000002</v>
       </c>
       <c r="W37" s="14">
-        <v>-2.9677899999999999</v>
+        <v>1.0585100000000001</v>
       </c>
       <c r="X37" s="14">
-        <v>-3.2637299999999998</v>
+        <v>0.74051</v>
       </c>
       <c r="Y37" s="14">
-        <v>5.16831</v>
+        <v>23.25525</v>
       </c>
       <c r="Z37" s="14">
-        <v>-0.95350999999999997</v>
+        <v>-9.14663</v>
       </c>
       <c r="AA37" s="14">
-        <v>-7.3957899999999999</v>
+        <v>2.5004599999999999</v>
       </c>
       <c r="AB37" s="14">
-        <v>-4.7887700000000004</v>
+        <v>1.0746199999999999</v>
       </c>
       <c r="AC37" s="14">
-        <v>14.65845</v>
+        <v>-1.48238</v>
       </c>
       <c r="AD37" s="14">
-        <v>1.6093499999999998</v>
+        <v>-7.0940900000000005</v>
       </c>
       <c r="AE37" s="14">
-        <v>-4.6580500000000002</v>
+        <v>13.366490000000001</v>
       </c>
       <c r="AF37" s="14">
-        <v>2.6217700000000002</v>
+        <v>1.2678900000000002</v>
       </c>
       <c r="AG37" s="14">
-        <v>-1.4005000000000001</v>
+        <v>-10.343159999999999</v>
       </c>
       <c r="AH37" s="14">
-        <v>5.5480299999999998</v>
+        <v>0.71496000000000004</v>
       </c>
       <c r="AI37" s="14">
-        <v>-5.7686500000000001</v>
+        <v>-3.0319699999999998</v>
       </c>
       <c r="AJ37" s="15">
-        <v>6.7103100000000016</v>
+        <v>7.984499999999997</v>
       </c>
       <c r="AK37" s="8"/>
       <c r="AL37" s="4"/>
     </row>
     <row r="38" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C38" s="14">
         <v>1.1414300000000002</v>
       </c>
       <c r="D38" s="14">
         <v>0</v>
       </c>
       <c r="E38" s="14">
         <v>8.8160000000000002E-2</v>
       </c>
       <c r="F38" s="14">
         <v>0</v>
       </c>
       <c r="G38" s="14">
         <v>0.82367000000000001</v>
       </c>
       <c r="H38" s="14">
         <v>12.824290000000001</v>
@@ -4735,54 +4734,54 @@
       <c r="AA38" s="14">
         <v>12.72049</v>
       </c>
       <c r="AB38" s="14">
         <v>36.645879999999998</v>
       </c>
       <c r="AC38" s="14">
         <v>-3.2283200000000001</v>
       </c>
       <c r="AD38" s="14">
         <v>-5.1322099999999997</v>
       </c>
       <c r="AE38" s="14">
         <v>-35.985150000000004</v>
       </c>
       <c r="AF38" s="14">
         <v>3.1636799999999998</v>
       </c>
       <c r="AG38" s="14">
         <v>-6.0936899999999996</v>
       </c>
       <c r="AH38" s="14">
         <v>-1.8268800000000001</v>
       </c>
       <c r="AI38" s="14">
-        <v>3.3000000000000002E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
       <c r="AJ38" s="15">
-        <v>5.1026999999999969</v>
+        <v>5.105699999999997</v>
       </c>
       <c r="AK38" s="8"/>
       <c r="AL38" s="4"/>
     </row>
     <row r="39" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C39" s="14">
         <v>12.87804</v>
       </c>
       <c r="D39" s="14">
         <v>3.24411</v>
       </c>
       <c r="E39" s="14">
         <v>6.8694700000000006</v>
       </c>
       <c r="F39" s="14">
         <v>-19.581490000000002</v>
       </c>
       <c r="G39" s="14">
         <v>1.908E-2</v>
       </c>
       <c r="H39" s="14">
         <v>0.14363999999999999</v>
@@ -4844,54 +4843,54 @@
       <c r="AA39" s="14">
         <v>-0.16221000000000002</v>
       </c>
       <c r="AB39" s="14">
         <v>-3.5868200000000003</v>
       </c>
       <c r="AC39" s="14">
         <v>-1.7498900000000002</v>
       </c>
       <c r="AD39" s="14">
         <v>3.2167300000000001</v>
       </c>
       <c r="AE39" s="14">
         <v>-0.98436000000000001</v>
       </c>
       <c r="AF39" s="14">
         <v>9.3954500000000003</v>
       </c>
       <c r="AG39" s="14">
         <v>-1.7455499999999999</v>
       </c>
       <c r="AH39" s="14">
         <v>-9.6934500000000003</v>
       </c>
       <c r="AI39" s="14">
-        <v>-3.1513800000000001</v>
+        <v>-2.1991300000000003</v>
       </c>
       <c r="AJ39" s="15">
-        <v>-0.84091000000000082</v>
+        <v>0.11133999999999909</v>
       </c>
       <c r="AK39" s="8"/>
       <c r="AL39" s="4"/>
     </row>
     <row r="40" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C40" s="14">
         <v>0</v>
       </c>
       <c r="D40" s="14">
         <v>0</v>
       </c>
       <c r="E40" s="14">
         <v>0</v>
       </c>
       <c r="F40" s="14">
         <v>0</v>
       </c>
       <c r="G40" s="14">
         <v>0</v>
       </c>
       <c r="H40" s="14">
         <v>0</v>
@@ -5171,54 +5170,54 @@
       <c r="AA42" s="14">
         <v>57.752230000000004</v>
       </c>
       <c r="AB42" s="14">
         <v>-18.29054</v>
       </c>
       <c r="AC42" s="14">
         <v>0.86751999999999996</v>
       </c>
       <c r="AD42" s="14">
         <v>6.6131800000000007</v>
       </c>
       <c r="AE42" s="14">
         <v>73.245220000000003</v>
       </c>
       <c r="AF42" s="14">
         <v>-310.91224999999997</v>
       </c>
       <c r="AG42" s="14">
         <v>-36.44238</v>
       </c>
       <c r="AH42" s="14">
         <v>1.6835100000000001</v>
       </c>
       <c r="AI42" s="14">
-        <v>178.52880999999999</v>
+        <v>187.33523000000002</v>
       </c>
       <c r="AJ42" s="15">
-        <v>-47.956189999999985</v>
+        <v>-39.149769999999968</v>
       </c>
       <c r="AK42" s="8"/>
       <c r="AL42" s="4"/>
     </row>
     <row r="43" spans="1:38" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C43" s="14">
         <v>0</v>
       </c>
       <c r="D43" s="14">
         <v>9.2188600000000012</v>
       </c>
       <c r="E43" s="14">
         <v>2.0515700000000003</v>
       </c>
       <c r="F43" s="14">
         <v>8.9133200000000006</v>
       </c>
       <c r="G43" s="14">
         <v>11.35853</v>
       </c>
       <c r="H43" s="14">
         <v>4.96251</v>
@@ -5280,54 +5279,54 @@
       <c r="AA43" s="14">
         <v>-305.27708000000001</v>
       </c>
       <c r="AB43" s="14">
         <v>4.7814700000000006</v>
       </c>
       <c r="AC43" s="14">
         <v>3.0025999999999997</v>
       </c>
       <c r="AD43" s="14">
         <v>-3.1593899999999997</v>
       </c>
       <c r="AE43" s="14">
         <v>2.9392800000000001</v>
       </c>
       <c r="AF43" s="14">
         <v>-5.8661300000000001</v>
       </c>
       <c r="AG43" s="14">
         <v>2.8224999999999998</v>
       </c>
       <c r="AH43" s="14">
         <v>4.7004599999999996</v>
       </c>
       <c r="AI43" s="14">
-        <v>1.77528</v>
+        <v>-8.965209999999999</v>
       </c>
       <c r="AJ43" s="15">
-        <v>-159.87835000000001</v>
+        <v>-170.61884000000001</v>
       </c>
       <c r="AK43" s="8"/>
       <c r="AL43" s="4"/>
     </row>
     <row r="44" spans="1:38" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2"/>
       <c r="B44" s="22" t="s">
         <v>64</v>
       </c>
       <c r="C44" s="23">
         <v>1.3400000014485158E-5</v>
       </c>
       <c r="D44" s="23">
         <v>2.8807199999988597E-2</v>
       </c>
       <c r="E44" s="23">
         <v>0.70433469999998977</v>
       </c>
       <c r="F44" s="23">
         <v>0.78783069999997224</v>
       </c>
       <c r="G44" s="23">
         <v>1.3123998000001507</v>
       </c>
       <c r="H44" s="23">
@@ -5381,63 +5380,63 @@
       <c r="X44" s="23">
         <v>22.748863200000869</v>
       </c>
       <c r="Y44" s="23">
         <v>52.947449999999776</v>
       </c>
       <c r="Z44" s="23">
         <v>83.15368950000061</v>
       </c>
       <c r="AA44" s="23">
         <v>62.498385099999723</v>
       </c>
       <c r="AB44" s="23">
         <v>11.285557899999731</v>
       </c>
       <c r="AC44" s="23">
         <v>-3.7674374999987776</v>
       </c>
       <c r="AD44" s="23">
         <v>2.8871559000001525</v>
       </c>
       <c r="AE44" s="23">
         <v>33.21252430000095</v>
       </c>
       <c r="AF44" s="23">
-        <v>113.02054059999909</v>
+        <v>113.02054059999864</v>
       </c>
       <c r="AG44" s="23">
-        <v>-0.74840810000068814</v>
+        <v>-0.74840780000067753</v>
       </c>
       <c r="AH44" s="23">
-        <v>78.405840800001442</v>
+        <v>78.40584070000159</v>
       </c>
       <c r="AI44" s="23">
-        <v>27.486209199999962</v>
+        <v>52.84846079999943</v>
       </c>
       <c r="AJ44" s="24">
-        <v>680.78224839998438</v>
+        <v>706.14450020001823</v>
       </c>
       <c r="AK44" s="8"/>
       <c r="AL44" s="7"/>
     </row>
     <row r="45" spans="1:38" s="6" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="2"/>
       <c r="B45" s="21" t="s">
         <v>65</v>
       </c>
       <c r="C45" s="14">
         <v>0</v>
       </c>
       <c r="D45" s="14">
         <v>0</v>
       </c>
       <c r="E45" s="14">
         <v>0</v>
       </c>
       <c r="F45" s="14">
         <v>0</v>
       </c>
       <c r="G45" s="14">
         <v>0</v>
       </c>
       <c r="H45" s="14">
@@ -5494,60 +5493,60 @@
       <c r="Y45" s="14">
         <v>-24.208775972219424</v>
       </c>
       <c r="Z45" s="14">
         <v>12.876378798022927</v>
       </c>
       <c r="AA45" s="14">
         <v>30.460381703724345</v>
       </c>
       <c r="AB45" s="14">
         <v>-12.306980770923316</v>
       </c>
       <c r="AC45" s="14">
         <v>203.90081359967198</v>
       </c>
       <c r="AD45" s="14">
         <v>14.616834807942356</v>
       </c>
       <c r="AE45" s="14">
         <v>287.19935142976033</v>
       </c>
       <c r="AF45" s="14">
         <v>-158.4880928572781</v>
       </c>
       <c r="AG45" s="14">
-        <v>32.595977058105234</v>
+        <v>32.595976758105223</v>
       </c>
       <c r="AH45" s="14">
-        <v>99.337037716328823</v>
+        <v>99.337037816328674</v>
       </c>
       <c r="AI45" s="14">
-        <v>106.31596901663274</v>
+        <v>256.73376247165328</v>
       </c>
       <c r="AJ45" s="15">
-        <v>873.72170786663719</v>
+        <v>1024.1395011216532</v>
       </c>
       <c r="AK45" s="8"/>
       <c r="AL45" s="7"/>
     </row>
     <row r="46" spans="1:38" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="2"/>
       <c r="B46" s="18" t="s">
         <v>24</v>
       </c>
       <c r="C46" s="19">
         <v>100.9946034</v>
       </c>
       <c r="D46" s="19">
         <v>92.754227199999988</v>
       </c>
       <c r="E46" s="19">
         <v>79.108694699999987</v>
       </c>
       <c r="F46" s="19">
         <v>382.10836069999999</v>
       </c>
       <c r="G46" s="19">
         <v>511.07049979999999</v>
       </c>
       <c r="H46" s="19">
@@ -5610,54 +5609,54 @@
       <c r="AA46" s="19">
         <v>1580.1590668037243</v>
       </c>
       <c r="AB46" s="19">
         <v>1375.8690571290767</v>
       </c>
       <c r="AC46" s="19">
         <v>3649.2132460996722</v>
       </c>
       <c r="AD46" s="19">
         <v>1469.4948507079423</v>
       </c>
       <c r="AE46" s="19">
         <v>4464.4878857297608</v>
       </c>
       <c r="AF46" s="19">
         <v>3705.9083977427217</v>
       </c>
       <c r="AG46" s="19">
         <v>3257.4538089581051</v>
       </c>
       <c r="AH46" s="19">
         <v>4182.2633785163289</v>
       </c>
       <c r="AI46" s="19">
-        <v>1080.3363982166329</v>
+        <v>3116.6999732716531</v>
       </c>
       <c r="AJ46" s="19">
-        <v>55418.116876266642</v>
+        <v>57454.480451321659</v>
       </c>
       <c r="AK46" s="8"/>
       <c r="AL46" s="4"/>
     </row>
     <row r="47" spans="1:38" s="1" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="2"/>
       <c r="B47" s="16" t="s">
         <v>66</v>
       </c>
       <c r="C47" s="17"/>
       <c r="D47" s="17"/>
       <c r="E47" s="17"/>
       <c r="F47" s="17"/>
       <c r="G47" s="17"/>
       <c r="H47" s="17"/>
       <c r="I47" s="17"/>
       <c r="J47" s="17"/>
       <c r="K47" s="17"/>
       <c r="L47" s="17"/>
       <c r="M47" s="17"/>
       <c r="N47" s="17"/>
       <c r="O47" s="17"/>
       <c r="P47" s="17"/>
       <c r="Q47" s="17"/>
       <c r="R47" s="17">