--- v1 (2025-11-05)
+++ v2 (2026-02-16)
@@ -2,92 +2,92 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\263\GFS\9. Bilten i SDDS\Bilten i statistički pregled\Bilten 11.2025_objava web 10.2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{948175DC-6C51-43A9-9936-200E99B173E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{37D3531F-74A7-427E-88D6-16E1CF19FEFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8E074B2F-8683-4186-ACFA-D8F9DCF9D232}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{6EFEFF54-F199-4454-9CD7-219FE95D21CC}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV_EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">HRV_EUR!$B$2:$W$95</definedName>
     <definedName name="Z_01F429AC_560B_4CCC_9716_E19315463435_.wvu.PrintArea" localSheetId="0" hidden="1">HRV_EUR!$J$2:$P$95</definedName>
     <definedName name="Z_14647578_CE55_4BA0_A9B2_C52CAE3DF710_.wvu.PrintArea" localSheetId="0" hidden="1">HRV_EUR!$J$2:$Q$95</definedName>
     <definedName name="Z_62572979_D41A_477F_83E2_AE86F6DBC2D0_.wvu.PrintArea" localSheetId="0" hidden="1">HRV_EUR!#REF!</definedName>
     <definedName name="Z_8FB9CDC8_780C_4F11_9C51_9EA0BDF99028_.wvu.PrintArea" localSheetId="0" hidden="1">HRV_EUR!$J$2:$P$95</definedName>
     <definedName name="Z_B3300F87_FA73_48D3_855B_77F4E4B442EE_.wvu.PrintArea" localSheetId="0" hidden="1">HRV_EUR!#REF!</definedName>
     <definedName name="Z_FD97BEC5_9B77_460C_AC92_A93041586A73_.wvu.PrintArea" localSheetId="0" hidden="1">HRV_EUR!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7109" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7080" uniqueCount="175">
   <si>
     <t>Tablica I1: Nefinancijski računi opće države</t>
   </si>
   <si>
     <t>u milijunima eura</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t>1995.</t>
   </si>
   <si>
     <t>1996.</t>
   </si>
   <si>
     <t>1997.</t>
   </si>
   <si>
     <t>1998.</t>
   </si>
   <si>
     <t>1999.</t>
   </si>
   <si>
@@ -460,50 +460,53 @@
     <t>2. tr. 23.</t>
   </si>
   <si>
     <t>3. tr. 23.</t>
   </si>
   <si>
     <t>4. tr. 23.</t>
   </si>
   <si>
     <t>1. tr. 24.</t>
   </si>
   <si>
     <t>2. tr. 24.</t>
   </si>
   <si>
     <t>3. tr. 24.</t>
   </si>
   <si>
     <t>4. tr. 24.</t>
   </si>
   <si>
     <t>1. tr. 25.</t>
   </si>
   <si>
     <t>2. tr. 25.</t>
+  </si>
+  <si>
+    <t>3. tr. 25.</t>
   </si>
   <si>
     <t xml:space="preserve">                      a) Socijalne naknade</t>
   </si>
   <si>
     <t xml:space="preserve">                      b) Subvencije</t>
   </si>
   <si>
     <t xml:space="preserve">                      c) Ostali tekući transferi </t>
   </si>
   <si>
     <t xml:space="preserve"> Neto pozajmljivanje (+) / Neto zaduživanje (–) (1–2)</t>
   </si>
   <si>
     <t>....</t>
   </si>
   <si>
     <t xml:space="preserve">     1.1. Ukupni tekući prihodi (1.1.1. + ... +1.1.5.)</t>
   </si>
   <si>
     <t xml:space="preserve">     2.1. Ukupni tekući rashodi (2.1.+ ... +2.1.4.)</t>
   </si>
   <si>
     <t xml:space="preserve">            2.1.1. Tekući transferi (a)+b)+c))</t>
   </si>
@@ -1056,60 +1059,66 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1125,183 +1134,226 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="164" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
-    <cellStyle name="Zaglavlje" xfId="1" xr:uid="{D0BC7A1B-CD18-408B-9489-B88E748B889C}"/>
+    <cellStyle name="Zaglavlje" xfId="1" xr:uid="{2AC61D6F-F41A-4592-B0ED-2235719CFCF0}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -1576,73 +1628,73 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9686754E-DBC4-4DF3-A269-94C629E6235A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ECDE2774-420D-49ED-956E-956240DBFF16}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:EN100"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="45.85546875" style="5" customWidth="1"/>
     <col min="3" max="32" width="8.85546875" style="5"/>
     <col min="33" max="108" width="8.85546875" style="4"/>
     <col min="109" max="112" width="8.85546875" style="5"/>
     <col min="113" max="116" width="8.85546875" style="4"/>
     <col min="117" max="120" width="8.85546875" style="5"/>
     <col min="121" max="124" width="8.85546875" style="4"/>
     <col min="125" max="128" width="8.85546875" style="5"/>
     <col min="129" max="132" width="8.85546875" style="4"/>
     <col min="133" max="136" width="8.85546875" style="5"/>
-    <col min="137" max="138" width="8.85546875" style="4"/>
-    <col min="139" max="16384" width="8.85546875" style="5"/>
+    <col min="137" max="139" width="8.85546875" style="4"/>
+    <col min="140" max="16384" width="8.85546875" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="2"/>
@@ -1709,356 +1761,149 @@
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
     </row>
     <row r="5" spans="2:144" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
-      <c r="N5" s="9" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="AS5" s="9"/>
       <c r="AT5" s="9"/>
       <c r="AU5" s="9"/>
       <c r="AV5" s="9"/>
       <c r="AW5" s="9"/>
       <c r="AX5" s="9"/>
       <c r="AY5" s="9"/>
       <c r="AZ5" s="9"/>
       <c r="BA5" s="9"/>
       <c r="BB5" s="9"/>
       <c r="BC5" s="9"/>
       <c r="BD5" s="9"/>
       <c r="BE5" s="9"/>
       <c r="BF5" s="9"/>
       <c r="BG5" s="9"/>
       <c r="BH5" s="9"/>
-      <c r="BI5" s="9" t="s">
-[...226 lines deleted...]
-      </c>
+      <c r="BI5" s="9"/>
+      <c r="BJ5" s="9"/>
+      <c r="BK5" s="9"/>
+      <c r="BL5" s="9"/>
+      <c r="BM5" s="9"/>
+      <c r="BN5" s="9"/>
+      <c r="BO5" s="9"/>
+      <c r="BP5" s="9"/>
+      <c r="BQ5" s="9"/>
+      <c r="BR5" s="9"/>
+      <c r="BS5" s="9"/>
+      <c r="BT5" s="9"/>
+      <c r="BU5" s="9"/>
+      <c r="BV5" s="9"/>
+      <c r="BW5" s="9"/>
+      <c r="BX5" s="9"/>
+      <c r="BY5" s="9"/>
+      <c r="BZ5" s="9"/>
+      <c r="CA5" s="9"/>
+      <c r="CB5" s="9"/>
+      <c r="CC5" s="9"/>
+      <c r="CD5" s="9"/>
+      <c r="CE5" s="9"/>
+      <c r="CF5" s="9"/>
+      <c r="CG5" s="9"/>
+      <c r="CH5" s="9"/>
+      <c r="CI5" s="9"/>
+      <c r="CJ5" s="9"/>
+      <c r="CK5" s="9"/>
+      <c r="CL5" s="9"/>
+      <c r="CM5" s="9"/>
+      <c r="CN5" s="9"/>
+      <c r="CO5" s="9"/>
+      <c r="CP5" s="9"/>
+      <c r="CQ5" s="9"/>
+      <c r="CR5" s="9"/>
+      <c r="CS5" s="9"/>
+      <c r="CT5" s="9"/>
+      <c r="CU5" s="9"/>
+      <c r="CV5" s="9"/>
+      <c r="CW5" s="9"/>
+      <c r="CX5" s="9"/>
+      <c r="CY5" s="9"/>
+      <c r="CZ5" s="9"/>
+      <c r="DA5" s="9"/>
+      <c r="DB5" s="9"/>
+      <c r="DC5" s="9"/>
+      <c r="DD5" s="9"/>
+      <c r="DE5" s="9"/>
+      <c r="DF5" s="9"/>
+      <c r="DG5" s="9"/>
+      <c r="DH5" s="9"/>
+      <c r="DI5" s="9"/>
+      <c r="DJ5" s="9"/>
+      <c r="DK5" s="9"/>
+      <c r="DL5" s="9"/>
+      <c r="DM5" s="9"/>
+      <c r="DN5" s="9"/>
+      <c r="DO5" s="9"/>
+      <c r="DP5" s="9"/>
+      <c r="DQ5" s="9"/>
+      <c r="DR5" s="9"/>
+      <c r="DS5" s="9"/>
+      <c r="DT5" s="9"/>
+      <c r="DU5" s="9"/>
+      <c r="DV5" s="9"/>
+      <c r="DW5" s="9"/>
+      <c r="DX5" s="9"/>
+      <c r="DY5" s="9"/>
+      <c r="DZ5" s="9"/>
+      <c r="EA5" s="9"/>
+      <c r="EB5" s="9"/>
+      <c r="EC5" s="9"/>
+      <c r="ED5" s="9"/>
+      <c r="EE5" s="9"/>
+      <c r="EF5" s="9"/>
       <c r="EG5" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="EH5" s="9"/>
-      <c r="EI5" s="11"/>
+      <c r="EH5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="EI5" s="9"/>
       <c r="EJ5" s="11"/>
       <c r="EK5" s="11"/>
       <c r="EL5" s="11"/>
       <c r="EM5" s="11"/>
       <c r="EN5" s="11"/>
     </row>
     <row r="6" spans="2:144" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="12"/>
       <c r="C6" s="13" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>8</v>
@@ -2113,35867 +1958,36128 @@
       </c>
       <c r="Y6" s="13" t="s">
         <v>25</v>
       </c>
       <c r="Z6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="AA6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="AB6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="AC6" s="13" t="s">
         <v>29</v>
       </c>
       <c r="AD6" s="13" t="s">
         <v>30</v>
       </c>
       <c r="AE6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="AF6" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="AG6" s="12" t="s">
+      <c r="AG6" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="AH6" s="12" t="s">
+      <c r="AH6" s="14" t="s">
         <v>34</v>
       </c>
-      <c r="AI6" s="12" t="s">
+      <c r="AI6" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="AJ6" s="12" t="s">
+      <c r="AJ6" s="14" t="s">
         <v>36</v>
       </c>
-      <c r="AK6" s="12" t="s">
+      <c r="AK6" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="AL6" s="12" t="s">
+      <c r="AL6" s="15" t="s">
         <v>38</v>
       </c>
-      <c r="AM6" s="12" t="s">
+      <c r="AM6" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="AN6" s="12" t="s">
+      <c r="AN6" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="AO6" s="12" t="s">
+      <c r="AO6" s="14" t="s">
         <v>41</v>
       </c>
-      <c r="AP6" s="12" t="s">
+      <c r="AP6" s="14" t="s">
         <v>42</v>
       </c>
-      <c r="AQ6" s="12" t="s">
+      <c r="AQ6" s="14" t="s">
         <v>43</v>
       </c>
-      <c r="AR6" s="12" t="s">
+      <c r="AR6" s="14" t="s">
         <v>44</v>
       </c>
-      <c r="AS6" s="12" t="s">
+      <c r="AS6" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="AT6" s="12" t="s">
+      <c r="AT6" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="AU6" s="12" t="s">
+      <c r="AU6" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="AV6" s="12" t="s">
+      <c r="AV6" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="AW6" s="12" t="s">
+      <c r="AW6" s="14" t="s">
         <v>49</v>
       </c>
-      <c r="AX6" s="12" t="s">
+      <c r="AX6" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="AY6" s="12" t="s">
+      <c r="AY6" s="14" t="s">
         <v>51</v>
       </c>
-      <c r="AZ6" s="12" t="s">
+      <c r="AZ6" s="14" t="s">
         <v>52</v>
       </c>
-      <c r="BA6" s="12" t="s">
+      <c r="BA6" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="BB6" s="12" t="s">
+      <c r="BB6" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="BC6" s="12" t="s">
+      <c r="BC6" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="BD6" s="12" t="s">
+      <c r="BD6" s="15" t="s">
         <v>56</v>
       </c>
-      <c r="BE6" s="12" t="s">
+      <c r="BE6" s="14" t="s">
         <v>57</v>
       </c>
-      <c r="BF6" s="12" t="s">
+      <c r="BF6" s="14" t="s">
         <v>58</v>
       </c>
-      <c r="BG6" s="12" t="s">
+      <c r="BG6" s="14" t="s">
         <v>59</v>
       </c>
-      <c r="BH6" s="12" t="s">
+      <c r="BH6" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="BI6" s="12" t="s">
+      <c r="BI6" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="BJ6" s="12" t="s">
+      <c r="BJ6" s="15" t="s">
         <v>62</v>
       </c>
-      <c r="BK6" s="12" t="s">
+      <c r="BK6" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="BL6" s="12" t="s">
+      <c r="BL6" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="BM6" s="12" t="s">
+      <c r="BM6" s="14" t="s">
         <v>65</v>
       </c>
-      <c r="BN6" s="12" t="s">
+      <c r="BN6" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="BO6" s="12" t="s">
+      <c r="BO6" s="14" t="s">
         <v>67</v>
       </c>
-      <c r="BP6" s="12" t="s">
+      <c r="BP6" s="14" t="s">
         <v>68</v>
       </c>
-      <c r="BQ6" s="12" t="s">
+      <c r="BQ6" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="BR6" s="12" t="s">
+      <c r="BR6" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="BS6" s="12" t="s">
+      <c r="BS6" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="BT6" s="12" t="s">
+      <c r="BT6" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="BU6" s="12" t="s">
+      <c r="BU6" s="14" t="s">
         <v>73</v>
       </c>
-      <c r="BV6" s="12" t="s">
+      <c r="BV6" s="14" t="s">
         <v>74</v>
       </c>
-      <c r="BW6" s="12" t="s">
+      <c r="BW6" s="14" t="s">
         <v>75</v>
       </c>
-      <c r="BX6" s="12" t="s">
+      <c r="BX6" s="14" t="s">
         <v>76</v>
       </c>
-      <c r="BY6" s="12" t="s">
+      <c r="BY6" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="BZ6" s="12" t="s">
+      <c r="BZ6" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="CA6" s="12" t="s">
+      <c r="CA6" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="CB6" s="12" t="s">
+      <c r="CB6" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="CC6" s="12" t="s">
+      <c r="CC6" s="14" t="s">
         <v>81</v>
       </c>
-      <c r="CD6" s="12" t="s">
+      <c r="CD6" s="14" t="s">
         <v>82</v>
       </c>
-      <c r="CE6" s="12" t="s">
+      <c r="CE6" s="14" t="s">
         <v>83</v>
       </c>
-      <c r="CF6" s="12" t="s">
+      <c r="CF6" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="CG6" s="12" t="s">
+      <c r="CG6" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="CH6" s="12" t="s">
+      <c r="CH6" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="CI6" s="12" t="s">
+      <c r="CI6" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="CJ6" s="12" t="s">
+      <c r="CJ6" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="CK6" s="12" t="s">
+      <c r="CK6" s="14" t="s">
         <v>89</v>
       </c>
-      <c r="CL6" s="12" t="s">
+      <c r="CL6" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="CM6" s="12" t="s">
+      <c r="CM6" s="14" t="s">
         <v>91</v>
       </c>
-      <c r="CN6" s="12" t="s">
+      <c r="CN6" s="14" t="s">
         <v>92</v>
       </c>
-      <c r="CO6" s="12" t="s">
+      <c r="CO6" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="CP6" s="12" t="s">
+      <c r="CP6" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="CQ6" s="12" t="s">
+      <c r="CQ6" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="CR6" s="12" t="s">
+      <c r="CR6" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="CS6" s="12" t="s">
+      <c r="CS6" s="14" t="s">
         <v>97</v>
       </c>
-      <c r="CT6" s="12" t="s">
+      <c r="CT6" s="14" t="s">
         <v>98</v>
       </c>
-      <c r="CU6" s="12" t="s">
+      <c r="CU6" s="14" t="s">
         <v>99</v>
       </c>
-      <c r="CV6" s="12" t="s">
+      <c r="CV6" s="14" t="s">
         <v>100</v>
       </c>
-      <c r="CW6" s="12" t="s">
+      <c r="CW6" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="CX6" s="12" t="s">
+      <c r="CX6" s="15" t="s">
         <v>102</v>
       </c>
-      <c r="CY6" s="12" t="s">
+      <c r="CY6" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="CZ6" s="12" t="s">
+      <c r="CZ6" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="DA6" s="12" t="s">
+      <c r="DA6" s="14" t="s">
         <v>105</v>
       </c>
-      <c r="DB6" s="12" t="s">
+      <c r="DB6" s="14" t="s">
         <v>106</v>
       </c>
-      <c r="DC6" s="12" t="s">
+      <c r="DC6" s="14" t="s">
         <v>107</v>
       </c>
-      <c r="DD6" s="12" t="s">
+      <c r="DD6" s="14" t="s">
         <v>108</v>
       </c>
-      <c r="DE6" s="12" t="s">
+      <c r="DE6" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="DF6" s="12" t="s">
+      <c r="DF6" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="DG6" s="12" t="s">
+      <c r="DG6" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="DH6" s="12" t="s">
+      <c r="DH6" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="DI6" s="12" t="s">
+      <c r="DI6" s="14" t="s">
         <v>113</v>
       </c>
-      <c r="DJ6" s="12" t="s">
+      <c r="DJ6" s="14" t="s">
         <v>114</v>
       </c>
-      <c r="DK6" s="12" t="s">
+      <c r="DK6" s="14" t="s">
         <v>115</v>
       </c>
-      <c r="DL6" s="12" t="s">
+      <c r="DL6" s="14" t="s">
         <v>116</v>
       </c>
-      <c r="DM6" s="12" t="s">
+      <c r="DM6" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="DN6" s="12" t="s">
+      <c r="DN6" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="DO6" s="12" t="s">
+      <c r="DO6" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="DP6" s="12" t="s">
+      <c r="DP6" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="DQ6" s="12" t="s">
+      <c r="DQ6" s="14" t="s">
         <v>121</v>
       </c>
-      <c r="DR6" s="12" t="s">
+      <c r="DR6" s="14" t="s">
         <v>122</v>
       </c>
-      <c r="DS6" s="12" t="s">
+      <c r="DS6" s="14" t="s">
         <v>123</v>
       </c>
-      <c r="DT6" s="12" t="s">
+      <c r="DT6" s="14" t="s">
         <v>124</v>
       </c>
-      <c r="DU6" s="12" t="s">
+      <c r="DU6" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="DV6" s="12" t="s">
+      <c r="DV6" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="DW6" s="12" t="s">
+      <c r="DW6" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="DX6" s="12" t="s">
+      <c r="DX6" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="DY6" s="12" t="s">
+      <c r="DY6" s="14" t="s">
         <v>129</v>
       </c>
-      <c r="DZ6" s="12" t="s">
+      <c r="DZ6" s="14" t="s">
         <v>130</v>
       </c>
-      <c r="EA6" s="12" t="s">
+      <c r="EA6" s="14" t="s">
         <v>131</v>
       </c>
-      <c r="EB6" s="12" t="s">
+      <c r="EB6" s="14" t="s">
         <v>132</v>
       </c>
-      <c r="EC6" s="12" t="s">
+      <c r="EC6" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="ED6" s="12" t="s">
+      <c r="ED6" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="EE6" s="12" t="s">
+      <c r="EE6" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="EF6" s="12" t="s">
+      <c r="EF6" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="EG6" s="12" t="s">
+      <c r="EG6" s="14" t="s">
         <v>137</v>
       </c>
-      <c r="EH6" s="12" t="s">
+      <c r="EH6" s="14" t="s">
         <v>138</v>
+      </c>
+      <c r="EI6" s="14" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="7" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="14" t="s">
-[...137 lines deleted...]
-      <c r="EH7" s="15"/>
+      <c r="B7" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
+      <c r="E7" s="17"/>
+      <c r="F7" s="17"/>
+      <c r="G7" s="17"/>
+      <c r="H7" s="17"/>
+      <c r="I7" s="17"/>
+      <c r="J7" s="17"/>
+      <c r="K7" s="17"/>
+      <c r="L7" s="17"/>
+      <c r="M7" s="17"/>
+      <c r="N7" s="17"/>
+      <c r="O7" s="17"/>
+      <c r="P7" s="17"/>
+      <c r="Q7" s="17"/>
+      <c r="R7" s="17"/>
+      <c r="S7" s="17"/>
+      <c r="T7" s="17"/>
+      <c r="U7" s="17"/>
+      <c r="V7" s="17"/>
+      <c r="W7" s="17"/>
+      <c r="X7" s="17"/>
+      <c r="Y7" s="17"/>
+      <c r="Z7" s="17"/>
+      <c r="AA7" s="17"/>
+      <c r="AB7" s="17"/>
+      <c r="AC7" s="17"/>
+      <c r="AD7" s="17"/>
+      <c r="AE7" s="17"/>
+      <c r="AF7" s="17"/>
+      <c r="AG7" s="18"/>
+      <c r="AH7" s="18"/>
+      <c r="AI7" s="18"/>
+      <c r="AJ7" s="18"/>
+      <c r="AK7" s="17"/>
+      <c r="AL7" s="17"/>
+      <c r="AM7" s="17"/>
+      <c r="AN7" s="17"/>
+      <c r="AO7" s="18"/>
+      <c r="AP7" s="18"/>
+      <c r="AQ7" s="18"/>
+      <c r="AR7" s="18"/>
+      <c r="AS7" s="17"/>
+      <c r="AT7" s="17"/>
+      <c r="AU7" s="17"/>
+      <c r="AV7" s="17"/>
+      <c r="AW7" s="18"/>
+      <c r="AX7" s="18"/>
+      <c r="AY7" s="18"/>
+      <c r="AZ7" s="18"/>
+      <c r="BA7" s="17"/>
+      <c r="BB7" s="17"/>
+      <c r="BC7" s="17"/>
+      <c r="BD7" s="17"/>
+      <c r="BE7" s="18"/>
+      <c r="BF7" s="18"/>
+      <c r="BG7" s="18"/>
+      <c r="BH7" s="18"/>
+      <c r="BI7" s="17"/>
+      <c r="BJ7" s="17"/>
+      <c r="BK7" s="17"/>
+      <c r="BL7" s="17"/>
+      <c r="BM7" s="18"/>
+      <c r="BN7" s="18"/>
+      <c r="BO7" s="18"/>
+      <c r="BP7" s="18"/>
+      <c r="BQ7" s="17"/>
+      <c r="BR7" s="17"/>
+      <c r="BS7" s="17"/>
+      <c r="BT7" s="17"/>
+      <c r="BU7" s="18"/>
+      <c r="BV7" s="18"/>
+      <c r="BW7" s="18"/>
+      <c r="BX7" s="18"/>
+      <c r="BY7" s="17"/>
+      <c r="BZ7" s="17"/>
+      <c r="CA7" s="17"/>
+      <c r="CB7" s="17"/>
+      <c r="CC7" s="18"/>
+      <c r="CD7" s="18"/>
+      <c r="CE7" s="18"/>
+      <c r="CF7" s="18"/>
+      <c r="CG7" s="17"/>
+      <c r="CH7" s="17"/>
+      <c r="CI7" s="17"/>
+      <c r="CJ7" s="17"/>
+      <c r="CK7" s="18"/>
+      <c r="CL7" s="18"/>
+      <c r="CM7" s="18"/>
+      <c r="CN7" s="18"/>
+      <c r="CO7" s="17"/>
+      <c r="CP7" s="17"/>
+      <c r="CQ7" s="17"/>
+      <c r="CR7" s="17"/>
+      <c r="CS7" s="18"/>
+      <c r="CT7" s="18"/>
+      <c r="CU7" s="18"/>
+      <c r="CV7" s="18"/>
+      <c r="CW7" s="17"/>
+      <c r="CX7" s="17"/>
+      <c r="CY7" s="17"/>
+      <c r="CZ7" s="17"/>
+      <c r="DA7" s="18"/>
+      <c r="DB7" s="18"/>
+      <c r="DC7" s="18"/>
+      <c r="DD7" s="18"/>
+      <c r="DE7" s="19"/>
+      <c r="DF7" s="19"/>
+      <c r="DG7" s="19"/>
+      <c r="DH7" s="19"/>
+      <c r="DI7" s="18"/>
+      <c r="DJ7" s="18"/>
+      <c r="DK7" s="18"/>
+      <c r="DL7" s="18"/>
+      <c r="DM7" s="19"/>
+      <c r="DN7" s="19"/>
+      <c r="DO7" s="19"/>
+      <c r="DP7" s="19"/>
+      <c r="DQ7" s="18"/>
+      <c r="DR7" s="18"/>
+      <c r="DS7" s="18"/>
+      <c r="DT7" s="18"/>
+      <c r="DU7" s="19"/>
+      <c r="DV7" s="19"/>
+      <c r="DW7" s="19"/>
+      <c r="DX7" s="19"/>
+      <c r="DY7" s="18"/>
+      <c r="DZ7" s="18"/>
+      <c r="EA7" s="18"/>
+      <c r="EB7" s="18"/>
+      <c r="EC7" s="19"/>
+      <c r="ED7" s="19"/>
+      <c r="EE7" s="19"/>
+      <c r="EF7" s="19"/>
+      <c r="EG7" s="18"/>
+      <c r="EH7" s="18"/>
+      <c r="EI7" s="18"/>
     </row>
     <row r="8" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B8" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="16">
+      <c r="B8" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C8" s="19">
         <v>9019.3999062500006</v>
       </c>
-      <c r="D8" s="16">
+      <c r="D8" s="19">
         <v>9042.9845358599996</v>
       </c>
-      <c r="E8" s="16">
+      <c r="E8" s="19">
         <v>10837.786521120001</v>
       </c>
-      <c r="F8" s="16">
+      <c r="F8" s="19">
         <v>11659.26028432</v>
       </c>
-      <c r="G8" s="16">
+      <c r="G8" s="19">
         <v>10643.633924399999</v>
       </c>
-      <c r="H8" s="16">
+      <c r="H8" s="19">
         <v>10962.844820009999</v>
       </c>
-      <c r="I8" s="16">
+      <c r="I8" s="19">
         <v>11862.183484880001</v>
       </c>
-      <c r="J8" s="16">
+      <c r="J8" s="19">
         <v>12618.17019759</v>
       </c>
-      <c r="K8" s="16">
+      <c r="K8" s="19">
         <v>14037.66759535</v>
       </c>
-      <c r="L8" s="16">
+      <c r="L8" s="19">
         <v>14555.462266590001</v>
       </c>
-      <c r="M8" s="16">
+      <c r="M8" s="19">
         <v>15717.88142374</v>
       </c>
-      <c r="N8" s="16">
+      <c r="N8" s="19">
         <v>16884.840912340002</v>
       </c>
-      <c r="O8" s="16">
+      <c r="O8" s="19">
         <v>19145.443008120001</v>
       </c>
-      <c r="P8" s="16">
+      <c r="P8" s="19">
         <v>20475.27062132</v>
       </c>
-      <c r="Q8" s="16">
+      <c r="Q8" s="19">
         <v>18893.441183899999</v>
       </c>
-      <c r="R8" s="16">
+      <c r="R8" s="19">
         <v>18483.926984400001</v>
       </c>
-      <c r="S8" s="16">
+      <c r="S8" s="19">
         <v>18549.900094649998</v>
       </c>
-      <c r="T8" s="16">
+      <c r="T8" s="19">
         <v>18749.582396999998</v>
       </c>
-      <c r="U8" s="16">
+      <c r="U8" s="19">
         <v>19139.365685299999</v>
       </c>
-      <c r="V8" s="16">
+      <c r="V8" s="19">
         <v>19570.778145699998</v>
       </c>
-      <c r="W8" s="16">
+      <c r="W8" s="19">
         <v>20284.837084170002</v>
       </c>
-      <c r="X8" s="16">
+      <c r="X8" s="19">
         <v>21347.255745210001</v>
       </c>
-      <c r="Y8" s="16">
+      <c r="Y8" s="19">
         <v>22312.2269476</v>
       </c>
-      <c r="Z8" s="16">
+      <c r="Z8" s="19">
         <v>23553.74902902</v>
       </c>
-      <c r="AA8" s="16">
+      <c r="AA8" s="19">
         <v>25578.69100305</v>
       </c>
-      <c r="AB8" s="16">
+      <c r="AB8" s="19">
         <v>23604.23579011</v>
       </c>
-      <c r="AC8" s="16">
+      <c r="AC8" s="19">
         <v>26613.654256260001</v>
       </c>
-      <c r="AD8" s="16">
+      <c r="AD8" s="19">
         <v>30530.23047749</v>
       </c>
-      <c r="AE8" s="16">
+      <c r="AE8" s="19">
         <v>36026.799755270004</v>
       </c>
-      <c r="AF8" s="16">
+      <c r="AF8" s="19">
         <v>39565.084332140003</v>
       </c>
-      <c r="AG8" s="16">
+      <c r="AG8" s="21">
         <v>2337.8186292400001</v>
       </c>
-      <c r="AH8" s="16">
+      <c r="AH8" s="21">
         <v>2644.9217828699998</v>
       </c>
-      <c r="AI8" s="16">
+      <c r="AI8" s="21">
         <v>2822.07760994</v>
       </c>
-      <c r="AJ8" s="16">
+      <c r="AJ8" s="21">
         <v>2838.8159023500002</v>
       </c>
-      <c r="AK8" s="16">
+      <c r="AK8" s="19">
         <v>2419.5095029200002</v>
       </c>
-      <c r="AL8" s="16">
+      <c r="AL8" s="19">
         <v>2728.9059324499999</v>
       </c>
-      <c r="AM8" s="16">
+      <c r="AM8" s="19">
         <v>2903.7163295999999</v>
       </c>
-      <c r="AN8" s="16">
+      <c r="AN8" s="19">
         <v>2910.7130550500001</v>
       </c>
-      <c r="AO8" s="16">
+      <c r="AO8" s="21">
         <v>2600.27823868</v>
       </c>
-      <c r="AP8" s="16">
+      <c r="AP8" s="21">
         <v>2969.8200492999999</v>
       </c>
-      <c r="AQ8" s="16">
+      <c r="AQ8" s="21">
         <v>3138.4112699000002</v>
       </c>
-      <c r="AR8" s="16">
+      <c r="AR8" s="21">
         <v>3153.6739269999998</v>
       </c>
-      <c r="AS8" s="16">
+      <c r="AS8" s="19">
         <v>2767.3724917999998</v>
       </c>
-      <c r="AT8" s="16">
+      <c r="AT8" s="19">
         <v>3147.7449879699998</v>
       </c>
-      <c r="AU8" s="16">
+      <c r="AU8" s="19">
         <v>3353.7674941400001</v>
       </c>
-      <c r="AV8" s="16">
+      <c r="AV8" s="19">
         <v>3349.2852236700001</v>
       </c>
-      <c r="AW8" s="16">
+      <c r="AW8" s="21">
         <v>2990.67679529</v>
       </c>
-      <c r="AX8" s="16">
+      <c r="AX8" s="21">
         <v>3558.4046374200002</v>
       </c>
-      <c r="AY8" s="16">
+      <c r="AY8" s="21">
         <v>3744.8022335700002</v>
       </c>
-      <c r="AZ8" s="16">
+      <c r="AZ8" s="21">
         <v>3743.78392906</v>
       </c>
-      <c r="BA8" s="16">
+      <c r="BA8" s="19">
         <v>3150.5894616800001</v>
       </c>
-      <c r="BB8" s="16">
+      <c r="BB8" s="19">
         <v>3667.1714148199999</v>
       </c>
-      <c r="BC8" s="16">
+      <c r="BC8" s="19">
         <v>3868.2417526200002</v>
       </c>
-      <c r="BD8" s="16">
+      <c r="BD8" s="19">
         <v>3869.45963747</v>
       </c>
-      <c r="BE8" s="16">
+      <c r="BE8" s="21">
         <v>3216.3234805900001</v>
       </c>
-      <c r="BF8" s="16">
+      <c r="BF8" s="21">
         <v>4002.95341904</v>
       </c>
-      <c r="BG8" s="16">
+      <c r="BG8" s="21">
         <v>4207.3274332000001</v>
       </c>
-      <c r="BH8" s="16">
+      <c r="BH8" s="21">
         <v>4291.27709091</v>
       </c>
-      <c r="BI8" s="16">
+      <c r="BI8" s="19">
         <v>3694.70067591</v>
       </c>
-      <c r="BJ8" s="16">
+      <c r="BJ8" s="19">
         <v>4170.3844752100003</v>
       </c>
-      <c r="BK8" s="16">
+      <c r="BK8" s="19">
         <v>4291.9356263</v>
       </c>
-      <c r="BL8" s="16">
+      <c r="BL8" s="19">
         <v>4727.8201349299998</v>
       </c>
-      <c r="BM8" s="16">
+      <c r="BM8" s="21">
         <v>4244.6121123100002</v>
       </c>
-      <c r="BN8" s="16">
+      <c r="BN8" s="21">
         <v>4781.1296990299998</v>
       </c>
-      <c r="BO8" s="16">
+      <c r="BO8" s="21">
         <v>4993.6626114199998</v>
       </c>
-      <c r="BP8" s="16">
+      <c r="BP8" s="21">
         <v>5126.0385853600001</v>
       </c>
-      <c r="BQ8" s="16">
+      <c r="BQ8" s="19">
         <v>4759.9313807199997</v>
       </c>
-      <c r="BR8" s="16">
+      <c r="BR8" s="19">
         <v>5357.0202541899998</v>
       </c>
-      <c r="BS8" s="16">
+      <c r="BS8" s="19">
         <v>5340.8913983599996</v>
       </c>
-      <c r="BT8" s="16">
+      <c r="BT8" s="19">
         <v>5017.42758804</v>
       </c>
-      <c r="BU8" s="16">
+      <c r="BU8" s="21">
         <v>4415.8270405499998</v>
       </c>
-      <c r="BV8" s="16">
+      <c r="BV8" s="21">
         <v>4662.5122340899998</v>
       </c>
-      <c r="BW8" s="16">
+      <c r="BW8" s="21">
         <v>4949.1763753900004</v>
       </c>
-      <c r="BX8" s="16">
+      <c r="BX8" s="21">
         <v>4865.9255338599996</v>
       </c>
-      <c r="BY8" s="16">
+      <c r="BY8" s="19">
         <v>4111.3740722399998</v>
       </c>
-      <c r="BZ8" s="16">
+      <c r="BZ8" s="19">
         <v>4629.6013813500003</v>
       </c>
-      <c r="CA8" s="16">
+      <c r="CA8" s="19">
         <v>5130.2007174700002</v>
       </c>
-      <c r="CB8" s="16">
+      <c r="CB8" s="19">
         <v>4612.7508133399997</v>
       </c>
-      <c r="CC8" s="16">
+      <c r="CC8" s="21">
         <v>4057.3783926000001</v>
       </c>
-      <c r="CD8" s="16">
+      <c r="CD8" s="21">
         <v>4592.2101317300003</v>
       </c>
-      <c r="CE8" s="16">
+      <c r="CE8" s="21">
         <v>5163.5572512700001</v>
       </c>
-      <c r="CF8" s="16">
+      <c r="CF8" s="21">
         <v>4736.7543190400002</v>
       </c>
-      <c r="CG8" s="16">
+      <c r="CG8" s="19">
         <v>4336.5443845899999</v>
       </c>
-      <c r="CH8" s="16">
+      <c r="CH8" s="19">
         <v>4755.4048776199998</v>
       </c>
-      <c r="CI8" s="16">
+      <c r="CI8" s="19">
         <v>4927.9165313200001</v>
       </c>
-      <c r="CJ8" s="16">
+      <c r="CJ8" s="19">
         <v>4729.7166034700003</v>
       </c>
-      <c r="CK8" s="16">
+      <c r="CK8" s="21">
         <v>4342.8707348500002</v>
       </c>
-      <c r="CL8" s="16">
+      <c r="CL8" s="21">
         <v>4891.7321934800002</v>
       </c>
-      <c r="CM8" s="16">
+      <c r="CM8" s="21">
         <v>5095.9593391799999</v>
       </c>
-      <c r="CN8" s="16">
+      <c r="CN8" s="21">
         <v>4808.80341778</v>
       </c>
-      <c r="CO8" s="16">
+      <c r="CO8" s="19">
         <v>4278.79865488</v>
       </c>
-      <c r="CP8" s="16">
+      <c r="CP8" s="19">
         <v>4938.5740165099996</v>
       </c>
-      <c r="CQ8" s="16">
+      <c r="CQ8" s="19">
         <v>5375.6591237900002</v>
       </c>
-      <c r="CR8" s="16">
+      <c r="CR8" s="19">
         <v>4977.7463505200003</v>
       </c>
-      <c r="CS8" s="16">
+      <c r="CS8" s="21">
         <v>4388.3126482799998</v>
       </c>
-      <c r="CT8" s="16">
+      <c r="CT8" s="21">
         <v>5139.2413413900003</v>
       </c>
-      <c r="CU8" s="16">
+      <c r="CU8" s="21">
         <v>5531.6085688900002</v>
       </c>
-      <c r="CV8" s="16">
+      <c r="CV8" s="21">
         <v>5225.6745256100003</v>
       </c>
-      <c r="CW8" s="16">
+      <c r="CW8" s="19">
         <v>4714.8289553599998</v>
       </c>
-      <c r="CX8" s="16">
+      <c r="CX8" s="19">
         <v>5667.3968601200004</v>
       </c>
-      <c r="CY8" s="16">
+      <c r="CY8" s="19">
         <v>5614.7494146600002</v>
       </c>
-      <c r="CZ8" s="16">
+      <c r="CZ8" s="19">
         <v>5350.2805150800004</v>
       </c>
-      <c r="DA8" s="16">
+      <c r="DA8" s="21">
         <v>4987.33737243</v>
       </c>
-      <c r="DB8" s="16">
+      <c r="DB8" s="21">
         <v>5719.4294191600002</v>
       </c>
-      <c r="DC8" s="16">
+      <c r="DC8" s="21">
         <v>5834.6333442699997</v>
       </c>
-      <c r="DD8" s="16">
+      <c r="DD8" s="21">
         <v>5770.8268117400003</v>
       </c>
-      <c r="DE8" s="16">
+      <c r="DE8" s="19">
         <v>5137.6234165699998</v>
       </c>
-      <c r="DF8" s="16">
+      <c r="DF8" s="19">
         <v>6009.12671821</v>
       </c>
-      <c r="DG8" s="16">
+      <c r="DG8" s="19">
         <v>6253.73345617</v>
       </c>
-      <c r="DH8" s="16">
+      <c r="DH8" s="19">
         <v>6153.2654380699996</v>
       </c>
-      <c r="DI8" s="16">
+      <c r="DI8" s="21">
         <v>5611.3596079999998</v>
       </c>
-      <c r="DJ8" s="16">
+      <c r="DJ8" s="21">
         <v>6430.8463990500004</v>
       </c>
-      <c r="DK8" s="16">
+      <c r="DK8" s="21">
         <v>6745.5059085700004</v>
       </c>
-      <c r="DL8" s="16">
+      <c r="DL8" s="21">
         <v>6790.9790874299997</v>
       </c>
-      <c r="DM8" s="16">
+      <c r="DM8" s="19">
         <v>5556.6459854100003</v>
       </c>
-      <c r="DN8" s="16">
+      <c r="DN8" s="19">
         <v>5310.2242158999998</v>
       </c>
-      <c r="DO8" s="16">
+      <c r="DO8" s="19">
         <v>6291.8739927400002</v>
       </c>
-      <c r="DP8" s="16">
+      <c r="DP8" s="19">
         <v>6445.49159607</v>
       </c>
-      <c r="DQ8" s="16">
+      <c r="DQ8" s="21">
         <v>6009.3994051</v>
       </c>
-      <c r="DR8" s="16">
+      <c r="DR8" s="21">
         <v>6371.5177987300003</v>
       </c>
-      <c r="DS8" s="16">
+      <c r="DS8" s="21">
         <v>7246.5020140300003</v>
       </c>
-      <c r="DT8" s="16">
+      <c r="DT8" s="21">
         <v>6986.2350384000001</v>
       </c>
-      <c r="DU8" s="16">
+      <c r="DU8" s="19">
         <v>6479.96665708</v>
       </c>
-      <c r="DV8" s="16">
+      <c r="DV8" s="19">
         <v>7546.19736956</v>
       </c>
-      <c r="DW8" s="16">
+      <c r="DW8" s="19">
         <v>8172.6692523000002</v>
       </c>
-      <c r="DX8" s="16">
+      <c r="DX8" s="19">
         <v>8331.3971985499993</v>
       </c>
-      <c r="DY8" s="16">
+      <c r="DY8" s="21">
         <v>7562.5036116499996</v>
       </c>
-      <c r="DZ8" s="16">
+      <c r="DZ8" s="21">
         <v>9145.2734012100009</v>
       </c>
-      <c r="EA8" s="16">
+      <c r="EA8" s="21">
         <v>9469.1303890899999</v>
       </c>
-      <c r="EB8" s="16">
+      <c r="EB8" s="21">
         <v>9849.8923533100005</v>
       </c>
-      <c r="EC8" s="16">
+      <c r="EC8" s="21">
         <v>8436.2682195399993</v>
       </c>
-      <c r="ED8" s="16">
+      <c r="ED8" s="21">
         <v>9536.4448738400006</v>
       </c>
-      <c r="EE8" s="16">
+      <c r="EE8" s="21">
         <v>10794.401006079999</v>
       </c>
-      <c r="EF8" s="16">
+      <c r="EF8" s="21">
         <v>10797.97023268</v>
       </c>
-      <c r="EG8" s="16">
-[...3 lines deleted...]
-        <v>10496.620065139999</v>
+      <c r="EG8" s="21">
+        <v>9345.6326809599996</v>
+      </c>
+      <c r="EH8" s="21">
+        <v>10509.44416289</v>
+      </c>
+      <c r="EI8" s="21">
+        <v>11842.86823181</v>
       </c>
     </row>
     <row r="9" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B9" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="19">
+      <c r="B9" s="22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C9" s="23">
         <v>8903.0405579399994</v>
       </c>
-      <c r="D9" s="19">
+      <c r="D9" s="23">
         <v>8955.4519725699993</v>
       </c>
-      <c r="E9" s="19">
+      <c r="E9" s="23">
         <v>10771.552342389999</v>
       </c>
-      <c r="F9" s="19">
+      <c r="F9" s="23">
         <v>11599.31608527</v>
       </c>
-      <c r="G9" s="19">
+      <c r="G9" s="23">
         <v>10587.1071183</v>
       </c>
-      <c r="H9" s="19">
+      <c r="H9" s="23">
         <v>10906.483660469999</v>
       </c>
-      <c r="I9" s="19">
+      <c r="I9" s="23">
         <v>11796.446360329999</v>
       </c>
-      <c r="J9" s="19">
+      <c r="J9" s="23">
         <v>12600.457267809999</v>
       </c>
-      <c r="K9" s="19">
+      <c r="K9" s="23">
         <v>14019.29482259</v>
       </c>
-      <c r="L9" s="19">
+      <c r="L9" s="23">
         <v>14529.380849270001</v>
       </c>
-      <c r="M9" s="19">
+      <c r="M9" s="23">
         <v>15678.29337695</v>
       </c>
-      <c r="N9" s="19">
+      <c r="N9" s="23">
         <v>16851.286883339999</v>
       </c>
-      <c r="O9" s="19">
+      <c r="O9" s="23">
         <v>19104.181605410002</v>
       </c>
-      <c r="P9" s="19">
+      <c r="P9" s="23">
         <v>20422.628005459999</v>
       </c>
-      <c r="Q9" s="19">
+      <c r="Q9" s="23">
         <v>18846.160952639999</v>
       </c>
-      <c r="R9" s="19">
+      <c r="R9" s="23">
         <v>18429.852050509999</v>
       </c>
-      <c r="S9" s="19">
+      <c r="S9" s="23">
         <v>18471.121442920001</v>
       </c>
-      <c r="T9" s="19">
+      <c r="T9" s="23">
         <v>18622.852418279999</v>
       </c>
-      <c r="U9" s="19">
+      <c r="U9" s="23">
         <v>19015.07218625</v>
       </c>
-      <c r="V9" s="19">
+      <c r="V9" s="23">
         <v>19417.079024139999</v>
       </c>
-      <c r="W9" s="19">
+      <c r="W9" s="23">
         <v>19996.00035912</v>
       </c>
-      <c r="X9" s="19">
+      <c r="X9" s="23">
         <v>20783.815823960002</v>
       </c>
-      <c r="Y9" s="19">
+      <c r="Y9" s="23">
         <v>21989.340514209998</v>
       </c>
-      <c r="Z9" s="19">
+      <c r="Z9" s="23">
         <v>23209.658868990002</v>
       </c>
-      <c r="AA9" s="19">
+      <c r="AA9" s="23">
         <v>24854.805729119998</v>
       </c>
-      <c r="AB9" s="19">
+      <c r="AB9" s="23">
         <v>22731.80519875</v>
       </c>
-      <c r="AC9" s="19">
+      <c r="AC9" s="23">
         <v>25696.672718869999</v>
       </c>
-      <c r="AD9" s="19">
+      <c r="AD9" s="23">
         <v>29451.577568150002</v>
       </c>
-      <c r="AE9" s="19">
+      <c r="AE9" s="23">
         <v>34177.991434750002</v>
       </c>
-      <c r="AF9" s="19">
+      <c r="AF9" s="23">
         <v>38337.183082030002</v>
       </c>
-      <c r="AG9" s="19">
+      <c r="AG9" s="24">
         <v>2326.1358799499999</v>
       </c>
-      <c r="AH9" s="19">
+      <c r="AH9" s="24">
         <v>2628.0481546300002</v>
       </c>
-      <c r="AI9" s="19">
+      <c r="AI9" s="24">
         <v>2809.98563457</v>
       </c>
-      <c r="AJ9" s="19">
+      <c r="AJ9" s="24">
         <v>2822.9374491499998</v>
       </c>
-      <c r="AK9" s="19">
+      <c r="AK9" s="23">
         <v>2407.8609888400001</v>
       </c>
-      <c r="AL9" s="19">
+      <c r="AL9" s="23">
         <v>2712.0817508099999</v>
       </c>
-      <c r="AM9" s="19">
+      <c r="AM9" s="23">
         <v>2891.6597886300001</v>
       </c>
-      <c r="AN9" s="19">
+      <c r="AN9" s="23">
         <v>2894.8811321799999</v>
       </c>
-      <c r="AO9" s="19">
+      <c r="AO9" s="24">
         <v>2586.67442248</v>
       </c>
-      <c r="AP9" s="19">
+      <c r="AP9" s="24">
         <v>2950.18786348</v>
       </c>
-      <c r="AQ9" s="19">
+      <c r="AQ9" s="24">
         <v>3124.3448372299999</v>
       </c>
-      <c r="AR9" s="19">
+      <c r="AR9" s="24">
         <v>3135.2392371400001</v>
       </c>
-      <c r="AS9" s="19">
+      <c r="AS9" s="23">
         <v>2765.37117356</v>
       </c>
-      <c r="AT9" s="19">
+      <c r="AT9" s="23">
         <v>3140.5852761299998</v>
       </c>
-      <c r="AU9" s="19">
+      <c r="AU9" s="23">
         <v>3351.36578801</v>
       </c>
-      <c r="AV9" s="19">
+      <c r="AV9" s="23">
         <v>3343.13503012</v>
       </c>
-      <c r="AW9" s="19">
+      <c r="AW9" s="24">
         <v>2986.8647834899998</v>
       </c>
-      <c r="AX9" s="19">
+      <c r="AX9" s="24">
         <v>3552.92585581</v>
       </c>
-      <c r="AY9" s="19">
+      <c r="AY9" s="24">
         <v>3740.8665310599999</v>
       </c>
-      <c r="AZ9" s="19">
+      <c r="AZ9" s="24">
         <v>3738.6376522300002</v>
       </c>
-      <c r="BA9" s="19">
+      <c r="BA9" s="23">
         <v>3145.1454272300002</v>
       </c>
-      <c r="BB9" s="19">
+      <c r="BB9" s="23">
         <v>3659.3699078200002</v>
       </c>
-      <c r="BC9" s="19">
+      <c r="BC9" s="23">
         <v>3862.6480192899999</v>
       </c>
-      <c r="BD9" s="19">
+      <c r="BD9" s="23">
         <v>3862.2174949400001</v>
       </c>
-      <c r="BE9" s="19">
+      <c r="BE9" s="24">
         <v>3208.0458484699998</v>
       </c>
-      <c r="BF9" s="19">
+      <c r="BF9" s="24">
         <v>3991.0540079100001</v>
       </c>
-      <c r="BG9" s="19">
+      <c r="BG9" s="24">
         <v>4198.8499955300003</v>
       </c>
-      <c r="BH9" s="19">
+      <c r="BH9" s="24">
         <v>4280.3435250399998</v>
       </c>
-      <c r="BI9" s="19">
+      <c r="BI9" s="23">
         <v>3687.65095587</v>
       </c>
-      <c r="BJ9" s="19">
+      <c r="BJ9" s="23">
         <v>4160.4123706800001</v>
       </c>
-      <c r="BK9" s="19">
+      <c r="BK9" s="23">
         <v>4284.7224338400001</v>
       </c>
-      <c r="BL9" s="19">
+      <c r="BL9" s="23">
         <v>4718.5011229499996</v>
       </c>
-      <c r="BM9" s="19">
+      <c r="BM9" s="24">
         <v>4236.0501953100002</v>
       </c>
-      <c r="BN9" s="19">
+      <c r="BN9" s="24">
         <v>4768.75523376</v>
       </c>
-      <c r="BO9" s="19">
+      <c r="BO9" s="24">
         <v>4984.8138891199997</v>
       </c>
-      <c r="BP9" s="19">
+      <c r="BP9" s="24">
         <v>5114.5622872200001</v>
       </c>
-      <c r="BQ9" s="19">
+      <c r="BQ9" s="23">
         <v>4748.8993693000002</v>
       </c>
-      <c r="BR9" s="19">
+      <c r="BR9" s="23">
         <v>5341.0536564000004</v>
       </c>
-      <c r="BS9" s="19">
+      <c r="BS9" s="23">
         <v>5329.7058884099997</v>
       </c>
-      <c r="BT9" s="19">
+      <c r="BT9" s="23">
         <v>5002.9690913499999</v>
       </c>
-      <c r="BU9" s="19">
+      <c r="BU9" s="24">
         <v>4405.7593926500003</v>
       </c>
-      <c r="BV9" s="19">
+      <c r="BV9" s="24">
         <v>4648.9101299499998</v>
       </c>
-      <c r="BW9" s="19">
+      <c r="BW9" s="24">
         <v>4938.8760960999998</v>
       </c>
-      <c r="BX9" s="19">
+      <c r="BX9" s="24">
         <v>4852.6153339399998</v>
       </c>
-      <c r="BY9" s="19">
+      <c r="BY9" s="23">
         <v>4100.6797386799999</v>
       </c>
-      <c r="BZ9" s="19">
+      <c r="BZ9" s="23">
         <v>4612.9107842100002</v>
       </c>
-      <c r="CA9" s="19">
+      <c r="CA9" s="23">
         <v>5118.6646489799996</v>
       </c>
-      <c r="CB9" s="19">
+      <c r="CB9" s="23">
         <v>4597.59687863</v>
       </c>
-      <c r="CC9" s="19">
+      <c r="CC9" s="24">
         <v>4040.1760633899999</v>
       </c>
-      <c r="CD9" s="19">
+      <c r="CD9" s="24">
         <v>4567.4620369100003</v>
       </c>
-      <c r="CE9" s="19">
+      <c r="CE9" s="24">
         <v>5147.3391388</v>
       </c>
-      <c r="CF9" s="19">
+      <c r="CF9" s="24">
         <v>4716.1442038200003</v>
       </c>
-      <c r="CG9" s="19">
+      <c r="CG9" s="23">
         <v>4308.2606059299997</v>
       </c>
-      <c r="CH9" s="19">
+      <c r="CH9" s="23">
         <v>4724.7282633300001</v>
       </c>
-      <c r="CI9" s="19">
+      <c r="CI9" s="23">
         <v>4898.0779846100004</v>
       </c>
-      <c r="CJ9" s="19">
+      <c r="CJ9" s="23">
         <v>4691.7855644199999</v>
       </c>
-      <c r="CK9" s="19">
+      <c r="CK9" s="24">
         <v>4321.7101403300003</v>
       </c>
-      <c r="CL9" s="19">
+      <c r="CL9" s="24">
         <v>4848.6402154899997</v>
       </c>
-      <c r="CM9" s="19">
+      <c r="CM9" s="24">
         <v>5070.0387744</v>
       </c>
-      <c r="CN9" s="19">
+      <c r="CN9" s="24">
         <v>4774.6830560400003</v>
       </c>
-      <c r="CO9" s="19">
+      <c r="CO9" s="23">
         <v>4237.3052388799997</v>
       </c>
-      <c r="CP9" s="19">
+      <c r="CP9" s="23">
         <v>4891.88470796</v>
       </c>
-      <c r="CQ9" s="19">
+      <c r="CQ9" s="23">
         <v>5344.0238771699997</v>
       </c>
-      <c r="CR9" s="19">
+      <c r="CR9" s="23">
         <v>4943.8652001399996</v>
       </c>
-      <c r="CS9" s="19">
+      <c r="CS9" s="24">
         <v>4369.4627494099996</v>
       </c>
-      <c r="CT9" s="19">
+      <c r="CT9" s="24">
         <v>5058.8255721100004</v>
       </c>
-      <c r="CU9" s="19">
+      <c r="CU9" s="24">
         <v>5460.7165711500002</v>
       </c>
-      <c r="CV9" s="19">
+      <c r="CV9" s="24">
         <v>5106.9954664500001</v>
       </c>
-      <c r="CW9" s="19">
+      <c r="CW9" s="23">
         <v>4642.1674375100001</v>
       </c>
-      <c r="CX9" s="19">
+      <c r="CX9" s="23">
         <v>5551.4130285499996</v>
       </c>
-      <c r="CY9" s="19">
+      <c r="CY9" s="23">
         <v>5477.4392278799996</v>
       </c>
-      <c r="CZ9" s="19">
+      <c r="CZ9" s="23">
         <v>5112.7961300200004</v>
       </c>
-      <c r="DA9" s="19">
+      <c r="DA9" s="24">
         <v>4931.0364214700003</v>
       </c>
-      <c r="DB9" s="19">
+      <c r="DB9" s="24">
         <v>5621.3937023400003</v>
       </c>
-      <c r="DC9" s="19">
+      <c r="DC9" s="24">
         <v>5769.7650661899997</v>
       </c>
-      <c r="DD9" s="19">
+      <c r="DD9" s="24">
         <v>5667.1453242099997</v>
       </c>
-      <c r="DE9" s="19">
+      <c r="DE9" s="23">
         <v>5103.3794974900002</v>
       </c>
-      <c r="DF9" s="19">
+      <c r="DF9" s="23">
         <v>5945.5263557999997</v>
       </c>
-      <c r="DG9" s="19">
+      <c r="DG9" s="23">
         <v>6220.0427054600004</v>
       </c>
-      <c r="DH9" s="19">
+      <c r="DH9" s="23">
         <v>5940.7103102399997</v>
       </c>
-      <c r="DI9" s="19">
+      <c r="DI9" s="24">
         <v>5539.2047193899998</v>
       </c>
-      <c r="DJ9" s="19">
+      <c r="DJ9" s="24">
         <v>6214.0670971</v>
       </c>
-      <c r="DK9" s="19">
+      <c r="DK9" s="24">
         <v>6591.3385865800001</v>
       </c>
-      <c r="DL9" s="19">
+      <c r="DL9" s="24">
         <v>6510.1953260500004</v>
       </c>
-      <c r="DM9" s="19">
+      <c r="DM9" s="23">
         <v>5408.9611515699999</v>
       </c>
-      <c r="DN9" s="19">
+      <c r="DN9" s="23">
         <v>5071.4361146000001</v>
       </c>
-      <c r="DO9" s="19">
+      <c r="DO9" s="23">
         <v>6101.0253406499996</v>
       </c>
-      <c r="DP9" s="19">
+      <c r="DP9" s="23">
         <v>6150.3825919399997</v>
       </c>
-      <c r="DQ9" s="19">
+      <c r="DQ9" s="24">
         <v>5798.08134419</v>
       </c>
-      <c r="DR9" s="19">
+      <c r="DR9" s="24">
         <v>6147.5605974600003</v>
       </c>
-      <c r="DS9" s="19">
+      <c r="DS9" s="24">
         <v>7038.3852908199997</v>
       </c>
-      <c r="DT9" s="19">
+      <c r="DT9" s="24">
         <v>6712.6454863999998</v>
       </c>
-      <c r="DU9" s="19">
+      <c r="DU9" s="23">
         <v>6302.7283028600004</v>
       </c>
-      <c r="DV9" s="19">
+      <c r="DV9" s="23">
         <v>7299.5880305199998</v>
       </c>
-      <c r="DW9" s="19">
+      <c r="DW9" s="23">
         <v>7943.5031620299997</v>
       </c>
-      <c r="DX9" s="19">
+      <c r="DX9" s="23">
         <v>7905.7580727499999</v>
       </c>
-      <c r="DY9" s="19">
+      <c r="DY9" s="24">
         <v>7316.2019970900001</v>
       </c>
-      <c r="DZ9" s="19">
+      <c r="DZ9" s="24">
         <v>8471.1880734599999</v>
       </c>
-      <c r="EA9" s="19">
+      <c r="EA9" s="24">
         <v>9070.2456273200005</v>
       </c>
-      <c r="EB9" s="19">
+      <c r="EB9" s="24">
         <v>9320.3557368799993</v>
       </c>
-      <c r="EC9" s="19">
+      <c r="EC9" s="24">
         <v>8256.3635439699992</v>
       </c>
-      <c r="ED9" s="19">
+      <c r="ED9" s="24">
         <v>9235.6281297900005</v>
       </c>
-      <c r="EE9" s="19">
+      <c r="EE9" s="24">
         <v>10492.19038985</v>
       </c>
-      <c r="EF9" s="19">
+      <c r="EF9" s="24">
         <v>10353.001018430001</v>
       </c>
-      <c r="EG9" s="19">
-[...3 lines deleted...]
-        <v>10185.823136389999</v>
+      <c r="EG9" s="24">
+        <v>9069.8161960599991</v>
+      </c>
+      <c r="EH9" s="24">
+        <v>10198.64723414</v>
+      </c>
+      <c r="EI9" s="24">
+        <v>11359.91448121</v>
       </c>
     </row>
     <row r="10" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="19">
+      <c r="B10" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C10" s="23">
         <v>1077.0560856699999</v>
       </c>
-      <c r="D10" s="19">
+      <c r="D10" s="23">
         <v>1312.6189019599999</v>
       </c>
-      <c r="E10" s="19">
+      <c r="E10" s="23">
         <v>1377.0024394300001</v>
       </c>
-      <c r="F10" s="19">
+      <c r="F10" s="23">
         <v>1693.45398129</v>
       </c>
-      <c r="G10" s="19">
+      <c r="G10" s="23">
         <v>1616.51437523</v>
       </c>
-      <c r="H10" s="19">
+      <c r="H10" s="23">
         <v>1486.33964036</v>
       </c>
-      <c r="I10" s="19">
+      <c r="I10" s="23">
         <v>1507.08710967</v>
       </c>
-      <c r="J10" s="19">
+      <c r="J10" s="23">
         <v>1799.87578254</v>
       </c>
-      <c r="K10" s="19">
+      <c r="K10" s="23">
         <v>1978.0630438000001</v>
       </c>
-      <c r="L10" s="19">
+      <c r="L10" s="23">
         <v>2134.7393255799998</v>
       </c>
-      <c r="M10" s="19">
+      <c r="M10" s="23">
         <v>2358.6118554599998</v>
       </c>
-      <c r="N10" s="19">
+      <c r="N10" s="23">
         <v>2841.9317743000001</v>
       </c>
-      <c r="O10" s="19">
+      <c r="O10" s="23">
         <v>3350.1056637199999</v>
       </c>
-      <c r="P10" s="19">
+      <c r="P10" s="23">
         <v>3516.4694886000002</v>
       </c>
-      <c r="Q10" s="19">
+      <c r="Q10" s="23">
         <v>3381.1115992</v>
       </c>
-      <c r="R10" s="19">
+      <c r="R10" s="23">
         <v>3033.9904397999999</v>
       </c>
-      <c r="S10" s="19">
+      <c r="S10" s="23">
         <v>3034.1013448899998</v>
       </c>
-      <c r="T10" s="19">
+      <c r="T10" s="23">
         <v>2950.2385848099998</v>
       </c>
-      <c r="U10" s="19">
+      <c r="U10" s="23">
         <v>3128.5667390499998</v>
       </c>
-      <c r="V10" s="19">
+      <c r="V10" s="23">
         <v>3008.1386933399999</v>
       </c>
-      <c r="W10" s="19">
+      <c r="W10" s="23">
         <v>3041.9478847700002</v>
       </c>
-      <c r="X10" s="19">
+      <c r="X10" s="23">
         <v>3322.1937188000002</v>
       </c>
-      <c r="Y10" s="19">
+      <c r="Y10" s="23">
         <v>3326.30999019</v>
       </c>
-      <c r="Z10" s="19">
+      <c r="Z10" s="23">
         <v>3552.0456351500002</v>
       </c>
-      <c r="AA10" s="19">
+      <c r="AA10" s="23">
         <v>3798.5829545900001</v>
       </c>
-      <c r="AB10" s="19">
+      <c r="AB10" s="23">
         <v>3502.1714697799998</v>
       </c>
-      <c r="AC10" s="19">
+      <c r="AC10" s="23">
         <v>3567.9646275099999</v>
       </c>
-      <c r="AD10" s="19">
+      <c r="AD10" s="23">
         <v>4932.3483693600001</v>
       </c>
-      <c r="AE10" s="19">
+      <c r="AE10" s="23">
         <v>5695.0149121100003</v>
       </c>
-      <c r="AF10" s="19">
+      <c r="AF10" s="23">
         <v>6763.6527639599999</v>
       </c>
-      <c r="AG10" s="19">
+      <c r="AG10" s="24">
         <v>348.92404723999999</v>
       </c>
-      <c r="AH10" s="19">
+      <c r="AH10" s="24">
         <v>335.64558667</v>
       </c>
-      <c r="AI10" s="19">
+      <c r="AI10" s="24">
         <v>397.49354877000002</v>
       </c>
-      <c r="AJ10" s="19">
+      <c r="AJ10" s="24">
         <v>534.45119254999997</v>
       </c>
-      <c r="AK10" s="19">
+      <c r="AK10" s="23">
         <v>320.82508954000002</v>
       </c>
-      <c r="AL10" s="19">
+      <c r="AL10" s="23">
         <v>308.62556368999998</v>
       </c>
-      <c r="AM10" s="19">
+      <c r="AM10" s="23">
         <v>365.48746674</v>
       </c>
-      <c r="AN10" s="19">
+      <c r="AN10" s="23">
         <v>491.40152038999997</v>
       </c>
-      <c r="AO10" s="19">
+      <c r="AO10" s="24">
         <v>325.28689916000002</v>
       </c>
-      <c r="AP10" s="19">
+      <c r="AP10" s="24">
         <v>313.11924565999999</v>
       </c>
-      <c r="AQ10" s="19">
+      <c r="AQ10" s="24">
         <v>370.65826620000001</v>
       </c>
-      <c r="AR10" s="19">
+      <c r="AR10" s="24">
         <v>498.02269866</v>
       </c>
-      <c r="AS10" s="19">
+      <c r="AS10" s="23">
         <v>388.52411332000003</v>
       </c>
-      <c r="AT10" s="19">
+      <c r="AT10" s="23">
         <v>373.47537808999999</v>
       </c>
-      <c r="AU10" s="19">
+      <c r="AU10" s="23">
         <v>442.49108912000003</v>
       </c>
-      <c r="AV10" s="19">
+      <c r="AV10" s="23">
         <v>595.38520200000005</v>
       </c>
-      <c r="AW10" s="19">
+      <c r="AW10" s="24">
         <v>425.19581045000001</v>
       </c>
-      <c r="AX10" s="19">
+      <c r="AX10" s="24">
         <v>408.53455595000003</v>
       </c>
-      <c r="AY10" s="19">
+      <c r="AY10" s="24">
         <v>482.7401385</v>
       </c>
-      <c r="AZ10" s="19">
+      <c r="AZ10" s="24">
         <v>661.59253890000002</v>
       </c>
-      <c r="BA10" s="19">
+      <c r="BA10" s="23">
         <v>482.41179908999999</v>
       </c>
-      <c r="BB10" s="19">
+      <c r="BB10" s="23">
         <v>438.29934093000003</v>
       </c>
-      <c r="BC10" s="19">
+      <c r="BC10" s="23">
         <v>510.50563119999998</v>
       </c>
-      <c r="BD10" s="19">
+      <c r="BD10" s="23">
         <v>703.52255435999996</v>
       </c>
-      <c r="BE10" s="19">
+      <c r="BE10" s="24">
         <v>522.04315688999998</v>
       </c>
-      <c r="BF10" s="19">
+      <c r="BF10" s="24">
         <v>497.28340351999998</v>
       </c>
-      <c r="BG10" s="19">
+      <c r="BG10" s="24">
         <v>567.13549757999999</v>
       </c>
-      <c r="BH10" s="19">
+      <c r="BH10" s="24">
         <v>772.14979745999995</v>
       </c>
-      <c r="BI10" s="19">
+      <c r="BI10" s="23">
         <v>676.75763257999995</v>
       </c>
-      <c r="BJ10" s="19">
+      <c r="BJ10" s="23">
         <v>575.36932211999999</v>
       </c>
-      <c r="BK10" s="19">
+      <c r="BK10" s="23">
         <v>656.93298815000003</v>
       </c>
-      <c r="BL10" s="19">
+      <c r="BL10" s="23">
         <v>932.87183144999995</v>
       </c>
-      <c r="BM10" s="19">
+      <c r="BM10" s="24">
         <v>772.24050088000001</v>
       </c>
-      <c r="BN10" s="19">
+      <c r="BN10" s="24">
         <v>684.34112963999996</v>
       </c>
-      <c r="BO10" s="19">
+      <c r="BO10" s="24">
         <v>779.94097153999996</v>
       </c>
-      <c r="BP10" s="19">
+      <c r="BP10" s="24">
         <v>1113.5830616600001</v>
       </c>
-      <c r="BQ10" s="19">
+      <c r="BQ10" s="23">
         <v>869.45571729000005</v>
       </c>
-      <c r="BR10" s="19">
+      <c r="BR10" s="23">
         <v>760.09387998</v>
       </c>
-      <c r="BS10" s="19">
+      <c r="BS10" s="23">
         <v>826.23947480000004</v>
       </c>
-      <c r="BT10" s="19">
+      <c r="BT10" s="23">
         <v>1060.6804165200001</v>
       </c>
-      <c r="BU10" s="19">
+      <c r="BU10" s="24">
         <v>817.16927957999997</v>
       </c>
-      <c r="BV10" s="19">
+      <c r="BV10" s="24">
         <v>719.18862005000005</v>
       </c>
-      <c r="BW10" s="19">
+      <c r="BW10" s="24">
         <v>845.55203037000001</v>
       </c>
-      <c r="BX10" s="19">
+      <c r="BX10" s="24">
         <v>999.20166919999997</v>
       </c>
-      <c r="BY10" s="19">
+      <c r="BY10" s="23">
         <v>742.31615495000005</v>
       </c>
-      <c r="BZ10" s="19">
+      <c r="BZ10" s="23">
         <v>677.11929912999994</v>
       </c>
-      <c r="CA10" s="19">
+      <c r="CA10" s="23">
         <v>744.54287968999995</v>
       </c>
-      <c r="CB10" s="19">
+      <c r="CB10" s="23">
         <v>870.01210602000003</v>
       </c>
-      <c r="CC10" s="19">
+      <c r="CC10" s="24">
         <v>735.89644820000001</v>
       </c>
-      <c r="CD10" s="19">
+      <c r="CD10" s="24">
         <v>638.02364876000001</v>
       </c>
-      <c r="CE10" s="19">
+      <c r="CE10" s="24">
         <v>724.26963783999997</v>
       </c>
-      <c r="CF10" s="19">
+      <c r="CF10" s="24">
         <v>935.91161008999995</v>
       </c>
-      <c r="CG10" s="19">
+      <c r="CG10" s="23">
         <v>723.95235940999999</v>
       </c>
-      <c r="CH10" s="19">
+      <c r="CH10" s="23">
         <v>686.86210487000005</v>
       </c>
-      <c r="CI10" s="19">
+      <c r="CI10" s="23">
         <v>750.98129315000006</v>
       </c>
-      <c r="CJ10" s="19">
+      <c r="CJ10" s="23">
         <v>788.44282738000004</v>
       </c>
-      <c r="CK10" s="19">
+      <c r="CK10" s="24">
         <v>698.07782458999998</v>
       </c>
-      <c r="CL10" s="19">
+      <c r="CL10" s="24">
         <v>727.33016924000003</v>
       </c>
-      <c r="CM10" s="19">
+      <c r="CM10" s="24">
         <v>819.43416078999996</v>
       </c>
-      <c r="CN10" s="19">
+      <c r="CN10" s="24">
         <v>883.72458442000004</v>
       </c>
-      <c r="CO10" s="19">
+      <c r="CO10" s="23">
         <v>664.62738153999999</v>
       </c>
-      <c r="CP10" s="19">
+      <c r="CP10" s="23">
         <v>667.95970188000001</v>
       </c>
-      <c r="CQ10" s="19">
+      <c r="CQ10" s="23">
         <v>779.00973954999995</v>
       </c>
-      <c r="CR10" s="19">
+      <c r="CR10" s="23">
         <v>896.54187035999996</v>
       </c>
-      <c r="CS10" s="19">
+      <c r="CS10" s="24">
         <v>657.76877066999998</v>
       </c>
-      <c r="CT10" s="19">
+      <c r="CT10" s="24">
         <v>712.05908707000003</v>
       </c>
-      <c r="CU10" s="19">
+      <c r="CU10" s="24">
         <v>744.73368292999999</v>
       </c>
-      <c r="CV10" s="19">
+      <c r="CV10" s="24">
         <v>927.38634409999997</v>
       </c>
-      <c r="CW10" s="19">
+      <c r="CW10" s="23">
         <v>801.23403583000004</v>
       </c>
-      <c r="CX10" s="19">
+      <c r="CX10" s="23">
         <v>820.98822734999999</v>
       </c>
-      <c r="CY10" s="19">
+      <c r="CY10" s="23">
         <v>696.53563155999996</v>
       </c>
-      <c r="CZ10" s="19">
+      <c r="CZ10" s="23">
         <v>1003.43582406</v>
       </c>
-      <c r="DA10" s="19">
+      <c r="DA10" s="24">
         <v>813.91429932000005</v>
       </c>
-      <c r="DB10" s="19">
+      <c r="DB10" s="24">
         <v>836.23469762000002</v>
       </c>
-      <c r="DC10" s="19">
+      <c r="DC10" s="24">
         <v>668.14084342000001</v>
       </c>
-      <c r="DD10" s="19">
+      <c r="DD10" s="24">
         <v>1008.02014982</v>
       </c>
-      <c r="DE10" s="19">
+      <c r="DE10" s="23">
         <v>829.42890798999997</v>
       </c>
-      <c r="DF10" s="19">
+      <c r="DF10" s="23">
         <v>889.31747213999995</v>
       </c>
-      <c r="DG10" s="19">
+      <c r="DG10" s="23">
         <v>755.16172093</v>
       </c>
-      <c r="DH10" s="19">
+      <c r="DH10" s="23">
         <v>1078.1375340899999</v>
       </c>
-      <c r="DI10" s="19">
+      <c r="DI10" s="24">
         <v>890.06819639000003</v>
       </c>
-      <c r="DJ10" s="19">
+      <c r="DJ10" s="24">
         <v>968.11049350999997</v>
       </c>
-      <c r="DK10" s="19">
+      <c r="DK10" s="24">
         <v>793.40437430999998</v>
       </c>
-      <c r="DL10" s="19">
+      <c r="DL10" s="24">
         <v>1146.9998903799999</v>
       </c>
-      <c r="DM10" s="19">
+      <c r="DM10" s="23">
         <v>897.59164055999997</v>
       </c>
-      <c r="DN10" s="19">
+      <c r="DN10" s="23">
         <v>789.40990596999995</v>
       </c>
-      <c r="DO10" s="19">
+      <c r="DO10" s="23">
         <v>824.11696366000001</v>
       </c>
-      <c r="DP10" s="19">
+      <c r="DP10" s="23">
         <v>991.05295959</v>
       </c>
-      <c r="DQ10" s="19">
+      <c r="DQ10" s="24">
         <v>833.81154200000003</v>
       </c>
-      <c r="DR10" s="19">
+      <c r="DR10" s="24">
         <v>797.40888172999996</v>
       </c>
-      <c r="DS10" s="19">
+      <c r="DS10" s="24">
         <v>745.51886348000005</v>
       </c>
-      <c r="DT10" s="19">
+      <c r="DT10" s="24">
         <v>1191.2253403</v>
       </c>
-      <c r="DU10" s="19">
+      <c r="DU10" s="23">
         <v>1040.35040888</v>
       </c>
-      <c r="DV10" s="19">
+      <c r="DV10" s="23">
         <v>1231.99799699</v>
       </c>
-      <c r="DW10" s="19">
+      <c r="DW10" s="23">
         <v>975.91818060000003</v>
       </c>
-      <c r="DX10" s="19">
+      <c r="DX10" s="23">
         <v>1684.08178288</v>
       </c>
-      <c r="DY10" s="19">
+      <c r="DY10" s="24">
         <v>1226.42342297</v>
       </c>
-      <c r="DZ10" s="19">
+      <c r="DZ10" s="24">
         <v>1224.3538625799999</v>
       </c>
-      <c r="EA10" s="19">
+      <c r="EA10" s="24">
         <v>1195.06779181</v>
       </c>
-      <c r="EB10" s="19">
+      <c r="EB10" s="24">
         <v>2049.1698347500001</v>
       </c>
-      <c r="EC10" s="19">
+      <c r="EC10" s="24">
         <v>1601.67042092</v>
       </c>
-      <c r="ED10" s="19">
+      <c r="ED10" s="24">
         <v>1345.6378465299999</v>
       </c>
-      <c r="EE10" s="19">
+      <c r="EE10" s="24">
         <v>1657.3721839499999</v>
       </c>
-      <c r="EF10" s="19">
+      <c r="EF10" s="24">
         <v>2158.9723125599999</v>
       </c>
-      <c r="EG10" s="19">
-[...3 lines deleted...]
-        <v>1469.03181236</v>
+      <c r="EG10" s="24">
+        <v>1733.7737093000001</v>
+      </c>
+      <c r="EH10" s="24">
+        <v>1481.73618685</v>
+      </c>
+      <c r="EI10" s="24">
+        <v>1738.25325116</v>
       </c>
     </row>
     <row r="11" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="19">
+      <c r="B11" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C11" s="23">
         <v>3092.9308677700001</v>
       </c>
-      <c r="D11" s="19">
+      <c r="D11" s="23">
         <v>3335.0409070400001</v>
       </c>
-      <c r="E11" s="19">
+      <c r="E11" s="23">
         <v>3695.5704688800001</v>
       </c>
-      <c r="F11" s="19">
+      <c r="F11" s="23">
         <v>4393.5405839799996</v>
       </c>
-      <c r="G11" s="19">
+      <c r="G11" s="23">
         <v>4396.1734682400001</v>
       </c>
-      <c r="H11" s="19">
+      <c r="H11" s="23">
         <v>4818.8334037900004</v>
       </c>
-      <c r="I11" s="19">
+      <c r="I11" s="23">
         <v>5063.1850543399996</v>
       </c>
-      <c r="J11" s="19">
+      <c r="J11" s="23">
         <v>5601.9848593099996</v>
       </c>
-      <c r="K11" s="19">
+      <c r="K11" s="23">
         <v>6027.34403681</v>
       </c>
-      <c r="L11" s="19">
+      <c r="L11" s="23">
         <v>6278.6528278799997</v>
       </c>
-      <c r="M11" s="19">
+      <c r="M11" s="23">
         <v>6689.5344479599999</v>
       </c>
-      <c r="N11" s="19">
+      <c r="N11" s="23">
         <v>7359.3490970700004</v>
       </c>
-      <c r="O11" s="19">
+      <c r="O11" s="23">
         <v>7932.7800224399998</v>
       </c>
-      <c r="P11" s="19">
+      <c r="P11" s="23">
         <v>8540.8646563700004</v>
       </c>
-      <c r="Q11" s="19">
+      <c r="Q11" s="23">
         <v>7769.8405561099999</v>
       </c>
-      <c r="R11" s="19">
+      <c r="R11" s="23">
         <v>7917.4970816300001</v>
       </c>
-      <c r="S11" s="19">
+      <c r="S11" s="23">
         <v>7885.51404215</v>
       </c>
-      <c r="T11" s="19">
+      <c r="T11" s="23">
         <v>8220.6155182000002</v>
       </c>
-      <c r="U11" s="19">
+      <c r="U11" s="23">
         <v>8455.4772421199996</v>
       </c>
-      <c r="V11" s="19">
+      <c r="V11" s="23">
         <v>8399.0095410899994</v>
       </c>
-      <c r="W11" s="19">
+      <c r="W11" s="23">
         <v>8922.9945645499993</v>
       </c>
-      <c r="X11" s="19">
+      <c r="X11" s="23">
         <v>9310.9493371900007</v>
       </c>
-      <c r="Y11" s="19">
+      <c r="Y11" s="23">
         <v>9829.0035439300009</v>
       </c>
-      <c r="Z11" s="19">
+      <c r="Z11" s="23">
         <v>10551.293369610001</v>
       </c>
-      <c r="AA11" s="19">
+      <c r="AA11" s="23">
         <v>11173.9611695</v>
       </c>
-      <c r="AB11" s="19">
+      <c r="AB11" s="23">
         <v>9744.2440620699999</v>
       </c>
-      <c r="AC11" s="19">
+      <c r="AC11" s="23">
         <v>11410.88745903</v>
       </c>
-      <c r="AD11" s="19">
+      <c r="AD11" s="23">
         <v>12970.911365690001</v>
       </c>
-      <c r="AE11" s="19">
+      <c r="AE11" s="23">
         <v>15043.01579818</v>
       </c>
-      <c r="AF11" s="19">
+      <c r="AF11" s="23">
         <v>16472.682171780001</v>
       </c>
-      <c r="AG11" s="19">
+      <c r="AG11" s="24">
         <v>997.84563132999995</v>
       </c>
-      <c r="AH11" s="19">
+      <c r="AH11" s="24">
         <v>1131.4634138599999</v>
       </c>
-      <c r="AI11" s="19">
+      <c r="AI11" s="24">
         <v>1196.2043685900001</v>
       </c>
-      <c r="AJ11" s="19">
+      <c r="AJ11" s="24">
         <v>1070.6600544600001</v>
       </c>
-      <c r="AK11" s="19">
+      <c r="AK11" s="23">
         <v>1093.7167140700001</v>
       </c>
-      <c r="AL11" s="19">
+      <c r="AL11" s="23">
         <v>1240.4578621999999</v>
       </c>
-      <c r="AM11" s="19">
+      <c r="AM11" s="23">
         <v>1311.5571662100001</v>
       </c>
-      <c r="AN11" s="19">
+      <c r="AN11" s="23">
         <v>1173.1016613100001</v>
       </c>
-      <c r="AO11" s="19">
+      <c r="AO11" s="24">
         <v>1149.1920215299999</v>
       </c>
-      <c r="AP11" s="19">
+      <c r="AP11" s="24">
         <v>1303.30740152</v>
       </c>
-      <c r="AQ11" s="19">
+      <c r="AQ11" s="24">
         <v>1377.97973774</v>
       </c>
-      <c r="AR11" s="19">
+      <c r="AR11" s="24">
         <v>1232.7058935499999</v>
       </c>
-      <c r="AS11" s="19">
+      <c r="AS11" s="23">
         <v>1271.4445849599999</v>
       </c>
-      <c r="AT11" s="19">
+      <c r="AT11" s="23">
         <v>1442.1273999800001</v>
       </c>
-      <c r="AU11" s="19">
+      <c r="AU11" s="23">
         <v>1524.8268892399999</v>
       </c>
-      <c r="AV11" s="19">
+      <c r="AV11" s="23">
         <v>1363.5859851299999</v>
       </c>
-      <c r="AW11" s="19">
+      <c r="AW11" s="24">
         <v>1371.1911397700001</v>
       </c>
-      <c r="AX11" s="19">
+      <c r="AX11" s="24">
         <v>1547.37438748</v>
       </c>
-      <c r="AY11" s="19">
+      <c r="AY11" s="24">
         <v>1612.6102894000001</v>
       </c>
-      <c r="AZ11" s="19">
+      <c r="AZ11" s="24">
         <v>1496.1682201599999</v>
       </c>
-      <c r="BA11" s="19">
+      <c r="BA11" s="23">
         <v>1377.6130205500001</v>
       </c>
-      <c r="BB11" s="19">
+      <c r="BB11" s="23">
         <v>1585.88638397</v>
       </c>
-      <c r="BC11" s="19">
+      <c r="BC11" s="23">
         <v>1665.25265565</v>
       </c>
-      <c r="BD11" s="19">
+      <c r="BD11" s="23">
         <v>1649.9007677</v>
       </c>
-      <c r="BE11" s="19">
+      <c r="BE11" s="24">
         <v>1367.70707034</v>
       </c>
-      <c r="BF11" s="19">
+      <c r="BF11" s="24">
         <v>1709.4163638499999</v>
       </c>
-      <c r="BG11" s="19">
+      <c r="BG11" s="24">
         <v>1852.77368514</v>
       </c>
-      <c r="BH11" s="19">
+      <c r="BH11" s="24">
         <v>1759.6373286200001</v>
       </c>
-      <c r="BI11" s="19">
+      <c r="BI11" s="23">
         <v>1569.73228152</v>
       </c>
-      <c r="BJ11" s="19">
+      <c r="BJ11" s="23">
         <v>1851.4868717700001</v>
       </c>
-      <c r="BK11" s="19">
+      <c r="BK11" s="23">
         <v>1974.4476259600001</v>
       </c>
-      <c r="BL11" s="19">
+      <c r="BL11" s="23">
         <v>1963.68231782</v>
       </c>
-      <c r="BM11" s="19">
+      <c r="BM11" s="24">
         <v>1692.14128787</v>
       </c>
-      <c r="BN11" s="19">
+      <c r="BN11" s="24">
         <v>2002.3463255900001</v>
       </c>
-      <c r="BO11" s="19">
+      <c r="BO11" s="24">
         <v>2116.1838437199999</v>
       </c>
-      <c r="BP11" s="19">
+      <c r="BP11" s="24">
         <v>2122.1085652699999</v>
       </c>
-      <c r="BQ11" s="19">
+      <c r="BQ11" s="23">
         <v>1912.48205512</v>
       </c>
-      <c r="BR11" s="19">
+      <c r="BR11" s="23">
         <v>2181.83297395</v>
       </c>
-      <c r="BS11" s="19">
+      <c r="BS11" s="23">
         <v>2347.1314532599999</v>
       </c>
-      <c r="BT11" s="19">
+      <c r="BT11" s="23">
         <v>2099.4181740399999</v>
       </c>
-      <c r="BU11" s="19">
+      <c r="BU11" s="24">
         <v>1598.04635663</v>
       </c>
-      <c r="BV11" s="19">
+      <c r="BV11" s="24">
         <v>1891.4129193700001</v>
       </c>
-      <c r="BW11" s="19">
+      <c r="BW11" s="24">
         <v>2135.6883773</v>
       </c>
-      <c r="BX11" s="19">
+      <c r="BX11" s="24">
         <v>2144.6929028099999</v>
       </c>
-      <c r="BY11" s="19">
+      <c r="BY11" s="23">
         <v>1741.6841054500001</v>
       </c>
-      <c r="BZ11" s="19">
+      <c r="BZ11" s="23">
         <v>1967.2737575900001</v>
       </c>
-      <c r="CA11" s="19">
+      <c r="CA11" s="23">
         <v>2281.4221900799998</v>
       </c>
-      <c r="CB11" s="19">
+      <c r="CB11" s="23">
         <v>1927.11702851</v>
       </c>
-      <c r="CC11" s="19">
+      <c r="CC11" s="24">
         <v>1674.2267936000001</v>
       </c>
-      <c r="CD11" s="19">
+      <c r="CD11" s="24">
         <v>2012.5859655700001</v>
       </c>
-      <c r="CE11" s="19">
+      <c r="CE11" s="24">
         <v>2247.1862320999999</v>
       </c>
-      <c r="CF11" s="19">
+      <c r="CF11" s="24">
         <v>1951.51505088</v>
       </c>
-      <c r="CG11" s="19">
+      <c r="CG11" s="23">
         <v>1757.2446998800001</v>
       </c>
-      <c r="CH11" s="19">
+      <c r="CH11" s="23">
         <v>2084.4621544800002</v>
       </c>
-      <c r="CI11" s="19">
+      <c r="CI11" s="23">
         <v>2333.70928903</v>
       </c>
-      <c r="CJ11" s="19">
+      <c r="CJ11" s="23">
         <v>2045.19937482</v>
       </c>
-      <c r="CK11" s="19">
+      <c r="CK11" s="24">
         <v>1846.4013986800001</v>
       </c>
-      <c r="CL11" s="19">
+      <c r="CL11" s="24">
         <v>2235.4625326300002</v>
       </c>
-      <c r="CM11" s="19">
+      <c r="CM11" s="24">
         <v>2309.81198864</v>
       </c>
-      <c r="CN11" s="19">
+      <c r="CN11" s="24">
         <v>2063.8013221699998</v>
       </c>
-      <c r="CO11" s="19">
+      <c r="CO11" s="23">
         <v>1701.7812719799999</v>
       </c>
-      <c r="CP11" s="19">
+      <c r="CP11" s="23">
         <v>2154.6807677500001</v>
       </c>
-      <c r="CQ11" s="19">
+      <c r="CQ11" s="23">
         <v>2433.9546140900002</v>
       </c>
-      <c r="CR11" s="19">
+      <c r="CR11" s="23">
         <v>2108.59288728</v>
       </c>
-      <c r="CS11" s="19">
+      <c r="CS11" s="24">
         <v>1845.5981579199999</v>
       </c>
-      <c r="CT11" s="19">
+      <c r="CT11" s="24">
         <v>2261.1050547</v>
       </c>
-      <c r="CU11" s="19">
+      <c r="CU11" s="24">
         <v>2601.0884496899998</v>
       </c>
-      <c r="CV11" s="19">
+      <c r="CV11" s="24">
         <v>2215.2029022400002</v>
       </c>
-      <c r="CW11" s="19">
+      <c r="CW11" s="23">
         <v>1930.27068123</v>
       </c>
-      <c r="CX11" s="19">
+      <c r="CX11" s="23">
         <v>2458.7483154000001</v>
       </c>
-      <c r="CY11" s="19">
+      <c r="CY11" s="23">
         <v>2663.0468361100002</v>
       </c>
-      <c r="CZ11" s="19">
+      <c r="CZ11" s="23">
         <v>2258.8835044399998</v>
       </c>
-      <c r="DA11" s="19">
+      <c r="DA11" s="24">
         <v>1955.04361735</v>
       </c>
-      <c r="DB11" s="19">
+      <c r="DB11" s="24">
         <v>2506.6683463200002</v>
       </c>
-      <c r="DC11" s="19">
+      <c r="DC11" s="24">
         <v>2901.2436498500001</v>
       </c>
-      <c r="DD11" s="19">
+      <c r="DD11" s="24">
         <v>2466.0479304199998</v>
       </c>
-      <c r="DE11" s="19">
+      <c r="DE11" s="23">
         <v>2100.3518574700001</v>
       </c>
-      <c r="DF11" s="19">
+      <c r="DF11" s="23">
         <v>2729.8282467700001</v>
       </c>
-      <c r="DG11" s="19">
+      <c r="DG11" s="23">
         <v>3111.1549760600001</v>
       </c>
-      <c r="DH11" s="19">
+      <c r="DH11" s="23">
         <v>2609.9582893000002</v>
       </c>
-      <c r="DI11" s="19">
+      <c r="DI11" s="24">
         <v>2271.5092552999999</v>
       </c>
-      <c r="DJ11" s="19">
+      <c r="DJ11" s="24">
         <v>2847.19866766</v>
       </c>
-      <c r="DK11" s="19">
+      <c r="DK11" s="24">
         <v>3303.0018936400002</v>
       </c>
-      <c r="DL11" s="19">
+      <c r="DL11" s="24">
         <v>2752.2513529100002</v>
       </c>
-      <c r="DM11" s="19">
+      <c r="DM11" s="23">
         <v>2249.2103702999998</v>
       </c>
-      <c r="DN11" s="19">
+      <c r="DN11" s="23">
         <v>2098.70378274</v>
       </c>
-      <c r="DO11" s="19">
+      <c r="DO11" s="23">
         <v>2719.5235070200001</v>
       </c>
-      <c r="DP11" s="19">
+      <c r="DP11" s="23">
         <v>2676.8064020100001</v>
       </c>
-      <c r="DQ11" s="19">
+      <c r="DQ11" s="24">
         <v>2323.6557257999998</v>
       </c>
-      <c r="DR11" s="19">
+      <c r="DR11" s="24">
         <v>2760.1228438399999</v>
       </c>
-      <c r="DS11" s="19">
+      <c r="DS11" s="24">
         <v>3399.9775002000001</v>
       </c>
-      <c r="DT11" s="19">
+      <c r="DT11" s="24">
         <v>2927.1313891999998</v>
       </c>
-      <c r="DU11" s="19">
+      <c r="DU11" s="23">
         <v>2671.3467839499999</v>
       </c>
-      <c r="DV11" s="19">
+      <c r="DV11" s="23">
         <v>3205.86768308</v>
       </c>
-      <c r="DW11" s="19">
+      <c r="DW11" s="23">
         <v>3839.5691448399998</v>
       </c>
-      <c r="DX11" s="19">
+      <c r="DX11" s="23">
         <v>3254.1277538300001</v>
       </c>
-      <c r="DY11" s="19">
+      <c r="DY11" s="24">
         <v>3044.19614839</v>
       </c>
-      <c r="DZ11" s="19">
+      <c r="DZ11" s="24">
         <v>3816.2341485100001</v>
       </c>
-      <c r="EA11" s="19">
+      <c r="EA11" s="24">
         <v>4369.0440297100004</v>
       </c>
-      <c r="EB11" s="19">
+      <c r="EB11" s="24">
         <v>3813.5414715699999</v>
       </c>
-      <c r="EC11" s="19">
+      <c r="EC11" s="24">
         <v>3371.9211996499998</v>
       </c>
-      <c r="ED11" s="19">
+      <c r="ED11" s="24">
         <v>4114.8100465899997</v>
       </c>
-      <c r="EE11" s="19">
+      <c r="EE11" s="24">
         <v>4819.1469285900002</v>
       </c>
-      <c r="EF11" s="19">
+      <c r="EF11" s="24">
         <v>4166.8039969399997</v>
       </c>
-      <c r="EG11" s="19">
+      <c r="EG11" s="24">
         <v>3496.1362563900002</v>
       </c>
-      <c r="EH11" s="19">
-        <v>4470.7224710600003</v>
+      <c r="EH11" s="24">
+        <v>4470.7216175699996</v>
+      </c>
+      <c r="EI11" s="24">
+        <v>5111.6228767599996</v>
       </c>
     </row>
     <row r="12" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="19">
+      <c r="B12" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C12" s="23">
         <v>2415.21640454</v>
       </c>
-      <c r="D12" s="19">
+      <c r="D12" s="23">
         <v>2695.2241024599998</v>
       </c>
-      <c r="E12" s="19">
+      <c r="E12" s="23">
         <v>2972.24182096</v>
       </c>
-      <c r="F12" s="19">
+      <c r="F12" s="23">
         <v>3042.3947176299998</v>
       </c>
-      <c r="G12" s="19">
+      <c r="G12" s="23">
         <v>3091.1773840300002</v>
       </c>
-      <c r="H12" s="19">
+      <c r="H12" s="23">
         <v>3178.8190324500001</v>
       </c>
-      <c r="I12" s="19">
+      <c r="I12" s="23">
         <v>3287.0183821099999</v>
       </c>
-      <c r="J12" s="19">
+      <c r="J12" s="23">
         <v>3344.6178246700001</v>
       </c>
-      <c r="K12" s="19">
+      <c r="K12" s="23">
         <v>3639.8709270700001</v>
       </c>
-      <c r="L12" s="19">
+      <c r="L12" s="23">
         <v>3912.3494591499998</v>
       </c>
-      <c r="M12" s="19">
+      <c r="M12" s="23">
         <v>4172.5579721900003</v>
       </c>
-      <c r="N12" s="19">
+      <c r="N12" s="23">
         <v>4527.9430137700001</v>
       </c>
-      <c r="O12" s="19">
+      <c r="O12" s="23">
         <v>5059.4317803100002</v>
       </c>
-      <c r="P12" s="19">
+      <c r="P12" s="23">
         <v>5456.4718529600004</v>
       </c>
-      <c r="Q12" s="19">
+      <c r="Q12" s="23">
         <v>5325.5678185200004</v>
       </c>
-      <c r="R12" s="19">
+      <c r="R12" s="23">
         <v>5215.1748568499997</v>
       </c>
-      <c r="S12" s="19">
+      <c r="S12" s="23">
         <v>5253.9328929599997</v>
       </c>
-      <c r="T12" s="19">
+      <c r="T12" s="23">
         <v>5098.50015798</v>
       </c>
-      <c r="U12" s="19">
+      <c r="U12" s="23">
         <v>5017.7645869899998</v>
       </c>
-      <c r="V12" s="19">
+      <c r="V12" s="23">
         <v>5215.1271013699998</v>
       </c>
-      <c r="W12" s="19">
+      <c r="W12" s="23">
         <v>5350.63427598</v>
       </c>
-      <c r="X12" s="19">
+      <c r="X12" s="23">
         <v>5459.69472881</v>
       </c>
-      <c r="Y12" s="19">
+      <c r="Y12" s="23">
         <v>5694.8897218000002</v>
       </c>
-      <c r="Z12" s="19">
+      <c r="Z12" s="23">
         <v>5958.7982246600004</v>
       </c>
-      <c r="AA12" s="19">
+      <c r="AA12" s="23">
         <v>6193.4374424999996</v>
       </c>
-      <c r="AB12" s="19">
+      <c r="AB12" s="23">
         <v>5860.84886818</v>
       </c>
-      <c r="AC12" s="19">
+      <c r="AC12" s="23">
         <v>6485.8720691500002</v>
       </c>
-      <c r="AD12" s="19">
+      <c r="AD12" s="23">
         <v>7314.8206201599996</v>
       </c>
-      <c r="AE12" s="19">
+      <c r="AE12" s="23">
         <v>8371.1272011500005</v>
       </c>
-      <c r="AF12" s="19">
+      <c r="AF12" s="23">
         <v>9835.1024460799999</v>
       </c>
-      <c r="AG12" s="19">
+      <c r="AG12" s="24">
         <v>748.29755374000001</v>
       </c>
-      <c r="AH12" s="19">
+      <c r="AH12" s="24">
         <v>767.12987143999999</v>
       </c>
-      <c r="AI12" s="19">
+      <c r="AI12" s="24">
         <v>798.01331727000002</v>
       </c>
-      <c r="AJ12" s="19">
+      <c r="AJ12" s="24">
         <v>777.73664157999997</v>
       </c>
-      <c r="AK12" s="19">
+      <c r="AK12" s="23">
         <v>769.51342812999997</v>
       </c>
-      <c r="AL12" s="19">
+      <c r="AL12" s="23">
         <v>788.87968329</v>
       </c>
-      <c r="AM12" s="19">
+      <c r="AM12" s="23">
         <v>820.63874243999999</v>
       </c>
-      <c r="AN12" s="19">
+      <c r="AN12" s="23">
         <v>799.78717859000005</v>
       </c>
-      <c r="AO12" s="19">
+      <c r="AO12" s="24">
         <v>795.70581330000005</v>
       </c>
-      <c r="AP12" s="19">
+      <c r="AP12" s="24">
         <v>815.73124916999996</v>
       </c>
-      <c r="AQ12" s="19">
+      <c r="AQ12" s="24">
         <v>848.57131027000003</v>
       </c>
-      <c r="AR12" s="19">
+      <c r="AR12" s="24">
         <v>827.01000937000003</v>
       </c>
-      <c r="AS12" s="19">
+      <c r="AS12" s="23">
         <v>809.64921304999996</v>
       </c>
-      <c r="AT12" s="19">
+      <c r="AT12" s="23">
         <v>830.02556085000003</v>
       </c>
-      <c r="AU12" s="19">
+      <c r="AU12" s="23">
         <v>863.44108851999999</v>
       </c>
-      <c r="AV12" s="19">
+      <c r="AV12" s="23">
         <v>841.50196226000003</v>
       </c>
-      <c r="AW12" s="19">
+      <c r="AW12" s="24">
         <v>883.57317114</v>
       </c>
-      <c r="AX12" s="19">
+      <c r="AX12" s="24">
         <v>902.91586297000003</v>
       </c>
-      <c r="AY12" s="19">
+      <c r="AY12" s="24">
         <v>931.75114475999999</v>
       </c>
-      <c r="AZ12" s="19">
+      <c r="AZ12" s="24">
         <v>921.63074819999997</v>
       </c>
-      <c r="BA12" s="19">
+      <c r="BA12" s="23">
         <v>939.75802463000002</v>
       </c>
-      <c r="BB12" s="19">
+      <c r="BB12" s="23">
         <v>958.63776173999997</v>
       </c>
-      <c r="BC12" s="19">
+      <c r="BC12" s="23">
         <v>1033.51765817</v>
       </c>
-      <c r="BD12" s="19">
+      <c r="BD12" s="23">
         <v>980.43601461000003</v>
       </c>
-      <c r="BE12" s="19">
+      <c r="BE12" s="24">
         <v>998.15108969000005</v>
       </c>
-      <c r="BF12" s="19">
+      <c r="BF12" s="24">
         <v>1042.4199196500001</v>
       </c>
-      <c r="BG12" s="19">
+      <c r="BG12" s="24">
         <v>1042.7462584899999</v>
       </c>
-      <c r="BH12" s="19">
+      <c r="BH12" s="24">
         <v>1089.24070435</v>
       </c>
-      <c r="BI12" s="19">
+      <c r="BI12" s="23">
         <v>1066.9036614199999</v>
       </c>
-      <c r="BJ12" s="19">
+      <c r="BJ12" s="23">
         <v>1137.21544051</v>
       </c>
-      <c r="BK12" s="19">
+      <c r="BK12" s="23">
         <v>1140.82264736</v>
       </c>
-      <c r="BL12" s="19">
+      <c r="BL12" s="23">
         <v>1183.0012644799999</v>
       </c>
-      <c r="BM12" s="19">
+      <c r="BM12" s="24">
         <v>1204.1800916699999</v>
       </c>
-      <c r="BN12" s="19">
+      <c r="BN12" s="24">
         <v>1259.6800584800001</v>
       </c>
-      <c r="BO12" s="19">
+      <c r="BO12" s="24">
         <v>1285.9829319200001</v>
       </c>
-      <c r="BP12" s="19">
+      <c r="BP12" s="24">
         <v>1309.58869824</v>
       </c>
-      <c r="BQ12" s="19">
+      <c r="BQ12" s="23">
         <v>1296.9303624300001</v>
       </c>
-      <c r="BR12" s="19">
+      <c r="BR12" s="23">
         <v>1376.27795016</v>
       </c>
-      <c r="BS12" s="19">
+      <c r="BS12" s="23">
         <v>1384.87208381</v>
       </c>
-      <c r="BT12" s="19">
+      <c r="BT12" s="23">
         <v>1398.3914565499999</v>
       </c>
-      <c r="BU12" s="19">
+      <c r="BU12" s="24">
         <v>1335.00264662</v>
       </c>
-      <c r="BV12" s="19">
+      <c r="BV12" s="24">
         <v>1358.7430647900001</v>
       </c>
-      <c r="BW12" s="19">
+      <c r="BW12" s="24">
         <v>1322.6243046500001</v>
       </c>
-      <c r="BX12" s="19">
+      <c r="BX12" s="24">
         <v>1309.19780246</v>
       </c>
-      <c r="BY12" s="19">
+      <c r="BY12" s="23">
         <v>1277.3256829500001</v>
       </c>
-      <c r="BZ12" s="19">
+      <c r="BZ12" s="23">
         <v>1303.70243295</v>
       </c>
-      <c r="CA12" s="19">
+      <c r="CA12" s="23">
         <v>1311.7403205600001</v>
       </c>
-      <c r="CB12" s="19">
+      <c r="CB12" s="23">
         <v>1322.40642039</v>
       </c>
-      <c r="CC12" s="19">
+      <c r="CC12" s="24">
         <v>1273.8790019999999</v>
       </c>
-      <c r="CD12" s="19">
+      <c r="CD12" s="24">
         <v>1325.21363019</v>
       </c>
-      <c r="CE12" s="19">
+      <c r="CE12" s="24">
         <v>1324.3992470000001</v>
       </c>
-      <c r="CF12" s="19">
+      <c r="CF12" s="24">
         <v>1330.4410137699999</v>
       </c>
-      <c r="CG12" s="19">
+      <c r="CG12" s="23">
         <v>1280.59930788</v>
       </c>
-      <c r="CH12" s="19">
+      <c r="CH12" s="23">
         <v>1329.0953599699999</v>
       </c>
-      <c r="CI12" s="19">
+      <c r="CI12" s="23">
         <v>1249.79243898</v>
       </c>
-      <c r="CJ12" s="19">
+      <c r="CJ12" s="23">
         <v>1239.0130511499999</v>
       </c>
-      <c r="CK12" s="19">
+      <c r="CK12" s="24">
         <v>1222.76866567</v>
       </c>
-      <c r="CL12" s="19">
+      <c r="CL12" s="24">
         <v>1266.90678809</v>
       </c>
-      <c r="CM12" s="19">
+      <c r="CM12" s="24">
         <v>1273.7688003599999</v>
       </c>
-      <c r="CN12" s="19">
+      <c r="CN12" s="24">
         <v>1254.3203328699999</v>
       </c>
-      <c r="CO12" s="19">
+      <c r="CO12" s="23">
         <v>1222.77623954</v>
       </c>
-      <c r="CP12" s="19">
+      <c r="CP12" s="23">
         <v>1337.1455628900001</v>
       </c>
-      <c r="CQ12" s="19">
+      <c r="CQ12" s="23">
         <v>1340.34677857</v>
       </c>
-      <c r="CR12" s="19">
+      <c r="CR12" s="23">
         <v>1314.85852037</v>
       </c>
-      <c r="CS12" s="19">
+      <c r="CS12" s="24">
         <v>1286.23058573</v>
       </c>
-      <c r="CT12" s="19">
+      <c r="CT12" s="24">
         <v>1355.98790233</v>
       </c>
-      <c r="CU12" s="19">
+      <c r="CU12" s="24">
         <v>1357.0732908499999</v>
       </c>
-      <c r="CV12" s="19">
+      <c r="CV12" s="24">
         <v>1351.3424970799999</v>
       </c>
-      <c r="CW12" s="19">
+      <c r="CW12" s="23">
         <v>1334.9583816899999</v>
       </c>
-      <c r="CX12" s="19">
+      <c r="CX12" s="23">
         <v>1375.3409256299999</v>
       </c>
-      <c r="CY12" s="19">
+      <c r="CY12" s="23">
         <v>1382.8375867300001</v>
       </c>
-      <c r="CZ12" s="19">
+      <c r="CZ12" s="23">
         <v>1366.55783477</v>
       </c>
-      <c r="DA12" s="19">
+      <c r="DA12" s="24">
         <v>1381.9621631699999</v>
       </c>
-      <c r="DB12" s="19">
+      <c r="DB12" s="24">
         <v>1433.2879286499999</v>
       </c>
-      <c r="DC12" s="19">
+      <c r="DC12" s="24">
         <v>1439.2126160800001</v>
       </c>
-      <c r="DD12" s="19">
+      <c r="DD12" s="24">
         <v>1440.4270139</v>
       </c>
-      <c r="DE12" s="19">
+      <c r="DE12" s="23">
         <v>1432.07044655</v>
       </c>
-      <c r="DF12" s="19">
+      <c r="DF12" s="23">
         <v>1507.1950134199999</v>
       </c>
-      <c r="DG12" s="19">
+      <c r="DG12" s="23">
         <v>1522.51618732</v>
       </c>
-      <c r="DH12" s="19">
+      <c r="DH12" s="23">
         <v>1497.0165773799999</v>
       </c>
-      <c r="DI12" s="19">
+      <c r="DI12" s="24">
         <v>1482.1551162200001</v>
       </c>
-      <c r="DJ12" s="19">
+      <c r="DJ12" s="24">
         <v>1576.15972437</v>
       </c>
-      <c r="DK12" s="19">
+      <c r="DK12" s="24">
         <v>1579.7880656</v>
       </c>
-      <c r="DL12" s="19">
+      <c r="DL12" s="24">
         <v>1555.33453631</v>
       </c>
-      <c r="DM12" s="19">
+      <c r="DM12" s="23">
         <v>1475.2878302399999</v>
       </c>
-      <c r="DN12" s="19">
+      <c r="DN12" s="23">
         <v>1374.22401373</v>
       </c>
-      <c r="DO12" s="19">
+      <c r="DO12" s="23">
         <v>1484.4731877199999</v>
       </c>
-      <c r="DP12" s="19">
+      <c r="DP12" s="23">
         <v>1526.86383649</v>
       </c>
-      <c r="DQ12" s="19">
+      <c r="DQ12" s="24">
         <v>1536.81039943</v>
       </c>
-      <c r="DR12" s="19">
+      <c r="DR12" s="24">
         <v>1594.94367126</v>
       </c>
-      <c r="DS12" s="19">
+      <c r="DS12" s="24">
         <v>1664.4205936400001</v>
       </c>
-      <c r="DT12" s="19">
+      <c r="DT12" s="24">
         <v>1689.69740482</v>
       </c>
-      <c r="DU12" s="19">
+      <c r="DU12" s="23">
         <v>1722.3883354699999</v>
       </c>
-      <c r="DV12" s="19">
+      <c r="DV12" s="23">
         <v>1834.6242206300001</v>
       </c>
-      <c r="DW12" s="19">
+      <c r="DW12" s="23">
         <v>1870.6540817099999</v>
       </c>
-      <c r="DX12" s="19">
+      <c r="DX12" s="23">
         <v>1887.15398235</v>
       </c>
-      <c r="DY12" s="19">
+      <c r="DY12" s="24">
         <v>1965.31898353</v>
       </c>
-      <c r="DZ12" s="19">
+      <c r="DZ12" s="24">
         <v>2079.8338824299999</v>
       </c>
-      <c r="EA12" s="19">
+      <c r="EA12" s="24">
         <v>2161.31467995</v>
       </c>
-      <c r="EB12" s="19">
+      <c r="EB12" s="24">
         <v>2164.6596552400001</v>
       </c>
-      <c r="EC12" s="19">
+      <c r="EC12" s="24">
         <v>2266.29400089</v>
       </c>
-      <c r="ED12" s="19">
+      <c r="ED12" s="24">
         <v>2474.7051318200001</v>
       </c>
-      <c r="EE12" s="19">
+      <c r="EE12" s="24">
         <v>2536.19916066</v>
       </c>
-      <c r="EF12" s="19">
+      <c r="EF12" s="24">
         <v>2557.9041527099998</v>
       </c>
-      <c r="EG12" s="19">
+      <c r="EG12" s="24">
         <v>2698.2389357100001</v>
       </c>
-      <c r="EH12" s="19">
-        <v>2852.3446589199998</v>
+      <c r="EH12" s="24">
+        <v>2852.4652356699999</v>
+      </c>
+      <c r="EI12" s="24">
+        <v>2900.9128924900001</v>
       </c>
     </row>
     <row r="13" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="20">
+      <c r="B13" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C13" s="25">
         <v>1514.17968494</v>
       </c>
-      <c r="D13" s="20">
+      <c r="D13" s="25">
         <v>782.73672321000004</v>
       </c>
-      <c r="E13" s="20">
+      <c r="E13" s="25">
         <v>1868.61770477</v>
       </c>
-      <c r="F13" s="20">
+      <c r="F13" s="25">
         <v>1545.82367531</v>
       </c>
-      <c r="G13" s="20">
+      <c r="G13" s="25">
         <v>532.00672335000002</v>
       </c>
-      <c r="H13" s="20">
+      <c r="H13" s="25">
         <v>575.98632064000003</v>
       </c>
-      <c r="I13" s="20">
+      <c r="I13" s="25">
         <v>981.31440050000003</v>
       </c>
-      <c r="J13" s="20">
+      <c r="J13" s="25">
         <v>711.40808396</v>
       </c>
-      <c r="K13" s="20">
+      <c r="K13" s="25">
         <v>1196.59126408</v>
       </c>
-      <c r="L13" s="20">
+      <c r="L13" s="25">
         <v>953.8311506</v>
       </c>
-      <c r="M13" s="20">
+      <c r="M13" s="25">
         <v>1180.48499223</v>
       </c>
-      <c r="N13" s="20">
+      <c r="N13" s="25">
         <v>921.50585409999997</v>
       </c>
-      <c r="O13" s="20">
+      <c r="O13" s="25">
         <v>1463.74883486</v>
       </c>
-      <c r="P13" s="20">
+      <c r="P13" s="25">
         <v>1490.58866081</v>
       </c>
-      <c r="Q13" s="20">
+      <c r="Q13" s="25">
         <v>949.06956642</v>
       </c>
-      <c r="R13" s="20">
+      <c r="R13" s="25">
         <v>790.47633814999995</v>
       </c>
-      <c r="S13" s="20">
+      <c r="S13" s="25">
         <v>960.31491676999997</v>
       </c>
-      <c r="T13" s="20">
+      <c r="T13" s="25">
         <v>892.99651605999998</v>
       </c>
-      <c r="U13" s="20">
+      <c r="U13" s="25">
         <v>916.85881400999995</v>
       </c>
-      <c r="V13" s="20">
+      <c r="V13" s="25">
         <v>1416.62179943</v>
       </c>
-      <c r="W13" s="20">
+      <c r="W13" s="25">
         <v>1139.7984158700001</v>
       </c>
-      <c r="X13" s="20">
+      <c r="X13" s="25">
         <v>1032.8792017200001</v>
       </c>
-      <c r="Y13" s="20">
+      <c r="Y13" s="25">
         <v>1477.18046112</v>
       </c>
-      <c r="Z13" s="20">
+      <c r="Z13" s="25">
         <v>1295.1622620600001</v>
       </c>
-      <c r="AA13" s="20">
+      <c r="AA13" s="25">
         <v>1534.5534163499999</v>
       </c>
-      <c r="AB13" s="20">
+      <c r="AB13" s="25">
         <v>1836.6493429899999</v>
       </c>
-      <c r="AC13" s="20">
+      <c r="AC13" s="25">
         <v>2145.6234616199999</v>
       </c>
-      <c r="AD13" s="20">
+      <c r="AD13" s="25">
         <v>1924.9895395200001</v>
       </c>
-      <c r="AE13" s="20">
+      <c r="AE13" s="25">
         <v>2567.3912902000002</v>
       </c>
-      <c r="AF13" s="20">
+      <c r="AF13" s="25">
         <v>2652.6437377900002</v>
       </c>
-      <c r="AG13" s="19">
+      <c r="AG13" s="24">
         <v>91.389703909999994</v>
       </c>
-      <c r="AH13" s="19">
+      <c r="AH13" s="24">
         <v>110.47268742</v>
       </c>
-      <c r="AI13" s="19">
+      <c r="AI13" s="24">
         <v>104.63530582</v>
       </c>
-      <c r="AJ13" s="19">
+      <c r="AJ13" s="24">
         <v>225.50902618999999</v>
       </c>
-      <c r="AK13" s="19">
+      <c r="AK13" s="23">
         <v>99.889681999999993</v>
       </c>
-      <c r="AL13" s="19">
+      <c r="AL13" s="23">
         <v>121.71769833</v>
       </c>
-      <c r="AM13" s="19">
+      <c r="AM13" s="23">
         <v>114.50371274</v>
       </c>
-      <c r="AN13" s="19">
+      <c r="AN13" s="23">
         <v>239.87522756999999</v>
       </c>
-      <c r="AO13" s="19">
+      <c r="AO13" s="24">
         <v>175.89389173000001</v>
       </c>
-      <c r="AP13" s="19">
+      <c r="AP13" s="24">
         <v>232.68971998000001</v>
       </c>
-      <c r="AQ13" s="19">
+      <c r="AQ13" s="24">
         <v>211.26772152999999</v>
       </c>
-      <c r="AR13" s="19">
+      <c r="AR13" s="24">
         <v>361.46306727000001</v>
       </c>
-      <c r="AS13" s="19">
+      <c r="AS13" s="23">
         <v>126.80982914000001</v>
       </c>
-      <c r="AT13" s="19">
+      <c r="AT13" s="23">
         <v>155.32822304999999</v>
       </c>
-      <c r="AU13" s="19">
+      <c r="AU13" s="23">
         <v>144.91575187999999</v>
       </c>
-      <c r="AV13" s="19">
+      <c r="AV13" s="23">
         <v>284.35427989999999</v>
       </c>
-      <c r="AW13" s="19">
+      <c r="AW13" s="24">
         <v>202.56928631</v>
       </c>
-      <c r="AX13" s="19">
+      <c r="AX13" s="24">
         <v>295.91162960999998</v>
       </c>
-      <c r="AY13" s="19">
+      <c r="AY13" s="24">
         <v>264.05653372</v>
       </c>
-      <c r="AZ13" s="19">
+      <c r="AZ13" s="24">
         <v>434.05381444</v>
       </c>
-      <c r="BA13" s="19">
+      <c r="BA13" s="23">
         <v>171.88439998999999</v>
       </c>
-      <c r="BB13" s="19">
+      <c r="BB13" s="23">
         <v>219.2560095</v>
       </c>
-      <c r="BC13" s="19">
+      <c r="BC13" s="23">
         <v>214.07223805999999</v>
       </c>
-      <c r="BD13" s="19">
+      <c r="BD13" s="23">
         <v>348.61850305000002</v>
       </c>
-      <c r="BE13" s="19">
+      <c r="BE13" s="24">
         <v>184.18061410000001</v>
       </c>
-      <c r="BF13" s="19">
+      <c r="BF13" s="24">
         <v>269.08988213999999</v>
       </c>
-      <c r="BG13" s="19">
+      <c r="BG13" s="24">
         <v>310.36369662999999</v>
       </c>
-      <c r="BH13" s="19">
+      <c r="BH13" s="24">
         <v>416.85079934999999</v>
       </c>
-      <c r="BI13" s="19">
+      <c r="BI13" s="23">
         <v>168.69955995000001</v>
       </c>
-      <c r="BJ13" s="19">
+      <c r="BJ13" s="23">
         <v>160.19066556000001</v>
       </c>
-      <c r="BK13" s="19">
+      <c r="BK13" s="23">
         <v>97.437399990000003</v>
       </c>
-      <c r="BL13" s="19">
+      <c r="BL13" s="23">
         <v>495.17822860000001</v>
       </c>
-      <c r="BM13" s="19">
+      <c r="BM13" s="24">
         <v>246.42804409999999</v>
       </c>
-      <c r="BN13" s="19">
+      <c r="BN13" s="24">
         <v>337.27242109000002</v>
       </c>
-      <c r="BO13" s="19">
+      <c r="BO13" s="24">
         <v>388.52901365000002</v>
       </c>
-      <c r="BP13" s="19">
+      <c r="BP13" s="24">
         <v>491.51935601000002</v>
       </c>
-      <c r="BQ13" s="19">
+      <c r="BQ13" s="23">
         <v>272.25872858000002</v>
       </c>
-      <c r="BR13" s="19">
+      <c r="BR13" s="23">
         <v>470.68341136999999</v>
       </c>
-      <c r="BS13" s="19">
+      <c r="BS13" s="23">
         <v>326.14314273999997</v>
       </c>
-      <c r="BT13" s="19">
+      <c r="BT13" s="23">
         <v>421.50337811999998</v>
       </c>
-      <c r="BU13" s="19">
+      <c r="BU13" s="24">
         <v>377.87331246000002</v>
       </c>
-      <c r="BV13" s="19">
+      <c r="BV13" s="24">
         <v>178.07145366</v>
       </c>
-      <c r="BW13" s="19">
+      <c r="BW13" s="24">
         <v>150.69149322000001</v>
       </c>
-      <c r="BX13" s="19">
+      <c r="BX13" s="24">
         <v>242.43330709</v>
       </c>
-      <c r="BY13" s="19">
+      <c r="BY13" s="23">
         <v>128.44713766000001</v>
       </c>
-      <c r="BZ13" s="19">
+      <c r="BZ13" s="23">
         <v>239.76304345</v>
       </c>
-      <c r="CA13" s="19">
+      <c r="CA13" s="23">
         <v>185.84300383999999</v>
       </c>
-      <c r="CB13" s="19">
+      <c r="CB13" s="23">
         <v>236.4231532</v>
       </c>
-      <c r="CC13" s="19">
+      <c r="CC13" s="24">
         <v>155.11693179</v>
       </c>
-      <c r="CD13" s="19">
+      <c r="CD13" s="24">
         <v>234.74591348000001</v>
       </c>
-      <c r="CE13" s="19">
+      <c r="CE13" s="24">
         <v>306.55057077999999</v>
       </c>
-      <c r="CF13" s="19">
+      <c r="CF13" s="24">
         <v>263.90150070999999</v>
       </c>
-      <c r="CG13" s="19">
+      <c r="CG13" s="23">
         <v>184.2999064</v>
       </c>
-      <c r="CH13" s="19">
+      <c r="CH13" s="23">
         <v>240.54061478</v>
       </c>
-      <c r="CI13" s="19">
+      <c r="CI13" s="23">
         <v>214.65350463999999</v>
       </c>
-      <c r="CJ13" s="19">
+      <c r="CJ13" s="23">
         <v>253.50249023000001</v>
       </c>
-      <c r="CK13" s="19">
+      <c r="CK13" s="24">
         <v>254.72475904999999</v>
       </c>
-      <c r="CL13" s="19">
+      <c r="CL13" s="24">
         <v>230.18219775</v>
       </c>
-      <c r="CM13" s="19">
+      <c r="CM13" s="24">
         <v>217.73431489999999</v>
       </c>
-      <c r="CN13" s="19">
+      <c r="CN13" s="24">
         <v>214.21754232000001</v>
       </c>
-      <c r="CO13" s="19">
+      <c r="CO13" s="23">
         <v>288.93372166</v>
       </c>
-      <c r="CP13" s="19">
+      <c r="CP13" s="23">
         <v>361.15459758999998</v>
       </c>
-      <c r="CQ13" s="19">
+      <c r="CQ13" s="23">
         <v>478.25446237</v>
       </c>
-      <c r="CR13" s="19">
+      <c r="CR13" s="23">
         <v>288.27901780000002</v>
       </c>
-      <c r="CS13" s="19">
+      <c r="CS13" s="24">
         <v>191.22313646999999</v>
       </c>
-      <c r="CT13" s="19">
+      <c r="CT13" s="24">
         <v>322.72911622999999</v>
       </c>
-      <c r="CU13" s="19">
+      <c r="CU13" s="24">
         <v>394.47514561000003</v>
       </c>
-      <c r="CV13" s="19">
+      <c r="CV13" s="24">
         <v>231.37101756000001</v>
       </c>
-      <c r="CW13" s="19">
+      <c r="CW13" s="23">
         <v>165.62832742000001</v>
       </c>
-      <c r="CX13" s="19">
+      <c r="CX13" s="23">
         <v>460.06460945999999</v>
       </c>
-      <c r="CY13" s="19">
+      <c r="CY13" s="23">
         <v>327.79406869000002</v>
       </c>
-      <c r="CZ13" s="19">
+      <c r="CZ13" s="23">
         <v>79.392196139999996</v>
       </c>
-      <c r="DA13" s="19">
+      <c r="DA13" s="24">
         <v>375.66767362000002</v>
       </c>
-      <c r="DB13" s="19">
+      <c r="DB13" s="24">
         <v>398.48061288999997</v>
       </c>
-      <c r="DC13" s="19">
+      <c r="DC13" s="24">
         <v>356.16201540999998</v>
       </c>
-      <c r="DD13" s="19">
+      <c r="DD13" s="24">
         <v>346.87015918999998</v>
       </c>
-      <c r="DE13" s="19">
+      <c r="DE13" s="23">
         <v>292.41467116000001</v>
       </c>
-      <c r="DF13" s="19">
+      <c r="DF13" s="23">
         <v>329.29681477000003</v>
       </c>
-      <c r="DG13" s="19">
+      <c r="DG13" s="23">
         <v>368.73474807000002</v>
       </c>
-      <c r="DH13" s="19">
+      <c r="DH13" s="23">
         <v>304.71602805999999</v>
       </c>
-      <c r="DI13" s="19">
+      <c r="DI13" s="24">
         <v>415.40648388</v>
       </c>
-      <c r="DJ13" s="19">
+      <c r="DJ13" s="24">
         <v>286.16408560999997</v>
       </c>
-      <c r="DK13" s="19">
+      <c r="DK13" s="24">
         <v>390.52874728</v>
       </c>
-      <c r="DL13" s="19">
+      <c r="DL13" s="24">
         <v>442.45409957999999</v>
       </c>
-      <c r="DM13" s="19">
+      <c r="DM13" s="23">
         <v>354.82747889000001</v>
       </c>
-      <c r="DN13" s="19">
+      <c r="DN13" s="23">
         <v>466.33897918999998</v>
       </c>
-      <c r="DO13" s="19">
+      <c r="DO13" s="23">
         <v>665.80628718000003</v>
       </c>
-      <c r="DP13" s="19">
+      <c r="DP13" s="23">
         <v>349.67659773000003</v>
       </c>
-      <c r="DQ13" s="19">
+      <c r="DQ13" s="24">
         <v>694.33006335000005</v>
       </c>
-      <c r="DR13" s="19">
+      <c r="DR13" s="24">
         <v>528.91308580999998</v>
       </c>
-      <c r="DS13" s="19">
+      <c r="DS13" s="24">
         <v>622.00296929000001</v>
       </c>
-      <c r="DT13" s="19">
+      <c r="DT13" s="24">
         <v>300.37734318000003</v>
       </c>
-      <c r="DU13" s="19">
+      <c r="DU13" s="23">
         <v>425.48979929000001</v>
       </c>
-      <c r="DV13" s="19">
+      <c r="DV13" s="23">
         <v>450.58596323</v>
       </c>
-      <c r="DW13" s="19">
+      <c r="DW13" s="23">
         <v>564.12966499000004</v>
       </c>
-      <c r="DX13" s="19">
+      <c r="DX13" s="23">
         <v>484.78411199999999</v>
       </c>
-      <c r="DY13" s="19">
+      <c r="DY13" s="24">
         <v>550.11273226000003</v>
       </c>
-      <c r="DZ13" s="19">
+      <c r="DZ13" s="24">
         <v>670.04783698999995</v>
       </c>
-      <c r="EA13" s="19">
+      <c r="EA13" s="24">
         <v>596.11236331999999</v>
       </c>
-      <c r="EB13" s="19">
+      <c r="EB13" s="24">
         <v>751.11835762999999</v>
       </c>
-      <c r="EC13" s="19">
+      <c r="EC13" s="24">
         <v>470.61528749000001</v>
       </c>
-      <c r="ED13" s="19">
+      <c r="ED13" s="24">
         <v>604.21920144000001</v>
       </c>
-      <c r="EE13" s="19">
+      <c r="EE13" s="24">
         <v>686.36058535999996</v>
       </c>
-      <c r="EF13" s="19">
+      <c r="EF13" s="24">
         <v>891.44866349999995</v>
       </c>
-      <c r="EG13" s="19">
+      <c r="EG13" s="24">
         <v>573.11637843999995</v>
       </c>
-      <c r="EH13" s="19">
+      <c r="EH13" s="24">
         <v>697.63665185000002</v>
+      </c>
+      <c r="EI13" s="24">
+        <v>834.79014398000004</v>
       </c>
     </row>
     <row r="14" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B14" s="18" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="19">
+      <c r="B14" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C14" s="23">
         <v>803.65751501</v>
       </c>
-      <c r="D14" s="19">
+      <c r="D14" s="23">
         <v>829.83133789999999</v>
       </c>
-      <c r="E14" s="19">
+      <c r="E14" s="23">
         <v>858.11990835999995</v>
       </c>
-      <c r="F14" s="19">
+      <c r="F14" s="23">
         <v>924.10312705000001</v>
       </c>
-      <c r="G14" s="19">
+      <c r="G14" s="23">
         <v>951.23516744000005</v>
       </c>
-      <c r="H14" s="19">
+      <c r="H14" s="23">
         <v>846.50526322999997</v>
       </c>
-      <c r="I14" s="19">
+      <c r="I14" s="23">
         <v>957.84141369999998</v>
       </c>
-      <c r="J14" s="19">
+      <c r="J14" s="23">
         <v>1142.5707173400001</v>
       </c>
-      <c r="K14" s="19">
+      <c r="K14" s="23">
         <v>1177.4255508399999</v>
       </c>
-      <c r="L14" s="19">
+      <c r="L14" s="23">
         <v>1249.8080860600001</v>
       </c>
-      <c r="M14" s="19">
+      <c r="M14" s="23">
         <v>1277.10410912</v>
       </c>
-      <c r="N14" s="19">
+      <c r="N14" s="23">
         <v>1200.5571440900001</v>
       </c>
-      <c r="O14" s="19">
+      <c r="O14" s="23">
         <v>1298.1153040900001</v>
       </c>
-      <c r="P14" s="19">
+      <c r="P14" s="23">
         <v>1418.2333467200001</v>
       </c>
-      <c r="Q14" s="19">
+      <c r="Q14" s="23">
         <v>1420.57141239</v>
       </c>
-      <c r="R14" s="19">
+      <c r="R14" s="23">
         <v>1472.7133340800001</v>
       </c>
-      <c r="S14" s="19">
+      <c r="S14" s="23">
         <v>1337.2582461500001</v>
       </c>
-      <c r="T14" s="19">
+      <c r="T14" s="23">
         <v>1460.5016412299999</v>
       </c>
-      <c r="U14" s="19">
+      <c r="U14" s="23">
         <v>1496.4048040800001</v>
       </c>
-      <c r="V14" s="19">
+      <c r="V14" s="23">
         <v>1378.18188891</v>
       </c>
-      <c r="W14" s="19">
+      <c r="W14" s="23">
         <v>1540.62521795</v>
       </c>
-      <c r="X14" s="19">
+      <c r="X14" s="23">
         <v>1658.0988374399999</v>
       </c>
-      <c r="Y14" s="19">
+      <c r="Y14" s="23">
         <v>1661.95679718</v>
       </c>
-      <c r="Z14" s="19">
+      <c r="Z14" s="23">
         <v>1852.3593775100001</v>
       </c>
-      <c r="AA14" s="19">
+      <c r="AA14" s="23">
         <v>2154.2707461700002</v>
       </c>
-      <c r="AB14" s="19">
+      <c r="AB14" s="23">
         <v>1787.8914557400001</v>
       </c>
-      <c r="AC14" s="19">
+      <c r="AC14" s="23">
         <v>2086.3251015599999</v>
       </c>
-      <c r="AD14" s="19">
+      <c r="AD14" s="23">
         <v>2308.5076734200002</v>
       </c>
-      <c r="AE14" s="19">
+      <c r="AE14" s="23">
         <v>2501.4422331199999</v>
       </c>
-      <c r="AF14" s="19">
+      <c r="AF14" s="23">
         <v>2613.1019624099999</v>
       </c>
-      <c r="AG14" s="19">
+      <c r="AG14" s="24">
         <v>139.67894372999999</v>
       </c>
-      <c r="AH14" s="19">
+      <c r="AH14" s="24">
         <v>283.33659524000001</v>
       </c>
-      <c r="AI14" s="19">
+      <c r="AI14" s="24">
         <v>313.63909410999997</v>
       </c>
-      <c r="AJ14" s="19">
+      <c r="AJ14" s="24">
         <v>214.58053436</v>
       </c>
-      <c r="AK14" s="19">
+      <c r="AK14" s="23">
         <v>123.9160751</v>
       </c>
-      <c r="AL14" s="19">
+      <c r="AL14" s="23">
         <v>252.40094331</v>
       </c>
-      <c r="AM14" s="19">
+      <c r="AM14" s="23">
         <v>279.47270049999997</v>
       </c>
-      <c r="AN14" s="19">
+      <c r="AN14" s="23">
         <v>190.71554431999999</v>
       </c>
-      <c r="AO14" s="19">
+      <c r="AO14" s="24">
         <v>140.59579676999999</v>
       </c>
-      <c r="AP14" s="19">
+      <c r="AP14" s="24">
         <v>285.34024714999998</v>
       </c>
-      <c r="AQ14" s="19">
+      <c r="AQ14" s="24">
         <v>315.86780149999998</v>
       </c>
-      <c r="AR14" s="19">
+      <c r="AR14" s="24">
         <v>216.03756829</v>
       </c>
-      <c r="AS14" s="19">
+      <c r="AS14" s="23">
         <v>168.94343309999999</v>
       </c>
-      <c r="AT14" s="19">
+      <c r="AT14" s="23">
         <v>339.62871416000002</v>
       </c>
-      <c r="AU14" s="19">
+      <c r="AU14" s="23">
         <v>375.69096925000002</v>
       </c>
-      <c r="AV14" s="19">
+      <c r="AV14" s="23">
         <v>258.30760083000001</v>
       </c>
-      <c r="AW14" s="19">
+      <c r="AW14" s="24">
         <v>104.33537582</v>
       </c>
-      <c r="AX14" s="19">
+      <c r="AX14" s="24">
         <v>398.1894198</v>
       </c>
-      <c r="AY14" s="19">
+      <c r="AY14" s="24">
         <v>449.70842469000002</v>
       </c>
-      <c r="AZ14" s="19">
+      <c r="AZ14" s="24">
         <v>225.19233052999999</v>
       </c>
-      <c r="BA14" s="19">
+      <c r="BA14" s="23">
         <v>173.47818296</v>
       </c>
-      <c r="BB14" s="19">
+      <c r="BB14" s="23">
         <v>457.29041167999998</v>
       </c>
-      <c r="BC14" s="19">
+      <c r="BC14" s="23">
         <v>439.29983620000002</v>
       </c>
-      <c r="BD14" s="19">
+      <c r="BD14" s="23">
         <v>179.73965522</v>
       </c>
-      <c r="BE14" s="19">
+      <c r="BE14" s="24">
         <v>135.96391743999999</v>
       </c>
-      <c r="BF14" s="19">
+      <c r="BF14" s="24">
         <v>472.84443873999999</v>
       </c>
-      <c r="BG14" s="19">
+      <c r="BG14" s="24">
         <v>425.83085768000001</v>
       </c>
-      <c r="BH14" s="19">
+      <c r="BH14" s="24">
         <v>242.46489525999999</v>
       </c>
-      <c r="BI14" s="19">
+      <c r="BI14" s="23">
         <v>205.5578204</v>
       </c>
-      <c r="BJ14" s="19">
+      <c r="BJ14" s="23">
         <v>436.15007071000002</v>
       </c>
-      <c r="BK14" s="19">
+      <c r="BK14" s="23">
         <v>415.08177238000002</v>
       </c>
-      <c r="BL14" s="19">
+      <c r="BL14" s="23">
         <v>143.7674806</v>
       </c>
-      <c r="BM14" s="19">
+      <c r="BM14" s="24">
         <v>321.06027080000001</v>
       </c>
-      <c r="BN14" s="19">
+      <c r="BN14" s="24">
         <v>485.11529896000002</v>
       </c>
-      <c r="BO14" s="19">
+      <c r="BO14" s="24">
         <v>414.17712827999998</v>
       </c>
-      <c r="BP14" s="19">
+      <c r="BP14" s="24">
         <v>77.762606039999994</v>
       </c>
-      <c r="BQ14" s="19">
+      <c r="BQ14" s="23">
         <v>397.77250586999997</v>
       </c>
-      <c r="BR14" s="19">
+      <c r="BR14" s="23">
         <v>552.16544094000005</v>
       </c>
-      <c r="BS14" s="19">
+      <c r="BS14" s="23">
         <v>445.31973378999999</v>
       </c>
-      <c r="BT14" s="19">
+      <c r="BT14" s="23">
         <v>22.97566612</v>
       </c>
-      <c r="BU14" s="19">
+      <c r="BU14" s="24">
         <v>277.66779736000001</v>
       </c>
-      <c r="BV14" s="19">
+      <c r="BV14" s="24">
         <v>501.49407208000002</v>
       </c>
-      <c r="BW14" s="19">
+      <c r="BW14" s="24">
         <v>484.31989055999998</v>
       </c>
-      <c r="BX14" s="19">
+      <c r="BX14" s="24">
         <v>157.08965237999999</v>
       </c>
-      <c r="BY14" s="19">
+      <c r="BY14" s="23">
         <v>210.90665766999999</v>
       </c>
-      <c r="BZ14" s="19">
+      <c r="BZ14" s="23">
         <v>425.05225108000002</v>
       </c>
-      <c r="CA14" s="19">
+      <c r="CA14" s="23">
         <v>595.11625481999999</v>
       </c>
-      <c r="CB14" s="19">
+      <c r="CB14" s="23">
         <v>241.63817051000001</v>
       </c>
-      <c r="CC14" s="19">
+      <c r="CC14" s="24">
         <v>201.0568878</v>
       </c>
-      <c r="CD14" s="19">
+      <c r="CD14" s="24">
         <v>356.89287890000003</v>
       </c>
-      <c r="CE14" s="19">
+      <c r="CE14" s="24">
         <v>544.93345108999995</v>
       </c>
-      <c r="CF14" s="19">
+      <c r="CF14" s="24">
         <v>234.37502835999999</v>
       </c>
-      <c r="CG14" s="19">
+      <c r="CG14" s="23">
         <v>362.16433235</v>
       </c>
-      <c r="CH14" s="19">
+      <c r="CH14" s="23">
         <v>383.76802923000002</v>
       </c>
-      <c r="CI14" s="19">
+      <c r="CI14" s="23">
         <v>348.94145880999997</v>
       </c>
-      <c r="CJ14" s="19">
+      <c r="CJ14" s="23">
         <v>365.62782084999998</v>
       </c>
-      <c r="CK14" s="19">
+      <c r="CK14" s="24">
         <v>299.73749234000002</v>
       </c>
-      <c r="CL14" s="19">
+      <c r="CL14" s="24">
         <v>388.75852778000001</v>
       </c>
-      <c r="CM14" s="19">
+      <c r="CM14" s="24">
         <v>449.2895097</v>
       </c>
-      <c r="CN14" s="19">
+      <c r="CN14" s="24">
         <v>358.61927426</v>
       </c>
-      <c r="CO14" s="19">
+      <c r="CO14" s="23">
         <v>359.18662415</v>
       </c>
-      <c r="CP14" s="19">
+      <c r="CP14" s="23">
         <v>370.94407784999999</v>
       </c>
-      <c r="CQ14" s="19">
+      <c r="CQ14" s="23">
         <v>312.45828259000001</v>
       </c>
-      <c r="CR14" s="19">
+      <c r="CR14" s="23">
         <v>335.59290432</v>
       </c>
-      <c r="CS14" s="19">
+      <c r="CS14" s="24">
         <v>388.64209863000002</v>
       </c>
-      <c r="CT14" s="19">
+      <c r="CT14" s="24">
         <v>406.94441179</v>
       </c>
-      <c r="CU14" s="19">
+      <c r="CU14" s="24">
         <v>363.34600205999999</v>
       </c>
-      <c r="CV14" s="19">
+      <c r="CV14" s="24">
         <v>381.69270547000002</v>
       </c>
-      <c r="CW14" s="19">
+      <c r="CW14" s="23">
         <v>410.07601133999998</v>
       </c>
-      <c r="CX14" s="19">
+      <c r="CX14" s="23">
         <v>436.27095071000002</v>
       </c>
-      <c r="CY14" s="19">
+      <c r="CY14" s="23">
         <v>407.22510478999999</v>
       </c>
-      <c r="CZ14" s="19">
+      <c r="CZ14" s="23">
         <v>404.52677061000003</v>
       </c>
-      <c r="DA14" s="19">
+      <c r="DA14" s="24">
         <v>404.448668</v>
       </c>
-      <c r="DB14" s="19">
+      <c r="DB14" s="24">
         <v>446.72211686000003</v>
       </c>
-      <c r="DC14" s="19">
+      <c r="DC14" s="24">
         <v>405.00594143000001</v>
       </c>
-      <c r="DD14" s="19">
+      <c r="DD14" s="24">
         <v>405.78007087999998</v>
       </c>
-      <c r="DE14" s="19">
+      <c r="DE14" s="23">
         <v>449.11361432000001</v>
       </c>
-      <c r="DF14" s="19">
+      <c r="DF14" s="23">
         <v>489.88880869000002</v>
       </c>
-      <c r="DG14" s="19">
+      <c r="DG14" s="23">
         <v>462.47507309000002</v>
       </c>
-      <c r="DH14" s="19">
+      <c r="DH14" s="23">
         <v>450.88188141000001</v>
       </c>
-      <c r="DI14" s="19">
+      <c r="DI14" s="24">
         <v>480.06566759999998</v>
       </c>
-      <c r="DJ14" s="19">
+      <c r="DJ14" s="24">
         <v>536.43412594999995</v>
       </c>
-      <c r="DK14" s="19">
+      <c r="DK14" s="24">
         <v>524.61550575000001</v>
       </c>
-      <c r="DL14" s="19">
+      <c r="DL14" s="24">
         <v>613.15544685999998</v>
       </c>
-      <c r="DM14" s="19">
+      <c r="DM14" s="23">
         <v>432.04383157000001</v>
       </c>
-      <c r="DN14" s="19">
+      <c r="DN14" s="23">
         <v>342.75943296999998</v>
       </c>
-      <c r="DO14" s="19">
+      <c r="DO14" s="23">
         <v>407.10539506999999</v>
       </c>
-      <c r="DP14" s="19">
+      <c r="DP14" s="23">
         <v>605.98279611999999</v>
       </c>
-      <c r="DQ14" s="19">
+      <c r="DQ14" s="24">
         <v>409.47361361999998</v>
       </c>
-      <c r="DR14" s="19">
+      <c r="DR14" s="24">
         <v>466.17211483</v>
       </c>
-      <c r="DS14" s="19">
+      <c r="DS14" s="24">
         <v>606.46536420999996</v>
       </c>
-      <c r="DT14" s="19">
+      <c r="DT14" s="24">
         <v>604.21400889999995</v>
       </c>
-      <c r="DU14" s="19">
+      <c r="DU14" s="23">
         <v>443.15297527000001</v>
       </c>
-      <c r="DV14" s="19">
+      <c r="DV14" s="23">
         <v>576.51216657999998</v>
       </c>
-      <c r="DW14" s="19">
+      <c r="DW14" s="23">
         <v>693.23208987999999</v>
       </c>
-      <c r="DX14" s="19">
+      <c r="DX14" s="23">
         <v>595.61044168000001</v>
       </c>
-      <c r="DY14" s="19">
+      <c r="DY14" s="24">
         <v>530.15070993999996</v>
       </c>
-      <c r="DZ14" s="19">
+      <c r="DZ14" s="24">
         <v>680.71834294999996</v>
       </c>
-      <c r="EA14" s="19">
+      <c r="EA14" s="24">
         <v>748.70676252999999</v>
       </c>
-      <c r="EB14" s="19">
+      <c r="EB14" s="24">
         <v>541.86641770000006</v>
       </c>
-      <c r="EC14" s="19">
+      <c r="EC14" s="24">
         <v>545.86263500999996</v>
       </c>
-      <c r="ED14" s="19">
+      <c r="ED14" s="24">
         <v>696.25590339999997</v>
       </c>
-      <c r="EE14" s="19">
+      <c r="EE14" s="24">
         <v>793.11153129000002</v>
       </c>
-      <c r="EF14" s="19">
+      <c r="EF14" s="24">
         <v>577.87189271</v>
       </c>
-      <c r="EG14" s="19">
+      <c r="EG14" s="24">
         <v>568.55091621999998</v>
       </c>
-      <c r="EH14" s="19">
+      <c r="EH14" s="24">
         <v>696.08754220000003</v>
+      </c>
+      <c r="EI14" s="24">
+        <v>774.33531683000001</v>
       </c>
     </row>
     <row r="15" spans="2:144" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="21" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="22">
+      <c r="B15" s="26" t="s">
+        <v>160</v>
+      </c>
+      <c r="C15" s="27">
         <v>116.35934831</v>
       </c>
-      <c r="D15" s="22">
+      <c r="D15" s="27">
         <v>87.532563280000005</v>
       </c>
-      <c r="E15" s="22">
+      <c r="E15" s="27">
         <v>66.234178729999996</v>
       </c>
-      <c r="F15" s="22">
+      <c r="F15" s="27">
         <v>59.944199050000002</v>
       </c>
-      <c r="G15" s="22">
+      <c r="G15" s="27">
         <v>56.526806110000003</v>
       </c>
-      <c r="H15" s="22">
+      <c r="H15" s="27">
         <v>56.361159550000004</v>
       </c>
-      <c r="I15" s="22">
+      <c r="I15" s="27">
         <v>65.737124550000004</v>
       </c>
-      <c r="J15" s="22">
+      <c r="J15" s="27">
         <v>17.71292978</v>
       </c>
-      <c r="K15" s="22">
+      <c r="K15" s="27">
         <v>18.372772749999999</v>
       </c>
-      <c r="L15" s="22">
+      <c r="L15" s="27">
         <v>26.08141732</v>
       </c>
-      <c r="M15" s="22">
+      <c r="M15" s="27">
         <v>39.58804679</v>
       </c>
-      <c r="N15" s="22">
+      <c r="N15" s="27">
         <v>33.554029010000001</v>
       </c>
-      <c r="O15" s="22">
+      <c r="O15" s="27">
         <v>41.261402709999999</v>
       </c>
-      <c r="P15" s="22">
+      <c r="P15" s="27">
         <v>52.642615849999999</v>
       </c>
-      <c r="Q15" s="22">
+      <c r="Q15" s="27">
         <v>47.28023125</v>
       </c>
-      <c r="R15" s="22">
+      <c r="R15" s="27">
         <v>54.074933889999997</v>
       </c>
-      <c r="S15" s="22">
+      <c r="S15" s="27">
         <v>78.778651730000007</v>
       </c>
-      <c r="T15" s="22">
+      <c r="T15" s="27">
         <v>126.72997872000001</v>
       </c>
-      <c r="U15" s="22">
+      <c r="U15" s="27">
         <v>124.29349904999999</v>
       </c>
-      <c r="V15" s="22">
+      <c r="V15" s="27">
         <v>153.69912156000001</v>
       </c>
-      <c r="W15" s="22">
+      <c r="W15" s="27">
         <v>288.83672503999998</v>
       </c>
-      <c r="X15" s="22">
+      <c r="X15" s="27">
         <v>563.43992125</v>
       </c>
-      <c r="Y15" s="22">
+      <c r="Y15" s="27">
         <v>322.88643338999998</v>
       </c>
-      <c r="Z15" s="22">
+      <c r="Z15" s="27">
         <v>344.09016001999998</v>
       </c>
-      <c r="AA15" s="22">
+      <c r="AA15" s="27">
         <v>723.88527393000004</v>
       </c>
-      <c r="AB15" s="22">
+      <c r="AB15" s="27">
         <v>872.43059135999999</v>
       </c>
-      <c r="AC15" s="22">
+      <c r="AC15" s="27">
         <v>916.98153737999996</v>
       </c>
-      <c r="AD15" s="22">
+      <c r="AD15" s="27">
         <v>1078.65290934</v>
       </c>
-      <c r="AE15" s="22">
+      <c r="AE15" s="27">
         <v>1848.8083205200001</v>
       </c>
-      <c r="AF15" s="22">
+      <c r="AF15" s="27">
         <v>1227.9012501100001</v>
       </c>
-      <c r="AG15" s="22">
+      <c r="AG15" s="28">
         <v>11.68274929</v>
       </c>
-      <c r="AH15" s="22">
+      <c r="AH15" s="28">
         <v>16.873628230000001</v>
       </c>
-      <c r="AI15" s="22">
+      <c r="AI15" s="28">
         <v>12.091975379999999</v>
       </c>
-      <c r="AJ15" s="22">
+      <c r="AJ15" s="28">
         <v>15.87845321</v>
       </c>
-      <c r="AK15" s="22">
+      <c r="AK15" s="27">
         <v>11.64851408</v>
       </c>
-      <c r="AL15" s="22">
+      <c r="AL15" s="27">
         <v>16.824181630000002</v>
       </c>
-      <c r="AM15" s="22">
+      <c r="AM15" s="27">
         <v>12.05654097</v>
       </c>
-      <c r="AN15" s="22">
+      <c r="AN15" s="27">
         <v>15.83192287</v>
       </c>
-      <c r="AO15" s="22">
+      <c r="AO15" s="28">
         <v>13.60381619</v>
       </c>
-      <c r="AP15" s="22">
+      <c r="AP15" s="28">
         <v>19.632185830000001</v>
       </c>
-      <c r="AQ15" s="22">
+      <c r="AQ15" s="28">
         <v>14.066432669999999</v>
       </c>
-      <c r="AR15" s="22">
+      <c r="AR15" s="28">
         <v>18.434689859999999</v>
       </c>
-      <c r="AS15" s="22">
+      <c r="AS15" s="27">
         <v>2.0013182399999998</v>
       </c>
-      <c r="AT15" s="22">
+      <c r="AT15" s="27">
         <v>7.1597118499999999</v>
       </c>
-      <c r="AU15" s="22">
+      <c r="AU15" s="27">
         <v>2.40170613</v>
       </c>
-      <c r="AV15" s="22">
+      <c r="AV15" s="27">
         <v>6.15019355</v>
       </c>
-      <c r="AW15" s="22">
+      <c r="AW15" s="28">
         <v>3.8120118000000001</v>
       </c>
-      <c r="AX15" s="22">
+      <c r="AX15" s="28">
         <v>5.4787816100000004</v>
       </c>
-      <c r="AY15" s="22">
+      <c r="AY15" s="28">
         <v>3.93570251</v>
       </c>
-      <c r="AZ15" s="22">
+      <c r="AZ15" s="28">
         <v>5.1462768299999997</v>
       </c>
-      <c r="BA15" s="22">
+      <c r="BA15" s="27">
         <v>5.4440344500000002</v>
       </c>
-      <c r="BB15" s="22">
+      <c r="BB15" s="27">
         <v>7.801507</v>
       </c>
-      <c r="BC15" s="22">
+      <c r="BC15" s="27">
         <v>5.5937333300000001</v>
       </c>
-      <c r="BD15" s="22">
+      <c r="BD15" s="27">
         <v>7.2421425299999997</v>
       </c>
-      <c r="BE15" s="22">
+      <c r="BE15" s="28">
         <v>8.2776321199999998</v>
       </c>
-      <c r="BF15" s="22">
+      <c r="BF15" s="28">
         <v>11.899411130000001</v>
       </c>
-      <c r="BG15" s="22">
+      <c r="BG15" s="28">
         <v>8.4774376599999997</v>
       </c>
-      <c r="BH15" s="22">
+      <c r="BH15" s="28">
         <v>10.933565870000001</v>
       </c>
-      <c r="BI15" s="22">
+      <c r="BI15" s="27">
         <v>7.0497200400000004</v>
       </c>
-      <c r="BJ15" s="22">
+      <c r="BJ15" s="27">
         <v>9.9721045299999993</v>
       </c>
-      <c r="BK15" s="22">
+      <c r="BK15" s="27">
         <v>7.2131924600000001</v>
       </c>
-      <c r="BL15" s="22">
+      <c r="BL15" s="27">
         <v>9.31901197</v>
       </c>
-      <c r="BM15" s="22">
+      <c r="BM15" s="28">
         <v>8.5619169999999993</v>
       </c>
-      <c r="BN15" s="22">
+      <c r="BN15" s="28">
         <v>12.37446527</v>
       </c>
-      <c r="BO15" s="22">
+      <c r="BO15" s="28">
         <v>8.8487223000000004</v>
       </c>
-      <c r="BP15" s="22">
+      <c r="BP15" s="28">
         <v>11.476298140000001</v>
       </c>
-      <c r="BQ15" s="22">
+      <c r="BQ15" s="27">
         <v>11.03201142</v>
       </c>
-      <c r="BR15" s="22">
+      <c r="BR15" s="27">
         <v>15.96659779</v>
       </c>
-      <c r="BS15" s="22">
+      <c r="BS15" s="27">
         <v>11.18550995</v>
       </c>
-      <c r="BT15" s="22">
+      <c r="BT15" s="27">
         <v>14.45849669</v>
       </c>
-      <c r="BU15" s="22">
+      <c r="BU15" s="28">
         <v>10.067647900000001</v>
       </c>
-      <c r="BV15" s="22">
+      <c r="BV15" s="28">
         <v>13.60210414</v>
       </c>
-      <c r="BW15" s="22">
+      <c r="BW15" s="28">
         <v>10.300279290000001</v>
       </c>
-      <c r="BX15" s="22">
+      <c r="BX15" s="28">
         <v>13.310199920000001</v>
       </c>
-      <c r="BY15" s="22">
+      <c r="BY15" s="27">
         <v>10.69433356</v>
       </c>
-      <c r="BZ15" s="22">
+      <c r="BZ15" s="27">
         <v>16.690597140000001</v>
       </c>
-      <c r="CA15" s="22">
+      <c r="CA15" s="27">
         <v>11.536068480000001</v>
       </c>
-      <c r="CB15" s="22">
+      <c r="CB15" s="27">
         <v>15.153934700000001</v>
       </c>
-      <c r="CC15" s="22">
+      <c r="CC15" s="28">
         <v>17.202329209999998</v>
       </c>
-      <c r="CD15" s="22">
+      <c r="CD15" s="28">
         <v>24.748094819999999</v>
       </c>
-      <c r="CE15" s="22">
+      <c r="CE15" s="28">
         <v>16.218112470000001</v>
       </c>
-      <c r="CF15" s="22">
+      <c r="CF15" s="28">
         <v>20.610115220000001</v>
       </c>
-      <c r="CG15" s="22">
+      <c r="CG15" s="27">
         <v>28.283778659999999</v>
       </c>
-      <c r="CH15" s="22">
+      <c r="CH15" s="27">
         <v>30.676614300000001</v>
       </c>
-      <c r="CI15" s="22">
+      <c r="CI15" s="27">
         <v>29.838546699999998</v>
       </c>
-      <c r="CJ15" s="22">
+      <c r="CJ15" s="27">
         <v>37.931039050000003</v>
       </c>
-      <c r="CK15" s="22">
+      <c r="CK15" s="28">
         <v>21.16059452</v>
       </c>
-      <c r="CL15" s="22">
+      <c r="CL15" s="28">
         <v>43.091977989999997</v>
       </c>
-      <c r="CM15" s="22">
+      <c r="CM15" s="28">
         <v>25.92056479</v>
       </c>
-      <c r="CN15" s="22">
+      <c r="CN15" s="28">
         <v>34.120361750000001</v>
       </c>
-      <c r="CO15" s="22">
+      <c r="CO15" s="27">
         <v>41.493416000000003</v>
       </c>
-      <c r="CP15" s="22">
+      <c r="CP15" s="27">
         <v>46.68930855</v>
       </c>
-      <c r="CQ15" s="22">
+      <c r="CQ15" s="27">
         <v>31.635246630000001</v>
       </c>
-      <c r="CR15" s="22">
+      <c r="CR15" s="27">
         <v>33.881150380000001</v>
       </c>
-      <c r="CS15" s="22">
+      <c r="CS15" s="28">
         <v>18.849898870000001</v>
       </c>
-      <c r="CT15" s="22">
+      <c r="CT15" s="28">
         <v>80.415769269999998</v>
       </c>
-      <c r="CU15" s="22">
+      <c r="CU15" s="28">
         <v>70.891997739999994</v>
       </c>
-      <c r="CV15" s="22">
+      <c r="CV15" s="28">
         <v>118.67905917</v>
       </c>
-      <c r="CW15" s="22">
+      <c r="CW15" s="27">
         <v>72.661517849999996</v>
       </c>
-      <c r="CX15" s="22">
+      <c r="CX15" s="27">
         <v>115.98383157000001</v>
       </c>
-      <c r="CY15" s="22">
+      <c r="CY15" s="27">
         <v>137.31018677</v>
       </c>
-      <c r="CZ15" s="22">
+      <c r="CZ15" s="27">
         <v>237.48438505999999</v>
       </c>
-      <c r="DA15" s="22">
+      <c r="DA15" s="28">
         <v>56.300950960000002</v>
       </c>
-      <c r="DB15" s="22">
+      <c r="DB15" s="28">
         <v>98.035716820000005</v>
       </c>
-      <c r="DC15" s="22">
+      <c r="DC15" s="28">
         <v>64.868278079999996</v>
       </c>
-      <c r="DD15" s="22">
+      <c r="DD15" s="28">
         <v>103.68148753</v>
       </c>
-      <c r="DE15" s="22">
+      <c r="DE15" s="27">
         <v>34.243919079999998</v>
       </c>
-      <c r="DF15" s="22">
+      <c r="DF15" s="27">
         <v>63.600362410000002</v>
       </c>
-      <c r="DG15" s="22">
+      <c r="DG15" s="27">
         <v>33.690750710000003</v>
       </c>
-      <c r="DH15" s="22">
+      <c r="DH15" s="27">
         <v>212.55512783</v>
       </c>
-      <c r="DI15" s="22">
+      <c r="DI15" s="28">
         <v>72.15488861</v>
       </c>
-      <c r="DJ15" s="22">
+      <c r="DJ15" s="28">
         <v>216.77930194999999</v>
       </c>
-      <c r="DK15" s="22">
+      <c r="DK15" s="28">
         <v>154.16732199</v>
       </c>
-      <c r="DL15" s="22">
+      <c r="DL15" s="28">
         <v>280.78376139</v>
       </c>
-      <c r="DM15" s="22">
+      <c r="DM15" s="27">
         <v>147.68483384999999</v>
       </c>
-      <c r="DN15" s="22">
+      <c r="DN15" s="27">
         <v>238.78810128999999</v>
       </c>
-      <c r="DO15" s="22">
+      <c r="DO15" s="27">
         <v>190.84865209</v>
       </c>
-      <c r="DP15" s="22">
+      <c r="DP15" s="27">
         <v>295.10900413000002</v>
       </c>
-      <c r="DQ15" s="22">
+      <c r="DQ15" s="28">
         <v>211.31806091000001</v>
       </c>
-      <c r="DR15" s="22">
+      <c r="DR15" s="28">
         <v>223.95720127000001</v>
       </c>
-      <c r="DS15" s="22">
+      <c r="DS15" s="28">
         <v>208.11672321</v>
       </c>
-      <c r="DT15" s="22">
+      <c r="DT15" s="28">
         <v>273.58955200000003</v>
       </c>
-      <c r="DU15" s="22">
+      <c r="DU15" s="27">
         <v>177.23835421999999</v>
       </c>
-      <c r="DV15" s="22">
+      <c r="DV15" s="27">
         <v>246.60933904000001</v>
       </c>
-      <c r="DW15" s="22">
+      <c r="DW15" s="27">
         <v>229.16609027000001</v>
       </c>
-      <c r="DX15" s="22">
+      <c r="DX15" s="27">
         <v>425.63912579999999</v>
       </c>
-      <c r="DY15" s="22">
+      <c r="DY15" s="28">
         <v>246.30161455999999</v>
       </c>
-      <c r="DZ15" s="22">
+      <c r="DZ15" s="28">
         <v>674.08532775000003</v>
       </c>
-      <c r="EA15" s="22">
+      <c r="EA15" s="28">
         <v>398.88476177000001</v>
       </c>
-      <c r="EB15" s="22">
+      <c r="EB15" s="28">
         <v>529.53661642999998</v>
       </c>
-      <c r="EC15" s="22">
+      <c r="EC15" s="28">
         <v>179.90467558</v>
       </c>
-      <c r="ED15" s="22">
+      <c r="ED15" s="28">
         <v>300.81674405000001</v>
       </c>
-      <c r="EE15" s="22">
+      <c r="EE15" s="28">
         <v>302.21061623000003</v>
       </c>
-      <c r="EF15" s="22">
+      <c r="EF15" s="28">
         <v>444.96921424999999</v>
       </c>
-      <c r="EG15" s="22">
+      <c r="EG15" s="28">
         <v>275.81648489999998</v>
       </c>
-      <c r="EH15" s="22">
+      <c r="EH15" s="28">
         <v>310.79692875000001</v>
+      </c>
+      <c r="EI15" s="28">
+        <v>482.95375059999998</v>
       </c>
     </row>
     <row r="16" spans="2:144" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="17" t="s">
+      <c r="B16" s="20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C16" s="19">
+        <v>9096.9678407499996</v>
+      </c>
+      <c r="D16" s="19">
+        <v>9887.7602022499996</v>
+      </c>
+      <c r="E16" s="19">
+        <v>10572.11439832</v>
+      </c>
+      <c r="F16" s="19">
+        <v>11837.87189128</v>
+      </c>
+      <c r="G16" s="19">
+        <v>12593.96530717</v>
+      </c>
+      <c r="H16" s="19">
+        <v>13074.82903932</v>
+      </c>
+      <c r="I16" s="19">
+        <v>13036.44174642</v>
+      </c>
+      <c r="J16" s="19">
+        <v>13917.023368239999</v>
+      </c>
+      <c r="K16" s="19">
+        <v>15469.497913740001</v>
+      </c>
+      <c r="L16" s="19">
+        <v>16483.32508726</v>
+      </c>
+      <c r="M16" s="19">
+        <v>16814.92110313</v>
+      </c>
+      <c r="N16" s="19">
+        <v>17616.048062559999</v>
+      </c>
+      <c r="O16" s="19">
+        <v>20058.5610027</v>
+      </c>
+      <c r="P16" s="19">
+        <v>21557.498082599999</v>
+      </c>
+      <c r="Q16" s="19">
+        <v>22016.370230550001</v>
+      </c>
+      <c r="R16" s="19">
+        <v>21431.686059240001</v>
+      </c>
+      <c r="S16" s="19">
+        <v>21972.739202789999</v>
+      </c>
+      <c r="T16" s="19">
+        <v>21197.50889334</v>
+      </c>
+      <c r="U16" s="19">
+        <v>21611.106153730001</v>
+      </c>
+      <c r="V16" s="19">
+        <v>21872.509505919999</v>
+      </c>
+      <c r="W16" s="19">
+        <v>21883.773800440002</v>
+      </c>
+      <c r="X16" s="19">
+        <v>21840.049253190002</v>
+      </c>
+      <c r="Y16" s="19">
+        <v>22035.929485280001</v>
+      </c>
+      <c r="Z16" s="19">
+        <v>23583.4746696</v>
+      </c>
+      <c r="AA16" s="19">
+        <v>25454.014341769998</v>
+      </c>
+      <c r="AB16" s="19">
+        <v>27277.772600929999</v>
+      </c>
+      <c r="AC16" s="19">
+        <v>28115.141165519999</v>
+      </c>
+      <c r="AD16" s="19">
+        <v>30434.834501050002</v>
+      </c>
+      <c r="AE16" s="19">
+        <v>36648.619905</v>
+      </c>
+      <c r="AF16" s="19">
+        <v>41237.871883129999</v>
+      </c>
+      <c r="AG16" s="21">
+        <v>2947.59623676</v>
+      </c>
+      <c r="AH16" s="21">
+        <v>3098.7676344699998</v>
+      </c>
+      <c r="AI16" s="21">
+        <v>3226.8993940599998</v>
+      </c>
+      <c r="AJ16" s="21">
+        <v>3320.7020418799998</v>
+      </c>
+      <c r="AK16" s="19">
+        <v>2958.58397479</v>
+      </c>
+      <c r="AL16" s="19">
+        <v>3221.0979554099999</v>
+      </c>
+      <c r="AM16" s="19">
+        <v>3382.2094501500001</v>
+      </c>
+      <c r="AN16" s="19">
+        <v>3512.93765897</v>
+      </c>
+      <c r="AO16" s="21">
+        <v>2996.3342602399998</v>
+      </c>
+      <c r="AP16" s="21">
+        <v>3285.0088403300001</v>
+      </c>
+      <c r="AQ16" s="21">
+        <v>3276.0950596299999</v>
+      </c>
+      <c r="AR16" s="21">
+        <v>3479.0035862200002</v>
+      </c>
+      <c r="AS16" s="19">
+        <v>3199.9396358899999</v>
+      </c>
+      <c r="AT16" s="19">
+        <v>3426.37707688</v>
+      </c>
+      <c r="AU16" s="19">
+        <v>3467.4654907300001</v>
+      </c>
+      <c r="AV16" s="19">
+        <v>3823.2411647399999</v>
+      </c>
+      <c r="AW16" s="21">
+        <v>3516.0047161000002</v>
+      </c>
+      <c r="AX16" s="21">
+        <v>3982.25592594</v>
+      </c>
+      <c r="AY16" s="21">
+        <v>4000.0842975099999</v>
+      </c>
+      <c r="AZ16" s="21">
+        <v>3971.1529741999998</v>
+      </c>
+      <c r="BA16" s="19">
+        <v>3698.5366926500001</v>
+      </c>
+      <c r="BB16" s="19">
+        <v>4293.7613869500001</v>
+      </c>
+      <c r="BC16" s="19">
+        <v>4267.2591022799998</v>
+      </c>
+      <c r="BD16" s="19">
+        <v>4223.7679053800002</v>
+      </c>
+      <c r="BE16" s="21">
+        <v>3744.4385206500001</v>
+      </c>
+      <c r="BF16" s="21">
+        <v>4399.6176661999998</v>
+      </c>
+      <c r="BG16" s="21">
+        <v>4315.0087389399996</v>
+      </c>
+      <c r="BH16" s="21">
+        <v>4355.8561773399997</v>
+      </c>
+      <c r="BI16" s="19">
+        <v>4044.3451677899998</v>
+      </c>
+      <c r="BJ16" s="19">
+        <v>4555.4514290899997</v>
+      </c>
+      <c r="BK16" s="19">
+        <v>4490.7884890200003</v>
+      </c>
+      <c r="BL16" s="19">
+        <v>4525.4629766600001</v>
+      </c>
+      <c r="BM16" s="21">
+        <v>4664.7506300599998</v>
+      </c>
+      <c r="BN16" s="21">
+        <v>5064.5364409800004</v>
+      </c>
+      <c r="BO16" s="21">
+        <v>5217.96198207</v>
+      </c>
+      <c r="BP16" s="21">
+        <v>5111.31194959</v>
+      </c>
+      <c r="BQ16" s="19">
+        <v>4996.5066366299998</v>
+      </c>
+      <c r="BR16" s="19">
+        <v>5526.8995356100004</v>
+      </c>
+      <c r="BS16" s="19">
+        <v>5486.3983573699998</v>
+      </c>
+      <c r="BT16" s="19">
+        <v>5547.6935529800003</v>
+      </c>
+      <c r="BU16" s="21">
+        <v>5143.6270132099999</v>
+      </c>
+      <c r="BV16" s="21">
+        <v>5623.9024392000001</v>
+      </c>
+      <c r="BW16" s="21">
+        <v>5615.7553091299997</v>
+      </c>
+      <c r="BX16" s="21">
+        <v>5633.0854689999996</v>
+      </c>
+      <c r="BY16" s="19">
+        <v>5182.8857495900002</v>
+      </c>
+      <c r="BZ16" s="19">
+        <v>5241.35618273</v>
+      </c>
+      <c r="CA16" s="19">
+        <v>5546.0129145000001</v>
+      </c>
+      <c r="CB16" s="19">
+        <v>5461.4312124199996</v>
+      </c>
+      <c r="CC16" s="21">
+        <v>5781.0982838399996</v>
+      </c>
+      <c r="CD16" s="21">
+        <v>5322.4271155300003</v>
+      </c>
+      <c r="CE16" s="21">
+        <v>5390.9045794200001</v>
+      </c>
+      <c r="CF16" s="21">
+        <v>5478.3092239999996</v>
+      </c>
+      <c r="CG16" s="19">
+        <v>5071.86535568</v>
+      </c>
+      <c r="CH16" s="19">
+        <v>5515.4139581400004</v>
+      </c>
+      <c r="CI16" s="19">
+        <v>5278.0904441800003</v>
+      </c>
+      <c r="CJ16" s="19">
+        <v>5332.1391353400004</v>
+      </c>
+      <c r="CK16" s="21">
+        <v>5090.6785354399999</v>
+      </c>
+      <c r="CL16" s="21">
+        <v>5431.9921061699997</v>
+      </c>
+      <c r="CM16" s="21">
+        <v>5559.89999653</v>
+      </c>
+      <c r="CN16" s="21">
+        <v>5528.5355155899997</v>
+      </c>
+      <c r="CO16" s="19">
+        <v>5350.8648509699997</v>
+      </c>
+      <c r="CP16" s="19">
+        <v>5560.7854589199997</v>
+      </c>
+      <c r="CQ16" s="19">
+        <v>5390.0664461899996</v>
+      </c>
+      <c r="CR16" s="19">
+        <v>5570.7927498400004</v>
+      </c>
+      <c r="CS16" s="21">
+        <v>5267.9374276999997</v>
+      </c>
+      <c r="CT16" s="21">
+        <v>5619.7304482</v>
+      </c>
+      <c r="CU16" s="21">
+        <v>5366.4390606999996</v>
+      </c>
+      <c r="CV16" s="21">
+        <v>5629.6668638399997</v>
+      </c>
+      <c r="CW16" s="19">
+        <v>5191.7818328900003</v>
+      </c>
+      <c r="CX16" s="19">
+        <v>5585.0220178</v>
+      </c>
+      <c r="CY16" s="19">
+        <v>5432.7030888400004</v>
+      </c>
+      <c r="CZ16" s="19">
+        <v>5630.5423136600002</v>
+      </c>
+      <c r="DA16" s="21">
+        <v>5373.3919972200001</v>
+      </c>
+      <c r="DB16" s="21">
+        <v>5574.4191660699998</v>
+      </c>
+      <c r="DC16" s="21">
+        <v>5387.2770219699996</v>
+      </c>
+      <c r="DD16" s="21">
+        <v>5700.8413000099999</v>
+      </c>
+      <c r="DE16" s="19">
+        <v>5439.76370847</v>
+      </c>
+      <c r="DF16" s="19">
+        <v>5692.6053243300003</v>
+      </c>
+      <c r="DG16" s="19">
+        <v>5754.9019259999995</v>
+      </c>
+      <c r="DH16" s="19">
+        <v>6696.2037107899996</v>
+      </c>
+      <c r="DI16" s="21">
+        <v>5791.5767638300003</v>
+      </c>
+      <c r="DJ16" s="21">
+        <v>6132.5529783600005</v>
+      </c>
+      <c r="DK16" s="21">
+        <v>6288.547517</v>
+      </c>
+      <c r="DL16" s="21">
+        <v>7241.3370825800002</v>
+      </c>
+      <c r="DM16" s="19">
+        <v>6127.8026121000003</v>
+      </c>
+      <c r="DN16" s="19">
+        <v>7090.7963059800004</v>
+      </c>
+      <c r="DO16" s="19">
+        <v>6409.3897538700003</v>
+      </c>
+      <c r="DP16" s="19">
+        <v>7649.7839289800004</v>
+      </c>
+      <c r="DQ16" s="21">
+        <v>6639.8406870199997</v>
+      </c>
+      <c r="DR16" s="21">
+        <v>7101.8068151500001</v>
+      </c>
+      <c r="DS16" s="21">
+        <v>6665.1697919600001</v>
+      </c>
+      <c r="DT16" s="21">
+        <v>7708.3238713999999</v>
+      </c>
+      <c r="DU16" s="19">
+        <v>6512.1466282000001</v>
+      </c>
+      <c r="DV16" s="19">
+        <v>7102.5102705700001</v>
+      </c>
+      <c r="DW16" s="19">
+        <v>7260.28705111</v>
+      </c>
+      <c r="DX16" s="19">
+        <v>9559.8905511699995</v>
+      </c>
+      <c r="DY16" s="21">
+        <v>7793.9779764699997</v>
+      </c>
+      <c r="DZ16" s="21">
+        <v>8949.9623620599996</v>
+      </c>
+      <c r="EA16" s="21">
+        <v>8486.2838013100009</v>
+      </c>
+      <c r="EB16" s="21">
+        <v>11418.39576517</v>
+      </c>
+      <c r="EC16" s="21">
+        <v>8682.7493271300009</v>
+      </c>
+      <c r="ED16" s="21">
+        <v>10145.952077</v>
+      </c>
+      <c r="EE16" s="21">
+        <v>10106.18811177</v>
+      </c>
+      <c r="EF16" s="21">
+        <v>12302.982367230001</v>
+      </c>
+      <c r="EG16" s="21">
+        <v>10160.14717823</v>
+      </c>
+      <c r="EH16" s="21">
+        <v>11507.420206909999</v>
+      </c>
+      <c r="EI16" s="21">
+        <v>11298.278271880001</v>
+      </c>
+    </row>
+    <row r="17" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C17" s="23">
+        <v>7861.1759829599996</v>
+      </c>
+      <c r="D17" s="23">
+        <v>8605.7968814699998</v>
+      </c>
+      <c r="E17" s="23">
+        <v>9211.0948139200009</v>
+      </c>
+      <c r="F17" s="23">
+        <v>10264.818673760001</v>
+      </c>
+      <c r="G17" s="23">
+        <v>10963.912778899999</v>
+      </c>
+      <c r="H17" s="23">
+        <v>11380.935990280001</v>
+      </c>
+      <c r="I17" s="23">
+        <v>11334.614707000001</v>
+      </c>
+      <c r="J17" s="23">
+        <v>12140.0194151</v>
+      </c>
+      <c r="K17" s="23">
+        <v>12913.56162961</v>
+      </c>
+      <c r="L17" s="23">
+        <v>13494.98348502</v>
+      </c>
+      <c r="M17" s="23">
+        <v>14203.966990090001</v>
+      </c>
+      <c r="N17" s="23">
+        <v>15054.053650919999</v>
+      </c>
+      <c r="O17" s="23">
+        <v>16683.698926410001</v>
+      </c>
+      <c r="P17" s="23">
+        <v>17985.66614483</v>
+      </c>
+      <c r="Q17" s="23">
+        <v>18511.504122639999</v>
+      </c>
+      <c r="R17" s="23">
+        <v>18503.686998069999</v>
+      </c>
+      <c r="S17" s="23">
+        <v>18706.477607749999</v>
+      </c>
+      <c r="T17" s="23">
+        <v>18919.809287870001</v>
+      </c>
+      <c r="U17" s="23">
+        <v>19111.557787540001</v>
+      </c>
+      <c r="V17" s="23">
+        <v>19568.600467069999</v>
+      </c>
+      <c r="W17" s="23">
+        <v>19761.523938530001</v>
+      </c>
+      <c r="X17" s="23">
+        <v>19689.043494310001</v>
+      </c>
+      <c r="Y17" s="23">
+        <v>20200.037419659999</v>
+      </c>
+      <c r="Z17" s="23">
+        <v>20961.053037580001</v>
+      </c>
+      <c r="AA17" s="23">
+        <v>22212.101978269999</v>
+      </c>
+      <c r="AB17" s="23">
+        <v>23692.3156428</v>
+      </c>
+      <c r="AC17" s="23">
+        <v>24569.44157984</v>
+      </c>
+      <c r="AD17" s="23">
+        <v>26104.011500330002</v>
+      </c>
+      <c r="AE17" s="23">
+        <v>30581.164871320001</v>
+      </c>
+      <c r="AF17" s="23">
+        <v>34918.209522459998</v>
+      </c>
+      <c r="AG17" s="24">
+        <v>2594.7947875999998</v>
+      </c>
+      <c r="AH17" s="24">
+        <v>2715.2765842899998</v>
+      </c>
+      <c r="AI17" s="24">
+        <v>2823.1665397900001</v>
+      </c>
+      <c r="AJ17" s="24">
+        <v>2830.6748672099998</v>
+      </c>
+      <c r="AK17" s="23">
+        <v>2590.0394367899999</v>
+      </c>
+      <c r="AL17" s="23">
+        <v>2822.19917661</v>
+      </c>
+      <c r="AM17" s="23">
+        <v>2962.8202319400002</v>
+      </c>
+      <c r="AN17" s="23">
+        <v>3005.8771449400001</v>
+      </c>
+      <c r="AO17" s="24">
+        <v>2622.8071782699999</v>
+      </c>
+      <c r="AP17" s="24">
+        <v>2885.8482524299998</v>
+      </c>
+      <c r="AQ17" s="24">
+        <v>2856.4216970399998</v>
+      </c>
+      <c r="AR17" s="24">
+        <v>2969.5375792700002</v>
+      </c>
+      <c r="AS17" s="23">
+        <v>2872.1313549699998</v>
+      </c>
+      <c r="AT17" s="23">
+        <v>3042.5378799800001</v>
+      </c>
+      <c r="AU17" s="23">
+        <v>3071.9922482900001</v>
+      </c>
+      <c r="AV17" s="23">
+        <v>3153.35793186</v>
+      </c>
+      <c r="AW17" s="24">
+        <v>3021.6652762099998</v>
+      </c>
+      <c r="AX17" s="24">
+        <v>3312.3720705199999</v>
+      </c>
+      <c r="AY17" s="24">
+        <v>3327.97746151</v>
+      </c>
+      <c r="AZ17" s="24">
+        <v>3251.5468213700001</v>
+      </c>
+      <c r="BA17" s="23">
+        <v>3101.0112874299998</v>
+      </c>
+      <c r="BB17" s="23">
+        <v>3517.8404500500001</v>
+      </c>
+      <c r="BC17" s="23">
+        <v>3504.6705008700001</v>
+      </c>
+      <c r="BD17" s="23">
+        <v>3371.46124667</v>
+      </c>
+      <c r="BE17" s="24">
+        <v>3273.8647874100002</v>
+      </c>
+      <c r="BF17" s="24">
+        <v>3724.7562161999999</v>
+      </c>
+      <c r="BG17" s="24">
+        <v>3632.6854186</v>
+      </c>
+      <c r="BH17" s="24">
+        <v>3572.6605678800001</v>
+      </c>
+      <c r="BI17" s="23">
+        <v>3500.8774557400002</v>
+      </c>
+      <c r="BJ17" s="23">
+        <v>3912.9511312700001</v>
+      </c>
+      <c r="BK17" s="23">
+        <v>3830.7593407099998</v>
+      </c>
+      <c r="BL17" s="23">
+        <v>3809.4657232</v>
+      </c>
+      <c r="BM17" s="24">
+        <v>3920.7624752299998</v>
+      </c>
+      <c r="BN17" s="24">
+        <v>4209.5693021500001</v>
+      </c>
+      <c r="BO17" s="24">
+        <v>4358.2643381600001</v>
+      </c>
+      <c r="BP17" s="24">
+        <v>4195.1028108700002</v>
+      </c>
+      <c r="BQ17" s="23">
+        <v>4240.5564223600004</v>
+      </c>
+      <c r="BR17" s="23">
+        <v>4592.6117965499998</v>
+      </c>
+      <c r="BS17" s="23">
+        <v>4604.2614442599997</v>
+      </c>
+      <c r="BT17" s="23">
+        <v>4548.23648168</v>
+      </c>
+      <c r="BU17" s="24">
+        <v>4389.4627580300003</v>
+      </c>
+      <c r="BV17" s="24">
+        <v>4801.8759312299999</v>
+      </c>
+      <c r="BW17" s="24">
+        <v>4730.5010601699996</v>
+      </c>
+      <c r="BX17" s="24">
+        <v>4589.6643732100001</v>
+      </c>
+      <c r="BY17" s="23">
+        <v>4381.4017094800001</v>
+      </c>
+      <c r="BZ17" s="23">
+        <v>4623.6760802700001</v>
+      </c>
+      <c r="CA17" s="23">
+        <v>4824.8347980400004</v>
+      </c>
+      <c r="CB17" s="23">
+        <v>4673.7744102799998</v>
+      </c>
+      <c r="CC17" s="24">
+        <v>4392.9586831699999</v>
+      </c>
+      <c r="CD17" s="24">
+        <v>4766.9570009099998</v>
+      </c>
+      <c r="CE17" s="24">
+        <v>4826.8558117700004</v>
+      </c>
+      <c r="CF17" s="24">
+        <v>4719.7061119</v>
+      </c>
+      <c r="CG17" s="23">
+        <v>4600.7975856900002</v>
+      </c>
+      <c r="CH17" s="23">
+        <v>4910.2842659799999</v>
+      </c>
+      <c r="CI17" s="23">
+        <v>4727.5155698500002</v>
+      </c>
+      <c r="CJ17" s="23">
+        <v>4681.2118663499996</v>
+      </c>
+      <c r="CK17" s="24">
+        <v>4570.1672840299998</v>
+      </c>
+      <c r="CL17" s="24">
+        <v>4762.9586791299998</v>
+      </c>
+      <c r="CM17" s="24">
+        <v>4935.7922463100003</v>
+      </c>
+      <c r="CN17" s="24">
+        <v>4842.6395780599996</v>
+      </c>
+      <c r="CO17" s="23">
+        <v>4812.8963668899996</v>
+      </c>
+      <c r="CP17" s="23">
+        <v>4939.8103261099996</v>
+      </c>
+      <c r="CQ17" s="23">
+        <v>4841.90253596</v>
+      </c>
+      <c r="CR17" s="23">
+        <v>4973.9912381100003</v>
+      </c>
+      <c r="CS17" s="24">
+        <v>4860.6640708100003</v>
+      </c>
+      <c r="CT17" s="24">
+        <v>5056.6546423999998</v>
+      </c>
+      <c r="CU17" s="24">
+        <v>4805.0650374300003</v>
+      </c>
+      <c r="CV17" s="24">
+        <v>5039.1401878999995</v>
+      </c>
+      <c r="CW17" s="23">
+        <v>4772.3266910000002</v>
+      </c>
+      <c r="CX17" s="23">
+        <v>5014.9667452499998</v>
+      </c>
+      <c r="CY17" s="23">
+        <v>4888.47499814</v>
+      </c>
+      <c r="CZ17" s="23">
+        <v>5013.2750599199999</v>
+      </c>
+      <c r="DA17" s="24">
+        <v>4935.33238523</v>
+      </c>
+      <c r="DB17" s="24">
+        <v>5141.50714522</v>
+      </c>
+      <c r="DC17" s="24">
+        <v>4952.6805266800002</v>
+      </c>
+      <c r="DD17" s="24">
+        <v>5170.5173625199996</v>
+      </c>
+      <c r="DE17" s="23">
+        <v>5070.3989103900003</v>
+      </c>
+      <c r="DF17" s="23">
+        <v>5280.4989687300003</v>
+      </c>
+      <c r="DG17" s="23">
+        <v>5220.5936422699997</v>
+      </c>
+      <c r="DH17" s="23">
+        <v>5389.5615161899996</v>
+      </c>
+      <c r="DI17" s="24">
+        <v>5287.0878573</v>
+      </c>
+      <c r="DJ17" s="24">
+        <v>5566.7145337399998</v>
+      </c>
+      <c r="DK17" s="24">
+        <v>5441.2620293</v>
+      </c>
+      <c r="DL17" s="24">
+        <v>5917.0375579399997</v>
+      </c>
+      <c r="DM17" s="23">
+        <v>5553.1603643400003</v>
+      </c>
+      <c r="DN17" s="23">
+        <v>6384.40553138</v>
+      </c>
+      <c r="DO17" s="23">
+        <v>5590.8418158100003</v>
+      </c>
+      <c r="DP17" s="23">
+        <v>6163.9079312699996</v>
+      </c>
+      <c r="DQ17" s="24">
+        <v>5990.6914752900002</v>
+      </c>
+      <c r="DR17" s="24">
+        <v>6210.3720456299998</v>
+      </c>
+      <c r="DS17" s="24">
+        <v>5838.44804535</v>
+      </c>
+      <c r="DT17" s="24">
+        <v>6529.9300135800004</v>
+      </c>
+      <c r="DU17" s="23">
+        <v>5804.2067246500001</v>
+      </c>
+      <c r="DV17" s="23">
+        <v>6230.8681758900002</v>
+      </c>
+      <c r="DW17" s="23">
+        <v>6271.2807192700002</v>
+      </c>
+      <c r="DX17" s="23">
+        <v>7797.6558805300001</v>
+      </c>
+      <c r="DY17" s="24">
+        <v>6997.5907430799998</v>
+      </c>
+      <c r="DZ17" s="24">
+        <v>7543.4426520300003</v>
+      </c>
+      <c r="EA17" s="24">
+        <v>7142.1557136800002</v>
+      </c>
+      <c r="EB17" s="24">
+        <v>8897.9757625300008</v>
+      </c>
+      <c r="EC17" s="24">
+        <v>7721.7968856300004</v>
+      </c>
+      <c r="ED17" s="24">
+        <v>8595.8364609300006</v>
+      </c>
+      <c r="EE17" s="24">
+        <v>8650.2948374799998</v>
+      </c>
+      <c r="EF17" s="24">
+        <v>9950.2813384199999</v>
+      </c>
+      <c r="EG17" s="24">
+        <v>8994.9536361600003</v>
+      </c>
+      <c r="EH17" s="24">
+        <v>9728.9246111199991</v>
+      </c>
+      <c r="EI17" s="24">
+        <v>9527.8357807299999</v>
+      </c>
+    </row>
+    <row r="18" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C18" s="23">
+        <v>3686.9143206799999</v>
+      </c>
+      <c r="D18" s="23">
+        <v>4405.4843907900004</v>
+      </c>
+      <c r="E18" s="23">
+        <v>4612.3108435800004</v>
+      </c>
+      <c r="F18" s="23">
+        <v>4916.35766341</v>
+      </c>
+      <c r="G18" s="23">
+        <v>5252.61482789</v>
+      </c>
+      <c r="H18" s="23">
+        <v>5716.4309522800004</v>
+      </c>
+      <c r="I18" s="23">
+        <v>5652.9732736200003</v>
+      </c>
+      <c r="J18" s="23">
+        <v>5975.2240325499997</v>
+      </c>
+      <c r="K18" s="23">
+        <v>6407.3570013400004</v>
+      </c>
+      <c r="L18" s="23">
+        <v>6547.4215433299996</v>
+      </c>
+      <c r="M18" s="23">
+        <v>6815.01357138</v>
+      </c>
+      <c r="N18" s="23">
+        <v>7154.0836923999996</v>
+      </c>
+      <c r="O18" s="23">
+        <v>7753.0898368199996</v>
+      </c>
+      <c r="P18" s="23">
+        <v>8337.6124722200002</v>
+      </c>
+      <c r="Q18" s="23">
+        <v>8556.9509621699999</v>
+      </c>
+      <c r="R18" s="23">
+        <v>8524.8452938800001</v>
+      </c>
+      <c r="S18" s="23">
+        <v>8406.0478005500008</v>
+      </c>
+      <c r="T18" s="23">
+        <v>8540.6675190599999</v>
+      </c>
+      <c r="U18" s="23">
+        <v>8774.5481264099999</v>
+      </c>
+      <c r="V18" s="23">
+        <v>9072.3642349099991</v>
+      </c>
+      <c r="W18" s="23">
+        <v>9128.2181832599999</v>
+      </c>
+      <c r="X18" s="23">
+        <v>8916.3571703899997</v>
+      </c>
+      <c r="Y18" s="23">
+        <v>9214.3257649299994</v>
+      </c>
+      <c r="Z18" s="23">
+        <v>9464.6956694599994</v>
+      </c>
+      <c r="AA18" s="23">
+        <v>9956.5744169400004</v>
+      </c>
+      <c r="AB18" s="23">
+        <v>11465.958907599999</v>
+      </c>
+      <c r="AC18" s="23">
+        <v>11519.58825323</v>
+      </c>
+      <c r="AD18" s="23">
+        <v>12249.03055189</v>
+      </c>
+      <c r="AE18" s="23">
+        <v>14342.07060098</v>
+      </c>
+      <c r="AF18" s="23">
+        <v>15929.352484339999</v>
+      </c>
+      <c r="AG18" s="24">
+        <v>1246.6576179199999</v>
+      </c>
+      <c r="AH18" s="24">
+        <v>1268.9329964599999</v>
+      </c>
+      <c r="AI18" s="24">
+        <v>1336.6525766899999</v>
+      </c>
+      <c r="AJ18" s="24">
+        <v>1400.3716368099999</v>
+      </c>
+      <c r="AK18" s="23">
+        <v>1345.69646504</v>
+      </c>
+      <c r="AL18" s="23">
+        <v>1389.51824377</v>
+      </c>
+      <c r="AM18" s="23">
+        <v>1449.66299104</v>
+      </c>
+      <c r="AN18" s="23">
+        <v>1531.5532524299999</v>
+      </c>
+      <c r="AO18" s="24">
+        <v>1375.10977</v>
+      </c>
+      <c r="AP18" s="24">
+        <v>1412.9462580700001</v>
+      </c>
+      <c r="AQ18" s="24">
+        <v>1368.5671815400001</v>
+      </c>
+      <c r="AR18" s="24">
+        <v>1496.3500640100001</v>
+      </c>
+      <c r="AS18" s="23">
+        <v>1469.4996889700001</v>
+      </c>
+      <c r="AT18" s="23">
+        <v>1470.3501323600001</v>
+      </c>
+      <c r="AU18" s="23">
+        <v>1442.09317096</v>
+      </c>
+      <c r="AV18" s="23">
+        <v>1593.2810402699999</v>
+      </c>
+      <c r="AW18" s="24">
+        <v>1603.61576472</v>
+      </c>
+      <c r="AX18" s="24">
+        <v>1599.90721968</v>
+      </c>
+      <c r="AY18" s="24">
+        <v>1565.8529225299999</v>
+      </c>
+      <c r="AZ18" s="24">
+        <v>1637.98109441</v>
+      </c>
+      <c r="BA18" s="23">
+        <v>1560.01057885</v>
+      </c>
+      <c r="BB18" s="23">
+        <v>1649.1997050800001</v>
+      </c>
+      <c r="BC18" s="23">
+        <v>1653.1948666400001</v>
+      </c>
+      <c r="BD18" s="23">
+        <v>1685.0163927599999</v>
+      </c>
+      <c r="BE18" s="24">
+        <v>1674.6082696999999</v>
+      </c>
+      <c r="BF18" s="24">
+        <v>1752.6548309899999</v>
+      </c>
+      <c r="BG18" s="24">
+        <v>1665.8103184700001</v>
+      </c>
+      <c r="BH18" s="24">
+        <v>1721.9401522200001</v>
+      </c>
+      <c r="BI18" s="23">
+        <v>1713.6943746300001</v>
+      </c>
+      <c r="BJ18" s="23">
+        <v>1841.0132157600001</v>
+      </c>
+      <c r="BK18" s="23">
+        <v>1741.22974273</v>
+      </c>
+      <c r="BL18" s="23">
+        <v>1858.1463592800001</v>
+      </c>
+      <c r="BM18" s="24">
+        <v>1848.7796118599999</v>
+      </c>
+      <c r="BN18" s="24">
+        <v>1871.6587864000001</v>
+      </c>
+      <c r="BO18" s="24">
+        <v>2003.0547039600001</v>
+      </c>
+      <c r="BP18" s="24">
+        <v>2029.5967346</v>
+      </c>
+      <c r="BQ18" s="23">
+        <v>1945.76533027</v>
+      </c>
+      <c r="BR18" s="23">
+        <v>2044.9751450199999</v>
+      </c>
+      <c r="BS18" s="23">
+        <v>2068.9557650000002</v>
+      </c>
+      <c r="BT18" s="23">
+        <v>2277.9162319299999</v>
+      </c>
+      <c r="BU18" s="24">
+        <v>2040.5369090500001</v>
+      </c>
+      <c r="BV18" s="24">
+        <v>2182.0364379900002</v>
+      </c>
+      <c r="BW18" s="24">
+        <v>2118.7195214499998</v>
+      </c>
+      <c r="BX18" s="24">
+        <v>2215.6580936800001</v>
+      </c>
+      <c r="BY18" s="23">
+        <v>2109.3167966800002</v>
+      </c>
+      <c r="BZ18" s="23">
+        <v>2113.3813161600001</v>
+      </c>
+      <c r="CA18" s="23">
+        <v>2097.1354260600001</v>
+      </c>
+      <c r="CB18" s="23">
+        <v>2205.0117549900001</v>
+      </c>
+      <c r="CC18" s="24">
+        <v>2064.1331603899998</v>
+      </c>
+      <c r="CD18" s="24">
+        <v>2148.26062374</v>
+      </c>
+      <c r="CE18" s="24">
+        <v>2049.70653399</v>
+      </c>
+      <c r="CF18" s="24">
+        <v>2143.94748243</v>
+      </c>
+      <c r="CG18" s="23">
+        <v>2092.3047232099998</v>
+      </c>
+      <c r="CH18" s="23">
+        <v>2226.4253604199998</v>
+      </c>
+      <c r="CI18" s="23">
+        <v>2137.3260795199999</v>
+      </c>
+      <c r="CJ18" s="23">
+        <v>2084.6113559</v>
+      </c>
+      <c r="CK18" s="24">
+        <v>2153.92139236</v>
+      </c>
+      <c r="CL18" s="24">
+        <v>2124.4496336900002</v>
+      </c>
+      <c r="CM18" s="24">
+        <v>2309.47867554</v>
+      </c>
+      <c r="CN18" s="24">
+        <v>2186.6984248200001</v>
+      </c>
+      <c r="CO18" s="23">
+        <v>2291.9912847800001</v>
+      </c>
+      <c r="CP18" s="23">
+        <v>2258.5487473200001</v>
+      </c>
+      <c r="CQ18" s="23">
+        <v>2244.4268854900001</v>
+      </c>
+      <c r="CR18" s="23">
+        <v>2277.3973173200002</v>
+      </c>
+      <c r="CS18" s="24">
+        <v>2286.9032336700002</v>
+      </c>
+      <c r="CT18" s="24">
+        <v>2335.8742756199999</v>
+      </c>
+      <c r="CU18" s="24">
+        <v>2177.5964577599998</v>
+      </c>
+      <c r="CV18" s="24">
+        <v>2327.8442162199999</v>
+      </c>
+      <c r="CW18" s="23">
+        <v>2177.29990103</v>
+      </c>
+      <c r="CX18" s="23">
+        <v>2254.52709353</v>
+      </c>
+      <c r="CY18" s="23">
+        <v>2208.7138311399999</v>
+      </c>
+      <c r="CZ18" s="23">
+        <v>2275.8163446899998</v>
+      </c>
+      <c r="DA18" s="24">
+        <v>2326.2204087700002</v>
+      </c>
+      <c r="DB18" s="24">
+        <v>2312.3433599800001</v>
+      </c>
+      <c r="DC18" s="24">
+        <v>2224.5982199700002</v>
+      </c>
+      <c r="DD18" s="24">
+        <v>2351.1637762099999</v>
+      </c>
+      <c r="DE18" s="23">
+        <v>2354.0028686999999</v>
+      </c>
+      <c r="DF18" s="23">
+        <v>2320.20280985</v>
+      </c>
+      <c r="DG18" s="23">
+        <v>2325.0259957500002</v>
+      </c>
+      <c r="DH18" s="23">
+        <v>2465.4639951700001</v>
+      </c>
+      <c r="DI18" s="24">
+        <v>2449.6576791100001</v>
+      </c>
+      <c r="DJ18" s="24">
+        <v>2434.5053357500001</v>
+      </c>
+      <c r="DK18" s="24">
+        <v>2402.1053874999998</v>
+      </c>
+      <c r="DL18" s="24">
+        <v>2670.3060145899999</v>
+      </c>
+      <c r="DM18" s="23">
+        <v>2535.2026755699999</v>
+      </c>
+      <c r="DN18" s="23">
+        <v>3440.0059072600002</v>
+      </c>
+      <c r="DO18" s="23">
+        <v>2562.1462204700001</v>
+      </c>
+      <c r="DP18" s="23">
+        <v>2928.6041043</v>
+      </c>
+      <c r="DQ18" s="24">
+        <v>3010.62669959</v>
+      </c>
+      <c r="DR18" s="24">
+        <v>2953.81124138</v>
+      </c>
+      <c r="DS18" s="24">
+        <v>2689.48133267</v>
+      </c>
+      <c r="DT18" s="24">
+        <v>2865.6689795900002</v>
+      </c>
+      <c r="DU18" s="23">
+        <v>2763.9654154999998</v>
+      </c>
+      <c r="DV18" s="23">
+        <v>2805.6649012100002</v>
+      </c>
+      <c r="DW18" s="23">
+        <v>2897.7717535500001</v>
+      </c>
+      <c r="DX18" s="23">
+        <v>3781.6284816399998</v>
+      </c>
+      <c r="DY18" s="24">
+        <v>3457.6303633000002</v>
+      </c>
+      <c r="DZ18" s="24">
+        <v>3518.4811408700002</v>
+      </c>
+      <c r="EA18" s="24">
+        <v>3164.3497415000002</v>
+      </c>
+      <c r="EB18" s="24">
+        <v>4201.60935531</v>
+      </c>
+      <c r="EC18" s="24">
+        <v>3665.1361861999999</v>
+      </c>
+      <c r="ED18" s="24">
+        <v>3835.5796336200001</v>
+      </c>
+      <c r="EE18" s="24">
+        <v>3986.3778607700001</v>
+      </c>
+      <c r="EF18" s="24">
+        <v>4442.25880375</v>
+      </c>
+      <c r="EG18" s="24">
+        <v>4288.9444833300004</v>
+      </c>
+      <c r="EH18" s="24">
+        <v>4421.75545728</v>
+      </c>
+      <c r="EI18" s="24">
+        <v>4411.2082010000004</v>
+      </c>
+    </row>
+    <row r="19" spans="2:139" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C19" s="23">
+        <v>2926.6154010099999</v>
+      </c>
+      <c r="D19" s="23">
+        <v>3499.6000615299999</v>
+      </c>
+      <c r="E19" s="23">
+        <v>3855.2774272400002</v>
+      </c>
+      <c r="F19" s="23">
+        <v>4021.3424589199999</v>
+      </c>
+      <c r="G19" s="23">
+        <v>4246.2021023699999</v>
+      </c>
+      <c r="H19" s="23">
+        <v>4304.3669971999998</v>
+      </c>
+      <c r="I19" s="23">
+        <v>4534.0787711399998</v>
+      </c>
+      <c r="J19" s="23">
+        <v>5060.80908112</v>
+      </c>
+      <c r="K19" s="23">
+        <v>5130.8886353999997</v>
+      </c>
+      <c r="L19" s="23">
+        <v>5301.3555658100004</v>
+      </c>
+      <c r="M19" s="23">
+        <v>5466.8562745999998</v>
+      </c>
+      <c r="N19" s="23">
+        <v>5817.3747967400004</v>
+      </c>
+      <c r="O19" s="23">
+        <v>6137.4009275999997</v>
+      </c>
+      <c r="P19" s="23">
+        <v>6587.86404545</v>
+      </c>
+      <c r="Q19" s="23">
+        <v>6896.7427916099996</v>
+      </c>
+      <c r="R19" s="23">
+        <v>7003.1259148099998</v>
+      </c>
+      <c r="S19" s="23">
+        <v>7053.1538212699998</v>
+      </c>
+      <c r="T19" s="23">
+        <v>7117.68459067</v>
+      </c>
+      <c r="U19" s="23">
+        <v>7281.8828352299997</v>
+      </c>
+      <c r="V19" s="23">
+        <v>7464.5800276399996</v>
+      </c>
+      <c r="W19" s="23">
+        <v>7663.6906843200004</v>
+      </c>
+      <c r="X19" s="23">
+        <v>7435.9725885999997</v>
+      </c>
+      <c r="Y19" s="23">
+        <v>7589.8949497599997</v>
+      </c>
+      <c r="Z19" s="23">
+        <v>7893.6393614899998</v>
+      </c>
+      <c r="AA19" s="23">
+        <v>8254.9462809699999</v>
+      </c>
+      <c r="AB19" s="23">
+        <v>8581.63401978</v>
+      </c>
+      <c r="AC19" s="23">
+        <v>8875.1567133999997</v>
+      </c>
+      <c r="AD19" s="23">
+        <v>9507.2728674099999</v>
+      </c>
+      <c r="AE19" s="23">
+        <v>10922.67950443</v>
+      </c>
+      <c r="AF19" s="23">
+        <v>12842.457604089999</v>
+      </c>
+      <c r="AG19" s="24">
+        <v>1039.85091876</v>
+      </c>
+      <c r="AH19" s="24">
+        <v>1062.9334223000001</v>
+      </c>
+      <c r="AI19" s="24">
+        <v>1063.1249336400001</v>
+      </c>
+      <c r="AJ19" s="24">
+        <v>1080.29282767</v>
+      </c>
+      <c r="AK19" s="23">
+        <v>1055.17309968</v>
+      </c>
+      <c r="AL19" s="23">
+        <v>1077.4248763000001</v>
+      </c>
+      <c r="AM19" s="23">
+        <v>1077.6094952399999</v>
+      </c>
+      <c r="AN19" s="23">
+        <v>1094.1595259799999</v>
+      </c>
+      <c r="AO19" s="24">
+        <v>1109.17958036</v>
+      </c>
+      <c r="AP19" s="24">
+        <v>1135.0708665699999</v>
+      </c>
+      <c r="AQ19" s="24">
+        <v>1135.28568187</v>
+      </c>
+      <c r="AR19" s="24">
+        <v>1154.5426423399999</v>
+      </c>
+      <c r="AS19" s="23">
+        <v>1234.69449141</v>
+      </c>
+      <c r="AT19" s="23">
+        <v>1267.14650398</v>
+      </c>
+      <c r="AU19" s="23">
+        <v>1267.41575244</v>
+      </c>
+      <c r="AV19" s="23">
+        <v>1291.55233329</v>
+      </c>
+      <c r="AW19" s="24">
+        <v>1251.6742561200001</v>
+      </c>
+      <c r="AX19" s="24">
+        <v>1284.6913608699999</v>
+      </c>
+      <c r="AY19" s="24">
+        <v>1277.31506283</v>
+      </c>
+      <c r="AZ19" s="24">
+        <v>1317.20795557</v>
+      </c>
+      <c r="BA19" s="23">
+        <v>1283.87682032</v>
+      </c>
+      <c r="BB19" s="23">
+        <v>1312.94306074</v>
+      </c>
+      <c r="BC19" s="23">
+        <v>1340.8538738699999</v>
+      </c>
+      <c r="BD19" s="23">
+        <v>1363.6818108699999</v>
+      </c>
+      <c r="BE19" s="24">
+        <v>1351.33783223</v>
+      </c>
+      <c r="BF19" s="24">
+        <v>1379.4551892699999</v>
+      </c>
+      <c r="BG19" s="24">
+        <v>1360.2409817400001</v>
+      </c>
+      <c r="BH19" s="24">
+        <v>1375.82227137</v>
+      </c>
+      <c r="BI19" s="23">
+        <v>1388.51502611</v>
+      </c>
+      <c r="BJ19" s="23">
+        <v>1474.42816085</v>
+      </c>
+      <c r="BK19" s="23">
+        <v>1435.88507974</v>
+      </c>
+      <c r="BL19" s="23">
+        <v>1518.54653003</v>
+      </c>
+      <c r="BM19" s="24">
+        <v>1471.07076766</v>
+      </c>
+      <c r="BN19" s="24">
+        <v>1453.22610057</v>
+      </c>
+      <c r="BO19" s="24">
+        <v>1617.6106597200001</v>
+      </c>
+      <c r="BP19" s="24">
+        <v>1595.4933996499999</v>
+      </c>
+      <c r="BQ19" s="23">
+        <v>1505.5132317299999</v>
+      </c>
+      <c r="BR19" s="23">
+        <v>1605.21326116</v>
+      </c>
+      <c r="BS19" s="23">
+        <v>1654.83450784</v>
+      </c>
+      <c r="BT19" s="23">
+        <v>1822.3030447199999</v>
+      </c>
+      <c r="BU19" s="24">
+        <v>1659.04467273</v>
+      </c>
+      <c r="BV19" s="24">
+        <v>1706.98146486</v>
+      </c>
+      <c r="BW19" s="24">
+        <v>1718.8480897500001</v>
+      </c>
+      <c r="BX19" s="24">
+        <v>1811.86856427</v>
+      </c>
+      <c r="BY19" s="23">
+        <v>1714.7509745899999</v>
+      </c>
+      <c r="BZ19" s="23">
+        <v>1729.3251412</v>
+      </c>
+      <c r="CA19" s="23">
+        <v>1728.17779969</v>
+      </c>
+      <c r="CB19" s="23">
+        <v>1830.8719993300001</v>
+      </c>
+      <c r="CC19" s="24">
+        <v>1710.19599232</v>
+      </c>
+      <c r="CD19" s="24">
+        <v>1768.5354176599999</v>
+      </c>
+      <c r="CE19" s="24">
+        <v>1729.4446941199999</v>
+      </c>
+      <c r="CF19" s="24">
+        <v>1844.97771717</v>
+      </c>
+      <c r="CG19" s="23">
+        <v>1715.03648993</v>
+      </c>
+      <c r="CH19" s="23">
+        <v>1835.06077686</v>
+      </c>
+      <c r="CI19" s="23">
+        <v>1785.9423817700001</v>
+      </c>
+      <c r="CJ19" s="23">
+        <v>1781.6449421</v>
+      </c>
+      <c r="CK19" s="24">
+        <v>1765.6421153900001</v>
+      </c>
+      <c r="CL19" s="24">
+        <v>1739.8917779400001</v>
+      </c>
+      <c r="CM19" s="24">
+        <v>1967.5908634699999</v>
+      </c>
+      <c r="CN19" s="24">
+        <v>1808.75807844</v>
+      </c>
+      <c r="CO19" s="23">
+        <v>1766.1243988199999</v>
+      </c>
+      <c r="CP19" s="23">
+        <v>1788.1328249999999</v>
+      </c>
+      <c r="CQ19" s="23">
+        <v>1947.7616554900001</v>
+      </c>
+      <c r="CR19" s="23">
+        <v>1962.5611483299999</v>
+      </c>
+      <c r="CS19" s="24">
+        <v>1918.60005004</v>
+      </c>
+      <c r="CT19" s="24">
+        <v>1877.3640897499999</v>
+      </c>
+      <c r="CU19" s="24">
+        <v>1921.9108267399999</v>
+      </c>
+      <c r="CV19" s="24">
+        <v>1945.81571779</v>
+      </c>
+      <c r="CW19" s="23">
+        <v>1861.46827925</v>
+      </c>
+      <c r="CX19" s="23">
+        <v>1821.72468198</v>
+      </c>
+      <c r="CY19" s="23">
+        <v>1864.7549476500001</v>
+      </c>
+      <c r="CZ19" s="23">
+        <v>1888.02467972</v>
+      </c>
+      <c r="DA19" s="24">
+        <v>1889.11459283</v>
+      </c>
+      <c r="DB19" s="24">
+        <v>1892.65310651</v>
+      </c>
+      <c r="DC19" s="24">
+        <v>1883.47453971</v>
+      </c>
+      <c r="DD19" s="24">
+        <v>1924.6527107100001</v>
+      </c>
+      <c r="DE19" s="23">
+        <v>1925.9130365799999</v>
+      </c>
+      <c r="DF19" s="23">
+        <v>1914.6976205599999</v>
+      </c>
+      <c r="DG19" s="23">
+        <v>1958.05429779</v>
+      </c>
+      <c r="DH19" s="23">
+        <v>2094.9744065499999</v>
+      </c>
+      <c r="DI19" s="24">
+        <v>2023.6376043299999</v>
+      </c>
+      <c r="DJ19" s="24">
+        <v>2063.5849885799998</v>
+      </c>
+      <c r="DK19" s="24">
+        <v>2053.95024741</v>
+      </c>
+      <c r="DL19" s="24">
+        <v>2113.7734406599998</v>
+      </c>
+      <c r="DM19" s="23">
+        <v>2073.2279554500001</v>
+      </c>
+      <c r="DN19" s="23">
+        <v>2083.8719260100002</v>
+      </c>
+      <c r="DO19" s="23">
+        <v>2153.6901177700001</v>
+      </c>
+      <c r="DP19" s="23">
+        <v>2270.8440205400002</v>
+      </c>
+      <c r="DQ19" s="24">
+        <v>2179.53556308</v>
+      </c>
+      <c r="DR19" s="24">
+        <v>2260.28717904</v>
+      </c>
+      <c r="DS19" s="24">
+        <v>2182.6894301000002</v>
+      </c>
+      <c r="DT19" s="24">
+        <v>2252.64454118</v>
+      </c>
+      <c r="DU19" s="23">
+        <v>2232.9328439000001</v>
+      </c>
+      <c r="DV19" s="23">
+        <v>2318.10510884</v>
+      </c>
+      <c r="DW19" s="23">
+        <v>2328.2706171700002</v>
+      </c>
+      <c r="DX19" s="23">
+        <v>2627.9642974899998</v>
+      </c>
+      <c r="DY19" s="24">
+        <v>2444.4789786000001</v>
+      </c>
+      <c r="DZ19" s="24">
+        <v>2729.0576005200001</v>
+      </c>
+      <c r="EA19" s="24">
+        <v>2455.3170250799999</v>
+      </c>
+      <c r="EB19" s="24">
+        <v>3293.82590024</v>
+      </c>
+      <c r="EC19" s="24">
+        <v>2921.6288049599998</v>
+      </c>
+      <c r="ED19" s="24">
+        <v>3052.78389169</v>
+      </c>
+      <c r="EE19" s="24">
+        <v>3233.7046748600001</v>
+      </c>
+      <c r="EF19" s="24">
+        <v>3634.3402325900001</v>
+      </c>
+      <c r="EG19" s="24">
+        <v>3448.89748302</v>
+      </c>
+      <c r="EH19" s="24">
+        <v>3534.5476035900001</v>
+      </c>
+      <c r="EI19" s="24">
+        <v>3695.7537802799998</v>
+      </c>
+    </row>
+    <row r="20" spans="2:139" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" s="23">
+        <v>289.74178207</v>
+      </c>
+      <c r="D20" s="23">
+        <v>390.69498028999999</v>
+      </c>
+      <c r="E20" s="23">
+        <v>423.70720101000001</v>
+      </c>
+      <c r="F20" s="23">
+        <v>551.83243837999999</v>
+      </c>
+      <c r="G20" s="23">
+        <v>564.07697099999996</v>
+      </c>
+      <c r="H20" s="23">
+        <v>593.66254890000005</v>
+      </c>
+      <c r="I20" s="23">
+        <v>580.59537551000005</v>
+      </c>
+      <c r="J20" s="23">
+        <v>612.62041091000003</v>
+      </c>
+      <c r="K20" s="23">
+        <v>654.65324984999995</v>
+      </c>
+      <c r="L20" s="23">
+        <v>773.87957116999996</v>
+      </c>
+      <c r="M20" s="23">
+        <v>831.90087260999996</v>
+      </c>
+      <c r="N20" s="23">
+        <v>890.13708672999996</v>
+      </c>
+      <c r="O20" s="23">
+        <v>978.68080834</v>
+      </c>
+      <c r="P20" s="23">
+        <v>1067.7120851899999</v>
+      </c>
+      <c r="Q20" s="23">
+        <v>1018.26858364</v>
+      </c>
+      <c r="R20" s="23">
+        <v>991.59744664000004</v>
+      </c>
+      <c r="S20" s="23">
+        <v>970.43531008000002</v>
+      </c>
+      <c r="T20" s="23">
+        <v>877.06701270999997</v>
+      </c>
+      <c r="U20" s="23">
+        <v>673.91365839000002</v>
+      </c>
+      <c r="V20" s="23">
+        <v>536.33496844000001</v>
+      </c>
+      <c r="W20" s="23">
+        <v>621.72166958000003</v>
+      </c>
+      <c r="X20" s="23">
+        <v>622.51162642999998</v>
+      </c>
+      <c r="Y20" s="23">
+        <v>659.70494897000003</v>
+      </c>
+      <c r="Z20" s="23">
+        <v>595.32260904999998</v>
+      </c>
+      <c r="AA20" s="23">
+        <v>649.36859288000005</v>
+      </c>
+      <c r="AB20" s="23">
+        <v>1715.5455036599999</v>
+      </c>
+      <c r="AC20" s="23">
+        <v>1272.73460301</v>
+      </c>
+      <c r="AD20" s="23">
+        <v>1306.01346904</v>
+      </c>
+      <c r="AE20" s="23">
+        <v>1581.98993834</v>
+      </c>
+      <c r="AF20" s="23">
+        <v>1385.05446897</v>
+      </c>
+      <c r="AG20" s="24">
+        <v>102.82510216999999</v>
+      </c>
+      <c r="AH20" s="24">
+        <v>91.764408320000001</v>
+      </c>
+      <c r="AI20" s="24">
+        <v>169.65641995999999</v>
+      </c>
+      <c r="AJ20" s="24">
+        <v>199.83104055999999</v>
+      </c>
+      <c r="AK20" s="23">
+        <v>99.654018370000003</v>
+      </c>
+      <c r="AL20" s="23">
+        <v>99.899495279999996</v>
+      </c>
+      <c r="AM20" s="23">
+        <v>181.41369531000001</v>
+      </c>
+      <c r="AN20" s="23">
+        <v>212.69533994</v>
+      </c>
+      <c r="AO20" s="24">
+        <v>154.74938967</v>
+      </c>
+      <c r="AP20" s="24">
+        <v>130.36326908000001</v>
+      </c>
+      <c r="AQ20" s="24">
+        <v>122.49178593000001</v>
+      </c>
+      <c r="AR20" s="24">
+        <v>172.99093081999999</v>
+      </c>
+      <c r="AS20" s="23">
+        <v>165.80892835</v>
+      </c>
+      <c r="AT20" s="23">
+        <v>123.8325332</v>
+      </c>
+      <c r="AU20" s="23">
+        <v>100.36978662</v>
+      </c>
+      <c r="AV20" s="23">
+        <v>222.60916273999999</v>
+      </c>
+      <c r="AW20" s="24">
+        <v>211.98045567</v>
+      </c>
+      <c r="AX20" s="24">
+        <v>150.60148993999999</v>
+      </c>
+      <c r="AY20" s="24">
+        <v>134.38710932999999</v>
+      </c>
+      <c r="AZ20" s="24">
+        <v>157.68419491</v>
+      </c>
+      <c r="BA20" s="23">
+        <v>169.43358115999999</v>
+      </c>
+      <c r="BB20" s="23">
+        <v>211.41768852000001</v>
+      </c>
+      <c r="BC20" s="23">
+        <v>195.43176807</v>
+      </c>
+      <c r="BD20" s="23">
+        <v>197.59653341999999</v>
+      </c>
+      <c r="BE20" s="24">
+        <v>206.17540020999999</v>
+      </c>
+      <c r="BF20" s="24">
+        <v>236.73003967</v>
+      </c>
+      <c r="BG20" s="24">
+        <v>177.91067512000001</v>
+      </c>
+      <c r="BH20" s="24">
+        <v>211.08475761</v>
+      </c>
+      <c r="BI20" s="23">
+        <v>224.30839320999999</v>
+      </c>
+      <c r="BJ20" s="23">
+        <v>248.67270037</v>
+      </c>
+      <c r="BK20" s="23">
+        <v>194.80310215</v>
+      </c>
+      <c r="BL20" s="23">
+        <v>222.352891</v>
+      </c>
+      <c r="BM20" s="24">
+        <v>233.87044183</v>
+      </c>
+      <c r="BN20" s="24">
+        <v>249.99663236999999</v>
+      </c>
+      <c r="BO20" s="24">
+        <v>227.44993482000001</v>
+      </c>
+      <c r="BP20" s="24">
+        <v>267.36379933000001</v>
+      </c>
+      <c r="BQ20" s="23">
+        <v>287.40749127999999</v>
+      </c>
+      <c r="BR20" s="23">
+        <v>260.61879005999998</v>
+      </c>
+      <c r="BS20" s="23">
+        <v>244.81392303999999</v>
+      </c>
+      <c r="BT20" s="23">
+        <v>274.87188080999999</v>
+      </c>
+      <c r="BU20" s="24">
+        <v>234.35599259</v>
+      </c>
+      <c r="BV20" s="24">
+        <v>305.51966199999998</v>
+      </c>
+      <c r="BW20" s="24">
+        <v>244.44898977</v>
+      </c>
+      <c r="BX20" s="24">
+        <v>233.94393928</v>
+      </c>
+      <c r="BY20" s="23">
+        <v>272.96614029</v>
+      </c>
+      <c r="BZ20" s="23">
+        <v>244.40548380000001</v>
+      </c>
+      <c r="CA20" s="23">
+        <v>240.39619642</v>
+      </c>
+      <c r="CB20" s="23">
+        <v>233.82962610999999</v>
+      </c>
+      <c r="CC20" s="24">
+        <v>264.79175621000002</v>
+      </c>
+      <c r="CD20" s="24">
+        <v>280.80448881000001</v>
+      </c>
+      <c r="CE20" s="24">
+        <v>228.24214101000001</v>
+      </c>
+      <c r="CF20" s="24">
+        <v>196.59692405000001</v>
+      </c>
+      <c r="CG20" s="23">
+        <v>248.75742116999999</v>
+      </c>
+      <c r="CH20" s="23">
+        <v>250.34664348999999</v>
+      </c>
+      <c r="CI20" s="23">
+        <v>219.46763257000001</v>
+      </c>
+      <c r="CJ20" s="23">
+        <v>158.49531549</v>
+      </c>
+      <c r="CK20" s="24">
+        <v>248.35821405999999</v>
+      </c>
+      <c r="CL20" s="24">
+        <v>231.46525455</v>
+      </c>
+      <c r="CM20" s="24">
+        <v>92.009987179999996</v>
+      </c>
+      <c r="CN20" s="24">
+        <v>102.08020260000001</v>
+      </c>
+      <c r="CO20" s="23">
+        <v>199.41560994</v>
+      </c>
+      <c r="CP20" s="23">
+        <v>197.75330521000001</v>
+      </c>
+      <c r="CQ20" s="23">
+        <v>77.337488859999993</v>
+      </c>
+      <c r="CR20" s="23">
+        <v>61.828564419999999</v>
+      </c>
+      <c r="CS20" s="24">
+        <v>116.74310961</v>
+      </c>
+      <c r="CT20" s="24">
+        <v>238.65751981</v>
+      </c>
+      <c r="CU20" s="24">
+        <v>84.366544340000004</v>
+      </c>
+      <c r="CV20" s="24">
+        <v>181.95449582000001</v>
+      </c>
+      <c r="CW20" s="23">
+        <v>91.267127680000002</v>
+      </c>
+      <c r="CX20" s="23">
+        <v>246.65512745000001</v>
+      </c>
+      <c r="CY20" s="23">
+        <v>132.20535744</v>
+      </c>
+      <c r="CZ20" s="23">
+        <v>152.38401386999999</v>
+      </c>
+      <c r="DA20" s="24">
+        <v>217.06512624000001</v>
+      </c>
+      <c r="DB20" s="24">
+        <v>156.2361947</v>
+      </c>
+      <c r="DC20" s="24">
+        <v>112.14935444</v>
+      </c>
+      <c r="DD20" s="24">
+        <v>174.25427359</v>
+      </c>
+      <c r="DE20" s="23">
+        <v>167.98772018</v>
+      </c>
+      <c r="DF20" s="23">
+        <v>146.42940300000001</v>
+      </c>
+      <c r="DG20" s="23">
+        <v>105.08133485</v>
+      </c>
+      <c r="DH20" s="23">
+        <v>175.82415103</v>
+      </c>
+      <c r="DI20" s="24">
+        <v>177.65615943</v>
+      </c>
+      <c r="DJ20" s="24">
+        <v>145.63275021000001</v>
+      </c>
+      <c r="DK20" s="24">
+        <v>143.26275214</v>
+      </c>
+      <c r="DL20" s="24">
+        <v>182.81693111000001</v>
+      </c>
+      <c r="DM20" s="23">
+        <v>177.59134112000001</v>
+      </c>
+      <c r="DN20" s="23">
+        <v>966.24921546999997</v>
+      </c>
+      <c r="DO20" s="23">
+        <v>257.12991309</v>
+      </c>
+      <c r="DP20" s="23">
+        <v>314.57503396999999</v>
+      </c>
+      <c r="DQ20" s="24">
+        <v>474.63136530999998</v>
+      </c>
+      <c r="DR20" s="24">
+        <v>365.13592791999997</v>
+      </c>
+      <c r="DS20" s="24">
+        <v>244.72378209999999</v>
+      </c>
+      <c r="DT20" s="24">
+        <v>188.24352769000001</v>
+      </c>
+      <c r="DU20" s="23">
+        <v>171.01620524000001</v>
+      </c>
+      <c r="DV20" s="23">
+        <v>178.68497769999999</v>
+      </c>
+      <c r="DW20" s="23">
+        <v>170.00648783</v>
+      </c>
+      <c r="DX20" s="23">
+        <v>786.30579827999998</v>
+      </c>
+      <c r="DY20" s="24">
+        <v>556.54573104999997</v>
+      </c>
+      <c r="DZ20" s="24">
+        <v>329.55405867000002</v>
+      </c>
+      <c r="EA20" s="24">
+        <v>278.25704127</v>
+      </c>
+      <c r="EB20" s="24">
+        <v>417.63310733999998</v>
+      </c>
+      <c r="EC20" s="24">
+        <v>328.19428312000002</v>
+      </c>
+      <c r="ED20" s="24">
+        <v>360.73637366000003</v>
+      </c>
+      <c r="EE20" s="24">
+        <v>352.45593071000002</v>
+      </c>
+      <c r="EF20" s="24">
+        <v>343.66788150000002</v>
+      </c>
+      <c r="EG20" s="24">
+        <v>276.89348077</v>
+      </c>
+      <c r="EH20" s="24">
+        <v>386.41174708</v>
+      </c>
+      <c r="EI20" s="24">
+        <v>305.48979917999998</v>
+      </c>
+    </row>
+    <row r="21" spans="2:139" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" s="23">
+        <v>470.55713759999998</v>
+      </c>
+      <c r="D21" s="23">
+        <v>515.18934896999997</v>
+      </c>
+      <c r="E21" s="23">
+        <v>333.32621533000003</v>
+      </c>
+      <c r="F21" s="23">
+        <v>343.18276610999999</v>
+      </c>
+      <c r="G21" s="23">
+        <v>442.33575452000002</v>
+      </c>
+      <c r="H21" s="23">
+        <v>818.40140617999998</v>
+      </c>
+      <c r="I21" s="23">
+        <v>538.29912696999997</v>
+      </c>
+      <c r="J21" s="23">
+        <v>301.79454052</v>
+      </c>
+      <c r="K21" s="23">
+        <v>621.81511609999995</v>
+      </c>
+      <c r="L21" s="23">
+        <v>472.18640635000003</v>
+      </c>
+      <c r="M21" s="23">
+        <v>516.25642416999995</v>
+      </c>
+      <c r="N21" s="23">
+        <v>446.57180892999997</v>
+      </c>
+      <c r="O21" s="23">
+        <v>637.00810088000003</v>
+      </c>
+      <c r="P21" s="23">
+        <v>682.03634158</v>
+      </c>
+      <c r="Q21" s="23">
+        <v>641.93958692000001</v>
+      </c>
+      <c r="R21" s="23">
+        <v>530.12193244000002</v>
+      </c>
+      <c r="S21" s="23">
+        <v>382.45866919999997</v>
+      </c>
+      <c r="T21" s="23">
+        <v>545.91591568000001</v>
+      </c>
+      <c r="U21" s="23">
+        <v>818.75163279000003</v>
+      </c>
+      <c r="V21" s="23">
+        <v>1071.44923883</v>
+      </c>
+      <c r="W21" s="23">
+        <v>842.80582935999996</v>
+      </c>
+      <c r="X21" s="23">
+        <v>857.87295535999999</v>
+      </c>
+      <c r="Y21" s="23">
+        <v>964.72586619000003</v>
+      </c>
+      <c r="Z21" s="23">
+        <v>975.73369892999995</v>
+      </c>
+      <c r="AA21" s="23">
+        <v>1052.2595430900001</v>
+      </c>
+      <c r="AB21" s="23">
+        <v>1168.77938417</v>
+      </c>
+      <c r="AC21" s="23">
+        <v>1371.6969368299999</v>
+      </c>
+      <c r="AD21" s="23">
+        <v>1435.74421545</v>
+      </c>
+      <c r="AE21" s="23">
+        <v>1837.4011582099999</v>
+      </c>
+      <c r="AF21" s="23">
+        <v>1701.8404112799999</v>
+      </c>
+      <c r="AG21" s="24">
+        <v>103.98159699999999</v>
+      </c>
+      <c r="AH21" s="24">
+        <v>114.23516585</v>
+      </c>
+      <c r="AI21" s="24">
+        <v>103.87122309999999</v>
+      </c>
+      <c r="AJ21" s="24">
+        <v>120.24776858</v>
+      </c>
+      <c r="AK21" s="23">
+        <v>190.86934699</v>
+      </c>
+      <c r="AL21" s="23">
+        <v>212.19387219000001</v>
+      </c>
+      <c r="AM21" s="23">
+        <v>190.63980047999999</v>
+      </c>
+      <c r="AN21" s="23">
+        <v>224.69838651000001</v>
+      </c>
+      <c r="AO21" s="24">
+        <v>111.18079997</v>
+      </c>
+      <c r="AP21" s="24">
+        <v>147.51212240999999</v>
+      </c>
+      <c r="AQ21" s="24">
+        <v>110.78971374</v>
+      </c>
+      <c r="AR21" s="24">
+        <v>168.81649085000001</v>
+      </c>
+      <c r="AS21" s="23">
+        <v>68.9962692</v>
+      </c>
+      <c r="AT21" s="23">
+        <v>79.371095179999998</v>
+      </c>
+      <c r="AU21" s="23">
+        <v>74.307631900000004</v>
+      </c>
+      <c r="AV21" s="23">
+        <v>79.119544239999996</v>
+      </c>
+      <c r="AW21" s="24">
+        <v>139.96105292999999</v>
+      </c>
+      <c r="AX21" s="24">
+        <v>164.61436886000001</v>
+      </c>
+      <c r="AY21" s="24">
+        <v>154.15075037</v>
+      </c>
+      <c r="AZ21" s="24">
+        <v>163.08894393</v>
+      </c>
+      <c r="BA21" s="23">
+        <v>106.70017736</v>
+      </c>
+      <c r="BB21" s="23">
+        <v>124.83895582</v>
+      </c>
+      <c r="BC21" s="23">
+        <v>116.90922471</v>
+      </c>
+      <c r="BD21" s="23">
+        <v>123.73804847</v>
+      </c>
+      <c r="BE21" s="24">
+        <v>117.09503726</v>
+      </c>
+      <c r="BF21" s="24">
+        <v>136.46960204999999</v>
+      </c>
+      <c r="BG21" s="24">
+        <v>127.65866161</v>
+      </c>
+      <c r="BH21" s="24">
+        <v>135.03312324999999</v>
+      </c>
+      <c r="BI21" s="23">
+        <v>100.87095530000001</v>
+      </c>
+      <c r="BJ21" s="23">
+        <v>117.91235454</v>
+      </c>
+      <c r="BK21" s="23">
+        <v>110.54156084</v>
+      </c>
+      <c r="BL21" s="23">
+        <v>117.24693825</v>
+      </c>
+      <c r="BM21" s="24">
+        <v>143.83840237000001</v>
+      </c>
+      <c r="BN21" s="24">
+        <v>168.43605346000001</v>
+      </c>
+      <c r="BO21" s="24">
+        <v>157.99410942</v>
+      </c>
+      <c r="BP21" s="24">
+        <v>166.73953563000001</v>
+      </c>
+      <c r="BQ21" s="23">
+        <v>152.84460726</v>
+      </c>
+      <c r="BR21" s="23">
+        <v>179.1430938</v>
+      </c>
+      <c r="BS21" s="23">
+        <v>169.30733412000001</v>
+      </c>
+      <c r="BT21" s="23">
+        <v>180.74130640000001</v>
+      </c>
+      <c r="BU21" s="24">
+        <v>147.13624372999999</v>
+      </c>
+      <c r="BV21" s="24">
+        <v>169.53531113</v>
+      </c>
+      <c r="BW21" s="24">
+        <v>155.42244192999999</v>
+      </c>
+      <c r="BX21" s="24">
+        <v>169.84559013000001</v>
+      </c>
+      <c r="BY21" s="23">
+        <v>121.59968179000001</v>
+      </c>
+      <c r="BZ21" s="23">
+        <v>139.65069115</v>
+      </c>
+      <c r="CA21" s="23">
+        <v>128.56142994000001</v>
+      </c>
+      <c r="CB21" s="23">
+        <v>140.31012955</v>
+      </c>
+      <c r="CC21" s="24">
+        <v>89.145411859999996</v>
+      </c>
+      <c r="CD21" s="24">
+        <v>98.920717269999997</v>
+      </c>
+      <c r="CE21" s="24">
+        <v>92.019698860000005</v>
+      </c>
+      <c r="CF21" s="24">
+        <v>102.37284121</v>
+      </c>
+      <c r="CG21" s="23">
+        <v>128.51081210999999</v>
+      </c>
+      <c r="CH21" s="23">
+        <v>141.01794007000001</v>
+      </c>
+      <c r="CI21" s="23">
+        <v>131.91606519000001</v>
+      </c>
+      <c r="CJ21" s="23">
+        <v>144.47109829999999</v>
+      </c>
+      <c r="CK21" s="24">
+        <v>139.92106290999999</v>
+      </c>
+      <c r="CL21" s="24">
+        <v>153.09260119999999</v>
+      </c>
+      <c r="CM21" s="24">
+        <v>249.87782490000001</v>
+      </c>
+      <c r="CN21" s="24">
+        <v>275.86014377999999</v>
+      </c>
+      <c r="CO21" s="23">
+        <v>326.45127602000002</v>
+      </c>
+      <c r="CP21" s="23">
+        <v>272.66261709999998</v>
+      </c>
+      <c r="CQ21" s="23">
+        <v>219.32774114</v>
+      </c>
+      <c r="CR21" s="23">
+        <v>253.00760457000001</v>
+      </c>
+      <c r="CS21" s="24">
+        <v>251.56007403000001</v>
+      </c>
+      <c r="CT21" s="24">
+        <v>219.85266605000001</v>
+      </c>
+      <c r="CU21" s="24">
+        <v>171.31908668</v>
+      </c>
+      <c r="CV21" s="24">
+        <v>200.0740026</v>
+      </c>
+      <c r="CW21" s="23">
+        <v>224.56449411</v>
+      </c>
+      <c r="CX21" s="23">
+        <v>186.14728410000001</v>
+      </c>
+      <c r="CY21" s="23">
+        <v>211.75352604</v>
+      </c>
+      <c r="CZ21" s="23">
+        <v>235.40765110999999</v>
+      </c>
+      <c r="DA21" s="24">
+        <v>220.0406897</v>
+      </c>
+      <c r="DB21" s="24">
+        <v>263.45405876000001</v>
+      </c>
+      <c r="DC21" s="24">
+        <v>228.97432583</v>
+      </c>
+      <c r="DD21" s="24">
+        <v>252.25679191</v>
+      </c>
+      <c r="DE21" s="23">
+        <v>260.10211192999998</v>
+      </c>
+      <c r="DF21" s="23">
+        <v>259.07578627999999</v>
+      </c>
+      <c r="DG21" s="23">
+        <v>261.89036312000002</v>
+      </c>
+      <c r="DH21" s="23">
+        <v>194.66543759000001</v>
+      </c>
+      <c r="DI21" s="24">
+        <v>248.36391535999999</v>
+      </c>
+      <c r="DJ21" s="24">
+        <v>225.28759696</v>
+      </c>
+      <c r="DK21" s="24">
+        <v>204.89238795</v>
+      </c>
+      <c r="DL21" s="24">
+        <v>373.71564282000003</v>
+      </c>
+      <c r="DM21" s="23">
+        <v>284.38337898999998</v>
+      </c>
+      <c r="DN21" s="23">
+        <v>389.88476578000001</v>
+      </c>
+      <c r="DO21" s="23">
+        <v>151.32618961</v>
+      </c>
+      <c r="DP21" s="23">
+        <v>343.18504978999999</v>
+      </c>
+      <c r="DQ21" s="24">
+        <v>356.45977119999998</v>
+      </c>
+      <c r="DR21" s="24">
+        <v>328.38813441999997</v>
+      </c>
+      <c r="DS21" s="24">
+        <v>262.06812048</v>
+      </c>
+      <c r="DT21" s="24">
+        <v>424.78091072000001</v>
+      </c>
+      <c r="DU21" s="23">
+        <v>360.01636636000001</v>
+      </c>
+      <c r="DV21" s="23">
+        <v>308.87481466999998</v>
+      </c>
+      <c r="DW21" s="23">
+        <v>399.49464855000002</v>
+      </c>
+      <c r="DX21" s="23">
+        <v>367.35838587000001</v>
+      </c>
+      <c r="DY21" s="24">
+        <v>456.60565365000002</v>
+      </c>
+      <c r="DZ21" s="24">
+        <v>459.86948167000003</v>
+      </c>
+      <c r="EA21" s="24">
+        <v>430.77567514999998</v>
+      </c>
+      <c r="EB21" s="24">
+        <v>490.15034773000002</v>
+      </c>
+      <c r="EC21" s="24">
+        <v>415.31309813000001</v>
+      </c>
+      <c r="ED21" s="24">
+        <v>422.05936828</v>
+      </c>
+      <c r="EE21" s="24">
+        <v>400.21725521000002</v>
+      </c>
+      <c r="EF21" s="24">
+        <v>464.25068966999999</v>
+      </c>
+      <c r="EG21" s="24">
+        <v>563.15351954000005</v>
+      </c>
+      <c r="EH21" s="24">
+        <v>500.79610660999998</v>
+      </c>
+      <c r="EI21" s="24">
+        <v>409.96462155</v>
+      </c>
+    </row>
+    <row r="22" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B22" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" s="23">
+        <v>221.36949770999999</v>
+      </c>
+      <c r="D22" s="23">
+        <v>247.17684806</v>
+      </c>
+      <c r="E22" s="23">
+        <v>271.34549055000002</v>
+      </c>
+      <c r="F22" s="23">
+        <v>324.01494159999999</v>
+      </c>
+      <c r="G22" s="23">
+        <v>367.37900481999998</v>
+      </c>
+      <c r="H22" s="23">
+        <v>515.37248275000002</v>
+      </c>
+      <c r="I22" s="23">
+        <v>580.48907506</v>
+      </c>
+      <c r="J22" s="23">
+        <v>464.01126547000001</v>
+      </c>
+      <c r="K22" s="23">
+        <v>515.22546603000001</v>
+      </c>
+      <c r="L22" s="23">
+        <v>589.83652065000001</v>
+      </c>
+      <c r="M22" s="23">
+        <v>639.26891939999996</v>
+      </c>
+      <c r="N22" s="23">
+        <v>643.64707989999999</v>
+      </c>
+      <c r="O22" s="23">
+        <v>710.56449971999996</v>
+      </c>
+      <c r="P22" s="23">
+        <v>820.73927847000004</v>
+      </c>
+      <c r="Q22" s="23">
+        <v>976.59551633000001</v>
+      </c>
+      <c r="R22" s="23">
+        <v>1047.6864449499999</v>
+      </c>
+      <c r="S22" s="23">
+        <v>1189.4196026499999</v>
+      </c>
+      <c r="T22" s="23">
+        <v>1353.4026069399999</v>
+      </c>
+      <c r="U22" s="23">
+        <v>1380.2765289700001</v>
+      </c>
+      <c r="V22" s="23">
+        <v>1522.6114836700001</v>
+      </c>
+      <c r="W22" s="23">
+        <v>1563.91212475</v>
+      </c>
+      <c r="X22" s="23">
+        <v>1458.2424516900001</v>
+      </c>
+      <c r="Y22" s="23">
+        <v>1308.9269114599999</v>
+      </c>
+      <c r="Z22" s="23">
+        <v>1195.2097261500001</v>
+      </c>
+      <c r="AA22" s="23">
+        <v>1202.2004016400001</v>
+      </c>
+      <c r="AB22" s="23">
+        <v>1004.39735218</v>
+      </c>
+      <c r="AC22" s="23">
+        <v>895.85018285000001</v>
+      </c>
+      <c r="AD22" s="23">
+        <v>929.53309926999998</v>
+      </c>
+      <c r="AE22" s="23">
+        <v>1293.9874003800001</v>
+      </c>
+      <c r="AF22" s="23">
+        <v>1334.3566575</v>
+      </c>
+      <c r="AG22" s="24">
+        <v>137.65129633999999</v>
+      </c>
+      <c r="AH22" s="24">
+        <v>82.571045190000007</v>
+      </c>
+      <c r="AI22" s="24">
+        <v>70.353090499999993</v>
+      </c>
+      <c r="AJ22" s="24">
+        <v>76.803572799999998</v>
+      </c>
+      <c r="AK22" s="23">
+        <v>77.454056339999994</v>
+      </c>
+      <c r="AL22" s="23">
+        <v>119.43257389</v>
+      </c>
+      <c r="AM22" s="23">
+        <v>148.17345151999999</v>
+      </c>
+      <c r="AN22" s="23">
+        <v>170.31240101</v>
+      </c>
+      <c r="AO22" s="24">
+        <v>91.818267259999999</v>
+      </c>
+      <c r="AP22" s="24">
+        <v>171.67889195000001</v>
+      </c>
+      <c r="AQ22" s="24">
+        <v>135.70472977</v>
+      </c>
+      <c r="AR22" s="24">
+        <v>181.28718609000001</v>
+      </c>
+      <c r="AS22" s="23">
+        <v>119.32808338</v>
+      </c>
+      <c r="AT22" s="23">
+        <v>114.28487856</v>
+      </c>
+      <c r="AU22" s="23">
+        <v>110.6009794</v>
+      </c>
+      <c r="AV22" s="23">
+        <v>119.79732413000001</v>
+      </c>
+      <c r="AW22" s="24">
+        <v>125.02986653000001</v>
+      </c>
+      <c r="AX22" s="24">
+        <v>126.89169948999999</v>
+      </c>
+      <c r="AY22" s="24">
+        <v>128.77006276</v>
+      </c>
+      <c r="AZ22" s="24">
+        <v>134.53383726000001</v>
+      </c>
+      <c r="BA22" s="23">
+        <v>134.43647812</v>
+      </c>
+      <c r="BB22" s="23">
+        <v>144.20209043</v>
+      </c>
+      <c r="BC22" s="23">
+        <v>157.6885346</v>
+      </c>
+      <c r="BD22" s="23">
+        <v>153.50941750999999</v>
+      </c>
+      <c r="BE22" s="24">
+        <v>155.29919817000001</v>
+      </c>
+      <c r="BF22" s="24">
+        <v>155.94293708999999</v>
+      </c>
+      <c r="BG22" s="24">
+        <v>164.67929742999999</v>
+      </c>
+      <c r="BH22" s="24">
+        <v>163.34748669999999</v>
+      </c>
+      <c r="BI22" s="23">
+        <v>158.84928038000001</v>
+      </c>
+      <c r="BJ22" s="23">
+        <v>153.99778681000001</v>
+      </c>
+      <c r="BK22" s="23">
+        <v>166.88067993000001</v>
+      </c>
+      <c r="BL22" s="23">
+        <v>163.91933277999999</v>
+      </c>
+      <c r="BM22" s="24">
+        <v>168.14562386</v>
+      </c>
+      <c r="BN22" s="24">
+        <v>170.25505057000001</v>
+      </c>
+      <c r="BO22" s="24">
+        <v>193.05385727000001</v>
+      </c>
+      <c r="BP22" s="24">
+        <v>179.10996802</v>
+      </c>
+      <c r="BQ22" s="23">
+        <v>204.99420766</v>
+      </c>
+      <c r="BR22" s="23">
+        <v>191.41137452000001</v>
+      </c>
+      <c r="BS22" s="23">
+        <v>216.89896013000001</v>
+      </c>
+      <c r="BT22" s="23">
+        <v>207.43473616</v>
+      </c>
+      <c r="BU22" s="24">
+        <v>227.90004342</v>
+      </c>
+      <c r="BV22" s="24">
+        <v>241.99507795</v>
+      </c>
+      <c r="BW22" s="24">
+        <v>253.38713432</v>
+      </c>
+      <c r="BX22" s="24">
+        <v>253.31326063</v>
+      </c>
+      <c r="BY22" s="23">
+        <v>248.75337196000001</v>
+      </c>
+      <c r="BZ22" s="23">
+        <v>249.50083458</v>
+      </c>
+      <c r="CA22" s="23">
+        <v>285.25466064</v>
+      </c>
+      <c r="CB22" s="23">
+        <v>264.17757776000002</v>
+      </c>
+      <c r="CC22" s="24">
+        <v>264.73854971999998</v>
+      </c>
+      <c r="CD22" s="24">
+        <v>298.78360243999998</v>
+      </c>
+      <c r="CE22" s="24">
+        <v>306.53169172000003</v>
+      </c>
+      <c r="CF22" s="24">
+        <v>319.36575876000001</v>
+      </c>
+      <c r="CG22" s="23">
+        <v>335.77663573000001</v>
+      </c>
+      <c r="CH22" s="23">
+        <v>352.64189531</v>
+      </c>
+      <c r="CI22" s="23">
+        <v>338.16097841999999</v>
+      </c>
+      <c r="CJ22" s="23">
+        <v>326.82309748</v>
+      </c>
+      <c r="CK22" s="24">
+        <v>324.80369187000002</v>
+      </c>
+      <c r="CL22" s="24">
+        <v>336.02098215000001</v>
+      </c>
+      <c r="CM22" s="24">
+        <v>354.89275197000001</v>
+      </c>
+      <c r="CN22" s="24">
+        <v>364.55910297999998</v>
+      </c>
+      <c r="CO22" s="23">
+        <v>373.23812421999997</v>
+      </c>
+      <c r="CP22" s="23">
+        <v>375.07110717</v>
+      </c>
+      <c r="CQ22" s="23">
+        <v>384.18884419</v>
+      </c>
+      <c r="CR22" s="23">
+        <v>390.11340809000001</v>
+      </c>
+      <c r="CS22" s="24">
+        <v>387.71795108999999</v>
+      </c>
+      <c r="CT22" s="24">
+        <v>388.67293085</v>
+      </c>
+      <c r="CU22" s="24">
+        <v>393.52619528000002</v>
+      </c>
+      <c r="CV22" s="24">
+        <v>393.99504753000002</v>
+      </c>
+      <c r="CW22" s="23">
+        <v>378.50802734000001</v>
+      </c>
+      <c r="CX22" s="23">
+        <v>363.37969647</v>
+      </c>
+      <c r="CY22" s="23">
+        <v>360.00156215999999</v>
+      </c>
+      <c r="CZ22" s="23">
+        <v>356.35316571999999</v>
+      </c>
+      <c r="DA22" s="24">
+        <v>346.13158251999999</v>
+      </c>
+      <c r="DB22" s="24">
+        <v>331.42667953</v>
+      </c>
+      <c r="DC22" s="24">
+        <v>312.95529331</v>
+      </c>
+      <c r="DD22" s="24">
+        <v>318.41335609999999</v>
+      </c>
+      <c r="DE22" s="23">
+        <v>313.55560530999998</v>
+      </c>
+      <c r="DF22" s="23">
+        <v>305.94761111000003</v>
+      </c>
+      <c r="DG22" s="23">
+        <v>293.80398664000001</v>
+      </c>
+      <c r="DH22" s="23">
+        <v>281.90252308999999</v>
+      </c>
+      <c r="DI22" s="24">
+        <v>300.16850433000002</v>
+      </c>
+      <c r="DJ22" s="24">
+        <v>301.58882247000003</v>
+      </c>
+      <c r="DK22" s="24">
+        <v>304.38488769000003</v>
+      </c>
+      <c r="DL22" s="24">
+        <v>296.05818715999999</v>
+      </c>
+      <c r="DM22" s="23">
+        <v>262.82255156999997</v>
+      </c>
+      <c r="DN22" s="23">
+        <v>252.96991061</v>
+      </c>
+      <c r="DO22" s="23">
+        <v>246.57721438999999</v>
+      </c>
+      <c r="DP22" s="23">
+        <v>242.02767562</v>
+      </c>
+      <c r="DQ22" s="24">
+        <v>239.37670392000001</v>
+      </c>
+      <c r="DR22" s="24">
+        <v>221.57810240000001</v>
+      </c>
+      <c r="DS22" s="24">
+        <v>215.89127762000001</v>
+      </c>
+      <c r="DT22" s="24">
+        <v>219.00409891999999</v>
+      </c>
+      <c r="DU22" s="23">
+        <v>224.08515248</v>
+      </c>
+      <c r="DV22" s="23">
+        <v>234.36786999</v>
+      </c>
+      <c r="DW22" s="23">
+        <v>230.16579944</v>
+      </c>
+      <c r="DX22" s="23">
+        <v>240.91427736</v>
+      </c>
+      <c r="DY22" s="24">
+        <v>296.78931403000001</v>
+      </c>
+      <c r="DZ22" s="24">
+        <v>310.95593710999998</v>
+      </c>
+      <c r="EA22" s="24">
+        <v>338.68966462999998</v>
+      </c>
+      <c r="EB22" s="24">
+        <v>347.55248461000002</v>
+      </c>
+      <c r="EC22" s="24">
+        <v>329.96950994999997</v>
+      </c>
+      <c r="ED22" s="24">
+        <v>334.01260818999998</v>
+      </c>
+      <c r="EE22" s="24">
+        <v>336.59443978000002</v>
+      </c>
+      <c r="EF22" s="24">
+        <v>333.78009959000002</v>
+      </c>
+      <c r="EG22" s="24">
+        <v>324.63621010999998</v>
+      </c>
+      <c r="EH22" s="24">
+        <v>321.10760732</v>
+      </c>
+      <c r="EI22" s="24">
+        <v>324.31175887000001</v>
+      </c>
+    </row>
+    <row r="23" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" s="23">
+        <v>2640.5743725500001</v>
+      </c>
+      <c r="D23" s="23">
+        <v>2652.3052683000001</v>
+      </c>
+      <c r="E23" s="23">
+        <v>2844.0353078500002</v>
+      </c>
+      <c r="F23" s="23">
+        <v>3255.3392760000002</v>
+      </c>
+      <c r="G23" s="23">
+        <v>3359.6884356</v>
+      </c>
+      <c r="H23" s="23">
+        <v>3179.1616940700001</v>
+      </c>
+      <c r="I23" s="23">
+        <v>3164.6321771399998</v>
+      </c>
+      <c r="J23" s="23">
+        <v>3371.5563806</v>
+      </c>
+      <c r="K23" s="23">
+        <v>3621.0487778000002</v>
+      </c>
+      <c r="L23" s="23">
+        <v>3913.7159343899998</v>
+      </c>
+      <c r="M23" s="23">
+        <v>4045.3334320200001</v>
+      </c>
+      <c r="N23" s="23">
+        <v>4292.0943935200003</v>
+      </c>
+      <c r="O23" s="23">
+        <v>4893.1929618499998</v>
+      </c>
+      <c r="P23" s="23">
+        <v>5201.3986551400003</v>
+      </c>
+      <c r="Q23" s="23">
+        <v>5463.5769406400004</v>
+      </c>
+      <c r="R23" s="23">
+        <v>5377.4505188900002</v>
+      </c>
+      <c r="S23" s="23">
+        <v>5421.9795572499997</v>
+      </c>
+      <c r="T23" s="23">
+        <v>5360.9602406699996</v>
+      </c>
+      <c r="U23" s="23">
+        <v>5244.5732185099996</v>
+      </c>
+      <c r="V23" s="23">
+        <v>5142.8155182800001</v>
+      </c>
+      <c r="W23" s="23">
+        <v>5245.2831979900002</v>
+      </c>
+      <c r="X23" s="23">
+        <v>5392.09557649</v>
+      </c>
+      <c r="Y23" s="23">
+        <v>5619.9163367499996</v>
+      </c>
+      <c r="Z23" s="23">
+        <v>6074.8868104100002</v>
+      </c>
+      <c r="AA23" s="23">
+        <v>6426.4412388500004</v>
+      </c>
+      <c r="AB23" s="23">
+        <v>6783.86437363</v>
+      </c>
+      <c r="AC23" s="23">
+        <v>7242.1495567800002</v>
+      </c>
+      <c r="AD23" s="23">
+        <v>7667.05063479</v>
+      </c>
+      <c r="AE23" s="23">
+        <v>8861.3458840200001</v>
+      </c>
+      <c r="AF23" s="23">
+        <v>11160.72281415</v>
+      </c>
+      <c r="AG23" s="24">
+        <v>749.73783323999999</v>
+      </c>
+      <c r="AH23" s="24">
+        <v>874.89459004000003</v>
+      </c>
+      <c r="AI23" s="24">
+        <v>880.83295868000005</v>
+      </c>
+      <c r="AJ23" s="24">
+        <v>854.22305362999998</v>
+      </c>
+      <c r="AK23" s="23">
+        <v>709.45203572000003</v>
+      </c>
+      <c r="AL23" s="23">
+        <v>827.88372205999997</v>
+      </c>
+      <c r="AM23" s="23">
+        <v>833.50300327000002</v>
+      </c>
+      <c r="AN23" s="23">
+        <v>808.32293302000005</v>
+      </c>
+      <c r="AO23" s="24">
+        <v>706.20967299999995</v>
+      </c>
+      <c r="AP23" s="24">
+        <v>824.10009865999996</v>
+      </c>
+      <c r="AQ23" s="24">
+        <v>829.69369844000005</v>
+      </c>
+      <c r="AR23" s="24">
+        <v>804.62870703999999</v>
+      </c>
+      <c r="AS23" s="23">
+        <v>752.42669278999995</v>
+      </c>
+      <c r="AT23" s="23">
+        <v>877.96943080000005</v>
+      </c>
+      <c r="AU23" s="23">
+        <v>883.92611326999997</v>
+      </c>
+      <c r="AV23" s="23">
+        <v>857.23414374000004</v>
+      </c>
+      <c r="AW23" s="24">
+        <v>758.45577616000003</v>
+      </c>
+      <c r="AX23" s="24">
+        <v>985.31891085999996</v>
+      </c>
+      <c r="AY23" s="24">
+        <v>975.44596460000002</v>
+      </c>
+      <c r="AZ23" s="24">
+        <v>901.82812619000003</v>
+      </c>
+      <c r="BA23" s="23">
+        <v>854.07068401000004</v>
+      </c>
+      <c r="BB23" s="23">
+        <v>1099.21472135</v>
+      </c>
+      <c r="BC23" s="23">
+        <v>1016.6406631</v>
+      </c>
+      <c r="BD23" s="23">
+        <v>943.78986594000003</v>
+      </c>
+      <c r="BE23" s="24">
+        <v>844.59271002000003</v>
+      </c>
+      <c r="BF23" s="24">
+        <v>1118.3189207299999</v>
+      </c>
+      <c r="BG23" s="24">
+        <v>1060.3063896000001</v>
+      </c>
+      <c r="BH23" s="24">
+        <v>1022.1154116599999</v>
+      </c>
+      <c r="BI23" s="23">
+        <v>954.26841332000004</v>
+      </c>
+      <c r="BJ23" s="23">
+        <v>1160.1616920399999</v>
+      </c>
+      <c r="BK23" s="23">
+        <v>1109.0184409000001</v>
+      </c>
+      <c r="BL23" s="23">
+        <v>1068.64584726</v>
+      </c>
+      <c r="BM23" s="24">
+        <v>1135.7759657300001</v>
+      </c>
+      <c r="BN23" s="24">
+        <v>1313.64621311</v>
+      </c>
+      <c r="BO23" s="24">
+        <v>1254.9014407699999</v>
+      </c>
+      <c r="BP23" s="24">
+        <v>1188.86934225</v>
+      </c>
+      <c r="BQ23" s="23">
+        <v>1238.7706098799999</v>
+      </c>
+      <c r="BR23" s="23">
+        <v>1411.8163091500001</v>
+      </c>
+      <c r="BS23" s="23">
+        <v>1328.80766576</v>
+      </c>
+      <c r="BT23" s="23">
+        <v>1222.0040703499999</v>
+      </c>
+      <c r="BU23" s="24">
+        <v>1304.4872510600001</v>
+      </c>
+      <c r="BV23" s="24">
+        <v>1458.99843429</v>
+      </c>
+      <c r="BW23" s="24">
+        <v>1416.1239590800001</v>
+      </c>
+      <c r="BX23" s="24">
+        <v>1283.9672962100001</v>
+      </c>
+      <c r="BY23" s="23">
+        <v>1213.7624123999999</v>
+      </c>
+      <c r="BZ23" s="23">
+        <v>1424.784238</v>
+      </c>
+      <c r="CA23" s="23">
+        <v>1418.4719607500001</v>
+      </c>
+      <c r="CB23" s="23">
+        <v>1320.43190774</v>
+      </c>
+      <c r="CC23" s="24">
+        <v>1234.5143284599999</v>
+      </c>
+      <c r="CD23" s="24">
+        <v>1434.43911908</v>
+      </c>
+      <c r="CE23" s="24">
+        <v>1408.12437583</v>
+      </c>
+      <c r="CF23" s="24">
+        <v>1344.9017338799999</v>
+      </c>
+      <c r="CG23" s="23">
+        <v>1312.16525899</v>
+      </c>
+      <c r="CH23" s="23">
+        <v>1363.90879135</v>
+      </c>
+      <c r="CI23" s="23">
+        <v>1342.36291497</v>
+      </c>
+      <c r="CJ23" s="23">
+        <v>1342.5232753499999</v>
+      </c>
+      <c r="CK23" s="24">
+        <v>1280.1222323500001</v>
+      </c>
+      <c r="CL23" s="24">
+        <v>1328.26116086</v>
+      </c>
+      <c r="CM23" s="24">
+        <v>1291.0059076</v>
+      </c>
+      <c r="CN23" s="24">
+        <v>1345.1839177100001</v>
+      </c>
+      <c r="CO23" s="23">
+        <v>1243.48379651</v>
+      </c>
+      <c r="CP23" s="23">
+        <v>1302.6038151400001</v>
+      </c>
+      <c r="CQ23" s="23">
+        <v>1270.07555974</v>
+      </c>
+      <c r="CR23" s="23">
+        <v>1326.65234689</v>
+      </c>
+      <c r="CS23" s="24">
+        <v>1270.4178708300001</v>
+      </c>
+      <c r="CT23" s="24">
+        <v>1327.1424783499999</v>
+      </c>
+      <c r="CU23" s="24">
+        <v>1300.3502965099999</v>
+      </c>
+      <c r="CV23" s="24">
+        <v>1347.3725523099999</v>
+      </c>
+      <c r="CW23" s="23">
+        <v>1290.479147</v>
+      </c>
+      <c r="CX23" s="23">
+        <v>1351.8734827000001</v>
+      </c>
+      <c r="CY23" s="23">
+        <v>1356.6616581400001</v>
+      </c>
+      <c r="CZ23" s="23">
+        <v>1393.0812886599999</v>
+      </c>
+      <c r="DA23" s="24">
+        <v>1313.27773533</v>
+      </c>
+      <c r="DB23" s="24">
+        <v>1422.4378339699999</v>
+      </c>
+      <c r="DC23" s="24">
+        <v>1418.49196306</v>
+      </c>
+      <c r="DD23" s="24">
+        <v>1465.7088043799999</v>
+      </c>
+      <c r="DE23" s="23">
+        <v>1424.67770161</v>
+      </c>
+      <c r="DF23" s="23">
+        <v>1540.6892811499999</v>
+      </c>
+      <c r="DG23" s="23">
+        <v>1524.9118418200001</v>
+      </c>
+      <c r="DH23" s="23">
+        <v>1584.60798583</v>
+      </c>
+      <c r="DI23" s="24">
+        <v>1510.64317437</v>
+      </c>
+      <c r="DJ23" s="24">
+        <v>1636.76988347</v>
+      </c>
+      <c r="DK23" s="24">
+        <v>1578.5168322100001</v>
+      </c>
+      <c r="DL23" s="24">
+        <v>1700.5113487900001</v>
+      </c>
+      <c r="DM23" s="23">
+        <v>1645.8290231999999</v>
+      </c>
+      <c r="DN23" s="23">
+        <v>1709.99090432</v>
+      </c>
+      <c r="DO23" s="23">
+        <v>1642.7155366100001</v>
+      </c>
+      <c r="DP23" s="23">
+        <v>1785.3289094899999</v>
+      </c>
+      <c r="DQ23" s="24">
+        <v>1731.2711032300001</v>
+      </c>
+      <c r="DR23" s="24">
+        <v>1827.09743288</v>
+      </c>
+      <c r="DS23" s="24">
+        <v>1777.35833512</v>
+      </c>
+      <c r="DT23" s="24">
+        <v>1906.4226855500001</v>
+      </c>
+      <c r="DU23" s="23">
+        <v>1776.51631189</v>
+      </c>
+      <c r="DV23" s="23">
+        <v>1924.4013659100001</v>
+      </c>
+      <c r="DW23" s="23">
+        <v>1868.3189267400001</v>
+      </c>
+      <c r="DX23" s="23">
+        <v>2097.8140302500001</v>
+      </c>
+      <c r="DY23" s="24">
+        <v>2021.2786202299999</v>
+      </c>
+      <c r="DZ23" s="24">
+        <v>2190.3783427499998</v>
+      </c>
+      <c r="EA23" s="24">
+        <v>2239.4959611499999</v>
+      </c>
+      <c r="EB23" s="24">
+        <v>2410.1929598800002</v>
+      </c>
+      <c r="EC23" s="24">
+        <v>2426.5227555299998</v>
+      </c>
+      <c r="ED23" s="24">
+        <v>2851.3761585299999</v>
+      </c>
+      <c r="EE23" s="24">
+        <v>2802.3261109700002</v>
+      </c>
+      <c r="EF23" s="24">
+        <v>3080.4977891200001</v>
+      </c>
+      <c r="EG23" s="24">
+        <v>2922.5204313999998</v>
+      </c>
+      <c r="EH23" s="24">
+        <v>3204.8358910500001</v>
+      </c>
+      <c r="EI23" s="24">
+        <v>3062.2244890000002</v>
+      </c>
+    </row>
+    <row r="24" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" s="23">
+        <v>1312.3177920200001</v>
+      </c>
+      <c r="D24" s="23">
+        <v>1300.83037433</v>
+      </c>
+      <c r="E24" s="23">
+        <v>1483.40317194</v>
+      </c>
+      <c r="F24" s="23">
+        <v>1769.10679276</v>
+      </c>
+      <c r="G24" s="23">
+        <v>1984.2305105800001</v>
+      </c>
+      <c r="H24" s="23">
+        <v>1969.97086117</v>
+      </c>
+      <c r="I24" s="23">
+        <v>1936.5201811699999</v>
+      </c>
+      <c r="J24" s="23">
+        <v>2329.2277364800002</v>
+      </c>
+      <c r="K24" s="23">
+        <v>2369.9303844299998</v>
+      </c>
+      <c r="L24" s="23">
+        <v>2444.00948664</v>
+      </c>
+      <c r="M24" s="23">
+        <v>2704.3510672799998</v>
+      </c>
+      <c r="N24" s="23">
+        <v>2964.2284850999999</v>
+      </c>
+      <c r="O24" s="23">
+        <v>3326.8516280200001</v>
+      </c>
+      <c r="P24" s="23">
+        <v>3625.915739</v>
+      </c>
+      <c r="Q24" s="23">
+        <v>3514.3807035099999</v>
+      </c>
+      <c r="R24" s="23">
+        <v>3553.7047403500001</v>
+      </c>
+      <c r="S24" s="23">
+        <v>3689.0306473000001</v>
+      </c>
+      <c r="T24" s="23">
+        <v>3664.7789212100001</v>
+      </c>
+      <c r="U24" s="23">
+        <v>3712.1599136499999</v>
+      </c>
+      <c r="V24" s="23">
+        <v>3830.8092302099999</v>
+      </c>
+      <c r="W24" s="23">
+        <v>3824.1104325199999</v>
+      </c>
+      <c r="X24" s="23">
+        <v>3922.3482957400001</v>
+      </c>
+      <c r="Y24" s="23">
+        <v>4056.86840652</v>
+      </c>
+      <c r="Z24" s="23">
+        <v>4226.26083156</v>
+      </c>
+      <c r="AA24" s="23">
+        <v>4626.88592083</v>
+      </c>
+      <c r="AB24" s="23">
+        <v>4438.0950093900001</v>
+      </c>
+      <c r="AC24" s="23">
+        <v>4911.8535869799998</v>
+      </c>
+      <c r="AD24" s="23">
+        <v>5258.3972143800002</v>
+      </c>
+      <c r="AE24" s="23">
+        <v>6083.76098594</v>
+      </c>
+      <c r="AF24" s="23">
+        <v>6493.7775664700002</v>
+      </c>
+      <c r="AG24" s="24">
+        <v>460.74804010000003</v>
+      </c>
+      <c r="AH24" s="24">
+        <v>488.87795259000001</v>
+      </c>
+      <c r="AI24" s="24">
+        <v>535.32791392000001</v>
+      </c>
+      <c r="AJ24" s="24">
+        <v>499.27660397</v>
+      </c>
+      <c r="AK24" s="23">
+        <v>457.43687969000001</v>
+      </c>
+      <c r="AL24" s="23">
+        <v>485.36463688999999</v>
+      </c>
+      <c r="AM24" s="23">
+        <v>531.48078611000005</v>
+      </c>
+      <c r="AN24" s="23">
+        <v>495.68855847999998</v>
+      </c>
+      <c r="AO24" s="24">
+        <v>449.66946801</v>
+      </c>
+      <c r="AP24" s="24">
+        <v>477.12300374</v>
+      </c>
+      <c r="AQ24" s="24">
+        <v>522.45608729000003</v>
+      </c>
+      <c r="AR24" s="24">
+        <v>487.27162213000003</v>
+      </c>
+      <c r="AS24" s="23">
+        <v>530.87688983999999</v>
+      </c>
+      <c r="AT24" s="23">
+        <v>579.93343824999999</v>
+      </c>
+      <c r="AU24" s="23">
+        <v>635.37198465999995</v>
+      </c>
+      <c r="AV24" s="23">
+        <v>583.04542373000004</v>
+      </c>
+      <c r="AW24" s="24">
+        <v>534.56386880000002</v>
+      </c>
+      <c r="AX24" s="24">
+        <v>600.25424050000004</v>
+      </c>
+      <c r="AY24" s="24">
+        <v>657.90851162000001</v>
+      </c>
+      <c r="AZ24" s="24">
+        <v>577.20376351000004</v>
+      </c>
+      <c r="BA24" s="23">
+        <v>552.49354645000005</v>
+      </c>
+      <c r="BB24" s="23">
+        <v>625.22393319000003</v>
+      </c>
+      <c r="BC24" s="23">
+        <v>677.14643653999997</v>
+      </c>
+      <c r="BD24" s="23">
+        <v>589.14557046000004</v>
+      </c>
+      <c r="BE24" s="24">
+        <v>599.36460952000004</v>
+      </c>
+      <c r="BF24" s="24">
+        <v>697.83952738000005</v>
+      </c>
+      <c r="BG24" s="24">
+        <v>741.88941309999996</v>
+      </c>
+      <c r="BH24" s="24">
+        <v>665.25751729000001</v>
+      </c>
+      <c r="BI24" s="23">
+        <v>674.06538741999998</v>
+      </c>
+      <c r="BJ24" s="23">
+        <v>757.77843665</v>
+      </c>
+      <c r="BK24" s="23">
+        <v>813.63047715000005</v>
+      </c>
+      <c r="BL24" s="23">
+        <v>718.75418388000003</v>
+      </c>
+      <c r="BM24" s="24">
+        <v>768.06127377999996</v>
+      </c>
+      <c r="BN24" s="24">
+        <v>854.00925207</v>
+      </c>
+      <c r="BO24" s="24">
+        <v>907.25433615999998</v>
+      </c>
+      <c r="BP24" s="24">
+        <v>797.52676600999996</v>
+      </c>
+      <c r="BQ24" s="23">
+        <v>851.02627454000003</v>
+      </c>
+      <c r="BR24" s="23">
+        <v>944.40896785999996</v>
+      </c>
+      <c r="BS24" s="23">
+        <v>989.59905334999996</v>
+      </c>
+      <c r="BT24" s="23">
+        <v>840.88144322999995</v>
+      </c>
+      <c r="BU24" s="24">
+        <v>816.53855450000003</v>
+      </c>
+      <c r="BV24" s="24">
+        <v>918.84598100000005</v>
+      </c>
+      <c r="BW24" s="24">
+        <v>942.27044532000002</v>
+      </c>
+      <c r="BX24" s="24">
+        <v>836.72572269</v>
+      </c>
+      <c r="BY24" s="23">
+        <v>809.56912844999999</v>
+      </c>
+      <c r="BZ24" s="23">
+        <v>836.00969152000005</v>
+      </c>
+      <c r="CA24" s="23">
+        <v>1023.9727506</v>
+      </c>
+      <c r="CB24" s="23">
+        <v>884.15316978999999</v>
+      </c>
+      <c r="CC24" s="24">
+        <v>829.57264459999999</v>
+      </c>
+      <c r="CD24" s="24">
+        <v>885.47365564999996</v>
+      </c>
+      <c r="CE24" s="24">
+        <v>1062.4932102299999</v>
+      </c>
+      <c r="CF24" s="24">
+        <v>911.49113682999996</v>
+      </c>
+      <c r="CG24" s="23">
+        <v>860.55096776000005</v>
+      </c>
+      <c r="CH24" s="23">
+        <v>967.30821889000003</v>
+      </c>
+      <c r="CI24" s="23">
+        <v>909.66559694</v>
+      </c>
+      <c r="CJ24" s="23">
+        <v>927.25413762000005</v>
+      </c>
+      <c r="CK24" s="24">
+        <v>811.31996745000004</v>
+      </c>
+      <c r="CL24" s="24">
+        <v>974.22690244</v>
+      </c>
+      <c r="CM24" s="24">
+        <v>980.41491121000001</v>
+      </c>
+      <c r="CN24" s="24">
+        <v>946.19813254999997</v>
+      </c>
+      <c r="CO24" s="23">
+        <v>904.18316138</v>
+      </c>
+      <c r="CP24" s="23">
+        <v>1003.58665648</v>
+      </c>
+      <c r="CQ24" s="23">
+        <v>943.21124654000005</v>
+      </c>
+      <c r="CR24" s="23">
+        <v>979.82816580999997</v>
+      </c>
+      <c r="CS24" s="24">
+        <v>915.62501522000002</v>
+      </c>
+      <c r="CT24" s="24">
+        <v>1004.96495758</v>
+      </c>
+      <c r="CU24" s="24">
+        <v>933.59208788000001</v>
+      </c>
+      <c r="CV24" s="24">
+        <v>969.92837183999995</v>
+      </c>
+      <c r="CW24" s="23">
+        <v>926.03961562999996</v>
+      </c>
+      <c r="CX24" s="23">
+        <v>1045.18647255</v>
+      </c>
+      <c r="CY24" s="23">
+        <v>963.09794670999997</v>
+      </c>
+      <c r="CZ24" s="23">
+        <v>988.02426085000002</v>
+      </c>
+      <c r="DA24" s="24">
+        <v>949.70265860999996</v>
+      </c>
+      <c r="DB24" s="24">
+        <v>1075.2992717499999</v>
+      </c>
+      <c r="DC24" s="24">
+        <v>996.63505033000001</v>
+      </c>
+      <c r="DD24" s="24">
+        <v>1035.2314258199999</v>
+      </c>
+      <c r="DE24" s="23">
+        <v>978.16273477000004</v>
+      </c>
+      <c r="DF24" s="23">
+        <v>1113.6592666199999</v>
+      </c>
+      <c r="DG24" s="23">
+        <v>1076.8518180599999</v>
+      </c>
+      <c r="DH24" s="23">
+        <v>1057.5870121099999</v>
+      </c>
+      <c r="DI24" s="24">
+        <v>1026.61849949</v>
+      </c>
+      <c r="DJ24" s="24">
+        <v>1193.85049205</v>
+      </c>
+      <c r="DK24" s="24">
+        <v>1156.2549219</v>
+      </c>
+      <c r="DL24" s="24">
+        <v>1250.1620074</v>
+      </c>
+      <c r="DM24" s="23">
+        <v>1109.306114</v>
+      </c>
+      <c r="DN24" s="23">
+        <v>981.43880918000002</v>
+      </c>
+      <c r="DO24" s="23">
+        <v>1139.40284434</v>
+      </c>
+      <c r="DP24" s="23">
+        <v>1207.9472418600001</v>
+      </c>
+      <c r="DQ24" s="24">
+        <v>1009.41696855</v>
+      </c>
+      <c r="DR24" s="24">
+        <v>1207.88526897</v>
+      </c>
+      <c r="DS24" s="24">
+        <v>1155.71709994</v>
+      </c>
+      <c r="DT24" s="24">
+        <v>1538.8342495100001</v>
+      </c>
+      <c r="DU24" s="23">
+        <v>1039.63984478</v>
+      </c>
+      <c r="DV24" s="23">
+        <v>1266.43403878</v>
+      </c>
+      <c r="DW24" s="23">
+        <v>1275.0242395499999</v>
+      </c>
+      <c r="DX24" s="23">
+        <v>1677.2990912800001</v>
+      </c>
+      <c r="DY24" s="24">
+        <v>1221.8924455199999</v>
+      </c>
+      <c r="DZ24" s="24">
+        <v>1523.6272313100001</v>
+      </c>
+      <c r="EA24" s="24">
+        <v>1399.6203463899999</v>
+      </c>
+      <c r="EB24" s="24">
+        <v>1938.62096273</v>
+      </c>
+      <c r="EC24" s="24">
+        <v>1300.1684339599999</v>
+      </c>
+      <c r="ED24" s="24">
+        <v>1574.8680605899999</v>
+      </c>
+      <c r="EE24" s="24">
+        <v>1524.99642597</v>
+      </c>
+      <c r="EF24" s="24">
+        <v>2093.7446459600001</v>
+      </c>
+      <c r="EG24" s="24">
+        <v>1458.8525113200001</v>
+      </c>
+      <c r="EH24" s="24">
+        <v>1781.22565547</v>
+      </c>
+      <c r="EI24" s="24">
+        <v>1730.0913318600001</v>
+      </c>
+    </row>
+    <row r="25" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" s="23">
+        <v>1235.79185779</v>
+      </c>
+      <c r="D25" s="23">
+        <v>1281.96332078</v>
+      </c>
+      <c r="E25" s="23">
+        <v>1361.0195844</v>
+      </c>
+      <c r="F25" s="23">
+        <v>1573.0532175200001</v>
+      </c>
+      <c r="G25" s="23">
+        <v>1630.0525282799999</v>
+      </c>
+      <c r="H25" s="23">
+        <v>1693.8930490400001</v>
+      </c>
+      <c r="I25" s="23">
+        <v>1701.82703941</v>
+      </c>
+      <c r="J25" s="23">
+        <v>1777.00395314</v>
+      </c>
+      <c r="K25" s="23">
+        <v>2555.9362841299999</v>
+      </c>
+      <c r="L25" s="23">
+        <v>2988.3416022400002</v>
+      </c>
+      <c r="M25" s="23">
+        <v>2610.9541130500002</v>
+      </c>
+      <c r="N25" s="23">
+        <v>2561.9944116400002</v>
+      </c>
+      <c r="O25" s="23">
+        <v>3374.86207629</v>
+      </c>
+      <c r="P25" s="23">
+        <v>3571.83193777</v>
+      </c>
+      <c r="Q25" s="23">
+        <v>3504.8661078999999</v>
+      </c>
+      <c r="R25" s="23">
+        <v>2927.9990611600001</v>
+      </c>
+      <c r="S25" s="23">
+        <v>3266.26159504</v>
+      </c>
+      <c r="T25" s="23">
+        <v>2277.6996054699998</v>
+      </c>
+      <c r="U25" s="23">
+        <v>2499.5483661899998</v>
+      </c>
+      <c r="V25" s="23">
+        <v>2303.90903884</v>
+      </c>
+      <c r="W25" s="23">
+        <v>2122.2498619100002</v>
+      </c>
+      <c r="X25" s="23">
+        <v>2151.00575888</v>
+      </c>
+      <c r="Y25" s="23">
+        <v>1835.8920656299999</v>
+      </c>
+      <c r="Z25" s="23">
+        <v>2622.4216320199998</v>
+      </c>
+      <c r="AA25" s="23">
+        <v>3241.9123635000001</v>
+      </c>
+      <c r="AB25" s="23">
+        <v>3585.4569581400001</v>
+      </c>
+      <c r="AC25" s="23">
+        <v>3545.6995856799999</v>
+      </c>
+      <c r="AD25" s="23">
+        <v>4330.8230007100001</v>
+      </c>
+      <c r="AE25" s="23">
+        <v>6067.4550336800003</v>
+      </c>
+      <c r="AF25" s="23">
+        <v>6319.6623606700005</v>
+      </c>
+      <c r="AG25" s="24">
+        <v>352.80144916</v>
+      </c>
+      <c r="AH25" s="24">
+        <v>383.49105018</v>
+      </c>
+      <c r="AI25" s="24">
+        <v>403.73285427000002</v>
+      </c>
+      <c r="AJ25" s="24">
+        <v>490.02717467000002</v>
+      </c>
+      <c r="AK25" s="23">
+        <v>368.54453798999998</v>
+      </c>
+      <c r="AL25" s="23">
+        <v>398.8987788</v>
+      </c>
+      <c r="AM25" s="23">
+        <v>419.38921821000002</v>
+      </c>
+      <c r="AN25" s="23">
+        <v>507.06051403999999</v>
+      </c>
+      <c r="AO25" s="24">
+        <v>373.52708196999998</v>
+      </c>
+      <c r="AP25" s="24">
+        <v>399.1605879</v>
+      </c>
+      <c r="AQ25" s="24">
+        <v>419.67336259000001</v>
+      </c>
+      <c r="AR25" s="24">
+        <v>509.46600695000001</v>
+      </c>
+      <c r="AS25" s="23">
+        <v>327.80828092000002</v>
+      </c>
+      <c r="AT25" s="23">
+        <v>383.83919691</v>
+      </c>
+      <c r="AU25" s="23">
+        <v>395.47324243999998</v>
+      </c>
+      <c r="AV25" s="23">
+        <v>669.88323288000004</v>
+      </c>
+      <c r="AW25" s="24">
+        <v>494.33943988999999</v>
+      </c>
+      <c r="AX25" s="24">
+        <v>669.88385542000003</v>
+      </c>
+      <c r="AY25" s="24">
+        <v>672.10683600000004</v>
+      </c>
+      <c r="AZ25" s="24">
+        <v>719.60615282000003</v>
+      </c>
+      <c r="BA25" s="23">
+        <v>597.52540522000004</v>
+      </c>
+      <c r="BB25" s="23">
+        <v>775.92093690000002</v>
+      </c>
+      <c r="BC25" s="23">
+        <v>762.58860141000002</v>
+      </c>
+      <c r="BD25" s="23">
+        <v>852.30665870999997</v>
+      </c>
+      <c r="BE25" s="24">
+        <v>470.57373324000002</v>
+      </c>
+      <c r="BF25" s="24">
+        <v>674.86145001</v>
+      </c>
+      <c r="BG25" s="24">
+        <v>682.32332033</v>
+      </c>
+      <c r="BH25" s="24">
+        <v>783.19560947000002</v>
+      </c>
+      <c r="BI25" s="23">
+        <v>543.46771205000005</v>
+      </c>
+      <c r="BJ25" s="23">
+        <v>642.50029783000002</v>
+      </c>
+      <c r="BK25" s="23">
+        <v>660.02914830999998</v>
+      </c>
+      <c r="BL25" s="23">
+        <v>715.99725346000002</v>
+      </c>
+      <c r="BM25" s="24">
+        <v>743.98815482999998</v>
+      </c>
+      <c r="BN25" s="24">
+        <v>854.96713882999995</v>
+      </c>
+      <c r="BO25" s="24">
+        <v>859.69764391000001</v>
+      </c>
+      <c r="BP25" s="24">
+        <v>916.20913872000006</v>
+      </c>
+      <c r="BQ25" s="23">
+        <v>755.95021427999995</v>
+      </c>
+      <c r="BR25" s="23">
+        <v>934.28773906000004</v>
+      </c>
+      <c r="BS25" s="23">
+        <v>882.13691312000003</v>
+      </c>
+      <c r="BT25" s="23">
+        <v>999.45707130999995</v>
+      </c>
+      <c r="BU25" s="24">
+        <v>754.16425518000005</v>
+      </c>
+      <c r="BV25" s="24">
+        <v>822.02650797000001</v>
+      </c>
+      <c r="BW25" s="24">
+        <v>885.25424896000004</v>
+      </c>
+      <c r="BX25" s="24">
+        <v>1043.42109579</v>
+      </c>
+      <c r="BY25" s="23">
+        <v>801.48404011000002</v>
+      </c>
+      <c r="BZ25" s="23">
+        <v>617.68010245999994</v>
+      </c>
+      <c r="CA25" s="23">
+        <v>721.17811645999996</v>
+      </c>
+      <c r="CB25" s="23">
+        <v>787.65680213999997</v>
+      </c>
+      <c r="CC25" s="24">
+        <v>1388.1396006699999</v>
+      </c>
+      <c r="CD25" s="24">
+        <v>555.47011462</v>
+      </c>
+      <c r="CE25" s="24">
+        <v>564.04876764999995</v>
+      </c>
+      <c r="CF25" s="24">
+        <v>758.60311209999998</v>
+      </c>
+      <c r="CG25" s="23">
+        <v>471.06776998999999</v>
+      </c>
+      <c r="CH25" s="23">
+        <v>605.12969217</v>
+      </c>
+      <c r="CI25" s="23">
+        <v>550.57487432000005</v>
+      </c>
+      <c r="CJ25" s="23">
+        <v>650.92726898000001</v>
+      </c>
+      <c r="CK25" s="24">
+        <v>520.51125139999999</v>
+      </c>
+      <c r="CL25" s="24">
+        <v>669.03342703999999</v>
+      </c>
+      <c r="CM25" s="24">
+        <v>624.10775020999995</v>
+      </c>
+      <c r="CN25" s="24">
+        <v>685.89593752999997</v>
+      </c>
+      <c r="CO25" s="23">
+        <v>537.96848408999995</v>
+      </c>
+      <c r="CP25" s="23">
+        <v>620.97513280999999</v>
+      </c>
+      <c r="CQ25" s="23">
+        <v>548.16391022000005</v>
+      </c>
+      <c r="CR25" s="23">
+        <v>596.80151173000002</v>
+      </c>
+      <c r="CS25" s="24">
+        <v>407.27335689</v>
+      </c>
+      <c r="CT25" s="24">
+        <v>563.07580581000002</v>
+      </c>
+      <c r="CU25" s="24">
+        <v>561.37402326999995</v>
+      </c>
+      <c r="CV25" s="24">
+        <v>590.52667594000002</v>
+      </c>
+      <c r="CW25" s="23">
+        <v>419.45514187999999</v>
+      </c>
+      <c r="CX25" s="23">
+        <v>570.05527255000004</v>
+      </c>
+      <c r="CY25" s="23">
+        <v>544.22809070000005</v>
+      </c>
+      <c r="CZ25" s="23">
+        <v>617.26725374</v>
+      </c>
+      <c r="DA25" s="24">
+        <v>438.05961199000001</v>
+      </c>
+      <c r="DB25" s="24">
+        <v>432.91202084999998</v>
+      </c>
+      <c r="DC25" s="24">
+        <v>434.59649529000001</v>
+      </c>
+      <c r="DD25" s="24">
+        <v>530.32393750000006</v>
+      </c>
+      <c r="DE25" s="23">
+        <v>369.36479808000001</v>
+      </c>
+      <c r="DF25" s="23">
+        <v>412.10635560999998</v>
+      </c>
+      <c r="DG25" s="23">
+        <v>534.30828371999996</v>
+      </c>
+      <c r="DH25" s="23">
+        <v>1306.6421946</v>
+      </c>
+      <c r="DI25" s="24">
+        <v>504.48890653000001</v>
+      </c>
+      <c r="DJ25" s="24">
+        <v>565.83844462000002</v>
+      </c>
+      <c r="DK25" s="24">
+        <v>847.28548770999998</v>
+      </c>
+      <c r="DL25" s="24">
+        <v>1324.29952465</v>
+      </c>
+      <c r="DM25" s="23">
+        <v>574.64224776000003</v>
+      </c>
+      <c r="DN25" s="23">
+        <v>706.39077459999999</v>
+      </c>
+      <c r="DO25" s="23">
+        <v>818.54793805999998</v>
+      </c>
+      <c r="DP25" s="23">
+        <v>1485.87599772</v>
+      </c>
+      <c r="DQ25" s="24">
+        <v>649.14921173000005</v>
+      </c>
+      <c r="DR25" s="24">
+        <v>891.43476952000003</v>
+      </c>
+      <c r="DS25" s="24">
+        <v>826.72174660999997</v>
+      </c>
+      <c r="DT25" s="24">
+        <v>1178.39385782</v>
+      </c>
+      <c r="DU25" s="23">
+        <v>707.93990355000005</v>
+      </c>
+      <c r="DV25" s="23">
+        <v>871.64209468000001</v>
+      </c>
+      <c r="DW25" s="23">
+        <v>989.00633184000003</v>
+      </c>
+      <c r="DX25" s="23">
+        <v>1762.2346706400001</v>
+      </c>
+      <c r="DY25" s="24">
+        <v>796.38723339000001</v>
+      </c>
+      <c r="DZ25" s="24">
+        <v>1406.5197100299999</v>
+      </c>
+      <c r="EA25" s="24">
+        <v>1344.12808763</v>
+      </c>
+      <c r="EB25" s="24">
+        <v>2520.4200026399999</v>
+      </c>
+      <c r="EC25" s="24">
+        <v>960.95244148999996</v>
+      </c>
+      <c r="ED25" s="24">
+        <v>1550.11561607</v>
+      </c>
+      <c r="EE25" s="24">
+        <v>1455.8932742899999</v>
+      </c>
+      <c r="EF25" s="24">
+        <v>2352.70102881</v>
+      </c>
+      <c r="EG25" s="24">
+        <v>1165.1935420699999</v>
+      </c>
+      <c r="EH25" s="24">
+        <v>1778.4955957899999</v>
+      </c>
+      <c r="EI25" s="24">
+        <v>1770.44249115</v>
+      </c>
+    </row>
+    <row r="26" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" s="23">
+        <v>996.87241643000004</v>
+      </c>
+      <c r="D26" s="23">
+        <v>1022.4603019899999</v>
+      </c>
+      <c r="E26" s="23">
+        <v>1071.97292167</v>
+      </c>
+      <c r="F26" s="23">
+        <v>1215.89729461</v>
+      </c>
+      <c r="G26" s="23">
+        <v>1289.73409672</v>
+      </c>
+      <c r="H26" s="23">
+        <v>1291.54986835</v>
+      </c>
+      <c r="I26" s="23">
+        <v>1171.8363164800001</v>
+      </c>
+      <c r="J26" s="23">
+        <v>1336.89232892</v>
+      </c>
+      <c r="K26" s="23">
+        <v>1967.7667874399999</v>
+      </c>
+      <c r="L26" s="23">
+        <v>2118.94492055</v>
+      </c>
+      <c r="M26" s="23">
+        <v>1854.45938419</v>
+      </c>
+      <c r="N26" s="23">
+        <v>1975.3151811800001</v>
+      </c>
+      <c r="O26" s="23">
+        <v>2725.95669464</v>
+      </c>
+      <c r="P26" s="23">
+        <v>2595.3856805700002</v>
+      </c>
+      <c r="Q26" s="23">
+        <v>2499.85594674</v>
+      </c>
+      <c r="R26" s="23">
+        <v>1700.6564828200001</v>
+      </c>
+      <c r="S26" s="23">
+        <v>1633.0407230799999</v>
+      </c>
+      <c r="T26" s="23">
+        <v>1657.2524585799999</v>
+      </c>
+      <c r="U26" s="23">
+        <v>1834.4601774299999</v>
+      </c>
+      <c r="V26" s="23">
+        <v>1642.7533171299999</v>
+      </c>
+      <c r="W26" s="23">
+        <v>1586.41555713</v>
+      </c>
+      <c r="X26" s="23">
+        <v>1491.8064199999999</v>
+      </c>
+      <c r="Y26" s="23">
+        <v>1297.8449407400001</v>
+      </c>
+      <c r="Z26" s="23">
+        <v>1821.97528276</v>
+      </c>
+      <c r="AA26" s="23">
+        <v>2365.5227430300001</v>
+      </c>
+      <c r="AB26" s="23">
+        <v>2831.0832624599998</v>
+      </c>
+      <c r="AC26" s="23">
+        <v>2800.60398579</v>
+      </c>
+      <c r="AD26" s="23">
+        <v>2760.2809140499999</v>
+      </c>
+      <c r="AE26" s="23">
+        <v>4481.6056108399998</v>
+      </c>
+      <c r="AF26" s="23">
+        <v>4494.2145897</v>
+      </c>
+      <c r="AG26" s="24">
+        <v>287.81313079</v>
+      </c>
+      <c r="AH26" s="24">
+        <v>335.85893615999998</v>
+      </c>
+      <c r="AI26" s="24">
+        <v>338.13858699000002</v>
+      </c>
+      <c r="AJ26" s="24">
+        <v>327.92344278000002</v>
+      </c>
+      <c r="AK26" s="23">
+        <v>288.21833285000002</v>
+      </c>
+      <c r="AL26" s="23">
+        <v>336.33178024</v>
+      </c>
+      <c r="AM26" s="23">
+        <v>338.61464050000001</v>
+      </c>
+      <c r="AN26" s="23">
+        <v>328.38511475000001</v>
+      </c>
+      <c r="AO26" s="24">
+        <v>261.50342142</v>
+      </c>
+      <c r="AP26" s="24">
+        <v>305.15724102000001</v>
+      </c>
+      <c r="AQ26" s="24">
+        <v>307.22850333000002</v>
+      </c>
+      <c r="AR26" s="24">
+        <v>297.94715070000001</v>
+      </c>
+      <c r="AS26" s="23">
+        <v>292.35747214000003</v>
+      </c>
+      <c r="AT26" s="23">
+        <v>350.45811043999998</v>
+      </c>
+      <c r="AU26" s="23">
+        <v>353.21483741999998</v>
+      </c>
+      <c r="AV26" s="23">
+        <v>340.86190892000002</v>
+      </c>
+      <c r="AW26" s="24">
+        <v>399.76529484999998</v>
+      </c>
+      <c r="AX26" s="24">
+        <v>542.20748333999995</v>
+      </c>
+      <c r="AY26" s="24">
+        <v>536.00848554000004</v>
+      </c>
+      <c r="AZ26" s="24">
+        <v>489.78552371000001</v>
+      </c>
+      <c r="BA26" s="23">
+        <v>460.06747440999999</v>
+      </c>
+      <c r="BB26" s="23">
+        <v>597.40354375000004</v>
+      </c>
+      <c r="BC26" s="23">
+        <v>551.14340741000001</v>
+      </c>
+      <c r="BD26" s="23">
+        <v>510.33049498000003</v>
+      </c>
+      <c r="BE26" s="24">
+        <v>378.66583839999998</v>
+      </c>
+      <c r="BF26" s="24">
+        <v>518.12055594000003</v>
+      </c>
+      <c r="BG26" s="24">
+        <v>488.56503357999998</v>
+      </c>
+      <c r="BH26" s="24">
+        <v>469.10795628</v>
+      </c>
+      <c r="BI26" s="23">
+        <v>431.60582018999997</v>
+      </c>
+      <c r="BJ26" s="23">
+        <v>539.48567696999999</v>
+      </c>
+      <c r="BK26" s="23">
+        <v>512.68865550999999</v>
+      </c>
+      <c r="BL26" s="23">
+        <v>491.53502851000002</v>
+      </c>
+      <c r="BM26" s="24">
+        <v>633.44655708000005</v>
+      </c>
+      <c r="BN26" s="24">
+        <v>731.08286877</v>
+      </c>
+      <c r="BO26" s="24">
+        <v>698.83676247999995</v>
+      </c>
+      <c r="BP26" s="24">
+        <v>662.59050631000002</v>
+      </c>
+      <c r="BQ26" s="23">
+        <v>607.66057147000004</v>
+      </c>
+      <c r="BR26" s="23">
+        <v>732.68939809999995</v>
+      </c>
+      <c r="BS26" s="23">
+        <v>656.46304974999998</v>
+      </c>
+      <c r="BT26" s="23">
+        <v>598.57266124</v>
+      </c>
+      <c r="BU26" s="24">
+        <v>594.92609153000001</v>
+      </c>
+      <c r="BV26" s="24">
+        <v>670.50691984000002</v>
+      </c>
+      <c r="BW26" s="24">
+        <v>649.53440327999999</v>
+      </c>
+      <c r="BX26" s="24">
+        <v>584.88853210000002</v>
+      </c>
+      <c r="BY26" s="23">
+        <v>383.76455601999999</v>
+      </c>
+      <c r="BZ26" s="23">
+        <v>450.65733689000001</v>
+      </c>
+      <c r="CA26" s="23">
+        <v>448.65637903999999</v>
+      </c>
+      <c r="CB26" s="23">
+        <v>417.57821087000002</v>
+      </c>
+      <c r="CC26" s="24">
+        <v>371.63674559999998</v>
+      </c>
+      <c r="CD26" s="24">
+        <v>432.15830836999999</v>
+      </c>
+      <c r="CE26" s="24">
+        <v>424.19226584</v>
+      </c>
+      <c r="CF26" s="24">
+        <v>405.05340325999998</v>
+      </c>
+      <c r="CG26" s="23">
+        <v>379.54641724999999</v>
+      </c>
+      <c r="CH26" s="23">
+        <v>468.24325809999999</v>
+      </c>
+      <c r="CI26" s="23">
+        <v>409.21016089</v>
+      </c>
+      <c r="CJ26" s="23">
+        <v>400.25262234000002</v>
+      </c>
+      <c r="CK26" s="24">
+        <v>406.55301379000002</v>
+      </c>
+      <c r="CL26" s="24">
+        <v>511.95333189000002</v>
+      </c>
+      <c r="CM26" s="24">
+        <v>459.34712734999999</v>
+      </c>
+      <c r="CN26" s="24">
+        <v>456.60670440000001</v>
+      </c>
+      <c r="CO26" s="23">
+        <v>350.72886215</v>
+      </c>
+      <c r="CP26" s="23">
+        <v>480.40726102000002</v>
+      </c>
+      <c r="CQ26" s="23">
+        <v>395.58243412000002</v>
+      </c>
+      <c r="CR26" s="23">
+        <v>416.03475982999998</v>
+      </c>
+      <c r="CS26" s="24">
+        <v>338.03367902999997</v>
+      </c>
+      <c r="CT26" s="24">
+        <v>455.34209122999999</v>
+      </c>
+      <c r="CU26" s="24">
+        <v>380.97634729999999</v>
+      </c>
+      <c r="CV26" s="24">
+        <v>412.06343957000001</v>
+      </c>
+      <c r="CW26" s="23">
+        <v>324.57857687000001</v>
+      </c>
+      <c r="CX26" s="23">
+        <v>438.15185503999999</v>
+      </c>
+      <c r="CY26" s="23">
+        <v>341.93715377000001</v>
+      </c>
+      <c r="CZ26" s="23">
+        <v>387.13883430999999</v>
+      </c>
+      <c r="DA26" s="24">
+        <v>359.81568829999998</v>
+      </c>
+      <c r="DB26" s="24">
+        <v>283.23729434000001</v>
+      </c>
+      <c r="DC26" s="24">
+        <v>301.49689108000001</v>
+      </c>
+      <c r="DD26" s="24">
+        <v>353.29506701000003</v>
+      </c>
+      <c r="DE26" s="23">
+        <v>296.82129357999997</v>
+      </c>
+      <c r="DF26" s="23">
+        <v>298.90780387000001</v>
+      </c>
+      <c r="DG26" s="23">
+        <v>416.50222077000001</v>
+      </c>
+      <c r="DH26" s="23">
+        <v>809.74396453999998</v>
+      </c>
+      <c r="DI26" s="24">
+        <v>431.06497289999999</v>
+      </c>
+      <c r="DJ26" s="24">
+        <v>426.22284908</v>
+      </c>
+      <c r="DK26" s="24">
+        <v>636.34461195999995</v>
+      </c>
+      <c r="DL26" s="24">
+        <v>871.89030908999996</v>
+      </c>
+      <c r="DM26" s="23">
+        <v>465.37742403999999</v>
+      </c>
+      <c r="DN26" s="23">
+        <v>530.85527750000006</v>
+      </c>
+      <c r="DO26" s="23">
+        <v>701.96566934999998</v>
+      </c>
+      <c r="DP26" s="23">
+        <v>1132.88489157</v>
+      </c>
+      <c r="DQ26" s="24">
+        <v>530.70095223999999</v>
+      </c>
+      <c r="DR26" s="24">
+        <v>754.46731586999999</v>
+      </c>
+      <c r="DS26" s="24">
+        <v>669.64125153999998</v>
+      </c>
+      <c r="DT26" s="24">
+        <v>845.79446614000005</v>
+      </c>
+      <c r="DU26" s="23">
+        <v>508.40647995</v>
+      </c>
+      <c r="DV26" s="23">
+        <v>631.14118965</v>
+      </c>
+      <c r="DW26" s="23">
+        <v>609.82983492999995</v>
+      </c>
+      <c r="DX26" s="23">
+        <v>1010.90340952</v>
+      </c>
+      <c r="DY26" s="24">
+        <v>600.51538554000001</v>
+      </c>
+      <c r="DZ26" s="24">
+        <v>1145.57953097</v>
+      </c>
+      <c r="EA26" s="24">
+        <v>875.32709567999996</v>
+      </c>
+      <c r="EB26" s="24">
+        <v>1860.18359865</v>
+      </c>
+      <c r="EC26" s="24">
+        <v>737.15760776000002</v>
+      </c>
+      <c r="ED26" s="24">
+        <v>1095.51712378</v>
+      </c>
+      <c r="EE26" s="24">
+        <v>1027.5552456299999</v>
+      </c>
+      <c r="EF26" s="24">
+        <v>1633.98461253</v>
+      </c>
+      <c r="EG26" s="24">
+        <v>902.57481442000005</v>
+      </c>
+      <c r="EH26" s="24">
+        <v>1353.9865936900001</v>
+      </c>
+      <c r="EI26" s="24">
+        <v>1346.28925491</v>
+      </c>
+    </row>
+    <row r="27" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C27" s="23">
+        <v>238.91944136000001</v>
+      </c>
+      <c r="D27" s="23">
+        <v>259.50301879</v>
+      </c>
+      <c r="E27" s="23">
+        <v>289.04666272999998</v>
+      </c>
+      <c r="F27" s="23">
+        <v>357.15592291000002</v>
+      </c>
+      <c r="G27" s="23">
+        <v>340.31843156000002</v>
+      </c>
+      <c r="H27" s="23">
+        <v>402.34318069</v>
+      </c>
+      <c r="I27" s="23">
+        <v>529.99072292999995</v>
+      </c>
+      <c r="J27" s="23">
+        <v>440.11162422000001</v>
+      </c>
+      <c r="K27" s="23">
+        <v>588.16949668999996</v>
+      </c>
+      <c r="L27" s="23">
+        <v>869.39668169000004</v>
+      </c>
+      <c r="M27" s="23">
+        <v>756.49472885</v>
+      </c>
+      <c r="N27" s="23">
+        <v>586.67923045999999</v>
+      </c>
+      <c r="O27" s="23">
+        <v>648.90538165999999</v>
+      </c>
+      <c r="P27" s="23">
+        <v>976.44625719999999</v>
+      </c>
+      <c r="Q27" s="23">
+        <v>1005.0101611699999</v>
+      </c>
+      <c r="R27" s="23">
+        <v>1227.34257834</v>
+      </c>
+      <c r="S27" s="23">
+        <v>1633.2208719600001</v>
+      </c>
+      <c r="T27" s="23">
+        <v>620.44714689</v>
+      </c>
+      <c r="U27" s="23">
+        <v>665.08818875999998</v>
+      </c>
+      <c r="V27" s="23">
+        <v>661.15572171999997</v>
+      </c>
+      <c r="W27" s="23">
+        <v>535.83430478000002</v>
+      </c>
+      <c r="X27" s="23">
+        <v>659.19933889000004</v>
+      </c>
+      <c r="Y27" s="23">
+        <v>538.04712488999996</v>
+      </c>
+      <c r="Z27" s="23">
+        <v>800.44634926000003</v>
+      </c>
+      <c r="AA27" s="23">
+        <v>876.38962047999996</v>
+      </c>
+      <c r="AB27" s="23">
+        <v>754.37369567999997</v>
+      </c>
+      <c r="AC27" s="23">
+        <v>745.09559989000002</v>
+      </c>
+      <c r="AD27" s="23">
+        <v>1570.5420866699999</v>
+      </c>
+      <c r="AE27" s="23">
+        <v>1585.84942284</v>
+      </c>
+      <c r="AF27" s="23">
+        <v>1825.44777097</v>
+      </c>
+      <c r="AG27" s="24">
+        <v>64.988318370000002</v>
+      </c>
+      <c r="AH27" s="24">
+        <v>47.632114020000003</v>
+      </c>
+      <c r="AI27" s="24">
+        <v>65.594267279999997</v>
+      </c>
+      <c r="AJ27" s="24">
+        <v>162.10373189000001</v>
+      </c>
+      <c r="AK27" s="23">
+        <v>80.326205139999999</v>
+      </c>
+      <c r="AL27" s="23">
+        <v>62.566998560000002</v>
+      </c>
+      <c r="AM27" s="23">
+        <v>80.774577710000003</v>
+      </c>
+      <c r="AN27" s="23">
+        <v>178.67539927999999</v>
+      </c>
+      <c r="AO27" s="24">
+        <v>112.02366055</v>
+      </c>
+      <c r="AP27" s="24">
+        <v>94.003346879999995</v>
+      </c>
+      <c r="AQ27" s="24">
+        <v>112.44485926</v>
+      </c>
+      <c r="AR27" s="24">
+        <v>211.51885625</v>
+      </c>
+      <c r="AS27" s="23">
+        <v>35.450808780000003</v>
+      </c>
+      <c r="AT27" s="23">
+        <v>33.38108647</v>
+      </c>
+      <c r="AU27" s="23">
+        <v>42.258405019999998</v>
+      </c>
+      <c r="AV27" s="23">
+        <v>329.02132396000002</v>
+      </c>
+      <c r="AW27" s="24">
+        <v>94.574145040000005</v>
+      </c>
+      <c r="AX27" s="24">
+        <v>127.67637207999999</v>
+      </c>
+      <c r="AY27" s="24">
+        <v>136.09835046000001</v>
+      </c>
+      <c r="AZ27" s="24">
+        <v>229.82062911</v>
+      </c>
+      <c r="BA27" s="23">
+        <v>137.45793082</v>
+      </c>
+      <c r="BB27" s="23">
+        <v>178.51739315</v>
+      </c>
+      <c r="BC27" s="23">
+        <v>211.44519399000001</v>
+      </c>
+      <c r="BD27" s="23">
+        <v>341.97616373</v>
+      </c>
+      <c r="BE27" s="24">
+        <v>91.907894839999997</v>
+      </c>
+      <c r="BF27" s="24">
+        <v>156.74089407</v>
+      </c>
+      <c r="BG27" s="24">
+        <v>193.75828676</v>
+      </c>
+      <c r="BH27" s="24">
+        <v>314.08765319000003</v>
+      </c>
+      <c r="BI27" s="23">
+        <v>111.86189186</v>
+      </c>
+      <c r="BJ27" s="23">
+        <v>103.01462085999999</v>
+      </c>
+      <c r="BK27" s="23">
+        <v>147.34049279999999</v>
+      </c>
+      <c r="BL27" s="23">
+        <v>224.46222494</v>
+      </c>
+      <c r="BM27" s="24">
+        <v>110.54159774999999</v>
+      </c>
+      <c r="BN27" s="24">
+        <v>123.88427006000001</v>
+      </c>
+      <c r="BO27" s="24">
+        <v>160.86088143000001</v>
+      </c>
+      <c r="BP27" s="24">
+        <v>253.61863241</v>
+      </c>
+      <c r="BQ27" s="23">
+        <v>148.2896428</v>
+      </c>
+      <c r="BR27" s="23">
+        <v>201.59834096</v>
+      </c>
+      <c r="BS27" s="23">
+        <v>225.67386336999999</v>
+      </c>
+      <c r="BT27" s="23">
+        <v>400.88441007</v>
+      </c>
+      <c r="BU27" s="24">
+        <v>159.23816364999999</v>
+      </c>
+      <c r="BV27" s="24">
+        <v>151.51958812999999</v>
+      </c>
+      <c r="BW27" s="24">
+        <v>235.71984569</v>
+      </c>
+      <c r="BX27" s="24">
+        <v>458.53256370000003</v>
+      </c>
+      <c r="BY27" s="23">
+        <v>417.71948408999998</v>
+      </c>
+      <c r="BZ27" s="23">
+        <v>167.02276556999999</v>
+      </c>
+      <c r="CA27" s="23">
+        <v>272.52173742000002</v>
+      </c>
+      <c r="CB27" s="23">
+        <v>370.07859126</v>
+      </c>
+      <c r="CC27" s="24">
+        <v>1016.50285507</v>
+      </c>
+      <c r="CD27" s="24">
+        <v>123.31180624</v>
+      </c>
+      <c r="CE27" s="24">
+        <v>139.85650181</v>
+      </c>
+      <c r="CF27" s="24">
+        <v>353.54970883999999</v>
+      </c>
+      <c r="CG27" s="23">
+        <v>91.521352750000005</v>
+      </c>
+      <c r="CH27" s="23">
+        <v>136.88643407000001</v>
+      </c>
+      <c r="CI27" s="23">
+        <v>141.36471344</v>
+      </c>
+      <c r="CJ27" s="23">
+        <v>250.67464663999999</v>
+      </c>
+      <c r="CK27" s="24">
+        <v>113.95823762000001</v>
+      </c>
+      <c r="CL27" s="24">
+        <v>157.08009515000001</v>
+      </c>
+      <c r="CM27" s="24">
+        <v>164.76062286000001</v>
+      </c>
+      <c r="CN27" s="24">
+        <v>229.28923313000001</v>
+      </c>
+      <c r="CO27" s="23">
+        <v>187.23962193</v>
+      </c>
+      <c r="CP27" s="23">
+        <v>140.56787179</v>
+      </c>
+      <c r="CQ27" s="23">
+        <v>152.5814761</v>
+      </c>
+      <c r="CR27" s="23">
+        <v>180.7667519</v>
+      </c>
+      <c r="CS27" s="24">
+        <v>69.23967786</v>
+      </c>
+      <c r="CT27" s="24">
+        <v>107.73371457</v>
+      </c>
+      <c r="CU27" s="24">
+        <v>180.39767598</v>
+      </c>
+      <c r="CV27" s="24">
+        <v>178.46323637</v>
+      </c>
+      <c r="CW27" s="23">
+        <v>94.876565009999993</v>
+      </c>
+      <c r="CX27" s="23">
+        <v>131.90341751</v>
+      </c>
+      <c r="CY27" s="23">
+        <v>202.29093692999999</v>
+      </c>
+      <c r="CZ27" s="23">
+        <v>230.12841943000001</v>
+      </c>
+      <c r="DA27" s="24">
+        <v>78.243923690000003</v>
+      </c>
+      <c r="DB27" s="24">
+        <v>149.67472651</v>
+      </c>
+      <c r="DC27" s="24">
+        <v>133.09960421</v>
+      </c>
+      <c r="DD27" s="24">
+        <v>177.02887049</v>
+      </c>
+      <c r="DE27" s="23">
+        <v>72.543504510000005</v>
+      </c>
+      <c r="DF27" s="23">
+        <v>113.19855174</v>
+      </c>
+      <c r="DG27" s="23">
+        <v>117.80606295</v>
+      </c>
+      <c r="DH27" s="23">
+        <v>496.89823006</v>
+      </c>
+      <c r="DI27" s="24">
+        <v>73.42393362</v>
+      </c>
+      <c r="DJ27" s="24">
+        <v>139.61559554999999</v>
+      </c>
+      <c r="DK27" s="24">
+        <v>210.94087575</v>
+      </c>
+      <c r="DL27" s="24">
+        <v>452.40921556000001</v>
+      </c>
+      <c r="DM27" s="23">
+        <v>109.26482372</v>
+      </c>
+      <c r="DN27" s="23">
+        <v>175.53549709999999</v>
+      </c>
+      <c r="DO27" s="23">
+        <v>116.58226870999999</v>
+      </c>
+      <c r="DP27" s="23">
+        <v>352.99110615000001</v>
+      </c>
+      <c r="DQ27" s="24">
+        <v>118.44825948</v>
+      </c>
+      <c r="DR27" s="24">
+        <v>136.96745365000001</v>
+      </c>
+      <c r="DS27" s="24">
+        <v>157.08049507000001</v>
+      </c>
+      <c r="DT27" s="24">
+        <v>332.59939168</v>
+      </c>
+      <c r="DU27" s="23">
+        <v>199.53342359999999</v>
+      </c>
+      <c r="DV27" s="23">
+        <v>240.50090503999999</v>
+      </c>
+      <c r="DW27" s="23">
+        <v>379.17649691000003</v>
+      </c>
+      <c r="DX27" s="23">
+        <v>751.33126112000002</v>
+      </c>
+      <c r="DY27" s="24">
+        <v>195.87184784999999</v>
+      </c>
+      <c r="DZ27" s="24">
+        <v>260.94017905999999</v>
+      </c>
+      <c r="EA27" s="24">
+        <v>468.80099194000002</v>
+      </c>
+      <c r="EB27" s="24">
+        <v>660.23640398999999</v>
+      </c>
+      <c r="EC27" s="24">
+        <v>223.79483372999999</v>
+      </c>
+      <c r="ED27" s="24">
+        <v>454.59849229000002</v>
+      </c>
+      <c r="EE27" s="24">
+        <v>428.33802866000002</v>
+      </c>
+      <c r="EF27" s="24">
+        <v>718.71641628999998</v>
+      </c>
+      <c r="EG27" s="24">
+        <v>262.61872764999998</v>
+      </c>
+      <c r="EH27" s="24">
+        <v>424.50900209999998</v>
+      </c>
+      <c r="EI27" s="24">
+        <v>424.15323624000001</v>
+      </c>
+    </row>
+    <row r="28" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="30" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" s="31">
+        <v>-77.567934500000007</v>
+      </c>
+      <c r="D28" s="31">
+        <v>-844.77566638999997</v>
+      </c>
+      <c r="E28" s="31">
+        <v>265.67212280000001</v>
+      </c>
+      <c r="F28" s="31">
+        <v>-178.61160697</v>
+      </c>
+      <c r="G28" s="31">
+        <v>-1950.3313827699999</v>
+      </c>
+      <c r="H28" s="31">
+        <v>-2111.9842192999999</v>
+      </c>
+      <c r="I28" s="31">
+        <v>-1174.2582615399999</v>
+      </c>
+      <c r="J28" s="31">
+        <v>-1298.85317065</v>
+      </c>
+      <c r="K28" s="31">
+        <v>-1431.83031839</v>
+      </c>
+      <c r="L28" s="31">
+        <v>-1927.86282067</v>
+      </c>
+      <c r="M28" s="31">
+        <v>-1097.0396794000001</v>
+      </c>
+      <c r="N28" s="31">
+        <v>-731.20715022000002</v>
+      </c>
+      <c r="O28" s="31">
+        <v>-913.11799458999997</v>
+      </c>
+      <c r="P28" s="31">
+        <v>-1082.2274612799999</v>
+      </c>
+      <c r="Q28" s="31">
+        <v>-3122.9290466500001</v>
+      </c>
+      <c r="R28" s="31">
+        <v>-2947.7590748399998</v>
+      </c>
+      <c r="S28" s="31">
+        <v>-3422.83910814</v>
+      </c>
+      <c r="T28" s="31">
+        <v>-2447.9264963400001</v>
+      </c>
+      <c r="U28" s="31">
+        <v>-2471.74046843</v>
+      </c>
+      <c r="V28" s="31">
+        <v>-2301.7313602099998</v>
+      </c>
+      <c r="W28" s="31">
+        <v>-1598.9367162799999</v>
+      </c>
+      <c r="X28" s="31">
+        <v>-492.79350798000002</v>
+      </c>
+      <c r="Y28" s="31">
+        <v>276.29746231000001</v>
+      </c>
+      <c r="Z28" s="31">
+        <v>-29.72564058</v>
+      </c>
+      <c r="AA28" s="31">
+        <v>124.67666127</v>
+      </c>
+      <c r="AB28" s="31">
+        <v>-3673.53681082</v>
+      </c>
+      <c r="AC28" s="31">
+        <v>-1501.4869092700001</v>
+      </c>
+      <c r="AD28" s="31">
+        <v>95.395976439999998</v>
+      </c>
+      <c r="AE28" s="31">
+        <v>-621.82014973000003</v>
+      </c>
+      <c r="AF28" s="31">
+        <v>-1672.78755099</v>
+      </c>
+      <c r="AG28" s="32">
+        <v>-609.77760751999995</v>
+      </c>
+      <c r="AH28" s="32">
+        <v>-453.84585161000001</v>
+      </c>
+      <c r="AI28" s="32">
+        <v>-404.82178412000002</v>
+      </c>
+      <c r="AJ28" s="32">
+        <v>-481.88613951999997</v>
+      </c>
+      <c r="AK28" s="31">
+        <v>-539.07447187000002</v>
+      </c>
+      <c r="AL28" s="31">
+        <v>-492.19202296999998</v>
+      </c>
+      <c r="AM28" s="31">
+        <v>-478.49312055000001</v>
+      </c>
+      <c r="AN28" s="31">
+        <v>-602.22460392000005</v>
+      </c>
+      <c r="AO28" s="32">
+        <v>-396.05602155999998</v>
+      </c>
+      <c r="AP28" s="32">
+        <v>-315.18879102</v>
+      </c>
+      <c r="AQ28" s="32">
+        <v>-137.68378973</v>
+      </c>
+      <c r="AR28" s="32">
+        <v>-325.32965922</v>
+      </c>
+      <c r="AS28" s="31">
+        <v>-432.56714409</v>
+      </c>
+      <c r="AT28" s="31">
+        <v>-278.63208890999999</v>
+      </c>
+      <c r="AU28" s="31">
+        <v>-113.69799657999999</v>
+      </c>
+      <c r="AV28" s="31">
+        <v>-473.95594106999999</v>
+      </c>
+      <c r="AW28" s="32">
+        <v>-525.32792081000002</v>
+      </c>
+      <c r="AX28" s="32">
+        <v>-423.85128852000003</v>
+      </c>
+      <c r="AY28" s="32">
+        <v>-255.28206392999999</v>
+      </c>
+      <c r="AZ28" s="32">
+        <v>-227.36904512999999</v>
+      </c>
+      <c r="BA28" s="31">
+        <v>-547.94723097999997</v>
+      </c>
+      <c r="BB28" s="31">
+        <v>-626.58997212999998</v>
+      </c>
+      <c r="BC28" s="31">
+        <v>-399.01734965000003</v>
+      </c>
+      <c r="BD28" s="31">
+        <v>-354.30826789999998</v>
+      </c>
+      <c r="BE28" s="32">
+        <v>-528.11504005999996</v>
+      </c>
+      <c r="BF28" s="32">
+        <v>-396.66424716</v>
+      </c>
+      <c r="BG28" s="32">
+        <v>-107.68130574</v>
+      </c>
+      <c r="BH28" s="32">
+        <v>-64.579086430000004</v>
+      </c>
+      <c r="BI28" s="31">
+        <v>-349.64449187999998</v>
+      </c>
+      <c r="BJ28" s="31">
+        <v>-385.06695388000003</v>
+      </c>
+      <c r="BK28" s="31">
+        <v>-198.85286271999999</v>
+      </c>
+      <c r="BL28" s="31">
+        <v>202.35715827000001</v>
+      </c>
+      <c r="BM28" s="32">
+        <v>-420.13851775000001</v>
+      </c>
+      <c r="BN28" s="32">
+        <v>-283.40674195000003</v>
+      </c>
+      <c r="BO28" s="32">
+        <v>-224.29937065999999</v>
+      </c>
+      <c r="BP28" s="32">
+        <v>14.72663577</v>
+      </c>
+      <c r="BQ28" s="31">
+        <v>-236.57525591000001</v>
+      </c>
+      <c r="BR28" s="31">
+        <v>-169.87928142000001</v>
+      </c>
+      <c r="BS28" s="31">
+        <v>-145.50695901</v>
+      </c>
+      <c r="BT28" s="31">
+        <v>-530.26596494</v>
+      </c>
+      <c r="BU28" s="32">
+        <v>-727.79997265999998</v>
+      </c>
+      <c r="BV28" s="32">
+        <v>-961.39020511000001</v>
+      </c>
+      <c r="BW28" s="32">
+        <v>-666.57893374000002</v>
+      </c>
+      <c r="BX28" s="32">
+        <v>-767.15993514000002</v>
+      </c>
+      <c r="BY28" s="31">
+        <v>-1071.5116773499999</v>
+      </c>
+      <c r="BZ28" s="31">
+        <v>-611.75480137</v>
+      </c>
+      <c r="CA28" s="31">
+        <v>-415.81219702999999</v>
+      </c>
+      <c r="CB28" s="31">
+        <v>-848.68039908000003</v>
+      </c>
+      <c r="CC28" s="32">
+        <v>-1723.7198912399999</v>
+      </c>
+      <c r="CD28" s="32">
+        <v>-730.21698379999998</v>
+      </c>
+      <c r="CE28" s="32">
+        <v>-227.34732815000001</v>
+      </c>
+      <c r="CF28" s="32">
+        <v>-741.55490495000004</v>
+      </c>
+      <c r="CG28" s="31">
+        <v>-735.32097108999994</v>
+      </c>
+      <c r="CH28" s="31">
+        <v>-760.00908052</v>
+      </c>
+      <c r="CI28" s="31">
+        <v>-350.17391285999997</v>
+      </c>
+      <c r="CJ28" s="31">
+        <v>-602.42253186000005</v>
+      </c>
+      <c r="CK28" s="32">
+        <v>-747.80780059000006</v>
+      </c>
+      <c r="CL28" s="32">
+        <v>-540.25991268999996</v>
+      </c>
+      <c r="CM28" s="32">
+        <v>-463.94065733999997</v>
+      </c>
+      <c r="CN28" s="32">
+        <v>-719.73209781000003</v>
+      </c>
+      <c r="CO28" s="31">
+        <v>-1072.0661960899999</v>
+      </c>
+      <c r="CP28" s="31">
+        <v>-622.21144241000002</v>
+      </c>
+      <c r="CQ28" s="31">
+        <v>-14.4073224</v>
+      </c>
+      <c r="CR28" s="31">
+        <v>-593.04639931999998</v>
+      </c>
+      <c r="CS28" s="32">
+        <v>-879.62477941999998</v>
+      </c>
+      <c r="CT28" s="32">
+        <v>-480.48910682000002</v>
+      </c>
+      <c r="CU28" s="32">
+        <v>165.16950818999999</v>
+      </c>
+      <c r="CV28" s="32">
+        <v>-403.99233822000002</v>
+      </c>
+      <c r="CW28" s="31">
+        <v>-476.95287753000002</v>
+      </c>
+      <c r="CX28" s="31">
+        <v>82.374842319999999</v>
+      </c>
+      <c r="CY28" s="31">
+        <v>182.04632581999999</v>
+      </c>
+      <c r="CZ28" s="31">
+        <v>-280.26179859000001</v>
+      </c>
+      <c r="DA28" s="32">
+        <v>-386.05462478999999</v>
+      </c>
+      <c r="DB28" s="32">
+        <v>145.01025308000001</v>
+      </c>
+      <c r="DC28" s="32">
+        <v>447.35632228999998</v>
+      </c>
+      <c r="DD28" s="32">
+        <v>69.985511729999999</v>
+      </c>
+      <c r="DE28" s="31">
+        <v>-302.14029190000002</v>
+      </c>
+      <c r="DF28" s="31">
+        <v>316.52139387</v>
+      </c>
+      <c r="DG28" s="31">
+        <v>498.83153017000001</v>
+      </c>
+      <c r="DH28" s="31">
+        <v>-542.93827271999999</v>
+      </c>
+      <c r="DI28" s="32">
+        <v>-180.21715581999999</v>
+      </c>
+      <c r="DJ28" s="32">
+        <v>298.29342068</v>
+      </c>
+      <c r="DK28" s="32">
+        <v>456.95839157</v>
+      </c>
+      <c r="DL28" s="32">
+        <v>-450.35799515000002</v>
+      </c>
+      <c r="DM28" s="31">
+        <v>-571.15662668000004</v>
+      </c>
+      <c r="DN28" s="31">
+        <v>-1780.5720900900001</v>
+      </c>
+      <c r="DO28" s="31">
+        <v>-117.51576113</v>
+      </c>
+      <c r="DP28" s="31">
+        <v>-1204.29233292</v>
+      </c>
+      <c r="DQ28" s="32">
+        <v>-630.44128192000005</v>
+      </c>
+      <c r="DR28" s="32">
+        <v>-730.28901642000005</v>
+      </c>
+      <c r="DS28" s="32">
+        <v>581.33222206999994</v>
+      </c>
+      <c r="DT28" s="32">
+        <v>-722.08883300000002</v>
+      </c>
+      <c r="DU28" s="31">
+        <v>-32.179971119999998</v>
+      </c>
+      <c r="DV28" s="31">
+        <v>443.68709898999998</v>
+      </c>
+      <c r="DW28" s="31">
+        <v>912.38220119000005</v>
+      </c>
+      <c r="DX28" s="31">
+        <v>-1228.49335262</v>
+      </c>
+      <c r="DY28" s="32">
+        <v>-231.47436481</v>
+      </c>
+      <c r="DZ28" s="32">
+        <v>195.31103915</v>
+      </c>
+      <c r="EA28" s="32">
+        <v>982.84658778999994</v>
+      </c>
+      <c r="EB28" s="32">
+        <v>-1568.50341185</v>
+      </c>
+      <c r="EC28" s="32">
+        <v>-246.48110758000001</v>
+      </c>
+      <c r="ED28" s="32">
+        <v>-609.50720316000002</v>
+      </c>
+      <c r="EE28" s="32">
+        <v>688.21289431000002</v>
+      </c>
+      <c r="EF28" s="32">
+        <v>-1505.01213456</v>
+      </c>
+      <c r="EG28" s="32">
+        <v>-814.51449726999999</v>
+      </c>
+      <c r="EH28" s="32">
+        <v>-997.97604403000003</v>
+      </c>
+      <c r="EI28" s="32">
+        <v>544.58995992999996</v>
+      </c>
+    </row>
+    <row r="29" spans="2:139" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="16" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" s="33"/>
+      <c r="D29" s="33"/>
+      <c r="E29" s="33"/>
+      <c r="F29" s="33"/>
+      <c r="G29" s="33"/>
+      <c r="H29" s="33"/>
+      <c r="I29" s="33"/>
+      <c r="J29" s="33"/>
+      <c r="K29" s="33"/>
+      <c r="L29" s="33"/>
+      <c r="M29" s="33"/>
+      <c r="N29" s="33"/>
+      <c r="O29" s="33"/>
+      <c r="P29" s="33"/>
+      <c r="Q29" s="33"/>
+      <c r="R29" s="33"/>
+      <c r="S29" s="33"/>
+      <c r="T29" s="33"/>
+      <c r="U29" s="33"/>
+      <c r="V29" s="33"/>
+      <c r="W29" s="33"/>
+      <c r="X29" s="33"/>
+      <c r="Y29" s="33"/>
+      <c r="Z29" s="33"/>
+      <c r="AA29" s="33"/>
+      <c r="AB29" s="33"/>
+      <c r="AC29" s="33"/>
+      <c r="AD29" s="33"/>
+      <c r="AE29" s="33"/>
+      <c r="AF29" s="33"/>
+      <c r="AG29" s="34"/>
+      <c r="AH29" s="34"/>
+      <c r="AI29" s="34"/>
+      <c r="AJ29" s="34"/>
+      <c r="AK29" s="33"/>
+      <c r="AL29" s="33"/>
+      <c r="AM29" s="33"/>
+      <c r="AN29" s="33"/>
+      <c r="AO29" s="34"/>
+      <c r="AP29" s="34"/>
+      <c r="AQ29" s="34"/>
+      <c r="AR29" s="34"/>
+      <c r="AS29" s="33"/>
+      <c r="AT29" s="33"/>
+      <c r="AU29" s="33"/>
+      <c r="AV29" s="33"/>
+      <c r="AW29" s="34"/>
+      <c r="AX29" s="34"/>
+      <c r="AY29" s="34"/>
+      <c r="AZ29" s="34"/>
+      <c r="BA29" s="33"/>
+      <c r="BB29" s="33"/>
+      <c r="BC29" s="33"/>
+      <c r="BD29" s="33"/>
+      <c r="BE29" s="34"/>
+      <c r="BF29" s="34"/>
+      <c r="BG29" s="34"/>
+      <c r="BH29" s="34"/>
+      <c r="BI29" s="33"/>
+      <c r="BJ29" s="33"/>
+      <c r="BK29" s="33"/>
+      <c r="BL29" s="33"/>
+      <c r="BM29" s="34"/>
+      <c r="BN29" s="34"/>
+      <c r="BO29" s="34"/>
+      <c r="BP29" s="34"/>
+      <c r="BQ29" s="33"/>
+      <c r="BR29" s="33"/>
+      <c r="BS29" s="33"/>
+      <c r="BT29" s="33"/>
+      <c r="BU29" s="34"/>
+      <c r="BV29" s="34"/>
+      <c r="BW29" s="34"/>
+      <c r="BX29" s="34"/>
+      <c r="BY29" s="33"/>
+      <c r="BZ29" s="33"/>
+      <c r="CA29" s="33"/>
+      <c r="CB29" s="33"/>
+      <c r="CC29" s="34"/>
+      <c r="CD29" s="34"/>
+      <c r="CE29" s="34"/>
+      <c r="CF29" s="34"/>
+      <c r="CG29" s="33"/>
+      <c r="CH29" s="33"/>
+      <c r="CI29" s="33"/>
+      <c r="CJ29" s="33"/>
+      <c r="CK29" s="34"/>
+      <c r="CL29" s="34"/>
+      <c r="CM29" s="34"/>
+      <c r="CN29" s="34"/>
+      <c r="CO29" s="33"/>
+      <c r="CP29" s="33"/>
+      <c r="CQ29" s="33"/>
+      <c r="CR29" s="33"/>
+      <c r="CS29" s="34"/>
+      <c r="CT29" s="34"/>
+      <c r="CU29" s="34"/>
+      <c r="CV29" s="34"/>
+      <c r="CW29" s="33"/>
+      <c r="CX29" s="33"/>
+      <c r="CY29" s="33"/>
+      <c r="CZ29" s="33"/>
+      <c r="DA29" s="34"/>
+      <c r="DB29" s="34"/>
+      <c r="DC29" s="34"/>
+      <c r="DD29" s="34"/>
+      <c r="DE29" s="33"/>
+      <c r="DF29" s="33"/>
+      <c r="DG29" s="33"/>
+      <c r="DH29" s="33"/>
+      <c r="DI29" s="34"/>
+      <c r="DJ29" s="34"/>
+      <c r="DK29" s="34"/>
+      <c r="DL29" s="34"/>
+      <c r="DM29" s="33"/>
+      <c r="DN29" s="33"/>
+      <c r="DO29" s="33"/>
+      <c r="DP29" s="33"/>
+      <c r="DQ29" s="34"/>
+      <c r="DR29" s="34"/>
+      <c r="DS29" s="34"/>
+      <c r="DT29" s="34"/>
+      <c r="DU29" s="33"/>
+      <c r="DV29" s="33"/>
+      <c r="DW29" s="33"/>
+      <c r="DY29" s="34"/>
+      <c r="DZ29" s="34"/>
+      <c r="EA29" s="34"/>
+      <c r="EB29" s="34"/>
+      <c r="EG29" s="34"/>
+      <c r="EH29" s="34"/>
+      <c r="EI29" s="34"/>
+    </row>
+    <row r="30" spans="2:139" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" s="19">
+        <v>6211.2023866199997</v>
+      </c>
+      <c r="D30" s="19">
+        <v>5768.7812962600001</v>
+      </c>
+      <c r="E30" s="19">
+        <v>7224.6247466900004</v>
+      </c>
+      <c r="F30" s="19">
+        <v>7809.51243565</v>
+      </c>
+      <c r="G30" s="19">
+        <v>7051.9661769000004</v>
+      </c>
+      <c r="H30" s="19">
+        <v>7160.2786685900001</v>
+      </c>
+      <c r="I30" s="19">
+        <v>7587.3869398099996</v>
+      </c>
+      <c r="J30" s="19">
+        <v>8265.4463693500002</v>
+      </c>
+      <c r="K30" s="19">
+        <v>9038.8877217299996</v>
+      </c>
+      <c r="L30" s="19">
+        <v>9264.3238108099995</v>
+      </c>
+      <c r="M30" s="19">
+        <v>10088.58824436</v>
+      </c>
+      <c r="N30" s="19">
+        <v>10501.747134339999</v>
+      </c>
+      <c r="O30" s="19">
+        <v>12069.753888249999</v>
+      </c>
+      <c r="P30" s="19">
+        <v>12789.56070523</v>
+      </c>
+      <c r="Q30" s="19">
+        <v>11172.421955620001</v>
+      </c>
+      <c r="R30" s="19">
+        <v>10982.77318038</v>
+      </c>
+      <c r="S30" s="19">
+        <v>11216.961843450001</v>
+      </c>
+      <c r="T30" s="19">
+        <v>11370.368731869999</v>
+      </c>
+      <c r="U30" s="19">
+        <v>11806.649694240001</v>
+      </c>
+      <c r="V30" s="19">
+        <v>12499.53122578</v>
+      </c>
+      <c r="W30" s="19">
+        <v>12995.160066709999</v>
+      </c>
+      <c r="X30" s="19">
+        <v>13628.195659520001</v>
+      </c>
+      <c r="Y30" s="19">
+        <v>14350.54694715</v>
+      </c>
+      <c r="Z30" s="19">
+        <v>14650.72959293</v>
+      </c>
+      <c r="AA30" s="19">
+        <v>16305.79235958</v>
+      </c>
+      <c r="AB30" s="19">
+        <v>14654.781311799999</v>
+      </c>
+      <c r="AC30" s="19">
+        <v>17092.563408540002</v>
+      </c>
+      <c r="AD30" s="19">
+        <v>19905.95968779</v>
+      </c>
+      <c r="AE30" s="19">
+        <v>23541.075057040001</v>
+      </c>
+      <c r="AF30" s="19">
+        <v>26263.21654958</v>
+      </c>
+      <c r="AG30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF30" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH30" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI30" s="18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="31" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" s="23">
+        <v>6106.9529189799996</v>
+      </c>
+      <c r="D31" s="23">
+        <v>5694.9171590300002</v>
+      </c>
+      <c r="E31" s="23">
+        <v>7172.8949250699998</v>
+      </c>
+      <c r="F31" s="23">
+        <v>7765.7255502600001</v>
+      </c>
+      <c r="G31" s="23">
+        <v>7012.1477401100001</v>
+      </c>
+      <c r="H31" s="23">
+        <v>7120.0191268799999</v>
+      </c>
+      <c r="I31" s="23">
+        <v>7525.74755697</v>
+      </c>
+      <c r="J31" s="23">
+        <v>8252.0644361899995</v>
+      </c>
+      <c r="K31" s="23">
+        <v>9028.3854199100006</v>
+      </c>
+      <c r="L31" s="23">
+        <v>9245.2416700199992</v>
+      </c>
+      <c r="M31" s="23">
+        <v>10063.07117135</v>
+      </c>
+      <c r="N31" s="23">
+        <v>10479.96504814</v>
+      </c>
+      <c r="O31" s="23">
+        <v>12038.96436118</v>
+      </c>
+      <c r="P31" s="23">
+        <v>12752.779828709999</v>
+      </c>
+      <c r="Q31" s="23">
+        <v>11139.550067059999</v>
+      </c>
+      <c r="R31" s="23">
+        <v>10937.695217889999</v>
+      </c>
+      <c r="S31" s="23">
+        <v>11146.496335260001</v>
+      </c>
+      <c r="T31" s="23">
+        <v>11278.787060000001</v>
+      </c>
+      <c r="U31" s="23">
+        <v>11698.99168899</v>
+      </c>
+      <c r="V31" s="23">
+        <v>11960.992366750001</v>
+      </c>
+      <c r="W31" s="23">
+        <v>12540.61153955</v>
+      </c>
+      <c r="X31" s="23">
+        <v>13091.17066057</v>
+      </c>
+      <c r="Y31" s="23">
+        <v>14041.54178206</v>
+      </c>
+      <c r="Z31" s="23">
+        <v>14332.667268859999</v>
+      </c>
+      <c r="AA31" s="23">
+        <v>15609.76651999</v>
+      </c>
+      <c r="AB31" s="23">
+        <v>13822.790600460001</v>
+      </c>
+      <c r="AC31" s="23">
+        <v>16215.469229050001</v>
+      </c>
+      <c r="AD31" s="23">
+        <v>18862.517024829998</v>
+      </c>
+      <c r="AE31" s="23">
+        <v>21767.020616419999</v>
+      </c>
+      <c r="AF31" s="23">
+        <v>25078.381305899999</v>
+      </c>
+      <c r="AG31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF31" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH31" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI31" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="32" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" s="23">
+        <v>710.07226052999999</v>
+      </c>
+      <c r="D32" s="23">
+        <v>858.34016297000005</v>
+      </c>
+      <c r="E32" s="23">
+        <v>912.06024449999995</v>
+      </c>
+      <c r="F32" s="23">
+        <v>1116.6374767299999</v>
+      </c>
+      <c r="G32" s="23">
+        <v>1063.99739002</v>
+      </c>
+      <c r="H32" s="23">
+        <v>909.34621504999996</v>
+      </c>
+      <c r="I32" s="23">
+        <v>869.00669639</v>
+      </c>
+      <c r="J32" s="23">
+        <v>1005.8384029699999</v>
+      </c>
+      <c r="K32" s="23">
+        <v>1064.27040558</v>
+      </c>
+      <c r="L32" s="23">
+        <v>1111.79641044</v>
+      </c>
+      <c r="M32" s="23">
+        <v>1258.7505419399999</v>
+      </c>
+      <c r="N32" s="23">
+        <v>1551.06202394</v>
+      </c>
+      <c r="O32" s="23">
+        <v>1867.0227168500001</v>
+      </c>
+      <c r="P32" s="23">
+        <v>1911.55101915</v>
+      </c>
+      <c r="Q32" s="23">
+        <v>1790.3238132399999</v>
+      </c>
+      <c r="R32" s="23">
+        <v>1576.5745835299999</v>
+      </c>
+      <c r="S32" s="23">
+        <v>1513.8240904500001</v>
+      </c>
+      <c r="T32" s="23">
+        <v>1314.5076376500001</v>
+      </c>
+      <c r="U32" s="23">
+        <v>1370.8458064900001</v>
+      </c>
+      <c r="V32" s="23">
+        <v>1286.95417032</v>
+      </c>
+      <c r="W32" s="23">
+        <v>1502.7991798800001</v>
+      </c>
+      <c r="X32" s="23">
+        <v>1702.5305187199999</v>
+      </c>
+      <c r="Y32" s="23">
+        <v>1738.2422705199999</v>
+      </c>
+      <c r="Z32" s="23">
+        <v>1520.0277414100001</v>
+      </c>
+      <c r="AA32" s="23">
+        <v>1617.2162089799999</v>
+      </c>
+      <c r="AB32" s="23">
+        <v>1464.19424867</v>
+      </c>
+      <c r="AC32" s="23">
+        <v>1593.88170274</v>
+      </c>
+      <c r="AD32" s="23">
+        <v>2541.5046611799999</v>
+      </c>
+      <c r="AE32" s="23">
+        <v>2664.0410426600001</v>
+      </c>
+      <c r="AF32" s="23">
+        <v>3056.2965412100002</v>
+      </c>
+      <c r="AG32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF32" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH32" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI32" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="33" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B33" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C33" s="23">
+        <v>2981.76105465</v>
+      </c>
+      <c r="D33" s="23">
+        <v>3145.1219056599998</v>
+      </c>
+      <c r="E33" s="23">
+        <v>3466.8604961599999</v>
+      </c>
+      <c r="F33" s="23">
+        <v>4152.57577666</v>
+      </c>
+      <c r="G33" s="23">
+        <v>4153.8536847400001</v>
+      </c>
+      <c r="H33" s="23">
+        <v>4551.2103094699996</v>
+      </c>
+      <c r="I33" s="23">
+        <v>4765.97768421</v>
+      </c>
+      <c r="J33" s="23">
+        <v>5282.3689346600004</v>
+      </c>
+      <c r="K33" s="23">
+        <v>5687.7053488499996</v>
+      </c>
+      <c r="L33" s="23">
+        <v>5911.8006371000001</v>
+      </c>
+      <c r="M33" s="23">
+        <v>6297.7130883500004</v>
+      </c>
+      <c r="N33" s="23">
+        <v>6921.92079655</v>
+      </c>
+      <c r="O33" s="23">
+        <v>7429.38380555</v>
+      </c>
+      <c r="P33" s="23">
+        <v>7990.6098883799996</v>
+      </c>
+      <c r="Q33" s="23">
+        <v>7268.9130211299998</v>
+      </c>
+      <c r="R33" s="23">
+        <v>7445.6134376</v>
+      </c>
+      <c r="S33" s="23">
+        <v>7363.1616063399997</v>
+      </c>
+      <c r="T33" s="23">
+        <v>7701.7275516099999</v>
+      </c>
+      <c r="U33" s="23">
+        <v>7911.3740687199997</v>
+      </c>
+      <c r="V33" s="23">
+        <v>7858.3649464399996</v>
+      </c>
+      <c r="W33" s="23">
+        <v>8341.3429196100005</v>
+      </c>
+      <c r="X33" s="23">
+        <v>8716.2406705600006</v>
+      </c>
+      <c r="Y33" s="23">
+        <v>9211.8371904199994</v>
+      </c>
+      <c r="Z33" s="23">
+        <v>9856.3912343100001</v>
+      </c>
+      <c r="AA33" s="23">
+        <v>10447.352815529999</v>
+      </c>
+      <c r="AB33" s="23">
+        <v>9128.7127803099993</v>
+      </c>
+      <c r="AC33" s="23">
+        <v>10700.293643659999</v>
+      </c>
+      <c r="AD33" s="23">
+        <v>12143.96681086</v>
+      </c>
+      <c r="AE33" s="23">
+        <v>14157.13030751</v>
+      </c>
+      <c r="AF33" s="23">
+        <v>15509.48978113</v>
+      </c>
+      <c r="AG33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF33" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH33" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI33" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="23">
+        <v>0</v>
+      </c>
+      <c r="D34" s="23">
+        <v>0</v>
+      </c>
+      <c r="E34" s="23">
+        <v>0</v>
+      </c>
+      <c r="F34" s="23">
+        <v>0</v>
+      </c>
+      <c r="G34" s="23">
+        <v>0</v>
+      </c>
+      <c r="H34" s="23">
+        <v>0</v>
+      </c>
+      <c r="I34" s="23">
+        <v>0</v>
+      </c>
+      <c r="J34" s="23">
+        <v>0</v>
+      </c>
+      <c r="K34" s="23">
+        <v>0</v>
+      </c>
+      <c r="L34" s="23">
+        <v>0</v>
+      </c>
+      <c r="M34" s="23">
+        <v>0</v>
+      </c>
+      <c r="N34" s="23">
+        <v>0</v>
+      </c>
+      <c r="O34" s="23">
+        <v>0</v>
+      </c>
+      <c r="P34" s="23">
+        <v>0</v>
+      </c>
+      <c r="Q34" s="23">
+        <v>0</v>
+      </c>
+      <c r="R34" s="23">
+        <v>0</v>
+      </c>
+      <c r="S34" s="23">
+        <v>0</v>
+      </c>
+      <c r="T34" s="23">
+        <v>0</v>
+      </c>
+      <c r="U34" s="23">
+        <v>0</v>
+      </c>
+      <c r="V34" s="23">
+        <v>0</v>
+      </c>
+      <c r="W34" s="23">
+        <v>0</v>
+      </c>
+      <c r="X34" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y34" s="23">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AB34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AC34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AD34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AE34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AF34" s="23">
+        <v>0</v>
+      </c>
+      <c r="AG34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF34" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH34" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI34" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="35" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C35" s="25">
+        <v>1775.32009739</v>
+      </c>
+      <c r="D35" s="25">
+        <v>1040.8206024599999</v>
+      </c>
+      <c r="E35" s="25">
+        <v>2129.3875533999999</v>
+      </c>
+      <c r="F35" s="25">
+        <v>1824.7952121999999</v>
+      </c>
+      <c r="G35" s="25">
+        <v>1109.59579884</v>
+      </c>
+      <c r="H35" s="25">
+        <v>1069.3451761900001</v>
+      </c>
+      <c r="I35" s="25">
+        <v>1240.63814054</v>
+      </c>
+      <c r="J35" s="25">
+        <v>1229.0187031200001</v>
+      </c>
+      <c r="K35" s="25">
+        <v>1482.8952995499999</v>
+      </c>
+      <c r="L35" s="25">
+        <v>1349.61019377</v>
+      </c>
+      <c r="M35" s="25">
+        <v>1616.76273829</v>
+      </c>
+      <c r="N35" s="25">
+        <v>1204.8018416499999</v>
+      </c>
+      <c r="O35" s="25">
+        <v>1838.9296216499999</v>
+      </c>
+      <c r="P35" s="25">
+        <v>1884.1450854699999</v>
+      </c>
+      <c r="Q35" s="25">
+        <v>1103.56669478</v>
+      </c>
+      <c r="R35" s="25">
+        <v>1072.0816391799999</v>
+      </c>
+      <c r="S35" s="25">
+        <v>1428.3599975100001</v>
+      </c>
+      <c r="T35" s="25">
+        <v>1318.3226174500001</v>
+      </c>
+      <c r="U35" s="25">
+        <v>1409.27764858</v>
+      </c>
+      <c r="V35" s="25">
+        <v>1939.1554668000001</v>
+      </c>
+      <c r="W35" s="25">
+        <v>1702.7762308599999</v>
+      </c>
+      <c r="X35" s="25">
+        <v>1602.6842492799999</v>
+      </c>
+      <c r="Y35" s="25">
+        <v>2008.1424519899999</v>
+      </c>
+      <c r="Z35" s="25">
+        <v>1787.39598776</v>
+      </c>
+      <c r="AA35" s="25">
+        <v>2126.14623923</v>
+      </c>
+      <c r="AB35" s="25">
+        <v>2059.66089913</v>
+      </c>
+      <c r="AC35" s="25">
+        <v>2546.1551832099999</v>
+      </c>
+      <c r="AD35" s="25">
+        <v>2655.16483333</v>
+      </c>
+      <c r="AE35" s="25">
+        <v>3287.4549109700001</v>
+      </c>
+      <c r="AF35" s="25">
+        <v>4746.1067925500001</v>
+      </c>
+      <c r="AG35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF35" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH35" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI35" s="37" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="36" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C36" s="23">
+        <v>639.79950641000005</v>
+      </c>
+      <c r="D36" s="23">
+        <v>650.63448792999998</v>
+      </c>
+      <c r="E36" s="23">
+        <v>664.58663101000002</v>
+      </c>
+      <c r="F36" s="23">
+        <v>671.71708466999996</v>
+      </c>
+      <c r="G36" s="23">
+        <v>684.70086650999997</v>
+      </c>
+      <c r="H36" s="23">
+        <v>590.11742617000004</v>
+      </c>
+      <c r="I36" s="23">
+        <v>650.12503584000001</v>
+      </c>
+      <c r="J36" s="23">
+        <v>734.83839544</v>
+      </c>
+      <c r="K36" s="23">
+        <v>793.51436593000005</v>
+      </c>
+      <c r="L36" s="23">
+        <v>872.03442872000005</v>
+      </c>
+      <c r="M36" s="23">
+        <v>889.84480278000001</v>
+      </c>
+      <c r="N36" s="23">
+        <v>802.180386</v>
+      </c>
+      <c r="O36" s="23">
+        <v>903.62821712000004</v>
+      </c>
+      <c r="P36" s="23">
+        <v>966.47383571</v>
+      </c>
+      <c r="Q36" s="23">
+        <v>976.74653791000003</v>
+      </c>
+      <c r="R36" s="23">
+        <v>843.42555758000003</v>
+      </c>
+      <c r="S36" s="23">
+        <v>841.15064097000004</v>
+      </c>
+      <c r="T36" s="23">
+        <v>944.22925329999998</v>
+      </c>
+      <c r="U36" s="23">
+        <v>1007.4941652</v>
+      </c>
+      <c r="V36" s="23">
+        <v>876.51778318000004</v>
+      </c>
+      <c r="W36" s="23">
+        <v>993.69320919999996</v>
+      </c>
+      <c r="X36" s="23">
+        <v>1069.715222</v>
+      </c>
+      <c r="Y36" s="23">
+        <v>1083.3198691299999</v>
+      </c>
+      <c r="Z36" s="23">
+        <v>1168.8523053900001</v>
+      </c>
+      <c r="AA36" s="23">
+        <v>1419.0512562599999</v>
+      </c>
+      <c r="AB36" s="23">
+        <v>1170.22267235</v>
+      </c>
+      <c r="AC36" s="23">
+        <v>1375.13869944</v>
+      </c>
+      <c r="AD36" s="23">
+        <v>1521.88071945</v>
+      </c>
+      <c r="AE36" s="23">
+        <v>1658.3943552799999</v>
+      </c>
+      <c r="AF36" s="23">
+        <v>1766.48819101</v>
+      </c>
+      <c r="AG36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF36" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH36" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI36" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="37" spans="2:139" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="26" t="s">
         <v>160</v>
       </c>
-      <c r="C16" s="16">
-[...405 lines deleted...]
-        <v>11510.18722417</v>
+      <c r="C37" s="27">
+        <v>104.24946764000001</v>
+      </c>
+      <c r="D37" s="27">
+        <v>73.864137240000005</v>
+      </c>
+      <c r="E37" s="27">
+        <v>51.729821620000003</v>
+      </c>
+      <c r="F37" s="27">
+        <v>43.786885390000002</v>
+      </c>
+      <c r="G37" s="27">
+        <v>39.81843679</v>
+      </c>
+      <c r="H37" s="27">
+        <v>40.259541710000001</v>
+      </c>
+      <c r="I37" s="27">
+        <v>61.639382840000003</v>
+      </c>
+      <c r="J37" s="27">
+        <v>13.381933160000001</v>
+      </c>
+      <c r="K37" s="27">
+        <v>10.50230182</v>
+      </c>
+      <c r="L37" s="27">
+        <v>19.08214079</v>
+      </c>
+      <c r="M37" s="27">
+        <v>25.517073</v>
+      </c>
+      <c r="N37" s="27">
+        <v>21.782086209999999</v>
+      </c>
+      <c r="O37" s="27">
+        <v>30.789527069999998</v>
+      </c>
+      <c r="P37" s="27">
+        <v>36.78087652</v>
+      </c>
+      <c r="Q37" s="27">
+        <v>32.871888560000002</v>
+      </c>
+      <c r="R37" s="27">
+        <v>45.077962489999997</v>
+      </c>
+      <c r="S37" s="27">
+        <v>70.465508189999994</v>
+      </c>
+      <c r="T37" s="27">
+        <v>91.58167186</v>
+      </c>
+      <c r="U37" s="27">
+        <v>107.65800525</v>
+      </c>
+      <c r="V37" s="27">
+        <v>538.53885903000003</v>
+      </c>
+      <c r="W37" s="27">
+        <v>454.54852715999999</v>
+      </c>
+      <c r="X37" s="27">
+        <v>537.02499895999995</v>
+      </c>
+      <c r="Y37" s="27">
+        <v>309.00516508999999</v>
+      </c>
+      <c r="Z37" s="27">
+        <v>318.06232406999999</v>
+      </c>
+      <c r="AA37" s="27">
+        <v>696.02583959000003</v>
+      </c>
+      <c r="AB37" s="27">
+        <v>831.99071133999996</v>
+      </c>
+      <c r="AC37" s="27">
+        <v>877.0941795</v>
+      </c>
+      <c r="AD37" s="27">
+        <v>1043.44266296</v>
+      </c>
+      <c r="AE37" s="27">
+        <v>1774.0544406199999</v>
+      </c>
+      <c r="AF37" s="27">
+        <v>1184.83524367</v>
+      </c>
+      <c r="AG37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF37" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH37" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI37" s="39" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="17" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="18" t="s">
+    <row r="38" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B38" s="20" t="s">
         <v>161</v>
       </c>
-      <c r="C17" s="19">
-[...405 lines deleted...]
-        <v>9731.6916283800001</v>
+      <c r="C38" s="19">
+        <v>6328.5637876600003</v>
+      </c>
+      <c r="D38" s="19">
+        <v>6622.3353306299996</v>
+      </c>
+      <c r="E38" s="19">
+        <v>7052.9918033200001</v>
+      </c>
+      <c r="F38" s="19">
+        <v>8038.0851658900001</v>
+      </c>
+      <c r="G38" s="19">
+        <v>8527.9827615400009</v>
+      </c>
+      <c r="H38" s="19">
+        <v>9069.5719549000005</v>
+      </c>
+      <c r="I38" s="19">
+        <v>8813.0587376300009</v>
+      </c>
+      <c r="J38" s="19">
+        <v>9213.5527987500009</v>
+      </c>
+      <c r="K38" s="19">
+        <v>10348.11656171</v>
+      </c>
+      <c r="L38" s="19">
+        <v>10985.33035251</v>
+      </c>
+      <c r="M38" s="19">
+        <v>10969.34221271</v>
+      </c>
+      <c r="N38" s="19">
+        <v>11155.9497632</v>
+      </c>
+      <c r="O38" s="19">
+        <v>13022.715359690001</v>
+      </c>
+      <c r="P38" s="19">
+        <v>13790.75202086</v>
+      </c>
+      <c r="Q38" s="19">
+        <v>13934.22216003</v>
+      </c>
+      <c r="R38" s="19">
+        <v>13912.373939380001</v>
+      </c>
+      <c r="S38" s="19">
+        <v>14523.385479</v>
+      </c>
+      <c r="T38" s="19">
+        <v>13650.47290771</v>
+      </c>
+      <c r="U38" s="19">
+        <v>14497.225441709999</v>
+      </c>
+      <c r="V38" s="19">
+        <v>14658.82380265</v>
+      </c>
+      <c r="W38" s="19">
+        <v>14400.023653259999</v>
+      </c>
+      <c r="X38" s="19">
+        <v>14185.1349811</v>
+      </c>
+      <c r="Y38" s="19">
+        <v>14095.597991320001</v>
+      </c>
+      <c r="Z38" s="19">
+        <v>14641.54892384</v>
+      </c>
+      <c r="AA38" s="19">
+        <v>16032.925433709999</v>
+      </c>
+      <c r="AB38" s="19">
+        <v>17804.593153850001</v>
+      </c>
+      <c r="AC38" s="19">
+        <v>18648.538032370001</v>
+      </c>
+      <c r="AD38" s="19">
+        <v>20304.600857879999</v>
+      </c>
+      <c r="AE38" s="19">
+        <v>24625.710723560001</v>
+      </c>
+      <c r="AF38" s="19">
+        <v>28282.231555959999</v>
+      </c>
+      <c r="AG38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF38" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH38" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI38" s="18" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="18" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...409 lines deleted...]
-        <v>4421.75545728</v>
+    <row r="39" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C39" s="23">
+        <v>5395.2871080300001</v>
+      </c>
+      <c r="D39" s="23">
+        <v>5666.4739661200001</v>
+      </c>
+      <c r="E39" s="23">
+        <v>6050.1832800900002</v>
+      </c>
+      <c r="F39" s="23">
+        <v>6928.6516777999996</v>
+      </c>
+      <c r="G39" s="23">
+        <v>7390.8640929699995</v>
+      </c>
+      <c r="H39" s="23">
+        <v>7848.9272607900002</v>
+      </c>
+      <c r="I39" s="23">
+        <v>7660.0651908999998</v>
+      </c>
+      <c r="J39" s="23">
+        <v>7773.9661718999996</v>
+      </c>
+      <c r="K39" s="23">
+        <v>8294.5413669400004</v>
+      </c>
+      <c r="L39" s="23">
+        <v>8617.4085847099996</v>
+      </c>
+      <c r="M39" s="23">
+        <v>9056.2263458500001</v>
+      </c>
+      <c r="N39" s="23">
+        <v>9397.7572364299995</v>
+      </c>
+      <c r="O39" s="23">
+        <v>10539.61158484</v>
+      </c>
+      <c r="P39" s="23">
+        <v>11195.71940272</v>
+      </c>
+      <c r="Q39" s="23">
+        <v>11327.925430060001</v>
+      </c>
+      <c r="R39" s="23">
+        <v>11550.659577930001</v>
+      </c>
+      <c r="S39" s="23">
+        <v>11771.48128043</v>
+      </c>
+      <c r="T39" s="23">
+        <v>12004.57403711</v>
+      </c>
+      <c r="U39" s="23">
+        <v>12564.133448869999</v>
+      </c>
+      <c r="V39" s="23">
+        <v>13010.231418969999</v>
+      </c>
+      <c r="W39" s="23">
+        <v>12725.98172122</v>
+      </c>
+      <c r="X39" s="23">
+        <v>12533.826406370001</v>
+      </c>
+      <c r="Y39" s="23">
+        <v>12788.23587832</v>
+      </c>
+      <c r="Z39" s="23">
+        <v>12759.520501319999</v>
+      </c>
+      <c r="AA39" s="23">
+        <v>13719.12892546</v>
+      </c>
+      <c r="AB39" s="23">
+        <v>15212.74381745</v>
+      </c>
+      <c r="AC39" s="23">
+        <v>15976.639965529999</v>
+      </c>
+      <c r="AD39" s="23">
+        <v>16775.57879267</v>
+      </c>
+      <c r="AE39" s="23">
+        <v>19474.412198180002</v>
+      </c>
+      <c r="AF39" s="23">
+        <v>23294.40691071</v>
+      </c>
+      <c r="AG39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF39" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH39" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI39" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="19" spans="2:138" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...409 lines deleted...]
-        <v>3534.5476035900001</v>
+    <row r="40" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="22" t="s">
+        <v>163</v>
+      </c>
+      <c r="C40" s="23">
+        <v>2513.7699354299998</v>
+      </c>
+      <c r="D40" s="23">
+        <v>2823.6083286399999</v>
+      </c>
+      <c r="E40" s="23">
+        <v>2915.1358983700002</v>
+      </c>
+      <c r="F40" s="23">
+        <v>3473.6026486599999</v>
+      </c>
+      <c r="G40" s="23">
+        <v>3682.1524487900001</v>
+      </c>
+      <c r="H40" s="23">
+        <v>4123.6426527000003</v>
+      </c>
+      <c r="I40" s="23">
+        <v>4091.2587340800001</v>
+      </c>
+      <c r="J40" s="23">
+        <v>4361.7766981200002</v>
+      </c>
+      <c r="K40" s="23">
+        <v>4796.7010791800003</v>
+      </c>
+      <c r="L40" s="23">
+        <v>4715.3078948800003</v>
+      </c>
+      <c r="M40" s="23">
+        <v>4874.6382387499998</v>
+      </c>
+      <c r="N40" s="23">
+        <v>4939.49577443</v>
+      </c>
+      <c r="O40" s="23">
+        <v>5218.6490563300003</v>
+      </c>
+      <c r="P40" s="23">
+        <v>5432.97743644</v>
+      </c>
+      <c r="Q40" s="23">
+        <v>5396.27474428</v>
+      </c>
+      <c r="R40" s="23">
+        <v>5587.3438714900003</v>
+      </c>
+      <c r="S40" s="23">
+        <v>5592.0913395500002</v>
+      </c>
+      <c r="T40" s="23">
+        <v>5680.0808992700004</v>
+      </c>
+      <c r="U40" s="23">
+        <v>6278.7331688599998</v>
+      </c>
+      <c r="V40" s="23">
+        <v>6579.54112351</v>
+      </c>
+      <c r="W40" s="23">
+        <v>6258.1600380500004</v>
+      </c>
+      <c r="X40" s="23">
+        <v>6044.0106396399997</v>
+      </c>
+      <c r="Y40" s="23">
+        <v>6228.85453538</v>
+      </c>
+      <c r="Z40" s="23">
+        <v>6102.5511454400003</v>
+      </c>
+      <c r="AA40" s="23">
+        <v>6586.3168382200001</v>
+      </c>
+      <c r="AB40" s="23">
+        <v>8195.5750170699994</v>
+      </c>
+      <c r="AC40" s="23">
+        <v>8667.5715486000008</v>
+      </c>
+      <c r="AD40" s="23">
+        <v>9041.9377527199995</v>
+      </c>
+      <c r="AE40" s="23">
+        <v>10513.52969094</v>
+      </c>
+      <c r="AF40" s="23">
+        <v>11811.36122868</v>
+      </c>
+      <c r="AG40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF40" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH40" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI40" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="20" spans="2:138" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B20" s="18" t="s">
+    <row r="41" spans="2:139" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="22" t="s">
         <v>140</v>
       </c>
-      <c r="C20" s="19">
-[...405 lines deleted...]
-        <v>386.41174708</v>
+      <c r="C41" s="23">
+        <v>203.00767271000001</v>
+      </c>
+      <c r="D41" s="23">
+        <v>255.1419057</v>
+      </c>
+      <c r="E41" s="23">
+        <v>313.41399336000001</v>
+      </c>
+      <c r="F41" s="23">
+        <v>309.33578999000002</v>
+      </c>
+      <c r="G41" s="23">
+        <v>338.73334666</v>
+      </c>
+      <c r="H41" s="23">
+        <v>330.21176993</v>
+      </c>
+      <c r="I41" s="23">
+        <v>355.63382315000001</v>
+      </c>
+      <c r="J41" s="23">
+        <v>407.02689722000002</v>
+      </c>
+      <c r="K41" s="23">
+        <v>423.73217020999999</v>
+      </c>
+      <c r="L41" s="23">
+        <v>420.85296462999997</v>
+      </c>
+      <c r="M41" s="23">
+        <v>387.38345344999999</v>
+      </c>
+      <c r="N41" s="23">
+        <v>384.55233631999999</v>
+      </c>
+      <c r="O41" s="23">
+        <v>382.62547787</v>
+      </c>
+      <c r="P41" s="23">
+        <v>400.75645828</v>
+      </c>
+      <c r="Q41" s="23">
+        <v>559.55621689999998</v>
+      </c>
+      <c r="R41" s="23">
+        <v>663.46183635</v>
+      </c>
+      <c r="S41" s="23">
+        <v>657.91064782000001</v>
+      </c>
+      <c r="T41" s="23">
+        <v>658.27937806</v>
+      </c>
+      <c r="U41" s="23">
+        <v>614.89609211000004</v>
+      </c>
+      <c r="V41" s="23">
+        <v>650.41407340000001</v>
+      </c>
+      <c r="W41" s="23">
+        <v>674.09600769999997</v>
+      </c>
+      <c r="X41" s="23">
+        <v>653.35778459000005</v>
+      </c>
+      <c r="Y41" s="23">
+        <v>676.26695136000001</v>
+      </c>
+      <c r="Z41" s="23">
+        <v>743.71434237000005</v>
+      </c>
+      <c r="AA41" s="23">
+        <v>790.08928197</v>
+      </c>
+      <c r="AB41" s="23">
+        <v>804.65532589999998</v>
+      </c>
+      <c r="AC41" s="23">
+        <v>838.07747920999998</v>
+      </c>
+      <c r="AD41" s="23">
+        <v>950.99525172999995</v>
+      </c>
+      <c r="AE41" s="23">
+        <v>1196.5944353299999</v>
+      </c>
+      <c r="AF41" s="23">
+        <v>1733.14164056</v>
+      </c>
+      <c r="AG41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF41" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH41" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI41" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="21" spans="2:138" s="23" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B21" s="18" t="s">
+    <row r="42" spans="2:139" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="22" t="s">
         <v>141</v>
       </c>
-      <c r="C21" s="19">
-[...405 lines deleted...]
-        <v>500.79610660999998</v>
+      <c r="C42" s="23">
+        <v>244.93887909</v>
+      </c>
+      <c r="D42" s="23">
+        <v>341.59913676000002</v>
+      </c>
+      <c r="E42" s="23">
+        <v>370.73182951000001</v>
+      </c>
+      <c r="F42" s="23">
+        <v>483.26397961999999</v>
+      </c>
+      <c r="G42" s="23">
+        <v>491.52022127999999</v>
+      </c>
+      <c r="H42" s="23">
+        <v>523.79955871000004</v>
+      </c>
+      <c r="I42" s="23">
+        <v>496.85243451000002</v>
+      </c>
+      <c r="J42" s="23">
+        <v>503.26247527999999</v>
+      </c>
+      <c r="K42" s="23">
+        <v>538.01812711000002</v>
+      </c>
+      <c r="L42" s="23">
+        <v>642.86909111</v>
+      </c>
+      <c r="M42" s="23">
+        <v>695.28435592000005</v>
+      </c>
+      <c r="N42" s="23">
+        <v>724.79014427000004</v>
+      </c>
+      <c r="O42" s="23">
+        <v>807.94427267000003</v>
+      </c>
+      <c r="P42" s="23">
+        <v>849.62694537000004</v>
+      </c>
+      <c r="Q42" s="23">
+        <v>816.84804664000001</v>
+      </c>
+      <c r="R42" s="23">
+        <v>786.13547848999997</v>
+      </c>
+      <c r="S42" s="23">
+        <v>791.67282033000004</v>
+      </c>
+      <c r="T42" s="23">
+        <v>674.94180333999998</v>
+      </c>
+      <c r="U42" s="23">
+        <v>447.01441901999999</v>
+      </c>
+      <c r="V42" s="23">
+        <v>313.72291096999999</v>
+      </c>
+      <c r="W42" s="23">
+        <v>452.68341183000001</v>
+      </c>
+      <c r="X42" s="23">
+        <v>467.23193753999999</v>
+      </c>
+      <c r="Y42" s="23">
+        <v>473.6376305</v>
+      </c>
+      <c r="Z42" s="23">
+        <v>432.96622442</v>
+      </c>
+      <c r="AA42" s="23">
+        <v>457.07443799999999</v>
+      </c>
+      <c r="AB42" s="23">
+        <v>568.18494010999996</v>
+      </c>
+      <c r="AC42" s="23">
+        <v>451.60052284</v>
+      </c>
+      <c r="AD42" s="23">
+        <v>1042.33725684</v>
+      </c>
+      <c r="AE42" s="23">
+        <v>1355.81958158</v>
+      </c>
+      <c r="AF42" s="23">
+        <v>1055.47709261</v>
+      </c>
+      <c r="AG42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF42" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH42" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI42" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="22" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="18" t="s">
+    <row r="43" spans="2:139" s="29" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C43" s="23">
+        <v>2065.8233836200002</v>
+      </c>
+      <c r="D43" s="23">
+        <v>2226.8672861800001</v>
+      </c>
+      <c r="E43" s="23">
+        <v>2230.9900754999999</v>
+      </c>
+      <c r="F43" s="23">
+        <v>2681.0028790400002</v>
+      </c>
+      <c r="G43" s="23">
+        <v>2851.8988808499998</v>
+      </c>
+      <c r="H43" s="23">
+        <v>3269.6313240600002</v>
+      </c>
+      <c r="I43" s="23">
+        <v>3238.7724764099999</v>
+      </c>
+      <c r="J43" s="23">
+        <v>3451.4873256199999</v>
+      </c>
+      <c r="K43" s="23">
+        <v>3834.9507818500001</v>
+      </c>
+      <c r="L43" s="23">
+        <v>3651.5858391299998</v>
+      </c>
+      <c r="M43" s="23">
+        <v>3791.9704293899999</v>
+      </c>
+      <c r="N43" s="23">
+        <v>3830.1532938400001</v>
+      </c>
+      <c r="O43" s="23">
+        <v>4028.0793057999999</v>
+      </c>
+      <c r="P43" s="23">
+        <v>4182.5940327799999</v>
+      </c>
+      <c r="Q43" s="23">
+        <v>4019.8704807399999</v>
+      </c>
+      <c r="R43" s="23">
+        <v>4137.7465566499995</v>
+      </c>
+      <c r="S43" s="23">
+        <v>4142.5078714000001</v>
+      </c>
+      <c r="T43" s="23">
+        <v>4346.8597178600003</v>
+      </c>
+      <c r="U43" s="23">
+        <v>5216.8226577300002</v>
+      </c>
+      <c r="V43" s="23">
+        <v>5615.4041391399996</v>
+      </c>
+      <c r="W43" s="23">
+        <v>5131.3806185200001</v>
+      </c>
+      <c r="X43" s="23">
+        <v>4923.4209175200003</v>
+      </c>
+      <c r="Y43" s="23">
+        <v>5078.9499535200002</v>
+      </c>
+      <c r="Z43" s="23">
+        <v>4925.8705786500004</v>
+      </c>
+      <c r="AA43" s="23">
+        <v>5339.1531182600002</v>
+      </c>
+      <c r="AB43" s="23">
+        <v>6822.7347510500003</v>
+      </c>
+      <c r="AC43" s="23">
+        <v>7377.8935465499999</v>
+      </c>
+      <c r="AD43" s="23">
+        <v>7048.6052441499996</v>
+      </c>
+      <c r="AE43" s="23">
+        <v>7961.1156740300003</v>
+      </c>
+      <c r="AF43" s="23">
+        <v>9022.7424955099996</v>
+      </c>
+      <c r="AG43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF43" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH43" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI43" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="44" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B44" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C44" s="23">
+        <v>217.43319554999999</v>
+      </c>
+      <c r="D44" s="23">
+        <v>242.86337588999999</v>
+      </c>
+      <c r="E44" s="23">
+        <v>266.69117005999999</v>
+      </c>
+      <c r="F44" s="23">
+        <v>317.99064062000002</v>
+      </c>
+      <c r="G44" s="23">
+        <v>361.00429980000001</v>
+      </c>
+      <c r="H44" s="23">
+        <v>497.38176007999999</v>
+      </c>
+      <c r="I44" s="23">
+        <v>553.72798740999997</v>
+      </c>
+      <c r="J44" s="23">
+        <v>435.78762533999998</v>
+      </c>
+      <c r="K44" s="23">
+        <v>487.02765081000001</v>
+      </c>
+      <c r="L44" s="23">
+        <v>568.96976409000001</v>
+      </c>
+      <c r="M44" s="23">
+        <v>628.90997854</v>
+      </c>
+      <c r="N44" s="23">
+        <v>633.85021504999997</v>
+      </c>
+      <c r="O44" s="23">
+        <v>696.83557077</v>
+      </c>
+      <c r="P44" s="23">
+        <v>802.39028932999997</v>
+      </c>
+      <c r="Q44" s="23">
+        <v>955.62715433000005</v>
+      </c>
+      <c r="R44" s="23">
+        <v>1028.6633016599999</v>
+      </c>
+      <c r="S44" s="23">
+        <v>1167.3878146899999</v>
+      </c>
+      <c r="T44" s="23">
+        <v>1333.6626752300001</v>
+      </c>
+      <c r="U44" s="23">
+        <v>1361.6964834600001</v>
+      </c>
+      <c r="V44" s="23">
+        <v>1501.34676468</v>
+      </c>
+      <c r="W44" s="23">
+        <v>1546.1578530100001</v>
+      </c>
+      <c r="X44" s="23">
+        <v>1447.28076543</v>
+      </c>
+      <c r="Y44" s="23">
+        <v>1301.4660220599999</v>
+      </c>
+      <c r="Z44" s="23">
+        <v>1186.66729313</v>
+      </c>
+      <c r="AA44" s="23">
+        <v>1194.1800909900001</v>
+      </c>
+      <c r="AB44" s="23">
+        <v>998.73560297999995</v>
+      </c>
+      <c r="AC44" s="23">
+        <v>890.53772617000004</v>
+      </c>
+      <c r="AD44" s="23">
+        <v>921.95556880000004</v>
+      </c>
+      <c r="AE44" s="23">
+        <v>1272.32630165</v>
+      </c>
+      <c r="AF44" s="23">
+        <v>1312.6312147399999</v>
+      </c>
+      <c r="AG44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF44" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH44" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI44" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="45" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C45" s="23">
+        <v>1904.0007447200001</v>
+      </c>
+      <c r="D45" s="23">
+        <v>1845.5888211199999</v>
+      </c>
+      <c r="E45" s="23">
+        <v>1974.0003428499999</v>
+      </c>
+      <c r="F45" s="23">
+        <v>2129.72618805</v>
+      </c>
+      <c r="G45" s="23">
+        <v>2169.02348209</v>
+      </c>
+      <c r="H45" s="23">
+        <v>2033.08340443</v>
+      </c>
+      <c r="I45" s="23">
+        <v>2007.1041462799999</v>
+      </c>
+      <c r="J45" s="23">
+        <v>1859.7434816299999</v>
+      </c>
+      <c r="K45" s="23">
+        <v>1929.8461834699999</v>
+      </c>
+      <c r="L45" s="23">
+        <v>2044.2530226700001</v>
+      </c>
+      <c r="M45" s="23">
+        <v>2159.9433785900001</v>
+      </c>
+      <c r="N45" s="23">
+        <v>2325.0872139799999</v>
+      </c>
+      <c r="O45" s="23">
+        <v>2712.5205236000002</v>
+      </c>
+      <c r="P45" s="23">
+        <v>2823.1630743800001</v>
+      </c>
+      <c r="Q45" s="23">
+        <v>2987.3543698899998</v>
+      </c>
+      <c r="R45" s="23">
+        <v>2897.8925815600001</v>
+      </c>
+      <c r="S45" s="23">
+        <v>2930.8973487500002</v>
+      </c>
+      <c r="T45" s="23">
+        <v>2900.1677449099998</v>
+      </c>
+      <c r="U45" s="23">
+        <v>2780.6846517899999</v>
+      </c>
+      <c r="V45" s="23">
+        <v>2683.4040799200002</v>
+      </c>
+      <c r="W45" s="23">
+        <v>2709.3837212899998</v>
+      </c>
+      <c r="X45" s="23">
+        <v>2790.3964896100001</v>
+      </c>
+      <c r="Y45" s="23">
+        <v>2912.8938980799999</v>
+      </c>
+      <c r="Z45" s="23">
+        <v>3123.1424603700002</v>
+      </c>
+      <c r="AA45" s="23">
+        <v>3310.7484172899999</v>
+      </c>
+      <c r="AB45" s="23">
+        <v>3459.1580270200002</v>
+      </c>
+      <c r="AC45" s="23">
+        <v>3617.0492493199999</v>
+      </c>
+      <c r="AD45" s="23">
+        <v>3829.43965686</v>
+      </c>
+      <c r="AE45" s="23">
+        <v>4417.1453366699998</v>
+      </c>
+      <c r="AF45" s="23">
+        <v>6264.4624048699998</v>
+      </c>
+      <c r="AG45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF45" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH45" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI45" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="46" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C46" s="23">
+        <v>760.08323232999999</v>
+      </c>
+      <c r="D46" s="23">
+        <v>754.41344047999996</v>
+      </c>
+      <c r="E46" s="23">
+        <v>894.35586880000005</v>
+      </c>
+      <c r="F46" s="23">
+        <v>1007.33220047</v>
+      </c>
+      <c r="G46" s="23">
+        <v>1178.68386229</v>
+      </c>
+      <c r="H46" s="23">
+        <v>1194.8194435800001</v>
+      </c>
+      <c r="I46" s="23">
+        <v>1007.97432314</v>
+      </c>
+      <c r="J46" s="23">
+        <v>1116.65836681</v>
+      </c>
+      <c r="K46" s="23">
+        <v>1080.9664534799999</v>
+      </c>
+      <c r="L46" s="23">
+        <v>1288.87790307</v>
+      </c>
+      <c r="M46" s="23">
+        <v>1392.7347499699999</v>
+      </c>
+      <c r="N46" s="23">
+        <v>1499.32403297</v>
+      </c>
+      <c r="O46" s="23">
+        <v>1911.6064341399999</v>
+      </c>
+      <c r="P46" s="23">
+        <v>2137.18860258</v>
+      </c>
+      <c r="Q46" s="23">
+        <v>1988.66916156</v>
+      </c>
+      <c r="R46" s="23">
+        <v>2036.75982322</v>
+      </c>
+      <c r="S46" s="23">
+        <v>2081.1047774399999</v>
+      </c>
+      <c r="T46" s="23">
+        <v>2090.6627177</v>
+      </c>
+      <c r="U46" s="23">
+        <v>2143.0191447500001</v>
+      </c>
+      <c r="V46" s="23">
+        <v>2245.93945085</v>
+      </c>
+      <c r="W46" s="23">
+        <v>2212.2801088699998</v>
+      </c>
+      <c r="X46" s="23">
+        <v>2252.1385116900001</v>
+      </c>
+      <c r="Y46" s="23">
+        <v>2345.0214228</v>
+      </c>
+      <c r="Z46" s="23">
+        <v>2347.1596023900001</v>
+      </c>
+      <c r="AA46" s="23">
+        <v>2627.8835789499999</v>
+      </c>
+      <c r="AB46" s="23">
+        <v>2559.2751703899999</v>
+      </c>
+      <c r="AC46" s="23">
+        <v>2801.4814414399998</v>
+      </c>
+      <c r="AD46" s="23">
+        <v>2982.2458142800001</v>
+      </c>
+      <c r="AE46" s="23">
+        <v>3271.4108689099999</v>
+      </c>
+      <c r="AF46" s="23">
+        <v>3905.9520624199999</v>
+      </c>
+      <c r="AG46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF46" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH46" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI46" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="47" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C47" s="23">
+        <v>933.27667964</v>
+      </c>
+      <c r="D47" s="23">
+        <v>955.86136450000004</v>
+      </c>
+      <c r="E47" s="23">
+        <v>1002.80852323</v>
+      </c>
+      <c r="F47" s="23">
+        <v>1109.4334880900001</v>
+      </c>
+      <c r="G47" s="23">
+        <v>1137.1186685800001</v>
+      </c>
+      <c r="H47" s="23">
+        <v>1220.6446941199999</v>
+      </c>
+      <c r="I47" s="23">
+        <v>1152.9935467299999</v>
+      </c>
+      <c r="J47" s="23">
+        <v>1439.58662684</v>
+      </c>
+      <c r="K47" s="23">
+        <v>2053.5751947700001</v>
+      </c>
+      <c r="L47" s="23">
+        <v>2367.9217678</v>
+      </c>
+      <c r="M47" s="23">
+        <v>1913.1158668600001</v>
+      </c>
+      <c r="N47" s="23">
+        <v>1758.19252676</v>
+      </c>
+      <c r="O47" s="23">
+        <v>2483.1037748499998</v>
+      </c>
+      <c r="P47" s="23">
+        <v>2595.0326181400001</v>
+      </c>
+      <c r="Q47" s="23">
+        <v>2606.2967299799998</v>
+      </c>
+      <c r="R47" s="23">
+        <v>2361.7143614500001</v>
+      </c>
+      <c r="S47" s="23">
+        <v>2751.9041985700001</v>
+      </c>
+      <c r="T47" s="23">
+        <v>1645.8988705899999</v>
+      </c>
+      <c r="U47" s="23">
+        <v>1933.0919928400001</v>
+      </c>
+      <c r="V47" s="23">
+        <v>1648.5923836899999</v>
+      </c>
+      <c r="W47" s="23">
+        <v>1674.04193203</v>
+      </c>
+      <c r="X47" s="23">
+        <v>1651.3085747299999</v>
+      </c>
+      <c r="Y47" s="23">
+        <v>1307.36211301</v>
+      </c>
+      <c r="Z47" s="23">
+        <v>1882.02842252</v>
+      </c>
+      <c r="AA47" s="23">
+        <v>2313.79650825</v>
+      </c>
+      <c r="AB47" s="23">
+        <v>2591.8493364000001</v>
+      </c>
+      <c r="AC47" s="23">
+        <v>2671.89806684</v>
+      </c>
+      <c r="AD47" s="23">
+        <v>3529.0220652200001</v>
+      </c>
+      <c r="AE47" s="23">
+        <v>5151.2985253799998</v>
+      </c>
+      <c r="AF47" s="23">
+        <v>4987.8246452499998</v>
+      </c>
+      <c r="AG47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF47" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH47" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI47" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="48" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C48" s="23">
+        <v>765.90537119999999</v>
+      </c>
+      <c r="D48" s="23">
+        <v>769.36237391999998</v>
+      </c>
+      <c r="E48" s="23">
+        <v>798.87532724000005</v>
+      </c>
+      <c r="F48" s="23">
+        <v>862.41452307999998</v>
+      </c>
+      <c r="G48" s="23">
+        <v>915.69096599</v>
+      </c>
+      <c r="H48" s="23">
+        <v>931.39355379000006</v>
+      </c>
+      <c r="I48" s="23">
+        <v>740.12635224999997</v>
+      </c>
+      <c r="J48" s="23">
+        <v>1000.52449217</v>
+      </c>
+      <c r="K48" s="23">
+        <v>1445.60842198</v>
+      </c>
+      <c r="L48" s="23">
+        <v>1512.51384151</v>
+      </c>
+      <c r="M48" s="23">
+        <v>1204.3155601000001</v>
+      </c>
+      <c r="N48" s="23">
+        <v>1218.7163960800001</v>
+      </c>
+      <c r="O48" s="23">
+        <v>1850.6579372399999</v>
+      </c>
+      <c r="P48" s="23">
+        <v>1688.2360156</v>
+      </c>
+      <c r="Q48" s="23">
+        <v>1705.8690491299999</v>
+      </c>
+      <c r="R48" s="23">
+        <v>1188.6544603899999</v>
+      </c>
+      <c r="S48" s="23">
+        <v>1121.0462054100001</v>
+      </c>
+      <c r="T48" s="23">
+        <v>1168.1528047300001</v>
+      </c>
+      <c r="U48" s="23">
+        <v>1299.8947742800001</v>
+      </c>
+      <c r="V48" s="23">
+        <v>1011.4302400399999</v>
+      </c>
+      <c r="W48" s="23">
+        <v>1120.5576469</v>
+      </c>
+      <c r="X48" s="23">
+        <v>944.26245384000003</v>
+      </c>
+      <c r="Y48" s="23">
+        <v>705.92697988999998</v>
+      </c>
+      <c r="Z48" s="23">
+        <v>936.39167032</v>
+      </c>
+      <c r="AA48" s="23">
+        <v>1177.92536849</v>
+      </c>
+      <c r="AB48" s="23">
+        <v>1481.43097113</v>
+      </c>
+      <c r="AC48" s="23">
+        <v>1598.41815864</v>
+      </c>
+      <c r="AD48" s="23">
+        <v>1572.1208649800001</v>
+      </c>
+      <c r="AE48" s="23">
+        <v>2666.75053583</v>
+      </c>
+      <c r="AF48" s="23">
+        <v>2935.5193685700001</v>
+      </c>
+      <c r="AG48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF48" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH48" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI48" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="49" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C49" s="23">
+        <v>167.37130844000001</v>
+      </c>
+      <c r="D49" s="23">
+        <v>186.49899058</v>
+      </c>
+      <c r="E49" s="23">
+        <v>203.93319599</v>
+      </c>
+      <c r="F49" s="23">
+        <v>247.01896500999999</v>
+      </c>
+      <c r="G49" s="23">
+        <v>221.42770259</v>
+      </c>
+      <c r="H49" s="23">
+        <v>289.25114033</v>
+      </c>
+      <c r="I49" s="23">
+        <v>412.86719448000002</v>
+      </c>
+      <c r="J49" s="23">
+        <v>439.06213467999999</v>
+      </c>
+      <c r="K49" s="23">
+        <v>607.96677279000005</v>
+      </c>
+      <c r="L49" s="23">
+        <v>855.40792628999998</v>
+      </c>
+      <c r="M49" s="23">
+        <v>708.80030676000001</v>
+      </c>
+      <c r="N49" s="23">
+        <v>539.47613067999998</v>
+      </c>
+      <c r="O49" s="23">
+        <v>632.4458376</v>
+      </c>
+      <c r="P49" s="23">
+        <v>906.79660253999998</v>
+      </c>
+      <c r="Q49" s="23">
+        <v>900.42768083999999</v>
+      </c>
+      <c r="R49" s="23">
+        <v>1173.0599010599999</v>
+      </c>
+      <c r="S49" s="23">
+        <v>1630.85799316</v>
+      </c>
+      <c r="T49" s="23">
+        <v>477.74606585999999</v>
+      </c>
+      <c r="U49" s="23">
+        <v>633.19721855</v>
+      </c>
+      <c r="V49" s="23">
+        <v>637.16214363999995</v>
+      </c>
+      <c r="W49" s="23">
+        <v>553.48428512999999</v>
+      </c>
+      <c r="X49" s="23">
+        <v>707.04612089</v>
+      </c>
+      <c r="Y49" s="23">
+        <v>601.43513312000005</v>
+      </c>
+      <c r="Z49" s="23">
+        <v>945.63675220000005</v>
+      </c>
+      <c r="AA49" s="23">
+        <v>1135.87113976</v>
+      </c>
+      <c r="AB49" s="23">
+        <v>1110.4183652700001</v>
+      </c>
+      <c r="AC49" s="23">
+        <v>1073.4799082</v>
+      </c>
+      <c r="AD49" s="23">
+        <v>1956.90120024</v>
+      </c>
+      <c r="AE49" s="23">
+        <v>2484.5479895499998</v>
+      </c>
+      <c r="AF49" s="23">
+        <v>2052.3052766800001</v>
+      </c>
+      <c r="AG49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF49" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH49" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI49" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="50" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="30" t="s">
+        <v>143</v>
+      </c>
+      <c r="C50" s="31">
+        <v>-117.36140105</v>
+      </c>
+      <c r="D50" s="31">
+        <v>-853.55403436999995</v>
+      </c>
+      <c r="E50" s="31">
+        <v>171.63294336999999</v>
+      </c>
+      <c r="F50" s="31">
+        <v>-228.57273024</v>
+      </c>
+      <c r="G50" s="31">
+        <v>-1476.01658464</v>
+      </c>
+      <c r="H50" s="31">
+        <v>-1909.29328631</v>
+      </c>
+      <c r="I50" s="31">
+        <v>-1225.6717978300001</v>
+      </c>
+      <c r="J50" s="31">
+        <v>-948.10642939000002</v>
+      </c>
+      <c r="K50" s="31">
+        <v>-1309.2288399700001</v>
+      </c>
+      <c r="L50" s="31">
+        <v>-1721.0065417000001</v>
+      </c>
+      <c r="M50" s="31">
+        <v>-880.75396835000004</v>
+      </c>
+      <c r="N50" s="31">
+        <v>-654.20262885</v>
+      </c>
+      <c r="O50" s="31">
+        <v>-952.96147143999997</v>
+      </c>
+      <c r="P50" s="31">
+        <v>-1001.19131563</v>
+      </c>
+      <c r="Q50" s="31">
+        <v>-2761.8002044200002</v>
+      </c>
+      <c r="R50" s="31">
+        <v>-2929.6007589999999</v>
+      </c>
+      <c r="S50" s="31">
+        <v>-3306.4236355500002</v>
+      </c>
+      <c r="T50" s="31">
+        <v>-2280.1041758400002</v>
+      </c>
+      <c r="U50" s="31">
+        <v>-2690.5757474699999</v>
+      </c>
+      <c r="V50" s="31">
+        <v>-2159.2925768700002</v>
+      </c>
+      <c r="W50" s="31">
+        <v>-1404.86358655</v>
+      </c>
+      <c r="X50" s="31">
+        <v>-556.93932157999996</v>
+      </c>
+      <c r="Y50" s="31">
+        <v>254.94895582999999</v>
+      </c>
+      <c r="Z50" s="31">
+        <v>9.1806690799999995</v>
+      </c>
+      <c r="AA50" s="31">
+        <v>272.86692586999999</v>
+      </c>
+      <c r="AB50" s="31">
+        <v>-3149.81184205</v>
+      </c>
+      <c r="AC50" s="31">
+        <v>-1555.9746238299999</v>
+      </c>
+      <c r="AD50" s="31">
+        <v>-398.64117010000001</v>
+      </c>
+      <c r="AE50" s="31">
+        <v>-1084.6356665200001</v>
+      </c>
+      <c r="AF50" s="31">
+        <v>-2019.0150063799999</v>
+      </c>
+      <c r="AG50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF50" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH50" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI50" s="41" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="51" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="16" t="s">
+        <v>173</v>
+      </c>
+      <c r="C51" s="33"/>
+      <c r="D51" s="33"/>
+      <c r="E51" s="33"/>
+      <c r="F51" s="33"/>
+      <c r="G51" s="33"/>
+      <c r="H51" s="33"/>
+      <c r="I51" s="33"/>
+      <c r="J51" s="33"/>
+      <c r="K51" s="33"/>
+      <c r="L51" s="33"/>
+      <c r="M51" s="33"/>
+      <c r="N51" s="33"/>
+      <c r="O51" s="33"/>
+      <c r="P51" s="33"/>
+      <c r="Q51" s="33"/>
+      <c r="R51" s="33"/>
+      <c r="S51" s="33"/>
+      <c r="T51" s="33"/>
+      <c r="U51" s="33"/>
+      <c r="V51" s="33"/>
+      <c r="W51" s="33"/>
+      <c r="X51" s="33"/>
+      <c r="Y51" s="33"/>
+      <c r="Z51" s="33"/>
+      <c r="AA51" s="33"/>
+      <c r="AB51" s="33"/>
+      <c r="AC51" s="33"/>
+      <c r="AD51" s="33"/>
+      <c r="AE51" s="33"/>
+      <c r="AF51" s="33"/>
+      <c r="AG51" s="34"/>
+      <c r="AH51" s="34"/>
+      <c r="AI51" s="34"/>
+      <c r="AJ51" s="34"/>
+      <c r="AK51" s="33"/>
+      <c r="AL51" s="33"/>
+      <c r="AM51" s="33"/>
+      <c r="AN51" s="33"/>
+      <c r="AO51" s="34"/>
+      <c r="AP51" s="34"/>
+      <c r="AQ51" s="34"/>
+      <c r="AR51" s="34"/>
+      <c r="AS51" s="33"/>
+      <c r="AT51" s="33"/>
+      <c r="AU51" s="33"/>
+      <c r="AV51" s="33"/>
+      <c r="AW51" s="34"/>
+      <c r="AX51" s="34"/>
+      <c r="AY51" s="34"/>
+      <c r="AZ51" s="34"/>
+      <c r="BA51" s="33"/>
+      <c r="BB51" s="33"/>
+      <c r="BC51" s="33"/>
+      <c r="BD51" s="33"/>
+      <c r="BE51" s="34"/>
+      <c r="BF51" s="34"/>
+      <c r="BG51" s="34"/>
+      <c r="BH51" s="34"/>
+      <c r="BI51" s="33"/>
+      <c r="BJ51" s="33"/>
+      <c r="BK51" s="33"/>
+      <c r="BL51" s="33"/>
+      <c r="BM51" s="34"/>
+      <c r="BN51" s="34"/>
+      <c r="BO51" s="34"/>
+      <c r="BP51" s="34"/>
+      <c r="BQ51" s="33"/>
+      <c r="BR51" s="33"/>
+      <c r="BS51" s="33"/>
+      <c r="BT51" s="33"/>
+      <c r="BU51" s="34"/>
+      <c r="BV51" s="34"/>
+      <c r="BW51" s="34"/>
+      <c r="BX51" s="34"/>
+      <c r="BY51" s="33"/>
+      <c r="BZ51" s="33"/>
+      <c r="CA51" s="33"/>
+      <c r="CB51" s="33"/>
+      <c r="CC51" s="34"/>
+      <c r="CD51" s="34"/>
+      <c r="CE51" s="34"/>
+      <c r="CF51" s="34"/>
+      <c r="CG51" s="33"/>
+      <c r="CH51" s="33"/>
+      <c r="CI51" s="33"/>
+      <c r="CJ51" s="33"/>
+      <c r="CK51" s="34"/>
+      <c r="CL51" s="34"/>
+      <c r="CM51" s="34"/>
+      <c r="CN51" s="34"/>
+      <c r="CO51" s="33"/>
+      <c r="CP51" s="33"/>
+      <c r="CQ51" s="33"/>
+      <c r="CR51" s="33"/>
+      <c r="CS51" s="34"/>
+      <c r="CT51" s="34"/>
+      <c r="CU51" s="34"/>
+      <c r="CV51" s="34"/>
+      <c r="CW51" s="33"/>
+      <c r="CX51" s="33"/>
+      <c r="CY51" s="33"/>
+      <c r="CZ51" s="33"/>
+      <c r="DA51" s="34"/>
+      <c r="DB51" s="34"/>
+      <c r="DC51" s="34"/>
+      <c r="DD51" s="34"/>
+      <c r="DE51" s="33"/>
+      <c r="DF51" s="33"/>
+      <c r="DG51" s="33"/>
+      <c r="DH51" s="33"/>
+      <c r="DI51" s="34"/>
+      <c r="DJ51" s="34"/>
+      <c r="DK51" s="34"/>
+      <c r="DL51" s="34"/>
+      <c r="DM51" s="33"/>
+      <c r="DN51" s="33"/>
+      <c r="DO51" s="33"/>
+      <c r="DP51" s="33"/>
+      <c r="DQ51" s="34"/>
+      <c r="DR51" s="34"/>
+      <c r="DS51" s="34"/>
+      <c r="DT51" s="34"/>
+      <c r="DU51" s="33"/>
+      <c r="DV51" s="33"/>
+      <c r="DW51" s="33"/>
+      <c r="DX51" s="33"/>
+      <c r="DY51" s="34"/>
+      <c r="DZ51" s="34"/>
+      <c r="EA51" s="34"/>
+      <c r="EB51" s="34"/>
+      <c r="EC51" s="33"/>
+      <c r="ED51" s="33"/>
+      <c r="EE51" s="33"/>
+      <c r="EF51" s="33"/>
+      <c r="EG51" s="34"/>
+      <c r="EH51" s="34"/>
+      <c r="EI51" s="34"/>
+    </row>
+    <row r="52" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C52" s="19">
+        <v>4026.7282981100002</v>
+      </c>
+      <c r="D52" s="19">
+        <v>4428.1924925499998</v>
+      </c>
+      <c r="E52" s="19">
+        <v>4695.5739485100003</v>
+      </c>
+      <c r="F52" s="19">
+        <v>4912.6259815200001</v>
+      </c>
+      <c r="G52" s="19">
+        <v>4999.1483468200004</v>
+      </c>
+      <c r="H52" s="19">
+        <v>5105.4196475799999</v>
+      </c>
+      <c r="I52" s="19">
+        <v>5270.8065866799998</v>
+      </c>
+      <c r="J52" s="19">
+        <v>5419.7824340400002</v>
+      </c>
+      <c r="K52" s="19">
+        <v>5668.4268362900002</v>
+      </c>
+      <c r="L52" s="19">
+        <v>5795.1810462900003</v>
+      </c>
+      <c r="M52" s="19">
+        <v>6291.2472580800004</v>
+      </c>
+      <c r="N52" s="19">
+        <v>6712.6293637299996</v>
+      </c>
+      <c r="O52" s="19">
+        <v>7240.6881559699996</v>
+      </c>
+      <c r="P52" s="19">
+        <v>7590.4944511800004</v>
+      </c>
+      <c r="Q52" s="19">
+        <v>7640.0929902600001</v>
+      </c>
+      <c r="R52" s="19">
+        <v>7592.8326748999998</v>
+      </c>
+      <c r="S52" s="19">
+        <v>7694.77417883</v>
+      </c>
+      <c r="T52" s="19">
+        <v>7646.4305236099999</v>
+      </c>
+      <c r="U52" s="19">
+        <v>8256.4772519199996</v>
+      </c>
+      <c r="V52" s="19">
+        <v>8380.5530326400003</v>
+      </c>
+      <c r="W52" s="19">
+        <v>8364.6236293300008</v>
+      </c>
+      <c r="X52" s="19">
+        <v>8550.8503153799993</v>
+      </c>
+      <c r="Y52" s="19">
+        <v>8669.6356863399997</v>
+      </c>
+      <c r="Z52" s="19">
+        <v>9014.2504697500008</v>
+      </c>
+      <c r="AA52" s="19">
+        <v>9564.3985735900005</v>
+      </c>
+      <c r="AB52" s="19">
+        <v>10688.25829274</v>
+      </c>
+      <c r="AC52" s="19">
+        <v>11295.3034964</v>
+      </c>
+      <c r="AD52" s="19">
+        <v>11300.34187522</v>
+      </c>
+      <c r="AE52" s="19">
+        <v>12892.741310130001</v>
+      </c>
+      <c r="AF52" s="19">
+        <v>14938.836063979999</v>
+      </c>
+      <c r="AG52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF52" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH52" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI52" s="18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="53" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C53" s="23">
+        <v>4026.54573983</v>
+      </c>
+      <c r="D53" s="23">
+        <v>4427.9924418399996</v>
+      </c>
+      <c r="E53" s="23">
+        <v>4695.3580898999999</v>
+      </c>
+      <c r="F53" s="23">
+        <v>4912.3465857900001</v>
+      </c>
+      <c r="G53" s="23">
+        <v>4998.8527000100003</v>
+      </c>
+      <c r="H53" s="23">
+        <v>5105.1349770300003</v>
+      </c>
+      <c r="I53" s="23">
+        <v>5270.4653595299997</v>
+      </c>
+      <c r="J53" s="23">
+        <v>5419.33683354</v>
+      </c>
+      <c r="K53" s="23">
+        <v>5668.4268362900002</v>
+      </c>
+      <c r="L53" s="23">
+        <v>5795.1810462900003</v>
+      </c>
+      <c r="M53" s="23">
+        <v>6291.2472580800004</v>
+      </c>
+      <c r="N53" s="23">
+        <v>6712.6293637299996</v>
+      </c>
+      <c r="O53" s="23">
+        <v>7240.6881559699996</v>
+      </c>
+      <c r="P53" s="23">
+        <v>7590.4944511800004</v>
+      </c>
+      <c r="Q53" s="23">
+        <v>7640.0929902600001</v>
+      </c>
+      <c r="R53" s="23">
+        <v>7592.8326748999998</v>
+      </c>
+      <c r="S53" s="23">
+        <v>7694.77417883</v>
+      </c>
+      <c r="T53" s="23">
+        <v>7646.4305236099999</v>
+      </c>
+      <c r="U53" s="23">
+        <v>8256.4772519199996</v>
+      </c>
+      <c r="V53" s="23">
+        <v>8378.8788967300006</v>
+      </c>
+      <c r="W53" s="23">
+        <v>8364.6236293300008</v>
+      </c>
+      <c r="X53" s="23">
+        <v>8550.5706345800008</v>
+      </c>
+      <c r="Y53" s="23">
+        <v>8669.5778902000002</v>
+      </c>
+      <c r="Z53" s="23">
+        <v>9013.9324223599997</v>
+      </c>
+      <c r="AA53" s="23">
+        <v>9564.2717197900001</v>
+      </c>
+      <c r="AB53" s="23">
+        <v>10686.349906920001</v>
+      </c>
+      <c r="AC53" s="23">
+        <v>11293.779489099999</v>
+      </c>
+      <c r="AD53" s="23">
+        <v>11297.77762798</v>
+      </c>
+      <c r="AE53" s="23">
+        <v>12886.7542264</v>
+      </c>
+      <c r="AF53" s="23">
+        <v>14936.23621271</v>
+      </c>
+      <c r="AG53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF53" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH53" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI53" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="54" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C54" s="23">
+        <v>0</v>
+      </c>
+      <c r="D54" s="23">
+        <v>0</v>
+      </c>
+      <c r="E54" s="23">
+        <v>0</v>
+      </c>
+      <c r="F54" s="23">
+        <v>0</v>
+      </c>
+      <c r="G54" s="23">
+        <v>0</v>
+      </c>
+      <c r="H54" s="23">
+        <v>0</v>
+      </c>
+      <c r="I54" s="23">
+        <v>0</v>
+      </c>
+      <c r="J54" s="23">
+        <v>0</v>
+      </c>
+      <c r="K54" s="23">
+        <v>0</v>
+      </c>
+      <c r="L54" s="23">
+        <v>0</v>
+      </c>
+      <c r="M54" s="23">
+        <v>0</v>
+      </c>
+      <c r="N54" s="23">
+        <v>0</v>
+      </c>
+      <c r="O54" s="23">
+        <v>0</v>
+      </c>
+      <c r="P54" s="23">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="23">
+        <v>0</v>
+      </c>
+      <c r="R54" s="23">
+        <v>0</v>
+      </c>
+      <c r="S54" s="23">
+        <v>0</v>
+      </c>
+      <c r="T54" s="23">
+        <v>0</v>
+      </c>
+      <c r="U54" s="23">
+        <v>0</v>
+      </c>
+      <c r="V54" s="23">
+        <v>0</v>
+      </c>
+      <c r="W54" s="23">
+        <v>0</v>
+      </c>
+      <c r="X54" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="23">
+        <v>0</v>
+      </c>
+      <c r="Z54" s="23">
+        <v>0</v>
+      </c>
+      <c r="AA54" s="23">
+        <v>0</v>
+      </c>
+      <c r="AB54" s="23">
+        <v>0</v>
+      </c>
+      <c r="AC54" s="23">
+        <v>0</v>
+      </c>
+      <c r="AD54" s="23">
+        <v>0</v>
+      </c>
+      <c r="AE54" s="23">
+        <v>0</v>
+      </c>
+      <c r="AF54" s="23">
+        <v>0</v>
+      </c>
+      <c r="AG54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF54" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH54" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI54" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="55" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C55" s="23">
+        <v>0</v>
+      </c>
+      <c r="D55" s="23">
+        <v>0</v>
+      </c>
+      <c r="E55" s="23">
+        <v>0</v>
+      </c>
+      <c r="F55" s="23">
+        <v>0</v>
+      </c>
+      <c r="G55" s="23">
+        <v>0</v>
+      </c>
+      <c r="H55" s="23">
+        <v>0</v>
+      </c>
+      <c r="I55" s="23">
+        <v>0</v>
+      </c>
+      <c r="J55" s="23">
+        <v>0</v>
+      </c>
+      <c r="K55" s="23">
+        <v>0</v>
+      </c>
+      <c r="L55" s="23">
+        <v>0</v>
+      </c>
+      <c r="M55" s="23">
+        <v>0</v>
+      </c>
+      <c r="N55" s="23">
+        <v>0</v>
+      </c>
+      <c r="O55" s="23">
+        <v>0</v>
+      </c>
+      <c r="P55" s="23">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="23">
+        <v>0</v>
+      </c>
+      <c r="R55" s="23">
+        <v>0</v>
+      </c>
+      <c r="S55" s="23">
+        <v>0</v>
+      </c>
+      <c r="T55" s="23">
+        <v>0</v>
+      </c>
+      <c r="U55" s="23">
+        <v>0</v>
+      </c>
+      <c r="V55" s="23">
+        <v>0</v>
+      </c>
+      <c r="W55" s="23">
+        <v>0</v>
+      </c>
+      <c r="X55" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="23">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="23">
+        <v>0</v>
+      </c>
+      <c r="AA55" s="23">
+        <v>0</v>
+      </c>
+      <c r="AB55" s="23">
+        <v>0</v>
+      </c>
+      <c r="AC55" s="23">
+        <v>0</v>
+      </c>
+      <c r="AD55" s="23">
+        <v>0</v>
+      </c>
+      <c r="AE55" s="23">
+        <v>0</v>
+      </c>
+      <c r="AF55" s="23">
+        <v>0</v>
+      </c>
+      <c r="AG55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF55" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH55" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI55" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="56" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C56" s="23">
+        <v>2415.21640454</v>
+      </c>
+      <c r="D56" s="23">
+        <v>2695.2241024599998</v>
+      </c>
+      <c r="E56" s="23">
+        <v>2972.24182096</v>
+      </c>
+      <c r="F56" s="23">
+        <v>3042.3947176299998</v>
+      </c>
+      <c r="G56" s="23">
+        <v>3091.1773840300002</v>
+      </c>
+      <c r="H56" s="23">
+        <v>3178.8190324500001</v>
+      </c>
+      <c r="I56" s="23">
+        <v>3287.0183821099999</v>
+      </c>
+      <c r="J56" s="23">
+        <v>3344.6178246700001</v>
+      </c>
+      <c r="K56" s="23">
+        <v>3639.8709270700001</v>
+      </c>
+      <c r="L56" s="23">
+        <v>3912.3494591499998</v>
+      </c>
+      <c r="M56" s="23">
+        <v>4172.5579721900003</v>
+      </c>
+      <c r="N56" s="23">
+        <v>4527.9430137700001</v>
+      </c>
+      <c r="O56" s="23">
+        <v>5059.4317803100002</v>
+      </c>
+      <c r="P56" s="23">
+        <v>5456.4718529600004</v>
+      </c>
+      <c r="Q56" s="23">
+        <v>5325.5678185200004</v>
+      </c>
+      <c r="R56" s="23">
+        <v>5215.1748568499997</v>
+      </c>
+      <c r="S56" s="23">
+        <v>5253.9328929599997</v>
+      </c>
+      <c r="T56" s="23">
+        <v>5098.50015798</v>
+      </c>
+      <c r="U56" s="23">
+        <v>5017.7645869899998</v>
+      </c>
+      <c r="V56" s="23">
+        <v>5215.1271013699998</v>
+      </c>
+      <c r="W56" s="23">
+        <v>5350.63427598</v>
+      </c>
+      <c r="X56" s="23">
+        <v>5459.69472881</v>
+      </c>
+      <c r="Y56" s="23">
+        <v>5694.8897218000002</v>
+      </c>
+      <c r="Z56" s="23">
+        <v>5958.7982246600004</v>
+      </c>
+      <c r="AA56" s="23">
+        <v>6193.4374424999996</v>
+      </c>
+      <c r="AB56" s="23">
+        <v>5860.84886818</v>
+      </c>
+      <c r="AC56" s="23">
+        <v>6485.8720691500002</v>
+      </c>
+      <c r="AD56" s="23">
+        <v>7314.8206201599996</v>
+      </c>
+      <c r="AE56" s="23">
+        <v>8371.1272011500005</v>
+      </c>
+      <c r="AF56" s="23">
+        <v>9835.1024460799999</v>
+      </c>
+      <c r="AG56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF56" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH56" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI56" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="57" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C57" s="25">
+        <v>1606.5107966</v>
+      </c>
+      <c r="D57" s="25">
+        <v>1727.48809622</v>
+      </c>
+      <c r="E57" s="25">
+        <v>1717.4187837300001</v>
+      </c>
+      <c r="F57" s="25">
+        <v>1862.57735112</v>
+      </c>
+      <c r="G57" s="25">
+        <v>1899.8718594500001</v>
+      </c>
+      <c r="H57" s="25">
+        <v>1918.80220108</v>
+      </c>
+      <c r="I57" s="25">
+        <v>1974.4404494</v>
+      </c>
+      <c r="J57" s="25">
+        <v>2062.95759589</v>
+      </c>
+      <c r="K57" s="25">
+        <v>2017.16384406</v>
+      </c>
+      <c r="L57" s="25">
+        <v>1868.4769847</v>
+      </c>
+      <c r="M57" s="25">
+        <v>2106.8385904199999</v>
+      </c>
+      <c r="N57" s="25">
+        <v>2171.4715414100001</v>
+      </c>
+      <c r="O57" s="25">
+        <v>2179.7231369599999</v>
+      </c>
+      <c r="P57" s="25">
+        <v>2103.7737194599999</v>
+      </c>
+      <c r="Q57" s="25">
+        <v>2309.8147523299999</v>
+      </c>
+      <c r="R57" s="25">
+        <v>2366.3545919500002</v>
+      </c>
+      <c r="S57" s="25">
+        <v>2412.7589666700001</v>
+      </c>
+      <c r="T57" s="25">
+        <v>2537.8427990999999</v>
+      </c>
+      <c r="U57" s="25">
+        <v>3229.72173707</v>
+      </c>
+      <c r="V57" s="25">
+        <v>3157.3189515099998</v>
+      </c>
+      <c r="W57" s="25">
+        <v>2942.4418088500001</v>
+      </c>
+      <c r="X57" s="25">
+        <v>3012.8497417200001</v>
+      </c>
+      <c r="Y57" s="25">
+        <v>2896.4647976400001</v>
+      </c>
+      <c r="Z57" s="25">
+        <v>2969.4661789900001</v>
+      </c>
+      <c r="AA57" s="25">
+        <v>3282.7081064700001</v>
+      </c>
+      <c r="AB57" s="25">
+        <v>4743.0438001700004</v>
+      </c>
+      <c r="AC57" s="25">
+        <v>4726.10935625</v>
+      </c>
+      <c r="AD57" s="25">
+        <v>3897.8220281099998</v>
+      </c>
+      <c r="AE57" s="25">
+        <v>4428.6836739199998</v>
+      </c>
+      <c r="AF57" s="25">
+        <v>5056.9100173699999</v>
+      </c>
+      <c r="AG57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF57" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH57" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI57" s="37" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="58" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C58" s="23">
+        <v>4.8185386899999996</v>
+      </c>
+      <c r="D58" s="23">
+        <v>5.2802431500000004</v>
+      </c>
+      <c r="E58" s="23">
+        <v>5.69748521</v>
+      </c>
+      <c r="F58" s="23">
+        <v>7.3745170399999997</v>
+      </c>
+      <c r="G58" s="23">
+        <v>7.8034565300000001</v>
+      </c>
+      <c r="H58" s="23">
+        <v>7.5137435100000003</v>
+      </c>
+      <c r="I58" s="23">
+        <v>9.0065280300000001</v>
+      </c>
+      <c r="J58" s="23">
+        <v>11.76141297</v>
+      </c>
+      <c r="K58" s="23">
+        <v>11.39206517</v>
+      </c>
+      <c r="L58" s="23">
+        <v>14.35460243</v>
+      </c>
+      <c r="M58" s="23">
+        <v>11.85069547</v>
+      </c>
+      <c r="N58" s="23">
+        <v>13.214808550000001</v>
+      </c>
+      <c r="O58" s="23">
+        <v>1.5332387000000001</v>
+      </c>
+      <c r="P58" s="23">
+        <v>30.24887876</v>
+      </c>
+      <c r="Q58" s="23">
+        <v>4.7104194000000001</v>
+      </c>
+      <c r="R58" s="23">
+        <v>11.303226090000001</v>
+      </c>
+      <c r="S58" s="23">
+        <v>28.082319200000001</v>
+      </c>
+      <c r="T58" s="23">
+        <v>10.08756653</v>
+      </c>
+      <c r="U58" s="23">
+        <v>8.9909278700000002</v>
+      </c>
+      <c r="V58" s="23">
+        <v>6.4328438500000003</v>
+      </c>
+      <c r="W58" s="23">
+        <v>71.547544500000001</v>
+      </c>
+      <c r="X58" s="23">
+        <v>78.026164050000006</v>
+      </c>
+      <c r="Y58" s="23">
+        <v>78.223370759999995</v>
+      </c>
+      <c r="Z58" s="23">
+        <v>85.668018709999998</v>
+      </c>
+      <c r="AA58" s="23">
+        <v>88.126170810000005</v>
+      </c>
+      <c r="AB58" s="23">
+        <v>82.457238570000001</v>
+      </c>
+      <c r="AC58" s="23">
+        <v>81.798063709999994</v>
+      </c>
+      <c r="AD58" s="23">
+        <v>85.134979709999996</v>
+      </c>
+      <c r="AE58" s="23">
+        <v>86.943351329999999</v>
+      </c>
+      <c r="AF58" s="23">
+        <v>44.223749259999998</v>
+      </c>
+      <c r="AG58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF58" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH58" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI58" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="59" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="26" t="s">
+        <v>160</v>
+      </c>
+      <c r="C59" s="27">
+        <v>0.18255827999999999</v>
+      </c>
+      <c r="D59" s="27">
+        <v>0.20005070999999999</v>
+      </c>
+      <c r="E59" s="27">
+        <v>0.21585861000000001</v>
+      </c>
+      <c r="F59" s="27">
+        <v>0.27939573000000001</v>
+      </c>
+      <c r="G59" s="27">
+        <v>0.29564679999999999</v>
+      </c>
+      <c r="H59" s="27">
+        <v>0.28467055000000002</v>
+      </c>
+      <c r="I59" s="27">
+        <v>0.34122714999999998</v>
+      </c>
+      <c r="J59" s="27">
+        <v>0.44560050000000001</v>
+      </c>
+      <c r="K59" s="27">
+        <v>0</v>
+      </c>
+      <c r="L59" s="27">
+        <v>0</v>
+      </c>
+      <c r="M59" s="27">
+        <v>0</v>
+      </c>
+      <c r="N59" s="27">
+        <v>0</v>
+      </c>
+      <c r="O59" s="27">
+        <v>0</v>
+      </c>
+      <c r="P59" s="27">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="27">
+        <v>0</v>
+      </c>
+      <c r="R59" s="27">
+        <v>0</v>
+      </c>
+      <c r="S59" s="27">
+        <v>0</v>
+      </c>
+      <c r="T59" s="27">
+        <v>0</v>
+      </c>
+      <c r="U59" s="27">
+        <v>0</v>
+      </c>
+      <c r="V59" s="27">
+        <v>1.6741359099999999</v>
+      </c>
+      <c r="W59" s="27">
+        <v>0</v>
+      </c>
+      <c r="X59" s="27">
+        <v>0.27968080000000001</v>
+      </c>
+      <c r="Y59" s="27">
+        <v>5.7796140000000003E-2</v>
+      </c>
+      <c r="Z59" s="27">
+        <v>0.31804737999999999</v>
+      </c>
+      <c r="AA59" s="27">
+        <v>0.12685381000000001</v>
+      </c>
+      <c r="AB59" s="27">
+        <v>1.9083858300000001</v>
+      </c>
+      <c r="AC59" s="27">
+        <v>1.5240073000000001</v>
+      </c>
+      <c r="AD59" s="27">
+        <v>2.5642472399999998</v>
+      </c>
+      <c r="AE59" s="27">
+        <v>5.9870837300000002</v>
+      </c>
+      <c r="AF59" s="27">
+        <v>2.5998512699999998</v>
+      </c>
+      <c r="AG59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF59" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH59" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI59" s="39" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="60" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C60" s="19">
+        <v>3976.45328853</v>
+      </c>
+      <c r="D60" s="19">
+        <v>4442.1761858500004</v>
+      </c>
+      <c r="E60" s="19">
+        <v>4584.1363168199996</v>
+      </c>
+      <c r="F60" s="19">
+        <v>4836.7703021099996</v>
+      </c>
+      <c r="G60" s="19">
+        <v>5375.1090837399997</v>
+      </c>
+      <c r="H60" s="19">
+        <v>5319.5129407499999</v>
+      </c>
+      <c r="I60" s="19">
+        <v>5252.8451801000001</v>
+      </c>
+      <c r="J60" s="19">
+        <v>5878.7550760699996</v>
+      </c>
+      <c r="K60" s="19">
+        <v>5737.6913317099998</v>
+      </c>
+      <c r="L60" s="19">
+        <v>5914.0041939399998</v>
+      </c>
+      <c r="M60" s="19">
+        <v>6336.9987961400002</v>
+      </c>
+      <c r="N60" s="19">
+        <v>6700.9903904299999</v>
+      </c>
+      <c r="O60" s="19">
+        <v>7106.3348948399998</v>
+      </c>
+      <c r="P60" s="19">
+        <v>7593.6123914700001</v>
+      </c>
+      <c r="Q60" s="19">
+        <v>7649.3264644299998</v>
+      </c>
+      <c r="R60" s="19">
+        <v>7607.0236786799996</v>
+      </c>
+      <c r="S60" s="19">
+        <v>7761.9180538299997</v>
+      </c>
+      <c r="T60" s="19">
+        <v>7838.5197457599998</v>
+      </c>
+      <c r="U60" s="19">
+        <v>8042.9736502300002</v>
+      </c>
+      <c r="V60" s="19">
+        <v>8576.3616008200006</v>
+      </c>
+      <c r="W60" s="19">
+        <v>8619.8689854099994</v>
+      </c>
+      <c r="X60" s="19">
+        <v>8470.7147608800005</v>
+      </c>
+      <c r="Y60" s="19">
+        <v>8639.2954644700003</v>
+      </c>
+      <c r="Z60" s="19">
+        <v>9000.9973617199994</v>
+      </c>
+      <c r="AA60" s="19">
+        <v>9491.66864188</v>
+      </c>
+      <c r="AB60" s="19">
+        <v>10727.543526670001</v>
+      </c>
+      <c r="AC60" s="19">
+        <v>11081.759800940001</v>
+      </c>
+      <c r="AD60" s="19">
+        <v>11205.114135870001</v>
+      </c>
+      <c r="AE60" s="19">
+        <v>12899.17887012</v>
+      </c>
+      <c r="AF60" s="19">
+        <v>14846.31747358</v>
+      </c>
+      <c r="AG60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF60" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH60" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI60" s="18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="61" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C61" s="23">
+        <v>3970.8597450699999</v>
+      </c>
+      <c r="D61" s="23">
+        <v>4436.3040944100003</v>
+      </c>
+      <c r="E61" s="23">
+        <v>4578.2520871899997</v>
+      </c>
+      <c r="F61" s="23">
+        <v>4828.7940614199997</v>
+      </c>
+      <c r="G61" s="23">
+        <v>5366.64154977</v>
+      </c>
+      <c r="H61" s="23">
+        <v>5311.6536725200003</v>
+      </c>
+      <c r="I61" s="23">
+        <v>5242.0753797300003</v>
+      </c>
+      <c r="J61" s="23">
+        <v>5869.2214746400005</v>
+      </c>
+      <c r="K61" s="23">
+        <v>5731.0481620199998</v>
+      </c>
+      <c r="L61" s="23">
+        <v>5906.4632574500001</v>
+      </c>
+      <c r="M61" s="23">
+        <v>6328.6579708700001</v>
+      </c>
+      <c r="N61" s="23">
+        <v>6692.2519342599999</v>
+      </c>
+      <c r="O61" s="23">
+        <v>7094.4206528799996</v>
+      </c>
+      <c r="P61" s="23">
+        <v>7580.5626882400002</v>
+      </c>
+      <c r="Q61" s="23">
+        <v>7641.7699533200002</v>
+      </c>
+      <c r="R61" s="23">
+        <v>7600.0013286900003</v>
+      </c>
+      <c r="S61" s="23">
+        <v>7756.6282177399999</v>
+      </c>
+      <c r="T61" s="23">
+        <v>7832.5822519599997</v>
+      </c>
+      <c r="U61" s="23">
+        <v>8037.8548250900003</v>
+      </c>
+      <c r="V61" s="23">
+        <v>8164.3522335099997</v>
+      </c>
+      <c r="W61" s="23">
+        <v>8447.9968451299992</v>
+      </c>
+      <c r="X61" s="23">
+        <v>8466.2023212999993</v>
+      </c>
+      <c r="Y61" s="23">
+        <v>8635.4561986900007</v>
+      </c>
+      <c r="Z61" s="23">
+        <v>8996.1700383400002</v>
+      </c>
+      <c r="AA61" s="23">
+        <v>9483.5162539299999</v>
+      </c>
+      <c r="AB61" s="23">
+        <v>10718.308616320001</v>
+      </c>
+      <c r="AC61" s="23">
+        <v>11072.9157225</v>
+      </c>
+      <c r="AD61" s="23">
+        <v>11194.6895355</v>
+      </c>
+      <c r="AE61" s="23">
+        <v>12887.97604422</v>
+      </c>
+      <c r="AF61" s="23">
+        <v>14831.580494</v>
+      </c>
+      <c r="AG61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF61" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH61" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI61" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="62" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C62" s="23">
+        <v>3918.09560951</v>
+      </c>
+      <c r="D62" s="23">
+        <v>4378.48418606</v>
+      </c>
+      <c r="E62" s="23">
+        <v>4515.8632798199997</v>
+      </c>
+      <c r="F62" s="23">
+        <v>4748.0413598499999</v>
+      </c>
+      <c r="G62" s="23">
+        <v>5281.1918595899997</v>
+      </c>
+      <c r="H62" s="23">
+        <v>5220.8377946500004</v>
+      </c>
+      <c r="I62" s="23">
+        <v>5124.7436293700002</v>
+      </c>
+      <c r="J62" s="23">
+        <v>5721.8816929000004</v>
+      </c>
+      <c r="K62" s="23">
+        <v>5578.8102168900004</v>
+      </c>
+      <c r="L62" s="23">
+        <v>5764.3841397100005</v>
+      </c>
+      <c r="M62" s="23">
+        <v>6192.3074643999998</v>
+      </c>
+      <c r="N62" s="23">
+        <v>6548.3015563999998</v>
+      </c>
+      <c r="O62" s="23">
+        <v>6943.2390415</v>
+      </c>
+      <c r="P62" s="23">
+        <v>7417.57968884</v>
+      </c>
+      <c r="Q62" s="23">
+        <v>7480.4658949200002</v>
+      </c>
+      <c r="R62" s="23">
+        <v>7453.9076736400002</v>
+      </c>
+      <c r="S62" s="23">
+        <v>7607.6826407600001</v>
+      </c>
+      <c r="T62" s="23">
+        <v>7691.8875865299997</v>
+      </c>
+      <c r="U62" s="23">
+        <v>7895.5678776599998</v>
+      </c>
+      <c r="V62" s="23">
+        <v>8043.3830385199999</v>
+      </c>
+      <c r="W62" s="23">
+        <v>8324.0018361700004</v>
+      </c>
+      <c r="X62" s="23">
+        <v>8341.5228158299997</v>
+      </c>
+      <c r="Y62" s="23">
+        <v>8509.5789165700007</v>
+      </c>
+      <c r="Z62" s="23">
+        <v>8863.9426558899995</v>
+      </c>
+      <c r="AA62" s="23">
+        <v>9345.7650216099992</v>
+      </c>
+      <c r="AB62" s="23">
+        <v>10573.062734839999</v>
+      </c>
+      <c r="AC62" s="23">
+        <v>10925.52024648</v>
+      </c>
+      <c r="AD62" s="23">
+        <v>11033.766458419999</v>
+      </c>
+      <c r="AE62" s="23">
+        <v>12698.75865028</v>
+      </c>
+      <c r="AF62" s="23">
+        <v>14600.95542031</v>
+      </c>
+      <c r="AG62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF62" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH62" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI62" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="63" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C63" s="23">
+        <v>2621.0012762400002</v>
+      </c>
+      <c r="D63" s="23">
+        <v>3132.0201220899999</v>
+      </c>
+      <c r="E63" s="23">
+        <v>3420.5406053199999</v>
+      </c>
+      <c r="F63" s="23">
+        <v>3564.0685159999998</v>
+      </c>
+      <c r="G63" s="23">
+        <v>3753.1555922900002</v>
+      </c>
+      <c r="H63" s="23">
+        <v>3825.5277468700001</v>
+      </c>
+      <c r="I63" s="23">
+        <v>4010.4094785900002</v>
+      </c>
+      <c r="J63" s="23">
+        <v>4443.2012331100004</v>
+      </c>
+      <c r="K63" s="23">
+        <v>4478.2406616099997</v>
+      </c>
+      <c r="L63" s="23">
+        <v>4632.7917646599999</v>
+      </c>
+      <c r="M63" s="23">
+        <v>4791.32317539</v>
+      </c>
+      <c r="N63" s="23">
+        <v>5132.3248884499999</v>
+      </c>
+      <c r="O63" s="23">
+        <v>5447.2633091799999</v>
+      </c>
+      <c r="P63" s="23">
+        <v>5849.7465190800003</v>
+      </c>
+      <c r="Q63" s="23">
+        <v>5960.0472324599996</v>
+      </c>
+      <c r="R63" s="23">
+        <v>5960.0350757400001</v>
+      </c>
+      <c r="S63" s="23">
+        <v>5999.8524787799997</v>
+      </c>
+      <c r="T63" s="23">
+        <v>6059.1363895900004</v>
+      </c>
+      <c r="U63" s="23">
+        <v>6238.3749566799997</v>
+      </c>
+      <c r="V63" s="23">
+        <v>6376.65717649</v>
+      </c>
+      <c r="W63" s="23">
+        <v>6573.6375058699996</v>
+      </c>
+      <c r="X63" s="23">
+        <v>6597.84090474</v>
+      </c>
+      <c r="Y63" s="23">
+        <v>6698.70728409</v>
+      </c>
+      <c r="Z63" s="23">
+        <v>6909.6508845400003</v>
+      </c>
+      <c r="AA63" s="23">
+        <v>7200.6332388299998</v>
+      </c>
+      <c r="AB63" s="23">
+        <v>7501.7024312200001</v>
+      </c>
+      <c r="AC63" s="23">
+        <v>7730.3950875299997</v>
+      </c>
+      <c r="AD63" s="23">
+        <v>8231.1458019599995</v>
+      </c>
+      <c r="AE63" s="23">
+        <v>9389.1262562899992</v>
+      </c>
+      <c r="AF63" s="23">
+        <v>10742.281767009999</v>
+      </c>
+      <c r="AG63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF63" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH63" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI63" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="64" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="23">
+        <v>0</v>
+      </c>
+      <c r="D64" s="23">
+        <v>0</v>
+      </c>
+      <c r="E64" s="23">
+        <v>0</v>
+      </c>
+      <c r="F64" s="23">
+        <v>0</v>
+      </c>
+      <c r="G64" s="23">
+        <v>0</v>
+      </c>
+      <c r="H64" s="23">
+        <v>0</v>
+      </c>
+      <c r="I64" s="23">
+        <v>0</v>
+      </c>
+      <c r="J64" s="23">
+        <v>0</v>
+      </c>
+      <c r="K64" s="23">
+        <v>0</v>
+      </c>
+      <c r="L64" s="23">
+        <v>0</v>
+      </c>
+      <c r="M64" s="23">
+        <v>0</v>
+      </c>
+      <c r="N64" s="23">
+        <v>11.12599429</v>
+      </c>
+      <c r="O64" s="23">
+        <v>0</v>
+      </c>
+      <c r="P64" s="23">
+        <v>13.86148822</v>
+      </c>
+      <c r="Q64" s="23">
+        <v>2.9289721900000001</v>
+      </c>
+      <c r="R64" s="23">
+        <v>9.4015398500000007</v>
+      </c>
+      <c r="S64" s="23">
+        <v>9.0507356800000007</v>
+      </c>
+      <c r="T64" s="23">
+        <v>18.23515854</v>
+      </c>
+      <c r="U64" s="23">
+        <v>19.363325499999998</v>
+      </c>
+      <c r="V64" s="23">
+        <v>45.768096219999997</v>
+      </c>
+      <c r="W64" s="23">
+        <v>31.49401593</v>
+      </c>
+      <c r="X64" s="23">
+        <v>14.16410074</v>
+      </c>
+      <c r="Y64" s="23">
+        <v>33.469469510000003</v>
+      </c>
+      <c r="Z64" s="23">
+        <v>73.37666428</v>
+      </c>
+      <c r="AA64" s="23">
+        <v>94.782524789999997</v>
+      </c>
+      <c r="AB64" s="23">
+        <v>1046.18362824</v>
+      </c>
+      <c r="AC64" s="23">
+        <v>719.05763567999998</v>
+      </c>
+      <c r="AD64" s="23">
+        <v>153.48556368000001</v>
+      </c>
+      <c r="AE64" s="23">
+        <v>99.901100970000002</v>
+      </c>
+      <c r="AF64" s="23">
+        <v>118.65177540000001</v>
+      </c>
+      <c r="AG64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF64" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH64" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI64" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="65" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C65" s="23">
+        <v>1297.0943332700001</v>
+      </c>
+      <c r="D65" s="23">
+        <v>1246.4640639700001</v>
+      </c>
+      <c r="E65" s="23">
+        <v>1095.3226744999999</v>
+      </c>
+      <c r="F65" s="23">
+        <v>1183.9728438499999</v>
+      </c>
+      <c r="G65" s="23">
+        <v>1528.0362673</v>
+      </c>
+      <c r="H65" s="23">
+        <v>1395.3100477800001</v>
+      </c>
+      <c r="I65" s="23">
+        <v>1114.33415077</v>
+      </c>
+      <c r="J65" s="23">
+        <v>1278.68045979</v>
+      </c>
+      <c r="K65" s="23">
+        <v>1100.56955528</v>
+      </c>
+      <c r="L65" s="23">
+        <v>1131.59237506</v>
+      </c>
+      <c r="M65" s="23">
+        <v>1400.9842890100001</v>
+      </c>
+      <c r="N65" s="23">
+        <v>1404.85067366</v>
+      </c>
+      <c r="O65" s="23">
+        <v>1495.9757323199999</v>
+      </c>
+      <c r="P65" s="23">
+        <v>1553.97168154</v>
+      </c>
+      <c r="Q65" s="23">
+        <v>1517.4896902600001</v>
+      </c>
+      <c r="R65" s="23">
+        <v>1484.47105805</v>
+      </c>
+      <c r="S65" s="23">
+        <v>1598.7794263000001</v>
+      </c>
+      <c r="T65" s="23">
+        <v>1614.51603841</v>
+      </c>
+      <c r="U65" s="23">
+        <v>1637.8295954800001</v>
+      </c>
+      <c r="V65" s="23">
+        <v>1620.9577658000001</v>
+      </c>
+      <c r="W65" s="23">
+        <v>1718.87031437</v>
+      </c>
+      <c r="X65" s="23">
+        <v>1729.51781035</v>
+      </c>
+      <c r="Y65" s="23">
+        <v>1777.4021629700001</v>
+      </c>
+      <c r="Z65" s="23">
+        <v>1880.9151070800001</v>
+      </c>
+      <c r="AA65" s="23">
+        <v>2050.3492579899998</v>
+      </c>
+      <c r="AB65" s="23">
+        <v>2025.17667538</v>
+      </c>
+      <c r="AC65" s="23">
+        <v>2476.0675232799999</v>
+      </c>
+      <c r="AD65" s="23">
+        <v>2649.1350927799999</v>
+      </c>
+      <c r="AE65" s="23">
+        <v>3209.7312930200001</v>
+      </c>
+      <c r="AF65" s="23">
+        <v>3740.0218779000002</v>
+      </c>
+      <c r="AG65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF65" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH65" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI65" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="66" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C66" s="23">
+        <v>0</v>
+      </c>
+      <c r="D66" s="23">
+        <v>0</v>
+      </c>
+      <c r="E66" s="23">
+        <v>0</v>
+      </c>
+      <c r="F66" s="23">
+        <v>0</v>
+      </c>
+      <c r="G66" s="23">
+        <v>0</v>
+      </c>
+      <c r="H66" s="23">
+        <v>8.5386136599999993</v>
+      </c>
+      <c r="I66" s="23">
+        <v>18.70814347</v>
+      </c>
+      <c r="J66" s="23">
+        <v>18.549534739999999</v>
+      </c>
+      <c r="K66" s="23">
+        <v>18.94530541</v>
+      </c>
+      <c r="L66" s="23">
+        <v>10.32795248</v>
+      </c>
+      <c r="M66" s="23">
+        <v>0</v>
+      </c>
+      <c r="N66" s="23">
+        <v>0</v>
+      </c>
+      <c r="O66" s="23">
+        <v>0</v>
+      </c>
+      <c r="P66" s="23">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="23">
+        <v>0</v>
+      </c>
+      <c r="R66" s="23">
+        <v>7.2413999999999996E-4</v>
+      </c>
+      <c r="S66" s="23">
+        <v>8.7899599999999994E-3</v>
+      </c>
+      <c r="T66" s="23">
+        <v>5.9531100000000002E-3</v>
+      </c>
+      <c r="U66" s="23">
+        <v>6.3391599999999999E-3</v>
+      </c>
+      <c r="V66" s="23">
+        <v>4.3748900000000002E-3</v>
+      </c>
+      <c r="W66" s="23">
+        <v>8.59738E-3</v>
+      </c>
+      <c r="X66" s="23">
+        <v>3.17607E-3</v>
+      </c>
+      <c r="Y66" s="23">
+        <v>3.9577999999999998E-4</v>
+      </c>
+      <c r="Z66" s="23">
+        <v>3.6344699999999999E-3</v>
+      </c>
+      <c r="AA66" s="23">
+        <v>1.6609000000000001E-3</v>
+      </c>
+      <c r="AB66" s="23">
+        <v>4.8335000000000001E-3</v>
+      </c>
+      <c r="AC66" s="23">
+        <v>4.7264200000000003E-3</v>
+      </c>
+      <c r="AD66" s="23">
+        <v>6.5648E-3</v>
+      </c>
+      <c r="AE66" s="23">
+        <v>2.2726329999999999E-2</v>
+      </c>
+      <c r="AF66" s="23">
+        <v>4.5965150000000003E-2</v>
+      </c>
+      <c r="AG66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF66" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH66" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI66" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="67" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C67" s="23">
+        <v>27.67808355</v>
+      </c>
+      <c r="D67" s="23">
+        <v>30.330152040000002</v>
+      </c>
+      <c r="E67" s="23">
+        <v>32.72682485</v>
+      </c>
+      <c r="F67" s="23">
+        <v>42.359833940000001</v>
+      </c>
+      <c r="G67" s="23">
+        <v>44.823697729999999</v>
+      </c>
+      <c r="H67" s="23">
+        <v>43.15956224</v>
+      </c>
+      <c r="I67" s="23">
+        <v>51.734239600000002</v>
+      </c>
+      <c r="J67" s="23">
+        <v>67.558525849999995</v>
+      </c>
+      <c r="K67" s="23">
+        <v>68.879063509999995</v>
+      </c>
+      <c r="L67" s="23">
+        <v>78.142036829999995</v>
+      </c>
+      <c r="M67" s="23">
+        <v>81.185775030000002</v>
+      </c>
+      <c r="N67" s="23">
+        <v>87.187793970000001</v>
+      </c>
+      <c r="O67" s="23">
+        <v>97.911927270000007</v>
+      </c>
+      <c r="P67" s="23">
+        <v>108.6687824</v>
+      </c>
+      <c r="Q67" s="23">
+        <v>105.7057384</v>
+      </c>
+      <c r="R67" s="23">
+        <v>101.67037401</v>
+      </c>
+      <c r="S67" s="23">
+        <v>102.16218455000001</v>
+      </c>
+      <c r="T67" s="23">
+        <v>99.396335260000001</v>
+      </c>
+      <c r="U67" s="23">
+        <v>91.73722248</v>
+      </c>
+      <c r="V67" s="23">
+        <v>90.515480089999997</v>
+      </c>
+      <c r="W67" s="23">
+        <v>85.391956620000002</v>
+      </c>
+      <c r="X67" s="23">
+        <v>90.91057524</v>
+      </c>
+      <c r="Y67" s="23">
+        <v>93.335856890000002</v>
+      </c>
+      <c r="Z67" s="23">
+        <v>97.419675029999993</v>
+      </c>
+      <c r="AA67" s="23">
+        <v>102.9305923</v>
+      </c>
+      <c r="AB67" s="23">
+        <v>109.86405852</v>
+      </c>
+      <c r="AC67" s="23">
+        <v>114.38595959</v>
+      </c>
+      <c r="AD67" s="23">
+        <v>121.61988503000001</v>
+      </c>
+      <c r="AE67" s="23">
+        <v>145.36422163</v>
+      </c>
+      <c r="AF67" s="23">
+        <v>181.10417021000001</v>
+      </c>
+      <c r="AG67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF67" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH67" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI67" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="68" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C68" s="23">
+        <v>25.08605202</v>
+      </c>
+      <c r="D68" s="23">
+        <v>27.489756310000001</v>
+      </c>
+      <c r="E68" s="23">
+        <v>29.661982519999999</v>
+      </c>
+      <c r="F68" s="23">
+        <v>38.392867629999998</v>
+      </c>
+      <c r="G68" s="23">
+        <v>40.625992439999997</v>
+      </c>
+      <c r="H68" s="23">
+        <v>39.117701969999999</v>
+      </c>
+      <c r="I68" s="23">
+        <v>46.889367300000004</v>
+      </c>
+      <c r="J68" s="23">
+        <v>61.231721149999998</v>
+      </c>
+      <c r="K68" s="23">
+        <v>64.413576219999996</v>
+      </c>
+      <c r="L68" s="23">
+        <v>53.609128419999998</v>
+      </c>
+      <c r="M68" s="23">
+        <v>55.164731439999997</v>
+      </c>
+      <c r="N68" s="23">
+        <v>56.762583890000002</v>
+      </c>
+      <c r="O68" s="23">
+        <v>53.269684120000001</v>
+      </c>
+      <c r="P68" s="23">
+        <v>54.314216999999999</v>
+      </c>
+      <c r="Q68" s="23">
+        <v>55.59831999</v>
+      </c>
+      <c r="R68" s="23">
+        <v>44.422556899999996</v>
+      </c>
+      <c r="S68" s="23">
+        <v>46.774602469999998</v>
+      </c>
+      <c r="T68" s="23">
+        <v>41.292377070000001</v>
+      </c>
+      <c r="U68" s="23">
+        <v>50.543385790000002</v>
+      </c>
+      <c r="V68" s="23">
+        <v>30.449339999999999</v>
+      </c>
+      <c r="W68" s="23">
+        <v>38.594454949999999</v>
+      </c>
+      <c r="X68" s="23">
+        <v>33.765754170000001</v>
+      </c>
+      <c r="Y68" s="23">
+        <v>32.541029440000003</v>
+      </c>
+      <c r="Z68" s="23">
+        <v>34.804072949999998</v>
+      </c>
+      <c r="AA68" s="23">
+        <v>34.818979120000002</v>
+      </c>
+      <c r="AB68" s="23">
+        <v>35.376989459999997</v>
+      </c>
+      <c r="AC68" s="23">
+        <v>33.00479</v>
+      </c>
+      <c r="AD68" s="23">
+        <v>39.29662725</v>
+      </c>
+      <c r="AE68" s="23">
+        <v>43.830445990000001</v>
+      </c>
+      <c r="AF68" s="23">
+        <v>49.474938330000001</v>
+      </c>
+      <c r="AG68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF68" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH68" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI68" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="69" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C69" s="23">
+        <v>5.5935434600000002</v>
+      </c>
+      <c r="D69" s="23">
+        <v>5.8720914400000002</v>
+      </c>
+      <c r="E69" s="23">
+        <v>5.8842296300000001</v>
+      </c>
+      <c r="F69" s="23">
+        <v>7.97624069</v>
+      </c>
+      <c r="G69" s="23">
+        <v>8.4675339699999999</v>
+      </c>
+      <c r="H69" s="23">
+        <v>7.8592682299999996</v>
+      </c>
+      <c r="I69" s="23">
+        <v>10.76980036</v>
+      </c>
+      <c r="J69" s="23">
+        <v>9.5336014299999992</v>
+      </c>
+      <c r="K69" s="23">
+        <v>6.6431696899999997</v>
+      </c>
+      <c r="L69" s="23">
+        <v>7.54093649</v>
+      </c>
+      <c r="M69" s="23">
+        <v>8.3408252699999998</v>
+      </c>
+      <c r="N69" s="23">
+        <v>8.7384561699999992</v>
+      </c>
+      <c r="O69" s="23">
+        <v>11.914241949999999</v>
+      </c>
+      <c r="P69" s="23">
+        <v>13.04970323</v>
+      </c>
+      <c r="Q69" s="23">
+        <v>7.5565111199999997</v>
+      </c>
+      <c r="R69" s="23">
+        <v>7.0223499900000004</v>
+      </c>
+      <c r="S69" s="23">
+        <v>5.2898360899999997</v>
+      </c>
+      <c r="T69" s="23">
+        <v>5.9374938000000004</v>
+      </c>
+      <c r="U69" s="23">
+        <v>5.1188251400000002</v>
+      </c>
+      <c r="V69" s="23">
+        <v>412.00936731000002</v>
+      </c>
+      <c r="W69" s="23">
+        <v>171.87214029</v>
+      </c>
+      <c r="X69" s="23">
+        <v>4.5124395799999997</v>
+      </c>
+      <c r="Y69" s="23">
+        <v>3.8392657799999999</v>
+      </c>
+      <c r="Z69" s="23">
+        <v>4.8273233800000002</v>
+      </c>
+      <c r="AA69" s="23">
+        <v>8.1523879499999996</v>
+      </c>
+      <c r="AB69" s="23">
+        <v>9.2349103499999998</v>
+      </c>
+      <c r="AC69" s="23">
+        <v>8.8440784400000005</v>
+      </c>
+      <c r="AD69" s="23">
+        <v>10.42460037</v>
+      </c>
+      <c r="AE69" s="23">
+        <v>11.202825900000001</v>
+      </c>
+      <c r="AF69" s="23">
+        <v>14.73697958</v>
+      </c>
+      <c r="AG69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF69" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH69" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI69" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="70" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C70" s="23">
+        <v>4.7010426499999998</v>
+      </c>
+      <c r="D70" s="23">
+        <v>5.1514888399999998</v>
+      </c>
+      <c r="E70" s="23">
+        <v>5.5585567999999999</v>
+      </c>
+      <c r="F70" s="23">
+        <v>7.1946956100000001</v>
+      </c>
+      <c r="G70" s="23">
+        <v>7.6131757699999998</v>
+      </c>
+      <c r="H70" s="23">
+        <v>7.33052715</v>
+      </c>
+      <c r="I70" s="23">
+        <v>8.7869113700000003</v>
+      </c>
+      <c r="J70" s="23">
+        <v>8.9134588899999994</v>
+      </c>
+      <c r="K70" s="23">
+        <v>6.0142780499999997</v>
+      </c>
+      <c r="L70" s="23">
+        <v>7.2607193600000004</v>
+      </c>
+      <c r="M70" s="23">
+        <v>7.2901887299999997</v>
+      </c>
+      <c r="N70" s="23">
+        <v>7.6160362299999997</v>
+      </c>
+      <c r="O70" s="23">
+        <v>10.479796139999999</v>
+      </c>
+      <c r="P70" s="23">
+        <v>10.95022112</v>
+      </c>
+      <c r="Q70" s="23">
+        <v>6.9055851099999996</v>
+      </c>
+      <c r="R70" s="23">
+        <v>6.7108723899999996</v>
+      </c>
+      <c r="S70" s="23">
+        <v>4.7606524700000001</v>
+      </c>
+      <c r="T70" s="23">
+        <v>5.84929524</v>
+      </c>
+      <c r="U70" s="23">
+        <v>4.6700748599999997</v>
+      </c>
+      <c r="V70" s="23">
+        <v>4.4231321299999999</v>
+      </c>
+      <c r="W70" s="23">
+        <v>3.75216444</v>
+      </c>
+      <c r="X70" s="23">
+        <v>4.0881789099999999</v>
+      </c>
+      <c r="Y70" s="23">
+        <v>3.75579003</v>
+      </c>
+      <c r="Z70" s="23">
+        <v>4.8273233800000002</v>
+      </c>
+      <c r="AA70" s="23">
+        <v>5.5675824499999997</v>
+      </c>
+      <c r="AB70" s="23">
+        <v>8.2419656200000002</v>
+      </c>
+      <c r="AC70" s="23">
+        <v>8.4872466699999993</v>
+      </c>
+      <c r="AD70" s="23">
+        <v>8.98459538</v>
+      </c>
+      <c r="AE70" s="23">
+        <v>10.59303903</v>
+      </c>
+      <c r="AF70" s="23">
+        <v>14.240851559999999</v>
+      </c>
+      <c r="AG70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF70" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH70" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI70" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="71" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C71" s="23">
+        <v>0.89250081000000003</v>
+      </c>
+      <c r="D71" s="23">
+        <v>0.72060259999999998</v>
+      </c>
+      <c r="E71" s="23">
+        <v>0.32567283000000002</v>
+      </c>
+      <c r="F71" s="23">
+        <v>0.78154508</v>
+      </c>
+      <c r="G71" s="23">
+        <v>0.85435821000000001</v>
+      </c>
+      <c r="H71" s="23">
+        <v>0.52874107999999997</v>
+      </c>
+      <c r="I71" s="23">
+        <v>1.98288899</v>
+      </c>
+      <c r="J71" s="23">
+        <v>0.62014254000000002</v>
+      </c>
+      <c r="K71" s="23">
+        <v>0.62889163000000003</v>
+      </c>
+      <c r="L71" s="23">
+        <v>0.28021712999999998</v>
+      </c>
+      <c r="M71" s="23">
+        <v>1.05063654</v>
+      </c>
+      <c r="N71" s="23">
+        <v>1.12241993</v>
+      </c>
+      <c r="O71" s="23">
+        <v>1.4344458200000001</v>
+      </c>
+      <c r="P71" s="23">
+        <v>2.0994821199999998</v>
+      </c>
+      <c r="Q71" s="23">
+        <v>0.65092601000000005</v>
+      </c>
+      <c r="R71" s="23">
+        <v>0.31147760000000002</v>
+      </c>
+      <c r="S71" s="23">
+        <v>0.52918361999999997</v>
+      </c>
+      <c r="T71" s="23">
+        <v>8.8198550000000001E-2</v>
+      </c>
+      <c r="U71" s="23">
+        <v>0.44875028</v>
+      </c>
+      <c r="V71" s="23">
+        <v>407.58623518000002</v>
+      </c>
+      <c r="W71" s="23">
+        <v>168.11997584</v>
+      </c>
+      <c r="X71" s="23">
+        <v>0.42426067000000001</v>
+      </c>
+      <c r="Y71" s="23">
+        <v>8.3475740000000007E-2</v>
+      </c>
+      <c r="Z71" s="23">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="23">
+        <v>2.5848054899999999</v>
+      </c>
+      <c r="AB71" s="23">
+        <v>0.99294472</v>
+      </c>
+      <c r="AC71" s="23">
+        <v>0.35683176999999999</v>
+      </c>
+      <c r="AD71" s="23">
+        <v>1.44000499</v>
+      </c>
+      <c r="AE71" s="23">
+        <v>0.60978686999999998</v>
+      </c>
+      <c r="AF71" s="23">
+        <v>0.49612802</v>
+      </c>
+      <c r="AG71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF71" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH71" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI71" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="72" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="30" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" s="31">
+        <v>50.275009580000003</v>
+      </c>
+      <c r="D72" s="31">
+        <v>-13.983693300000001</v>
+      </c>
+      <c r="E72" s="31">
+        <v>111.4376317</v>
+      </c>
+      <c r="F72" s="31">
+        <v>75.855679409999993</v>
+      </c>
+      <c r="G72" s="31">
+        <v>-375.96073691999999</v>
+      </c>
+      <c r="H72" s="31">
+        <v>-214.09329317000001</v>
+      </c>
+      <c r="I72" s="31">
+        <v>17.961406589999999</v>
+      </c>
+      <c r="J72" s="31">
+        <v>-458.97264202999997</v>
+      </c>
+      <c r="K72" s="31">
+        <v>-69.264495420000003</v>
+      </c>
+      <c r="L72" s="31">
+        <v>-118.82314765</v>
+      </c>
+      <c r="M72" s="31">
+        <v>-45.751538060000001</v>
+      </c>
+      <c r="N72" s="31">
+        <v>11.6389733</v>
+      </c>
+      <c r="O72" s="31">
+        <v>134.35326112999999</v>
+      </c>
+      <c r="P72" s="31">
+        <v>-3.1179402899999999</v>
+      </c>
+      <c r="Q72" s="31">
+        <v>-9.23347418</v>
+      </c>
+      <c r="R72" s="31">
+        <v>-14.19100379</v>
+      </c>
+      <c r="S72" s="31">
+        <v>-67.143874999999994</v>
+      </c>
+      <c r="T72" s="31">
+        <v>-192.08922215000001</v>
+      </c>
+      <c r="U72" s="31">
+        <v>213.50360169000001</v>
+      </c>
+      <c r="V72" s="31">
+        <v>-195.80856818000001</v>
+      </c>
+      <c r="W72" s="31">
+        <v>-255.24535607999999</v>
+      </c>
+      <c r="X72" s="31">
+        <v>80.135554499999998</v>
+      </c>
+      <c r="Y72" s="31">
+        <v>30.340221880000001</v>
+      </c>
+      <c r="Z72" s="31">
+        <v>13.25310803</v>
+      </c>
+      <c r="AA72" s="31">
+        <v>72.729931719999996</v>
+      </c>
+      <c r="AB72" s="31">
+        <v>-39.285233920000003</v>
+      </c>
+      <c r="AC72" s="31">
+        <v>213.54369546000001</v>
+      </c>
+      <c r="AD72" s="31">
+        <v>95.227739349999993</v>
+      </c>
+      <c r="AE72" s="31">
+        <v>-6.4375599899999996</v>
+      </c>
+      <c r="AF72" s="31">
+        <v>92.518590399999994</v>
+      </c>
+      <c r="AG72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF72" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH72" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI72" s="41" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="73" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="16" t="s">
+        <v>174</v>
+      </c>
+      <c r="C73" s="33"/>
+      <c r="D73" s="33"/>
+      <c r="E73" s="33"/>
+      <c r="F73" s="33"/>
+      <c r="G73" s="33"/>
+      <c r="H73" s="33"/>
+      <c r="I73" s="33"/>
+      <c r="J73" s="33"/>
+      <c r="K73" s="33"/>
+      <c r="L73" s="33"/>
+      <c r="M73" s="33"/>
+      <c r="N73" s="33"/>
+      <c r="O73" s="33"/>
+      <c r="P73" s="33"/>
+      <c r="Q73" s="33"/>
+      <c r="R73" s="33"/>
+      <c r="S73" s="33"/>
+      <c r="T73" s="33"/>
+      <c r="U73" s="33"/>
+      <c r="V73" s="33"/>
+      <c r="W73" s="33"/>
+      <c r="X73" s="33"/>
+      <c r="Y73" s="33"/>
+      <c r="Z73" s="33"/>
+      <c r="AA73" s="33"/>
+      <c r="AB73" s="33"/>
+      <c r="AC73" s="33"/>
+      <c r="AD73" s="33"/>
+      <c r="AE73" s="33"/>
+      <c r="AF73" s="33"/>
+      <c r="AG73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF73" s="44" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH73" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI73" s="43" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="74" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C74" s="19">
+        <v>1853.4467801200001</v>
+      </c>
+      <c r="D74" s="19">
+        <v>2001.4881706599999</v>
+      </c>
+      <c r="E74" s="19">
+        <v>2088.4584200600002</v>
+      </c>
+      <c r="F74" s="19">
+        <v>2635.42231941</v>
+      </c>
+      <c r="G74" s="19">
+        <v>2697.4948295899999</v>
+      </c>
+      <c r="H74" s="19">
+        <v>2744.4640767400001</v>
+      </c>
+      <c r="I74" s="19">
+        <v>3040.2634028900002</v>
+      </c>
+      <c r="J74" s="19">
+        <v>3554.7707295599998</v>
+      </c>
+      <c r="K74" s="19">
+        <v>3990.7821655799999</v>
+      </c>
+      <c r="L74" s="19">
+        <v>4082.1742002599999</v>
+      </c>
+      <c r="M74" s="19">
+        <v>4318.1841610700003</v>
+      </c>
+      <c r="N74" s="19">
+        <v>4778.5231608499998</v>
+      </c>
+      <c r="O74" s="19">
+        <v>5116.4789589900001</v>
+      </c>
+      <c r="P74" s="19">
+        <v>5592.5677654299998</v>
+      </c>
+      <c r="Q74" s="19">
+        <v>5381.3203566499997</v>
+      </c>
+      <c r="R74" s="19">
+        <v>5301.4562248100001</v>
+      </c>
+      <c r="S74" s="19">
+        <v>5215.1339550299999</v>
+      </c>
+      <c r="T74" s="19">
+        <v>5452.5851750000002</v>
+      </c>
+      <c r="U74" s="19">
+        <v>5504.4521144099999</v>
+      </c>
+      <c r="V74" s="19">
+        <v>5688.4521879699996</v>
+      </c>
+      <c r="W74" s="19">
+        <v>5550.7833147499996</v>
+      </c>
+      <c r="X74" s="19">
+        <v>5418.6957662499999</v>
+      </c>
+      <c r="Y74" s="19">
+        <v>5655.1180228699995</v>
+      </c>
+      <c r="Z74" s="19">
+        <v>6308.8950780900004</v>
+      </c>
+      <c r="AA74" s="19">
+        <v>6775.2693012999998</v>
+      </c>
+      <c r="AB74" s="19">
+        <v>6701.6382264100002</v>
+      </c>
+      <c r="AC74" s="19">
+        <v>7512.5072703799997</v>
+      </c>
+      <c r="AD74" s="19">
+        <v>8442.0127740099997</v>
+      </c>
+      <c r="AE74" s="19">
+        <v>10432.72385536</v>
+      </c>
+      <c r="AF74" s="19">
+        <v>10399.548532749999</v>
+      </c>
+      <c r="AG74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF74" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH74" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI74" s="18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="75" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B75" s="22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C75" s="23">
+        <v>1841.5194577100001</v>
+      </c>
+      <c r="D75" s="23">
+        <v>1988.01979532</v>
+      </c>
+      <c r="E75" s="23">
+        <v>2074.1699215600001</v>
+      </c>
+      <c r="F75" s="23">
+        <v>2619.54440148</v>
+      </c>
+      <c r="G75" s="23">
+        <v>2681.0821070799998</v>
+      </c>
+      <c r="H75" s="23">
+        <v>2728.6471294500002</v>
+      </c>
+      <c r="I75" s="23">
+        <v>3014.9673037500002</v>
+      </c>
+      <c r="J75" s="23">
+        <v>3511.1699122499999</v>
+      </c>
+      <c r="K75" s="23">
+        <v>3908.1689425300001</v>
+      </c>
+      <c r="L75" s="23">
+        <v>4016.8531842799998</v>
+      </c>
+      <c r="M75" s="23">
+        <v>4247.2442855600002</v>
+      </c>
+      <c r="N75" s="23">
+        <v>4685.9328371399997</v>
+      </c>
+      <c r="O75" s="23">
+        <v>4988.5005796699998</v>
+      </c>
+      <c r="P75" s="23">
+        <v>5460.2837358300003</v>
+      </c>
+      <c r="Q75" s="23">
+        <v>5277.8804346899997</v>
+      </c>
+      <c r="R75" s="23">
+        <v>5212.8758227899998</v>
+      </c>
+      <c r="S75" s="23">
+        <v>5092.2059863900004</v>
+      </c>
+      <c r="T75" s="23">
+        <v>5399.9309648999997</v>
+      </c>
+      <c r="U75" s="23">
+        <v>5394.93901878</v>
+      </c>
+      <c r="V75" s="23">
+        <v>5555.4506451999996</v>
+      </c>
+      <c r="W75" s="23">
+        <v>5379.0222253700003</v>
+      </c>
+      <c r="X75" s="23">
+        <v>5221.5048422399996</v>
+      </c>
+      <c r="Y75" s="23">
+        <v>5483.5169463599996</v>
+      </c>
+      <c r="Z75" s="23">
+        <v>6026.2903717400004</v>
+      </c>
+      <c r="AA75" s="23">
+        <v>6358.7393437800001</v>
+      </c>
+      <c r="AB75" s="23">
+        <v>6193.1774705600001</v>
+      </c>
+      <c r="AC75" s="23">
+        <v>7004.7272353400003</v>
+      </c>
+      <c r="AD75" s="23">
+        <v>7914.6985659399998</v>
+      </c>
+      <c r="AE75" s="23">
+        <v>9270.3144115899995</v>
+      </c>
+      <c r="AF75" s="23">
+        <v>9678.9697783400006</v>
+      </c>
+      <c r="AG75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF75" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH75" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI75" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="76" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C76" s="23">
+        <v>366.98382514000002</v>
+      </c>
+      <c r="D76" s="23">
+        <v>454.27873899000002</v>
+      </c>
+      <c r="E76" s="23">
+        <v>464.94219493000003</v>
+      </c>
+      <c r="F76" s="23">
+        <v>576.81650456</v>
+      </c>
+      <c r="G76" s="23">
+        <v>552.51698521000003</v>
+      </c>
+      <c r="H76" s="23">
+        <v>576.99342531000002</v>
+      </c>
+      <c r="I76" s="23">
+        <v>638.08041329000002</v>
+      </c>
+      <c r="J76" s="23">
+        <v>794.03737956999998</v>
+      </c>
+      <c r="K76" s="23">
+        <v>913.79263820999995</v>
+      </c>
+      <c r="L76" s="23">
+        <v>1022.94291514</v>
+      </c>
+      <c r="M76" s="23">
+        <v>1099.8613135200001</v>
+      </c>
+      <c r="N76" s="23">
+        <v>1290.8697503599999</v>
+      </c>
+      <c r="O76" s="23">
+        <v>1483.08294686</v>
+      </c>
+      <c r="P76" s="23">
+        <v>1604.9184694400001</v>
+      </c>
+      <c r="Q76" s="23">
+        <v>1590.7877859600001</v>
+      </c>
+      <c r="R76" s="23">
+        <v>1457.4158562699999</v>
+      </c>
+      <c r="S76" s="23">
+        <v>1520.2772544300001</v>
+      </c>
+      <c r="T76" s="23">
+        <v>1635.7309471599999</v>
+      </c>
+      <c r="U76" s="23">
+        <v>1757.72093255</v>
+      </c>
+      <c r="V76" s="23">
+        <v>1721.18452301</v>
+      </c>
+      <c r="W76" s="23">
+        <v>1539.1487048900001</v>
+      </c>
+      <c r="X76" s="23">
+        <v>1619.66320008</v>
+      </c>
+      <c r="Y76" s="23">
+        <v>1588.06771966</v>
+      </c>
+      <c r="Z76" s="23">
+        <v>2032.0178937400001</v>
+      </c>
+      <c r="AA76" s="23">
+        <v>2181.3667456100002</v>
+      </c>
+      <c r="AB76" s="23">
+        <v>2037.9772211</v>
+      </c>
+      <c r="AC76" s="23">
+        <v>1974.0829247700001</v>
+      </c>
+      <c r="AD76" s="23">
+        <v>2390.8437081699999</v>
+      </c>
+      <c r="AE76" s="23">
+        <v>3030.9738694500002</v>
+      </c>
+      <c r="AF76" s="23">
+        <v>3707.3562227500001</v>
+      </c>
+      <c r="AG76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF76" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH76" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI76" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="77" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C77" s="23">
+        <v>111.16981312</v>
+      </c>
+      <c r="D77" s="23">
+        <v>189.91900138</v>
+      </c>
+      <c r="E77" s="23">
+        <v>228.70997270999999</v>
+      </c>
+      <c r="F77" s="23">
+        <v>240.96480733000001</v>
+      </c>
+      <c r="G77" s="23">
+        <v>242.3197835</v>
+      </c>
+      <c r="H77" s="23">
+        <v>267.62309431</v>
+      </c>
+      <c r="I77" s="23">
+        <v>297.20737013000002</v>
+      </c>
+      <c r="J77" s="23">
+        <v>319.61592465000001</v>
+      </c>
+      <c r="K77" s="23">
+        <v>339.63868796000003</v>
+      </c>
+      <c r="L77" s="23">
+        <v>366.85219078</v>
+      </c>
+      <c r="M77" s="23">
+        <v>391.82135961</v>
+      </c>
+      <c r="N77" s="23">
+        <v>437.42830051999999</v>
+      </c>
+      <c r="O77" s="23">
+        <v>503.39621689000001</v>
+      </c>
+      <c r="P77" s="23">
+        <v>550.25476799</v>
+      </c>
+      <c r="Q77" s="23">
+        <v>500.92753498000002</v>
+      </c>
+      <c r="R77" s="23">
+        <v>471.88364403000003</v>
+      </c>
+      <c r="S77" s="23">
+        <v>522.35243581999998</v>
+      </c>
+      <c r="T77" s="23">
+        <v>518.88796659000002</v>
+      </c>
+      <c r="U77" s="23">
+        <v>544.10317339999995</v>
+      </c>
+      <c r="V77" s="23">
+        <v>540.64459465000004</v>
+      </c>
+      <c r="W77" s="23">
+        <v>581.65164493999998</v>
+      </c>
+      <c r="X77" s="23">
+        <v>594.70866662000003</v>
+      </c>
+      <c r="Y77" s="23">
+        <v>617.16635351000002</v>
+      </c>
+      <c r="Z77" s="23">
+        <v>694.90213530000005</v>
+      </c>
+      <c r="AA77" s="23">
+        <v>726.60835397999995</v>
+      </c>
+      <c r="AB77" s="23">
+        <v>615.53128175999996</v>
+      </c>
+      <c r="AC77" s="23">
+        <v>710.59381538000002</v>
+      </c>
+      <c r="AD77" s="23">
+        <v>826.94455483000002</v>
+      </c>
+      <c r="AE77" s="23">
+        <v>885.88549066999997</v>
+      </c>
+      <c r="AF77" s="23">
+        <v>963.19239064999999</v>
+      </c>
+      <c r="AG77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF77" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH77" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI77" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="78" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C78" s="23">
+        <v>0</v>
+      </c>
+      <c r="D78" s="23">
+        <v>0</v>
+      </c>
+      <c r="E78" s="23">
+        <v>0</v>
+      </c>
+      <c r="F78" s="23">
+        <v>0</v>
+      </c>
+      <c r="G78" s="23">
+        <v>0</v>
+      </c>
+      <c r="H78" s="23">
+        <v>0</v>
+      </c>
+      <c r="I78" s="23">
+        <v>0</v>
+      </c>
+      <c r="J78" s="23">
+        <v>0</v>
+      </c>
+      <c r="K78" s="23">
+        <v>0</v>
+      </c>
+      <c r="L78" s="23">
+        <v>0</v>
+      </c>
+      <c r="M78" s="23">
+        <v>0</v>
+      </c>
+      <c r="N78" s="23">
+        <v>0</v>
+      </c>
+      <c r="O78" s="23">
+        <v>0</v>
+      </c>
+      <c r="P78" s="23">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="23">
+        <v>0</v>
+      </c>
+      <c r="R78" s="23">
+        <v>0</v>
+      </c>
+      <c r="S78" s="23">
+        <v>0</v>
+      </c>
+      <c r="T78" s="23">
+        <v>0</v>
+      </c>
+      <c r="U78" s="23">
+        <v>0</v>
+      </c>
+      <c r="V78" s="23">
+        <v>0</v>
+      </c>
+      <c r="W78" s="23">
+        <v>0</v>
+      </c>
+      <c r="X78" s="23">
+        <v>0</v>
+      </c>
+      <c r="Y78" s="23">
+        <v>0</v>
+      </c>
+      <c r="Z78" s="23">
+        <v>0</v>
+      </c>
+      <c r="AA78" s="23">
+        <v>0</v>
+      </c>
+      <c r="AB78" s="23">
+        <v>0</v>
+      </c>
+      <c r="AC78" s="23">
+        <v>0</v>
+      </c>
+      <c r="AD78" s="23">
+        <v>0</v>
+      </c>
+      <c r="AE78" s="23">
+        <v>0</v>
+      </c>
+      <c r="AF78" s="23">
+        <v>0</v>
+      </c>
+      <c r="AG78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF78" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH78" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI78" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="79" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C79" s="25">
+        <v>1204.3263495399999</v>
+      </c>
+      <c r="D79" s="25">
+        <v>1169.90544813</v>
+      </c>
+      <c r="E79" s="25">
+        <v>1192.6819617900001</v>
+      </c>
+      <c r="F79" s="25">
+        <v>1556.7515642599999</v>
+      </c>
+      <c r="G79" s="25">
+        <v>1627.5144939700001</v>
+      </c>
+      <c r="H79" s="25">
+        <v>1635.1565162700001</v>
+      </c>
+      <c r="I79" s="25">
+        <v>1780.96967049</v>
+      </c>
+      <c r="J79" s="25">
+        <v>2001.54569911</v>
+      </c>
+      <c r="K79" s="25">
+        <v>2282.2184966099999</v>
+      </c>
+      <c r="L79" s="25">
+        <v>2263.6390234400001</v>
+      </c>
+      <c r="M79" s="25">
+        <v>2380.15300157</v>
+      </c>
+      <c r="N79" s="25">
+        <v>2572.4728367100001</v>
+      </c>
+      <c r="O79" s="25">
+        <v>2609.06756765</v>
+      </c>
+      <c r="P79" s="25">
+        <v>2883.5998661399999</v>
+      </c>
+      <c r="Q79" s="25">
+        <v>2747.05065866</v>
+      </c>
+      <c r="R79" s="25">
+        <v>2665.5917720799998</v>
+      </c>
+      <c r="S79" s="25">
+        <v>2581.5510101499999</v>
+      </c>
+      <c r="T79" s="25">
+        <v>2739.1272297400001</v>
+      </c>
+      <c r="U79" s="25">
+        <v>2613.1952018100001</v>
+      </c>
+      <c r="V79" s="25">
+        <v>2798.3902656499999</v>
+      </c>
+      <c r="W79" s="25">
+        <v>2782.8374112800002</v>
+      </c>
+      <c r="X79" s="25">
+        <v>2496.7755241300001</v>
+      </c>
+      <c r="Y79" s="25">
+        <v>2777.8693158999999</v>
+      </c>
+      <c r="Z79" s="25">
+        <v>2701.5312892799998</v>
+      </c>
+      <c r="AA79" s="25">
+        <v>2803.6709250899999</v>
+      </c>
+      <c r="AB79" s="25">
+        <v>3004.4574228800002</v>
+      </c>
+      <c r="AC79" s="25">
+        <v>3690.6621567799998</v>
+      </c>
+      <c r="AD79" s="25">
+        <v>3995.4183286699999</v>
+      </c>
+      <c r="AE79" s="25">
+        <v>4597.3505249600003</v>
+      </c>
+      <c r="AF79" s="25">
+        <v>4206.0311428000005</v>
+      </c>
+      <c r="AG79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF79" s="38" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH79" s="37" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI79" s="37" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="80" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C80" s="23">
+        <v>159.03946991000001</v>
+      </c>
+      <c r="D80" s="23">
+        <v>173.91660682</v>
+      </c>
+      <c r="E80" s="23">
+        <v>187.83579212999999</v>
+      </c>
+      <c r="F80" s="23">
+        <v>245.01152533999999</v>
+      </c>
+      <c r="G80" s="23">
+        <v>258.73084440000002</v>
+      </c>
+      <c r="H80" s="23">
+        <v>248.87409355</v>
+      </c>
+      <c r="I80" s="23">
+        <v>298.70984984</v>
+      </c>
+      <c r="J80" s="23">
+        <v>395.97090892</v>
+      </c>
+      <c r="K80" s="23">
+        <v>372.51911974000001</v>
+      </c>
+      <c r="L80" s="23">
+        <v>363.41905491</v>
+      </c>
+      <c r="M80" s="23">
+        <v>375.40861087000002</v>
+      </c>
+      <c r="N80" s="23">
+        <v>385.16194954999997</v>
+      </c>
+      <c r="O80" s="23">
+        <v>392.95384825999997</v>
+      </c>
+      <c r="P80" s="23">
+        <v>421.51063226000002</v>
+      </c>
+      <c r="Q80" s="23">
+        <v>439.11445508000003</v>
+      </c>
+      <c r="R80" s="23">
+        <v>617.98455041</v>
+      </c>
+      <c r="S80" s="23">
+        <v>468.02528598999999</v>
+      </c>
+      <c r="T80" s="23">
+        <v>506.18482140999998</v>
+      </c>
+      <c r="U80" s="23">
+        <v>479.91971102000002</v>
+      </c>
+      <c r="V80" s="23">
+        <v>495.23126187999998</v>
+      </c>
+      <c r="W80" s="23">
+        <v>475.38446425000001</v>
+      </c>
+      <c r="X80" s="23">
+        <v>510.3574514</v>
+      </c>
+      <c r="Y80" s="23">
+        <v>500.41355729000003</v>
+      </c>
+      <c r="Z80" s="23">
+        <v>597.83905341000002</v>
+      </c>
+      <c r="AA80" s="23">
+        <v>647.09331910000003</v>
+      </c>
+      <c r="AB80" s="23">
+        <v>535.21154481999997</v>
+      </c>
+      <c r="AC80" s="23">
+        <v>629.38833840999996</v>
+      </c>
+      <c r="AD80" s="23">
+        <v>701.49197426000001</v>
+      </c>
+      <c r="AE80" s="23">
+        <v>756.10452651000003</v>
+      </c>
+      <c r="AF80" s="23">
+        <v>802.39002214000004</v>
+      </c>
+      <c r="AG80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF80" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH80" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI80" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="81" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="26" t="s">
+        <v>160</v>
+      </c>
+      <c r="C81" s="27">
+        <v>11.9273224</v>
+      </c>
+      <c r="D81" s="27">
+        <v>13.46837534</v>
+      </c>
+      <c r="E81" s="27">
+        <v>14.288498499999999</v>
+      </c>
+      <c r="F81" s="27">
+        <v>15.877917930000001</v>
+      </c>
+      <c r="G81" s="27">
+        <v>16.412722509999998</v>
+      </c>
+      <c r="H81" s="27">
+        <v>15.81694729</v>
+      </c>
+      <c r="I81" s="27">
+        <v>25.296099130000002</v>
+      </c>
+      <c r="J81" s="27">
+        <v>43.600817309999996</v>
+      </c>
+      <c r="K81" s="27">
+        <v>82.613223050000002</v>
+      </c>
+      <c r="L81" s="27">
+        <v>65.321015990000006</v>
+      </c>
+      <c r="M81" s="27">
+        <v>70.939875509999993</v>
+      </c>
+      <c r="N81" s="27">
+        <v>92.590323710000007</v>
+      </c>
+      <c r="O81" s="27">
+        <v>127.97837932</v>
+      </c>
+      <c r="P81" s="27">
+        <v>132.2840296</v>
+      </c>
+      <c r="Q81" s="27">
+        <v>103.43992196000001</v>
+      </c>
+      <c r="R81" s="27">
+        <v>88.580402019999994</v>
+      </c>
+      <c r="S81" s="27">
+        <v>122.92796864</v>
+      </c>
+      <c r="T81" s="27">
+        <v>52.6542101</v>
+      </c>
+      <c r="U81" s="27">
+        <v>109.51309563</v>
+      </c>
+      <c r="V81" s="27">
+        <v>133.00154276999999</v>
+      </c>
+      <c r="W81" s="27">
+        <v>171.76108939</v>
+      </c>
+      <c r="X81" s="27">
+        <v>197.19092402000001</v>
+      </c>
+      <c r="Y81" s="27">
+        <v>171.60107651000001</v>
+      </c>
+      <c r="Z81" s="27">
+        <v>282.60470635000001</v>
+      </c>
+      <c r="AA81" s="27">
+        <v>416.52995752999999</v>
+      </c>
+      <c r="AB81" s="27">
+        <v>508.46075586000001</v>
+      </c>
+      <c r="AC81" s="27">
+        <v>507.78003503999997</v>
+      </c>
+      <c r="AD81" s="27">
+        <v>527.31420806999995</v>
+      </c>
+      <c r="AE81" s="27">
+        <v>1162.4094437700001</v>
+      </c>
+      <c r="AF81" s="27">
+        <v>720.57875440999999</v>
+      </c>
+      <c r="AG81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF81" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH81" s="39" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI81" s="39" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="82" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C82" s="19">
+        <v>1863.92832314</v>
+      </c>
+      <c r="D82" s="19">
+        <v>1978.72610938</v>
+      </c>
+      <c r="E82" s="19">
+        <v>2105.85687233</v>
+      </c>
+      <c r="F82" s="19">
+        <v>2661.3168755400002</v>
+      </c>
+      <c r="G82" s="19">
+        <v>2795.84889079</v>
+      </c>
+      <c r="H82" s="19">
+        <v>2733.0617165600001</v>
+      </c>
+      <c r="I82" s="19">
+        <v>3006.8112731900001</v>
+      </c>
+      <c r="J82" s="19">
+        <v>3446.5448287899999</v>
+      </c>
+      <c r="K82" s="19">
+        <v>4044.11914858</v>
+      </c>
+      <c r="L82" s="19">
+        <v>4170.2073315799998</v>
+      </c>
+      <c r="M82" s="19">
+        <v>4488.7183340499996</v>
+      </c>
+      <c r="N82" s="19">
+        <v>4867.1666555100001</v>
+      </c>
+      <c r="O82" s="19">
+        <v>5210.9887432699998</v>
+      </c>
+      <c r="P82" s="19">
+        <v>5670.4859708000004</v>
+      </c>
+      <c r="Q82" s="19">
+        <v>5733.2157246999996</v>
+      </c>
+      <c r="R82" s="19">
+        <v>5305.4235368600002</v>
+      </c>
+      <c r="S82" s="19">
+        <v>5264.40555262</v>
+      </c>
+      <c r="T82" s="19">
+        <v>5428.3182733399999</v>
+      </c>
+      <c r="U82" s="19">
+        <v>5499.1204370699998</v>
+      </c>
+      <c r="V82" s="19">
+        <v>5635.0824031299999</v>
+      </c>
+      <c r="W82" s="19">
+        <v>5489.6110884</v>
+      </c>
+      <c r="X82" s="19">
+        <v>5434.6855071600003</v>
+      </c>
+      <c r="Y82" s="19">
+        <v>5664.1097382600001</v>
+      </c>
+      <c r="Z82" s="19">
+        <v>6361.0544957700004</v>
+      </c>
+      <c r="AA82" s="19">
+        <v>6996.1894976200001</v>
+      </c>
+      <c r="AB82" s="19">
+        <v>7186.0779612599999</v>
+      </c>
+      <c r="AC82" s="19">
+        <v>7671.5632512800003</v>
+      </c>
+      <c r="AD82" s="19">
+        <v>8043.2033668200002</v>
+      </c>
+      <c r="AE82" s="19">
+        <v>9963.4707785800001</v>
+      </c>
+      <c r="AF82" s="19">
+        <v>10145.839667759999</v>
+      </c>
+      <c r="AG82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF82" s="17" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH82" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI82" s="18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="83" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C83" s="23">
+        <v>1567.00668845</v>
+      </c>
+      <c r="D83" s="23">
+        <v>1658.4962445399999</v>
+      </c>
+      <c r="E83" s="23">
+        <v>1753.53004078</v>
+      </c>
+      <c r="F83" s="23">
+        <v>2205.67338681</v>
+      </c>
+      <c r="G83" s="23">
+        <v>2311.3825650600002</v>
+      </c>
+      <c r="H83" s="23">
+        <v>2267.6726298600001</v>
+      </c>
+      <c r="I83" s="23">
+        <v>2447.2079962900002</v>
+      </c>
+      <c r="J83" s="23">
+        <v>3078.94568273</v>
+      </c>
+      <c r="K83" s="23">
+        <v>3473.65847678</v>
+      </c>
+      <c r="L83" s="23">
+        <v>3499.0066941700002</v>
+      </c>
+      <c r="M83" s="23">
+        <v>3742.3520114100002</v>
+      </c>
+      <c r="N83" s="23">
+        <v>3991.2848458799999</v>
+      </c>
+      <c r="O83" s="23">
+        <v>4213.6381800999998</v>
+      </c>
+      <c r="P83" s="23">
+        <v>4590.3140641399996</v>
+      </c>
+      <c r="Q83" s="23">
+        <v>4753.1712786199996</v>
+      </c>
+      <c r="R83" s="23">
+        <v>4666.5777565099997</v>
+      </c>
+      <c r="S83" s="23">
+        <v>4640.7231671400004</v>
+      </c>
+      <c r="T83" s="23">
+        <v>4784.9491290200003</v>
+      </c>
+      <c r="U83" s="23">
+        <v>4844.9052870300002</v>
+      </c>
+      <c r="V83" s="23">
+        <v>4872.2596991399996</v>
+      </c>
+      <c r="W83" s="23">
+        <v>4875.8024073099996</v>
+      </c>
+      <c r="X83" s="23">
+        <v>4768.4450800499999</v>
+      </c>
+      <c r="Y83" s="23">
+        <v>4981.6414470600002</v>
+      </c>
+      <c r="Z83" s="23">
+        <v>5368.5936918799998</v>
+      </c>
+      <c r="AA83" s="23">
+        <v>5687.4286533200002</v>
+      </c>
+      <c r="AB83" s="23">
+        <v>5731.7759882</v>
+      </c>
+      <c r="AC83" s="23">
+        <v>6337.1891264300002</v>
+      </c>
+      <c r="AD83" s="23">
+        <v>6757.1588227599996</v>
+      </c>
+      <c r="AE83" s="23">
+        <v>7964.8744485799998</v>
+      </c>
+      <c r="AF83" s="23">
+        <v>8148.6263326799999</v>
+      </c>
+      <c r="AG83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF83" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH83" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI83" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="84" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="22" t="s">
         <v>163</v>
       </c>
-      <c r="C22" s="19">
-[...405 lines deleted...]
-        <v>323.87462457999999</v>
+      <c r="C84" s="23">
+        <v>327.02633434000001</v>
+      </c>
+      <c r="D84" s="23">
+        <v>358.8692997</v>
+      </c>
+      <c r="E84" s="23">
+        <v>352.18225953000001</v>
+      </c>
+      <c r="F84" s="23">
+        <v>393.01410715999998</v>
+      </c>
+      <c r="G84" s="23">
+        <v>394.24594841999999</v>
+      </c>
+      <c r="H84" s="23">
+        <v>419.26807783999999</v>
+      </c>
+      <c r="I84" s="23">
+        <v>451.70477011000003</v>
+      </c>
+      <c r="J84" s="23">
+        <v>473.67955569999998</v>
+      </c>
+      <c r="K84" s="23">
+        <v>617.53208141000005</v>
+      </c>
+      <c r="L84" s="23">
+        <v>595.62456005000001</v>
+      </c>
+      <c r="M84" s="23">
+        <v>671.33720628000003</v>
+      </c>
+      <c r="N84" s="23">
+        <v>693.52672723000001</v>
+      </c>
+      <c r="O84" s="23">
+        <v>755.17323039999997</v>
+      </c>
+      <c r="P84" s="23">
+        <v>867.98535721999997</v>
+      </c>
+      <c r="Q84" s="23">
+        <v>891.57286233000002</v>
+      </c>
+      <c r="R84" s="23">
+        <v>796.84894430999998</v>
+      </c>
+      <c r="S84" s="23">
+        <v>667.49432754999998</v>
+      </c>
+      <c r="T84" s="23">
+        <v>869.98106001999997</v>
+      </c>
+      <c r="U84" s="23">
+        <v>934.47678648999999</v>
+      </c>
+      <c r="V84" s="23">
+        <v>926.63310401000001</v>
+      </c>
+      <c r="W84" s="23">
+        <v>833.11914109999998</v>
+      </c>
+      <c r="X84" s="23">
+        <v>608.74813216999996</v>
+      </c>
+      <c r="Y84" s="23">
+        <v>679.27661919000002</v>
+      </c>
+      <c r="Z84" s="23">
+        <v>659.09476291999999</v>
+      </c>
+      <c r="AA84" s="23">
+        <v>699.90417003000005</v>
+      </c>
+      <c r="AB84" s="23">
+        <v>664.61945351999998</v>
+      </c>
+      <c r="AC84" s="23">
+        <v>740.06266549999998</v>
+      </c>
+      <c r="AD84" s="23">
+        <v>793.74038049000001</v>
+      </c>
+      <c r="AE84" s="23">
+        <v>873.26668488999996</v>
+      </c>
+      <c r="AF84" s="23">
+        <v>870.02307231999998</v>
+      </c>
+      <c r="AG84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF84" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH84" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI84" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="23" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="18" t="s">
+    <row r="85" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C85" s="23">
+        <v>102.60645206</v>
+      </c>
+      <c r="D85" s="23">
+        <v>112.43803373</v>
+      </c>
+      <c r="E85" s="23">
+        <v>121.32282855</v>
+      </c>
+      <c r="F85" s="23">
+        <v>147.93815293</v>
+      </c>
+      <c r="G85" s="23">
+        <v>154.31316342</v>
+      </c>
+      <c r="H85" s="23">
+        <v>148.62748041</v>
+      </c>
+      <c r="I85" s="23">
+        <v>168.03546940000001</v>
+      </c>
+      <c r="J85" s="23">
+        <v>210.58095080000001</v>
+      </c>
+      <c r="K85" s="23">
+        <v>228.91580357000001</v>
+      </c>
+      <c r="L85" s="23">
+        <v>247.71083651999999</v>
+      </c>
+      <c r="M85" s="23">
+        <v>288.14964576</v>
+      </c>
+      <c r="N85" s="23">
+        <v>300.49757197000002</v>
+      </c>
+      <c r="O85" s="23">
+        <v>307.51214055000003</v>
+      </c>
+      <c r="P85" s="23">
+        <v>337.36106809</v>
+      </c>
+      <c r="Q85" s="23">
+        <v>377.13934225000003</v>
+      </c>
+      <c r="R85" s="23">
+        <v>379.62900272000002</v>
+      </c>
+      <c r="S85" s="23">
+        <v>395.39069467000002</v>
+      </c>
+      <c r="T85" s="23">
+        <v>400.26882301000001</v>
+      </c>
+      <c r="U85" s="23">
+        <v>428.61178645000001</v>
+      </c>
+      <c r="V85" s="23">
+        <v>437.50877775999999</v>
+      </c>
+      <c r="W85" s="23">
+        <v>415.95717074999999</v>
+      </c>
+      <c r="X85" s="23">
+        <v>184.77389926000001</v>
+      </c>
+      <c r="Y85" s="23">
+        <v>214.92071430999999</v>
+      </c>
+      <c r="Z85" s="23">
+        <v>240.27413458000001</v>
+      </c>
+      <c r="AA85" s="23">
+        <v>264.22376016999999</v>
+      </c>
+      <c r="AB85" s="23">
+        <v>275.27626265999999</v>
+      </c>
+      <c r="AC85" s="23">
+        <v>306.68414666000001</v>
+      </c>
+      <c r="AD85" s="23">
+        <v>325.13181372000003</v>
+      </c>
+      <c r="AE85" s="23">
+        <v>336.95881280999998</v>
+      </c>
+      <c r="AF85" s="23">
+        <v>367.03419652000002</v>
+      </c>
+      <c r="AG85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF85" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH85" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI85" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="86" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C86" s="23">
+        <v>44.802902979999999</v>
+      </c>
+      <c r="D86" s="23">
+        <v>49.095843530000003</v>
+      </c>
+      <c r="E86" s="23">
+        <v>52.975371500000001</v>
+      </c>
+      <c r="F86" s="23">
+        <v>68.568458759999999</v>
+      </c>
+      <c r="G86" s="23">
+        <v>72.556749719999999</v>
+      </c>
+      <c r="H86" s="23">
+        <v>69.862990199999999</v>
+      </c>
+      <c r="I86" s="23">
+        <v>83.742941000000002</v>
+      </c>
+      <c r="J86" s="23">
+        <v>109.35793563</v>
+      </c>
+      <c r="K86" s="23">
+        <v>116.63512274</v>
+      </c>
+      <c r="L86" s="23">
+        <v>131.01048005999999</v>
+      </c>
+      <c r="M86" s="23">
+        <v>136.61651669</v>
+      </c>
+      <c r="N86" s="23">
+        <v>154.22094817000001</v>
+      </c>
+      <c r="O86" s="23">
+        <v>170.73653566999999</v>
+      </c>
+      <c r="P86" s="23">
+        <v>204.22365160000001</v>
+      </c>
+      <c r="Q86" s="23">
+        <v>198.49156479999999</v>
+      </c>
+      <c r="R86" s="23">
+        <v>196.06042830000001</v>
+      </c>
+      <c r="S86" s="23">
+        <v>169.71175406</v>
+      </c>
+      <c r="T86" s="23">
+        <v>183.89005083000001</v>
+      </c>
+      <c r="U86" s="23">
+        <v>207.53591385999999</v>
+      </c>
+      <c r="V86" s="23">
+        <v>176.84396124</v>
+      </c>
+      <c r="W86" s="23">
+        <v>137.54424182</v>
+      </c>
+      <c r="X86" s="23">
+        <v>141.11558815999999</v>
+      </c>
+      <c r="Y86" s="23">
+        <v>152.59784895999999</v>
+      </c>
+      <c r="Z86" s="23">
+        <v>88.979720349999994</v>
+      </c>
+      <c r="AA86" s="23">
+        <v>97.511630089999997</v>
+      </c>
+      <c r="AB86" s="23">
+        <v>101.1769353</v>
+      </c>
+      <c r="AC86" s="23">
+        <v>102.07644449</v>
+      </c>
+      <c r="AD86" s="23">
+        <v>110.19064852</v>
+      </c>
+      <c r="AE86" s="23">
+        <v>126.26925579</v>
+      </c>
+      <c r="AF86" s="23">
+        <v>210.92560096</v>
+      </c>
+      <c r="AG86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF86" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH86" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI86" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="87" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C87" s="23">
+        <v>179.6169793</v>
+      </c>
+      <c r="D87" s="23">
+        <v>197.33542242999999</v>
+      </c>
+      <c r="E87" s="23">
+        <v>177.88405947000001</v>
+      </c>
+      <c r="F87" s="23">
+        <v>176.50749547000001</v>
+      </c>
+      <c r="G87" s="23">
+        <v>167.37603528</v>
+      </c>
+      <c r="H87" s="23">
+        <v>200.77760723</v>
+      </c>
+      <c r="I87" s="23">
+        <v>199.92635971000001</v>
+      </c>
+      <c r="J87" s="23">
+        <v>153.74066927999999</v>
+      </c>
+      <c r="K87" s="23">
+        <v>271.98115510000002</v>
+      </c>
+      <c r="L87" s="23">
+        <v>216.90324347000001</v>
+      </c>
+      <c r="M87" s="23">
+        <v>246.57104382</v>
+      </c>
+      <c r="N87" s="23">
+        <v>238.80820709</v>
+      </c>
+      <c r="O87" s="23">
+        <v>276.92455417999997</v>
+      </c>
+      <c r="P87" s="23">
+        <v>326.40063752999998</v>
+      </c>
+      <c r="Q87" s="23">
+        <v>315.94195526999999</v>
+      </c>
+      <c r="R87" s="23">
+        <v>221.15951329000001</v>
+      </c>
+      <c r="S87" s="23">
+        <v>102.39187882</v>
+      </c>
+      <c r="T87" s="23">
+        <v>285.82218617000001</v>
+      </c>
+      <c r="U87" s="23">
+        <v>298.32908617999999</v>
+      </c>
+      <c r="V87" s="23">
+        <v>312.28036501000003</v>
+      </c>
+      <c r="W87" s="23">
+        <v>279.61772853000002</v>
+      </c>
+      <c r="X87" s="23">
+        <v>282.85864473999999</v>
+      </c>
+      <c r="Y87" s="23">
+        <v>311.75805591</v>
+      </c>
+      <c r="Z87" s="23">
+        <v>329.84090799000001</v>
+      </c>
+      <c r="AA87" s="23">
+        <v>338.16877976000001</v>
+      </c>
+      <c r="AB87" s="23">
+        <v>288.16625556000002</v>
+      </c>
+      <c r="AC87" s="23">
+        <v>331.30207435</v>
+      </c>
+      <c r="AD87" s="23">
+        <v>358.41791825000001</v>
+      </c>
+      <c r="AE87" s="23">
+        <v>410.03861628999999</v>
+      </c>
+      <c r="AF87" s="23">
+        <v>292.06327484000002</v>
+      </c>
+      <c r="AG87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF87" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH87" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI87" s="35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="88" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="22" t="s">
         <v>164</v>
       </c>
-      <c r="C23" s="19">
-[...405 lines deleted...]
-        <v>3204.8358910500001</v>
+      <c r="C88" s="23">
+        <v>3.9363021599999999</v>
+      </c>
+      <c r="D88" s="23">
+        <v>4.3134721599999999</v>
+      </c>
+      <c r="E88" s="23">
+        <v>4.6543204899999999</v>
+      </c>
+      <c r="F88" s="23">
+        <v>6.0243009799999996</v>
+      </c>
+      <c r="G88" s="23">
+        <v>6.3747050200000004</v>
+      </c>
+      <c r="H88" s="23">
+        <v>9.4521090099999991</v>
+      </c>
+      <c r="I88" s="23">
+        <v>8.0529441899999998</v>
+      </c>
+      <c r="J88" s="23">
+        <v>9.6741053800000003</v>
+      </c>
+      <c r="K88" s="23">
+        <v>9.2525098099999994</v>
+      </c>
+      <c r="L88" s="23">
+        <v>10.53880408</v>
+      </c>
+      <c r="M88" s="23">
+        <v>10.358940860000001</v>
+      </c>
+      <c r="N88" s="23">
+        <v>9.7968648500000004</v>
+      </c>
+      <c r="O88" s="23">
+        <v>13.72892895</v>
+      </c>
+      <c r="P88" s="23">
+        <v>18.34898914</v>
+      </c>
+      <c r="Q88" s="23">
+        <v>20.968361989999998</v>
+      </c>
+      <c r="R88" s="23">
+        <v>19.318888659999999</v>
+      </c>
+      <c r="S88" s="23">
+        <v>23.157548250000001</v>
+      </c>
+      <c r="T88" s="23">
+        <v>20.748082060000002</v>
+      </c>
+      <c r="U88" s="23">
+        <v>19.679773189999999</v>
+      </c>
+      <c r="V88" s="23">
+        <v>22.310197509999998</v>
+      </c>
+      <c r="W88" s="23">
+        <v>18.93987744</v>
+      </c>
+      <c r="X88" s="23">
+        <v>12.464406370000001</v>
+      </c>
+      <c r="Y88" s="23">
+        <v>9.37229183</v>
+      </c>
+      <c r="Z88" s="23">
+        <v>10.877097729999999</v>
+      </c>
+      <c r="AA88" s="23">
+        <v>10.57889127</v>
+      </c>
+      <c r="AB88" s="23">
+        <v>8.8713970599999996</v>
+      </c>
+      <c r="AC88" s="23">
+        <v>9.0447575199999992</v>
+      </c>
+      <c r="AD88" s="23">
+        <v>10.572576529999999</v>
+      </c>
+      <c r="AE88" s="23">
+        <v>24.251766929999999</v>
+      </c>
+      <c r="AF88" s="23">
+        <v>25.096455559999999</v>
+      </c>
+      <c r="AG88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF88" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH88" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI88" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="24" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B24" s="18" t="s">
+    <row r="89" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="22" t="s">
         <v>165</v>
       </c>
-      <c r="C24" s="19">
-[...405 lines deleted...]
-        <v>1781.22565547</v>
+      <c r="C89" s="23">
+        <v>708.89554427999997</v>
+      </c>
+      <c r="D89" s="23">
+        <v>776.38629514000002</v>
+      </c>
+      <c r="E89" s="23">
+        <v>837.30814014999999</v>
+      </c>
+      <c r="F89" s="23">
+        <v>1083.2532540100001</v>
+      </c>
+      <c r="G89" s="23">
+        <v>1145.8412557700001</v>
+      </c>
+      <c r="H89" s="23">
+        <v>1102.91872741</v>
+      </c>
+      <c r="I89" s="23">
+        <v>1105.79379126</v>
+      </c>
+      <c r="J89" s="23">
+        <v>1444.25437313</v>
+      </c>
+      <c r="K89" s="23">
+        <v>1622.32353083</v>
+      </c>
+      <c r="L89" s="23">
+        <v>1791.3208748899999</v>
+      </c>
+      <c r="M89" s="23">
+        <v>1804.2042784</v>
+      </c>
+      <c r="N89" s="23">
+        <v>1879.81938556</v>
+      </c>
+      <c r="O89" s="23">
+        <v>2082.7605109900001</v>
+      </c>
+      <c r="P89" s="23">
+        <v>2269.56679837</v>
+      </c>
+      <c r="Q89" s="23">
+        <v>2370.5168323500002</v>
+      </c>
+      <c r="R89" s="23">
+        <v>2377.88756332</v>
+      </c>
+      <c r="S89" s="23">
+        <v>2388.9200239500001</v>
+      </c>
+      <c r="T89" s="23">
+        <v>2361.3961605</v>
+      </c>
+      <c r="U89" s="23">
+        <v>2372.1513442400001</v>
+      </c>
+      <c r="V89" s="23">
+        <v>2368.8959582699999</v>
+      </c>
+      <c r="W89" s="23">
+        <v>2450.5075200800002</v>
+      </c>
+      <c r="X89" s="23">
+        <v>2510.7885116399998</v>
+      </c>
+      <c r="Y89" s="23">
+        <v>2613.68658177</v>
+      </c>
+      <c r="Z89" s="23">
+        <v>2854.3246750200001</v>
+      </c>
+      <c r="AA89" s="23">
+        <v>3012.7622292599999</v>
+      </c>
+      <c r="AB89" s="23">
+        <v>3214.8422880899998</v>
+      </c>
+      <c r="AC89" s="23">
+        <v>3510.71434787</v>
+      </c>
+      <c r="AD89" s="23">
+        <v>3715.9910928899999</v>
+      </c>
+      <c r="AE89" s="23">
+        <v>4298.8363257199999</v>
+      </c>
+      <c r="AF89" s="23">
+        <v>4715.1562390700001</v>
+      </c>
+      <c r="AG89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF89" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH89" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI89" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="25" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B25" s="18" t="s">
+    <row r="90" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="22" t="s">
         <v>166</v>
       </c>
-      <c r="C25" s="19">
-[...405 lines deleted...]
-        <v>1778.4955957899999</v>
+      <c r="C90" s="23">
+        <v>527.14850767999997</v>
+      </c>
+      <c r="D90" s="23">
+        <v>518.92717754</v>
+      </c>
+      <c r="E90" s="23">
+        <v>559.38532062000002</v>
+      </c>
+      <c r="F90" s="23">
+        <v>723.38172466000003</v>
+      </c>
+      <c r="G90" s="23">
+        <v>764.92065585</v>
+      </c>
+      <c r="H90" s="23">
+        <v>736.03371560999994</v>
+      </c>
+      <c r="I90" s="23">
+        <v>881.65649072999997</v>
+      </c>
+      <c r="J90" s="23">
+        <v>1151.3376485199999</v>
+      </c>
+      <c r="K90" s="23">
+        <v>1224.55035473</v>
+      </c>
+      <c r="L90" s="23">
+        <v>1101.52245515</v>
+      </c>
+      <c r="M90" s="23">
+        <v>1256.4515858699999</v>
+      </c>
+      <c r="N90" s="23">
+        <v>1408.1418682399999</v>
+      </c>
+      <c r="O90" s="23">
+        <v>1361.97550976</v>
+      </c>
+      <c r="P90" s="23">
+        <v>1434.41291942</v>
+      </c>
+      <c r="Q90" s="23">
+        <v>1470.11322195</v>
+      </c>
+      <c r="R90" s="23">
+        <v>1472.52236023</v>
+      </c>
+      <c r="S90" s="23">
+        <v>1561.1512673899999</v>
+      </c>
+      <c r="T90" s="23">
+        <v>1532.8238264399999</v>
+      </c>
+      <c r="U90" s="23">
+        <v>1518.5973830999999</v>
+      </c>
+      <c r="V90" s="23">
+        <v>1554.4204393499999</v>
+      </c>
+      <c r="W90" s="23">
+        <v>1573.2358687000001</v>
+      </c>
+      <c r="X90" s="23">
+        <v>1636.44402988</v>
+      </c>
+      <c r="Y90" s="23">
+        <v>1679.3059542799999</v>
+      </c>
+      <c r="Z90" s="23">
+        <v>1844.29715622</v>
+      </c>
+      <c r="AA90" s="23">
+        <v>1964.18336275</v>
+      </c>
+      <c r="AB90" s="23">
+        <v>1843.44284954</v>
+      </c>
+      <c r="AC90" s="23">
+        <v>2077.3673555300002</v>
+      </c>
+      <c r="AD90" s="23">
+        <v>2236.8547728600001</v>
+      </c>
+      <c r="AE90" s="23">
+        <v>2768.5196710499999</v>
+      </c>
+      <c r="AF90" s="23">
+        <v>2538.3505657300002</v>
+      </c>
+      <c r="AG90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF90" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH90" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI90" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="26" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="18" t="s">
+    <row r="91" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="C26" s="19">
-[...405 lines deleted...]
-        <v>1353.9865936900001</v>
+      <c r="C91" s="23">
+        <v>296.92163469000002</v>
+      </c>
+      <c r="D91" s="23">
+        <v>320.22986484</v>
+      </c>
+      <c r="E91" s="23">
+        <v>352.32683155000001</v>
+      </c>
+      <c r="F91" s="23">
+        <v>455.64348873</v>
+      </c>
+      <c r="G91" s="23">
+        <v>484.46632572999999</v>
+      </c>
+      <c r="H91" s="23">
+        <v>465.38908670000001</v>
+      </c>
+      <c r="I91" s="23">
+        <v>559.60327689999997</v>
+      </c>
+      <c r="J91" s="23">
+        <v>367.59914606000001</v>
+      </c>
+      <c r="K91" s="23">
+        <v>570.4606718</v>
+      </c>
+      <c r="L91" s="23">
+        <v>671.20063741000001</v>
+      </c>
+      <c r="M91" s="23">
+        <v>746.36632264000002</v>
+      </c>
+      <c r="N91" s="23">
+        <v>875.88180963000002</v>
+      </c>
+      <c r="O91" s="23">
+        <v>997.35056316999999</v>
+      </c>
+      <c r="P91" s="23">
+        <v>1080.1719066600001</v>
+      </c>
+      <c r="Q91" s="23">
+        <v>980.04444607999994</v>
+      </c>
+      <c r="R91" s="23">
+        <v>638.84578034000003</v>
+      </c>
+      <c r="S91" s="23">
+        <v>623.68238547999999</v>
+      </c>
+      <c r="T91" s="23">
+        <v>643.36914432000003</v>
+      </c>
+      <c r="U91" s="23">
+        <v>654.21515004000003</v>
+      </c>
+      <c r="V91" s="23">
+        <v>762.82270400000004</v>
+      </c>
+      <c r="W91" s="23">
+        <v>613.80868108000004</v>
+      </c>
+      <c r="X91" s="23">
+        <v>666.24042711000004</v>
+      </c>
+      <c r="Y91" s="23">
+        <v>682.46829119999995</v>
+      </c>
+      <c r="Z91" s="23">
+        <v>992.46080388999997</v>
+      </c>
+      <c r="AA91" s="23">
+        <v>1308.76084431</v>
+      </c>
+      <c r="AB91" s="23">
+        <v>1454.30197305</v>
+      </c>
+      <c r="AC91" s="23">
+        <v>1334.37412485</v>
+      </c>
+      <c r="AD91" s="23">
+        <v>1286.0445440599999</v>
+      </c>
+      <c r="AE91" s="23">
+        <v>1998.5963300000001</v>
+      </c>
+      <c r="AF91" s="23">
+        <v>1997.21333508</v>
+      </c>
+      <c r="AG91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF91" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH91" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI91" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="27" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="21" t="s">
+    <row r="92" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="22" t="s">
         <v>168</v>
       </c>
-      <c r="C27" s="19">
-[...405 lines deleted...]
-        <v>424.50900209999998</v>
+      <c r="C92" s="23">
+        <v>226.26600257999999</v>
+      </c>
+      <c r="D92" s="23">
+        <v>247.94643923000001</v>
+      </c>
+      <c r="E92" s="23">
+        <v>267.53903763</v>
+      </c>
+      <c r="F92" s="23">
+        <v>346.28807591999998</v>
+      </c>
+      <c r="G92" s="23">
+        <v>366.42995495999998</v>
+      </c>
+      <c r="H92" s="23">
+        <v>352.82578740999998</v>
+      </c>
+      <c r="I92" s="23">
+        <v>422.92305285999998</v>
+      </c>
+      <c r="J92" s="23">
+        <v>327.45437786000002</v>
+      </c>
+      <c r="K92" s="23">
+        <v>516.14408739999999</v>
+      </c>
+      <c r="L92" s="23">
+        <v>599.17035968000005</v>
+      </c>
+      <c r="M92" s="23">
+        <v>642.85363536</v>
+      </c>
+      <c r="N92" s="23">
+        <v>748.98274887000002</v>
+      </c>
+      <c r="O92" s="23">
+        <v>864.81896126000004</v>
+      </c>
+      <c r="P92" s="23">
+        <v>896.19944384999997</v>
+      </c>
+      <c r="Q92" s="23">
+        <v>787.08131249999997</v>
+      </c>
+      <c r="R92" s="23">
+        <v>505.29115003999999</v>
+      </c>
+      <c r="S92" s="23">
+        <v>507.23386520999998</v>
+      </c>
+      <c r="T92" s="23">
+        <v>483.25035860000003</v>
+      </c>
+      <c r="U92" s="23">
+        <v>529.89532828999995</v>
+      </c>
+      <c r="V92" s="23">
+        <v>626.89994495999997</v>
+      </c>
+      <c r="W92" s="23">
+        <v>462.10574579000001</v>
+      </c>
+      <c r="X92" s="23">
+        <v>543.45578724999996</v>
+      </c>
+      <c r="Y92" s="23">
+        <v>588.16217082000003</v>
+      </c>
+      <c r="Z92" s="23">
+        <v>880.75628905999997</v>
+      </c>
+      <c r="AA92" s="23">
+        <v>1182.0297920800001</v>
+      </c>
+      <c r="AB92" s="23">
+        <v>1341.4103256999999</v>
+      </c>
+      <c r="AC92" s="23">
+        <v>1193.6985804799999</v>
+      </c>
+      <c r="AD92" s="23">
+        <v>1179.17545369</v>
+      </c>
+      <c r="AE92" s="23">
+        <v>1804.2620359800001</v>
+      </c>
+      <c r="AF92" s="23">
+        <v>1544.4543695699999</v>
+      </c>
+      <c r="AG92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF92" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH92" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI92" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="28" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...409 lines deleted...]
-        <v>-1013.56715903</v>
+    <row r="93" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C93" s="23">
+        <v>70.655632109999999</v>
+      </c>
+      <c r="D93" s="23">
+        <v>72.283425609999995</v>
+      </c>
+      <c r="E93" s="23">
+        <v>84.787793919999999</v>
+      </c>
+      <c r="F93" s="23">
+        <v>109.35541281</v>
+      </c>
+      <c r="G93" s="23">
+        <v>118.03637077</v>
+      </c>
+      <c r="H93" s="23">
+        <v>112.56329928</v>
+      </c>
+      <c r="I93" s="23">
+        <v>136.68022403000001</v>
+      </c>
+      <c r="J93" s="23">
+        <v>40.144768200000001</v>
+      </c>
+      <c r="K93" s="23">
+        <v>54.316584390000003</v>
+      </c>
+      <c r="L93" s="23">
+        <v>72.030277729999995</v>
+      </c>
+      <c r="M93" s="23">
+        <v>103.51268727999999</v>
+      </c>
+      <c r="N93" s="23">
+        <v>126.89906076</v>
+      </c>
+      <c r="O93" s="23">
+        <v>132.53160192000001</v>
+      </c>
+      <c r="P93" s="23">
+        <v>183.97246279999999</v>
+      </c>
+      <c r="Q93" s="23">
+        <v>192.96313359000001</v>
+      </c>
+      <c r="R93" s="23">
+        <v>133.55463030000001</v>
+      </c>
+      <c r="S93" s="23">
+        <v>116.44852027</v>
+      </c>
+      <c r="T93" s="23">
+        <v>160.11878572000001</v>
+      </c>
+      <c r="U93" s="23">
+        <v>124.31982175</v>
+      </c>
+      <c r="V93" s="23">
+        <v>135.92275903999999</v>
+      </c>
+      <c r="W93" s="23">
+        <v>151.70293530000001</v>
+      </c>
+      <c r="X93" s="23">
+        <v>122.78463986</v>
+      </c>
+      <c r="Y93" s="23">
+        <v>94.306120379999996</v>
+      </c>
+      <c r="Z93" s="23">
+        <v>111.70451482999999</v>
+      </c>
+      <c r="AA93" s="23">
+        <v>126.73105223</v>
+      </c>
+      <c r="AB93" s="23">
+        <v>112.89164735999999</v>
+      </c>
+      <c r="AC93" s="23">
+        <v>140.67554436</v>
+      </c>
+      <c r="AD93" s="23">
+        <v>106.86909037</v>
+      </c>
+      <c r="AE93" s="23">
+        <v>194.33429401999999</v>
+      </c>
+      <c r="AF93" s="23">
+        <v>452.75896551</v>
+      </c>
+      <c r="AG93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF93" s="36" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH93" s="35" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI93" s="35" t="s">
+        <v>144</v>
       </c>
     </row>
-    <row r="29" spans="2:138" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...133 lines deleted...]
-      <c r="EH29" s="26"/>
+    <row r="94" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="30" t="s">
+        <v>143</v>
+      </c>
+      <c r="C94" s="31">
+        <v>-10.481543029999999</v>
+      </c>
+      <c r="D94" s="31">
+        <v>22.762061280000001</v>
+      </c>
+      <c r="E94" s="31">
+        <v>-17.39845227</v>
+      </c>
+      <c r="F94" s="31">
+        <v>-25.894556130000002</v>
+      </c>
+      <c r="G94" s="31">
+        <v>-98.354061200000004</v>
+      </c>
+      <c r="H94" s="31">
+        <v>11.402360180000001</v>
+      </c>
+      <c r="I94" s="31">
+        <v>33.4521297</v>
+      </c>
+      <c r="J94" s="31">
+        <v>108.22590077</v>
+      </c>
+      <c r="K94" s="31">
+        <v>-53.336982999999996</v>
+      </c>
+      <c r="L94" s="31">
+        <v>-88.033131319999995</v>
+      </c>
+      <c r="M94" s="31">
+        <v>-170.53417297999999</v>
+      </c>
+      <c r="N94" s="31">
+        <v>-88.643494660000002</v>
+      </c>
+      <c r="O94" s="31">
+        <v>-94.509784280000005</v>
+      </c>
+      <c r="P94" s="31">
+        <v>-77.918205369999995</v>
+      </c>
+      <c r="Q94" s="31">
+        <v>-351.89536805</v>
+      </c>
+      <c r="R94" s="31">
+        <v>-3.9673120499999999</v>
+      </c>
+      <c r="S94" s="31">
+        <v>-49.271597589999999</v>
+      </c>
+      <c r="T94" s="31">
+        <v>24.266901650000001</v>
+      </c>
+      <c r="U94" s="31">
+        <v>5.3316773399999997</v>
+      </c>
+      <c r="V94" s="31">
+        <v>53.369784840000001</v>
+      </c>
+      <c r="W94" s="31">
+        <v>61.172226360000003</v>
+      </c>
+      <c r="X94" s="31">
+        <v>-15.98974091</v>
+      </c>
+      <c r="Y94" s="31">
+        <v>-8.9917153899999995</v>
+      </c>
+      <c r="Z94" s="31">
+        <v>-52.159417689999998</v>
+      </c>
+      <c r="AA94" s="31">
+        <v>-220.92019632</v>
+      </c>
+      <c r="AB94" s="31">
+        <v>-484.43973484000003</v>
+      </c>
+      <c r="AC94" s="31">
+        <v>-159.05598090000001</v>
+      </c>
+      <c r="AD94" s="31">
+        <v>398.80940719</v>
+      </c>
+      <c r="AE94" s="31">
+        <v>469.25307678000001</v>
+      </c>
+      <c r="AF94" s="31">
+        <v>253.70886499</v>
+      </c>
+      <c r="AG94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AH94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AL94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AM94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AN94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AO94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AP94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AQ94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AR94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AS94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AT94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AU94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AV94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="AW94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AX94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AY94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="AZ94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BA94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BB94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BC94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BD94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BF94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BG94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BH94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BI94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BJ94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BK94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BL94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BM94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BN94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BO94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BP94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BQ94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BR94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BS94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BT94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BU94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BV94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BW94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BX94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="BY94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BZ94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CA94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CB94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CC94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CD94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CE94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CF94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CG94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CH94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CI94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CJ94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CK94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CL94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CM94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CN94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CO94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CP94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CQ94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CR94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CS94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CT94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CU94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CV94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="CW94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CX94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CY94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="CZ94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DA94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DB94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DC94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DD94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DE94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DF94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DG94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DH94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DI94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DJ94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DK94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DL94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DM94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DN94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DO94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DP94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DQ94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DR94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DS94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DT94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DU94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DV94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DW94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DX94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="DY94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="DZ94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EA94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EB94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EC94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="ED94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EE94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EF94" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="EG94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EH94" s="41" t="s">
+        <v>144</v>
+      </c>
+      <c r="EI94" s="41" t="s">
+        <v>144</v>
+      </c>
     </row>
-    <row r="30" spans="2:138" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...410 lines deleted...]
-      </c>
+    <row r="95" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C95" s="45"/>
+      <c r="D95" s="45"/>
+      <c r="E95" s="45"/>
+      <c r="F95" s="45"/>
+      <c r="G95" s="45"/>
+      <c r="H95" s="45"/>
+      <c r="I95" s="45"/>
+      <c r="J95" s="45"/>
+      <c r="K95" s="45"/>
+      <c r="L95" s="45"/>
+      <c r="M95" s="45"/>
+      <c r="N95" s="46"/>
+      <c r="O95" s="46"/>
+      <c r="P95" s="47"/>
+      <c r="Q95" s="47"/>
+      <c r="R95" s="47"/>
+      <c r="S95" s="47"/>
+      <c r="T95" s="47"/>
+      <c r="U95" s="46"/>
+      <c r="V95" s="47"/>
+      <c r="W95" s="47"/>
+      <c r="X95" s="47"/>
+      <c r="Y95" s="47"/>
+      <c r="Z95" s="47"/>
+      <c r="AA95" s="47"/>
+      <c r="AB95" s="47"/>
+      <c r="AC95" s="47"/>
+      <c r="AD95" s="47"/>
+      <c r="AE95" s="47"/>
+      <c r="AF95" s="47"/>
     </row>
-    <row r="31" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...26133 lines deleted...]
-        <v>148</v>
+    <row r="96" spans="2:139" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="48" t="s">
+        <v>149</v>
       </c>
       <c r="C96" s="5"/>
       <c r="D96" s="5"/>
       <c r="E96" s="5"/>
       <c r="F96" s="5"/>
       <c r="G96" s="5"/>
       <c r="H96" s="5"/>
       <c r="I96" s="5"/>
       <c r="J96" s="5"/>
       <c r="K96" s="5"/>
       <c r="L96" s="5"/>
       <c r="M96" s="5"/>
       <c r="N96" s="5"/>
       <c r="O96" s="5"/>
       <c r="P96" s="5"/>
       <c r="Q96" s="5"/>
       <c r="R96" s="5"/>
       <c r="S96" s="5"/>
       <c r="T96" s="5"/>
       <c r="U96" s="5"/>
       <c r="V96" s="5"/>
       <c r="W96" s="5"/>
       <c r="X96" s="5"/>
       <c r="Y96" s="5"/>
       <c r="Z96" s="5"/>
@@ -38067,54 +38173,55 @@
       <c r="DJ96" s="3"/>
       <c r="DK96" s="3"/>
       <c r="DL96" s="3"/>
       <c r="DM96" s="3"/>
       <c r="DN96" s="3"/>
       <c r="DO96" s="3"/>
       <c r="DP96" s="3"/>
       <c r="DQ96" s="3"/>
       <c r="DR96" s="3"/>
       <c r="DS96" s="3"/>
       <c r="DT96" s="3"/>
       <c r="DU96" s="3"/>
       <c r="DV96" s="3"/>
       <c r="DW96" s="3"/>
       <c r="DX96" s="3"/>
       <c r="DY96" s="3"/>
       <c r="DZ96" s="3"/>
       <c r="EA96" s="3"/>
       <c r="EB96" s="3"/>
       <c r="EC96" s="3"/>
       <c r="ED96" s="3"/>
       <c r="EE96" s="3"/>
       <c r="EF96" s="3"/>
       <c r="EG96" s="3"/>
       <c r="EH96" s="3"/>
+      <c r="EI96" s="3"/>
     </row>
-    <row r="97" spans="2:138" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>149</v>
+    <row r="97" spans="2:139" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="49" t="s">
+        <v>150</v>
       </c>
       <c r="C97" s="5"/>
       <c r="D97" s="5"/>
       <c r="E97" s="5"/>
       <c r="F97" s="5"/>
       <c r="G97" s="5"/>
       <c r="H97" s="5"/>
       <c r="I97" s="5"/>
       <c r="J97" s="5"/>
       <c r="K97" s="5"/>
       <c r="L97" s="5"/>
       <c r="M97" s="5"/>
       <c r="N97" s="5"/>
       <c r="O97" s="5"/>
       <c r="P97" s="5"/>
       <c r="Q97" s="5"/>
       <c r="R97" s="5"/>
       <c r="S97" s="5"/>
       <c r="T97" s="5"/>
       <c r="U97" s="5"/>
       <c r="V97" s="5"/>
       <c r="W97" s="5"/>
       <c r="X97" s="5"/>
       <c r="Y97" s="5"/>
       <c r="Z97" s="5"/>
@@ -38208,54 +38315,55 @@
       <c r="DJ97" s="3"/>
       <c r="DK97" s="3"/>
       <c r="DL97" s="3"/>
       <c r="DM97" s="3"/>
       <c r="DN97" s="3"/>
       <c r="DO97" s="3"/>
       <c r="DP97" s="3"/>
       <c r="DQ97" s="3"/>
       <c r="DR97" s="3"/>
       <c r="DS97" s="3"/>
       <c r="DT97" s="3"/>
       <c r="DU97" s="3"/>
       <c r="DV97" s="3"/>
       <c r="DW97" s="3"/>
       <c r="DX97" s="3"/>
       <c r="DY97" s="3"/>
       <c r="DZ97" s="3"/>
       <c r="EA97" s="3"/>
       <c r="EB97" s="3"/>
       <c r="EC97" s="3"/>
       <c r="ED97" s="3"/>
       <c r="EE97" s="3"/>
       <c r="EF97" s="3"/>
       <c r="EG97" s="3"/>
       <c r="EH97" s="3"/>
+      <c r="EI97" s="3"/>
     </row>
-    <row r="98" spans="2:138" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>150</v>
+    <row r="98" spans="2:139" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="49" t="s">
+        <v>151</v>
       </c>
       <c r="C98" s="5"/>
       <c r="D98" s="5"/>
       <c r="E98" s="5"/>
       <c r="F98" s="5"/>
       <c r="G98" s="5"/>
       <c r="H98" s="5"/>
       <c r="I98" s="5"/>
       <c r="J98" s="5"/>
       <c r="K98" s="5"/>
       <c r="L98" s="5"/>
       <c r="M98" s="5"/>
       <c r="N98" s="5"/>
       <c r="O98" s="5"/>
       <c r="P98" s="5"/>
       <c r="Q98" s="5"/>
       <c r="R98" s="5"/>
       <c r="S98" s="5"/>
       <c r="T98" s="5"/>
       <c r="U98" s="5"/>
       <c r="V98" s="5"/>
       <c r="W98" s="5"/>
       <c r="X98" s="5"/>
       <c r="Y98" s="5"/>
       <c r="Z98" s="5"/>
@@ -38349,53 +38457,54 @@
       <c r="DJ98" s="3"/>
       <c r="DK98" s="3"/>
       <c r="DL98" s="3"/>
       <c r="DM98" s="3"/>
       <c r="DN98" s="3"/>
       <c r="DO98" s="3"/>
       <c r="DP98" s="3"/>
       <c r="DQ98" s="3"/>
       <c r="DR98" s="3"/>
       <c r="DS98" s="3"/>
       <c r="DT98" s="3"/>
       <c r="DU98" s="3"/>
       <c r="DV98" s="3"/>
       <c r="DW98" s="3"/>
       <c r="DX98" s="3"/>
       <c r="DY98" s="3"/>
       <c r="DZ98" s="3"/>
       <c r="EA98" s="3"/>
       <c r="EB98" s="3"/>
       <c r="EC98" s="3"/>
       <c r="ED98" s="3"/>
       <c r="EE98" s="3"/>
       <c r="EF98" s="3"/>
       <c r="EG98" s="3"/>
       <c r="EH98" s="3"/>
+      <c r="EI98" s="3"/>
     </row>
-    <row r="99" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="100" spans="2:138" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="99" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="100" spans="2:139" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Imenovani rasponi</vt:lpstr>
       </vt:variant>