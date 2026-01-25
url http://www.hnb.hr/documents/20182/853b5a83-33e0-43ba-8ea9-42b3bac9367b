--- v0 (2025-10-15)
+++ v1 (2026-01-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q3\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_FiltarBaze" localSheetId="0" hidden="1">HRV!$B$5:$AJ$59</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -452,51 +452,51 @@
     <t>ANTIGVA I BARBUDA</t>
   </si>
   <si>
     <t>BAHREIN</t>
   </si>
   <si>
     <t>EKVATORSKA GVINEJA</t>
   </si>
   <si>
     <t>KAJMANSKI OTOCI</t>
   </si>
   <si>
     <t>ŠPANJOLSKA</t>
   </si>
   <si>
     <t xml:space="preserve">2023. </t>
   </si>
   <si>
     <t>GRČKA</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1. i 2. tr. 2025. </t>
+      <t>1., 2. i 3. tr. 2025.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
@@ -1070,51 +1070,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AK66"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="34.33203125" style="1" customWidth="1"/>
     <col min="3" max="27" width="8" style="1" customWidth="1"/>
     <col min="28" max="30" width="7.5" style="1" customWidth="1"/>
     <col min="31" max="32" width="7.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="33" max="34" width="7.1640625" style="1" bestFit="1" customWidth="1"/>
-    <col min="35" max="35" width="14.83203125" style="1" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="16.6640625" style="1" customWidth="1"/>
     <col min="36" max="36" width="10.5" style="4" customWidth="1"/>
     <col min="37" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:37" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="2:37" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="22" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="22" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="22" t="s">
@@ -1293,270 +1293,270 @@
       <c r="AA6" s="9">
         <v>1.1218699999999999</v>
       </c>
       <c r="AB6" s="9">
         <v>9.8955300000000008</v>
       </c>
       <c r="AC6" s="9">
         <v>-96.57535</v>
       </c>
       <c r="AD6" s="9">
         <v>-53.030709999999999</v>
       </c>
       <c r="AE6" s="9">
         <v>69.931479999999993</v>
       </c>
       <c r="AF6" s="21">
         <v>-28.907970000000002</v>
       </c>
       <c r="AG6" s="21">
         <v>-4.0728499999999999</v>
       </c>
       <c r="AH6" s="21">
         <v>342.70193</v>
       </c>
       <c r="AI6" s="9">
-        <v>-265.86984999999999</v>
+        <v>-274.74880999999999</v>
       </c>
       <c r="AJ6" s="10">
-        <v>2113.87005</v>
+        <v>2104.99109</v>
       </c>
       <c r="AK6" s="5"/>
     </row>
     <row r="7" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C7" s="9">
-        <v>1.3909200000000002</v>
+        <v>0.21422999999999998</v>
       </c>
       <c r="D7" s="9">
-        <v>3.88422</v>
+        <v>0</v>
       </c>
       <c r="E7" s="9">
-        <v>2.5907199999999997</v>
+        <v>0</v>
       </c>
       <c r="F7" s="9">
-        <v>2.1758000000000002</v>
+        <v>0</v>
       </c>
       <c r="G7" s="9">
-        <v>13.393870000000001</v>
+        <v>0.82198000000000004</v>
       </c>
       <c r="H7" s="9">
-        <v>7.55497</v>
+        <v>14.50614</v>
       </c>
       <c r="I7" s="9">
-        <v>2.5097899999999997</v>
+        <v>-5.50305</v>
       </c>
       <c r="J7" s="9">
-        <v>1.7369000000000001</v>
+        <v>-2.48508</v>
       </c>
       <c r="K7" s="9">
-        <v>7.49092</v>
+        <v>6.0579999999999995E-2</v>
       </c>
       <c r="L7" s="9">
-        <v>35.361660000000001</v>
+        <v>477.6601</v>
       </c>
       <c r="M7" s="9">
-        <v>3.5525600000000002</v>
+        <v>17.922009999999997</v>
       </c>
       <c r="N7" s="9">
-        <v>6.7281700000000004</v>
+        <v>168.4556</v>
       </c>
       <c r="O7" s="9">
-        <v>2.6154000000000002</v>
+        <v>4.6220299999999996</v>
       </c>
       <c r="P7" s="9">
-        <v>-9.1046800000000001</v>
+        <v>0.11613</v>
       </c>
       <c r="Q7" s="9">
-        <v>-2.61639</v>
+        <v>-555.53363999999999</v>
       </c>
       <c r="R7" s="9">
-        <v>15.361739999999999</v>
+        <v>17.272639999999999</v>
       </c>
       <c r="S7" s="9">
-        <v>-7.8246099999999998</v>
+        <v>-2.8043899999999997</v>
       </c>
       <c r="T7" s="9">
-        <v>207.08280999999999</v>
+        <v>3.9633799999999999</v>
       </c>
       <c r="U7" s="9">
-        <v>-11.31185</v>
+        <v>67.459969999999998</v>
       </c>
       <c r="V7" s="9">
-        <v>-65.237859999999998</v>
+        <v>11.64827</v>
       </c>
       <c r="W7" s="9">
-        <v>84.584500000000006</v>
+        <v>61.294239999999995</v>
       </c>
       <c r="X7" s="9">
-        <v>354.70077000000003</v>
+        <v>56.034320000000001</v>
       </c>
       <c r="Y7" s="9">
-        <v>143.10839999999999</v>
+        <v>-184.98029</v>
       </c>
       <c r="Z7" s="9">
-        <v>-58.246319999999997</v>
+        <v>-11.893180000000001</v>
       </c>
       <c r="AA7" s="9">
-        <v>80.514789999999991</v>
+        <v>-11.74028</v>
       </c>
       <c r="AB7" s="9">
-        <v>106.58438000000001</v>
+        <v>-14.589040000000001</v>
       </c>
       <c r="AC7" s="9">
-        <v>-7.7872200000000005</v>
+        <v>-47.898980000000002</v>
       </c>
       <c r="AD7" s="9">
-        <v>99.584000000000003</v>
+        <v>17.470359999999999</v>
       </c>
       <c r="AE7" s="9">
-        <v>572.78581999999994</v>
+        <v>65.590059999999994</v>
       </c>
       <c r="AF7" s="9">
-        <v>-79.496740000000003</v>
+        <v>3.1796100000000003</v>
       </c>
       <c r="AG7" s="9">
-        <v>11.1104</v>
+        <v>128.29462000000001</v>
       </c>
       <c r="AH7" s="9">
-        <v>121.42213000000001</v>
+        <v>1016.3169399999999</v>
       </c>
       <c r="AI7" s="9">
-        <v>-11.15865</v>
+        <v>571.76009999999997</v>
       </c>
       <c r="AJ7" s="10">
-        <v>1635.04132</v>
+        <v>1867.2353799999999</v>
       </c>
       <c r="AK7" s="5"/>
     </row>
     <row r="8" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="23" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="9">
-        <v>0.21422999999999998</v>
+        <v>1.3909200000000002</v>
       </c>
       <c r="D8" s="9">
-        <v>0</v>
+        <v>3.88422</v>
       </c>
       <c r="E8" s="9">
-        <v>0</v>
+        <v>2.5907199999999997</v>
       </c>
       <c r="F8" s="9">
-        <v>0</v>
+        <v>2.1758000000000002</v>
       </c>
       <c r="G8" s="9">
-        <v>0.82198000000000004</v>
+        <v>13.393870000000001</v>
       </c>
       <c r="H8" s="9">
-        <v>14.50614</v>
+        <v>7.55497</v>
       </c>
       <c r="I8" s="9">
-        <v>-5.50305</v>
+        <v>2.5097899999999997</v>
       </c>
       <c r="J8" s="9">
-        <v>-2.48508</v>
+        <v>1.7369000000000001</v>
       </c>
       <c r="K8" s="9">
-        <v>6.0579999999999995E-2</v>
+        <v>7.49092</v>
       </c>
       <c r="L8" s="9">
-        <v>477.6601</v>
+        <v>35.361660000000001</v>
       </c>
       <c r="M8" s="9">
-        <v>17.922009999999997</v>
+        <v>3.5525600000000002</v>
       </c>
       <c r="N8" s="9">
-        <v>168.4556</v>
+        <v>6.7281700000000004</v>
       </c>
       <c r="O8" s="9">
-        <v>4.6220299999999996</v>
+        <v>2.6154000000000002</v>
       </c>
       <c r="P8" s="9">
-        <v>0.11613</v>
+        <v>-9.1046800000000001</v>
       </c>
       <c r="Q8" s="9">
-        <v>-555.53363999999999</v>
+        <v>-2.61639</v>
       </c>
       <c r="R8" s="9">
-        <v>17.272639999999999</v>
+        <v>15.361739999999999</v>
       </c>
       <c r="S8" s="9">
-        <v>-2.8043899999999997</v>
+        <v>-7.8246099999999998</v>
       </c>
       <c r="T8" s="9">
-        <v>3.9633799999999999</v>
+        <v>207.08280999999999</v>
       </c>
       <c r="U8" s="9">
-        <v>67.459969999999998</v>
+        <v>-11.31185</v>
       </c>
       <c r="V8" s="9">
-        <v>11.64827</v>
+        <v>-65.237859999999998</v>
       </c>
       <c r="W8" s="9">
-        <v>61.294239999999995</v>
+        <v>84.584500000000006</v>
       </c>
       <c r="X8" s="9">
-        <v>56.034320000000001</v>
+        <v>354.70077000000003</v>
       </c>
       <c r="Y8" s="9">
-        <v>-184.98029</v>
+        <v>143.10839999999999</v>
       </c>
       <c r="Z8" s="9">
-        <v>-11.893180000000001</v>
+        <v>-58.246319999999997</v>
       </c>
       <c r="AA8" s="9">
-        <v>-11.74028</v>
+        <v>80.514789999999991</v>
       </c>
       <c r="AB8" s="9">
-        <v>-14.589040000000001</v>
+        <v>106.58438000000001</v>
       </c>
       <c r="AC8" s="9">
-        <v>-47.898980000000002</v>
+        <v>-7.7872200000000005</v>
       </c>
       <c r="AD8" s="9">
-        <v>17.470359999999999</v>
+        <v>99.584000000000003</v>
       </c>
       <c r="AE8" s="9">
-        <v>65.590059999999994</v>
+        <v>572.78581999999994</v>
       </c>
       <c r="AF8" s="9">
-        <v>3.1796100000000003</v>
+        <v>-79.496740000000003</v>
       </c>
       <c r="AG8" s="9">
-        <v>128.29462000000001</v>
+        <v>11.1104</v>
       </c>
       <c r="AH8" s="9">
-        <v>1016.3169399999999</v>
+        <v>121.42213000000001</v>
       </c>
       <c r="AI8" s="9">
-        <v>323.94243</v>
+        <v>38.029339999999998</v>
       </c>
       <c r="AJ8" s="10">
-        <v>1619.4177099999999</v>
+        <v>1684.2293100000002</v>
       </c>
       <c r="AK8" s="5"/>
     </row>
     <row r="9" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="9">
         <v>0.74263999999999997</v>
       </c>
       <c r="D9" s="9">
         <v>0.66273000000000004</v>
       </c>
       <c r="E9" s="9">
         <v>5.64E-3</v>
       </c>
       <c r="F9" s="9">
         <v>4.3151099999999998</v>
       </c>
       <c r="G9" s="9">
         <v>59.873899999999999</v>
       </c>
       <c r="H9" s="9">
         <v>33.09581</v>
       </c>
@@ -1617,54 +1617,54 @@
       <c r="AA9" s="9">
         <v>31.696439999999999</v>
       </c>
       <c r="AB9" s="9">
         <v>84.676000000000002</v>
       </c>
       <c r="AC9" s="9">
         <v>54.009629999999994</v>
       </c>
       <c r="AD9" s="9">
         <v>87.973389999999995</v>
       </c>
       <c r="AE9" s="9">
         <v>-91.828330000000008</v>
       </c>
       <c r="AF9" s="9">
         <v>-1.54697</v>
       </c>
       <c r="AG9" s="9">
         <v>116.43155</v>
       </c>
       <c r="AH9" s="9">
         <v>179.53739000000002</v>
       </c>
       <c r="AI9" s="9">
-        <v>92.746759999999995</v>
+        <v>161.64979</v>
       </c>
       <c r="AJ9" s="10">
-        <v>1598.4165600000001</v>
+        <v>1667.3195900000001</v>
       </c>
       <c r="AK9" s="5"/>
     </row>
     <row r="10" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="24" t="s">
         <v>82</v>
       </c>
       <c r="C10" s="9">
         <v>0</v>
       </c>
       <c r="D10" s="9">
         <v>0</v>
       </c>
       <c r="E10" s="9">
         <v>0</v>
       </c>
       <c r="F10" s="9">
         <v>0</v>
       </c>
       <c r="G10" s="9">
         <v>0</v>
       </c>
       <c r="H10" s="9">
         <v>1.3509999999999999E-2</v>
       </c>
@@ -1725,54 +1725,54 @@
       <c r="AA10" s="9">
         <v>36.315860000000001</v>
       </c>
       <c r="AB10" s="9">
         <v>45.013400000000004</v>
       </c>
       <c r="AC10" s="9">
         <v>33.722679999999997</v>
       </c>
       <c r="AD10" s="9">
         <v>35.929580000000001</v>
       </c>
       <c r="AE10" s="9">
         <v>-171.09829999999999</v>
       </c>
       <c r="AF10" s="9">
         <v>38.107109999999999</v>
       </c>
       <c r="AG10" s="9">
         <v>151.86048000000002</v>
       </c>
       <c r="AH10" s="9">
         <v>39.006219999999999</v>
       </c>
       <c r="AI10" s="9">
-        <v>9.6633899999999997</v>
+        <v>-40.186030000000002</v>
       </c>
       <c r="AJ10" s="10">
-        <v>979.6148199999999</v>
+        <v>929.7654</v>
       </c>
       <c r="AK10" s="5"/>
     </row>
     <row r="11" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="23" t="s">
         <v>88</v>
       </c>
       <c r="C11" s="9">
         <v>0</v>
       </c>
       <c r="D11" s="9">
         <v>0</v>
       </c>
       <c r="E11" s="9">
         <v>1.14E-3</v>
       </c>
       <c r="F11" s="9">
         <v>0</v>
       </c>
       <c r="G11" s="9">
         <v>0</v>
       </c>
       <c r="H11" s="9">
         <v>0</v>
       </c>
@@ -1941,54 +1941,54 @@
       <c r="AA12" s="9">
         <v>22.175519999999999</v>
       </c>
       <c r="AB12" s="9">
         <v>15.432690000000001</v>
       </c>
       <c r="AC12" s="9">
         <v>11.55015</v>
       </c>
       <c r="AD12" s="9">
         <v>-27.86262</v>
       </c>
       <c r="AE12" s="9">
         <v>7.7935499999999998</v>
       </c>
       <c r="AF12" s="9">
         <v>10.959209999999999</v>
       </c>
       <c r="AG12" s="9">
         <v>14.448729999999999</v>
       </c>
       <c r="AH12" s="9">
         <v>801.15562</v>
       </c>
       <c r="AI12" s="9">
-        <v>-267.40335999999996</v>
+        <v>-235.95731000000001</v>
       </c>
       <c r="AJ12" s="10">
-        <v>756.89625000000001</v>
+        <v>788.34230000000002</v>
       </c>
       <c r="AK12" s="5"/>
     </row>
     <row r="13" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="23" t="s">
         <v>37</v>
       </c>
       <c r="C13" s="9">
         <v>8.5769999999999999E-2</v>
       </c>
       <c r="D13" s="9">
         <v>1.417E-2</v>
       </c>
       <c r="E13" s="9">
         <v>0</v>
       </c>
       <c r="F13" s="9">
         <v>6.5340000000000009E-2</v>
       </c>
       <c r="G13" s="9">
         <v>15.40719</v>
       </c>
       <c r="H13" s="9">
         <v>21.209779999999999</v>
       </c>
@@ -2049,54 +2049,54 @@
       <c r="AA13" s="9">
         <v>-2.7264200000000001</v>
       </c>
       <c r="AB13" s="9">
         <v>-3.79827</v>
       </c>
       <c r="AC13" s="9">
         <v>16.9712</v>
       </c>
       <c r="AD13" s="9">
         <v>6.5520200000000006</v>
       </c>
       <c r="AE13" s="9">
         <v>-12.66173</v>
       </c>
       <c r="AF13" s="9">
         <v>1.56098</v>
       </c>
       <c r="AG13" s="9">
         <v>631.37386000000004</v>
       </c>
       <c r="AH13" s="9">
         <v>-124.26716999999999</v>
       </c>
       <c r="AI13" s="9">
-        <v>25.84872</v>
+        <v>-116.66067</v>
       </c>
       <c r="AJ13" s="10">
-        <v>608.80894999999998</v>
+        <v>466.29955999999999</v>
       </c>
       <c r="AK13" s="5"/>
     </row>
     <row r="14" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="23" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="9">
         <v>0</v>
       </c>
       <c r="D14" s="9">
         <v>0</v>
       </c>
       <c r="E14" s="9">
         <v>0</v>
       </c>
       <c r="F14" s="9">
         <v>0</v>
       </c>
       <c r="G14" s="9">
         <v>0.36316000000000004</v>
       </c>
       <c r="H14" s="9">
         <v>1.6443299999999998</v>
       </c>
@@ -2157,54 +2157,54 @@
       <c r="AA14" s="9">
         <v>153.84519</v>
       </c>
       <c r="AB14" s="9">
         <v>22.775449999999999</v>
       </c>
       <c r="AC14" s="9">
         <v>21.357990000000001</v>
       </c>
       <c r="AD14" s="9">
         <v>-10.037610000000001</v>
       </c>
       <c r="AE14" s="9">
         <v>10.04673</v>
       </c>
       <c r="AF14" s="9">
         <v>13.78242</v>
       </c>
       <c r="AG14" s="9">
         <v>39.032350000000001</v>
       </c>
       <c r="AH14" s="9">
         <v>34.314589999999995</v>
       </c>
       <c r="AI14" s="9">
-        <v>4.6699399999999995</v>
+        <v>24.681709999999999</v>
       </c>
       <c r="AJ14" s="10">
-        <v>368.53399000000002</v>
+        <v>388.54576000000003</v>
       </c>
       <c r="AK14" s="5"/>
     </row>
     <row r="15" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="9">
         <v>0</v>
       </c>
       <c r="D15" s="9">
         <v>0</v>
       </c>
       <c r="E15" s="9">
         <v>0</v>
       </c>
       <c r="F15" s="9">
         <v>0</v>
       </c>
       <c r="G15" s="9">
         <v>9.2410899999999998</v>
       </c>
       <c r="H15" s="9">
         <v>8.7961399999999994</v>
       </c>
@@ -2265,54 +2265,54 @@
       <c r="AA15" s="9">
         <v>6.8995299999999995</v>
       </c>
       <c r="AB15" s="9">
         <v>21.523880000000002</v>
       </c>
       <c r="AC15" s="9">
         <v>11.835760000000001</v>
       </c>
       <c r="AD15" s="9">
         <v>17.459479999999999</v>
       </c>
       <c r="AE15" s="9">
         <v>50.966730000000005</v>
       </c>
       <c r="AF15" s="9">
         <v>-30.85661</v>
       </c>
       <c r="AG15" s="9">
         <v>108.94066000000001</v>
       </c>
       <c r="AH15" s="9">
         <v>68.507739999999998</v>
       </c>
       <c r="AI15" s="9">
-        <v>5.3513999999999999</v>
+        <v>35.406400000000005</v>
       </c>
       <c r="AJ15" s="10">
-        <v>293.85656</v>
+        <v>323.91156000000001</v>
       </c>
       <c r="AK15" s="5"/>
     </row>
     <row r="16" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="23" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="9">
         <v>0.92325000000000002</v>
       </c>
       <c r="D16" s="9">
         <v>1.6E-2</v>
       </c>
       <c r="E16" s="9">
         <v>3.5800000000000003E-3</v>
       </c>
       <c r="F16" s="9">
         <v>0.56469000000000003</v>
       </c>
       <c r="G16" s="9">
         <v>3.8469799999999998</v>
       </c>
       <c r="H16" s="9">
         <v>2.5227199999999996</v>
       </c>
@@ -2373,54 +2373,54 @@
       <c r="AA16" s="9">
         <v>4.8283999999999994</v>
       </c>
       <c r="AB16" s="9">
         <v>-4.5934300000000006</v>
       </c>
       <c r="AC16" s="9">
         <v>61.765339999999995</v>
       </c>
       <c r="AD16" s="9">
         <v>29.649180000000001</v>
       </c>
       <c r="AE16" s="9">
         <v>-85.245860000000008</v>
       </c>
       <c r="AF16" s="9">
         <v>15.364120000000002</v>
       </c>
       <c r="AG16" s="9">
         <v>146.93126999999998</v>
       </c>
       <c r="AH16" s="9">
         <v>-20.02299</v>
       </c>
       <c r="AI16" s="9">
-        <v>40.59796</v>
+        <v>41.735059999999997</v>
       </c>
       <c r="AJ16" s="10">
-        <v>209.29093</v>
+        <v>210.42803000000001</v>
       </c>
       <c r="AK16" s="5"/>
     </row>
     <row r="17" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="23" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="9">
         <v>-4.5358900000000002</v>
       </c>
       <c r="D17" s="9">
         <v>-0.76084000000000007</v>
       </c>
       <c r="E17" s="9">
         <v>-0.47244999999999998</v>
       </c>
       <c r="F17" s="9">
         <v>-0.46067000000000002</v>
       </c>
       <c r="G17" s="9">
         <v>-0.85383000000000009</v>
       </c>
       <c r="H17" s="9">
         <v>-3.9010199999999999</v>
       </c>
@@ -2481,54 +2481,54 @@
       <c r="AA17" s="9">
         <v>1.2024000000000001</v>
       </c>
       <c r="AB17" s="9">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AC17" s="9">
         <v>4.5220000000000002</v>
       </c>
       <c r="AD17" s="9">
         <v>0.12866999999999998</v>
       </c>
       <c r="AE17" s="9">
         <v>2.6493099999999998</v>
       </c>
       <c r="AF17" s="9">
         <v>2.4279999999999999E-2</v>
       </c>
       <c r="AG17" s="9">
         <v>1.81427</v>
       </c>
       <c r="AH17" s="9">
         <v>52.927150000000005</v>
       </c>
       <c r="AI17" s="9">
-        <v>26.371590000000001</v>
+        <v>36.639769999999999</v>
       </c>
       <c r="AJ17" s="10">
-        <v>156.87592999999998</v>
+        <v>167.14410999999998</v>
       </c>
       <c r="AK17" s="5"/>
     </row>
     <row r="18" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="23" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="9">
         <v>0</v>
       </c>
       <c r="D18" s="9">
         <v>0</v>
       </c>
       <c r="E18" s="9">
         <v>0.69838</v>
       </c>
       <c r="F18" s="9">
         <v>0.15797</v>
       </c>
       <c r="G18" s="9">
         <v>-0.81759000000000004</v>
       </c>
       <c r="H18" s="9">
         <v>-0.45982000000000001</v>
       </c>
@@ -2589,54 +2589,54 @@
       <c r="AA18" s="9">
         <v>-3.0054499999999997</v>
       </c>
       <c r="AB18" s="9">
         <v>0.24127999999999999</v>
       </c>
       <c r="AC18" s="9">
         <v>6.1781999999999995</v>
       </c>
       <c r="AD18" s="9">
         <v>-5.5972100000000005</v>
       </c>
       <c r="AE18" s="9">
         <v>10.60852</v>
       </c>
       <c r="AF18" s="9">
         <v>0.84196000000000004</v>
       </c>
       <c r="AG18" s="9">
         <v>2.3794599999999999</v>
       </c>
       <c r="AH18" s="9">
         <v>7.4354199999999997</v>
       </c>
       <c r="AI18" s="9">
-        <v>18.73189</v>
+        <v>33.817819999999998</v>
       </c>
       <c r="AJ18" s="10">
-        <v>140.79560000000001</v>
+        <v>155.88153</v>
       </c>
       <c r="AK18" s="5"/>
     </row>
     <row r="19" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="23" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="9">
         <v>0</v>
       </c>
       <c r="D19" s="9">
         <v>1.102E-2</v>
       </c>
       <c r="E19" s="9">
         <v>1.278E-2</v>
       </c>
       <c r="F19" s="9">
         <v>0</v>
       </c>
       <c r="G19" s="9">
         <v>1.8933</v>
       </c>
       <c r="H19" s="9">
         <v>2.6687600000000002</v>
       </c>
@@ -2697,270 +2697,270 @@
       <c r="AA19" s="9">
         <v>13.10877</v>
       </c>
       <c r="AB19" s="9">
         <v>5.35215</v>
       </c>
       <c r="AC19" s="9">
         <v>4.3128500000000001</v>
       </c>
       <c r="AD19" s="9">
         <v>0.88539000000000001</v>
       </c>
       <c r="AE19" s="9">
         <v>6.6833299999999998</v>
       </c>
       <c r="AF19" s="9">
         <v>1.3141800000000001</v>
       </c>
       <c r="AG19" s="9">
         <v>11.279579999999999</v>
       </c>
       <c r="AH19" s="9">
         <v>9.8170400000000004</v>
       </c>
       <c r="AI19" s="9">
-        <v>2.7290700000000001</v>
+        <v>2.4193500000000001</v>
       </c>
       <c r="AJ19" s="10">
-        <v>139.49107999999998</v>
+        <v>139.18135999999998</v>
       </c>
       <c r="AK19" s="5"/>
     </row>
     <row r="20" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="23" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="C20" s="9">
         <v>0</v>
       </c>
       <c r="D20" s="9">
         <v>0</v>
       </c>
       <c r="E20" s="9">
         <v>0</v>
       </c>
       <c r="F20" s="9">
-        <v>1.4000000000000001E-4</v>
+        <v>7.9086099999999995</v>
       </c>
       <c r="G20" s="9">
-        <v>5.8709999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="H20" s="9">
-        <v>4.9100000000000003E-3</v>
+        <v>0</v>
       </c>
       <c r="I20" s="9">
         <v>0</v>
       </c>
       <c r="J20" s="9">
         <v>0</v>
       </c>
       <c r="K20" s="9">
         <v>0</v>
       </c>
       <c r="L20" s="9">
-        <v>-3.5830000000000001E-2</v>
+        <v>11.229520000000001</v>
       </c>
       <c r="M20" s="9">
-        <v>0</v>
+        <v>2.0930000000000001E-2</v>
       </c>
       <c r="N20" s="9">
-        <v>0.10803</v>
+        <v>7.8280000000000002E-2</v>
       </c>
       <c r="O20" s="9">
-        <v>5.9889999999999999E-2</v>
+        <v>14.805459999999998</v>
       </c>
       <c r="P20" s="9">
-        <v>0</v>
+        <v>-0.82640999999999998</v>
       </c>
       <c r="Q20" s="9">
-        <v>0.58484999999999998</v>
+        <v>10.718399999999999</v>
       </c>
       <c r="R20" s="9">
-        <v>0.72709999999999997</v>
+        <v>2.08589</v>
       </c>
       <c r="S20" s="9">
-        <v>-0.64164999999999994</v>
+        <v>23.696099999999998</v>
       </c>
       <c r="T20" s="9">
-        <v>5.1597299999999997</v>
+        <v>10.40926</v>
       </c>
       <c r="U20" s="9">
-        <v>-3.4448799999999999</v>
+        <v>9.5361200000000004</v>
       </c>
       <c r="V20" s="9">
-        <v>2.1942600000000003</v>
+        <v>-7.5620600000000007</v>
       </c>
       <c r="W20" s="9">
-        <v>-0.624</v>
+        <v>-11.357620000000001</v>
       </c>
       <c r="X20" s="9">
-        <v>-0.27392</v>
+        <v>-115.10939</v>
       </c>
       <c r="Y20" s="9">
-        <v>-1.7497400000000001</v>
+        <v>-90.691299999999998</v>
       </c>
       <c r="Z20" s="9">
-        <v>0.74560000000000004</v>
+        <v>-7.8898400000000004</v>
       </c>
       <c r="AA20" s="9">
-        <v>2.4809000000000001</v>
+        <v>34.78687</v>
       </c>
       <c r="AB20" s="9">
-        <v>-1.4557800000000001</v>
+        <v>13.19459</v>
       </c>
       <c r="AC20" s="9">
-        <v>0.60232000000000008</v>
+        <v>75.019139999999993</v>
       </c>
       <c r="AD20" s="9">
-        <v>1.0555699999999999</v>
+        <v>-48.22063</v>
       </c>
       <c r="AE20" s="9">
-        <v>108.36985</v>
+        <v>107.0442</v>
       </c>
       <c r="AF20" s="9">
-        <v>-5.8837900000000003</v>
+        <v>-89.34984</v>
       </c>
       <c r="AG20" s="9">
-        <v>35.777279999999998</v>
+        <v>96.475889999999993</v>
       </c>
       <c r="AH20" s="9">
-        <v>-2.1309899999999997</v>
+        <v>63.43094</v>
       </c>
       <c r="AI20" s="9">
-        <v>-8.0376200000000004</v>
+        <v>26.196999999999999</v>
       </c>
       <c r="AJ20" s="10">
-        <v>133.65093999999999</v>
+        <v>135.63010999999997</v>
       </c>
       <c r="AK20" s="5"/>
     </row>
     <row r="21" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="23" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="C21" s="9">
         <v>0</v>
       </c>
       <c r="D21" s="9">
         <v>0</v>
       </c>
       <c r="E21" s="9">
         <v>0</v>
       </c>
       <c r="F21" s="9">
-        <v>7.9086099999999995</v>
+        <v>1.4000000000000001E-4</v>
       </c>
       <c r="G21" s="9">
-        <v>0</v>
+        <v>5.8709999999999998E-2</v>
       </c>
       <c r="H21" s="9">
-        <v>0</v>
+        <v>4.9100000000000003E-3</v>
       </c>
       <c r="I21" s="9">
         <v>0</v>
       </c>
       <c r="J21" s="9">
         <v>0</v>
       </c>
       <c r="K21" s="9">
         <v>0</v>
       </c>
       <c r="L21" s="9">
-        <v>11.229520000000001</v>
+        <v>-3.5830000000000001E-2</v>
       </c>
       <c r="M21" s="9">
-        <v>2.0930000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="N21" s="9">
-        <v>7.8280000000000002E-2</v>
+        <v>0.10803</v>
       </c>
       <c r="O21" s="9">
-        <v>14.805459999999998</v>
+        <v>5.9889999999999999E-2</v>
       </c>
       <c r="P21" s="9">
-        <v>-0.82640999999999998</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="9">
-        <v>10.718399999999999</v>
+        <v>0.58484999999999998</v>
       </c>
       <c r="R21" s="9">
-        <v>2.08589</v>
+        <v>0.72709999999999997</v>
       </c>
       <c r="S21" s="9">
-        <v>23.696099999999998</v>
+        <v>-0.64164999999999994</v>
       </c>
       <c r="T21" s="9">
-        <v>10.40926</v>
+        <v>5.1597299999999997</v>
       </c>
       <c r="U21" s="9">
-        <v>9.5361200000000004</v>
+        <v>-3.4448799999999999</v>
       </c>
       <c r="V21" s="9">
-        <v>-7.5620600000000007</v>
+        <v>2.1942600000000003</v>
       </c>
       <c r="W21" s="9">
-        <v>-11.357620000000001</v>
+        <v>-0.624</v>
       </c>
       <c r="X21" s="9">
-        <v>-115.10939</v>
+        <v>-0.27392</v>
       </c>
       <c r="Y21" s="9">
-        <v>-90.691299999999998</v>
+        <v>-1.7497400000000001</v>
       </c>
       <c r="Z21" s="9">
-        <v>-7.8898400000000004</v>
+        <v>0.74560000000000004</v>
       </c>
       <c r="AA21" s="9">
-        <v>34.78687</v>
+        <v>2.4809000000000001</v>
       </c>
       <c r="AB21" s="9">
-        <v>13.19459</v>
+        <v>-1.4557800000000001</v>
       </c>
       <c r="AC21" s="9">
-        <v>75.019139999999993</v>
+        <v>0.60232000000000008</v>
       </c>
       <c r="AD21" s="9">
-        <v>-48.22063</v>
+        <v>1.0555699999999999</v>
       </c>
       <c r="AE21" s="9">
-        <v>107.0442</v>
+        <v>108.36985</v>
       </c>
       <c r="AF21" s="9">
-        <v>-89.34984</v>
+        <v>-5.8837900000000003</v>
       </c>
       <c r="AG21" s="9">
-        <v>96.475889999999993</v>
+        <v>35.777279999999998</v>
       </c>
       <c r="AH21" s="9">
-        <v>63.43094</v>
+        <v>-2.1309899999999997</v>
       </c>
       <c r="AI21" s="9">
-        <v>19.021000000000001</v>
+        <v>-14.070799999999998</v>
       </c>
       <c r="AJ21" s="10">
-        <v>128.45411000000001</v>
+        <v>127.61775999999999</v>
       </c>
       <c r="AK21" s="5"/>
     </row>
     <row r="22" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="23" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="9">
         <v>0</v>
       </c>
       <c r="D22" s="9">
         <v>0</v>
       </c>
       <c r="E22" s="9">
         <v>0</v>
       </c>
       <c r="F22" s="9">
         <v>0</v>
       </c>
       <c r="G22" s="9">
         <v>0</v>
       </c>
       <c r="H22" s="9">
         <v>0</v>
       </c>
@@ -3021,54 +3021,54 @@
       <c r="AA22" s="9">
         <v>6.6782200000000005</v>
       </c>
       <c r="AB22" s="9">
         <v>20.838270000000001</v>
       </c>
       <c r="AC22" s="9">
         <v>33.150800000000004</v>
       </c>
       <c r="AD22" s="9">
         <v>0.70791999999999999</v>
       </c>
       <c r="AE22" s="9">
         <v>2.9651999999999998</v>
       </c>
       <c r="AF22" s="9">
         <v>16.274339999999999</v>
       </c>
       <c r="AG22" s="9">
         <v>33.186889999999998</v>
       </c>
       <c r="AH22" s="9">
         <v>5.4157000000000002</v>
       </c>
       <c r="AI22" s="9">
-        <v>-3.6446100000000001</v>
+        <v>-4.9251100000000001</v>
       </c>
       <c r="AJ22" s="10">
-        <v>120.2073</v>
+        <v>118.9268</v>
       </c>
       <c r="AK22" s="5"/>
     </row>
     <row r="23" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="9">
         <v>0</v>
       </c>
       <c r="D23" s="9">
         <v>0</v>
       </c>
       <c r="E23" s="9">
         <v>0</v>
       </c>
       <c r="F23" s="9">
         <v>0</v>
       </c>
       <c r="G23" s="9">
         <v>-1.06E-2</v>
       </c>
       <c r="H23" s="9">
         <v>-2.7E-4</v>
       </c>
@@ -3129,54 +3129,54 @@
       <c r="AA23" s="9">
         <v>-2.1480600000000001</v>
       </c>
       <c r="AB23" s="9">
         <v>1.7366400000000002</v>
       </c>
       <c r="AC23" s="9">
         <v>20.661450000000002</v>
       </c>
       <c r="AD23" s="9">
         <v>1.5244800000000001</v>
       </c>
       <c r="AE23" s="9">
         <v>2.5471900000000001</v>
       </c>
       <c r="AF23" s="9">
         <v>-10.09305</v>
       </c>
       <c r="AG23" s="9">
         <v>12.3811</v>
       </c>
       <c r="AH23" s="9">
         <v>6.7915000000000001</v>
       </c>
       <c r="AI23" s="9">
-        <v>43.996389999999998</v>
+        <v>40.271900000000002</v>
       </c>
       <c r="AJ23" s="10">
-        <v>87.836600000000004</v>
+        <v>84.112110000000001</v>
       </c>
       <c r="AK23" s="5"/>
     </row>
     <row r="24" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="23" t="s">
         <v>58</v>
       </c>
       <c r="C24" s="9">
         <v>0</v>
       </c>
       <c r="D24" s="9">
         <v>0</v>
       </c>
       <c r="E24" s="9">
         <v>0</v>
       </c>
       <c r="F24" s="9">
         <v>0</v>
       </c>
       <c r="G24" s="9">
         <v>9.2450000000000004E-2</v>
       </c>
       <c r="H24" s="9">
         <v>1.0133300000000001</v>
       </c>
@@ -3237,270 +3237,270 @@
       <c r="AA24" s="9">
         <v>6.8440200000000004</v>
       </c>
       <c r="AB24" s="9">
         <v>4.6597799999999996</v>
       </c>
       <c r="AC24" s="9">
         <v>-12.8536</v>
       </c>
       <c r="AD24" s="9">
         <v>2.6709200000000002</v>
       </c>
       <c r="AE24" s="9">
         <v>-3.2777500000000002</v>
       </c>
       <c r="AF24" s="9">
         <v>-4.7136100000000001</v>
       </c>
       <c r="AG24" s="9">
         <v>19.666880000000003</v>
       </c>
       <c r="AH24" s="9">
         <v>2.9398200000000001</v>
       </c>
       <c r="AI24" s="9">
-        <v>6.1649200000000004</v>
+        <v>11.647350000000001</v>
       </c>
       <c r="AJ24" s="10">
-        <v>58.56561</v>
+        <v>64.04804</v>
       </c>
       <c r="AK24" s="5"/>
     </row>
     <row r="25" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="23" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="C25" s="9">
         <v>0</v>
       </c>
       <c r="D25" s="9">
         <v>0</v>
       </c>
       <c r="E25" s="9">
         <v>0</v>
       </c>
       <c r="F25" s="9">
         <v>0</v>
       </c>
       <c r="G25" s="9">
-        <v>3.2049000000000003</v>
+        <v>0</v>
       </c>
       <c r="H25" s="9">
-        <v>1.99674</v>
+        <v>0</v>
       </c>
       <c r="I25" s="9">
         <v>0</v>
       </c>
       <c r="J25" s="9">
-        <v>0</v>
+        <v>3.8000000000000002E-4</v>
       </c>
       <c r="K25" s="9">
-        <v>0.11409999999999999</v>
+        <v>0</v>
       </c>
       <c r="L25" s="9">
-        <v>3.8579599999999998</v>
+        <v>0</v>
       </c>
       <c r="M25" s="9">
-        <v>0.33539999999999998</v>
+        <v>-3.8000000000000002E-4</v>
       </c>
       <c r="N25" s="9">
-        <v>-0.49945999999999996</v>
+        <v>0</v>
       </c>
       <c r="O25" s="9">
-        <v>0.51625999999999994</v>
+        <v>0</v>
       </c>
       <c r="P25" s="9">
-        <v>0.46949999999999997</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="9">
-        <v>2.0320399999999998</v>
+        <v>0.34972000000000003</v>
       </c>
       <c r="R25" s="9">
-        <v>3.7901400000000001</v>
+        <v>1.5369300000000001</v>
       </c>
       <c r="S25" s="9">
-        <v>4.9176899999999995</v>
+        <v>4.5380799999999999</v>
       </c>
       <c r="T25" s="9">
-        <v>0.92952000000000001</v>
+        <v>-8.6282000000000014</v>
       </c>
       <c r="U25" s="9">
-        <v>-1.2731700000000001</v>
+        <v>-0.41002</v>
       </c>
       <c r="V25" s="9">
-        <v>6.4314399999999994</v>
+        <v>0.13353999999999999</v>
       </c>
       <c r="W25" s="9">
-        <v>-7.2836300000000005</v>
+        <v>-0.20786000000000002</v>
       </c>
       <c r="X25" s="9">
-        <v>-1.4224400000000001</v>
+        <v>0.58399999999999996</v>
       </c>
       <c r="Y25" s="9">
-        <v>-0.62315999999999994</v>
+        <v>2.5517300000000001</v>
       </c>
       <c r="Z25" s="9">
-        <v>-0.57319000000000009</v>
+        <v>-0.18663999999999997</v>
       </c>
       <c r="AA25" s="9">
-        <v>1.601E-2</v>
+        <v>-6.2E-2</v>
       </c>
       <c r="AB25" s="9">
-        <v>5.04739</v>
+        <v>0.20599999999999999</v>
       </c>
       <c r="AC25" s="9">
-        <v>-7.9329999999999998E-2</v>
+        <v>3.5181499999999999</v>
       </c>
       <c r="AD25" s="9">
-        <v>51.949959999999997</v>
+        <v>34.893689999999999</v>
       </c>
       <c r="AE25" s="9">
-        <v>-0.25953999999999999</v>
+        <v>2.4159999999999999</v>
       </c>
       <c r="AF25" s="9">
-        <v>12.291889999999999</v>
+        <v>3.3380000000000001</v>
       </c>
       <c r="AG25" s="9">
-        <v>-39.966290000000001</v>
+        <v>3.7120000000000002</v>
       </c>
       <c r="AH25" s="9">
-        <v>4.2708900000000005</v>
+        <v>1.7544500000000001</v>
       </c>
       <c r="AI25" s="9">
-        <v>6.1686300000000003</v>
+        <v>8.1825600000000005</v>
       </c>
       <c r="AJ25" s="10">
-        <v>56.360250000000001</v>
+        <v>58.220129999999997</v>
       </c>
       <c r="AK25" s="5"/>
     </row>
     <row r="26" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="23" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="C26" s="9">
         <v>0</v>
       </c>
       <c r="D26" s="9">
         <v>0</v>
       </c>
       <c r="E26" s="9">
         <v>0</v>
       </c>
       <c r="F26" s="9">
         <v>0</v>
       </c>
       <c r="G26" s="9">
-        <v>0</v>
+        <v>3.2049000000000003</v>
       </c>
       <c r="H26" s="9">
-        <v>0</v>
+        <v>1.99674</v>
       </c>
       <c r="I26" s="9">
         <v>0</v>
       </c>
       <c r="J26" s="9">
-        <v>3.8000000000000002E-4</v>
+        <v>0</v>
       </c>
       <c r="K26" s="9">
-        <v>0</v>
+        <v>0.11409999999999999</v>
       </c>
       <c r="L26" s="9">
-        <v>0</v>
+        <v>3.8579599999999998</v>
       </c>
       <c r="M26" s="9">
-        <v>-3.8000000000000002E-4</v>
+        <v>0.33539999999999998</v>
       </c>
       <c r="N26" s="9">
-        <v>0</v>
+        <v>-0.49945999999999996</v>
       </c>
       <c r="O26" s="9">
-        <v>0</v>
+        <v>0.51625999999999994</v>
       </c>
       <c r="P26" s="9">
-        <v>0</v>
+        <v>0.46949999999999997</v>
       </c>
       <c r="Q26" s="9">
-        <v>0.34972000000000003</v>
+        <v>2.0320399999999998</v>
       </c>
       <c r="R26" s="9">
-        <v>1.5369300000000001</v>
+        <v>3.7901400000000001</v>
       </c>
       <c r="S26" s="9">
-        <v>4.5380799999999999</v>
+        <v>4.9176899999999995</v>
       </c>
       <c r="T26" s="9">
-        <v>-8.6282000000000014</v>
+        <v>0.92952000000000001</v>
       </c>
       <c r="U26" s="9">
-        <v>-0.41002</v>
+        <v>-1.2731700000000001</v>
       </c>
       <c r="V26" s="9">
-        <v>0.13353999999999999</v>
+        <v>6.4314399999999994</v>
       </c>
       <c r="W26" s="9">
-        <v>-0.20786000000000002</v>
+        <v>-7.2836300000000005</v>
       </c>
       <c r="X26" s="9">
-        <v>0.58399999999999996</v>
+        <v>-1.4224400000000001</v>
       </c>
       <c r="Y26" s="9">
-        <v>2.5517300000000001</v>
+        <v>-0.62315999999999994</v>
       </c>
       <c r="Z26" s="9">
-        <v>-0.18663999999999997</v>
+        <v>-0.57319000000000009</v>
       </c>
       <c r="AA26" s="9">
-        <v>-6.2E-2</v>
+        <v>1.601E-2</v>
       </c>
       <c r="AB26" s="9">
-        <v>0.20599999999999999</v>
+        <v>5.04739</v>
       </c>
       <c r="AC26" s="9">
-        <v>3.5181499999999999</v>
+        <v>-7.9329999999999998E-2</v>
       </c>
       <c r="AD26" s="9">
-        <v>34.893689999999999</v>
+        <v>51.949959999999997</v>
       </c>
       <c r="AE26" s="9">
-        <v>2.4159999999999999</v>
+        <v>-0.25953999999999999</v>
       </c>
       <c r="AF26" s="9">
-        <v>3.3380000000000001</v>
+        <v>12.291889999999999</v>
       </c>
       <c r="AG26" s="9">
-        <v>3.7120000000000002</v>
+        <v>-39.966290000000001</v>
       </c>
       <c r="AH26" s="9">
-        <v>1.7544500000000001</v>
+        <v>4.2708900000000005</v>
       </c>
       <c r="AI26" s="9">
-        <v>3.36</v>
+        <v>7.3444399999999996</v>
       </c>
       <c r="AJ26" s="10">
-        <v>53.397570000000002</v>
+        <v>57.536059999999999</v>
       </c>
       <c r="AK26" s="5"/>
     </row>
     <row r="27" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="23" t="s">
         <v>39</v>
       </c>
       <c r="C27" s="9">
         <v>0</v>
       </c>
       <c r="D27" s="9">
         <v>0</v>
       </c>
       <c r="E27" s="9">
         <v>0</v>
       </c>
       <c r="F27" s="9">
         <v>3.12975</v>
       </c>
       <c r="G27" s="9">
         <v>0.87487000000000004</v>
       </c>
       <c r="H27" s="9">
         <v>0</v>
       </c>
@@ -3561,486 +3561,486 @@
       <c r="AA27" s="9">
         <v>-0.317</v>
       </c>
       <c r="AB27" s="9">
         <v>-0.39873999999999998</v>
       </c>
       <c r="AC27" s="9">
         <v>-0.248</v>
       </c>
       <c r="AD27" s="9">
         <v>0.01</v>
       </c>
       <c r="AE27" s="9">
         <v>-0.13800000000000001</v>
       </c>
       <c r="AF27" s="9">
         <v>-7.0999999999999994E-2</v>
       </c>
       <c r="AG27" s="9">
         <v>-0.01</v>
       </c>
       <c r="AH27" s="9">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="AI27" s="9">
-        <v>27.128220000000002</v>
+        <v>27.447490000000002</v>
       </c>
       <c r="AJ27" s="10">
-        <v>50.865610000000004</v>
+        <v>51.18488</v>
       </c>
       <c r="AK27" s="5"/>
     </row>
     <row r="28" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="23" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="C28" s="9">
-        <v>0</v>
+        <v>1.5990000000000001E-2</v>
       </c>
       <c r="D28" s="9">
         <v>0</v>
       </c>
       <c r="E28" s="9">
-        <v>0</v>
+        <v>0.25650000000000001</v>
       </c>
       <c r="F28" s="9">
-        <v>0</v>
+        <v>0.15491999999999997</v>
       </c>
       <c r="G28" s="9">
-        <v>0.18581999999999999</v>
+        <v>3.1946300000000001</v>
       </c>
       <c r="H28" s="9">
-        <v>2.2599999999999999E-3</v>
+        <v>1.1086800000000001</v>
       </c>
       <c r="I28" s="9">
-        <v>3.2200000000000002E-3</v>
+        <v>8.2339999999999997E-2</v>
       </c>
       <c r="J28" s="9">
-        <v>4.657E-2</v>
+        <v>1.3644700000000001</v>
       </c>
       <c r="K28" s="9">
-        <v>2.0000000000000001E-4</v>
+        <v>1.4172899999999999</v>
       </c>
       <c r="L28" s="9">
-        <v>9.364510000000001</v>
+        <v>-1.0012999999999999</v>
       </c>
       <c r="M28" s="9">
-        <v>2.11233</v>
+        <v>-0.36454999999999999</v>
       </c>
       <c r="N28" s="9">
-        <v>4.40367</v>
+        <v>13.884589999999999</v>
       </c>
       <c r="O28" s="9">
-        <v>0.63446000000000002</v>
+        <v>1.1985599999999998</v>
       </c>
       <c r="P28" s="9">
-        <v>-0.13427</v>
+        <v>11.432790000000001</v>
       </c>
       <c r="Q28" s="9">
-        <v>0.59604999999999997</v>
+        <v>323.27118000000002</v>
       </c>
       <c r="R28" s="9">
-        <v>-0.32512000000000002</v>
+        <v>-242.85310000000001</v>
       </c>
       <c r="S28" s="9">
-        <v>0.48557</v>
+        <v>-44.010739999999998</v>
       </c>
       <c r="T28" s="9">
-        <v>0.27460000000000001</v>
+        <v>125.24214000000001</v>
       </c>
       <c r="U28" s="9">
-        <v>2.8829999999999998E-2</v>
+        <v>17.3659</v>
       </c>
       <c r="V28" s="9">
-        <v>-1.28773</v>
+        <v>-3.23698</v>
       </c>
       <c r="W28" s="9">
-        <v>-1.24996</v>
+        <v>6.5901399999999999</v>
       </c>
       <c r="X28" s="9">
-        <v>-3.9631699999999999</v>
+        <v>7.1608400000000003</v>
       </c>
       <c r="Y28" s="9">
-        <v>-0.91504999999999992</v>
+        <v>-179.13459</v>
       </c>
       <c r="Z28" s="9">
-        <v>2.60188</v>
+        <v>1.31629</v>
       </c>
       <c r="AA28" s="9">
-        <v>1.8482100000000001</v>
+        <v>-2.401E-2</v>
       </c>
       <c r="AB28" s="9">
-        <v>4.5986000000000002</v>
+        <v>4.8303799999999999</v>
       </c>
       <c r="AC28" s="9">
-        <v>1.45309</v>
+        <v>2.3765500000000004</v>
       </c>
       <c r="AD28" s="9">
-        <v>1.1382300000000001</v>
+        <v>-1.5233399999999999</v>
       </c>
       <c r="AE28" s="9">
-        <v>4.5968299999999997</v>
+        <v>-6.2639300000000002</v>
       </c>
       <c r="AF28" s="9">
-        <v>1.6959999999999999E-2</v>
+        <v>0.84538999999999997</v>
       </c>
       <c r="AG28" s="9">
-        <v>1.3188199999999999</v>
+        <v>0.98245000000000005</v>
       </c>
       <c r="AH28" s="9">
-        <v>6.3005000000000004</v>
+        <v>-3.81189</v>
       </c>
       <c r="AI28" s="9">
-        <v>11.16677</v>
+        <v>6.1276700000000002</v>
       </c>
       <c r="AJ28" s="10">
-        <v>45.302680000000002</v>
+        <v>47.995259999999988</v>
       </c>
       <c r="AK28" s="5"/>
     </row>
     <row r="29" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="23" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="C29" s="9">
-        <v>1.5990000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="D29" s="9">
         <v>0</v>
       </c>
       <c r="E29" s="9">
-        <v>0.25650000000000001</v>
+        <v>0</v>
       </c>
       <c r="F29" s="9">
-        <v>0.15491999999999997</v>
+        <v>0</v>
       </c>
       <c r="G29" s="9">
-        <v>3.1946300000000001</v>
+        <v>0.18581999999999999</v>
       </c>
       <c r="H29" s="9">
-        <v>1.1086800000000001</v>
+        <v>2.2599999999999999E-3</v>
       </c>
       <c r="I29" s="9">
-        <v>8.2339999999999997E-2</v>
+        <v>3.2200000000000002E-3</v>
       </c>
       <c r="J29" s="9">
-        <v>1.3644700000000001</v>
+        <v>4.657E-2</v>
       </c>
       <c r="K29" s="9">
-        <v>1.4172899999999999</v>
+        <v>2.0000000000000001E-4</v>
       </c>
       <c r="L29" s="9">
-        <v>-1.0012999999999999</v>
+        <v>9.364510000000001</v>
       </c>
       <c r="M29" s="9">
-        <v>-0.36454999999999999</v>
+        <v>2.11233</v>
       </c>
       <c r="N29" s="9">
-        <v>13.884589999999999</v>
+        <v>4.40367</v>
       </c>
       <c r="O29" s="9">
-        <v>1.1985599999999998</v>
+        <v>0.63446000000000002</v>
       </c>
       <c r="P29" s="9">
-        <v>11.432790000000001</v>
+        <v>-0.13427</v>
       </c>
       <c r="Q29" s="9">
-        <v>323.27118000000002</v>
+        <v>0.59604999999999997</v>
       </c>
       <c r="R29" s="9">
-        <v>-242.85310000000001</v>
+        <v>-0.32512000000000002</v>
       </c>
       <c r="S29" s="9">
-        <v>-44.010739999999998</v>
+        <v>0.48557</v>
       </c>
       <c r="T29" s="9">
-        <v>125.24214000000001</v>
+        <v>0.27460000000000001</v>
       </c>
       <c r="U29" s="9">
-        <v>17.3659</v>
+        <v>2.8829999999999998E-2</v>
       </c>
       <c r="V29" s="9">
-        <v>-3.23698</v>
+        <v>-1.28773</v>
       </c>
       <c r="W29" s="9">
-        <v>6.5901399999999999</v>
+        <v>-1.24996</v>
       </c>
       <c r="X29" s="9">
-        <v>7.1608400000000003</v>
+        <v>-3.9631699999999999</v>
       </c>
       <c r="Y29" s="9">
-        <v>-179.13459</v>
+        <v>-0.91504999999999992</v>
       </c>
       <c r="Z29" s="9">
-        <v>1.31629</v>
+        <v>2.60188</v>
       </c>
       <c r="AA29" s="9">
-        <v>-2.401E-2</v>
+        <v>1.8482100000000001</v>
       </c>
       <c r="AB29" s="9">
-        <v>4.8303799999999999</v>
+        <v>4.5986000000000002</v>
       </c>
       <c r="AC29" s="9">
-        <v>2.3765500000000004</v>
+        <v>1.45309</v>
       </c>
       <c r="AD29" s="9">
-        <v>-1.5233399999999999</v>
+        <v>1.1382300000000001</v>
       </c>
       <c r="AE29" s="9">
-        <v>-6.2639300000000002</v>
+        <v>4.5968299999999997</v>
       </c>
       <c r="AF29" s="9">
-        <v>0.84538999999999997</v>
+        <v>1.6959999999999999E-2</v>
       </c>
       <c r="AG29" s="9">
-        <v>0.98245000000000005</v>
+        <v>1.3188199999999999</v>
       </c>
       <c r="AH29" s="9">
-        <v>-3.81189</v>
+        <v>6.3005000000000004</v>
       </c>
       <c r="AI29" s="9">
-        <v>1.4581</v>
+        <v>10.32611</v>
       </c>
       <c r="AJ29" s="10">
-        <v>43.325690000000002</v>
+        <v>44.462019999999995</v>
       </c>
       <c r="AK29" s="5"/>
     </row>
     <row r="30" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="23" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="C30" s="9">
-        <v>2.48E-3</v>
+        <v>0</v>
       </c>
       <c r="D30" s="9">
         <v>0</v>
       </c>
       <c r="E30" s="9">
         <v>0</v>
       </c>
       <c r="F30" s="9">
         <v>0</v>
       </c>
       <c r="G30" s="9">
-        <v>2.8459999999999999E-2</v>
+        <v>6.862E-2</v>
       </c>
       <c r="H30" s="9">
-        <v>1.94699</v>
+        <v>0</v>
       </c>
       <c r="I30" s="9">
-        <v>1.95285</v>
+        <v>0</v>
       </c>
       <c r="J30" s="9">
-        <v>-0.99908000000000008</v>
+        <v>0</v>
       </c>
       <c r="K30" s="9">
-        <v>0.1008</v>
+        <v>0</v>
       </c>
       <c r="L30" s="9">
-        <v>2.3050000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="M30" s="9">
-        <v>-0.71387999999999996</v>
+        <v>0</v>
       </c>
       <c r="N30" s="9">
-        <v>-0.24471000000000001</v>
+        <v>0</v>
       </c>
       <c r="O30" s="9">
-        <v>-1.4826400000000002</v>
+        <v>0</v>
       </c>
       <c r="P30" s="9">
-        <v>0.2462</v>
+        <v>-0.92816999999999994</v>
       </c>
       <c r="Q30" s="9">
-        <v>-4.0400000000000002E-3</v>
+        <v>3.2240000000000005E-2</v>
       </c>
       <c r="R30" s="9">
-        <v>7.0328100000000004</v>
+        <v>1.367E-2</v>
       </c>
       <c r="S30" s="9">
-        <v>1.22522</v>
+        <v>-0.25108000000000003</v>
       </c>
       <c r="T30" s="9">
-        <v>0.42835000000000001</v>
+        <v>0</v>
       </c>
       <c r="U30" s="9">
-        <v>9.5390000000000003E-2</v>
+        <v>0</v>
       </c>
       <c r="V30" s="9">
-        <v>0.65917999999999999</v>
+        <v>1.0398399999999999</v>
       </c>
       <c r="W30" s="9">
-        <v>14.027469999999999</v>
+        <v>-0.40361000000000002</v>
       </c>
       <c r="X30" s="9">
-        <v>0.88971</v>
+        <v>-0.52427999999999997</v>
       </c>
       <c r="Y30" s="9">
-        <v>9.4439999999999996E-2</v>
+        <v>0</v>
       </c>
       <c r="Z30" s="9">
-        <v>-0.42693999999999999</v>
+        <v>9.955E-2</v>
       </c>
       <c r="AA30" s="9">
-        <v>0.80125000000000002</v>
+        <v>4.5999999999999999E-3</v>
       </c>
       <c r="AB30" s="9">
-        <v>-0.61011000000000004</v>
+        <v>5.8176600000000001</v>
       </c>
       <c r="AC30" s="9">
-        <v>-0.32429000000000002</v>
+        <v>-1.5829500000000001</v>
       </c>
       <c r="AD30" s="9">
-        <v>0.93885000000000007</v>
+        <v>-0.36577999999999999</v>
       </c>
       <c r="AE30" s="9">
-        <v>0.70962000000000003</v>
+        <v>-6.2152299999999991</v>
       </c>
       <c r="AF30" s="9">
-        <v>2.2909099999999998</v>
+        <v>-31.21791</v>
       </c>
       <c r="AG30" s="9">
-        <v>4.3955500000000001</v>
+        <v>40.709160000000004</v>
       </c>
       <c r="AH30" s="9">
-        <v>4.9779499999999999</v>
+        <v>-33.740749999999998</v>
       </c>
       <c r="AI30" s="9">
-        <v>3.0209999999999999</v>
+        <v>70.306200000000004</v>
       </c>
       <c r="AJ30" s="10">
-        <v>41.082839999999997</v>
+        <v>42.861779999999996</v>
       </c>
       <c r="AK30" s="5"/>
     </row>
     <row r="31" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="23" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="C31" s="9">
-        <v>0.16159999999999999</v>
+        <v>2.48E-3</v>
       </c>
       <c r="D31" s="9">
-        <v>0.72663999999999995</v>
+        <v>0</v>
       </c>
       <c r="E31" s="9">
-        <v>2.63544</v>
+        <v>0</v>
       </c>
       <c r="F31" s="9">
-        <v>0.35145999999999999</v>
+        <v>0</v>
       </c>
       <c r="G31" s="9">
-        <v>13.08431</v>
+        <v>2.8459999999999999E-2</v>
       </c>
       <c r="H31" s="9">
-        <v>-8.3304200000000002</v>
+        <v>1.94699</v>
       </c>
       <c r="I31" s="9">
-        <v>1.01614</v>
+        <v>1.95285</v>
       </c>
       <c r="J31" s="9">
-        <v>-7.1094799999999996</v>
+        <v>-0.99908000000000008</v>
       </c>
       <c r="K31" s="9">
-        <v>39.256989999999995</v>
+        <v>0.1008</v>
       </c>
       <c r="L31" s="9">
-        <v>13.659660000000001</v>
+        <v>2.3050000000000001E-2</v>
       </c>
       <c r="M31" s="9">
-        <v>-18.387930000000001</v>
+        <v>-0.71387999999999996</v>
       </c>
       <c r="N31" s="9">
-        <v>2.1743800000000002</v>
+        <v>-0.24471000000000001</v>
       </c>
       <c r="O31" s="9">
-        <v>-19.858880000000003</v>
+        <v>-1.4826400000000002</v>
       </c>
       <c r="P31" s="9">
-        <v>7.4972500000000002</v>
+        <v>0.2462</v>
       </c>
       <c r="Q31" s="9">
-        <v>51.256239999999998</v>
+        <v>-4.0400000000000002E-3</v>
       </c>
       <c r="R31" s="9">
-        <v>27.624110000000002</v>
+        <v>7.0328100000000004</v>
       </c>
       <c r="S31" s="9">
-        <v>-1.9264100000000002</v>
+        <v>1.22522</v>
       </c>
       <c r="T31" s="9">
-        <v>23.792729999999999</v>
+        <v>0.42835000000000001</v>
       </c>
       <c r="U31" s="9">
-        <v>5.7069899999999993</v>
+        <v>9.5390000000000003E-2</v>
       </c>
       <c r="V31" s="9">
-        <v>-31.297400000000003</v>
+        <v>0.65917999999999999</v>
       </c>
       <c r="W31" s="9">
-        <v>0.97798000000000007</v>
+        <v>14.027469999999999</v>
       </c>
       <c r="X31" s="9">
-        <v>48.19041</v>
+        <v>0.88971</v>
       </c>
       <c r="Y31" s="9">
-        <v>-67.856350000000006</v>
+        <v>9.4439999999999996E-2</v>
       </c>
       <c r="Z31" s="9">
-        <v>-16.290759999999999</v>
+        <v>-0.42693999999999999</v>
       </c>
       <c r="AA31" s="9">
-        <v>17.397389999999998</v>
+        <v>0.80125000000000002</v>
       </c>
       <c r="AB31" s="9">
-        <v>-40.654000000000003</v>
+        <v>-0.61011000000000004</v>
       </c>
       <c r="AC31" s="9">
-        <v>-25.46454</v>
+        <v>-0.32429000000000002</v>
       </c>
       <c r="AD31" s="9">
-        <v>28.291900000000002</v>
+        <v>0.93885000000000007</v>
       </c>
       <c r="AE31" s="9">
-        <v>9.1624999999999996</v>
+        <v>0.70962000000000003</v>
       </c>
       <c r="AF31" s="9">
-        <v>-12.513309999999999</v>
+        <v>2.2909099999999998</v>
       </c>
       <c r="AG31" s="9">
-        <v>-14.38425</v>
+        <v>4.3955500000000001</v>
       </c>
       <c r="AH31" s="9">
-        <v>7.7968299999999999</v>
+        <v>4.9779499999999999</v>
       </c>
       <c r="AI31" s="9">
-        <v>-5.4148999999999994</v>
+        <v>2.8585100000000003</v>
       </c>
       <c r="AJ31" s="10">
-        <v>31.27231999999999</v>
+        <v>40.920349999999999</v>
       </c>
       <c r="AK31" s="5"/>
     </row>
     <row r="32" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="23" t="s">
         <v>44</v>
       </c>
       <c r="C32" s="9">
         <v>0</v>
       </c>
       <c r="D32" s="9">
         <v>0</v>
       </c>
       <c r="E32" s="9">
         <v>0</v>
       </c>
       <c r="F32" s="9">
         <v>0</v>
       </c>
       <c r="G32" s="9">
         <v>0</v>
       </c>
       <c r="H32" s="9">
         <v>0</v>
       </c>
@@ -4110,1557 +4110,1557 @@
       <c r="AD32" s="9">
         <v>3.8</v>
       </c>
       <c r="AE32" s="9">
         <v>3.1789999999999998</v>
       </c>
       <c r="AF32" s="9">
         <v>5.8019999999999996</v>
       </c>
       <c r="AG32" s="9">
         <v>-0.91700000000000004</v>
       </c>
       <c r="AH32" s="9">
         <v>-2.1539999999999999</v>
       </c>
       <c r="AI32" s="9">
         <v>0</v>
       </c>
       <c r="AJ32" s="10">
         <v>30.803039999999999</v>
       </c>
       <c r="AK32" s="5"/>
     </row>
     <row r="33" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="23" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="C33" s="9">
-        <v>4.2318500000000006</v>
+        <v>0.16159999999999999</v>
       </c>
       <c r="D33" s="9">
-        <v>2.1772399999999998</v>
+        <v>0.72663999999999995</v>
       </c>
       <c r="E33" s="9">
-        <v>0.26944999999999997</v>
+        <v>2.63544</v>
       </c>
       <c r="F33" s="9">
-        <v>1.6455499999999998</v>
+        <v>0.35145999999999999</v>
       </c>
       <c r="G33" s="9">
-        <v>-0.27382000000000001</v>
+        <v>13.08431</v>
       </c>
       <c r="H33" s="9">
-        <v>1.1495799999999998</v>
+        <v>-8.3304200000000002</v>
       </c>
       <c r="I33" s="9">
-        <v>3.1957800000000001</v>
+        <v>1.01614</v>
       </c>
       <c r="J33" s="9">
-        <v>1.4599999999999999E-3</v>
+        <v>-7.1094799999999996</v>
       </c>
       <c r="K33" s="9">
-        <v>-1.0577799999999999</v>
+        <v>39.256989999999995</v>
       </c>
       <c r="L33" s="9">
-        <v>-1.1249500000000001</v>
+        <v>13.659660000000001</v>
       </c>
       <c r="M33" s="9">
-        <v>0.76434000000000002</v>
+        <v>-18.387930000000001</v>
       </c>
       <c r="N33" s="9">
-        <v>1.9960799999999999</v>
+        <v>2.1743800000000002</v>
       </c>
       <c r="O33" s="9">
-        <v>-1.8794000000000002</v>
+        <v>-19.858880000000003</v>
       </c>
       <c r="P33" s="9">
-        <v>2.9115100000000003</v>
+        <v>7.4972500000000002</v>
       </c>
       <c r="Q33" s="9">
-        <v>10.6707</v>
+        <v>51.256239999999998</v>
       </c>
       <c r="R33" s="9">
-        <v>6.9149799999999999</v>
+        <v>27.624110000000002</v>
       </c>
       <c r="S33" s="9">
-        <v>0.27279999999999999</v>
+        <v>-1.9264100000000002</v>
       </c>
       <c r="T33" s="9">
-        <v>4.5961600000000002</v>
+        <v>23.792729999999999</v>
       </c>
       <c r="U33" s="9">
-        <v>2.8652800000000003</v>
+        <v>5.7069899999999993</v>
       </c>
       <c r="V33" s="9">
-        <v>0.57283000000000006</v>
+        <v>-31.297400000000003</v>
       </c>
       <c r="W33" s="9">
-        <v>-1.2472099999999999</v>
+        <v>0.97798000000000007</v>
       </c>
       <c r="X33" s="9">
-        <v>-6.8846400000000001</v>
+        <v>48.19041</v>
       </c>
       <c r="Y33" s="9">
-        <v>3.46536</v>
+        <v>-67.856350000000006</v>
       </c>
       <c r="Z33" s="9">
-        <v>0.997</v>
+        <v>-16.290759999999999</v>
       </c>
       <c r="AA33" s="9">
-        <v>-3.56</v>
+        <v>17.397389999999998</v>
       </c>
       <c r="AB33" s="9">
-        <v>0.84899999999999998</v>
+        <v>-40.654000000000003</v>
       </c>
       <c r="AC33" s="9">
-        <v>0.60299999999999998</v>
+        <v>-25.46454</v>
       </c>
       <c r="AD33" s="9">
-        <v>-1.452</v>
+        <v>28.291900000000002</v>
       </c>
       <c r="AE33" s="9">
-        <v>-5.4649999999999999</v>
+        <v>9.1624999999999996</v>
       </c>
       <c r="AF33" s="9">
-        <v>0</v>
+        <v>-12.513309999999999</v>
       </c>
       <c r="AG33" s="9">
-        <v>0</v>
+        <v>-14.38425</v>
       </c>
       <c r="AH33" s="9">
-        <v>0</v>
+        <v>7.7968299999999999</v>
       </c>
       <c r="AI33" s="9">
-        <v>0</v>
+        <v>-7.1804199999999998</v>
       </c>
       <c r="AJ33" s="10">
-        <v>27.20515</v>
+        <v>29.506799999999988</v>
       </c>
       <c r="AK33" s="5"/>
     </row>
     <row r="34" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="23" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="C34" s="9">
-        <v>10.78551</v>
+        <v>4.2318500000000006</v>
       </c>
       <c r="D34" s="9">
-        <v>-1.99884</v>
+        <v>2.1772399999999998</v>
       </c>
       <c r="E34" s="9">
-        <v>-1.23797</v>
+        <v>0.26944999999999997</v>
       </c>
       <c r="F34" s="9">
-        <v>0.36013999999999996</v>
+        <v>1.6455499999999998</v>
       </c>
       <c r="G34" s="9">
-        <v>3.9300300000000004</v>
+        <v>-0.27382000000000001</v>
       </c>
       <c r="H34" s="9">
-        <v>-4.55586</v>
+        <v>1.1495799999999998</v>
       </c>
       <c r="I34" s="9">
-        <v>-1.3000000000000002E-4</v>
+        <v>3.1957800000000001</v>
       </c>
       <c r="J34" s="9">
-        <v>1.1779999999999999E-2</v>
+        <v>1.4599999999999999E-3</v>
       </c>
       <c r="K34" s="9">
-        <v>6.0555399999999997</v>
+        <v>-1.0577799999999999</v>
       </c>
       <c r="L34" s="9">
-        <v>3.2590000000000001E-2</v>
+        <v>-1.1249500000000001</v>
       </c>
       <c r="M34" s="9">
-        <v>-2.7E-4</v>
+        <v>0.76434000000000002</v>
       </c>
       <c r="N34" s="9">
-        <v>-2.7E-4</v>
+        <v>1.9960799999999999</v>
       </c>
       <c r="O34" s="9">
-        <v>0</v>
+        <v>-1.8794000000000002</v>
       </c>
       <c r="P34" s="9">
-        <v>0.70387</v>
+        <v>2.9115100000000003</v>
       </c>
       <c r="Q34" s="9">
-        <v>1.7523</v>
+        <v>10.6707</v>
       </c>
       <c r="R34" s="9">
-        <v>1.23295</v>
+        <v>6.9149799999999999</v>
       </c>
       <c r="S34" s="9">
-        <v>0.52251000000000003</v>
+        <v>0.27279999999999999</v>
       </c>
       <c r="T34" s="9">
-        <v>0.11741</v>
+        <v>4.5961600000000002</v>
       </c>
       <c r="U34" s="9">
-        <v>-5.4000000000000003E-3</v>
+        <v>2.8652800000000003</v>
       </c>
       <c r="V34" s="9">
-        <v>-8.2799999999999992E-3</v>
+        <v>0.57283000000000006</v>
       </c>
       <c r="W34" s="9">
-        <v>9.3000000000000005E-4</v>
+        <v>-1.2472099999999999</v>
       </c>
       <c r="X34" s="9">
-        <v>9.3079999999999998</v>
+        <v>-6.8846400000000001</v>
       </c>
       <c r="Y34" s="9">
-        <v>-1.7999999999999998E-4</v>
+        <v>3.46536</v>
       </c>
       <c r="Z34" s="9">
-        <v>-6.0000000000000001E-3</v>
+        <v>0.997</v>
       </c>
       <c r="AA34" s="9">
-        <v>0</v>
+        <v>-3.56</v>
       </c>
       <c r="AB34" s="9">
-        <v>0</v>
+        <v>0.84899999999999998</v>
       </c>
       <c r="AC34" s="9">
-        <v>0</v>
+        <v>0.60299999999999998</v>
       </c>
       <c r="AD34" s="9">
-        <v>0</v>
+        <v>-1.452</v>
       </c>
       <c r="AE34" s="9">
-        <v>0</v>
+        <v>-5.4649999999999999</v>
       </c>
       <c r="AF34" s="9">
         <v>0</v>
       </c>
       <c r="AG34" s="9">
         <v>0</v>
       </c>
       <c r="AH34" s="9">
         <v>0</v>
       </c>
       <c r="AI34" s="9">
         <v>0</v>
       </c>
       <c r="AJ34" s="10">
-        <v>27.000360000000001</v>
+        <v>27.20515</v>
       </c>
       <c r="AK34" s="5"/>
     </row>
     <row r="35" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="23" t="s">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="C35" s="9">
-        <v>0</v>
+        <v>10.78551</v>
       </c>
       <c r="D35" s="9">
-        <v>0</v>
+        <v>-1.99884</v>
       </c>
       <c r="E35" s="9">
-        <v>0</v>
+        <v>-1.23797</v>
       </c>
       <c r="F35" s="9">
-        <v>0</v>
+        <v>0.36013999999999996</v>
       </c>
       <c r="G35" s="9">
-        <v>0</v>
+        <v>3.9300300000000004</v>
       </c>
       <c r="H35" s="9">
-        <v>0</v>
+        <v>-4.55586</v>
       </c>
       <c r="I35" s="9">
-        <v>0</v>
+        <v>-1.3000000000000002E-4</v>
       </c>
       <c r="J35" s="9">
-        <v>0</v>
+        <v>1.1779999999999999E-2</v>
       </c>
       <c r="K35" s="9">
-        <v>0</v>
+        <v>6.0555399999999997</v>
       </c>
       <c r="L35" s="9">
-        <v>0</v>
+        <v>3.2590000000000001E-2</v>
       </c>
       <c r="M35" s="9">
-        <v>0</v>
+        <v>-2.7E-4</v>
       </c>
       <c r="N35" s="9">
-        <v>0</v>
+        <v>-2.7E-4</v>
       </c>
       <c r="O35" s="9">
         <v>0</v>
       </c>
       <c r="P35" s="9">
-        <v>0</v>
+        <v>0.70387</v>
       </c>
       <c r="Q35" s="9">
-        <v>-3.79E-3</v>
+        <v>1.7523</v>
       </c>
       <c r="R35" s="9">
-        <v>-2.3989999999999997E-2</v>
+        <v>1.23295</v>
       </c>
       <c r="S35" s="9">
-        <v>4.9800000000000001E-3</v>
+        <v>0.52251000000000003</v>
       </c>
       <c r="T35" s="9">
-        <v>0.46973999999999999</v>
+        <v>0.11741</v>
       </c>
       <c r="U35" s="9">
-        <v>-0.50361999999999996</v>
+        <v>-5.4000000000000003E-3</v>
       </c>
       <c r="V35" s="9">
-        <v>0.74739999999999995</v>
+        <v>-8.2799999999999992E-3</v>
       </c>
       <c r="W35" s="9">
-        <v>-0.27416000000000001</v>
+        <v>9.3000000000000005E-4</v>
       </c>
       <c r="X35" s="9">
-        <v>0</v>
+        <v>9.3079999999999998</v>
       </c>
       <c r="Y35" s="9">
-        <v>-0.16006000000000001</v>
+        <v>-1.7999999999999998E-4</v>
       </c>
       <c r="Z35" s="9">
-        <v>3.3222399999999999</v>
+        <v>-6.0000000000000001E-3</v>
       </c>
       <c r="AA35" s="9">
-        <v>9.8757599999999996</v>
+        <v>0</v>
       </c>
       <c r="AB35" s="9">
-        <v>2.5320300000000002</v>
+        <v>0</v>
       </c>
       <c r="AC35" s="9">
-        <v>-15.03894</v>
+        <v>0</v>
       </c>
       <c r="AD35" s="9">
-        <v>8.0564099999999996</v>
+        <v>0</v>
       </c>
       <c r="AE35" s="9">
-        <v>1.4174200000000001</v>
+        <v>0</v>
       </c>
       <c r="AF35" s="9">
-        <v>14.747729999999999</v>
+        <v>0</v>
       </c>
       <c r="AG35" s="9">
-        <v>-7.8109599999999997</v>
+        <v>0</v>
       </c>
       <c r="AH35" s="9">
-        <v>9.1892999999999994</v>
+        <v>0</v>
       </c>
       <c r="AI35" s="9">
-        <v>-4.5732400000000002</v>
+        <v>0</v>
       </c>
       <c r="AJ35" s="10">
-        <v>21.974250000000001</v>
+        <v>27.000360000000001</v>
       </c>
       <c r="AK35" s="5"/>
     </row>
     <row r="36" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="23" t="s">
-        <v>89</v>
+        <v>60</v>
       </c>
       <c r="C36" s="9">
         <v>0</v>
       </c>
       <c r="D36" s="9">
         <v>0</v>
       </c>
       <c r="E36" s="9">
         <v>0</v>
       </c>
       <c r="F36" s="9">
         <v>0</v>
       </c>
       <c r="G36" s="9">
         <v>0</v>
       </c>
       <c r="H36" s="9">
         <v>0</v>
       </c>
       <c r="I36" s="9">
         <v>0</v>
       </c>
       <c r="J36" s="9">
         <v>0</v>
       </c>
       <c r="K36" s="9">
         <v>0</v>
       </c>
       <c r="L36" s="9">
         <v>0</v>
       </c>
       <c r="M36" s="9">
         <v>0</v>
       </c>
       <c r="N36" s="9">
         <v>0</v>
       </c>
       <c r="O36" s="9">
         <v>0</v>
       </c>
       <c r="P36" s="9">
         <v>0</v>
       </c>
       <c r="Q36" s="9">
-        <v>1.273E-2</v>
+        <v>-3.79E-3</v>
       </c>
       <c r="R36" s="9">
-        <v>0.45262000000000002</v>
+        <v>-2.3989999999999997E-2</v>
       </c>
       <c r="S36" s="9">
-        <v>-0.70489000000000002</v>
+        <v>4.9800000000000001E-3</v>
       </c>
       <c r="T36" s="9">
-        <v>-0.26550999999999997</v>
+        <v>0.46973999999999999</v>
       </c>
       <c r="U36" s="9">
-        <v>0</v>
+        <v>-0.50361999999999996</v>
       </c>
       <c r="V36" s="9">
-        <v>0</v>
+        <v>0.74739999999999995</v>
       </c>
       <c r="W36" s="9">
-        <v>3.7137199999999999</v>
+        <v>-0.27416000000000001</v>
       </c>
       <c r="X36" s="9">
-        <v>1.503E-2</v>
+        <v>0</v>
       </c>
       <c r="Y36" s="9">
-        <v>-3.0235300000000001</v>
+        <v>-0.16006000000000001</v>
       </c>
       <c r="Z36" s="9">
-        <v>-0.70522000000000007</v>
+        <v>3.3222399999999999</v>
       </c>
       <c r="AA36" s="9">
-        <v>0</v>
+        <v>9.8757599999999996</v>
       </c>
       <c r="AB36" s="9">
-        <v>-0.71970000000000001</v>
+        <v>2.5320300000000002</v>
       </c>
       <c r="AC36" s="9">
-        <v>0</v>
+        <v>-15.03894</v>
       </c>
       <c r="AD36" s="9">
-        <v>2.7865900000000003</v>
+        <v>8.0564099999999996</v>
       </c>
       <c r="AE36" s="9">
-        <v>0.17815</v>
+        <v>1.4174200000000001</v>
       </c>
       <c r="AF36" s="9">
-        <v>-1.27078</v>
+        <v>14.747729999999999</v>
       </c>
       <c r="AG36" s="9">
-        <v>19.739789999999999</v>
+        <v>-7.8109599999999997</v>
       </c>
       <c r="AH36" s="9">
-        <v>0.60087999999999997</v>
+        <v>9.1892999999999994</v>
       </c>
       <c r="AI36" s="9">
-        <v>-0.38994999999999996</v>
+        <v>-2.0229300000000001</v>
       </c>
       <c r="AJ36" s="10">
-        <v>20.419930000000001</v>
+        <v>24.524560000000001</v>
       </c>
       <c r="AK36" s="5"/>
     </row>
     <row r="37" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="23" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C37" s="9">
-        <v>1.10734</v>
+        <v>0</v>
       </c>
       <c r="D37" s="9">
-        <v>0.95247999999999999</v>
+        <v>0</v>
       </c>
       <c r="E37" s="9">
-        <v>0.56747000000000003</v>
+        <v>0</v>
       </c>
       <c r="F37" s="9">
-        <v>0.16644999999999999</v>
+        <v>0</v>
       </c>
       <c r="G37" s="9">
-        <v>-1.30694</v>
+        <v>0</v>
       </c>
       <c r="H37" s="9">
-        <v>11.64223</v>
+        <v>0</v>
       </c>
       <c r="I37" s="9">
-        <v>3.0950000000000002</v>
+        <v>0</v>
       </c>
       <c r="J37" s="9">
-        <v>-1.0714699999999999</v>
+        <v>0</v>
       </c>
       <c r="K37" s="9">
-        <v>3.2795900000000002</v>
+        <v>0</v>
       </c>
       <c r="L37" s="9">
         <v>0</v>
       </c>
       <c r="M37" s="9">
         <v>0</v>
       </c>
       <c r="N37" s="9">
         <v>0</v>
       </c>
       <c r="O37" s="9">
         <v>0</v>
       </c>
       <c r="P37" s="9">
         <v>0</v>
       </c>
       <c r="Q37" s="9">
-        <v>0</v>
+        <v>1.273E-2</v>
       </c>
       <c r="R37" s="9">
-        <v>0</v>
+        <v>0.45262000000000002</v>
       </c>
       <c r="S37" s="9">
-        <v>0</v>
+        <v>-0.70489000000000002</v>
       </c>
       <c r="T37" s="9">
-        <v>0</v>
+        <v>-0.26550999999999997</v>
       </c>
       <c r="U37" s="9">
         <v>0</v>
       </c>
       <c r="V37" s="9">
         <v>0</v>
       </c>
       <c r="W37" s="9">
-        <v>0</v>
+        <v>3.7137199999999999</v>
       </c>
       <c r="X37" s="9">
-        <v>0</v>
+        <v>1.503E-2</v>
       </c>
       <c r="Y37" s="9">
-        <v>0</v>
+        <v>-3.0235300000000001</v>
       </c>
       <c r="Z37" s="9">
-        <v>0</v>
+        <v>-0.70522000000000007</v>
       </c>
       <c r="AA37" s="9">
         <v>0</v>
       </c>
       <c r="AB37" s="9">
-        <v>0</v>
+        <v>-0.71970000000000001</v>
       </c>
       <c r="AC37" s="9">
         <v>0</v>
       </c>
       <c r="AD37" s="9">
-        <v>0</v>
+        <v>2.7865900000000003</v>
       </c>
       <c r="AE37" s="9">
-        <v>0</v>
+        <v>0.17815</v>
       </c>
       <c r="AF37" s="9">
-        <v>0</v>
+        <v>-1.27078</v>
       </c>
       <c r="AG37" s="9">
-        <v>0</v>
+        <v>19.739789999999999</v>
       </c>
       <c r="AH37" s="9">
-        <v>0</v>
+        <v>0.60087999999999997</v>
       </c>
       <c r="AI37" s="9">
-        <v>0</v>
+        <v>-0.25825999999999999</v>
       </c>
       <c r="AJ37" s="10">
-        <v>18.43215</v>
+        <v>20.55162</v>
       </c>
       <c r="AK37" s="5"/>
     </row>
     <row r="38" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="23" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="C38" s="9">
-        <v>0</v>
+        <v>1.10734</v>
       </c>
       <c r="D38" s="9">
-        <v>0</v>
+        <v>0.95247999999999999</v>
       </c>
       <c r="E38" s="9">
-        <v>0</v>
+        <v>0.56747000000000003</v>
       </c>
       <c r="F38" s="9">
-        <v>0</v>
+        <v>0.16644999999999999</v>
       </c>
       <c r="G38" s="9">
-        <v>0</v>
+        <v>-1.30694</v>
       </c>
       <c r="H38" s="9">
-        <v>0</v>
+        <v>11.64223</v>
       </c>
       <c r="I38" s="9">
-        <v>0</v>
+        <v>3.0950000000000002</v>
       </c>
       <c r="J38" s="9">
-        <v>0</v>
+        <v>-1.0714699999999999</v>
       </c>
       <c r="K38" s="9">
-        <v>0</v>
+        <v>3.2795900000000002</v>
       </c>
       <c r="L38" s="9">
         <v>0</v>
       </c>
       <c r="M38" s="9">
         <v>0</v>
       </c>
       <c r="N38" s="9">
         <v>0</v>
       </c>
       <c r="O38" s="9">
         <v>0</v>
       </c>
       <c r="P38" s="9">
         <v>0</v>
       </c>
       <c r="Q38" s="9">
         <v>0</v>
       </c>
       <c r="R38" s="9">
-        <v>0.30332999999999999</v>
+        <v>0</v>
       </c>
       <c r="S38" s="9">
-        <v>3.5409999999999997E-2</v>
+        <v>0</v>
       </c>
       <c r="T38" s="9">
         <v>0</v>
       </c>
       <c r="U38" s="9">
         <v>0</v>
       </c>
       <c r="V38" s="9">
         <v>0</v>
       </c>
       <c r="W38" s="9">
         <v>0</v>
       </c>
       <c r="X38" s="9">
         <v>0</v>
       </c>
       <c r="Y38" s="9">
         <v>0</v>
       </c>
       <c r="Z38" s="9">
         <v>0</v>
       </c>
       <c r="AA38" s="9">
-        <v>0.12487999999999999</v>
+        <v>0</v>
       </c>
       <c r="AB38" s="9">
-        <v>17.67163</v>
+        <v>0</v>
       </c>
       <c r="AC38" s="9">
-        <v>0.41</v>
+        <v>0</v>
       </c>
       <c r="AD38" s="9">
-        <v>7.6170000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="AE38" s="9">
-        <v>0.19549</v>
+        <v>0</v>
       </c>
       <c r="AF38" s="9">
-        <v>-0.12759999999999999</v>
+        <v>0</v>
       </c>
       <c r="AG38" s="9">
-        <v>-0.40100000000000002</v>
+        <v>0</v>
       </c>
       <c r="AH38" s="9">
-        <v>-9.4E-2</v>
+        <v>0</v>
       </c>
       <c r="AI38" s="9">
-        <v>9.4E-2</v>
+        <v>0</v>
       </c>
       <c r="AJ38" s="10">
-        <v>18.288310000000003</v>
+        <v>18.43215</v>
       </c>
       <c r="AK38" s="5"/>
     </row>
     <row r="39" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="23" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C39" s="9">
         <v>0</v>
       </c>
       <c r="D39" s="9">
         <v>0</v>
       </c>
       <c r="E39" s="9">
-        <v>1.2800000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="F39" s="9">
         <v>0</v>
       </c>
       <c r="G39" s="9">
-        <v>-0.10589</v>
+        <v>0</v>
       </c>
       <c r="H39" s="9">
         <v>0</v>
       </c>
       <c r="I39" s="9">
         <v>0</v>
       </c>
       <c r="J39" s="9">
         <v>0</v>
       </c>
       <c r="K39" s="9">
         <v>0</v>
       </c>
       <c r="L39" s="9">
         <v>0</v>
       </c>
       <c r="M39" s="9">
         <v>0</v>
       </c>
       <c r="N39" s="9">
-        <v>0.70413999999999999</v>
+        <v>0</v>
       </c>
       <c r="O39" s="9">
-        <v>-0.51876999999999995</v>
+        <v>0</v>
       </c>
       <c r="P39" s="9">
-        <v>5.9720000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="Q39" s="9">
-        <v>0.87964999999999993</v>
+        <v>0</v>
       </c>
       <c r="R39" s="9">
-        <v>-0.26252999999999999</v>
+        <v>0.30332999999999999</v>
       </c>
       <c r="S39" s="9">
-        <v>-9.9030000000000007E-2</v>
+        <v>3.5409999999999997E-2</v>
       </c>
       <c r="T39" s="9">
-        <v>0.94859000000000004</v>
+        <v>0</v>
       </c>
       <c r="U39" s="9">
-        <v>0.48832999999999999</v>
+        <v>0</v>
       </c>
       <c r="V39" s="9">
         <v>0</v>
       </c>
       <c r="W39" s="9">
-        <v>0.2301</v>
+        <v>0</v>
       </c>
       <c r="X39" s="9">
-        <v>3.78E-2</v>
+        <v>0</v>
       </c>
       <c r="Y39" s="9">
-        <v>-7.3010000000000005E-2</v>
+        <v>0</v>
       </c>
       <c r="Z39" s="9">
-        <v>-0.45393</v>
+        <v>0</v>
       </c>
       <c r="AA39" s="9">
-        <v>-0.11115</v>
+        <v>0.12487999999999999</v>
       </c>
       <c r="AB39" s="9">
-        <v>10.164350000000001</v>
+        <v>17.67163</v>
       </c>
       <c r="AC39" s="9">
-        <v>0.57838999999999996</v>
+        <v>0.41</v>
       </c>
       <c r="AD39" s="9">
-        <v>-0.40061000000000002</v>
+        <v>7.6170000000000002E-2</v>
       </c>
       <c r="AE39" s="9">
-        <v>-0.80234000000000005</v>
+        <v>0.19549</v>
       </c>
       <c r="AF39" s="9">
-        <v>0.45868999999999999</v>
+        <v>-0.12759999999999999</v>
       </c>
       <c r="AG39" s="9">
-        <v>1.5338000000000001</v>
+        <v>-0.40100000000000002</v>
       </c>
       <c r="AH39" s="9">
-        <v>-0.20125000000000001</v>
+        <v>-9.4E-2</v>
       </c>
       <c r="AI39" s="9">
-        <v>-0.32411000000000001</v>
+        <v>8.5999999999999993E-2</v>
       </c>
       <c r="AJ39" s="10">
-        <v>12.73222</v>
+        <v>18.28031</v>
       </c>
       <c r="AK39" s="5"/>
     </row>
     <row r="40" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="23" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="C40" s="9">
         <v>0</v>
       </c>
       <c r="D40" s="9">
         <v>0</v>
       </c>
       <c r="E40" s="9">
-        <v>0</v>
+        <v>1.2800000000000001E-3</v>
       </c>
       <c r="F40" s="9">
         <v>0</v>
       </c>
       <c r="G40" s="9">
-        <v>0</v>
+        <v>-0.10589</v>
       </c>
       <c r="H40" s="9">
         <v>0</v>
       </c>
       <c r="I40" s="9">
         <v>0</v>
       </c>
       <c r="J40" s="9">
         <v>0</v>
       </c>
       <c r="K40" s="9">
         <v>0</v>
       </c>
       <c r="L40" s="9">
         <v>0</v>
       </c>
       <c r="M40" s="9">
         <v>0</v>
       </c>
       <c r="N40" s="9">
-        <v>0</v>
+        <v>0.70413999999999999</v>
       </c>
       <c r="O40" s="9">
-        <v>0</v>
+        <v>-0.51876999999999995</v>
       </c>
       <c r="P40" s="9">
-        <v>0</v>
+        <v>5.9720000000000002E-2</v>
       </c>
       <c r="Q40" s="9">
-        <v>9.9879999999999997E-2</v>
+        <v>0.87964999999999993</v>
       </c>
       <c r="R40" s="9">
-        <v>0</v>
+        <v>-0.26252999999999999</v>
       </c>
       <c r="S40" s="9">
-        <v>-1.66E-3</v>
+        <v>-9.9030000000000007E-2</v>
       </c>
       <c r="T40" s="9">
-        <v>-6.0049999999999999E-2</v>
+        <v>0.94859000000000004</v>
       </c>
       <c r="U40" s="9">
-        <v>0</v>
+        <v>0.48832999999999999</v>
       </c>
       <c r="V40" s="9">
-        <v>5.6530000000000004E-2</v>
+        <v>0</v>
       </c>
       <c r="W40" s="9">
-        <v>3.6080000000000001E-2</v>
+        <v>0.2301</v>
       </c>
       <c r="X40" s="9">
-        <v>4.999E-2</v>
+        <v>3.78E-2</v>
       </c>
       <c r="Y40" s="9">
-        <v>3.0299999999999997E-3</v>
+        <v>-7.3010000000000005E-2</v>
       </c>
       <c r="Z40" s="9">
-        <v>0.10304000000000001</v>
+        <v>-0.45393</v>
       </c>
       <c r="AA40" s="9">
-        <v>6.3030000000000003E-2</v>
+        <v>-0.11115</v>
       </c>
       <c r="AB40" s="9">
-        <v>-0.14480000000000001</v>
+        <v>10.164350000000001</v>
       </c>
       <c r="AC40" s="9">
-        <v>0</v>
+        <v>0.57838999999999996</v>
       </c>
       <c r="AD40" s="9">
-        <v>0</v>
+        <v>-0.40061000000000002</v>
       </c>
       <c r="AE40" s="9">
-        <v>2.495E-2</v>
+        <v>-0.80234000000000005</v>
       </c>
       <c r="AF40" s="9">
-        <v>7.2673199999999998</v>
+        <v>0.45868999999999999</v>
       </c>
       <c r="AG40" s="9">
-        <v>2.4153500000000001</v>
+        <v>1.5338000000000001</v>
       </c>
       <c r="AH40" s="9">
-        <v>1.4350000000000001</v>
+        <v>-0.20125000000000001</v>
       </c>
       <c r="AI40" s="9">
-        <v>1.13334</v>
+        <v>2.31359</v>
       </c>
       <c r="AJ40" s="10">
-        <v>12.481030000000001</v>
+        <v>15.36992</v>
       </c>
       <c r="AK40" s="5"/>
     </row>
     <row r="41" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="23" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="C41" s="9">
         <v>0</v>
       </c>
       <c r="D41" s="9">
         <v>0</v>
       </c>
       <c r="E41" s="9">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="F41" s="9">
-        <v>9.6840000000000009E-2</v>
+        <v>0</v>
       </c>
       <c r="G41" s="9">
         <v>0</v>
       </c>
       <c r="H41" s="9">
         <v>0</v>
       </c>
       <c r="I41" s="9">
         <v>0</v>
       </c>
       <c r="J41" s="9">
         <v>0</v>
       </c>
       <c r="K41" s="9">
         <v>0</v>
       </c>
       <c r="L41" s="9">
         <v>0</v>
       </c>
       <c r="M41" s="9">
         <v>0</v>
       </c>
       <c r="N41" s="9">
-        <v>3.4503699999999999</v>
+        <v>0</v>
       </c>
       <c r="O41" s="9">
-        <v>4.3440000000000003</v>
+        <v>0</v>
       </c>
       <c r="P41" s="9">
-        <v>1.5439999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="Q41" s="9">
-        <v>-1.64E-3</v>
+        <v>9.9879999999999997E-2</v>
       </c>
       <c r="R41" s="9">
-        <v>-7.8310000000000005E-2</v>
+        <v>0</v>
       </c>
       <c r="S41" s="9">
-        <v>-7.392E-2</v>
+        <v>-1.66E-3</v>
       </c>
       <c r="T41" s="9">
-        <v>-4.5300000000000002E-3</v>
+        <v>-6.0049999999999999E-2</v>
       </c>
       <c r="U41" s="9">
-        <v>-1.47E-3</v>
+        <v>0</v>
       </c>
       <c r="V41" s="9">
-        <v>13.381969999999999</v>
+        <v>5.6530000000000004E-2</v>
       </c>
       <c r="W41" s="9">
-        <v>-4.9851299999999998</v>
+        <v>3.6080000000000001E-2</v>
       </c>
       <c r="X41" s="9">
-        <v>-5.3413199999999996</v>
+        <v>4.999E-2</v>
       </c>
       <c r="Y41" s="9">
-        <v>-1.72357</v>
+        <v>3.0299999999999997E-3</v>
       </c>
       <c r="Z41" s="9">
-        <v>4.4774899999999995</v>
+        <v>0.10304000000000001</v>
       </c>
       <c r="AA41" s="9">
-        <v>-1.0279</v>
+        <v>6.3030000000000003E-2</v>
       </c>
       <c r="AB41" s="9">
-        <v>4.0077400000000001</v>
+        <v>-0.14480000000000001</v>
       </c>
       <c r="AC41" s="9">
-        <v>1.7178800000000001</v>
+        <v>0</v>
       </c>
       <c r="AD41" s="9">
-        <v>-6.5546499999999996</v>
+        <v>0</v>
       </c>
       <c r="AE41" s="9">
-        <v>-0.97920000000000007</v>
+        <v>2.495E-2</v>
       </c>
       <c r="AF41" s="9">
-        <v>-3.3399999999999999E-2</v>
+        <v>7.2673199999999998</v>
       </c>
       <c r="AG41" s="9">
-        <v>1.0349300000000001</v>
+        <v>2.4153500000000001</v>
       </c>
       <c r="AH41" s="9">
-        <v>0.15834000000000001</v>
+        <v>1.4350000000000001</v>
       </c>
       <c r="AI41" s="9">
-        <v>0.16659000000000002</v>
+        <v>1.66926</v>
       </c>
       <c r="AJ41" s="10">
-        <v>12.096549999999999</v>
+        <v>13.016950000000001</v>
       </c>
       <c r="AK41" s="5"/>
     </row>
     <row r="42" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="23" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
       <c r="C42" s="9">
         <v>0</v>
       </c>
       <c r="D42" s="9">
         <v>0</v>
       </c>
       <c r="E42" s="9">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="F42" s="9">
-        <v>0</v>
+        <v>9.6840000000000009E-2</v>
       </c>
       <c r="G42" s="9">
         <v>0</v>
       </c>
       <c r="H42" s="9">
         <v>0</v>
       </c>
       <c r="I42" s="9">
         <v>0</v>
       </c>
       <c r="J42" s="9">
         <v>0</v>
       </c>
       <c r="K42" s="9">
         <v>0</v>
       </c>
       <c r="L42" s="9">
         <v>0</v>
       </c>
       <c r="M42" s="9">
-        <v>0.13268000000000002</v>
+        <v>0</v>
       </c>
       <c r="N42" s="9">
-        <v>-3.5000000000000003E-2</v>
+        <v>3.4503699999999999</v>
       </c>
       <c r="O42" s="9">
-        <v>-7.3800000000000003E-3</v>
+        <v>4.3440000000000003</v>
       </c>
       <c r="P42" s="9">
-        <v>0.10155</v>
+        <v>1.5439999999999999E-2</v>
       </c>
       <c r="Q42" s="9">
-        <v>0.10002</v>
+        <v>-1.64E-3</v>
       </c>
       <c r="R42" s="9">
-        <v>1.1543099999999999</v>
+        <v>-7.8310000000000005E-2</v>
       </c>
       <c r="S42" s="9">
-        <v>-0.30957000000000001</v>
+        <v>-7.392E-2</v>
       </c>
       <c r="T42" s="9">
-        <v>9.7930000000000003E-2</v>
+        <v>-4.5300000000000002E-3</v>
       </c>
       <c r="U42" s="9">
-        <v>-0.39712000000000003</v>
+        <v>-1.47E-3</v>
       </c>
       <c r="V42" s="9">
-        <v>-0.79248000000000007</v>
+        <v>13.381969999999999</v>
       </c>
       <c r="W42" s="9">
-        <v>-1.6020000000000001</v>
+        <v>-4.9851299999999998</v>
       </c>
       <c r="X42" s="9">
-        <v>6.3213200000000001</v>
+        <v>-5.3413199999999996</v>
       </c>
       <c r="Y42" s="9">
-        <v>-0.70611000000000002</v>
+        <v>-1.72357</v>
       </c>
       <c r="Z42" s="9">
-        <v>-3.81656</v>
+        <v>4.4774899999999995</v>
       </c>
       <c r="AA42" s="9">
-        <v>-2.2317499999999999</v>
+        <v>-1.0279</v>
       </c>
       <c r="AB42" s="9">
-        <v>-7.4978400000000001</v>
+        <v>4.0077400000000001</v>
       </c>
       <c r="AC42" s="9">
-        <v>-0.57919000000000009</v>
+        <v>1.7178800000000001</v>
       </c>
       <c r="AD42" s="9">
-        <v>-8.7919999999999998E-2</v>
+        <v>-6.5546499999999996</v>
       </c>
       <c r="AE42" s="9">
-        <v>0.50212000000000001</v>
+        <v>-0.97920000000000007</v>
       </c>
       <c r="AF42" s="9">
-        <v>1.67821</v>
+        <v>-3.3399999999999999E-2</v>
       </c>
       <c r="AG42" s="9">
-        <v>9.02956</v>
+        <v>1.0349300000000001</v>
       </c>
       <c r="AH42" s="9">
-        <v>10.54609</v>
+        <v>0.15834000000000001</v>
       </c>
       <c r="AI42" s="9">
-        <v>-6.0380000000000003</v>
+        <v>0.21981000000000001</v>
       </c>
       <c r="AJ42" s="10">
-        <v>5.5628699999999993</v>
+        <v>12.14977</v>
       </c>
       <c r="AK42" s="5"/>
     </row>
     <row r="43" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="23" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="C43" s="9">
         <v>0</v>
       </c>
       <c r="D43" s="9">
         <v>0</v>
       </c>
       <c r="E43" s="9">
         <v>0</v>
       </c>
       <c r="F43" s="9">
         <v>0</v>
       </c>
       <c r="G43" s="9">
         <v>0</v>
       </c>
       <c r="H43" s="9">
         <v>0</v>
       </c>
       <c r="I43" s="9">
         <v>0</v>
       </c>
       <c r="J43" s="9">
         <v>0</v>
       </c>
       <c r="K43" s="9">
         <v>0</v>
       </c>
       <c r="L43" s="9">
         <v>0</v>
       </c>
       <c r="M43" s="9">
-        <v>0</v>
+        <v>0.13268000000000002</v>
       </c>
       <c r="N43" s="9">
-        <v>0</v>
+        <v>-3.5000000000000003E-2</v>
       </c>
       <c r="O43" s="9">
-        <v>0</v>
+        <v>-7.3800000000000003E-3</v>
       </c>
       <c r="P43" s="9">
-        <v>0</v>
+        <v>0.10155</v>
       </c>
       <c r="Q43" s="9">
-        <v>-2.4300000000000002E-2</v>
+        <v>0.10002</v>
       </c>
       <c r="R43" s="9">
-        <v>0.1454</v>
+        <v>1.1543099999999999</v>
       </c>
       <c r="S43" s="9">
-        <v>-3.3679200000000002</v>
+        <v>-0.30957000000000001</v>
       </c>
       <c r="T43" s="9">
-        <v>-1.26403</v>
+        <v>9.7930000000000003E-2</v>
       </c>
       <c r="U43" s="9">
-        <v>-0.6167999999999999</v>
+        <v>-0.39712000000000003</v>
       </c>
       <c r="V43" s="9">
-        <v>1.69346</v>
+        <v>-0.79248000000000007</v>
       </c>
       <c r="W43" s="9">
-        <v>9.3100699999999996</v>
+        <v>-1.6020000000000001</v>
       </c>
       <c r="X43" s="9">
-        <v>-0.81398999999999999</v>
+        <v>6.3213200000000001</v>
       </c>
       <c r="Y43" s="9">
-        <v>2.6495799999999998</v>
+        <v>-0.70611000000000002</v>
       </c>
       <c r="Z43" s="9">
-        <v>-3.9717399999999996</v>
+        <v>-3.81656</v>
       </c>
       <c r="AA43" s="9">
-        <v>-5.9587200000000005</v>
+        <v>-2.2317499999999999</v>
       </c>
       <c r="AB43" s="9">
-        <v>3.43763</v>
+        <v>-7.4978400000000001</v>
       </c>
       <c r="AC43" s="9">
-        <v>5.5148900000000003</v>
+        <v>-0.57919000000000009</v>
       </c>
       <c r="AD43" s="9">
-        <v>-9.0931299999999986</v>
+        <v>-8.7919999999999998E-2</v>
       </c>
       <c r="AE43" s="9">
-        <v>12.20152</v>
+        <v>0.50212000000000001</v>
       </c>
       <c r="AF43" s="9">
-        <v>-6.5218599999999993</v>
+        <v>1.67821</v>
       </c>
       <c r="AG43" s="9">
-        <v>-3.863</v>
+        <v>9.02956</v>
       </c>
       <c r="AH43" s="9">
-        <v>0.439</v>
+        <v>10.54609</v>
       </c>
       <c r="AI43" s="9">
-        <v>2.5190000000000001</v>
+        <v>-4.6326099999999997</v>
       </c>
       <c r="AJ43" s="10">
-        <v>2.4150600000000022</v>
+        <v>6.968259999999999</v>
       </c>
       <c r="AK43" s="5"/>
     </row>
     <row r="44" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="23" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="C44" s="9">
         <v>0</v>
       </c>
       <c r="D44" s="9">
         <v>0</v>
       </c>
       <c r="E44" s="9">
         <v>0</v>
       </c>
       <c r="F44" s="9">
         <v>0</v>
       </c>
       <c r="G44" s="9">
         <v>0</v>
       </c>
       <c r="H44" s="9">
         <v>0</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
       <c r="J44" s="9">
         <v>0</v>
       </c>
       <c r="K44" s="9">
         <v>0</v>
       </c>
       <c r="L44" s="9">
         <v>0</v>
       </c>
       <c r="M44" s="9">
         <v>0</v>
       </c>
       <c r="N44" s="9">
         <v>0</v>
       </c>
       <c r="O44" s="9">
         <v>0</v>
       </c>
       <c r="P44" s="9">
         <v>0</v>
       </c>
       <c r="Q44" s="9">
-        <v>0</v>
+        <v>-2.4300000000000002E-2</v>
       </c>
       <c r="R44" s="9">
-        <v>0</v>
+        <v>0.1454</v>
       </c>
       <c r="S44" s="9">
-        <v>0.57994000000000001</v>
+        <v>-3.3679200000000002</v>
       </c>
       <c r="T44" s="9">
-        <v>0.34499000000000002</v>
+        <v>-1.26403</v>
       </c>
       <c r="U44" s="9">
-        <v>0.37354000000000004</v>
+        <v>-0.6167999999999999</v>
       </c>
       <c r="V44" s="9">
-        <v>4.4039999999999996E-2</v>
+        <v>1.69346</v>
       </c>
       <c r="W44" s="9">
-        <v>2.2209400000000001</v>
+        <v>9.3100699999999996</v>
       </c>
       <c r="X44" s="9">
-        <v>-0.64890999999999999</v>
+        <v>-0.81398999999999999</v>
       </c>
       <c r="Y44" s="9">
-        <v>6.9889999999999994E-2</v>
+        <v>2.6495799999999998</v>
       </c>
       <c r="Z44" s="9">
-        <v>0</v>
+        <v>-3.9717399999999996</v>
       </c>
       <c r="AA44" s="9">
-        <v>79.268940000000001</v>
+        <v>-5.9587200000000005</v>
       </c>
       <c r="AB44" s="9">
-        <v>-68.611109999999996</v>
+        <v>3.43763</v>
       </c>
       <c r="AC44" s="9">
-        <v>-1.54155</v>
+        <v>5.5148900000000003</v>
       </c>
       <c r="AD44" s="9">
-        <v>-1.1350499999999999</v>
+        <v>-9.0931299999999986</v>
       </c>
       <c r="AE44" s="9">
-        <v>-3.0535999999999999</v>
+        <v>12.20152</v>
       </c>
       <c r="AF44" s="9">
-        <v>-1.8668900000000002</v>
+        <v>-6.5218599999999993</v>
       </c>
       <c r="AG44" s="9">
-        <v>-5.7298500000000008</v>
+        <v>-3.863</v>
       </c>
       <c r="AH44" s="9">
-        <v>-0.12236</v>
+        <v>0.439</v>
       </c>
       <c r="AI44" s="9">
-        <v>0</v>
+        <v>6.8730000000000002</v>
       </c>
       <c r="AJ44" s="10">
-        <v>0.1929600000000016</v>
+        <v>6.7690600000000014</v>
       </c>
       <c r="AK44" s="5"/>
     </row>
     <row r="45" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="23" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C45" s="9">
         <v>0</v>
       </c>
       <c r="D45" s="9">
         <v>0</v>
       </c>
       <c r="E45" s="9">
         <v>0</v>
       </c>
       <c r="F45" s="9">
         <v>0</v>
       </c>
       <c r="G45" s="9">
         <v>0</v>
       </c>
       <c r="H45" s="9">
         <v>0</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
       <c r="J45" s="9">
         <v>0</v>
       </c>
       <c r="K45" s="9">
         <v>0</v>
       </c>
       <c r="L45" s="9">
         <v>0</v>
       </c>
       <c r="M45" s="9">
         <v>0</v>
       </c>
       <c r="N45" s="9">
         <v>0</v>
       </c>
       <c r="O45" s="9">
         <v>0</v>
       </c>
       <c r="P45" s="9">
         <v>0</v>
       </c>
       <c r="Q45" s="9">
         <v>0</v>
       </c>
       <c r="R45" s="9">
         <v>0</v>
       </c>
       <c r="S45" s="9">
-        <v>0</v>
+        <v>0.57994000000000001</v>
       </c>
       <c r="T45" s="9">
-        <v>0</v>
+        <v>0.34499000000000002</v>
       </c>
       <c r="U45" s="9">
-        <v>0</v>
+        <v>0.37354000000000004</v>
       </c>
       <c r="V45" s="9">
-        <v>0</v>
+        <v>4.4039999999999996E-2</v>
       </c>
       <c r="W45" s="9">
-        <v>0</v>
+        <v>2.2209400000000001</v>
       </c>
       <c r="X45" s="9">
-        <v>0</v>
+        <v>-0.64890999999999999</v>
       </c>
       <c r="Y45" s="9">
-        <v>0</v>
+        <v>6.9889999999999994E-2</v>
       </c>
       <c r="Z45" s="9">
         <v>0</v>
       </c>
       <c r="AA45" s="9">
-        <v>0</v>
+        <v>79.268940000000001</v>
       </c>
       <c r="AB45" s="9">
-        <v>0</v>
+        <v>-68.611109999999996</v>
       </c>
       <c r="AC45" s="9">
-        <v>0</v>
+        <v>-1.54155</v>
       </c>
       <c r="AD45" s="9">
-        <v>5.5886700000000005</v>
+        <v>-1.1350499999999999</v>
       </c>
       <c r="AE45" s="9">
-        <v>4.42774</v>
+        <v>-3.0535999999999999</v>
       </c>
       <c r="AF45" s="9">
-        <v>-11.129340000000001</v>
+        <v>-1.8668900000000002</v>
       </c>
       <c r="AG45" s="9">
-        <v>0</v>
+        <v>-5.7298500000000008</v>
       </c>
       <c r="AH45" s="9">
-        <v>0</v>
+        <v>-0.12236</v>
       </c>
       <c r="AI45" s="9">
         <v>0</v>
       </c>
       <c r="AJ45" s="10">
-        <v>-1.11293</v>
+        <v>0.1929600000000016</v>
       </c>
       <c r="AK45" s="5"/>
     </row>
     <row r="46" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="23" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="C46" s="9">
         <v>0</v>
       </c>
       <c r="D46" s="9">
         <v>0</v>
       </c>
       <c r="E46" s="9">
         <v>0</v>
       </c>
       <c r="F46" s="9">
         <v>0</v>
       </c>
       <c r="G46" s="9">
-        <v>6.862E-2</v>
+        <v>0</v>
       </c>
       <c r="H46" s="9">
         <v>0</v>
       </c>
       <c r="I46" s="9">
         <v>0</v>
       </c>
       <c r="J46" s="9">
         <v>0</v>
       </c>
       <c r="K46" s="9">
         <v>0</v>
       </c>
       <c r="L46" s="9">
         <v>0</v>
       </c>
       <c r="M46" s="9">
         <v>0</v>
       </c>
       <c r="N46" s="9">
         <v>0</v>
       </c>
       <c r="O46" s="9">
         <v>0</v>
       </c>
       <c r="P46" s="9">
-        <v>-0.92816999999999994</v>
+        <v>0</v>
       </c>
       <c r="Q46" s="9">
-        <v>3.2240000000000005E-2</v>
+        <v>0</v>
       </c>
       <c r="R46" s="9">
-        <v>1.367E-2</v>
+        <v>0</v>
       </c>
       <c r="S46" s="9">
-        <v>-0.25108000000000003</v>
+        <v>0</v>
       </c>
       <c r="T46" s="9">
         <v>0</v>
       </c>
       <c r="U46" s="9">
         <v>0</v>
       </c>
       <c r="V46" s="9">
-        <v>1.0398399999999999</v>
+        <v>0</v>
       </c>
       <c r="W46" s="9">
-        <v>-0.40361000000000002</v>
+        <v>0</v>
       </c>
       <c r="X46" s="9">
-        <v>-0.52427999999999997</v>
+        <v>0</v>
       </c>
       <c r="Y46" s="9">
         <v>0</v>
       </c>
       <c r="Z46" s="9">
-        <v>9.955E-2</v>
+        <v>0</v>
       </c>
       <c r="AA46" s="9">
-        <v>4.5999999999999999E-3</v>
+        <v>0</v>
       </c>
       <c r="AB46" s="9">
-        <v>5.8176600000000001</v>
+        <v>0</v>
       </c>
       <c r="AC46" s="9">
-        <v>-1.5829500000000001</v>
+        <v>0</v>
       </c>
       <c r="AD46" s="9">
-        <v>-0.36577999999999999</v>
+        <v>5.5886700000000005</v>
       </c>
       <c r="AE46" s="9">
-        <v>-6.2152299999999991</v>
+        <v>4.42774</v>
       </c>
       <c r="AF46" s="9">
-        <v>-31.21791</v>
+        <v>-11.129340000000001</v>
       </c>
       <c r="AG46" s="9">
-        <v>40.709160000000004</v>
+        <v>0</v>
       </c>
       <c r="AH46" s="9">
-        <v>-33.740749999999998</v>
+        <v>0</v>
       </c>
       <c r="AI46" s="9">
-        <v>14.45608</v>
+        <v>0</v>
       </c>
       <c r="AJ46" s="10">
-        <v>-12.988340000000001</v>
+        <v>-1.11293</v>
       </c>
       <c r="AK46" s="5"/>
     </row>
     <row r="47" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="23" t="s">
         <v>87</v>
       </c>
       <c r="C47" s="9">
         <v>0</v>
       </c>
       <c r="D47" s="9">
         <v>0</v>
       </c>
       <c r="E47" s="9">
         <v>0</v>
       </c>
       <c r="F47" s="9">
         <v>0</v>
       </c>
       <c r="G47" s="9">
         <v>0</v>
       </c>
       <c r="H47" s="9">
         <v>0</v>
       </c>
@@ -5829,54 +5829,54 @@
       <c r="AA48" s="9">
         <v>-4.5645699999999998</v>
       </c>
       <c r="AB48" s="9">
         <v>5.0836000000000006</v>
       </c>
       <c r="AC48" s="9">
         <v>-9.4176599999999997</v>
       </c>
       <c r="AD48" s="9">
         <v>17.998619999999999</v>
       </c>
       <c r="AE48" s="9">
         <v>8.6712800000000012</v>
       </c>
       <c r="AF48" s="9">
         <v>-8.8203600000000009</v>
       </c>
       <c r="AG48" s="9">
         <v>-0.4415</v>
       </c>
       <c r="AH48" s="9">
         <v>0.10056</v>
       </c>
       <c r="AI48" s="9">
-        <v>4.47E-3</v>
+        <v>6.0249999999999998E-2</v>
       </c>
       <c r="AJ48" s="10">
-        <v>-16.36429</v>
+        <v>-16.308510000000002</v>
       </c>
       <c r="AK48" s="5"/>
     </row>
     <row r="49" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="23" t="s">
         <v>52</v>
       </c>
       <c r="C49" s="9">
         <v>0</v>
       </c>
       <c r="D49" s="9">
         <v>0</v>
       </c>
       <c r="E49" s="9">
         <v>0</v>
       </c>
       <c r="F49" s="9">
         <v>0</v>
       </c>
       <c r="G49" s="9">
         <v>0</v>
       </c>
       <c r="H49" s="9">
         <v>0</v>
       </c>
@@ -6153,54 +6153,54 @@
       <c r="AA51" s="9">
         <v>-8.0467100000000009</v>
       </c>
       <c r="AB51" s="9">
         <v>3.2630500000000002</v>
       </c>
       <c r="AC51" s="9">
         <v>-3.7303099999999998</v>
       </c>
       <c r="AD51" s="9">
         <v>-14.71569</v>
       </c>
       <c r="AE51" s="9">
         <v>1.8913800000000001</v>
       </c>
       <c r="AF51" s="9">
         <v>-0.56065999999999994</v>
       </c>
       <c r="AG51" s="9">
         <v>1.0413599999999998</v>
       </c>
       <c r="AH51" s="9">
         <v>11.60134</v>
       </c>
       <c r="AI51" s="9">
-        <v>-0.57499999999999996</v>
+        <v>-0.379</v>
       </c>
       <c r="AJ51" s="10">
-        <v>-23.852330000000002</v>
+        <v>-23.656330000000001</v>
       </c>
       <c r="AK51" s="5"/>
     </row>
     <row r="52" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="23" t="s">
         <v>53</v>
       </c>
       <c r="C52" s="9">
         <v>0</v>
       </c>
       <c r="D52" s="9">
         <v>0</v>
       </c>
       <c r="E52" s="9">
         <v>0</v>
       </c>
       <c r="F52" s="9">
         <v>0</v>
       </c>
       <c r="G52" s="9">
         <v>0</v>
       </c>
       <c r="H52" s="9">
         <v>0</v>
       </c>
@@ -6369,54 +6369,54 @@
       <c r="AA53" s="9">
         <v>-28.227689999999999</v>
       </c>
       <c r="AB53" s="9">
         <v>-6.3540000000000001</v>
       </c>
       <c r="AC53" s="9">
         <v>15.161530000000001</v>
       </c>
       <c r="AD53" s="9">
         <v>-22.189119999999999</v>
       </c>
       <c r="AE53" s="9">
         <v>-17.158750000000001</v>
       </c>
       <c r="AF53" s="9">
         <v>-12.72865</v>
       </c>
       <c r="AG53" s="9">
         <v>6.0689700000000002</v>
       </c>
       <c r="AH53" s="9">
         <v>-27.722150000000003</v>
       </c>
       <c r="AI53" s="9">
-        <v>8.4002199999999991</v>
+        <v>7.6557899999999997</v>
       </c>
       <c r="AJ53" s="10">
-        <v>-95.329049999999995</v>
+        <v>-96.073479999999989</v>
       </c>
       <c r="AK53" s="5"/>
     </row>
     <row r="54" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="23" t="s">
         <v>54</v>
       </c>
       <c r="C54" s="9">
         <v>0</v>
       </c>
       <c r="D54" s="9">
         <v>0</v>
       </c>
       <c r="E54" s="9">
         <v>0</v>
       </c>
       <c r="F54" s="9">
         <v>0</v>
       </c>
       <c r="G54" s="9">
         <v>0</v>
       </c>
       <c r="H54" s="9">
         <v>0</v>
       </c>
@@ -6477,54 +6477,54 @@
       <c r="AA54" s="9">
         <v>2.7292700000000001</v>
       </c>
       <c r="AB54" s="9">
         <v>-0.36266999999999999</v>
       </c>
       <c r="AC54" s="9">
         <v>-0.35846</v>
       </c>
       <c r="AD54" s="9">
         <v>1.7297799999999999</v>
       </c>
       <c r="AE54" s="9">
         <v>-1.3445400000000001</v>
       </c>
       <c r="AF54" s="9">
         <v>-37.860190000000003</v>
       </c>
       <c r="AG54" s="9">
         <v>0.69967000000000001</v>
       </c>
       <c r="AH54" s="9">
         <v>-1.22428</v>
       </c>
       <c r="AI54" s="9">
-        <v>2.3898099999999998</v>
+        <v>2.3790200000000001</v>
       </c>
       <c r="AJ54" s="10">
-        <v>-320.26581999999991</v>
+        <v>-320.27661000000001</v>
       </c>
       <c r="AK54" s="5"/>
     </row>
     <row r="55" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="23" t="s">
         <v>45</v>
       </c>
       <c r="C55" s="9">
         <v>0</v>
       </c>
       <c r="D55" s="9">
         <v>8.0299999999999989E-3</v>
       </c>
       <c r="E55" s="9">
         <v>1.4000000000000001E-4</v>
       </c>
       <c r="F55" s="9">
         <v>0</v>
       </c>
       <c r="G55" s="9">
         <v>4.3026899999999992</v>
       </c>
       <c r="H55" s="9">
         <v>0.47977999999999998</v>
       </c>
@@ -6585,162 +6585,162 @@
       <c r="AA55" s="9">
         <v>-8.4606100000000009</v>
       </c>
       <c r="AB55" s="9">
         <v>3.0091199999999998</v>
       </c>
       <c r="AC55" s="9">
         <v>-12.60694</v>
       </c>
       <c r="AD55" s="9">
         <v>-36.058059999999998</v>
       </c>
       <c r="AE55" s="9">
         <v>-1447.5916399999999</v>
       </c>
       <c r="AF55" s="9">
         <v>-9.0906099999999999</v>
       </c>
       <c r="AG55" s="9">
         <v>24.678060000000002</v>
       </c>
       <c r="AH55" s="9">
         <v>-12.87655</v>
       </c>
       <c r="AI55" s="25">
-        <v>-2.7583000000000002</v>
+        <v>4.2885600000000004</v>
       </c>
       <c r="AJ55" s="19">
-        <v>-1504.10232</v>
+        <v>-1497.05546</v>
       </c>
       <c r="AK55" s="5"/>
     </row>
     <row r="56" spans="1:37" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="17" t="s">
         <v>76</v>
       </c>
       <c r="C56" s="18">
         <v>3.4541999999984085E-3</v>
       </c>
       <c r="D56" s="18">
         <v>-4.9999999998107114E-6</v>
       </c>
       <c r="E56" s="18">
         <v>1.407200000000941E-3</v>
       </c>
       <c r="F56" s="18">
         <v>5.5433699999998254E-2</v>
       </c>
       <c r="G56" s="18">
         <v>7.7519199999983357E-2</v>
       </c>
       <c r="H56" s="18">
         <v>0.18515320000003044</v>
       </c>
       <c r="I56" s="18">
         <v>4.0956499999992957E-2</v>
       </c>
       <c r="J56" s="18">
         <v>0.39988139999998396</v>
       </c>
       <c r="K56" s="18">
-        <v>0.38288229999997725</v>
+        <v>0.38288229999994883</v>
       </c>
       <c r="L56" s="18">
         <v>6.6086337000003823</v>
       </c>
       <c r="M56" s="18">
         <v>1.1475065999999856</v>
       </c>
       <c r="N56" s="18">
-        <v>1.445153800000071</v>
+        <v>1.4451538000000141</v>
       </c>
       <c r="O56" s="18">
         <v>2.4487402999999972</v>
       </c>
       <c r="P56" s="18">
         <v>3.0601687999999854</v>
       </c>
       <c r="Q56" s="18">
-        <v>-5.2658873000001449</v>
+        <v>-5.2658873000000881</v>
       </c>
       <c r="R56" s="18">
         <v>14.010121499999968</v>
       </c>
       <c r="S56" s="18">
         <v>7.8395180999999639</v>
       </c>
       <c r="T56" s="18">
-        <v>2.5104367000000707</v>
+        <v>2.510436699999957</v>
       </c>
       <c r="U56" s="18">
         <v>10.614705100000016</v>
       </c>
       <c r="V56" s="18">
         <v>7.5726008999999905</v>
       </c>
       <c r="W56" s="18">
         <v>-1.8823768999999935</v>
       </c>
       <c r="X56" s="18">
-        <v>-3.6395400999995218</v>
+        <v>-3.6395400999997491</v>
       </c>
       <c r="Y56" s="18">
-        <v>2.8356000000000563</v>
+        <v>2.8356000000000847</v>
       </c>
       <c r="Z56" s="18">
         <v>1.3057134000001724</v>
       </c>
       <c r="AA56" s="18">
         <v>-7.1739248000000657</v>
       </c>
       <c r="AB56" s="18">
-        <v>-9.0879211000002442</v>
+        <v>-9.0879211000001874</v>
       </c>
       <c r="AC56" s="18">
         <v>5.864796900000016</v>
       </c>
       <c r="AD56" s="18">
         <v>4.1764764999998647</v>
       </c>
       <c r="AE56" s="18">
         <v>5.949527199999352</v>
       </c>
       <c r="AF56" s="18">
-        <v>-5.1345193999999879</v>
+        <v>-5.1345194000000447</v>
       </c>
       <c r="AG56" s="18">
         <v>14.42188780000015</v>
       </c>
       <c r="AH56" s="18">
-        <v>20.180320400001165</v>
+        <v>20.180320400001619</v>
       </c>
       <c r="AI56" s="9">
-        <v>-0.513311500000043</v>
+        <v>5.449882799999898</v>
       </c>
       <c r="AJ56" s="10">
-        <v>80.441109299998061</v>
+        <v>86.404303600002095</v>
       </c>
       <c r="AK56" s="5"/>
     </row>
     <row r="57" spans="1:37" s="3" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="1" t="s">
         <v>77</v>
       </c>
       <c r="C57" s="9">
         <v>1.6576099999999983E-2</v>
       </c>
       <c r="D57" s="9">
         <v>-4.7765000000001834E-3</v>
       </c>
       <c r="E57" s="9">
         <v>-8.4030000000003824E-3</v>
       </c>
       <c r="F57" s="9">
         <v>5.7440000000141822E-4</v>
       </c>
       <c r="G57" s="9">
         <v>0</v>
       </c>
       <c r="H57" s="9">
         <v>0</v>
       </c>
@@ -6801,54 +6801,54 @@
       <c r="AA57" s="9">
         <v>54.059129457495501</v>
       </c>
       <c r="AB57" s="9">
         <v>5.2849506153863413</v>
       </c>
       <c r="AC57" s="9">
         <v>-87.617880059555148</v>
       </c>
       <c r="AD57" s="9">
         <v>93.951861222831255</v>
       </c>
       <c r="AE57" s="9">
         <v>310.93714104974288</v>
       </c>
       <c r="AF57" s="9">
         <v>-13.356459864537186</v>
       </c>
       <c r="AG57" s="9">
         <v>-46.811382019135308</v>
       </c>
       <c r="AH57" s="9">
         <v>92.185138034393688</v>
       </c>
       <c r="AI57" s="9">
-        <v>-107.60275821587921</v>
+        <v>-204.59211704781504</v>
       </c>
       <c r="AJ57" s="10">
-        <v>746.04064430587732</v>
+        <v>649.05128547393952</v>
       </c>
       <c r="AK57" s="5"/>
     </row>
     <row r="58" spans="1:37" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="13" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="14">
         <v>15.1804203</v>
       </c>
       <c r="D58" s="14">
         <v>5.6880685</v>
       </c>
       <c r="E58" s="14">
         <v>5.3924741999999997</v>
       </c>
       <c r="F58" s="14">
         <v>20.708338100000002</v>
       </c>
       <c r="G58" s="14">
         <v>220.68569919999999</v>
       </c>
       <c r="H58" s="14">
         <v>134.6786932</v>
       </c>
@@ -6909,54 +6909,54 @@
       <c r="AA58" s="14">
         <v>474.56724465749551</v>
       </c>
       <c r="AB58" s="14">
         <v>263.18808951538631</v>
       </c>
       <c r="AC58" s="14">
         <v>73.872596840444857</v>
       </c>
       <c r="AD58" s="14">
         <v>318.65403772283122</v>
       </c>
       <c r="AE58" s="14">
         <v>826.26906824974287</v>
       </c>
       <c r="AF58" s="14">
         <v>-383.87880926453721</v>
       </c>
       <c r="AG58" s="14">
         <v>1379.1385457808647</v>
       </c>
       <c r="AH58" s="14">
         <v>2582.9253384343938</v>
       </c>
       <c r="AI58" s="14">
-        <v>16.998030284120759</v>
+        <v>282.22966575218493</v>
       </c>
       <c r="AJ58" s="10">
-        <v>11250.894753605877</v>
+        <v>11516.126389073941</v>
       </c>
       <c r="AK58" s="5"/>
     </row>
     <row r="59" spans="1:37" s="4" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C59" s="15"/>
       <c r="D59" s="15"/>
       <c r="E59" s="15"/>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15"/>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15"/>
       <c r="L59" s="15"/>
       <c r="M59" s="15"/>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" s="15">
         <v>825.7</v>
       </c>