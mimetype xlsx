--- v0 (2025-10-15)
+++ v1 (2026-01-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\BOP&amp;IIP&amp;Dug izvještaji\Izvještaji_ostalo\TABLICE WEB\FDI\2025\2025Q3\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_FiltarBaze" localSheetId="0" hidden="1">HRV!$B$5:$AD$55</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -475,51 +475,51 @@
     <t xml:space="preserve">2022. </t>
   </si>
   <si>
     <t>Ribarstvo</t>
   </si>
   <si>
     <t>Pomoćne djelatnosti kod financijskih usluga i djelatnosti osiguranja</t>
   </si>
   <si>
     <t>Vlasnička ulaganja u nekretnine</t>
   </si>
   <si>
     <t>Biljna i stočarska  proizvodnja, lovstvo i uslužne djelatnosti povezane s njima</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t>Skupljanje otpada, djelatnosti obrade i zbrinjavanja otpada; oporaba materijala</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">1. i 2. tr. 2025. </t>
+      <t xml:space="preserve">1., 2. i 3. tr. 2025. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
@@ -1119,51 +1119,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:AK61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.83203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="69.5" style="1" customWidth="1"/>
     <col min="4" max="33" width="8.83203125" style="1" customWidth="1"/>
-    <col min="34" max="34" width="11.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="9" style="1" customWidth="1"/>
     <col min="35" max="35" width="7.83203125" style="1" bestFit="1" customWidth="1"/>
     <col min="36" max="36" width="14.83203125" style="1" bestFit="1" customWidth="1"/>
     <col min="37" max="37" width="11.6640625" style="11" bestFit="1" customWidth="1"/>
     <col min="38" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:37" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B2" s="8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="3" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="2:37" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="22" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="23" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="24" t="s">
         <v>2</v>
@@ -1350,54 +1350,54 @@
       <c r="AB6" s="21">
         <v>17.545849999999998</v>
       </c>
       <c r="AC6" s="21">
         <v>2.1147900000000002</v>
       </c>
       <c r="AD6" s="21">
         <v>3.4879000000000002</v>
       </c>
       <c r="AE6" s="21">
         <v>-4.0821100000000001</v>
       </c>
       <c r="AF6" s="21">
         <v>26.734000000000002</v>
       </c>
       <c r="AG6" s="21">
         <v>-52.126150000000003</v>
       </c>
       <c r="AH6" s="21">
         <v>804.67550000000006</v>
       </c>
       <c r="AI6" s="21">
         <v>949.99853000000007</v>
       </c>
       <c r="AJ6" s="21">
-        <v>13.022920000000001</v>
+        <v>96.36357000000001</v>
       </c>
       <c r="AK6" s="29">
-        <v>2548.0100299999999</v>
+        <v>2631.35068</v>
       </c>
     </row>
     <row r="7" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="33">
         <v>64</v>
       </c>
       <c r="C7" s="27" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="9">
         <v>0.74263999999999997</v>
       </c>
       <c r="E7" s="9">
         <v>3.3694899999999999</v>
       </c>
       <c r="F7" s="9">
         <v>3.143E-2</v>
       </c>
       <c r="G7" s="9">
         <v>0.52294000000000007</v>
       </c>
       <c r="H7" s="9">
         <v>8.0050299999999996</v>
       </c>
       <c r="I7" s="9">
@@ -1460,54 +1460,54 @@
       <c r="AB7" s="9">
         <v>325.08706999999998</v>
       </c>
       <c r="AC7" s="9">
         <v>65.024720000000002</v>
       </c>
       <c r="AD7" s="9">
         <v>35.790320000000001</v>
       </c>
       <c r="AE7" s="9">
         <v>-4.8738100000000006</v>
       </c>
       <c r="AF7" s="9">
         <v>144.16057999999998</v>
       </c>
       <c r="AG7" s="9">
         <v>-152.99903</v>
       </c>
       <c r="AH7" s="9">
         <v>61.440760000000004</v>
       </c>
       <c r="AI7" s="9">
         <v>740.07653000000005</v>
       </c>
       <c r="AJ7" s="9">
-        <v>32.879800000000003</v>
+        <v>-4.1941199999999998</v>
       </c>
       <c r="AK7" s="10">
-        <v>2479.0677999999998</v>
+        <v>2441.99388</v>
       </c>
     </row>
     <row r="8" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="33">
         <v>46</v>
       </c>
       <c r="C8" s="27" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="9">
         <v>7.145E-2</v>
       </c>
       <c r="E8" s="9">
         <v>7.8600000000000007E-3</v>
       </c>
       <c r="F8" s="9">
         <v>1.3259999999999999E-2</v>
       </c>
       <c r="G8" s="9">
         <v>0.92361000000000004</v>
       </c>
       <c r="H8" s="9">
         <v>0.71455999999999997</v>
       </c>
       <c r="I8" s="9">
@@ -1570,54 +1570,54 @@
       <c r="AB8" s="9">
         <v>68.53931</v>
       </c>
       <c r="AC8" s="9">
         <v>74.168639999999996</v>
       </c>
       <c r="AD8" s="9">
         <v>46.793699999999994</v>
       </c>
       <c r="AE8" s="9">
         <v>79.944820000000007</v>
       </c>
       <c r="AF8" s="9">
         <v>136.58389000000003</v>
       </c>
       <c r="AG8" s="9">
         <v>63.348150000000004</v>
       </c>
       <c r="AH8" s="9">
         <v>158.29141000000001</v>
       </c>
       <c r="AI8" s="9">
         <v>93.749080000000006</v>
       </c>
       <c r="AJ8" s="9">
-        <v>-55.421430000000001</v>
+        <v>22.250769999999999</v>
       </c>
       <c r="AK8" s="10">
-        <v>1989.3908799999999</v>
+        <v>2067.0630799999999</v>
       </c>
     </row>
     <row r="9" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="33">
         <v>70</v>
       </c>
       <c r="C9" s="27" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="9">
         <v>0</v>
       </c>
       <c r="E9" s="9">
         <v>0</v>
       </c>
       <c r="F9" s="9">
         <v>0</v>
       </c>
       <c r="G9" s="9">
         <v>3.1533099999999998</v>
       </c>
       <c r="H9" s="9">
         <v>0.90636000000000005</v>
       </c>
       <c r="I9" s="9">
@@ -1680,54 +1680,54 @@
       <c r="AB9" s="9">
         <v>-97.37675999999999</v>
       </c>
       <c r="AC9" s="9">
         <v>-34.60651</v>
       </c>
       <c r="AD9" s="9">
         <v>-91.490350000000007</v>
       </c>
       <c r="AE9" s="9">
         <v>43.768529999999998</v>
       </c>
       <c r="AF9" s="9">
         <v>5.2236400000000005</v>
       </c>
       <c r="AG9" s="9">
         <v>12.810690000000001</v>
       </c>
       <c r="AH9" s="9">
         <v>22.122250000000001</v>
       </c>
       <c r="AI9" s="9">
         <v>166.80757999999997</v>
       </c>
       <c r="AJ9" s="9">
-        <v>-6.98116</v>
+        <v>3.75285</v>
       </c>
       <c r="AK9" s="10">
-        <v>1003.80601</v>
+        <v>1014.54002</v>
       </c>
     </row>
     <row r="10" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="33">
         <v>10</v>
       </c>
       <c r="C10" s="27" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="9">
         <v>7.0940000000000003E-2</v>
       </c>
       <c r="E10" s="9">
         <v>4.1259999999999998E-2</v>
       </c>
       <c r="F10" s="9">
         <v>0.25791000000000003</v>
       </c>
       <c r="G10" s="9">
         <v>1.14E-3</v>
       </c>
       <c r="H10" s="9">
         <v>7.4156400000000007</v>
       </c>
       <c r="I10" s="9">
@@ -1790,54 +1790,54 @@
       <c r="AB10" s="9">
         <v>21.101689999999998</v>
       </c>
       <c r="AC10" s="9">
         <v>14.28275</v>
       </c>
       <c r="AD10" s="9">
         <v>13.435049999999999</v>
       </c>
       <c r="AE10" s="9">
         <v>28.773700000000002</v>
       </c>
       <c r="AF10" s="9">
         <v>30.701709999999999</v>
       </c>
       <c r="AG10" s="9">
         <v>29.893699999999999</v>
       </c>
       <c r="AH10" s="9">
         <v>34.006320000000002</v>
       </c>
       <c r="AI10" s="9">
         <v>14.56432</v>
       </c>
       <c r="AJ10" s="9">
-        <v>39.89226</v>
+        <v>58.693129999999996</v>
       </c>
       <c r="AK10" s="10">
-        <v>816.94170999999994</v>
+        <v>835.74257999999998</v>
       </c>
     </row>
     <row r="11" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="33">
         <v>50</v>
       </c>
       <c r="C11" s="27" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="9">
         <v>8.6047399999999996</v>
       </c>
       <c r="E11" s="9">
         <v>-1.08056</v>
       </c>
       <c r="F11" s="9">
         <v>1.4924900000000001</v>
       </c>
       <c r="G11" s="9">
         <v>0.19574</v>
       </c>
       <c r="H11" s="9">
         <v>15.1061</v>
       </c>
       <c r="I11" s="9">
@@ -1900,54 +1900,54 @@
       <c r="AB11" s="9">
         <v>70.155799999999999</v>
       </c>
       <c r="AC11" s="9">
         <v>-26.884970000000003</v>
       </c>
       <c r="AD11" s="9">
         <v>54.479819999999997</v>
       </c>
       <c r="AE11" s="9">
         <v>-14.11473</v>
       </c>
       <c r="AF11" s="9">
         <v>110.62278000000001</v>
       </c>
       <c r="AG11" s="9">
         <v>-7.4263399999999997</v>
       </c>
       <c r="AH11" s="9">
         <v>98.928640000000001</v>
       </c>
       <c r="AI11" s="9">
         <v>82.281770000000009</v>
       </c>
       <c r="AJ11" s="9">
-        <v>11.5501</v>
+        <v>14.00958</v>
       </c>
       <c r="AK11" s="10">
-        <v>457.86075</v>
+        <v>460.32022999999998</v>
       </c>
     </row>
     <row r="12" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="33">
         <v>23</v>
       </c>
       <c r="C12" s="27" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="9">
         <v>0</v>
       </c>
       <c r="E12" s="9">
         <v>0</v>
       </c>
       <c r="F12" s="9">
         <v>0</v>
       </c>
       <c r="G12" s="9">
         <v>0</v>
       </c>
       <c r="H12" s="9">
         <v>0.31551999999999997</v>
       </c>
       <c r="I12" s="9">
@@ -2010,54 +2010,54 @@
       <c r="AB12" s="9">
         <v>10.427040000000002</v>
       </c>
       <c r="AC12" s="9">
         <v>29.24635</v>
       </c>
       <c r="AD12" s="9">
         <v>-25.25393</v>
       </c>
       <c r="AE12" s="9">
         <v>22.310759999999998</v>
       </c>
       <c r="AF12" s="9">
         <v>-10.02042</v>
       </c>
       <c r="AG12" s="9">
         <v>10.67841</v>
       </c>
       <c r="AH12" s="9">
         <v>48.726169999999996</v>
       </c>
       <c r="AI12" s="9">
         <v>18.944419999999997</v>
       </c>
       <c r="AJ12" s="9">
-        <v>9.4230999999999998</v>
+        <v>6.7818000000000005</v>
       </c>
       <c r="AK12" s="10">
-        <v>224.67551</v>
+        <v>222.03421</v>
       </c>
     </row>
     <row r="13" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="33">
         <v>68</v>
       </c>
       <c r="C13" s="27" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="9">
         <v>0</v>
       </c>
       <c r="E13" s="9">
         <v>0</v>
       </c>
       <c r="F13" s="9">
         <v>0</v>
       </c>
       <c r="G13" s="9">
         <v>0</v>
       </c>
       <c r="H13" s="9">
         <v>0</v>
       </c>
       <c r="I13" s="9">
@@ -2120,54 +2120,54 @@
       <c r="AB13" s="9">
         <v>11.95993</v>
       </c>
       <c r="AC13" s="9">
         <v>33.887039999999999</v>
       </c>
       <c r="AD13" s="9">
         <v>-9.1543200000000002</v>
       </c>
       <c r="AE13" s="9">
         <v>-7.8645800000000001</v>
       </c>
       <c r="AF13" s="9">
         <v>9.6379000000000001</v>
       </c>
       <c r="AG13" s="9">
         <v>4.2157600000000004</v>
       </c>
       <c r="AH13" s="9">
         <v>1.88283</v>
       </c>
       <c r="AI13" s="9">
         <v>50.805589999999995</v>
       </c>
       <c r="AJ13" s="9">
-        <v>87.863609999999994</v>
+        <v>94.190669999999997</v>
       </c>
       <c r="AK13" s="10">
-        <v>211.20248000000001</v>
+        <v>217.52954</v>
       </c>
     </row>
     <row r="14" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="33">
         <v>65</v>
       </c>
       <c r="C14" s="27" t="s">
         <v>34</v>
       </c>
       <c r="D14" s="9">
         <v>0</v>
       </c>
       <c r="E14" s="9">
         <v>0</v>
       </c>
       <c r="F14" s="9">
         <v>1.4000000000000001E-4</v>
       </c>
       <c r="G14" s="9">
         <v>0.54376999999999998</v>
       </c>
       <c r="H14" s="9">
         <v>-0.23104</v>
       </c>
       <c r="I14" s="9">
@@ -2230,54 +2230,54 @@
       <c r="AB14" s="9">
         <v>3.75705</v>
       </c>
       <c r="AC14" s="9">
         <v>3.1102600000000002</v>
       </c>
       <c r="AD14" s="9">
         <v>3.6887800000000004</v>
       </c>
       <c r="AE14" s="9">
         <v>11.874610000000001</v>
       </c>
       <c r="AF14" s="9">
         <v>4.3609499999999999</v>
       </c>
       <c r="AG14" s="9">
         <v>4.6583800000000002</v>
       </c>
       <c r="AH14" s="9">
         <v>23.55322</v>
       </c>
       <c r="AI14" s="9">
         <v>12.76014</v>
       </c>
       <c r="AJ14" s="9">
-        <v>61.262550000000005</v>
+        <v>65.172480000000007</v>
       </c>
       <c r="AK14" s="10">
-        <v>187.50121999999999</v>
+        <v>191.41114999999999</v>
       </c>
     </row>
     <row r="15" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="33">
         <v>62</v>
       </c>
       <c r="C15" s="27" t="s">
         <v>67</v>
       </c>
       <c r="D15" s="9">
         <v>0</v>
       </c>
       <c r="E15" s="9">
         <v>0</v>
       </c>
       <c r="F15" s="9">
         <v>0.69076000000000004</v>
       </c>
       <c r="G15" s="9">
         <v>0</v>
       </c>
       <c r="H15" s="9">
         <v>-0.83345000000000002</v>
       </c>
       <c r="I15" s="9">
@@ -2340,54 +2340,54 @@
       <c r="AB15" s="9">
         <v>3.9554299999999998</v>
       </c>
       <c r="AC15" s="9">
         <v>6.0579000000000001</v>
       </c>
       <c r="AD15" s="9">
         <v>4.05898</v>
       </c>
       <c r="AE15" s="9">
         <v>6.2160399999999996</v>
       </c>
       <c r="AF15" s="9">
         <v>25.843439999999998</v>
       </c>
       <c r="AG15" s="9">
         <v>2.4395199999999999</v>
       </c>
       <c r="AH15" s="9">
         <v>47.697040000000001</v>
       </c>
       <c r="AI15" s="9">
         <v>55.111059999999995</v>
       </c>
       <c r="AJ15" s="9">
-        <v>7.5802700000000005</v>
+        <v>18.094390000000001</v>
       </c>
       <c r="AK15" s="10">
-        <v>166.10550000000001</v>
+        <v>176.61962</v>
       </c>
     </row>
     <row r="16" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="33">
         <v>29</v>
       </c>
       <c r="C16" s="27" t="s">
         <v>40</v>
       </c>
       <c r="D16" s="9">
         <v>0</v>
       </c>
       <c r="E16" s="9">
         <v>0</v>
       </c>
       <c r="F16" s="9">
         <v>0</v>
       </c>
       <c r="G16" s="9">
         <v>0</v>
       </c>
       <c r="H16" s="9">
         <v>1.6289999999999999E-2</v>
       </c>
       <c r="I16" s="9">
@@ -2450,54 +2450,54 @@
       <c r="AB16" s="9">
         <v>-1.1044100000000001</v>
       </c>
       <c r="AC16" s="9">
         <v>9.1234599999999997</v>
       </c>
       <c r="AD16" s="9">
         <v>4.7373199999999995</v>
       </c>
       <c r="AE16" s="9">
         <v>-2.0856999999999997</v>
       </c>
       <c r="AF16" s="9">
         <v>103.96689000000001</v>
       </c>
       <c r="AG16" s="9">
         <v>5.1684599999999996</v>
       </c>
       <c r="AH16" s="9">
         <v>8.7018899999999988</v>
       </c>
       <c r="AI16" s="9">
         <v>4.2225799999999998</v>
       </c>
       <c r="AJ16" s="9">
-        <v>-5.8593100000000007</v>
+        <v>-2.2248000000000001</v>
       </c>
       <c r="AK16" s="10">
-        <v>164.97963000000001</v>
+        <v>168.61414000000002</v>
       </c>
     </row>
     <row r="17" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="33">
         <v>55</v>
       </c>
       <c r="C17" s="27" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="9">
         <v>1.6959999999999999E-2</v>
       </c>
       <c r="E17" s="9">
         <v>0</v>
       </c>
       <c r="F17" s="9">
         <v>0</v>
       </c>
       <c r="G17" s="9">
         <v>0</v>
       </c>
       <c r="H17" s="9">
         <v>0</v>
       </c>
       <c r="I17" s="9">
@@ -2560,384 +2560,384 @@
       <c r="AB17" s="9">
         <v>15.408760000000001</v>
       </c>
       <c r="AC17" s="9">
         <v>15.75813</v>
       </c>
       <c r="AD17" s="9">
         <v>20.795369999999998</v>
       </c>
       <c r="AE17" s="9">
         <v>-29.404389999999999</v>
       </c>
       <c r="AF17" s="9">
         <v>13.42563</v>
       </c>
       <c r="AG17" s="9">
         <v>18.973779999999998</v>
       </c>
       <c r="AH17" s="9">
         <v>27.327419999999996</v>
       </c>
       <c r="AI17" s="9">
         <v>-2.2416900000000002</v>
       </c>
       <c r="AJ17" s="9">
-        <v>3.7141999999999999</v>
+        <v>11.860100000000001</v>
       </c>
       <c r="AK17" s="10">
-        <v>153.91132999999999</v>
+        <v>162.05723</v>
       </c>
     </row>
     <row r="18" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="33">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="C18" s="27" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="D18" s="9">
         <v>0</v>
       </c>
       <c r="E18" s="9">
         <v>0</v>
       </c>
       <c r="F18" s="9">
         <v>0</v>
       </c>
       <c r="G18" s="9">
-        <v>0</v>
+        <v>1.01E-3</v>
       </c>
       <c r="H18" s="9">
         <v>0</v>
       </c>
       <c r="I18" s="9">
-        <v>4.9100000000000003E-3</v>
+        <v>6.1355699999999995</v>
       </c>
       <c r="J18" s="9">
-        <v>-0.10698000000000001</v>
+        <v>-9.919E-2</v>
       </c>
       <c r="K18" s="9">
-        <v>0.62153000000000003</v>
+        <v>1.48593</v>
       </c>
       <c r="L18" s="9">
-        <v>0.25566</v>
+        <v>-0.18386000000000002</v>
       </c>
       <c r="M18" s="9">
-        <v>0.13458000000000001</v>
+        <v>3.8810799999999999</v>
       </c>
       <c r="N18" s="9">
-        <v>0.31056</v>
+        <v>2.75319</v>
       </c>
       <c r="O18" s="9">
-        <v>0.25967000000000001</v>
+        <v>6.2594799999999999</v>
       </c>
       <c r="P18" s="9">
-        <v>1.6450199999999999</v>
+        <v>2.6036599999999996</v>
       </c>
       <c r="Q18" s="9">
-        <v>1.58443</v>
+        <v>1.1310499999999999</v>
       </c>
       <c r="R18" s="9">
-        <v>-0.42275999999999997</v>
+        <v>0.98787999999999998</v>
       </c>
       <c r="S18" s="9">
-        <v>0.44744</v>
+        <v>-0.54758000000000007</v>
       </c>
       <c r="T18" s="9">
-        <v>0.28079999999999999</v>
+        <v>-0.16103000000000001</v>
       </c>
       <c r="U18" s="9">
-        <v>9.6689999999999998E-2</v>
+        <v>-2.3867600000000002</v>
       </c>
       <c r="V18" s="9">
-        <v>3.0958200000000002</v>
+        <v>-4.6641199999999996</v>
       </c>
       <c r="W18" s="9">
-        <v>3.0691999999999999</v>
+        <v>3.1888299999999998</v>
       </c>
       <c r="X18" s="9">
-        <v>4.5690799999999996</v>
+        <v>2.6047699999999998</v>
       </c>
       <c r="Y18" s="9">
-        <v>1.0049299999999999</v>
+        <v>2.6523000000000003</v>
       </c>
       <c r="Z18" s="9">
-        <v>-0.32589999999999997</v>
+        <v>8.2022199999999987</v>
       </c>
       <c r="AA18" s="9">
-        <v>1.7593800000000002</v>
+        <v>10.9316</v>
       </c>
       <c r="AB18" s="9">
-        <v>-4.8129999999999999E-2</v>
+        <v>28.76163</v>
       </c>
       <c r="AC18" s="9">
-        <v>-0.54027000000000003</v>
+        <v>16.66882</v>
       </c>
       <c r="AD18" s="9">
-        <v>2.52285</v>
+        <v>-2.7004600000000001</v>
       </c>
       <c r="AE18" s="9">
-        <v>23.544790000000003</v>
+        <v>9.2159999999999993</v>
       </c>
       <c r="AF18" s="9">
-        <v>47.120059999999995</v>
+        <v>4.1820900000000005</v>
       </c>
       <c r="AG18" s="9">
-        <v>-53.409320000000001</v>
+        <v>8.8467000000000002</v>
       </c>
       <c r="AH18" s="9">
-        <v>55.443829999999998</v>
+        <v>18.085060000000002</v>
       </c>
       <c r="AI18" s="9">
-        <v>38.005660000000006</v>
+        <v>17.334779999999999</v>
       </c>
       <c r="AJ18" s="9">
-        <v>20.8629</v>
+        <v>10.12491</v>
       </c>
       <c r="AK18" s="10">
-        <v>151.78643</v>
+        <v>155.29555999999999</v>
       </c>
     </row>
     <row r="19" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="33">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="C19" s="27" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D19" s="9">
         <v>0</v>
       </c>
       <c r="E19" s="9">
         <v>0</v>
       </c>
       <c r="F19" s="9">
         <v>0</v>
       </c>
       <c r="G19" s="9">
-        <v>1.01E-3</v>
+        <v>0</v>
       </c>
       <c r="H19" s="9">
         <v>0</v>
       </c>
       <c r="I19" s="9">
-        <v>6.1355699999999995</v>
+        <v>4.9100000000000003E-3</v>
       </c>
       <c r="J19" s="9">
-        <v>-9.919E-2</v>
+        <v>-0.10698000000000001</v>
       </c>
       <c r="K19" s="9">
-        <v>1.48593</v>
+        <v>0.62153000000000003</v>
       </c>
       <c r="L19" s="9">
-        <v>-0.18386000000000002</v>
+        <v>0.25566</v>
       </c>
       <c r="M19" s="9">
-        <v>3.8810799999999999</v>
+        <v>0.13458000000000001</v>
       </c>
       <c r="N19" s="9">
-        <v>2.75319</v>
+        <v>0.31056</v>
       </c>
       <c r="O19" s="9">
-        <v>6.2594799999999999</v>
+        <v>0.25967000000000001</v>
       </c>
       <c r="P19" s="9">
-        <v>2.6036599999999996</v>
+        <v>1.6450199999999999</v>
       </c>
       <c r="Q19" s="9">
-        <v>1.1310499999999999</v>
+        <v>1.58443</v>
       </c>
       <c r="R19" s="9">
-        <v>0.98787999999999998</v>
+        <v>-0.42275999999999997</v>
       </c>
       <c r="S19" s="9">
-        <v>-0.54758000000000007</v>
+        <v>0.44744</v>
       </c>
       <c r="T19" s="9">
-        <v>-0.16103000000000001</v>
+        <v>0.28079999999999999</v>
       </c>
       <c r="U19" s="9">
-        <v>-2.3867600000000002</v>
+        <v>9.6689999999999998E-2</v>
       </c>
       <c r="V19" s="9">
-        <v>-4.6641199999999996</v>
+        <v>3.0958200000000002</v>
       </c>
       <c r="W19" s="9">
-        <v>3.1888299999999998</v>
+        <v>3.0691999999999999</v>
       </c>
       <c r="X19" s="9">
-        <v>2.6047699999999998</v>
+        <v>4.5690799999999996</v>
       </c>
       <c r="Y19" s="9">
-        <v>2.6523000000000003</v>
+        <v>1.0049299999999999</v>
       </c>
       <c r="Z19" s="9">
-        <v>8.2022199999999987</v>
+        <v>-0.32589999999999997</v>
       </c>
       <c r="AA19" s="9">
-        <v>10.9316</v>
+        <v>1.7593800000000002</v>
       </c>
       <c r="AB19" s="9">
-        <v>28.76163</v>
+        <v>-4.8129999999999999E-2</v>
       </c>
       <c r="AC19" s="9">
-        <v>16.66882</v>
+        <v>-0.54027000000000003</v>
       </c>
       <c r="AD19" s="9">
-        <v>-2.7004600000000001</v>
+        <v>2.52285</v>
       </c>
       <c r="AE19" s="9">
-        <v>9.2159999999999993</v>
+        <v>23.544790000000003</v>
       </c>
       <c r="AF19" s="9">
-        <v>4.1820900000000005</v>
+        <v>47.120059999999995</v>
       </c>
       <c r="AG19" s="9">
-        <v>8.8467000000000002</v>
+        <v>-53.409320000000001</v>
       </c>
       <c r="AH19" s="9">
-        <v>18.085060000000002</v>
+        <v>55.443829999999998</v>
       </c>
       <c r="AI19" s="9">
-        <v>17.334779999999999</v>
+        <v>38.005660000000006</v>
       </c>
       <c r="AJ19" s="9">
-        <v>6.27121</v>
+        <v>17.442779999999999</v>
       </c>
       <c r="AK19" s="10">
-        <v>151.44185999999999</v>
+        <v>148.36631</v>
       </c>
     </row>
     <row r="20" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="33">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="C20" s="27" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="D20" s="9">
         <v>0</v>
       </c>
       <c r="E20" s="9">
         <v>0</v>
       </c>
       <c r="F20" s="9">
         <v>0</v>
       </c>
       <c r="G20" s="9">
         <v>0</v>
       </c>
       <c r="H20" s="9">
         <v>0</v>
       </c>
       <c r="I20" s="9">
         <v>0</v>
       </c>
       <c r="J20" s="9">
-        <v>0</v>
+        <v>-3.3250000000000002E-2</v>
       </c>
       <c r="K20" s="9">
-        <v>0</v>
+        <v>4.3290000000000002E-2</v>
       </c>
       <c r="L20" s="9">
-        <v>0</v>
+        <v>-4.793E-2</v>
       </c>
       <c r="M20" s="9">
-        <v>0</v>
+        <v>-5.1000000000000004E-4</v>
       </c>
       <c r="N20" s="9">
-        <v>0</v>
+        <v>0.37191000000000002</v>
       </c>
       <c r="O20" s="9">
-        <v>0</v>
+        <v>0.10568000000000001</v>
       </c>
       <c r="P20" s="9">
-        <v>6.5426000000000002</v>
+        <v>2.5100500000000001</v>
       </c>
       <c r="Q20" s="9">
-        <v>0.60057000000000005</v>
+        <v>10.49076</v>
       </c>
       <c r="R20" s="9">
-        <v>2.0499999999999997E-3</v>
+        <v>4.5753000000000004</v>
       </c>
       <c r="S20" s="9">
-        <v>4.8577299999999992</v>
+        <v>14.17896</v>
       </c>
       <c r="T20" s="9">
-        <v>7.7307700000000006</v>
+        <v>-8.5922000000000001</v>
       </c>
       <c r="U20" s="9">
-        <v>8.0158199999999997</v>
+        <v>34.016469999999998</v>
       </c>
       <c r="V20" s="9">
-        <v>7.3730000000000004E-2</v>
+        <v>18.13381</v>
       </c>
       <c r="W20" s="9">
-        <v>13.687139999999999</v>
+        <v>131.78706</v>
       </c>
       <c r="X20" s="9">
-        <v>-3.86294</v>
+        <v>-50.747839999999997</v>
       </c>
       <c r="Y20" s="9">
-        <v>-4.4580900000000003</v>
+        <v>11.709389999999999</v>
       </c>
       <c r="Z20" s="9">
-        <v>-2.71923</v>
+        <v>-264.10318000000001</v>
       </c>
       <c r="AA20" s="9">
-        <v>1.2549000000000001</v>
+        <v>-21.615009999999998</v>
       </c>
       <c r="AB20" s="9">
-        <v>-1.55189</v>
+        <v>-3.1892499999999999</v>
       </c>
       <c r="AC20" s="9">
-        <v>3.0019</v>
+        <v>46.389830000000003</v>
       </c>
       <c r="AD20" s="9">
-        <v>11.948919999999999</v>
+        <v>3.3401100000000001</v>
       </c>
       <c r="AE20" s="9">
-        <v>-2.35121</v>
+        <v>12.173219999999999</v>
       </c>
       <c r="AF20" s="9">
-        <v>14.64547</v>
+        <v>32.802500000000002</v>
       </c>
       <c r="AG20" s="9">
-        <v>11.542489999999999</v>
+        <v>-23.213930000000001</v>
       </c>
       <c r="AH20" s="9">
-        <v>4.3581400000000006</v>
+        <v>42.974550000000001</v>
       </c>
       <c r="AI20" s="9">
-        <v>-0.85312999999999994</v>
+        <v>17.960129999999999</v>
       </c>
       <c r="AJ20" s="9">
-        <v>-3.5501100000000001</v>
+        <v>92.653960000000012</v>
       </c>
       <c r="AK20" s="10">
-        <v>68.915630000000007</v>
+        <v>104.67388000000001</v>
       </c>
     </row>
     <row r="21" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="33">
         <v>61</v>
       </c>
       <c r="C21" s="27" t="s">
         <v>35</v>
       </c>
       <c r="D21" s="9">
         <v>0</v>
       </c>
       <c r="E21" s="9">
         <v>0</v>
       </c>
       <c r="F21" s="9">
         <v>0</v>
       </c>
       <c r="G21" s="9">
         <v>0</v>
       </c>
       <c r="H21" s="9">
         <v>0</v>
       </c>
       <c r="I21" s="9">
@@ -3000,2032 +3000,2032 @@
       <c r="AB21" s="9">
         <v>0.26300000000000001</v>
       </c>
       <c r="AC21" s="9">
         <v>0.46056999999999998</v>
       </c>
       <c r="AD21" s="9">
         <v>-0.28999999999999998</v>
       </c>
       <c r="AE21" s="9">
         <v>-0.156</v>
       </c>
       <c r="AF21" s="9">
         <v>2.7E-2</v>
       </c>
       <c r="AG21" s="9">
         <v>-6.1440000000000001</v>
       </c>
       <c r="AH21" s="9">
         <v>8.7426299999999983</v>
       </c>
       <c r="AI21" s="9">
         <v>43.164250000000003</v>
       </c>
       <c r="AJ21" s="9">
-        <v>-39.811320000000002</v>
+        <v>-5.1363000000000003</v>
       </c>
       <c r="AK21" s="10">
-        <v>57.575969999999998</v>
+        <v>92.250990000000002</v>
       </c>
     </row>
     <row r="22" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="33">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="C22" s="27" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D22" s="9">
         <v>0</v>
       </c>
       <c r="E22" s="9">
         <v>0</v>
       </c>
       <c r="F22" s="9">
         <v>0</v>
       </c>
       <c r="G22" s="9">
         <v>0</v>
       </c>
       <c r="H22" s="9">
-        <v>7.4069999999999997E-2</v>
+        <v>2.0633400000000002</v>
       </c>
       <c r="I22" s="9">
-        <v>0</v>
+        <v>0.64349000000000001</v>
       </c>
       <c r="J22" s="9">
-        <v>-6.4800000000000005E-3</v>
+        <v>1.0115099999999999</v>
       </c>
       <c r="K22" s="9">
-        <v>0</v>
+        <v>0.28266000000000002</v>
       </c>
       <c r="L22" s="9">
-        <v>0</v>
+        <v>-1.461E-2</v>
       </c>
       <c r="M22" s="9">
-        <v>0.16211</v>
+        <v>8.72E-2</v>
       </c>
       <c r="N22" s="9">
-        <v>0.34464</v>
+        <v>2.2975300000000001</v>
       </c>
       <c r="O22" s="9">
-        <v>0</v>
+        <v>-0.5272</v>
       </c>
       <c r="P22" s="9">
-        <v>0.68349000000000004</v>
+        <v>4.9173200000000001</v>
       </c>
       <c r="Q22" s="9">
-        <v>1.8027500000000001</v>
+        <v>1.6451800000000001</v>
       </c>
       <c r="R22" s="9">
-        <v>4.2428599999999994</v>
+        <v>4.4428400000000003</v>
       </c>
       <c r="S22" s="9">
-        <v>2.75447</v>
+        <v>0.56179000000000001</v>
       </c>
       <c r="T22" s="9">
-        <v>5.3850000000000002E-2</v>
+        <v>0.70508999999999999</v>
       </c>
       <c r="U22" s="9">
-        <v>0.58487999999999996</v>
+        <v>1.1088800000000001</v>
       </c>
       <c r="V22" s="9">
-        <v>2.38205</v>
+        <v>1.19913</v>
       </c>
       <c r="W22" s="9">
-        <v>-0.84160000000000001</v>
+        <v>-2.0657399999999999</v>
       </c>
       <c r="X22" s="9">
-        <v>1.0403</v>
+        <v>4.7513500000000004</v>
       </c>
       <c r="Y22" s="9">
-        <v>1.1459999999999999</v>
+        <v>5.7177600000000002</v>
       </c>
       <c r="Z22" s="9">
-        <v>3.13043</v>
+        <v>2.6105200000000002</v>
       </c>
       <c r="AA22" s="9">
-        <v>4.1214300000000001</v>
+        <v>2.8366199999999999</v>
       </c>
       <c r="AB22" s="9">
-        <v>1.56291</v>
+        <v>9.5690799999999996</v>
       </c>
       <c r="AC22" s="9">
-        <v>1.3021500000000001</v>
+        <v>-14.189219999999999</v>
       </c>
       <c r="AD22" s="9">
-        <v>-5.5163700000000002</v>
+        <v>9.2147299999999994</v>
       </c>
       <c r="AE22" s="9">
-        <v>13.816450000000001</v>
+        <v>-0.29177999999999998</v>
       </c>
       <c r="AF22" s="9">
-        <v>-2.9775</v>
+        <v>17.503830000000001</v>
       </c>
       <c r="AG22" s="9">
-        <v>-2.8594400000000002</v>
+        <v>7.7111499999999999</v>
       </c>
       <c r="AH22" s="9">
-        <v>9.7780000000000006E-2</v>
+        <v>15.459160000000001</v>
       </c>
       <c r="AI22" s="9">
-        <v>11.47997</v>
+        <v>-2.5068699999999997</v>
       </c>
       <c r="AJ22" s="9">
-        <v>17.655259999999998</v>
+        <v>-3.0264499999999996</v>
       </c>
       <c r="AK22" s="10">
-        <v>56.236460000000001</v>
+        <v>73.71829000000001</v>
       </c>
     </row>
     <row r="23" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="33">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="C23" s="27" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D23" s="9">
         <v>0</v>
       </c>
       <c r="E23" s="9">
         <v>0</v>
       </c>
       <c r="F23" s="9">
         <v>0</v>
       </c>
       <c r="G23" s="9">
         <v>0</v>
       </c>
       <c r="H23" s="9">
-        <v>2.0633400000000002</v>
+        <v>0</v>
       </c>
       <c r="I23" s="9">
-        <v>0.64349000000000001</v>
+        <v>0</v>
       </c>
       <c r="J23" s="9">
-        <v>1.0115099999999999</v>
+        <v>0</v>
       </c>
       <c r="K23" s="9">
-        <v>0.28266000000000002</v>
+        <v>0</v>
       </c>
       <c r="L23" s="9">
-        <v>-1.461E-2</v>
+        <v>0</v>
       </c>
       <c r="M23" s="9">
-        <v>8.72E-2</v>
+        <v>0</v>
       </c>
       <c r="N23" s="9">
-        <v>2.2975300000000001</v>
+        <v>0</v>
       </c>
       <c r="O23" s="9">
-        <v>-0.5272</v>
+        <v>0</v>
       </c>
       <c r="P23" s="9">
-        <v>4.9173200000000001</v>
+        <v>6.5426000000000002</v>
       </c>
       <c r="Q23" s="9">
-        <v>1.6451800000000001</v>
+        <v>0.60057000000000005</v>
       </c>
       <c r="R23" s="9">
-        <v>4.4428400000000003</v>
+        <v>2.0499999999999997E-3</v>
       </c>
       <c r="S23" s="9">
-        <v>0.56179000000000001</v>
+        <v>4.8577299999999992</v>
       </c>
       <c r="T23" s="9">
-        <v>0.70508999999999999</v>
+        <v>7.7307700000000006</v>
       </c>
       <c r="U23" s="9">
-        <v>1.1088800000000001</v>
+        <v>8.0158199999999997</v>
       </c>
       <c r="V23" s="9">
-        <v>1.19913</v>
+        <v>7.3730000000000004E-2</v>
       </c>
       <c r="W23" s="9">
-        <v>-2.0657399999999999</v>
+        <v>13.687139999999999</v>
       </c>
       <c r="X23" s="9">
-        <v>4.7513500000000004</v>
+        <v>-3.86294</v>
       </c>
       <c r="Y23" s="9">
-        <v>5.7177600000000002</v>
+        <v>-4.4580900000000003</v>
       </c>
       <c r="Z23" s="9">
-        <v>2.6105200000000002</v>
+        <v>-2.71923</v>
       </c>
       <c r="AA23" s="9">
-        <v>2.8366199999999999</v>
+        <v>1.2549000000000001</v>
       </c>
       <c r="AB23" s="9">
-        <v>9.5690799999999996</v>
+        <v>-1.55189</v>
       </c>
       <c r="AC23" s="9">
-        <v>-14.189219999999999</v>
+        <v>3.0019</v>
       </c>
       <c r="AD23" s="9">
-        <v>9.2147299999999994</v>
+        <v>11.948919999999999</v>
       </c>
       <c r="AE23" s="9">
-        <v>-0.29177999999999998</v>
+        <v>-2.35121</v>
       </c>
       <c r="AF23" s="9">
-        <v>17.503830000000001</v>
+        <v>14.64547</v>
       </c>
       <c r="AG23" s="9">
-        <v>7.7111499999999999</v>
+        <v>11.542489999999999</v>
       </c>
       <c r="AH23" s="9">
-        <v>15.459160000000001</v>
+        <v>4.3581400000000006</v>
       </c>
       <c r="AI23" s="9">
-        <v>-2.5068699999999997</v>
+        <v>-0.85312999999999994</v>
       </c>
       <c r="AJ23" s="9">
-        <v>-25.368230000000001</v>
+        <v>9.4890000000000002E-2</v>
       </c>
       <c r="AK23" s="10">
-        <v>51.376510000000003</v>
+        <v>72.560630000000003</v>
       </c>
     </row>
     <row r="24" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="33">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="C24" s="27" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D24" s="9">
         <v>0</v>
       </c>
       <c r="E24" s="9">
         <v>0</v>
       </c>
       <c r="F24" s="9">
         <v>0</v>
       </c>
       <c r="G24" s="9">
         <v>0</v>
       </c>
       <c r="H24" s="9">
-        <v>0</v>
+        <v>7.4069999999999997E-2</v>
       </c>
       <c r="I24" s="9">
         <v>0</v>
       </c>
       <c r="J24" s="9">
-        <v>0</v>
+        <v>-6.4800000000000005E-3</v>
       </c>
       <c r="K24" s="9">
         <v>0</v>
       </c>
       <c r="L24" s="9">
         <v>0</v>
       </c>
       <c r="M24" s="9">
-        <v>0</v>
+        <v>0.16211</v>
       </c>
       <c r="N24" s="9">
-        <v>0</v>
+        <v>0.34464</v>
       </c>
       <c r="O24" s="9">
-        <v>6.66289</v>
+        <v>0</v>
       </c>
       <c r="P24" s="9">
-        <v>0.29904000000000003</v>
+        <v>0.68349000000000004</v>
       </c>
       <c r="Q24" s="9">
-        <v>-0.71826000000000001</v>
+        <v>1.8027500000000001</v>
       </c>
       <c r="R24" s="9">
-        <v>-3.3986799999999997</v>
+        <v>4.2428599999999994</v>
       </c>
       <c r="S24" s="9">
-        <v>13.135909999999999</v>
+        <v>2.75447</v>
       </c>
       <c r="T24" s="9">
-        <v>-1.8226099999999998</v>
+        <v>5.3850000000000002E-2</v>
       </c>
       <c r="U24" s="9">
-        <v>0.16225999999999999</v>
+        <v>0.58487999999999996</v>
       </c>
       <c r="V24" s="9">
-        <v>7.7378400000000003</v>
+        <v>2.38205</v>
       </c>
       <c r="W24" s="9">
-        <v>7.7633900000000002</v>
+        <v>-0.84160000000000001</v>
       </c>
       <c r="X24" s="9">
-        <v>0.12872</v>
+        <v>1.0403</v>
       </c>
       <c r="Y24" s="9">
-        <v>4.9966699999999999</v>
+        <v>1.1459999999999999</v>
       </c>
       <c r="Z24" s="9">
-        <v>2.2307800000000002</v>
+        <v>3.13043</v>
       </c>
       <c r="AA24" s="9">
-        <v>-5.7688600000000001</v>
+        <v>4.1214300000000001</v>
       </c>
       <c r="AB24" s="9">
-        <v>18.903830000000003</v>
+        <v>1.56291</v>
       </c>
       <c r="AC24" s="9">
-        <v>-4.1274799999999994</v>
+        <v>1.3021500000000001</v>
       </c>
       <c r="AD24" s="9">
-        <v>-0.82299</v>
+        <v>-5.5163700000000002</v>
       </c>
       <c r="AE24" s="9">
-        <v>1.3320000000000001</v>
+        <v>13.816450000000001</v>
       </c>
       <c r="AF24" s="9">
-        <v>5.2609200000000005</v>
+        <v>-2.9775</v>
       </c>
       <c r="AG24" s="9">
-        <v>-4.9162499999999998</v>
+        <v>-2.8594400000000002</v>
       </c>
       <c r="AH24" s="9">
-        <v>1.2490000000000001</v>
+        <v>9.7780000000000006E-2</v>
       </c>
       <c r="AI24" s="9">
-        <v>1.131</v>
+        <v>11.47997</v>
       </c>
       <c r="AJ24" s="9">
-        <v>1.782</v>
+        <v>16.72927</v>
       </c>
       <c r="AK24" s="10">
-        <v>51.201120000000003</v>
+        <v>55.310470000000002</v>
       </c>
     </row>
     <row r="25" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="33">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D25" s="9">
         <v>0</v>
       </c>
       <c r="E25" s="9">
         <v>0</v>
       </c>
       <c r="F25" s="9">
         <v>0</v>
       </c>
       <c r="G25" s="9">
         <v>0</v>
       </c>
       <c r="H25" s="9">
-        <v>6.862E-2</v>
+        <v>0</v>
       </c>
       <c r="I25" s="9">
-        <v>0.84613000000000005</v>
+        <v>0</v>
       </c>
       <c r="J25" s="9">
-        <v>-1.3800000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="K25" s="9">
         <v>0</v>
       </c>
       <c r="L25" s="9">
         <v>0</v>
       </c>
       <c r="M25" s="9">
-        <v>0.50988</v>
+        <v>0</v>
       </c>
       <c r="N25" s="9">
-        <v>2.0099999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="O25" s="9">
-        <v>1.7469999999999999E-2</v>
+        <v>6.66289</v>
       </c>
       <c r="P25" s="9">
-        <v>1.72617</v>
+        <v>0.29904000000000003</v>
       </c>
       <c r="Q25" s="9">
-        <v>0.19253999999999999</v>
+        <v>-0.71826000000000001</v>
       </c>
       <c r="R25" s="9">
-        <v>1.5707800000000001</v>
+        <v>-3.3986799999999997</v>
       </c>
       <c r="S25" s="9">
-        <v>-3.9300000000000003E-3</v>
+        <v>13.135909999999999</v>
       </c>
       <c r="T25" s="9">
-        <v>0.57913999999999999</v>
+        <v>-1.8226099999999998</v>
       </c>
       <c r="U25" s="9">
-        <v>3.2759399999999999</v>
+        <v>0.16225999999999999</v>
       </c>
       <c r="V25" s="9">
-        <v>-0.74797000000000002</v>
+        <v>7.7378400000000003</v>
       </c>
       <c r="W25" s="9">
-        <v>1.5561400000000001</v>
+        <v>7.7633900000000002</v>
       </c>
       <c r="X25" s="9">
-        <v>-1.93306</v>
+        <v>0.12872</v>
       </c>
       <c r="Y25" s="9">
-        <v>-3.2689699999999999</v>
+        <v>4.9966699999999999</v>
       </c>
       <c r="Z25" s="9">
-        <v>0.98608000000000007</v>
+        <v>2.2307800000000002</v>
       </c>
       <c r="AA25" s="9">
-        <v>-0.35283999999999999</v>
+        <v>-5.7688600000000001</v>
       </c>
       <c r="AB25" s="9">
-        <v>-1.77803</v>
+        <v>18.903830000000003</v>
       </c>
       <c r="AC25" s="9">
-        <v>12.210150000000001</v>
+        <v>-4.1274799999999994</v>
       </c>
       <c r="AD25" s="9">
-        <v>57.849050000000005</v>
+        <v>-0.82299</v>
       </c>
       <c r="AE25" s="9">
-        <v>42.094449999999995</v>
+        <v>1.3320000000000001</v>
       </c>
       <c r="AF25" s="9">
-        <v>-109.03147</v>
+        <v>5.2609200000000005</v>
       </c>
       <c r="AG25" s="9">
-        <v>34.157609999999998</v>
+        <v>-4.9162499999999998</v>
       </c>
       <c r="AH25" s="9">
-        <v>134.71460000000002</v>
+        <v>1.2490000000000001</v>
       </c>
       <c r="AI25" s="9">
-        <v>-164.99385999999998</v>
+        <v>1.131</v>
       </c>
       <c r="AJ25" s="9">
-        <v>38.793109999999999</v>
+        <v>3.7930000000000001</v>
       </c>
       <c r="AK25" s="10">
-        <v>49.02594000000002</v>
+        <v>53.212120000000006</v>
       </c>
     </row>
     <row r="26" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="33">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="C26" s="27" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="D26" s="9">
         <v>0</v>
       </c>
       <c r="E26" s="9">
         <v>0</v>
       </c>
       <c r="F26" s="9">
         <v>0</v>
       </c>
       <c r="G26" s="9">
         <v>0</v>
       </c>
       <c r="H26" s="9">
-        <v>0</v>
+        <v>6.862E-2</v>
       </c>
       <c r="I26" s="9">
-        <v>0</v>
+        <v>0.84613000000000005</v>
       </c>
       <c r="J26" s="9">
-        <v>0</v>
+        <v>-1.3800000000000002E-2</v>
       </c>
       <c r="K26" s="9">
-        <v>5.5210000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="L26" s="9">
-        <v>5.0000000000000001E-4</v>
+        <v>0</v>
       </c>
       <c r="M26" s="9">
-        <v>5.2829999999999995E-2</v>
+        <v>0.50988</v>
       </c>
       <c r="N26" s="9">
-        <v>-0.15844999999999998</v>
+        <v>2.0099999999999996E-3</v>
       </c>
       <c r="O26" s="9">
-        <v>1.0080499999999999</v>
+        <v>1.7469999999999999E-2</v>
       </c>
       <c r="P26" s="9">
-        <v>-0.21108000000000002</v>
+        <v>1.72617</v>
       </c>
       <c r="Q26" s="9">
-        <v>-0.20152</v>
+        <v>0.19253999999999999</v>
       </c>
       <c r="R26" s="9">
-        <v>5.41812</v>
+        <v>1.5707800000000001</v>
       </c>
       <c r="S26" s="9">
-        <v>3.0806199999999997</v>
+        <v>-3.9300000000000003E-3</v>
       </c>
       <c r="T26" s="9">
-        <v>-1.02477</v>
+        <v>0.57913999999999999</v>
       </c>
       <c r="U26" s="9">
-        <v>13.318659999999999</v>
+        <v>3.2759399999999999</v>
       </c>
       <c r="V26" s="9">
-        <v>14.232719999999999</v>
+        <v>-0.74797000000000002</v>
       </c>
       <c r="W26" s="9">
-        <v>5.0125900000000003</v>
+        <v>1.5561400000000001</v>
       </c>
       <c r="X26" s="9">
-        <v>-1.0645799999999999</v>
+        <v>-1.93306</v>
       </c>
       <c r="Y26" s="9">
-        <v>18.767700000000001</v>
+        <v>-3.2689699999999999</v>
       </c>
       <c r="Z26" s="9">
-        <v>-4.3861099999999995</v>
+        <v>0.98608000000000007</v>
       </c>
       <c r="AA26" s="9">
-        <v>4.9947700000000008</v>
+        <v>-0.35283999999999999</v>
       </c>
       <c r="AB26" s="9">
-        <v>-15.354649999999999</v>
+        <v>-1.77803</v>
       </c>
       <c r="AC26" s="9">
-        <v>2.1664699999999999</v>
+        <v>12.210150000000001</v>
       </c>
       <c r="AD26" s="9">
-        <v>-1.42639</v>
+        <v>57.849050000000005</v>
       </c>
       <c r="AE26" s="9">
-        <v>-0.23411999999999999</v>
+        <v>42.094449999999995</v>
       </c>
       <c r="AF26" s="9">
-        <v>-1.81409</v>
+        <v>-109.03147</v>
       </c>
       <c r="AG26" s="9">
-        <v>0.44304000000000004</v>
+        <v>34.157609999999998</v>
       </c>
       <c r="AH26" s="9">
-        <v>-0.77870000000000006</v>
+        <v>134.71460000000002</v>
       </c>
       <c r="AI26" s="9">
-        <v>-3.4459999999999998E-2</v>
+        <v>-164.99385999999998</v>
       </c>
       <c r="AJ26" s="9">
-        <v>0</v>
+        <v>36.94576</v>
       </c>
       <c r="AK26" s="10">
-        <v>41.862360000000002</v>
+        <v>47.178590000000021</v>
       </c>
     </row>
     <row r="27" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="33">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="C27" s="27" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D27" s="9">
         <v>0</v>
       </c>
       <c r="E27" s="9">
         <v>0</v>
       </c>
       <c r="F27" s="9">
         <v>0</v>
       </c>
       <c r="G27" s="9">
         <v>0</v>
       </c>
       <c r="H27" s="9">
         <v>0</v>
       </c>
       <c r="I27" s="9">
         <v>0</v>
       </c>
       <c r="J27" s="9">
         <v>0</v>
       </c>
       <c r="K27" s="9">
-        <v>0</v>
+        <v>5.5210000000000002E-2</v>
       </c>
       <c r="L27" s="9">
-        <v>0</v>
+        <v>5.0000000000000001E-4</v>
       </c>
       <c r="M27" s="9">
-        <v>0</v>
+        <v>5.2829999999999995E-2</v>
       </c>
       <c r="N27" s="9">
-        <v>0</v>
+        <v>-0.15844999999999998</v>
       </c>
       <c r="O27" s="9">
-        <v>2.0400000000000001E-3</v>
+        <v>1.0080499999999999</v>
       </c>
       <c r="P27" s="9">
-        <v>8.6999999999999994E-3</v>
+        <v>-0.21108000000000002</v>
       </c>
       <c r="Q27" s="9">
-        <v>0.15281</v>
+        <v>-0.20152</v>
       </c>
       <c r="R27" s="9">
-        <v>3.7159999999999999E-2</v>
+        <v>5.41812</v>
       </c>
       <c r="S27" s="9">
-        <v>11.991400000000001</v>
+        <v>3.0806199999999997</v>
       </c>
       <c r="T27" s="9">
-        <v>9.4583500000000011</v>
+        <v>-1.02477</v>
       </c>
       <c r="U27" s="9">
-        <v>3.2987500000000001</v>
+        <v>13.318659999999999</v>
       </c>
       <c r="V27" s="9">
-        <v>0</v>
+        <v>14.232719999999999</v>
       </c>
       <c r="W27" s="9">
-        <v>1.91368</v>
+        <v>5.0125900000000003</v>
       </c>
       <c r="X27" s="9">
-        <v>0.48216000000000003</v>
+        <v>-1.0645799999999999</v>
       </c>
       <c r="Y27" s="9">
-        <v>5.8189999999999999E-2</v>
+        <v>18.767700000000001</v>
       </c>
       <c r="Z27" s="9">
-        <v>5.3979999999999997</v>
+        <v>-4.3861099999999995</v>
       </c>
       <c r="AA27" s="9">
-        <v>1.173</v>
+        <v>4.9947700000000008</v>
       </c>
       <c r="AB27" s="9">
-        <v>1.9011400000000001</v>
+        <v>-15.354649999999999</v>
       </c>
       <c r="AC27" s="9">
-        <v>3.3517100000000002</v>
+        <v>2.1664699999999999</v>
       </c>
       <c r="AD27" s="9">
-        <v>3.0750000000000002</v>
+        <v>-1.42639</v>
       </c>
       <c r="AE27" s="9">
-        <v>-14.636790000000001</v>
+        <v>-0.23411999999999999</v>
       </c>
       <c r="AF27" s="9">
-        <v>4.9840000000000002E-2</v>
+        <v>-1.81409</v>
       </c>
       <c r="AG27" s="9">
-        <v>1.49E-3</v>
+        <v>0.44304000000000004</v>
       </c>
       <c r="AH27" s="9">
-        <v>8.1799900000000001</v>
+        <v>-0.77870000000000006</v>
       </c>
       <c r="AI27" s="9">
-        <v>2.5885400000000001</v>
+        <v>-3.4459999999999998E-2</v>
       </c>
       <c r="AJ27" s="9">
-        <v>0.68007000000000006</v>
+        <v>0</v>
       </c>
       <c r="AK27" s="10">
-        <v>39.165230000000001</v>
+        <v>41.862360000000002</v>
       </c>
     </row>
     <row r="28" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="33">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="C28" s="27" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D28" s="9">
-        <v>3.14568</v>
+        <v>0.22552</v>
       </c>
       <c r="E28" s="9">
-        <v>2.1772399999999998</v>
+        <v>4.7800000000000004E-3</v>
       </c>
       <c r="F28" s="9">
-        <v>0.26944999999999997</v>
+        <v>8.4000000000000012E-3</v>
       </c>
       <c r="G28" s="9">
-        <v>1.8671800000000001</v>
+        <v>9.9100000000000004E-3</v>
       </c>
       <c r="H28" s="9">
-        <v>0.60482000000000002</v>
+        <v>8.047E-2</v>
       </c>
       <c r="I28" s="9">
-        <v>1.85202</v>
+        <v>-4.0999999999999995E-3</v>
       </c>
       <c r="J28" s="9">
-        <v>-0.12232999999999999</v>
+        <v>2.5070000000000002E-2</v>
       </c>
       <c r="K28" s="9">
-        <v>-8.1049999999999997E-2</v>
+        <v>8.4399999999999996E-3</v>
       </c>
       <c r="L28" s="9">
-        <v>5.3332499999999996</v>
+        <v>9.4000000000000004E-3</v>
       </c>
       <c r="M28" s="9">
-        <v>-0.14359</v>
+        <v>0.27438000000000001</v>
       </c>
       <c r="N28" s="9">
-        <v>-0.76540999999999992</v>
+        <v>0.46385999999999999</v>
       </c>
       <c r="O28" s="9">
-        <v>0.32930999999999999</v>
+        <v>0.89283000000000001</v>
       </c>
       <c r="P28" s="9">
-        <v>-0.83638999999999997</v>
+        <v>1.0200000000000001E-3</v>
       </c>
       <c r="Q28" s="9">
-        <v>-0.13919000000000001</v>
+        <v>2.6713400000000003</v>
       </c>
       <c r="R28" s="9">
-        <v>6.9099999999999995E-2</v>
+        <v>-0.33422000000000002</v>
       </c>
       <c r="S28" s="9">
-        <v>0.44619999999999999</v>
+        <v>27.068150000000003</v>
       </c>
       <c r="T28" s="9">
-        <v>0.20665</v>
+        <v>-2.2306900000000001</v>
       </c>
       <c r="U28" s="9">
-        <v>4.3004100000000003</v>
+        <v>6.5797299999999996</v>
       </c>
       <c r="V28" s="9">
-        <v>1.79745</v>
+        <v>-1.9702999999999999</v>
       </c>
       <c r="W28" s="9">
-        <v>-0.52419000000000004</v>
+        <v>-2.3371200000000001</v>
       </c>
       <c r="X28" s="9">
-        <v>-1.0250999999999999</v>
+        <v>6.9288999999999996</v>
       </c>
       <c r="Y28" s="9">
-        <v>3.74641</v>
+        <v>5.8904700000000005</v>
       </c>
       <c r="Z28" s="9">
-        <v>9.6767599999999998</v>
+        <v>2.1406499999999999</v>
       </c>
       <c r="AA28" s="9">
-        <v>-2.5587800000000001</v>
+        <v>-10.64714</v>
       </c>
       <c r="AB28" s="9">
-        <v>-3.8879999999999999</v>
+        <v>-8.9391700000000007</v>
       </c>
       <c r="AC28" s="9">
-        <v>0.57732000000000006</v>
+        <v>-3.7668900000000001</v>
       </c>
       <c r="AD28" s="9">
-        <v>1.9872000000000001</v>
+        <v>5.2768500000000005</v>
       </c>
       <c r="AE28" s="9">
-        <v>1.69902</v>
+        <v>1.0758399999999999</v>
       </c>
       <c r="AF28" s="9">
-        <v>-8.6064899999999991</v>
+        <v>7.0681000000000003</v>
       </c>
       <c r="AG28" s="9">
-        <v>0.82589000000000001</v>
+        <v>-3.0750999999999999</v>
       </c>
       <c r="AH28" s="9">
-        <v>5.92258</v>
+        <v>-4.2903700000000002</v>
       </c>
       <c r="AI28" s="9">
-        <v>7.6975200000000008</v>
+        <v>19.16573</v>
       </c>
       <c r="AJ28" s="9">
-        <v>1.47455</v>
+        <v>-6.5518700000000001</v>
       </c>
       <c r="AK28" s="10">
-        <v>37.315489999999997</v>
+        <v>41.72287</v>
       </c>
     </row>
     <row r="29" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="33">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="C29" s="27" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="D29" s="9">
-        <v>0</v>
+        <v>3.14568</v>
       </c>
       <c r="E29" s="9">
-        <v>0</v>
+        <v>2.1772399999999998</v>
       </c>
       <c r="F29" s="9">
-        <v>0</v>
+        <v>0.26944999999999997</v>
       </c>
       <c r="G29" s="9">
-        <v>0</v>
+        <v>1.8671800000000001</v>
       </c>
       <c r="H29" s="9">
-        <v>17.39358</v>
+        <v>0.60482000000000002</v>
       </c>
       <c r="I29" s="9">
-        <v>20.70872</v>
+        <v>1.85202</v>
       </c>
       <c r="J29" s="9">
-        <v>0.81089999999999995</v>
+        <v>-0.12232999999999999</v>
       </c>
       <c r="K29" s="9">
-        <v>5.3930500000000006</v>
+        <v>-8.1049999999999997E-2</v>
       </c>
       <c r="L29" s="9">
-        <v>-4.37256</v>
+        <v>5.3332499999999996</v>
       </c>
       <c r="M29" s="9">
-        <v>4.3845700000000001</v>
+        <v>-0.14359</v>
       </c>
       <c r="N29" s="9">
-        <v>-0.92312000000000005</v>
+        <v>-0.76540999999999992</v>
       </c>
       <c r="O29" s="9">
-        <v>-3.9088600000000002</v>
+        <v>0.32930999999999999</v>
       </c>
       <c r="P29" s="9">
-        <v>-1.2316800000000001</v>
+        <v>-0.83638999999999997</v>
       </c>
       <c r="Q29" s="9">
-        <v>-1.57952</v>
+        <v>-0.13919000000000001</v>
       </c>
       <c r="R29" s="9">
-        <v>-0.13921</v>
+        <v>6.9099999999999995E-2</v>
       </c>
       <c r="S29" s="9">
-        <v>0.83049000000000006</v>
+        <v>0.44619999999999999</v>
       </c>
       <c r="T29" s="9">
-        <v>-1.4320000000000001E-2</v>
+        <v>0.20665</v>
       </c>
       <c r="U29" s="9">
-        <v>1.3128599999999999</v>
+        <v>4.3004100000000003</v>
       </c>
       <c r="V29" s="9">
-        <v>-0.16738999999999998</v>
+        <v>1.79745</v>
       </c>
       <c r="W29" s="9">
-        <v>1.9378599999999999</v>
+        <v>-0.52419000000000004</v>
       </c>
       <c r="X29" s="9">
-        <v>1.60636</v>
+        <v>-1.0250999999999999</v>
       </c>
       <c r="Y29" s="9">
-        <v>-4.1867399999999995</v>
+        <v>3.74641</v>
       </c>
       <c r="Z29" s="9">
-        <v>7.6874500000000001</v>
+        <v>9.6767599999999998</v>
       </c>
       <c r="AA29" s="9">
-        <v>1.68611</v>
+        <v>-2.5587800000000001</v>
       </c>
       <c r="AB29" s="9">
-        <v>0.22494999999999998</v>
+        <v>-3.8879999999999999</v>
       </c>
       <c r="AC29" s="9">
-        <v>2.9075199999999999</v>
+        <v>0.57732000000000006</v>
       </c>
       <c r="AD29" s="9">
-        <v>3.5241700000000002</v>
+        <v>1.9872000000000001</v>
       </c>
       <c r="AE29" s="9">
-        <v>-0.45397000000000004</v>
+        <v>1.69902</v>
       </c>
       <c r="AF29" s="9">
-        <v>1.8291300000000001</v>
+        <v>-8.6064899999999991</v>
       </c>
       <c r="AG29" s="9">
-        <v>-14.814450000000001</v>
+        <v>0.82589000000000001</v>
       </c>
       <c r="AH29" s="9">
-        <v>-2.5907499999999999</v>
+        <v>5.92258</v>
       </c>
       <c r="AI29" s="9">
-        <v>-9.5004500000000007</v>
+        <v>7.6975200000000008</v>
       </c>
       <c r="AJ29" s="9">
-        <v>5.3953199999999999</v>
+        <v>3.3834599999999999</v>
       </c>
       <c r="AK29" s="10">
-        <v>33.750019999999999</v>
+        <v>39.224400000000003</v>
       </c>
     </row>
     <row r="30" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="33">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="C30" s="27" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="D30" s="9">
-        <v>0.22552</v>
+        <v>0</v>
       </c>
       <c r="E30" s="9">
-        <v>4.7800000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="F30" s="9">
-        <v>8.4000000000000012E-3</v>
+        <v>0</v>
       </c>
       <c r="G30" s="9">
-        <v>9.9100000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="H30" s="9">
-        <v>8.047E-2</v>
+        <v>0</v>
       </c>
       <c r="I30" s="9">
-        <v>-4.0999999999999995E-3</v>
+        <v>0</v>
       </c>
       <c r="J30" s="9">
-        <v>2.5070000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="K30" s="9">
-        <v>8.4399999999999996E-3</v>
+        <v>0</v>
       </c>
       <c r="L30" s="9">
-        <v>9.4000000000000004E-3</v>
+        <v>0</v>
       </c>
       <c r="M30" s="9">
-        <v>0.27438000000000001</v>
+        <v>0</v>
       </c>
       <c r="N30" s="9">
-        <v>0.46385999999999999</v>
+        <v>0</v>
       </c>
       <c r="O30" s="9">
-        <v>0.89283000000000001</v>
+        <v>2.0400000000000001E-3</v>
       </c>
       <c r="P30" s="9">
-        <v>1.0200000000000001E-3</v>
+        <v>8.6999999999999994E-3</v>
       </c>
       <c r="Q30" s="9">
-        <v>2.6713400000000003</v>
+        <v>0.15281</v>
       </c>
       <c r="R30" s="9">
-        <v>-0.33422000000000002</v>
+        <v>3.7159999999999999E-2</v>
       </c>
       <c r="S30" s="9">
-        <v>27.068150000000003</v>
+        <v>11.991400000000001</v>
       </c>
       <c r="T30" s="9">
-        <v>-2.2306900000000001</v>
+        <v>9.4583500000000011</v>
       </c>
       <c r="U30" s="9">
-        <v>6.5797299999999996</v>
+        <v>3.2987500000000001</v>
       </c>
       <c r="V30" s="9">
-        <v>-1.9702999999999999</v>
+        <v>0</v>
       </c>
       <c r="W30" s="9">
-        <v>-2.3371200000000001</v>
+        <v>1.91368</v>
       </c>
       <c r="X30" s="9">
-        <v>6.9288999999999996</v>
+        <v>0.48216000000000003</v>
       </c>
       <c r="Y30" s="9">
-        <v>5.8904700000000005</v>
+        <v>5.8189999999999999E-2</v>
       </c>
       <c r="Z30" s="9">
-        <v>2.1406499999999999</v>
+        <v>5.3979999999999997</v>
       </c>
       <c r="AA30" s="9">
-        <v>-10.64714</v>
+        <v>1.173</v>
       </c>
       <c r="AB30" s="9">
-        <v>-8.9391700000000007</v>
+        <v>1.9011400000000001</v>
       </c>
       <c r="AC30" s="9">
-        <v>-3.7668900000000001</v>
+        <v>3.3517100000000002</v>
       </c>
       <c r="AD30" s="9">
-        <v>5.2768500000000005</v>
+        <v>3.0750000000000002</v>
       </c>
       <c r="AE30" s="9">
-        <v>1.0758399999999999</v>
+        <v>-14.636790000000001</v>
       </c>
       <c r="AF30" s="9">
-        <v>7.0681000000000003</v>
+        <v>4.9840000000000002E-2</v>
       </c>
       <c r="AG30" s="9">
-        <v>-3.0750999999999999</v>
+        <v>1.49E-3</v>
       </c>
       <c r="AH30" s="9">
-        <v>-4.2903700000000002</v>
+        <v>8.1799900000000001</v>
       </c>
       <c r="AI30" s="9">
-        <v>19.16573</v>
+        <v>2.5885400000000001</v>
       </c>
       <c r="AJ30" s="9">
-        <v>-15.618540000000001</v>
+        <v>0.70505999999999991</v>
       </c>
       <c r="AK30" s="10">
-        <v>32.656199999999998</v>
+        <v>39.190220000000004</v>
       </c>
     </row>
     <row r="31" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="33">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="C31" s="27" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D31" s="9">
         <v>0</v>
       </c>
       <c r="E31" s="9">
         <v>0</v>
       </c>
       <c r="F31" s="9">
         <v>0</v>
       </c>
       <c r="G31" s="9">
         <v>0</v>
       </c>
       <c r="H31" s="9">
-        <v>1.56857</v>
+        <v>17.39358</v>
       </c>
       <c r="I31" s="9">
-        <v>-1.4017899999999999</v>
+        <v>20.70872</v>
       </c>
       <c r="J31" s="9">
-        <v>-0.68913000000000002</v>
+        <v>0.81089999999999995</v>
       </c>
       <c r="K31" s="9">
-        <v>0.46844000000000002</v>
+        <v>5.3930500000000006</v>
       </c>
       <c r="L31" s="9">
-        <v>-7.1150000000000005E-2</v>
+        <v>-4.37256</v>
       </c>
       <c r="M31" s="9">
-        <v>0.77849999999999997</v>
+        <v>4.3845700000000001</v>
       </c>
       <c r="N31" s="9">
-        <v>0.6529299999999999</v>
+        <v>-0.92312000000000005</v>
       </c>
       <c r="O31" s="9">
-        <v>-0.35787000000000002</v>
+        <v>-3.9088600000000002</v>
       </c>
       <c r="P31" s="9">
-        <v>-0.12511</v>
+        <v>-1.2316800000000001</v>
       </c>
       <c r="Q31" s="9">
-        <v>-8.9549999999999991E-2</v>
+        <v>-1.57952</v>
       </c>
       <c r="R31" s="9">
-        <v>0.49475999999999998</v>
+        <v>-0.13921</v>
       </c>
       <c r="S31" s="9">
-        <v>1.05044</v>
+        <v>0.83049000000000006</v>
       </c>
       <c r="T31" s="9">
-        <v>2.13279</v>
+        <v>-1.4320000000000001E-2</v>
       </c>
       <c r="U31" s="9">
-        <v>1.08497</v>
+        <v>1.3128599999999999</v>
       </c>
       <c r="V31" s="9">
-        <v>3.5360000000000003E-2</v>
+        <v>-0.16738999999999998</v>
       </c>
       <c r="W31" s="9">
-        <v>0.15575999999999998</v>
+        <v>1.9378599999999999</v>
       </c>
       <c r="X31" s="9">
-        <v>5.1970000000000002E-2</v>
+        <v>1.60636</v>
       </c>
       <c r="Y31" s="9">
-        <v>3.2648600000000001</v>
+        <v>-4.1867399999999995</v>
       </c>
       <c r="Z31" s="9">
-        <v>7.8319300000000007</v>
+        <v>7.6874500000000001</v>
       </c>
       <c r="AA31" s="9">
-        <v>2.7452800000000002</v>
+        <v>1.68611</v>
       </c>
       <c r="AB31" s="9">
-        <v>0.90619000000000005</v>
+        <v>0.22494999999999998</v>
       </c>
       <c r="AC31" s="9">
-        <v>3.6156599999999997</v>
+        <v>2.9075199999999999</v>
       </c>
       <c r="AD31" s="9">
-        <v>-13.885200000000001</v>
+        <v>3.5241700000000002</v>
       </c>
       <c r="AE31" s="9">
-        <v>8.7997099999999993</v>
+        <v>-0.45397000000000004</v>
       </c>
       <c r="AF31" s="9">
-        <v>-10.91211</v>
+        <v>1.8291300000000001</v>
       </c>
       <c r="AG31" s="9">
-        <v>14.319700000000001</v>
+        <v>-14.814450000000001</v>
       </c>
       <c r="AH31" s="9">
-        <v>20.798169999999999</v>
+        <v>-2.5907499999999999</v>
       </c>
       <c r="AI31" s="9">
-        <v>-12.08845</v>
+        <v>-9.5004500000000007</v>
       </c>
       <c r="AJ31" s="9">
-        <v>-1.7322899999999999</v>
+        <v>4.4747899999999996</v>
       </c>
       <c r="AK31" s="10">
-        <v>29.40334</v>
+        <v>32.82949</v>
       </c>
     </row>
     <row r="32" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="33"/>
+      <c r="B32" s="33">
+        <v>27</v>
+      </c>
       <c r="C32" s="27" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="D32" s="9">
         <v>0</v>
       </c>
       <c r="E32" s="9">
         <v>0</v>
       </c>
       <c r="F32" s="9">
         <v>0</v>
       </c>
       <c r="G32" s="9">
         <v>0</v>
       </c>
       <c r="H32" s="9">
-        <v>0</v>
+        <v>1.56857</v>
       </c>
       <c r="I32" s="9">
-        <v>0</v>
+        <v>-1.4017899999999999</v>
       </c>
       <c r="J32" s="9">
-        <v>0</v>
+        <v>-0.68913000000000002</v>
       </c>
       <c r="K32" s="9">
-        <v>0</v>
+        <v>0.46844000000000002</v>
       </c>
       <c r="L32" s="9">
-        <v>0</v>
+        <v>-7.1150000000000005E-2</v>
       </c>
       <c r="M32" s="9">
-        <v>0</v>
+        <v>0.77849999999999997</v>
       </c>
       <c r="N32" s="9">
-        <v>0</v>
+        <v>0.6529299999999999</v>
       </c>
       <c r="O32" s="9">
-        <v>0</v>
+        <v>-0.35787000000000002</v>
       </c>
       <c r="P32" s="9">
-        <v>0</v>
+        <v>-0.12511</v>
       </c>
       <c r="Q32" s="9">
-        <v>0</v>
+        <v>-8.9549999999999991E-2</v>
       </c>
       <c r="R32" s="9">
-        <v>-13.427959999999999</v>
+        <v>0.49475999999999998</v>
       </c>
       <c r="S32" s="9">
-        <v>-6.7453400000000006</v>
+        <v>1.05044</v>
       </c>
       <c r="T32" s="9">
-        <v>0.63572000000000006</v>
+        <v>2.13279</v>
       </c>
       <c r="U32" s="9">
-        <v>-6.0911999999999997</v>
+        <v>1.08497</v>
       </c>
       <c r="V32" s="9">
-        <v>0</v>
+        <v>3.5360000000000003E-2</v>
       </c>
       <c r="W32" s="9">
-        <v>0</v>
+        <v>0.15575999999999998</v>
       </c>
       <c r="X32" s="9">
-        <v>9.3041400000000003</v>
+        <v>5.1970000000000002E-2</v>
       </c>
       <c r="Y32" s="9">
-        <v>9.9321800000000007</v>
+        <v>3.2648600000000001</v>
       </c>
       <c r="Z32" s="9">
-        <v>10.29091</v>
+        <v>7.8319300000000007</v>
       </c>
       <c r="AA32" s="9">
-        <v>10.96496</v>
+        <v>2.7452800000000002</v>
       </c>
       <c r="AB32" s="9">
-        <v>-6.7731300000000001</v>
+        <v>0.90619000000000005</v>
       </c>
       <c r="AC32" s="9">
-        <v>-1.1960299999999999</v>
+        <v>3.6156599999999997</v>
       </c>
       <c r="AD32" s="9">
-        <v>-0.43723000000000001</v>
+        <v>-13.885200000000001</v>
       </c>
       <c r="AE32" s="9">
-        <v>-2.2459899999999999</v>
+        <v>8.7997099999999993</v>
       </c>
       <c r="AF32" s="9">
-        <v>0.84254999999999991</v>
+        <v>-10.91211</v>
       </c>
       <c r="AG32" s="9">
-        <v>13.57704</v>
+        <v>14.319700000000001</v>
       </c>
       <c r="AH32" s="9">
-        <v>6.7216899999999997</v>
+        <v>20.798169999999999</v>
       </c>
       <c r="AI32" s="9">
-        <v>0.99669000000000008</v>
+        <v>-12.08845</v>
       </c>
       <c r="AJ32" s="9">
-        <v>0</v>
+        <v>-2.0932600000000003</v>
       </c>
       <c r="AK32" s="10">
-        <v>26.349</v>
+        <v>29.042369999999998</v>
       </c>
     </row>
     <row r="33" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="33">
-[...1 lines deleted...]
-      </c>
+      <c r="B33" s="33"/>
       <c r="C33" s="27" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D33" s="9">
         <v>0</v>
       </c>
       <c r="E33" s="9">
         <v>0</v>
       </c>
       <c r="F33" s="9">
         <v>0</v>
       </c>
       <c r="G33" s="9">
         <v>0</v>
       </c>
       <c r="H33" s="9">
         <v>0</v>
       </c>
       <c r="I33" s="9">
         <v>0</v>
       </c>
       <c r="J33" s="9">
         <v>0</v>
       </c>
       <c r="K33" s="9">
         <v>0</v>
       </c>
       <c r="L33" s="9">
         <v>0</v>
       </c>
       <c r="M33" s="9">
         <v>0</v>
       </c>
       <c r="N33" s="9">
-        <v>0.21406</v>
+        <v>0</v>
       </c>
       <c r="O33" s="9">
-        <v>0.37566000000000005</v>
+        <v>0</v>
       </c>
       <c r="P33" s="9">
-        <v>-2.2145100000000002</v>
+        <v>0</v>
       </c>
       <c r="Q33" s="9">
         <v>0</v>
       </c>
       <c r="R33" s="9">
-        <v>1.5009999999999999E-2</v>
+        <v>-13.427959999999999</v>
       </c>
       <c r="S33" s="9">
-        <v>-0.35538999999999998</v>
+        <v>-6.7453400000000006</v>
       </c>
       <c r="T33" s="9">
-        <v>-0.59844000000000008</v>
+        <v>0.63572000000000006</v>
       </c>
       <c r="U33" s="9">
-        <v>-4.8689999999999997E-2</v>
+        <v>-6.0911999999999997</v>
       </c>
       <c r="V33" s="9">
-        <v>3.32E-2</v>
+        <v>0</v>
       </c>
       <c r="W33" s="9">
-        <v>0.32580999999999999</v>
+        <v>0</v>
       </c>
       <c r="X33" s="9">
-        <v>6.6019600000000001</v>
+        <v>9.3041400000000003</v>
       </c>
       <c r="Y33" s="9">
-        <v>-0.10249999999999999</v>
+        <v>9.9321800000000007</v>
       </c>
       <c r="Z33" s="9">
-        <v>2.5243099999999998</v>
+        <v>10.29091</v>
       </c>
       <c r="AA33" s="9">
-        <v>0.26730000000000004</v>
+        <v>10.96496</v>
       </c>
       <c r="AB33" s="9">
-        <v>0.23798</v>
+        <v>-6.7731300000000001</v>
       </c>
       <c r="AC33" s="9">
-        <v>-5.638E-2</v>
+        <v>-1.1960299999999999</v>
       </c>
       <c r="AD33" s="9">
-        <v>3.3460000000000004E-2</v>
+        <v>-0.43723000000000001</v>
       </c>
       <c r="AE33" s="9">
-        <v>0.52903</v>
+        <v>-2.2459899999999999</v>
       </c>
       <c r="AF33" s="9">
-        <v>0.33287</v>
+        <v>0.84254999999999991</v>
       </c>
       <c r="AG33" s="9">
-        <v>0.74438000000000004</v>
+        <v>13.57704</v>
       </c>
       <c r="AH33" s="9">
-        <v>0.36912</v>
+        <v>6.7216899999999997</v>
       </c>
       <c r="AI33" s="9">
-        <v>1.0915599999999999</v>
+        <v>0.99669000000000008</v>
       </c>
       <c r="AJ33" s="9">
-        <v>13.892719999999999</v>
+        <v>0</v>
       </c>
       <c r="AK33" s="10">
-        <v>24.212520000000001</v>
+        <v>26.349</v>
       </c>
     </row>
     <row r="34" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="33">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C34" s="27" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D34" s="9">
         <v>0</v>
       </c>
       <c r="E34" s="9">
         <v>0</v>
       </c>
       <c r="F34" s="9">
         <v>0</v>
       </c>
       <c r="G34" s="9">
         <v>0</v>
       </c>
       <c r="H34" s="9">
-        <v>0</v>
+        <v>15.436059999999999</v>
       </c>
       <c r="I34" s="9">
-        <v>0</v>
+        <v>4.6378999999999992</v>
       </c>
       <c r="J34" s="9">
-        <v>0</v>
+        <v>0.81767000000000001</v>
       </c>
       <c r="K34" s="9">
-        <v>0</v>
+        <v>2.0482300000000002</v>
       </c>
       <c r="L34" s="9">
-        <v>0</v>
+        <v>4.2090000000000002E-2</v>
       </c>
       <c r="M34" s="9">
-        <v>30.787020000000002</v>
+        <v>-0.26932</v>
       </c>
       <c r="N34" s="9">
-        <v>0</v>
+        <v>2.8579999999999998E-2</v>
       </c>
       <c r="O34" s="9">
-        <v>1</v>
+        <v>-0.24975999999999998</v>
       </c>
       <c r="P34" s="9">
-        <v>1.4055</v>
+        <v>-1.0303599999999999</v>
       </c>
       <c r="Q34" s="9">
-        <v>0.66695000000000004</v>
+        <v>-5.389E-2</v>
       </c>
       <c r="R34" s="9">
-        <v>-5.9279999999999999E-2</v>
+        <v>1.3451</v>
       </c>
       <c r="S34" s="9">
-        <v>2.6953</v>
+        <v>1.0779700000000001</v>
       </c>
       <c r="T34" s="9">
-        <v>1.0987199999999999</v>
+        <v>-1.1331500000000001</v>
       </c>
       <c r="U34" s="9">
-        <v>3.5640900000000002</v>
+        <v>-1.2611600000000001</v>
       </c>
       <c r="V34" s="9">
-        <v>-3.9598400000000002</v>
+        <v>-1.8663599999999998</v>
       </c>
       <c r="W34" s="9">
-        <v>-31.805509999999998</v>
+        <v>-1.8764799999999999</v>
       </c>
       <c r="X34" s="9">
-        <v>5.4039999999999998E-2</v>
+        <v>-0.30530000000000002</v>
       </c>
       <c r="Y34" s="9">
-        <v>0.57655999999999996</v>
+        <v>-1.0069999999999999</v>
       </c>
       <c r="Z34" s="9">
-        <v>0.22080000000000002</v>
+        <v>-8.8999999999999996E-2</v>
       </c>
       <c r="AA34" s="9">
-        <v>0.57599</v>
+        <v>1.8690000000000002E-2</v>
       </c>
       <c r="AB34" s="9">
-        <v>0.80064000000000002</v>
+        <v>0</v>
       </c>
       <c r="AC34" s="9">
-        <v>0.53015000000000001</v>
+        <v>5.4000000000000001E-4</v>
       </c>
       <c r="AD34" s="9">
-        <v>0.89755999999999991</v>
+        <v>0</v>
       </c>
       <c r="AE34" s="9">
-        <v>0.73800999999999994</v>
+        <v>0</v>
       </c>
       <c r="AF34" s="9">
-        <v>0.52284000000000008</v>
+        <v>1.9616800000000001</v>
       </c>
       <c r="AG34" s="9">
-        <v>0.96199000000000001</v>
+        <v>3.4894799999999999</v>
       </c>
       <c r="AH34" s="9">
-        <v>11.128500000000001</v>
+        <v>-1.20797</v>
       </c>
       <c r="AI34" s="9">
-        <v>0.36133999999999999</v>
+        <v>3.2333099999999999</v>
       </c>
       <c r="AJ34" s="9">
-        <v>1.3009999999999999E-2</v>
+        <v>-2.0226099999999998</v>
       </c>
       <c r="AK34" s="10">
-        <v>22.774380000000001</v>
+        <v>21.764939999999999</v>
       </c>
     </row>
     <row r="35" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="33">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C35" s="27" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D35" s="9">
         <v>0</v>
       </c>
       <c r="E35" s="9">
         <v>0</v>
       </c>
       <c r="F35" s="9">
         <v>0</v>
       </c>
       <c r="G35" s="9">
         <v>0</v>
       </c>
       <c r="H35" s="9">
-        <v>15.436059999999999</v>
+        <v>0</v>
       </c>
       <c r="I35" s="9">
-        <v>4.6378999999999992</v>
+        <v>0</v>
       </c>
       <c r="J35" s="9">
-        <v>0.81767000000000001</v>
+        <v>0</v>
       </c>
       <c r="K35" s="9">
-        <v>2.0482300000000002</v>
+        <v>0</v>
       </c>
       <c r="L35" s="9">
-        <v>4.2090000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="M35" s="9">
-        <v>-0.26932</v>
+        <v>30.787020000000002</v>
       </c>
       <c r="N35" s="9">
-        <v>2.8579999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="O35" s="9">
-        <v>-0.24975999999999998</v>
+        <v>1</v>
       </c>
       <c r="P35" s="9">
-        <v>-1.0303599999999999</v>
+        <v>1.4055</v>
       </c>
       <c r="Q35" s="9">
-        <v>-5.389E-2</v>
+        <v>0.66695000000000004</v>
       </c>
       <c r="R35" s="9">
-        <v>1.3451</v>
+        <v>-5.9279999999999999E-2</v>
       </c>
       <c r="S35" s="9">
-        <v>1.0779700000000001</v>
+        <v>2.6953</v>
       </c>
       <c r="T35" s="9">
-        <v>-1.1331500000000001</v>
+        <v>1.0987199999999999</v>
       </c>
       <c r="U35" s="9">
-        <v>-1.2611600000000001</v>
+        <v>3.5640900000000002</v>
       </c>
       <c r="V35" s="9">
-        <v>-1.8663599999999998</v>
+        <v>-3.9598400000000002</v>
       </c>
       <c r="W35" s="9">
-        <v>-1.8764799999999999</v>
+        <v>-31.805509999999998</v>
       </c>
       <c r="X35" s="9">
-        <v>-0.30530000000000002</v>
+        <v>5.4039999999999998E-2</v>
       </c>
       <c r="Y35" s="9">
-        <v>-1.0069999999999999</v>
+        <v>0.57655999999999996</v>
       </c>
       <c r="Z35" s="9">
-        <v>-8.8999999999999996E-2</v>
+        <v>0.22080000000000002</v>
       </c>
       <c r="AA35" s="9">
-        <v>1.8690000000000002E-2</v>
+        <v>0.57599</v>
       </c>
       <c r="AB35" s="9">
-        <v>0</v>
+        <v>0.80064000000000002</v>
       </c>
       <c r="AC35" s="9">
-        <v>5.4000000000000001E-4</v>
+        <v>0.53015000000000001</v>
       </c>
       <c r="AD35" s="9">
-        <v>0</v>
+        <v>0.89755999999999991</v>
       </c>
       <c r="AE35" s="9">
-        <v>0</v>
+        <v>0.73800999999999994</v>
       </c>
       <c r="AF35" s="9">
-        <v>1.9616800000000001</v>
+        <v>0.52284000000000008</v>
       </c>
       <c r="AG35" s="9">
-        <v>3.4894799999999999</v>
+        <v>0.96199000000000001</v>
       </c>
       <c r="AH35" s="9">
-        <v>-1.20797</v>
+        <v>11.128500000000001</v>
       </c>
       <c r="AI35" s="9">
-        <v>3.2333099999999999</v>
+        <v>0.36133999999999999</v>
       </c>
       <c r="AJ35" s="9">
-        <v>-1.7746600000000001</v>
+        <v>-1.3307100000000001</v>
       </c>
       <c r="AK35" s="10">
-        <v>22.012889999999999</v>
+        <v>21.43066</v>
       </c>
     </row>
     <row r="36" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="33">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="C36" s="27" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D36" s="9">
         <v>0</v>
       </c>
       <c r="E36" s="9">
         <v>0</v>
       </c>
       <c r="F36" s="9">
         <v>0</v>
       </c>
       <c r="G36" s="9">
         <v>0</v>
       </c>
       <c r="H36" s="9">
         <v>0</v>
       </c>
       <c r="I36" s="9">
         <v>0</v>
       </c>
       <c r="J36" s="9">
-        <v>-3.3250000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="K36" s="9">
-        <v>4.3290000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="L36" s="9">
-        <v>-4.793E-2</v>
+        <v>0</v>
       </c>
       <c r="M36" s="9">
-        <v>-5.1000000000000004E-4</v>
+        <v>0</v>
       </c>
       <c r="N36" s="9">
-        <v>0.37191000000000002</v>
+        <v>0</v>
       </c>
       <c r="O36" s="9">
-        <v>0.10568000000000001</v>
+        <v>0</v>
       </c>
       <c r="P36" s="9">
-        <v>2.5100500000000001</v>
+        <v>0</v>
       </c>
       <c r="Q36" s="9">
-        <v>10.49076</v>
+        <v>0</v>
       </c>
       <c r="R36" s="9">
-        <v>4.5753000000000004</v>
+        <v>0</v>
       </c>
       <c r="S36" s="9">
-        <v>14.17896</v>
+        <v>0</v>
       </c>
       <c r="T36" s="9">
-        <v>-8.5922000000000001</v>
+        <v>0.18002000000000001</v>
       </c>
       <c r="U36" s="9">
-        <v>34.016469999999998</v>
+        <v>1.0500000000000002E-3</v>
       </c>
       <c r="V36" s="9">
-        <v>18.13381</v>
+        <v>-0.11544</v>
       </c>
       <c r="W36" s="9">
-        <v>131.78706</v>
+        <v>0.43756</v>
       </c>
       <c r="X36" s="9">
-        <v>-50.747839999999997</v>
+        <v>-1.8269999999999998E-2</v>
       </c>
       <c r="Y36" s="9">
-        <v>11.709389999999999</v>
+        <v>1.50928</v>
       </c>
       <c r="Z36" s="9">
-        <v>-264.10318000000001</v>
+        <v>8.4255400000000016</v>
       </c>
       <c r="AA36" s="9">
-        <v>-21.615009999999998</v>
+        <v>-0.75537999999999994</v>
       </c>
       <c r="AB36" s="9">
-        <v>-3.1892499999999999</v>
+        <v>-3.53992</v>
       </c>
       <c r="AC36" s="9">
-        <v>46.389830000000003</v>
+        <v>1.10608</v>
       </c>
       <c r="AD36" s="9">
-        <v>3.3401100000000001</v>
+        <v>3.52847</v>
       </c>
       <c r="AE36" s="9">
-        <v>12.173219999999999</v>
+        <v>11.807639999999999</v>
       </c>
       <c r="AF36" s="9">
-        <v>32.802500000000002</v>
+        <v>17.672689999999999</v>
       </c>
       <c r="AG36" s="9">
-        <v>-23.213930000000001</v>
+        <v>4.5880400000000003</v>
       </c>
       <c r="AH36" s="9">
-        <v>42.974550000000001</v>
+        <v>-24.602910000000001</v>
       </c>
       <c r="AI36" s="9">
-        <v>17.960129999999999</v>
+        <v>258.83789000000002</v>
       </c>
       <c r="AJ36" s="9">
-        <v>9.0203400000000009</v>
+        <v>-261.34554000000003</v>
       </c>
       <c r="AK36" s="10">
-        <v>21.040260000000021</v>
+        <v>17.716799999999999</v>
       </c>
     </row>
     <row r="37" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="33">
-        <v>92</v>
+        <v>63</v>
       </c>
       <c r="C37" s="27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D37" s="9">
         <v>0</v>
       </c>
       <c r="E37" s="9">
         <v>0</v>
       </c>
       <c r="F37" s="9">
         <v>0</v>
       </c>
       <c r="G37" s="9">
         <v>0</v>
       </c>
       <c r="H37" s="9">
         <v>0</v>
       </c>
       <c r="I37" s="9">
         <v>0</v>
       </c>
       <c r="J37" s="9">
         <v>0</v>
       </c>
       <c r="K37" s="9">
         <v>0</v>
       </c>
       <c r="L37" s="9">
         <v>0</v>
       </c>
       <c r="M37" s="9">
-        <v>0.25863999999999998</v>
+        <v>0</v>
       </c>
       <c r="N37" s="9">
-        <v>0.30772000000000005</v>
+        <v>0</v>
       </c>
       <c r="O37" s="9">
-        <v>-0.41941000000000001</v>
+        <v>0</v>
       </c>
       <c r="P37" s="9">
-        <v>-0.10603</v>
+        <v>0</v>
       </c>
       <c r="Q37" s="9">
-        <v>-2.0499999999999997E-3</v>
+        <v>0</v>
       </c>
       <c r="R37" s="9">
-        <v>3.7579999999999995E-2</v>
+        <v>0</v>
       </c>
       <c r="S37" s="9">
-        <v>-3.5909999999999997E-2</v>
+        <v>0</v>
       </c>
       <c r="T37" s="9">
-        <v>-7.5040000000000009E-2</v>
+        <v>0</v>
       </c>
       <c r="U37" s="9">
-        <v>0</v>
+        <v>5.2926000000000002</v>
       </c>
       <c r="V37" s="9">
-        <v>0</v>
+        <v>0.44130999999999998</v>
       </c>
       <c r="W37" s="9">
-        <v>0</v>
+        <v>2.7478000000000002</v>
       </c>
       <c r="X37" s="9">
-        <v>0</v>
+        <v>1.1809400000000001</v>
       </c>
       <c r="Y37" s="9">
-        <v>21.128220000000002</v>
+        <v>-1.53762</v>
       </c>
       <c r="Z37" s="9">
-        <v>0</v>
+        <v>0.71066999999999991</v>
       </c>
       <c r="AA37" s="9">
-        <v>0</v>
+        <v>0.27027999999999996</v>
       </c>
       <c r="AB37" s="9">
-        <v>0</v>
+        <v>14.70716</v>
       </c>
       <c r="AC37" s="9">
-        <v>1.0435399999999999</v>
+        <v>-13.96088</v>
       </c>
       <c r="AD37" s="9">
-        <v>1.5360499999999999</v>
+        <v>10.18239</v>
       </c>
       <c r="AE37" s="9">
-        <v>0.72387999999999997</v>
+        <v>-0.42586000000000002</v>
       </c>
       <c r="AF37" s="9">
-        <v>70.608440000000002</v>
+        <v>2.9205399999999999</v>
       </c>
       <c r="AG37" s="9">
-        <v>-2.3164899999999999</v>
+        <v>12.27608</v>
       </c>
       <c r="AH37" s="9">
-        <v>-79.165809999999993</v>
+        <v>-18.53997</v>
       </c>
       <c r="AI37" s="9">
-        <v>0.24305000000000002</v>
+        <v>2.9920500000000003</v>
       </c>
       <c r="AJ37" s="9">
-        <v>2.3672300000000002</v>
+        <v>-1.62666</v>
       </c>
       <c r="AK37" s="10">
-        <v>16.133610000000008</v>
+        <v>17.630830000000003</v>
       </c>
     </row>
     <row r="38" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="33">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="C38" s="27" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D38" s="9">
         <v>0</v>
       </c>
       <c r="E38" s="9">
         <v>0</v>
       </c>
       <c r="F38" s="9">
         <v>0</v>
       </c>
       <c r="G38" s="9">
         <v>0</v>
       </c>
       <c r="H38" s="9">
         <v>0</v>
       </c>
       <c r="I38" s="9">
         <v>0</v>
       </c>
       <c r="J38" s="9">
         <v>0</v>
       </c>
       <c r="K38" s="9">
         <v>0</v>
       </c>
       <c r="L38" s="9">
         <v>0</v>
       </c>
       <c r="M38" s="9">
-        <v>0</v>
+        <v>0.25863999999999998</v>
       </c>
       <c r="N38" s="9">
-        <v>0</v>
+        <v>0.30772000000000005</v>
       </c>
       <c r="O38" s="9">
-        <v>0</v>
+        <v>-0.41941000000000001</v>
       </c>
       <c r="P38" s="9">
-        <v>0</v>
+        <v>-0.10603</v>
       </c>
       <c r="Q38" s="9">
-        <v>0</v>
+        <v>-2.0499999999999997E-3</v>
       </c>
       <c r="R38" s="9">
-        <v>0</v>
+        <v>3.7579999999999995E-2</v>
       </c>
       <c r="S38" s="9">
-        <v>0</v>
+        <v>-3.5909999999999997E-2</v>
       </c>
       <c r="T38" s="9">
-        <v>0</v>
+        <v>-7.5040000000000009E-2</v>
       </c>
       <c r="U38" s="9">
-        <v>5.2926000000000002</v>
+        <v>0</v>
       </c>
       <c r="V38" s="9">
-        <v>0.44130999999999998</v>
+        <v>0</v>
       </c>
       <c r="W38" s="9">
-        <v>2.7478000000000002</v>
+        <v>0</v>
       </c>
       <c r="X38" s="9">
-        <v>1.1809400000000001</v>
+        <v>0</v>
       </c>
       <c r="Y38" s="9">
-        <v>-1.53762</v>
+        <v>21.128220000000002</v>
       </c>
       <c r="Z38" s="9">
-        <v>0.71066999999999991</v>
+        <v>0</v>
       </c>
       <c r="AA38" s="9">
-        <v>0.27027999999999996</v>
+        <v>0</v>
       </c>
       <c r="AB38" s="9">
-        <v>14.70716</v>
+        <v>0</v>
       </c>
       <c r="AC38" s="9">
-        <v>-13.96088</v>
+        <v>1.0435399999999999</v>
       </c>
       <c r="AD38" s="9">
-        <v>10.18239</v>
+        <v>1.5360499999999999</v>
       </c>
       <c r="AE38" s="9">
-        <v>-0.42586000000000002</v>
+        <v>0.72387999999999997</v>
       </c>
       <c r="AF38" s="9">
-        <v>2.9205399999999999</v>
+        <v>70.608440000000002</v>
       </c>
       <c r="AG38" s="9">
-        <v>12.27608</v>
+        <v>-2.3164899999999999</v>
       </c>
       <c r="AH38" s="9">
-        <v>-18.53997</v>
+        <v>-79.165809999999993</v>
       </c>
       <c r="AI38" s="9">
-        <v>2.9920500000000003</v>
+        <v>0.24305000000000002</v>
       </c>
       <c r="AJ38" s="9">
-        <v>-3.18466</v>
+        <v>2.4494400000000001</v>
       </c>
       <c r="AK38" s="10">
-        <v>16.07283</v>
+        <v>16.215820000000011</v>
       </c>
     </row>
     <row r="39" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="33">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="C39" s="27" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="D39" s="9">
         <v>0</v>
       </c>
       <c r="E39" s="9">
         <v>0</v>
       </c>
       <c r="F39" s="9">
         <v>0</v>
       </c>
       <c r="G39" s="9">
         <v>0</v>
       </c>
       <c r="H39" s="9">
         <v>0</v>
       </c>
       <c r="I39" s="9">
         <v>0</v>
       </c>
       <c r="J39" s="9">
         <v>0</v>
       </c>
       <c r="K39" s="9">
         <v>0</v>
       </c>
       <c r="L39" s="9">
         <v>0</v>
       </c>
       <c r="M39" s="9">
         <v>0</v>
       </c>
       <c r="N39" s="9">
-        <v>0</v>
+        <v>0.21406</v>
       </c>
       <c r="O39" s="9">
-        <v>0</v>
+        <v>0.37566000000000005</v>
       </c>
       <c r="P39" s="9">
-        <v>0</v>
+        <v>-2.2145100000000002</v>
       </c>
       <c r="Q39" s="9">
         <v>0</v>
       </c>
       <c r="R39" s="9">
-        <v>0</v>
+        <v>1.5009999999999999E-2</v>
       </c>
       <c r="S39" s="9">
-        <v>0</v>
+        <v>-0.35538999999999998</v>
       </c>
       <c r="T39" s="9">
-        <v>0.18002000000000001</v>
+        <v>-0.59844000000000008</v>
       </c>
       <c r="U39" s="9">
-        <v>1.0500000000000002E-3</v>
+        <v>-4.8689999999999997E-2</v>
       </c>
       <c r="V39" s="9">
-        <v>-0.11544</v>
+        <v>3.32E-2</v>
       </c>
       <c r="W39" s="9">
-        <v>0.43756</v>
+        <v>0.32580999999999999</v>
       </c>
       <c r="X39" s="9">
-        <v>-1.8269999999999998E-2</v>
+        <v>6.6019600000000001</v>
       </c>
       <c r="Y39" s="9">
-        <v>1.50928</v>
+        <v>-0.10249999999999999</v>
       </c>
       <c r="Z39" s="9">
-        <v>8.4255400000000016</v>
+        <v>2.5243099999999998</v>
       </c>
       <c r="AA39" s="9">
-        <v>-0.75537999999999994</v>
+        <v>0.26730000000000004</v>
       </c>
       <c r="AB39" s="9">
-        <v>-3.53992</v>
+        <v>0.23798</v>
       </c>
       <c r="AC39" s="9">
-        <v>1.10608</v>
+        <v>-5.638E-2</v>
       </c>
       <c r="AD39" s="9">
-        <v>3.52847</v>
+        <v>3.3460000000000004E-2</v>
       </c>
       <c r="AE39" s="9">
-        <v>11.807639999999999</v>
+        <v>0.52903</v>
       </c>
       <c r="AF39" s="9">
-        <v>17.672689999999999</v>
+        <v>0.33287</v>
       </c>
       <c r="AG39" s="9">
-        <v>4.5880400000000003</v>
+        <v>0.74438000000000004</v>
       </c>
       <c r="AH39" s="9">
-        <v>-24.602910000000001</v>
+        <v>0.36912</v>
       </c>
       <c r="AI39" s="9">
-        <v>258.83789000000002</v>
+        <v>1.0915599999999999</v>
       </c>
       <c r="AJ39" s="9">
-        <v>-264.61003999999997</v>
+        <v>3.2805200000000001</v>
       </c>
       <c r="AK39" s="10">
-        <v>14.452300000000029</v>
+        <v>13.60032</v>
       </c>
     </row>
     <row r="40" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="33">
         <v>24</v>
       </c>
       <c r="C40" s="27" t="s">
         <v>51</v>
       </c>
       <c r="D40" s="9">
         <v>0</v>
       </c>
       <c r="E40" s="9">
         <v>0</v>
       </c>
       <c r="F40" s="9">
         <v>0</v>
       </c>
       <c r="G40" s="9">
         <v>0</v>
       </c>
       <c r="H40" s="9">
         <v>8.0850399999999993</v>
       </c>
       <c r="I40" s="9">
@@ -5088,54 +5088,54 @@
       <c r="AB40" s="9">
         <v>0.15</v>
       </c>
       <c r="AC40" s="9">
         <v>-1.8949999999999998E-2</v>
       </c>
       <c r="AD40" s="9">
         <v>1.1036900000000001</v>
       </c>
       <c r="AE40" s="9">
         <v>-0.156</v>
       </c>
       <c r="AF40" s="9">
         <v>0.13700000000000001</v>
       </c>
       <c r="AG40" s="9">
         <v>0.68313999999999997</v>
       </c>
       <c r="AH40" s="9">
         <v>-0.12586</v>
       </c>
       <c r="AI40" s="9">
         <v>-0.74</v>
       </c>
       <c r="AJ40" s="9">
-        <v>-0.122</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="AK40" s="10">
-        <v>10.743040000000001</v>
+        <v>10.902040000000001</v>
       </c>
     </row>
     <row r="41" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="33">
         <v>25</v>
       </c>
       <c r="C41" s="27" t="s">
         <v>46</v>
       </c>
       <c r="D41" s="9">
         <v>2.5059999999999999E-2</v>
       </c>
       <c r="E41" s="9">
         <v>0</v>
       </c>
       <c r="F41" s="9">
         <v>5.1139999999999998E-2</v>
       </c>
       <c r="G41" s="9">
         <v>0.11206000000000001</v>
       </c>
       <c r="H41" s="9">
         <v>5.1929999999999997E-2</v>
       </c>
       <c r="I41" s="9">
@@ -5198,54 +5198,54 @@
       <c r="AB41" s="9">
         <v>-15.873430000000001</v>
       </c>
       <c r="AC41" s="9">
         <v>-6.62331</v>
       </c>
       <c r="AD41" s="9">
         <v>14.930200000000001</v>
       </c>
       <c r="AE41" s="9">
         <v>-3.3969899999999997</v>
       </c>
       <c r="AF41" s="9">
         <v>-3.1823099999999998</v>
       </c>
       <c r="AG41" s="9">
         <v>0.8921</v>
       </c>
       <c r="AH41" s="9">
         <v>-1.8117999999999999</v>
       </c>
       <c r="AI41" s="9">
         <v>-7.4918500000000003</v>
       </c>
       <c r="AJ41" s="9">
-        <v>-3.9114499999999999</v>
+        <v>-2.9984600000000001</v>
       </c>
       <c r="AK41" s="10">
-        <v>9.8639100000000024</v>
+        <v>10.776899999999999</v>
       </c>
     </row>
     <row r="42" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="33">
         <v>3</v>
       </c>
       <c r="C42" s="27" t="s">
         <v>83</v>
       </c>
       <c r="D42" s="9">
         <v>0</v>
       </c>
       <c r="E42" s="9">
         <v>0</v>
       </c>
       <c r="F42" s="9">
         <v>0</v>
       </c>
       <c r="G42" s="9">
         <v>0</v>
       </c>
       <c r="H42" s="9">
         <v>0</v>
       </c>
       <c r="I42" s="9">
@@ -5418,274 +5418,274 @@
       <c r="AB43" s="9">
         <v>0</v>
       </c>
       <c r="AC43" s="9">
         <v>0</v>
       </c>
       <c r="AD43" s="9">
         <v>8.1910399999999992</v>
       </c>
       <c r="AE43" s="9">
         <v>2.4141399999999997</v>
       </c>
       <c r="AF43" s="9">
         <v>2.4167399999999999</v>
       </c>
       <c r="AG43" s="9">
         <v>-8.2484599999999997</v>
       </c>
       <c r="AH43" s="9">
         <v>3.5382099999999999</v>
       </c>
       <c r="AI43" s="9">
         <v>-4.2892600000000005</v>
       </c>
       <c r="AJ43" s="9">
-        <v>2.2258400000000003</v>
+        <v>2.3061700000000003</v>
       </c>
       <c r="AK43" s="10">
-        <v>6.2482499999999996</v>
+        <v>6.3285799999999997</v>
       </c>
     </row>
     <row r="44" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="33">
-        <v>77</v>
+        <v>43</v>
       </c>
       <c r="C44" s="27" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D44" s="9">
         <v>0</v>
       </c>
       <c r="E44" s="9">
         <v>0</v>
       </c>
       <c r="F44" s="9">
         <v>0</v>
       </c>
       <c r="G44" s="9">
         <v>0</v>
       </c>
       <c r="H44" s="9">
-        <v>0</v>
+        <v>1.0353599999999998</v>
       </c>
       <c r="I44" s="9">
         <v>0</v>
       </c>
       <c r="J44" s="9">
         <v>0</v>
       </c>
       <c r="K44" s="9">
-        <v>0</v>
+        <v>6.368E-2</v>
       </c>
       <c r="L44" s="9">
-        <v>0</v>
+        <v>-6.368E-2</v>
       </c>
       <c r="M44" s="9">
         <v>0</v>
       </c>
       <c r="N44" s="9">
-        <v>1.4973800000000002</v>
+        <v>0</v>
       </c>
       <c r="O44" s="9">
-        <v>3.2877700000000001</v>
+        <v>0</v>
       </c>
       <c r="P44" s="9">
-        <v>-1.6749100000000001</v>
+        <v>1.08979</v>
       </c>
       <c r="Q44" s="9">
-        <v>-0.30660999999999999</v>
+        <v>-0.10507</v>
       </c>
       <c r="R44" s="9">
-        <v>11.32117</v>
+        <v>-0.12665000000000001</v>
       </c>
       <c r="S44" s="9">
-        <v>-0.38201999999999997</v>
+        <v>-0.38047000000000003</v>
       </c>
       <c r="T44" s="9">
-        <v>-1.03576</v>
+        <v>-1.4932099999999999</v>
       </c>
       <c r="U44" s="9">
-        <v>4.8890000000000003E-2</v>
+        <v>-0.17580000000000001</v>
       </c>
       <c r="V44" s="9">
-        <v>0.49707999999999997</v>
+        <v>9.7672099999999986</v>
       </c>
       <c r="W44" s="9">
-        <v>0</v>
+        <v>0.62919000000000003</v>
       </c>
       <c r="X44" s="9">
-        <v>4.8189999999999997E-2</v>
+        <v>-1.5081900000000001</v>
       </c>
       <c r="Y44" s="9">
-        <v>-10.744</v>
+        <v>-1.3108199999999999</v>
       </c>
       <c r="Z44" s="9">
-        <v>6.2670000000000003E-2</v>
+        <v>-0.77124999999999999</v>
       </c>
       <c r="AA44" s="9">
-        <v>-6.0039999999999996E-2</v>
+        <v>-0.88773999999999997</v>
       </c>
       <c r="AB44" s="9">
-        <v>0</v>
+        <v>-0.27495999999999998</v>
       </c>
       <c r="AC44" s="9">
-        <v>0.20113999999999999</v>
+        <v>-1.07907</v>
       </c>
       <c r="AD44" s="9">
-        <v>-0.19692999999999999</v>
+        <v>0.1026</v>
       </c>
       <c r="AE44" s="9">
-        <v>1.4599999999999999E-3</v>
+        <v>-0.61538000000000004</v>
       </c>
       <c r="AF44" s="9">
-        <v>-1.4499999999999999E-3</v>
+        <v>-0.61012</v>
       </c>
       <c r="AG44" s="9">
-        <v>0.44914999999999999</v>
+        <v>1.12456</v>
       </c>
       <c r="AH44" s="9">
-        <v>0</v>
+        <v>3.1758600000000001</v>
       </c>
       <c r="AI44" s="9">
-        <v>1.97261</v>
+        <v>-1.78148</v>
       </c>
       <c r="AJ44" s="9">
-        <v>0.42413999999999996</v>
+        <v>-1.40011</v>
       </c>
       <c r="AK44" s="10">
-        <v>5.4099300000000001</v>
+        <v>4.4042499999999993</v>
       </c>
     </row>
     <row r="45" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="33">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="C45" s="27" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D45" s="9">
         <v>0</v>
       </c>
       <c r="E45" s="9">
         <v>0</v>
       </c>
       <c r="F45" s="9">
         <v>0</v>
       </c>
       <c r="G45" s="9">
         <v>0</v>
       </c>
       <c r="H45" s="9">
-        <v>1.0353599999999998</v>
+        <v>0</v>
       </c>
       <c r="I45" s="9">
         <v>0</v>
       </c>
       <c r="J45" s="9">
         <v>0</v>
       </c>
       <c r="K45" s="9">
-        <v>6.368E-2</v>
+        <v>0</v>
       </c>
       <c r="L45" s="9">
-        <v>-6.368E-2</v>
+        <v>0</v>
       </c>
       <c r="M45" s="9">
         <v>0</v>
       </c>
       <c r="N45" s="9">
-        <v>0</v>
+        <v>1.4973800000000002</v>
       </c>
       <c r="O45" s="9">
-        <v>0</v>
+        <v>3.2877700000000001</v>
       </c>
       <c r="P45" s="9">
-        <v>1.08979</v>
+        <v>-1.6749100000000001</v>
       </c>
       <c r="Q45" s="9">
-        <v>-0.10507</v>
+        <v>-0.30660999999999999</v>
       </c>
       <c r="R45" s="9">
-        <v>-0.12665000000000001</v>
+        <v>11.32117</v>
       </c>
       <c r="S45" s="9">
-        <v>-0.38047000000000003</v>
+        <v>-0.38201999999999997</v>
       </c>
       <c r="T45" s="9">
-        <v>-1.4932099999999999</v>
+        <v>-1.03576</v>
       </c>
       <c r="U45" s="9">
-        <v>-0.17580000000000001</v>
+        <v>4.8890000000000003E-2</v>
       </c>
       <c r="V45" s="9">
-        <v>9.7672099999999986</v>
+        <v>0.49707999999999997</v>
       </c>
       <c r="W45" s="9">
-        <v>0.62919000000000003</v>
+        <v>0</v>
       </c>
       <c r="X45" s="9">
-        <v>-1.5081900000000001</v>
+        <v>4.8189999999999997E-2</v>
       </c>
       <c r="Y45" s="9">
-        <v>-1.3108199999999999</v>
+        <v>-10.744</v>
       </c>
       <c r="Z45" s="9">
-        <v>-0.77124999999999999</v>
+        <v>6.2670000000000003E-2</v>
       </c>
       <c r="AA45" s="9">
-        <v>-0.88773999999999997</v>
+        <v>-6.0039999999999996E-2</v>
       </c>
       <c r="AB45" s="9">
-        <v>-0.27495999999999998</v>
+        <v>0</v>
       </c>
       <c r="AC45" s="9">
-        <v>-1.07907</v>
+        <v>0.20113999999999999</v>
       </c>
       <c r="AD45" s="9">
-        <v>0.1026</v>
+        <v>-0.19692999999999999</v>
       </c>
       <c r="AE45" s="9">
-        <v>-0.61538000000000004</v>
+        <v>1.4599999999999999E-3</v>
       </c>
       <c r="AF45" s="9">
-        <v>-0.61012</v>
+        <v>-1.4499999999999999E-3</v>
       </c>
       <c r="AG45" s="9">
-        <v>1.12456</v>
+        <v>0.44914999999999999</v>
       </c>
       <c r="AH45" s="9">
-        <v>3.1758600000000001</v>
+        <v>0</v>
       </c>
       <c r="AI45" s="9">
-        <v>-1.78148</v>
+        <v>1.97261</v>
       </c>
       <c r="AJ45" s="9">
-        <v>-0.90273999999999999</v>
+        <v>-1.9662999999999999</v>
       </c>
       <c r="AK45" s="10">
-        <v>4.9016199999999994</v>
+        <v>3.0194899999999998</v>
       </c>
     </row>
     <row r="46" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="33">
         <v>42</v>
       </c>
       <c r="C46" s="27" t="s">
         <v>55</v>
       </c>
       <c r="D46" s="9">
         <v>0</v>
       </c>
       <c r="E46" s="9">
         <v>0</v>
       </c>
       <c r="F46" s="9">
         <v>0</v>
       </c>
       <c r="G46" s="9">
         <v>0</v>
       </c>
       <c r="H46" s="9">
         <v>2.4550000000000002E-2</v>
       </c>
       <c r="I46" s="9">
@@ -5748,54 +5748,54 @@
       <c r="AB46" s="9">
         <v>2.85121</v>
       </c>
       <c r="AC46" s="9">
         <v>0.34205000000000002</v>
       </c>
       <c r="AD46" s="9">
         <v>-0.86297999999999997</v>
       </c>
       <c r="AE46" s="9">
         <v>-1.78111</v>
       </c>
       <c r="AF46" s="9">
         <v>-3.6732399999999998</v>
       </c>
       <c r="AG46" s="9">
         <v>-1.01298</v>
       </c>
       <c r="AH46" s="9">
         <v>5.8567</v>
       </c>
       <c r="AI46" s="9">
         <v>-3.4391700000000003</v>
       </c>
       <c r="AJ46" s="9">
-        <v>37.65831</v>
+        <v>24.233580000000003</v>
       </c>
       <c r="AK46" s="10">
-        <v>-3.0552500000000009</v>
+        <v>-16.479980000000001</v>
       </c>
     </row>
     <row r="47" spans="2:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="33">
         <v>79</v>
       </c>
       <c r="C47" s="27" t="s">
         <v>56</v>
       </c>
       <c r="D47" s="9">
         <v>0</v>
       </c>
       <c r="E47" s="9">
         <v>0</v>
       </c>
       <c r="F47" s="9">
         <v>0</v>
       </c>
       <c r="G47" s="9">
         <v>0</v>
       </c>
       <c r="H47" s="9">
         <v>0.41696</v>
       </c>
       <c r="I47" s="9">
@@ -5968,54 +5968,54 @@
       <c r="AB48" s="9">
         <v>-17.133959999999998</v>
       </c>
       <c r="AC48" s="9">
         <v>42.633989999999997</v>
       </c>
       <c r="AD48" s="9">
         <v>1.0627599999999999</v>
       </c>
       <c r="AE48" s="9">
         <v>-3.52251</v>
       </c>
       <c r="AF48" s="9">
         <v>-8.3191600000000001</v>
       </c>
       <c r="AG48" s="9">
         <v>-51.871859999999998</v>
       </c>
       <c r="AH48" s="9">
         <v>101.85778999999999</v>
       </c>
       <c r="AI48" s="9">
         <v>-13.98011</v>
       </c>
       <c r="AJ48" s="9">
-        <v>16.220489999999998</v>
+        <v>21.108319999999999</v>
       </c>
       <c r="AK48" s="10">
-        <v>-60.610770000000038</v>
+        <v>-55.722940000000051</v>
       </c>
     </row>
     <row r="49" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="33">
         <v>30</v>
       </c>
       <c r="C49" s="27" t="s">
         <v>53</v>
       </c>
       <c r="D49" s="9">
         <v>0</v>
       </c>
       <c r="E49" s="9">
         <v>8.0299999999999989E-3</v>
       </c>
       <c r="F49" s="9">
         <v>0</v>
       </c>
       <c r="G49" s="9">
         <v>0</v>
       </c>
       <c r="H49" s="9">
         <v>0</v>
       </c>
       <c r="I49" s="9">
@@ -6078,54 +6078,54 @@
       <c r="AB49" s="9">
         <v>-0.52561000000000002</v>
       </c>
       <c r="AC49" s="9">
         <v>-4.2146099999999995</v>
       </c>
       <c r="AD49" s="9">
         <v>-0.48704000000000003</v>
       </c>
       <c r="AE49" s="9">
         <v>-2.5483500000000001</v>
       </c>
       <c r="AF49" s="9">
         <v>-12.471410000000001</v>
       </c>
       <c r="AG49" s="9">
         <v>-74.639979999999994</v>
       </c>
       <c r="AH49" s="9">
         <v>-0.39356000000000002</v>
       </c>
       <c r="AI49" s="9">
         <v>-0.93186999999999998</v>
       </c>
       <c r="AJ49" s="9">
-        <v>-0.21793000000000001</v>
+        <v>-0.25292999999999999</v>
       </c>
       <c r="AK49" s="10">
-        <v>-90.632220000000004</v>
+        <v>-90.66722</v>
       </c>
     </row>
     <row r="50" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="33">
         <v>20</v>
       </c>
       <c r="C50" s="27" t="s">
         <v>59</v>
       </c>
       <c r="D50" s="9">
         <v>0</v>
       </c>
       <c r="E50" s="9">
         <v>0</v>
       </c>
       <c r="F50" s="9">
         <v>0</v>
       </c>
       <c r="G50" s="9">
         <v>0</v>
       </c>
       <c r="H50" s="9">
         <v>2.8239999999999998E-2</v>
       </c>
       <c r="I50" s="9">
@@ -6188,54 +6188,54 @@
       <c r="AB50" s="9">
         <v>-0.43854000000000004</v>
       </c>
       <c r="AC50" s="9">
         <v>-2.7792800000000004</v>
       </c>
       <c r="AD50" s="9">
         <v>-1.00146</v>
       </c>
       <c r="AE50" s="9">
         <v>1.26298</v>
       </c>
       <c r="AF50" s="9">
         <v>-0.33966000000000002</v>
       </c>
       <c r="AG50" s="9">
         <v>-1.0344599999999999</v>
       </c>
       <c r="AH50" s="9">
         <v>-2.0910000000000002E-2</v>
       </c>
       <c r="AI50" s="9">
         <v>5.9220000000000002E-2</v>
       </c>
       <c r="AJ50" s="9">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="AK50" s="10">
-        <v>-147.66948000000002</v>
+        <v>-147.65948</v>
       </c>
     </row>
     <row r="51" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="33">
         <v>9</v>
       </c>
       <c r="C51" s="27" t="s">
         <v>60</v>
       </c>
       <c r="D51" s="9">
         <v>0</v>
       </c>
       <c r="E51" s="9">
         <v>0</v>
       </c>
       <c r="F51" s="9">
         <v>0</v>
       </c>
       <c r="G51" s="9">
         <v>7.9086099999999995</v>
       </c>
       <c r="H51" s="9">
         <v>0</v>
       </c>
       <c r="I51" s="9">
@@ -6298,163 +6298,163 @@
       <c r="AB51" s="9">
         <v>-29.961860000000001</v>
       </c>
       <c r="AC51" s="9">
         <v>-12.545860000000001</v>
       </c>
       <c r="AD51" s="9">
         <v>-3.3816999999999999</v>
       </c>
       <c r="AE51" s="9">
         <v>-25.417150000000003</v>
       </c>
       <c r="AF51" s="9">
         <v>6.9193999999999996</v>
       </c>
       <c r="AG51" s="9">
         <v>1.4997400000000001</v>
       </c>
       <c r="AH51" s="9">
         <v>0.8629</v>
       </c>
       <c r="AI51" s="9">
         <v>-0.85439999999999994</v>
       </c>
       <c r="AJ51" s="9">
-        <v>-0.20349999999999999</v>
+        <v>-0.64400000000000002</v>
       </c>
       <c r="AK51" s="10">
-        <v>-466.68319000000002</v>
+        <v>-467.12369000000001</v>
       </c>
     </row>
     <row r="52" spans="1:37" s="5" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="1"/>
       <c r="B52" s="18"/>
       <c r="C52" s="19" t="s">
         <v>73</v>
       </c>
       <c r="D52" s="20">
         <v>-5.7999999985014483E-6</v>
       </c>
       <c r="E52" s="20">
-        <v>4.9999999998107114E-6</v>
+        <v>5.0000000006988898E-6</v>
       </c>
       <c r="F52" s="20">
         <v>-2.8000000007466497E-6</v>
       </c>
       <c r="G52" s="20">
         <v>3.7000000006059963E-6</v>
       </c>
       <c r="H52" s="20">
         <v>-5.3720799999979363E-2</v>
       </c>
       <c r="I52" s="20">
         <v>0.33232320000001891</v>
       </c>
       <c r="J52" s="20">
-        <v>0.14223649999998145</v>
+        <v>0.14223649999999566</v>
       </c>
       <c r="K52" s="20">
-        <v>-1.4778600000020958E-2</v>
+        <v>-1.4778600000006747E-2</v>
       </c>
       <c r="L52" s="20">
         <v>0.10744229999997401</v>
       </c>
       <c r="M52" s="20">
         <v>7.0373700000118333E-2</v>
       </c>
       <c r="N52" s="20">
         <v>3.841796599999995</v>
       </c>
       <c r="O52" s="20">
         <v>2.1589437999999177</v>
       </c>
       <c r="P52" s="20">
         <v>4.4531703000000675</v>
       </c>
       <c r="Q52" s="20">
         <v>5.8325887999999964</v>
       </c>
       <c r="R52" s="20">
         <v>4.5579027000000565</v>
       </c>
       <c r="S52" s="20">
         <v>4.4906715000006443</v>
       </c>
       <c r="T52" s="20">
         <v>3.5556680999999344</v>
       </c>
       <c r="U52" s="20">
         <v>2.9277867000000128</v>
       </c>
       <c r="V52" s="20">
         <v>5.9693951000000212</v>
       </c>
       <c r="W52" s="20">
-        <v>3.0084008999999909</v>
+        <v>3.0084009000000478</v>
       </c>
       <c r="X52" s="20">
-        <v>3.7638531000000484</v>
+        <v>3.7638531000000768</v>
       </c>
       <c r="Y52" s="20">
         <v>1415.0570698999998</v>
       </c>
       <c r="Z52" s="20">
         <v>-1291.2265799999993</v>
       </c>
       <c r="AA52" s="20">
         <v>0.52194339999994099</v>
       </c>
       <c r="AB52" s="20">
         <v>-11.455374799999845</v>
       </c>
       <c r="AC52" s="20">
         <v>-9.7893111000000204</v>
       </c>
       <c r="AD52" s="20">
         <v>-9.176503099999934</v>
       </c>
       <c r="AE52" s="20">
         <v>21.243626499999976</v>
       </c>
       <c r="AF52" s="20">
         <v>-165.27281280000011</v>
       </c>
       <c r="AG52" s="20">
         <v>-164.7587494</v>
       </c>
       <c r="AH52" s="20">
         <v>-211.69337220000057</v>
       </c>
       <c r="AI52" s="20">
         <v>109.0518304000002</v>
       </c>
       <c r="AJ52" s="20">
-        <v>109.88884849999997</v>
+        <v>150.63765280000001</v>
       </c>
       <c r="AK52" s="30">
-        <v>-162.4653307000026</v>
+        <v>-121.71652639999593</v>
       </c>
     </row>
     <row r="53" spans="1:37" s="5" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="1"/>
       <c r="B53" s="4"/>
       <c r="C53" s="3" t="s">
         <v>74</v>
       </c>
       <c r="D53" s="9">
         <v>0.88651610000000003</v>
       </c>
       <c r="E53" s="9">
         <v>-4.7765000000001834E-3</v>
       </c>
       <c r="F53" s="9">
         <v>-8.4030000000003824E-3</v>
       </c>
       <c r="G53" s="9">
         <v>3.7023344000000016</v>
       </c>
       <c r="H53" s="9">
         <v>24.260009999999998</v>
       </c>
       <c r="I53" s="9">
         <v>13.09906</v>
@@ -6516,54 +6516,54 @@
       <c r="AB53" s="9">
         <v>54.059119457495505</v>
       </c>
       <c r="AC53" s="9">
         <v>5.2849506153863395</v>
       </c>
       <c r="AD53" s="9">
         <v>-87.617890059555151</v>
       </c>
       <c r="AE53" s="9">
         <v>93.951861222831269</v>
       </c>
       <c r="AF53" s="9">
         <v>317.45090104974304</v>
       </c>
       <c r="AG53" s="9">
         <v>-30.702959864537185</v>
       </c>
       <c r="AH53" s="9">
         <v>-63.405382019135303</v>
       </c>
       <c r="AI53" s="9">
         <v>81.963658034393688</v>
       </c>
       <c r="AJ53" s="9">
-        <v>-105.54675821587924</v>
+        <v>-202.53611704781503</v>
       </c>
       <c r="AK53" s="10">
-        <v>744.61924430587737</v>
+        <v>647.62988547393957</v>
       </c>
     </row>
     <row r="54" spans="1:37" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="1"/>
       <c r="B54" s="4"/>
       <c r="C54" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D54" s="17">
         <v>15.1804203</v>
       </c>
       <c r="E54" s="17">
         <v>5.6880685</v>
       </c>
       <c r="F54" s="17">
         <v>5.3924741999999997</v>
       </c>
       <c r="G54" s="17">
         <v>20.708338100000002</v>
       </c>
       <c r="H54" s="17">
         <v>220.68569919999999</v>
       </c>
       <c r="I54" s="17">
         <v>134.6786932</v>
@@ -6625,54 +6625,54 @@
       <c r="AB54" s="17">
         <v>474.56724465749551</v>
       </c>
       <c r="AC54" s="17">
         <v>263.18808951538631</v>
       </c>
       <c r="AD54" s="17">
         <v>73.872596840444857</v>
       </c>
       <c r="AE54" s="17">
         <v>318.65403772283122</v>
       </c>
       <c r="AF54" s="17">
         <v>826.26906824974287</v>
       </c>
       <c r="AG54" s="17">
         <v>-383.87880926453721</v>
       </c>
       <c r="AH54" s="17">
         <v>1379.1385457808647</v>
       </c>
       <c r="AI54" s="17">
         <v>2582.9253384343938</v>
       </c>
       <c r="AJ54" s="17">
-        <v>16.998030284120759</v>
+        <v>282.22966575218493</v>
       </c>
       <c r="AK54" s="17">
-        <v>11250.894753605877</v>
+        <v>11516.126389073941</v>
       </c>
     </row>
     <row r="55" spans="1:37" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="14"/>
       <c r="C55" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D55" s="16"/>
       <c r="E55" s="16"/>
       <c r="F55" s="16"/>
       <c r="G55" s="16"/>
       <c r="H55" s="16"/>
       <c r="I55" s="16"/>
       <c r="J55" s="16"/>
       <c r="K55" s="16"/>
       <c r="L55" s="16"/>
       <c r="M55" s="16"/>
       <c r="N55" s="16"/>
       <c r="O55" s="16"/>
       <c r="P55" s="16"/>
       <c r="Q55" s="16"/>
       <c r="R55" s="16"/>
       <c r="S55" s="16">
         <v>825.7</v>
       </c>