--- v0 (2025-10-01)
+++ v1 (2025-12-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250731 - objava 20250930\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250930 - objava 20251130\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="3885" yWindow="465" windowWidth="28800" windowHeight="17745"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
@@ -649,51 +649,91 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="3"/>
     <cellStyle name="Napomene" xfId="4"/>
     <cellStyle name="Naslov 1" xfId="1" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="2" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normalno 2" xfId="10"/>
     <cellStyle name="Normalno 3" xfId="11"/>
     <cellStyle name="Tanka linija ispod" xfId="5"/>
     <cellStyle name="Ukupno" xfId="6"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="7"/>
     <cellStyle name="Zadnji redak" xfId="8"/>
     <cellStyle name="Zaglavlje" xfId="9"/>
   </cellStyles>
-  <dxfs count="63">
+  <dxfs count="67">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C6500"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFEB9C"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C6500"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFEB9C"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C6500"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -1551,65 +1591,65 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FJ120"/>
+  <dimension ref="B1:FL120"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="55.6640625" customWidth="1"/>
-    <col min="105" max="166" width="10.6640625" style="8"/>
+    <col min="105" max="168" width="10.6640625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="14"/>
     </row>
-    <row r="2" spans="2:166" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:168" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="31" t="s">
         <v>24</v>
       </c>
       <c r="H2" s="17"/>
       <c r="I2" s="18"/>
       <c r="DA2" s="8"/>
       <c r="DB2" s="8"/>
       <c r="DC2" s="8"/>
       <c r="DD2" s="8"/>
       <c r="DE2" s="8"/>
       <c r="DF2" s="8"/>
       <c r="DG2" s="8"/>
       <c r="DH2" s="8"/>
       <c r="DI2" s="8"/>
       <c r="DJ2" s="8"/>
       <c r="DK2" s="8"/>
       <c r="DL2" s="8"/>
       <c r="DM2" s="8"/>
       <c r="DN2" s="8"/>
       <c r="DO2" s="8"/>
       <c r="DP2" s="8"/>
       <c r="DQ2" s="8"/>
       <c r="DR2" s="8"/>
       <c r="DS2" s="8"/>
       <c r="DT2" s="8"/>
@@ -1633,52 +1673,54 @@
       <c r="EL2" s="8"/>
       <c r="EM2" s="8"/>
       <c r="EN2" s="8"/>
       <c r="EO2" s="8"/>
       <c r="EP2" s="8"/>
       <c r="EQ2" s="8"/>
       <c r="ER2" s="8"/>
       <c r="ES2" s="8"/>
       <c r="ET2" s="8"/>
       <c r="EU2" s="8"/>
       <c r="EV2" s="8"/>
       <c r="EW2" s="8"/>
       <c r="EX2" s="8"/>
       <c r="EY2" s="8"/>
       <c r="EZ2" s="8"/>
       <c r="FA2" s="8"/>
       <c r="FB2" s="8"/>
       <c r="FC2" s="8"/>
       <c r="FD2" s="8"/>
       <c r="FE2" s="8"/>
       <c r="FF2" s="8"/>
       <c r="FG2" s="8"/>
       <c r="FH2" s="8"/>
       <c r="FI2" s="8"/>
       <c r="FJ2" s="8"/>
+      <c r="FK2" s="8"/>
+      <c r="FL2" s="8"/>
     </row>
-    <row r="3" spans="2:166" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:168" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="32" t="s">
         <v>21</v>
       </c>
       <c r="DA3" s="8"/>
       <c r="DB3" s="8"/>
       <c r="DC3" s="8"/>
       <c r="DD3" s="8"/>
       <c r="DE3" s="8"/>
       <c r="DF3" s="8"/>
       <c r="DG3" s="8"/>
       <c r="DH3" s="8"/>
       <c r="DI3" s="8"/>
       <c r="DJ3" s="8"/>
       <c r="DK3" s="8"/>
       <c r="DL3" s="8"/>
       <c r="DM3" s="8"/>
       <c r="DN3" s="8"/>
       <c r="DO3" s="8"/>
       <c r="DP3" s="8"/>
       <c r="DQ3" s="8"/>
       <c r="DR3" s="8"/>
       <c r="DS3" s="8"/>
       <c r="DT3" s="8"/>
       <c r="DU3" s="8"/>
       <c r="DV3" s="8"/>
@@ -1700,52 +1742,54 @@
       <c r="EL3" s="8"/>
       <c r="EM3" s="8"/>
       <c r="EN3" s="8"/>
       <c r="EO3" s="8"/>
       <c r="EP3" s="8"/>
       <c r="EQ3" s="8"/>
       <c r="ER3" s="8"/>
       <c r="ES3" s="8"/>
       <c r="ET3" s="8"/>
       <c r="EU3" s="8"/>
       <c r="EV3" s="8"/>
       <c r="EW3" s="8"/>
       <c r="EX3" s="8"/>
       <c r="EY3" s="8"/>
       <c r="EZ3" s="8"/>
       <c r="FA3" s="8"/>
       <c r="FB3" s="8"/>
       <c r="FC3" s="8"/>
       <c r="FD3" s="8"/>
       <c r="FE3" s="8"/>
       <c r="FF3" s="8"/>
       <c r="FG3" s="8"/>
       <c r="FH3" s="8"/>
       <c r="FI3" s="8"/>
       <c r="FJ3" s="8"/>
+      <c r="FK3" s="8"/>
+      <c r="FL3" s="8"/>
     </row>
-    <row r="4" spans="2:166" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="1"/>
       <c r="DA4" s="6"/>
       <c r="DB4" s="6"/>
       <c r="DC4" s="6"/>
       <c r="DD4" s="6"/>
       <c r="DE4" s="6"/>
       <c r="DF4" s="6"/>
       <c r="DG4" s="6"/>
       <c r="DH4" s="6"/>
       <c r="DI4" s="6"/>
       <c r="DJ4" s="6"/>
       <c r="DK4" s="6"/>
       <c r="DL4" s="6"/>
       <c r="DM4" s="6"/>
       <c r="DN4" s="6"/>
       <c r="DO4" s="6"/>
       <c r="DP4" s="6"/>
       <c r="DQ4" s="6"/>
       <c r="DR4" s="6"/>
       <c r="DS4" s="6"/>
       <c r="DT4" s="6"/>
       <c r="DU4" s="6"/>
       <c r="DV4" s="6"/>
       <c r="DW4" s="6"/>
       <c r="DX4" s="6"/>
@@ -1765,52 +1809,54 @@
       <c r="EL4" s="6"/>
       <c r="EM4" s="6"/>
       <c r="EN4" s="6"/>
       <c r="EO4" s="6"/>
       <c r="EP4" s="6"/>
       <c r="EQ4" s="6"/>
       <c r="ER4" s="6"/>
       <c r="ES4" s="6"/>
       <c r="ET4" s="6"/>
       <c r="EU4" s="6"/>
       <c r="EV4" s="6"/>
       <c r="EW4" s="6"/>
       <c r="EX4" s="6"/>
       <c r="EY4" s="6"/>
       <c r="EZ4" s="6"/>
       <c r="FA4" s="6"/>
       <c r="FB4" s="6"/>
       <c r="FC4" s="6"/>
       <c r="FD4" s="6"/>
       <c r="FE4" s="6"/>
       <c r="FF4" s="6"/>
       <c r="FG4" s="6"/>
       <c r="FH4" s="6"/>
       <c r="FI4" s="6"/>
       <c r="FJ4" s="6"/>
+      <c r="FK4" s="6"/>
+      <c r="FL4" s="6"/>
     </row>
-    <row r="5" spans="2:166" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:168" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="9"/>
       <c r="AM5" s="5"/>
       <c r="AN5" s="5"/>
       <c r="AO5" s="5"/>
       <c r="AP5" s="5"/>
       <c r="AQ5" s="5"/>
       <c r="AR5" s="5"/>
       <c r="AS5" s="5"/>
       <c r="AT5" s="9"/>
       <c r="AU5" s="9"/>
       <c r="AV5" s="9"/>
       <c r="AW5" s="9"/>
       <c r="AX5" s="9"/>
       <c r="AY5" s="9"/>
       <c r="AZ5" s="9"/>
       <c r="BA5" s="9"/>
       <c r="BB5" s="9"/>
       <c r="BC5" s="9"/>
       <c r="BD5" s="9"/>
       <c r="BE5" s="9"/>
       <c r="BF5" s="9"/>
       <c r="BG5" s="9"/>
       <c r="BH5" s="9"/>
       <c r="BQ5" s="9"/>
       <c r="BZ5" s="9"/>
@@ -1879,52 +1925,54 @@
       <c r="EL5" s="6"/>
       <c r="EM5" s="6"/>
       <c r="EN5" s="6"/>
       <c r="EO5" s="6"/>
       <c r="EP5" s="6"/>
       <c r="EQ5" s="6"/>
       <c r="ER5" s="6"/>
       <c r="ES5" s="6"/>
       <c r="ET5" s="6"/>
       <c r="EU5" s="6"/>
       <c r="EV5" s="6"/>
       <c r="EW5" s="6"/>
       <c r="EX5" s="6"/>
       <c r="EY5" s="6"/>
       <c r="EZ5" s="6"/>
       <c r="FA5" s="6"/>
       <c r="FB5" s="6"/>
       <c r="FC5" s="6"/>
       <c r="FD5" s="6"/>
       <c r="FE5" s="6"/>
       <c r="FF5" s="6"/>
       <c r="FG5" s="6"/>
       <c r="FH5" s="6"/>
       <c r="FI5" s="6"/>
       <c r="FJ5" s="6"/>
+      <c r="FK5" s="6"/>
+      <c r="FL5" s="6"/>
     </row>
-    <row r="6" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="12">
         <v>40908</v>
       </c>
       <c r="D6" s="12">
         <v>40939</v>
       </c>
       <c r="E6" s="12">
         <v>40968</v>
       </c>
       <c r="F6" s="12">
         <v>40999</v>
       </c>
       <c r="G6" s="12">
         <v>41029</v>
       </c>
       <c r="H6" s="12">
         <v>41060</v>
       </c>
       <c r="I6" s="12">
         <v>41090</v>
       </c>
       <c r="J6" s="12">
         <v>41121</v>
       </c>
@@ -2374,52 +2422,58 @@
       </c>
       <c r="FC6" s="12">
         <v>45657</v>
       </c>
       <c r="FD6" s="12">
         <v>45688</v>
       </c>
       <c r="FE6" s="12">
         <v>45716</v>
       </c>
       <c r="FF6" s="12">
         <v>45747</v>
       </c>
       <c r="FG6" s="12">
         <v>45777</v>
       </c>
       <c r="FH6" s="12">
         <v>45808</v>
       </c>
       <c r="FI6" s="12">
         <v>45838</v>
       </c>
       <c r="FJ6" s="12">
         <v>45869</v>
       </c>
+      <c r="FK6" s="12">
+        <v>45900</v>
+      </c>
+      <c r="FL6" s="12">
+        <v>45930</v>
+      </c>
     </row>
-    <row r="7" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
@@ -2543,52 +2597,54 @@
       <c r="EL7" s="7"/>
       <c r="EM7" s="7"/>
       <c r="EN7" s="7"/>
       <c r="EO7" s="7"/>
       <c r="EP7" s="7"/>
       <c r="EQ7" s="7"/>
       <c r="ER7" s="7"/>
       <c r="ES7" s="7"/>
       <c r="ET7" s="7"/>
       <c r="EU7" s="7"/>
       <c r="EV7" s="7"/>
       <c r="EW7" s="7"/>
       <c r="EX7" s="7"/>
       <c r="EY7" s="7"/>
       <c r="EZ7" s="7"/>
       <c r="FA7" s="7"/>
       <c r="FB7" s="7"/>
       <c r="FC7" s="7"/>
       <c r="FD7" s="7"/>
       <c r="FE7" s="7"/>
       <c r="FF7" s="7"/>
       <c r="FG7" s="7"/>
       <c r="FH7" s="7"/>
       <c r="FI7" s="7"/>
       <c r="FJ7" s="7"/>
+      <c r="FK7" s="7"/>
+      <c r="FL7" s="7"/>
     </row>
-    <row r="8" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="19" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="20">
         <v>73.3</v>
       </c>
       <c r="D8" s="20">
         <v>70.44</v>
       </c>
       <c r="E8" s="20">
         <v>77.95</v>
       </c>
       <c r="F8" s="20">
         <v>76.709999999999994</v>
       </c>
       <c r="G8" s="20">
         <v>61.22</v>
       </c>
       <c r="H8" s="20">
         <v>63.25</v>
       </c>
       <c r="I8" s="20">
         <v>66.87</v>
       </c>
       <c r="J8" s="20">
@@ -3040,52 +3096,58 @@
       </c>
       <c r="FC8" s="20">
         <v>750.05</v>
       </c>
       <c r="FD8" s="20">
         <v>758.14</v>
       </c>
       <c r="FE8" s="20">
         <v>724.63</v>
       </c>
       <c r="FF8" s="20">
         <v>586.44000000000005</v>
       </c>
       <c r="FG8" s="20">
         <v>563.12</v>
       </c>
       <c r="FH8" s="20">
         <v>536.91999999999996</v>
       </c>
       <c r="FI8" s="20">
         <v>493.08</v>
       </c>
       <c r="FJ8" s="20">
         <v>523.42999999999995</v>
       </c>
+      <c r="FK8" s="20">
+        <v>535.03</v>
+      </c>
+      <c r="FL8" s="20">
+        <v>523.55999999999995</v>
+      </c>
     </row>
-    <row r="9" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="19" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="20">
         <v>73.19</v>
       </c>
       <c r="D9" s="20">
         <v>70.290000000000006</v>
       </c>
       <c r="E9" s="20">
         <v>77.84</v>
       </c>
       <c r="F9" s="20">
         <v>76.569999999999993</v>
       </c>
       <c r="G9" s="20">
         <v>61.06</v>
       </c>
       <c r="H9" s="20">
         <v>63.02</v>
       </c>
       <c r="I9" s="20">
         <v>66.64</v>
       </c>
       <c r="J9" s="20">
@@ -3537,52 +3599,58 @@
       </c>
       <c r="FC9" s="20">
         <v>742.47</v>
       </c>
       <c r="FD9" s="20">
         <v>750.84</v>
       </c>
       <c r="FE9" s="20">
         <v>717.32</v>
       </c>
       <c r="FF9" s="20">
         <v>579.99</v>
       </c>
       <c r="FG9" s="20">
         <v>551.15</v>
       </c>
       <c r="FH9" s="20">
         <v>524.26</v>
       </c>
       <c r="FI9" s="20">
         <v>481.55</v>
       </c>
       <c r="FJ9" s="20">
         <v>512.66999999999996</v>
       </c>
+      <c r="FK9" s="20">
+        <v>522.20000000000005</v>
+      </c>
+      <c r="FL9" s="20">
+        <v>510.59</v>
+      </c>
     </row>
-    <row r="10" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="19" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="20">
         <v>69.39</v>
       </c>
       <c r="D10" s="20">
         <v>66.22</v>
       </c>
       <c r="E10" s="20">
         <v>74.44</v>
       </c>
       <c r="F10" s="20">
         <v>72.989999999999995</v>
       </c>
       <c r="G10" s="20">
         <v>57.49</v>
       </c>
       <c r="H10" s="20">
         <v>59.54</v>
       </c>
       <c r="I10" s="20">
         <v>63.25</v>
       </c>
       <c r="J10" s="20">
@@ -4034,52 +4102,58 @@
       </c>
       <c r="FC10" s="20">
         <v>672.35</v>
       </c>
       <c r="FD10" s="20">
         <v>651.95000000000005</v>
       </c>
       <c r="FE10" s="20">
         <v>616.79999999999995</v>
       </c>
       <c r="FF10" s="20">
         <v>479.12</v>
       </c>
       <c r="FG10" s="20">
         <v>448.82</v>
       </c>
       <c r="FH10" s="20">
         <v>418.5</v>
       </c>
       <c r="FI10" s="20">
         <v>375.53</v>
       </c>
       <c r="FJ10" s="20">
         <v>389.11</v>
       </c>
+      <c r="FK10" s="20">
+        <v>401.44</v>
+      </c>
+      <c r="FL10" s="20">
+        <v>394.5</v>
+      </c>
     </row>
-    <row r="11" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="20">
         <v>0.1</v>
       </c>
       <c r="D11" s="20">
         <v>0.15</v>
       </c>
       <c r="E11" s="20">
         <v>0.11</v>
       </c>
       <c r="F11" s="20">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="20">
         <v>0.16</v>
       </c>
       <c r="H11" s="20">
         <v>0.22</v>
       </c>
       <c r="I11" s="20">
         <v>0.23</v>
       </c>
       <c r="J11" s="20">
@@ -4531,52 +4605,58 @@
       </c>
       <c r="FC11" s="20">
         <v>7.58</v>
       </c>
       <c r="FD11" s="20">
         <v>7.29</v>
       </c>
       <c r="FE11" s="20">
         <v>7.31</v>
       </c>
       <c r="FF11" s="20">
         <v>6.45</v>
       </c>
       <c r="FG11" s="20">
         <v>11.97</v>
       </c>
       <c r="FH11" s="20">
         <v>12.66</v>
       </c>
       <c r="FI11" s="20">
         <v>11.53</v>
       </c>
       <c r="FJ11" s="20">
         <v>10.75</v>
       </c>
+      <c r="FK11" s="20">
+        <v>12.84</v>
+      </c>
+      <c r="FL11" s="20">
+        <v>12.97</v>
+      </c>
     </row>
-    <row r="12" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="20">
         <v>202.59</v>
       </c>
       <c r="D12" s="20">
         <v>191.27</v>
       </c>
       <c r="E12" s="20">
         <v>175</v>
       </c>
       <c r="F12" s="20">
         <v>173.29</v>
       </c>
       <c r="G12" s="20">
         <v>176.93</v>
       </c>
       <c r="H12" s="20">
         <v>180.39</v>
       </c>
       <c r="I12" s="20">
         <v>170.87</v>
       </c>
       <c r="J12" s="20">
@@ -5028,52 +5108,58 @@
       </c>
       <c r="FC12" s="20">
         <v>1784.5</v>
       </c>
       <c r="FD12" s="20">
         <v>1769.3</v>
       </c>
       <c r="FE12" s="20">
         <v>1807.3</v>
       </c>
       <c r="FF12" s="20">
         <v>1935.19</v>
       </c>
       <c r="FG12" s="20">
         <v>1938.12</v>
       </c>
       <c r="FH12" s="20">
         <v>1927.66</v>
       </c>
       <c r="FI12" s="20">
         <v>1964.4</v>
       </c>
       <c r="FJ12" s="20">
         <v>1983.88</v>
       </c>
+      <c r="FK12" s="20">
+        <v>1987.47</v>
+      </c>
+      <c r="FL12" s="20">
+        <v>1978.73</v>
+      </c>
     </row>
-    <row r="13" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="20">
         <v>128.74</v>
       </c>
       <c r="D13" s="20">
         <v>124.82</v>
       </c>
       <c r="E13" s="20">
         <v>111.67</v>
       </c>
       <c r="F13" s="20">
         <v>109.91</v>
       </c>
       <c r="G13" s="20">
         <v>115.48</v>
       </c>
       <c r="H13" s="20">
         <v>122.71</v>
       </c>
       <c r="I13" s="20">
         <v>109.21</v>
       </c>
       <c r="J13" s="20">
@@ -5525,52 +5611,58 @@
       </c>
       <c r="FC13" s="20">
         <v>445.74</v>
       </c>
       <c r="FD13" s="20">
         <v>449.64</v>
       </c>
       <c r="FE13" s="20">
         <v>506.8</v>
       </c>
       <c r="FF13" s="20">
         <v>379.54</v>
       </c>
       <c r="FG13" s="20">
         <v>384.94</v>
       </c>
       <c r="FH13" s="20">
         <v>383.32</v>
       </c>
       <c r="FI13" s="20">
         <v>395.46</v>
       </c>
       <c r="FJ13" s="20">
         <v>392.43</v>
       </c>
+      <c r="FK13" s="20">
+        <v>384.21</v>
+      </c>
+      <c r="FL13" s="20">
+        <v>375.63</v>
+      </c>
     </row>
-    <row r="14" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="20">
         <v>74.94</v>
       </c>
       <c r="D14" s="20">
         <v>71.89</v>
       </c>
       <c r="E14" s="20">
         <v>68.45</v>
       </c>
       <c r="F14" s="20">
         <v>64.62</v>
       </c>
       <c r="G14" s="20">
         <v>65.89</v>
       </c>
       <c r="H14" s="20">
         <v>68.8</v>
       </c>
       <c r="I14" s="20">
         <v>63.26</v>
       </c>
       <c r="J14" s="20">
@@ -6022,52 +6114,58 @@
       </c>
       <c r="FC14" s="20">
         <v>22.26</v>
       </c>
       <c r="FD14" s="20">
         <v>22.26</v>
       </c>
       <c r="FE14" s="20">
         <v>22.26</v>
       </c>
       <c r="FF14" s="20">
         <v>22.25</v>
       </c>
       <c r="FG14" s="20">
         <v>21.45</v>
       </c>
       <c r="FH14" s="20">
         <v>21.5</v>
       </c>
       <c r="FI14" s="20">
         <v>21.34</v>
       </c>
       <c r="FJ14" s="20">
         <v>21.26</v>
       </c>
+      <c r="FK14" s="20">
+        <v>22.5</v>
+      </c>
+      <c r="FL14" s="20">
+        <v>22.43</v>
+      </c>
     </row>
-    <row r="15" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="20">
         <v>3.62</v>
       </c>
       <c r="D15" s="20">
         <v>3.23</v>
       </c>
       <c r="E15" s="20">
         <v>3.36</v>
       </c>
       <c r="F15" s="20">
         <v>3.34</v>
       </c>
       <c r="G15" s="20">
         <v>3.43</v>
       </c>
       <c r="H15" s="20">
         <v>3.4</v>
       </c>
       <c r="I15" s="20">
         <v>3.39</v>
       </c>
       <c r="J15" s="20">
@@ -6519,52 +6617,58 @@
       </c>
       <c r="FC15" s="20">
         <v>4.7</v>
       </c>
       <c r="FD15" s="20">
         <v>4.5</v>
       </c>
       <c r="FE15" s="20">
         <v>5</v>
       </c>
       <c r="FF15" s="20">
         <v>5.0199999999999996</v>
       </c>
       <c r="FG15" s="20">
         <v>5.04</v>
       </c>
       <c r="FH15" s="20">
         <v>5.68</v>
       </c>
       <c r="FI15" s="20">
         <v>6.69</v>
       </c>
       <c r="FJ15" s="20">
         <v>6.71</v>
       </c>
+      <c r="FK15" s="20">
+        <v>6.72</v>
+      </c>
+      <c r="FL15" s="20">
+        <v>6.71</v>
+      </c>
     </row>
-    <row r="16" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="20">
         <v>50.18</v>
       </c>
       <c r="D16" s="20">
         <v>49.7</v>
       </c>
       <c r="E16" s="20">
         <v>39.86</v>
       </c>
       <c r="F16" s="20">
         <v>41.96</v>
       </c>
       <c r="G16" s="20">
         <v>46.16</v>
       </c>
       <c r="H16" s="20">
         <v>50.51</v>
       </c>
       <c r="I16" s="20">
         <v>42.56</v>
       </c>
       <c r="J16" s="20">
@@ -7016,52 +7120,58 @@
       </c>
       <c r="FC16" s="20">
         <v>418.78</v>
       </c>
       <c r="FD16" s="20">
         <v>422.88</v>
       </c>
       <c r="FE16" s="20">
         <v>479.55</v>
       </c>
       <c r="FF16" s="20">
         <v>352.27</v>
       </c>
       <c r="FG16" s="20">
         <v>358.45</v>
       </c>
       <c r="FH16" s="20">
         <v>356.14</v>
       </c>
       <c r="FI16" s="20">
         <v>367.42</v>
       </c>
       <c r="FJ16" s="20">
         <v>364.46</v>
       </c>
+      <c r="FK16" s="20">
+        <v>354.99</v>
+      </c>
+      <c r="FL16" s="20">
+        <v>346.5</v>
+      </c>
     </row>
-    <row r="17" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="20">
         <v>73.849999999999994</v>
       </c>
       <c r="D17" s="20">
         <v>66.45</v>
       </c>
       <c r="E17" s="20">
         <v>63.34</v>
       </c>
       <c r="F17" s="20">
         <v>63.38</v>
       </c>
       <c r="G17" s="20">
         <v>61.44</v>
       </c>
       <c r="H17" s="20">
         <v>57.68</v>
       </c>
       <c r="I17" s="20">
         <v>61.66</v>
       </c>
       <c r="J17" s="20">
@@ -7513,52 +7623,58 @@
       </c>
       <c r="FC17" s="20">
         <v>1338.76</v>
       </c>
       <c r="FD17" s="20">
         <v>1319.66</v>
       </c>
       <c r="FE17" s="20">
         <v>1300.5</v>
       </c>
       <c r="FF17" s="20">
         <v>1555.64</v>
       </c>
       <c r="FG17" s="20">
         <v>1553.19</v>
       </c>
       <c r="FH17" s="20">
         <v>1544.34</v>
       </c>
       <c r="FI17" s="20">
         <v>1568.94</v>
       </c>
       <c r="FJ17" s="20">
         <v>1591.45</v>
       </c>
+      <c r="FK17" s="20">
+        <v>1603.26</v>
+      </c>
+      <c r="FL17" s="20">
+        <v>1603.1</v>
+      </c>
     </row>
-    <row r="18" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="20">
         <v>11.67</v>
       </c>
       <c r="D18" s="20">
         <v>14.23</v>
       </c>
       <c r="E18" s="20">
         <v>14.56</v>
       </c>
       <c r="F18" s="20">
         <v>15.88</v>
       </c>
       <c r="G18" s="20">
         <v>14.8</v>
       </c>
       <c r="H18" s="20">
         <v>11.32</v>
       </c>
       <c r="I18" s="20">
         <v>11.23</v>
       </c>
       <c r="J18" s="20">
@@ -8010,52 +8126,58 @@
       </c>
       <c r="FC18" s="20">
         <v>1.52</v>
       </c>
       <c r="FD18" s="20">
         <v>1.54</v>
       </c>
       <c r="FE18" s="20">
         <v>0</v>
       </c>
       <c r="FF18" s="20">
         <v>0</v>
       </c>
       <c r="FG18" s="20">
         <v>0</v>
       </c>
       <c r="FH18" s="20">
         <v>0.52</v>
       </c>
       <c r="FI18" s="20">
         <v>0.78</v>
       </c>
       <c r="FJ18" s="20">
         <v>0.8</v>
       </c>
+      <c r="FK18" s="20">
+        <v>0.8</v>
+      </c>
+      <c r="FL18" s="20">
+        <v>6.74</v>
+      </c>
     </row>
-    <row r="19" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="20">
         <v>2.59</v>
       </c>
       <c r="D19" s="20">
         <v>2.78</v>
       </c>
       <c r="E19" s="20">
         <v>3.12</v>
       </c>
       <c r="F19" s="20">
         <v>4.9000000000000004</v>
       </c>
       <c r="G19" s="20">
         <v>5.23</v>
       </c>
       <c r="H19" s="20">
         <v>4.92</v>
       </c>
       <c r="I19" s="20">
         <v>4.8499999999999996</v>
       </c>
       <c r="J19" s="20">
@@ -8507,52 +8629,58 @@
       </c>
       <c r="FC19" s="20">
         <v>23.74</v>
       </c>
       <c r="FD19" s="20">
         <v>24.81</v>
       </c>
       <c r="FE19" s="20">
         <v>24.8</v>
       </c>
       <c r="FF19" s="20">
         <v>24.1</v>
       </c>
       <c r="FG19" s="20">
         <v>24.06</v>
       </c>
       <c r="FH19" s="20">
         <v>21.16</v>
       </c>
       <c r="FI19" s="20">
         <v>28.84</v>
       </c>
       <c r="FJ19" s="20">
         <v>27.83</v>
       </c>
+      <c r="FK19" s="20">
+        <v>29.83</v>
+      </c>
+      <c r="FL19" s="20">
+        <v>30.21</v>
+      </c>
     </row>
-    <row r="20" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="20">
         <v>59.58</v>
       </c>
       <c r="D20" s="20">
         <v>49.44</v>
       </c>
       <c r="E20" s="20">
         <v>45.66</v>
       </c>
       <c r="F20" s="20">
         <v>42.61</v>
       </c>
       <c r="G20" s="20">
         <v>41.42</v>
       </c>
       <c r="H20" s="20">
         <v>41.44</v>
       </c>
       <c r="I20" s="20">
         <v>45.58</v>
       </c>
       <c r="J20" s="20">
@@ -9004,52 +9132,58 @@
       </c>
       <c r="FC20" s="20">
         <v>1313.5</v>
       </c>
       <c r="FD20" s="20">
         <v>1293.31</v>
       </c>
       <c r="FE20" s="20">
         <v>1275.7</v>
       </c>
       <c r="FF20" s="20">
         <v>1531.55</v>
       </c>
       <c r="FG20" s="20">
         <v>1529.12</v>
       </c>
       <c r="FH20" s="20">
         <v>1522.67</v>
       </c>
       <c r="FI20" s="20">
         <v>1539.32</v>
       </c>
       <c r="FJ20" s="20">
         <v>1562.82</v>
       </c>
+      <c r="FK20" s="20">
+        <v>1572.63</v>
+      </c>
+      <c r="FL20" s="20">
+        <v>1566.14</v>
+      </c>
     </row>
-    <row r="21" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="19" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="20">
         <v>578.32000000000005</v>
       </c>
       <c r="D21" s="20">
         <v>590.47</v>
       </c>
       <c r="E21" s="20">
         <v>590.01</v>
       </c>
       <c r="F21" s="20">
         <v>573.91999999999996</v>
       </c>
       <c r="G21" s="20">
         <v>557.11</v>
       </c>
       <c r="H21" s="20">
         <v>525.61</v>
       </c>
       <c r="I21" s="20">
         <v>536.86</v>
       </c>
       <c r="J21" s="20">
@@ -9501,52 +9635,58 @@
       </c>
       <c r="FC21" s="20">
         <v>1476.62</v>
       </c>
       <c r="FD21" s="20">
         <v>1632.12</v>
       </c>
       <c r="FE21" s="20">
         <v>1643.01</v>
       </c>
       <c r="FF21" s="20">
         <v>1600.64</v>
       </c>
       <c r="FG21" s="20">
         <v>1556.65</v>
       </c>
       <c r="FH21" s="20">
         <v>1694.3</v>
       </c>
       <c r="FI21" s="20">
         <v>1780.09</v>
       </c>
       <c r="FJ21" s="20">
         <v>1874.11</v>
       </c>
+      <c r="FK21" s="20">
+        <v>1885.08</v>
+      </c>
+      <c r="FL21" s="20">
+        <v>2034.32</v>
+      </c>
     </row>
-    <row r="22" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="20">
         <v>300.07</v>
       </c>
       <c r="D22" s="20">
         <v>294.19</v>
       </c>
       <c r="E22" s="20">
         <v>300.14</v>
       </c>
       <c r="F22" s="20">
         <v>297.81</v>
       </c>
       <c r="G22" s="20">
         <v>296.33</v>
       </c>
       <c r="H22" s="20">
         <v>287.01</v>
       </c>
       <c r="I22" s="20">
         <v>297.99</v>
       </c>
       <c r="J22" s="20">
@@ -9998,52 +10138,58 @@
       </c>
       <c r="FC22" s="20">
         <v>669.14</v>
       </c>
       <c r="FD22" s="20">
         <v>762.16</v>
       </c>
       <c r="FE22" s="20">
         <v>728.53</v>
       </c>
       <c r="FF22" s="20">
         <v>715.97</v>
       </c>
       <c r="FG22" s="20">
         <v>712</v>
       </c>
       <c r="FH22" s="20">
         <v>803.97</v>
       </c>
       <c r="FI22" s="20">
         <v>870.81</v>
       </c>
       <c r="FJ22" s="20">
         <v>909.49</v>
       </c>
+      <c r="FK22" s="20">
+        <v>910.14</v>
+      </c>
+      <c r="FL22" s="20">
+        <v>990.62</v>
+      </c>
     </row>
-    <row r="23" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="20">
         <v>251.94</v>
       </c>
       <c r="D23" s="20">
         <v>246.01</v>
       </c>
       <c r="E23" s="20">
         <v>252.06</v>
       </c>
       <c r="F23" s="20">
         <v>246.74</v>
       </c>
       <c r="G23" s="20">
         <v>245.1</v>
       </c>
       <c r="H23" s="20">
         <v>233.49</v>
       </c>
       <c r="I23" s="20">
         <v>247.88</v>
       </c>
       <c r="J23" s="20">
@@ -10495,52 +10641,58 @@
       </c>
       <c r="FC23" s="20">
         <v>623.52</v>
       </c>
       <c r="FD23" s="20">
         <v>713.74</v>
       </c>
       <c r="FE23" s="20">
         <v>682.28</v>
       </c>
       <c r="FF23" s="20">
         <v>668.89</v>
       </c>
       <c r="FG23" s="20">
         <v>673.94</v>
       </c>
       <c r="FH23" s="20">
         <v>762.69</v>
       </c>
       <c r="FI23" s="20">
         <v>799.68</v>
       </c>
       <c r="FJ23" s="20">
         <v>863.94</v>
       </c>
+      <c r="FK23" s="20">
+        <v>863.55</v>
+      </c>
+      <c r="FL23" s="20">
+        <v>942.53</v>
+      </c>
     </row>
-    <row r="24" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="20">
         <v>48.13</v>
       </c>
       <c r="D24" s="20">
         <v>48.17</v>
       </c>
       <c r="E24" s="20">
         <v>48.09</v>
       </c>
       <c r="F24" s="20">
         <v>51.06</v>
       </c>
       <c r="G24" s="20">
         <v>51.23</v>
       </c>
       <c r="H24" s="20">
         <v>53.52</v>
       </c>
       <c r="I24" s="20">
         <v>50.11</v>
       </c>
       <c r="J24" s="20">
@@ -10992,52 +11144,58 @@
       </c>
       <c r="FC24" s="20">
         <v>45.62</v>
       </c>
       <c r="FD24" s="20">
         <v>48.42</v>
       </c>
       <c r="FE24" s="20">
         <v>46.25</v>
       </c>
       <c r="FF24" s="20">
         <v>47.09</v>
       </c>
       <c r="FG24" s="20">
         <v>38.06</v>
       </c>
       <c r="FH24" s="20">
         <v>41.28</v>
       </c>
       <c r="FI24" s="20">
         <v>71.13</v>
       </c>
       <c r="FJ24" s="20">
         <v>45.54</v>
       </c>
+      <c r="FK24" s="20">
+        <v>46.59</v>
+      </c>
+      <c r="FL24" s="20">
+        <v>48.09</v>
+      </c>
     </row>
-    <row r="25" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="20">
         <v>278.25</v>
       </c>
       <c r="D25" s="20">
         <v>296.27999999999997</v>
       </c>
       <c r="E25" s="20">
         <v>289.87</v>
       </c>
       <c r="F25" s="20">
         <v>276.11</v>
       </c>
       <c r="G25" s="20">
         <v>260.77999999999997</v>
       </c>
       <c r="H25" s="20">
         <v>238.6</v>
       </c>
       <c r="I25" s="20">
         <v>238.87</v>
       </c>
       <c r="J25" s="20">
@@ -11489,52 +11647,58 @@
       </c>
       <c r="FC25" s="20">
         <v>807.47</v>
       </c>
       <c r="FD25" s="20">
         <v>869.96</v>
       </c>
       <c r="FE25" s="20">
         <v>914.48</v>
       </c>
       <c r="FF25" s="20">
         <v>884.66</v>
       </c>
       <c r="FG25" s="20">
         <v>844.66</v>
       </c>
       <c r="FH25" s="20">
         <v>890.33</v>
       </c>
       <c r="FI25" s="20">
         <v>909.29</v>
       </c>
       <c r="FJ25" s="20">
         <v>964.62</v>
       </c>
+      <c r="FK25" s="20">
+        <v>974.94</v>
+      </c>
+      <c r="FL25" s="20">
+        <v>1043.71</v>
+      </c>
     </row>
-    <row r="26" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="20">
         <v>205.5</v>
       </c>
       <c r="D26" s="20">
         <v>215.68</v>
       </c>
       <c r="E26" s="20">
         <v>210</v>
       </c>
       <c r="F26" s="20">
         <v>204.15</v>
       </c>
       <c r="G26" s="20">
         <v>196.84</v>
       </c>
       <c r="H26" s="20">
         <v>178.98</v>
       </c>
       <c r="I26" s="20">
         <v>176.42</v>
       </c>
       <c r="J26" s="20">
@@ -11986,52 +12150,58 @@
       </c>
       <c r="FC26" s="20">
         <v>450.71</v>
       </c>
       <c r="FD26" s="20">
         <v>486.64</v>
       </c>
       <c r="FE26" s="20">
         <v>511.16</v>
       </c>
       <c r="FF26" s="20">
         <v>492.8</v>
       </c>
       <c r="FG26" s="20">
         <v>481.08</v>
       </c>
       <c r="FH26" s="20">
         <v>510.3</v>
       </c>
       <c r="FI26" s="20">
         <v>524.03</v>
       </c>
       <c r="FJ26" s="20">
         <v>550.25</v>
       </c>
+      <c r="FK26" s="20">
+        <v>557.26</v>
+      </c>
+      <c r="FL26" s="20">
+        <v>611.85</v>
+      </c>
     </row>
-    <row r="27" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="20">
         <v>72.75</v>
       </c>
       <c r="D27" s="20">
         <v>80.599999999999994</v>
       </c>
       <c r="E27" s="20">
         <v>79.87</v>
       </c>
       <c r="F27" s="20">
         <v>71.959999999999994</v>
       </c>
       <c r="G27" s="20">
         <v>63.94</v>
       </c>
       <c r="H27" s="20">
         <v>59.62</v>
       </c>
       <c r="I27" s="20">
         <v>62.45</v>
       </c>
       <c r="J27" s="20">
@@ -12483,52 +12653,58 @@
       </c>
       <c r="FC27" s="20">
         <v>356.77</v>
       </c>
       <c r="FD27" s="20">
         <v>383.33</v>
       </c>
       <c r="FE27" s="20">
         <v>403.32</v>
       </c>
       <c r="FF27" s="20">
         <v>391.86</v>
       </c>
       <c r="FG27" s="20">
         <v>363.58</v>
       </c>
       <c r="FH27" s="20">
         <v>380.04</v>
       </c>
       <c r="FI27" s="20">
         <v>385.25</v>
       </c>
       <c r="FJ27" s="20">
         <v>414.37</v>
       </c>
+      <c r="FK27" s="20">
+        <v>417.68</v>
+      </c>
+      <c r="FL27" s="20">
+        <v>431.85</v>
+      </c>
     </row>
-    <row r="28" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="20">
         <v>38.36</v>
       </c>
       <c r="D28" s="20">
         <v>38.29</v>
       </c>
       <c r="E28" s="20">
         <v>38.26</v>
       </c>
       <c r="F28" s="20">
         <v>38.64</v>
       </c>
       <c r="G28" s="20">
         <v>38.61</v>
       </c>
       <c r="H28" s="20">
         <v>38.76</v>
       </c>
       <c r="I28" s="20">
         <v>34.35</v>
       </c>
       <c r="J28" s="20">
@@ -12980,52 +13156,58 @@
       </c>
       <c r="FC28" s="20">
         <v>2.87</v>
       </c>
       <c r="FD28" s="20">
         <v>2.91</v>
       </c>
       <c r="FE28" s="20">
         <v>2.8</v>
       </c>
       <c r="FF28" s="20">
         <v>2.79</v>
       </c>
       <c r="FG28" s="20">
         <v>2.82</v>
       </c>
       <c r="FH28" s="20">
         <v>2.87</v>
       </c>
       <c r="FI28" s="20">
         <v>2.87</v>
       </c>
       <c r="FJ28" s="20">
         <v>29.66</v>
       </c>
+      <c r="FK28" s="20">
+        <v>29.61</v>
+      </c>
+      <c r="FL28" s="20">
+        <v>30.51</v>
+      </c>
     </row>
-    <row r="29" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="20">
         <v>21.26</v>
       </c>
       <c r="D29" s="20">
         <v>26.33</v>
       </c>
       <c r="E29" s="20">
         <v>21.2</v>
       </c>
       <c r="F29" s="20">
         <v>22.51</v>
       </c>
       <c r="G29" s="20">
         <v>32.549999999999997</v>
       </c>
       <c r="H29" s="20">
         <v>13.33</v>
       </c>
       <c r="I29" s="20">
         <v>24.96</v>
       </c>
       <c r="J29" s="20">
@@ -13477,52 +13659,58 @@
       </c>
       <c r="FC29" s="20">
         <v>16.47</v>
       </c>
       <c r="FD29" s="20">
         <v>49.15</v>
       </c>
       <c r="FE29" s="20">
         <v>18.04</v>
       </c>
       <c r="FF29" s="20">
         <v>20.27</v>
       </c>
       <c r="FG29" s="20">
         <v>22.81</v>
       </c>
       <c r="FH29" s="20">
         <v>37.74</v>
       </c>
       <c r="FI29" s="20">
         <v>23.96</v>
       </c>
       <c r="FJ29" s="20">
         <v>31.96</v>
       </c>
+      <c r="FK29" s="20">
+        <v>34.69</v>
+      </c>
+      <c r="FL29" s="20">
+        <v>35.229999999999997</v>
+      </c>
     </row>
-    <row r="30" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C30" s="23">
         <v>913.82</v>
       </c>
       <c r="D30" s="23">
         <v>916.81</v>
       </c>
       <c r="E30" s="23">
         <v>902.43</v>
       </c>
       <c r="F30" s="23">
         <v>885.07</v>
       </c>
       <c r="G30" s="23">
         <v>866.42</v>
       </c>
       <c r="H30" s="23">
         <v>821.33</v>
       </c>
       <c r="I30" s="23">
         <v>833.9</v>
       </c>
       <c r="J30" s="23">
@@ -13974,52 +14162,58 @@
       </c>
       <c r="FC30" s="23">
         <v>4030.5</v>
       </c>
       <c r="FD30" s="23">
         <v>4211.63</v>
       </c>
       <c r="FE30" s="23">
         <v>4195.79</v>
       </c>
       <c r="FF30" s="23">
         <v>4145.32</v>
       </c>
       <c r="FG30" s="23">
         <v>4083.53</v>
       </c>
       <c r="FH30" s="23">
         <v>4199.49</v>
       </c>
       <c r="FI30" s="23">
         <v>4264.41</v>
       </c>
       <c r="FJ30" s="23">
         <v>4443.04</v>
       </c>
+      <c r="FK30" s="23">
+        <v>4471.88</v>
+      </c>
+      <c r="FL30" s="23">
+        <v>4602.3500000000004</v>
+      </c>
     </row>
-    <row r="31" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="4"/>
       <c r="Q31" s="4"/>
       <c r="R31" s="4"/>
       <c r="S31" s="4"/>
       <c r="T31" s="4"/>
       <c r="U31" s="4"/>
       <c r="V31" s="4"/>
       <c r="W31" s="4"/>
       <c r="X31" s="4"/>
@@ -14143,52 +14337,54 @@
       <c r="EL31" s="2"/>
       <c r="EM31" s="2"/>
       <c r="EN31" s="2"/>
       <c r="EO31" s="2"/>
       <c r="EP31" s="2"/>
       <c r="EQ31" s="2"/>
       <c r="ER31" s="2"/>
       <c r="ES31" s="2"/>
       <c r="ET31" s="2"/>
       <c r="EU31" s="2"/>
       <c r="EV31" s="2"/>
       <c r="EW31" s="2"/>
       <c r="EX31" s="2"/>
       <c r="EY31" s="2"/>
       <c r="EZ31" s="2"/>
       <c r="FA31" s="2"/>
       <c r="FB31" s="2"/>
       <c r="FC31" s="2"/>
       <c r="FD31" s="2"/>
       <c r="FE31" s="2"/>
       <c r="FF31" s="2"/>
       <c r="FG31" s="2"/>
       <c r="FH31" s="2"/>
       <c r="FI31" s="2"/>
       <c r="FJ31" s="2"/>
+      <c r="FK31" s="2"/>
+      <c r="FL31" s="2"/>
     </row>
-    <row r="32" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="20">
         <v>4.83</v>
       </c>
       <c r="D32" s="20">
         <v>5.6</v>
       </c>
       <c r="E32" s="20">
         <v>5.54</v>
       </c>
       <c r="F32" s="20">
         <v>3.98</v>
       </c>
       <c r="G32" s="20">
         <v>4.7699999999999996</v>
       </c>
       <c r="H32" s="20">
         <v>4.5599999999999996</v>
       </c>
       <c r="I32" s="20">
         <v>3.35</v>
       </c>
       <c r="J32" s="20">
@@ -14640,52 +14836,58 @@
       </c>
       <c r="FC32" s="20">
         <v>16.91</v>
       </c>
       <c r="FD32" s="20">
         <v>16.600000000000001</v>
       </c>
       <c r="FE32" s="20">
         <v>10.18</v>
       </c>
       <c r="FF32" s="20">
         <v>14.55</v>
       </c>
       <c r="FG32" s="20">
         <v>12.65</v>
       </c>
       <c r="FH32" s="20">
         <v>14.57</v>
       </c>
       <c r="FI32" s="20">
         <v>15.04</v>
       </c>
       <c r="FJ32" s="20">
         <v>51.46</v>
       </c>
+      <c r="FK32" s="20">
+        <v>51.56</v>
+      </c>
+      <c r="FL32" s="20">
+        <v>48.36</v>
+      </c>
     </row>
-    <row r="33" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="20">
         <v>890.39</v>
       </c>
       <c r="D33" s="20">
         <v>883.74</v>
       </c>
       <c r="E33" s="20">
         <v>875.18</v>
       </c>
       <c r="F33" s="20">
         <v>858.07</v>
       </c>
       <c r="G33" s="20">
         <v>837.14</v>
       </c>
       <c r="H33" s="20">
         <v>804.35</v>
       </c>
       <c r="I33" s="20">
         <v>803.98</v>
       </c>
       <c r="J33" s="20">
@@ -15137,52 +15339,58 @@
       </c>
       <c r="FC33" s="20">
         <v>3911.03</v>
       </c>
       <c r="FD33" s="20">
         <v>4070.44</v>
       </c>
       <c r="FE33" s="20">
         <v>4069.82</v>
       </c>
       <c r="FF33" s="20">
         <v>4011.33</v>
       </c>
       <c r="FG33" s="20">
         <v>3955.09</v>
       </c>
       <c r="FH33" s="20">
         <v>4058.67</v>
       </c>
       <c r="FI33" s="20">
         <v>4127.45</v>
       </c>
       <c r="FJ33" s="20">
         <v>4251.8500000000004</v>
       </c>
+      <c r="FK33" s="20">
+        <v>4284.92</v>
+      </c>
+      <c r="FL33" s="20">
+        <v>4406.04</v>
+      </c>
     </row>
-    <row r="34" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="20">
         <v>862.55</v>
       </c>
       <c r="D34" s="20">
         <v>856.62</v>
       </c>
       <c r="E34" s="20">
         <v>848.85</v>
       </c>
       <c r="F34" s="20">
         <v>832.01</v>
       </c>
       <c r="G34" s="20">
         <v>811.89</v>
       </c>
       <c r="H34" s="20">
         <v>774.75</v>
       </c>
       <c r="I34" s="20">
         <v>774.17</v>
       </c>
       <c r="J34" s="20">
@@ -15634,52 +15842,58 @@
       </c>
       <c r="FC34" s="20">
         <v>3751.74</v>
       </c>
       <c r="FD34" s="20">
         <v>3895.08</v>
       </c>
       <c r="FE34" s="20">
         <v>3889.79</v>
       </c>
       <c r="FF34" s="20">
         <v>3828.6</v>
       </c>
       <c r="FG34" s="20">
         <v>3761.34</v>
       </c>
       <c r="FH34" s="20">
         <v>3849.18</v>
       </c>
       <c r="FI34" s="20">
         <v>3908.31</v>
       </c>
       <c r="FJ34" s="20">
         <v>4028.41</v>
       </c>
+      <c r="FK34" s="20">
+        <v>4059.93</v>
+      </c>
+      <c r="FL34" s="20">
+        <v>4174.75</v>
+      </c>
     </row>
-    <row r="35" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="20">
         <v>56.5</v>
       </c>
       <c r="D35" s="20">
         <v>57.25</v>
       </c>
       <c r="E35" s="20">
         <v>55.09</v>
       </c>
       <c r="F35" s="20">
         <v>50.14</v>
       </c>
       <c r="G35" s="20">
         <v>53.36</v>
       </c>
       <c r="H35" s="20">
         <v>50.76</v>
       </c>
       <c r="I35" s="20">
         <v>51.1</v>
       </c>
       <c r="J35" s="20">
@@ -16131,52 +16345,58 @@
       </c>
       <c r="FC35" s="20">
         <v>106.29</v>
       </c>
       <c r="FD35" s="20">
         <v>105.49</v>
       </c>
       <c r="FE35" s="20">
         <v>105.62</v>
       </c>
       <c r="FF35" s="20">
         <v>105.92</v>
       </c>
       <c r="FG35" s="20">
         <v>106.96</v>
       </c>
       <c r="FH35" s="20">
         <v>110.05</v>
       </c>
       <c r="FI35" s="20">
         <v>116.21</v>
       </c>
       <c r="FJ35" s="20">
         <v>109.71</v>
       </c>
+      <c r="FK35" s="20">
+        <v>108.73</v>
+      </c>
+      <c r="FL35" s="20">
+        <v>111.99</v>
+      </c>
     </row>
-    <row r="36" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="20">
         <v>265.47000000000003</v>
       </c>
       <c r="D36" s="20">
         <v>261.31</v>
       </c>
       <c r="E36" s="20">
         <v>247.29</v>
       </c>
       <c r="F36" s="20">
         <v>239.58</v>
       </c>
       <c r="G36" s="20">
         <v>233.63</v>
       </c>
       <c r="H36" s="20">
         <v>227.36</v>
       </c>
       <c r="I36" s="20">
         <v>224.79</v>
       </c>
       <c r="J36" s="20">
@@ -16628,52 +16848,58 @@
       </c>
       <c r="FC36" s="20">
         <v>452.35</v>
       </c>
       <c r="FD36" s="20">
         <v>465.23</v>
       </c>
       <c r="FE36" s="20">
         <v>467.1</v>
       </c>
       <c r="FF36" s="20">
         <v>463.37</v>
       </c>
       <c r="FG36" s="20">
         <v>464.06</v>
       </c>
       <c r="FH36" s="20">
         <v>473.98</v>
       </c>
       <c r="FI36" s="20">
         <v>482.85</v>
       </c>
       <c r="FJ36" s="20">
         <v>494.17</v>
       </c>
+      <c r="FK36" s="20">
+        <v>492.86</v>
+      </c>
+      <c r="FL36" s="20">
+        <v>504.48</v>
+      </c>
     </row>
-    <row r="37" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="20">
         <v>385.04</v>
       </c>
       <c r="D37" s="20">
         <v>381.59</v>
       </c>
       <c r="E37" s="20">
         <v>384.18</v>
       </c>
       <c r="F37" s="20">
         <v>377.35</v>
       </c>
       <c r="G37" s="20">
         <v>366.45</v>
       </c>
       <c r="H37" s="20">
         <v>345.62</v>
       </c>
       <c r="I37" s="20">
         <v>338.24</v>
       </c>
       <c r="J37" s="20">
@@ -17125,52 +17351,58 @@
       </c>
       <c r="FC37" s="20">
         <v>2680.62</v>
       </c>
       <c r="FD37" s="20">
         <v>2741</v>
       </c>
       <c r="FE37" s="20">
         <v>2751.99</v>
       </c>
       <c r="FF37" s="20">
         <v>2715.78</v>
       </c>
       <c r="FG37" s="20">
         <v>2644.45</v>
       </c>
       <c r="FH37" s="20">
         <v>2676.01</v>
       </c>
       <c r="FI37" s="20">
         <v>2702.41</v>
       </c>
       <c r="FJ37" s="20">
         <v>2777.08</v>
       </c>
+      <c r="FK37" s="20">
+        <v>2813.93</v>
+      </c>
+      <c r="FL37" s="20">
+        <v>2862.35</v>
+      </c>
     </row>
-    <row r="38" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="20">
         <v>27.83</v>
       </c>
       <c r="D38" s="20">
         <v>27.12</v>
       </c>
       <c r="E38" s="20">
         <v>26.33</v>
       </c>
       <c r="F38" s="20">
         <v>26.07</v>
       </c>
       <c r="G38" s="20">
         <v>25.25</v>
       </c>
       <c r="H38" s="20">
         <v>29.6</v>
       </c>
       <c r="I38" s="20">
         <v>29.81</v>
       </c>
       <c r="J38" s="20">
@@ -17622,52 +17854,58 @@
       </c>
       <c r="FC38" s="20">
         <v>159.29</v>
       </c>
       <c r="FD38" s="20">
         <v>175.36</v>
       </c>
       <c r="FE38" s="20">
         <v>180.04</v>
       </c>
       <c r="FF38" s="20">
         <v>182.74</v>
       </c>
       <c r="FG38" s="20">
         <v>193.75</v>
       </c>
       <c r="FH38" s="20">
         <v>209.49</v>
       </c>
       <c r="FI38" s="20">
         <v>219.13</v>
       </c>
       <c r="FJ38" s="20">
         <v>223.44</v>
       </c>
+      <c r="FK38" s="20">
+        <v>224.99</v>
+      </c>
+      <c r="FL38" s="20">
+        <v>231.29</v>
+      </c>
     </row>
-    <row r="39" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="20">
         <v>6.34</v>
       </c>
       <c r="D39" s="20">
         <v>5.88</v>
       </c>
       <c r="E39" s="20">
         <v>4.6399999999999997</v>
       </c>
       <c r="F39" s="20">
         <v>4.74</v>
       </c>
       <c r="G39" s="20">
         <v>4.72</v>
       </c>
       <c r="H39" s="20">
         <v>4.58</v>
       </c>
       <c r="I39" s="20">
         <v>4.63</v>
       </c>
       <c r="J39" s="20">
@@ -18119,52 +18357,58 @@
       </c>
       <c r="FC39" s="20">
         <v>47.18</v>
       </c>
       <c r="FD39" s="20">
         <v>60.58</v>
       </c>
       <c r="FE39" s="20">
         <v>64.510000000000005</v>
       </c>
       <c r="FF39" s="20">
         <v>70.23</v>
       </c>
       <c r="FG39" s="20">
         <v>74.44</v>
       </c>
       <c r="FH39" s="20">
         <v>77.209999999999994</v>
       </c>
       <c r="FI39" s="20">
         <v>84.21</v>
       </c>
       <c r="FJ39" s="20">
         <v>84.62</v>
       </c>
+      <c r="FK39" s="20">
+        <v>84.21</v>
+      </c>
+      <c r="FL39" s="20">
+        <v>88.56</v>
+      </c>
     </row>
-    <row r="40" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C40" s="20">
         <v>10.7</v>
       </c>
       <c r="D40" s="20">
         <v>10.49</v>
       </c>
       <c r="E40" s="20">
         <v>10.76</v>
       </c>
       <c r="F40" s="20">
         <v>10.6</v>
       </c>
       <c r="G40" s="20">
         <v>10.43</v>
       </c>
       <c r="H40" s="20">
         <v>15.43</v>
       </c>
       <c r="I40" s="20">
         <v>15.78</v>
       </c>
       <c r="J40" s="20">
@@ -18616,52 +18860,58 @@
       </c>
       <c r="FC40" s="20">
         <v>43.75</v>
       </c>
       <c r="FD40" s="20">
         <v>44.17</v>
       </c>
       <c r="FE40" s="20">
         <v>44.95</v>
       </c>
       <c r="FF40" s="20">
         <v>42.23</v>
       </c>
       <c r="FG40" s="20">
         <v>42.87</v>
       </c>
       <c r="FH40" s="20">
         <v>44.46</v>
       </c>
       <c r="FI40" s="20">
         <v>44.32</v>
       </c>
       <c r="FJ40" s="20">
         <v>45.74</v>
       </c>
+      <c r="FK40" s="20">
+        <v>45.88</v>
+      </c>
+      <c r="FL40" s="20">
+        <v>46.39</v>
+      </c>
     </row>
-    <row r="41" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="20">
         <v>10.23</v>
       </c>
       <c r="D41" s="20">
         <v>10.210000000000001</v>
       </c>
       <c r="E41" s="20">
         <v>10.37</v>
       </c>
       <c r="F41" s="20">
         <v>10.17</v>
       </c>
       <c r="G41" s="20">
         <v>10.1</v>
       </c>
       <c r="H41" s="20">
         <v>9.59</v>
       </c>
       <c r="I41" s="20">
         <v>9.4</v>
       </c>
       <c r="J41" s="20">
@@ -19113,52 +19363,58 @@
       </c>
       <c r="FC41" s="20">
         <v>68.36</v>
       </c>
       <c r="FD41" s="20">
         <v>70.61</v>
       </c>
       <c r="FE41" s="20">
         <v>70.58</v>
       </c>
       <c r="FF41" s="20">
         <v>70.28</v>
       </c>
       <c r="FG41" s="20">
         <v>76.430000000000007</v>
       </c>
       <c r="FH41" s="20">
         <v>87.82</v>
       </c>
       <c r="FI41" s="20">
         <v>90.61</v>
       </c>
       <c r="FJ41" s="20">
         <v>93.08</v>
       </c>
+      <c r="FK41" s="20">
+        <v>94.9</v>
+      </c>
+      <c r="FL41" s="20">
+        <v>96.35</v>
+      </c>
     </row>
-    <row r="42" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="20">
         <v>18.600000000000001</v>
       </c>
       <c r="D42" s="20">
         <v>27.46</v>
       </c>
       <c r="E42" s="20">
         <v>21.71</v>
       </c>
       <c r="F42" s="20">
         <v>23.02</v>
       </c>
       <c r="G42" s="20">
         <v>24.51</v>
       </c>
       <c r="H42" s="20">
         <v>12.41</v>
       </c>
       <c r="I42" s="20">
         <v>26.57</v>
       </c>
       <c r="J42" s="20">
@@ -19610,52 +19866,58 @@
       </c>
       <c r="FC42" s="20">
         <v>102.56</v>
       </c>
       <c r="FD42" s="20">
         <v>124.58</v>
       </c>
       <c r="FE42" s="20">
         <v>115.79</v>
       </c>
       <c r="FF42" s="20">
         <v>119.44</v>
       </c>
       <c r="FG42" s="20">
         <v>115.78</v>
       </c>
       <c r="FH42" s="20">
         <v>126.25</v>
       </c>
       <c r="FI42" s="20">
         <v>121.92</v>
       </c>
       <c r="FJ42" s="20">
         <v>139.72</v>
       </c>
+      <c r="FK42" s="20">
+        <v>135.4</v>
+      </c>
+      <c r="FL42" s="20">
+        <v>147.94999999999999</v>
+      </c>
     </row>
-    <row r="43" spans="2:166" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="24" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="25">
         <v>913.82</v>
       </c>
       <c r="D43" s="26">
         <v>916.81</v>
       </c>
       <c r="E43" s="26">
         <v>902.43</v>
       </c>
       <c r="F43" s="26">
         <v>885.07</v>
       </c>
       <c r="G43" s="26">
         <v>866.42</v>
       </c>
       <c r="H43" s="26">
         <v>821.33</v>
       </c>
       <c r="I43" s="26">
         <v>833.9</v>
       </c>
       <c r="J43" s="26">
@@ -20107,52 +20369,58 @@
       </c>
       <c r="FC43" s="25">
         <v>4030.5</v>
       </c>
       <c r="FD43" s="25">
         <v>4211.63</v>
       </c>
       <c r="FE43" s="25">
         <v>4195.79</v>
       </c>
       <c r="FF43" s="25">
         <v>4145.32</v>
       </c>
       <c r="FG43" s="25">
         <v>4083.53</v>
       </c>
       <c r="FH43" s="25">
         <v>4199.49</v>
       </c>
       <c r="FI43" s="25">
         <v>4264.41</v>
       </c>
       <c r="FJ43" s="25">
         <v>4443.04</v>
       </c>
+      <c r="FK43" s="25">
+        <v>4471.88</v>
+      </c>
+      <c r="FL43" s="25">
+        <v>4602.3500000000004</v>
+      </c>
     </row>
-    <row r="44" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CF44" s="6"/>
       <c r="CG44" s="6"/>
       <c r="CH44" s="6"/>
       <c r="CI44" s="6"/>
       <c r="CJ44" s="6"/>
       <c r="CK44" s="6"/>
       <c r="DA44" s="6"/>
       <c r="DB44" s="6"/>
       <c r="DC44" s="6"/>
       <c r="DD44" s="6"/>
       <c r="DE44" s="6"/>
       <c r="DF44" s="6"/>
       <c r="DG44" s="6"/>
       <c r="DH44" s="6"/>
       <c r="DI44" s="6"/>
       <c r="DJ44" s="6"/>
       <c r="DK44" s="6"/>
       <c r="DL44" s="6"/>
       <c r="DM44" s="6"/>
       <c r="DN44" s="6"/>
       <c r="DO44" s="6"/>
       <c r="DP44" s="6"/>
       <c r="DQ44" s="6"/>
       <c r="DR44" s="6"/>
       <c r="DS44" s="6"/>
@@ -20177,52 +20445,54 @@
       <c r="EL44" s="6"/>
       <c r="EM44" s="6"/>
       <c r="EN44" s="6"/>
       <c r="EO44" s="6"/>
       <c r="EP44" s="6"/>
       <c r="EQ44" s="6"/>
       <c r="ER44" s="6"/>
       <c r="ES44" s="6"/>
       <c r="ET44" s="6"/>
       <c r="EU44" s="6"/>
       <c r="EV44" s="6"/>
       <c r="EW44" s="6"/>
       <c r="EX44" s="6"/>
       <c r="EY44" s="6"/>
       <c r="EZ44" s="6"/>
       <c r="FA44" s="6"/>
       <c r="FB44" s="6"/>
       <c r="FC44" s="6"/>
       <c r="FD44" s="6"/>
       <c r="FE44" s="6"/>
       <c r="FF44" s="6"/>
       <c r="FG44" s="6"/>
       <c r="FH44" s="6"/>
       <c r="FI44" s="6"/>
       <c r="FJ44" s="6"/>
+      <c r="FK44" s="6"/>
+      <c r="FL44" s="6"/>
     </row>
-    <row r="45" spans="2:166" s="27" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:168" s="27" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C45" s="33"/>
       <c r="D45" s="33"/>
       <c r="E45" s="33"/>
       <c r="F45" s="33"/>
       <c r="G45" s="33"/>
       <c r="H45" s="33"/>
       <c r="I45" s="33"/>
       <c r="J45" s="33"/>
       <c r="K45" s="33"/>
       <c r="L45" s="33"/>
       <c r="CF45" s="28"/>
       <c r="CG45" s="28"/>
       <c r="CH45" s="28"/>
       <c r="CI45" s="28"/>
       <c r="CJ45" s="28"/>
       <c r="CK45" s="28"/>
       <c r="DA45" s="29"/>
       <c r="DB45" s="29"/>
       <c r="DC45" s="29"/>
       <c r="DD45" s="29"/>
       <c r="DE45" s="29"/>
       <c r="DF45" s="29"/>
@@ -20260,100 +20530,104 @@
       <c r="EL45" s="30"/>
       <c r="EM45" s="30"/>
       <c r="EN45" s="30"/>
       <c r="EO45" s="30"/>
       <c r="EP45" s="30"/>
       <c r="EQ45" s="30"/>
       <c r="ER45" s="30"/>
       <c r="ES45" s="30"/>
       <c r="ET45" s="30"/>
       <c r="EU45" s="30"/>
       <c r="EV45" s="30"/>
       <c r="EW45" s="30"/>
       <c r="EX45" s="30"/>
       <c r="EY45" s="30"/>
       <c r="EZ45" s="30"/>
       <c r="FA45" s="30"/>
       <c r="FB45" s="30"/>
       <c r="FC45" s="30"/>
       <c r="FD45" s="30"/>
       <c r="FE45" s="30"/>
       <c r="FF45" s="30"/>
       <c r="FG45" s="30"/>
       <c r="FH45" s="30"/>
       <c r="FI45" s="30"/>
       <c r="FJ45" s="30"/>
+      <c r="FK45" s="30"/>
+      <c r="FL45" s="30"/>
     </row>
-    <row r="46" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CP46" s="2"/>
       <c r="CQ46" s="2"/>
       <c r="CR46" s="2"/>
       <c r="CS46" s="2"/>
       <c r="CT46" s="2"/>
       <c r="CU46" s="2"/>
       <c r="CV46" s="2"/>
       <c r="CW46" s="2"/>
       <c r="CX46" s="2"/>
       <c r="CY46" s="2"/>
       <c r="CZ46" s="2"/>
       <c r="EB46" s="16"/>
       <c r="EC46" s="16"/>
       <c r="ED46" s="16"/>
       <c r="EE46" s="16"/>
       <c r="EF46" s="16"/>
       <c r="EG46" s="16"/>
       <c r="EH46" s="16"/>
       <c r="EI46" s="16"/>
       <c r="EJ46" s="16"/>
       <c r="EK46" s="16"/>
       <c r="EL46" s="16"/>
       <c r="EM46" s="16"/>
       <c r="EN46" s="16"/>
       <c r="EO46" s="16"/>
       <c r="EP46" s="16"/>
       <c r="EQ46" s="16"/>
       <c r="ER46" s="16"/>
       <c r="ES46" s="16"/>
       <c r="ET46" s="16"/>
       <c r="EU46" s="16"/>
       <c r="EV46" s="16"/>
       <c r="EW46" s="16"/>
       <c r="EX46" s="16"/>
       <c r="EY46" s="16"/>
       <c r="EZ46" s="16"/>
       <c r="FA46" s="16"/>
       <c r="FB46" s="16"/>
       <c r="FC46" s="16"/>
       <c r="FD46" s="16"/>
       <c r="FE46" s="16"/>
       <c r="FF46" s="16"/>
       <c r="FG46" s="16"/>
       <c r="FH46" s="16"/>
       <c r="FI46" s="16"/>
       <c r="FJ46" s="16"/>
+      <c r="FK46" s="16"/>
+      <c r="FL46" s="16"/>
     </row>
-    <row r="47" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" s="15"/>
       <c r="S47" s="15"/>
       <c r="T47" s="15"/>
       <c r="U47" s="15"/>
       <c r="V47" s="15"/>
       <c r="W47" s="15"/>
       <c r="X47" s="15"/>
       <c r="Y47" s="15"/>
       <c r="Z47" s="15"/>
       <c r="AA47" s="15"/>
@@ -20474,52 +20748,54 @@
       <c r="EL47" s="16"/>
       <c r="EM47" s="16"/>
       <c r="EN47" s="16"/>
       <c r="EO47" s="16"/>
       <c r="EP47" s="16"/>
       <c r="EQ47" s="16"/>
       <c r="ER47" s="16"/>
       <c r="ES47" s="16"/>
       <c r="ET47" s="16"/>
       <c r="EU47" s="16"/>
       <c r="EV47" s="16"/>
       <c r="EW47" s="16"/>
       <c r="EX47" s="16"/>
       <c r="EY47" s="16"/>
       <c r="EZ47" s="16"/>
       <c r="FA47" s="16"/>
       <c r="FB47" s="16"/>
       <c r="FC47" s="16"/>
       <c r="FD47" s="16"/>
       <c r="FE47" s="16"/>
       <c r="FF47" s="16"/>
       <c r="FG47" s="16"/>
       <c r="FH47" s="16"/>
       <c r="FI47" s="16"/>
       <c r="FJ47" s="16"/>
+      <c r="FK47" s="16"/>
+      <c r="FL47" s="16"/>
     </row>
-    <row r="48" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="15"/>
       <c r="D48" s="15"/>
       <c r="E48" s="15"/>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15"/>
       <c r="L48" s="15"/>
       <c r="M48" s="15"/>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" s="15"/>
       <c r="S48" s="15"/>
       <c r="T48" s="15"/>
       <c r="U48" s="15"/>
       <c r="V48" s="15"/>
       <c r="W48" s="15"/>
       <c r="X48" s="15"/>
       <c r="Y48" s="15"/>
       <c r="Z48" s="15"/>
       <c r="AA48" s="15"/>
@@ -20640,52 +20916,54 @@
       <c r="EL48" s="16"/>
       <c r="EM48" s="16"/>
       <c r="EN48" s="16"/>
       <c r="EO48" s="16"/>
       <c r="EP48" s="16"/>
       <c r="EQ48" s="16"/>
       <c r="ER48" s="16"/>
       <c r="ES48" s="16"/>
       <c r="ET48" s="16"/>
       <c r="EU48" s="16"/>
       <c r="EV48" s="16"/>
       <c r="EW48" s="16"/>
       <c r="EX48" s="16"/>
       <c r="EY48" s="16"/>
       <c r="EZ48" s="16"/>
       <c r="FA48" s="16"/>
       <c r="FB48" s="16"/>
       <c r="FC48" s="16"/>
       <c r="FD48" s="16"/>
       <c r="FE48" s="16"/>
       <c r="FF48" s="16"/>
       <c r="FG48" s="16"/>
       <c r="FH48" s="16"/>
       <c r="FI48" s="16"/>
       <c r="FJ48" s="16"/>
+      <c r="FK48" s="16"/>
+      <c r="FL48" s="16"/>
     </row>
-    <row r="49" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="15"/>
       <c r="D49" s="15"/>
       <c r="E49" s="15"/>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15"/>
       <c r="L49" s="15"/>
       <c r="M49" s="15"/>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49" s="15"/>
       <c r="S49" s="15"/>
       <c r="T49" s="15"/>
       <c r="U49" s="15"/>
       <c r="V49" s="15"/>
       <c r="W49" s="15"/>
       <c r="X49" s="15"/>
       <c r="Y49" s="15"/>
       <c r="Z49" s="15"/>
       <c r="AA49" s="15"/>
@@ -20806,52 +21084,54 @@
       <c r="EL49" s="16"/>
       <c r="EM49" s="16"/>
       <c r="EN49" s="16"/>
       <c r="EO49" s="16"/>
       <c r="EP49" s="16"/>
       <c r="EQ49" s="16"/>
       <c r="ER49" s="16"/>
       <c r="ES49" s="16"/>
       <c r="ET49" s="16"/>
       <c r="EU49" s="16"/>
       <c r="EV49" s="16"/>
       <c r="EW49" s="16"/>
       <c r="EX49" s="16"/>
       <c r="EY49" s="16"/>
       <c r="EZ49" s="16"/>
       <c r="FA49" s="16"/>
       <c r="FB49" s="16"/>
       <c r="FC49" s="16"/>
       <c r="FD49" s="16"/>
       <c r="FE49" s="16"/>
       <c r="FF49" s="16"/>
       <c r="FG49" s="16"/>
       <c r="FH49" s="16"/>
       <c r="FI49" s="16"/>
       <c r="FJ49" s="16"/>
+      <c r="FK49" s="16"/>
+      <c r="FL49" s="16"/>
     </row>
-    <row r="50" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" s="15"/>
       <c r="S50" s="15"/>
       <c r="T50" s="15"/>
       <c r="U50" s="15"/>
       <c r="V50" s="15"/>
       <c r="W50" s="15"/>
       <c r="X50" s="15"/>
       <c r="Y50" s="15"/>
       <c r="Z50" s="15"/>
       <c r="AA50" s="15"/>
@@ -20972,52 +21252,54 @@
       <c r="EL50" s="16"/>
       <c r="EM50" s="16"/>
       <c r="EN50" s="16"/>
       <c r="EO50" s="16"/>
       <c r="EP50" s="16"/>
       <c r="EQ50" s="16"/>
       <c r="ER50" s="16"/>
       <c r="ES50" s="16"/>
       <c r="ET50" s="16"/>
       <c r="EU50" s="16"/>
       <c r="EV50" s="16"/>
       <c r="EW50" s="16"/>
       <c r="EX50" s="16"/>
       <c r="EY50" s="16"/>
       <c r="EZ50" s="16"/>
       <c r="FA50" s="16"/>
       <c r="FB50" s="16"/>
       <c r="FC50" s="16"/>
       <c r="FD50" s="16"/>
       <c r="FE50" s="16"/>
       <c r="FF50" s="16"/>
       <c r="FG50" s="16"/>
       <c r="FH50" s="16"/>
       <c r="FI50" s="16"/>
       <c r="FJ50" s="16"/>
+      <c r="FK50" s="16"/>
+      <c r="FL50" s="16"/>
     </row>
-    <row r="51" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C51" s="15"/>
       <c r="D51" s="15"/>
       <c r="E51" s="15"/>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15"/>
       <c r="L51" s="15"/>
       <c r="M51" s="15"/>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" s="15"/>
       <c r="S51" s="15"/>
       <c r="T51" s="15"/>
       <c r="U51" s="15"/>
       <c r="V51" s="15"/>
       <c r="W51" s="15"/>
       <c r="X51" s="15"/>
       <c r="Y51" s="15"/>
       <c r="Z51" s="15"/>
       <c r="AA51" s="15"/>
@@ -21138,52 +21420,54 @@
       <c r="EL51" s="16"/>
       <c r="EM51" s="16"/>
       <c r="EN51" s="16"/>
       <c r="EO51" s="16"/>
       <c r="EP51" s="16"/>
       <c r="EQ51" s="16"/>
       <c r="ER51" s="16"/>
       <c r="ES51" s="16"/>
       <c r="ET51" s="16"/>
       <c r="EU51" s="16"/>
       <c r="EV51" s="16"/>
       <c r="EW51" s="16"/>
       <c r="EX51" s="16"/>
       <c r="EY51" s="16"/>
       <c r="EZ51" s="16"/>
       <c r="FA51" s="16"/>
       <c r="FB51" s="16"/>
       <c r="FC51" s="16"/>
       <c r="FD51" s="16"/>
       <c r="FE51" s="16"/>
       <c r="FF51" s="16"/>
       <c r="FG51" s="16"/>
       <c r="FH51" s="16"/>
       <c r="FI51" s="16"/>
       <c r="FJ51" s="16"/>
+      <c r="FK51" s="16"/>
+      <c r="FL51" s="16"/>
     </row>
-    <row r="52" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15"/>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
       <c r="T52" s="15"/>
       <c r="U52" s="15"/>
       <c r="V52" s="15"/>
       <c r="W52" s="15"/>
       <c r="X52" s="15"/>
       <c r="Y52" s="15"/>
       <c r="Z52" s="15"/>
       <c r="AA52" s="15"/>
@@ -21304,52 +21588,54 @@
       <c r="EL52" s="16"/>
       <c r="EM52" s="16"/>
       <c r="EN52" s="16"/>
       <c r="EO52" s="16"/>
       <c r="EP52" s="16"/>
       <c r="EQ52" s="16"/>
       <c r="ER52" s="16"/>
       <c r="ES52" s="16"/>
       <c r="ET52" s="16"/>
       <c r="EU52" s="16"/>
       <c r="EV52" s="16"/>
       <c r="EW52" s="16"/>
       <c r="EX52" s="16"/>
       <c r="EY52" s="16"/>
       <c r="EZ52" s="16"/>
       <c r="FA52" s="16"/>
       <c r="FB52" s="16"/>
       <c r="FC52" s="16"/>
       <c r="FD52" s="16"/>
       <c r="FE52" s="16"/>
       <c r="FF52" s="16"/>
       <c r="FG52" s="16"/>
       <c r="FH52" s="16"/>
       <c r="FI52" s="16"/>
       <c r="FJ52" s="16"/>
+      <c r="FK52" s="16"/>
+      <c r="FL52" s="16"/>
     </row>
-    <row r="53" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C53" s="15"/>
       <c r="D53" s="15"/>
       <c r="E53" s="15"/>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15"/>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15"/>
       <c r="L53" s="15"/>
       <c r="M53" s="15"/>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53" s="15"/>
       <c r="S53" s="15"/>
       <c r="T53" s="15"/>
       <c r="U53" s="15"/>
       <c r="V53" s="15"/>
       <c r="W53" s="15"/>
       <c r="X53" s="15"/>
       <c r="Y53" s="15"/>
       <c r="Z53" s="15"/>
       <c r="AA53" s="15"/>
@@ -21470,52 +21756,54 @@
       <c r="EL53" s="16"/>
       <c r="EM53" s="16"/>
       <c r="EN53" s="16"/>
       <c r="EO53" s="16"/>
       <c r="EP53" s="16"/>
       <c r="EQ53" s="16"/>
       <c r="ER53" s="16"/>
       <c r="ES53" s="16"/>
       <c r="ET53" s="16"/>
       <c r="EU53" s="16"/>
       <c r="EV53" s="16"/>
       <c r="EW53" s="16"/>
       <c r="EX53" s="16"/>
       <c r="EY53" s="16"/>
       <c r="EZ53" s="16"/>
       <c r="FA53" s="16"/>
       <c r="FB53" s="16"/>
       <c r="FC53" s="16"/>
       <c r="FD53" s="16"/>
       <c r="FE53" s="16"/>
       <c r="FF53" s="16"/>
       <c r="FG53" s="16"/>
       <c r="FH53" s="16"/>
       <c r="FI53" s="16"/>
       <c r="FJ53" s="16"/>
+      <c r="FK53" s="16"/>
+      <c r="FL53" s="16"/>
     </row>
-    <row r="54" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C54" s="15"/>
       <c r="D54" s="15"/>
       <c r="E54" s="15"/>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15"/>
       <c r="I54" s="15"/>
       <c r="J54" s="15"/>
       <c r="K54" s="15"/>
       <c r="L54" s="15"/>
       <c r="M54" s="15"/>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54" s="15"/>
       <c r="S54" s="15"/>
       <c r="T54" s="15"/>
       <c r="U54" s="15"/>
       <c r="V54" s="15"/>
       <c r="W54" s="15"/>
       <c r="X54" s="15"/>
       <c r="Y54" s="15"/>
       <c r="Z54" s="15"/>
       <c r="AA54" s="15"/>
@@ -21636,52 +21924,54 @@
       <c r="EL54" s="16"/>
       <c r="EM54" s="16"/>
       <c r="EN54" s="16"/>
       <c r="EO54" s="16"/>
       <c r="EP54" s="16"/>
       <c r="EQ54" s="16"/>
       <c r="ER54" s="16"/>
       <c r="ES54" s="16"/>
       <c r="ET54" s="16"/>
       <c r="EU54" s="16"/>
       <c r="EV54" s="16"/>
       <c r="EW54" s="16"/>
       <c r="EX54" s="16"/>
       <c r="EY54" s="16"/>
       <c r="EZ54" s="16"/>
       <c r="FA54" s="16"/>
       <c r="FB54" s="16"/>
       <c r="FC54" s="16"/>
       <c r="FD54" s="16"/>
       <c r="FE54" s="16"/>
       <c r="FF54" s="16"/>
       <c r="FG54" s="16"/>
       <c r="FH54" s="16"/>
       <c r="FI54" s="16"/>
       <c r="FJ54" s="16"/>
+      <c r="FK54" s="16"/>
+      <c r="FL54" s="16"/>
     </row>
-    <row r="55" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C55" s="15"/>
       <c r="D55" s="15"/>
       <c r="E55" s="15"/>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15"/>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15"/>
       <c r="L55" s="15"/>
       <c r="M55" s="15"/>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" s="15"/>
       <c r="S55" s="15"/>
       <c r="T55" s="15"/>
       <c r="U55" s="15"/>
       <c r="V55" s="15"/>
       <c r="W55" s="15"/>
       <c r="X55" s="15"/>
       <c r="Y55" s="15"/>
       <c r="Z55" s="15"/>
       <c r="AA55" s="15"/>
@@ -21802,52 +22092,54 @@
       <c r="EL55" s="16"/>
       <c r="EM55" s="16"/>
       <c r="EN55" s="16"/>
       <c r="EO55" s="16"/>
       <c r="EP55" s="16"/>
       <c r="EQ55" s="16"/>
       <c r="ER55" s="16"/>
       <c r="ES55" s="16"/>
       <c r="ET55" s="16"/>
       <c r="EU55" s="16"/>
       <c r="EV55" s="16"/>
       <c r="EW55" s="16"/>
       <c r="EX55" s="16"/>
       <c r="EY55" s="16"/>
       <c r="EZ55" s="16"/>
       <c r="FA55" s="16"/>
       <c r="FB55" s="16"/>
       <c r="FC55" s="16"/>
       <c r="FD55" s="16"/>
       <c r="FE55" s="16"/>
       <c r="FF55" s="16"/>
       <c r="FG55" s="16"/>
       <c r="FH55" s="16"/>
       <c r="FI55" s="16"/>
       <c r="FJ55" s="16"/>
+      <c r="FK55" s="16"/>
+      <c r="FL55" s="16"/>
     </row>
-    <row r="56" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C56" s="15"/>
       <c r="D56" s="15"/>
       <c r="E56" s="15"/>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15"/>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15"/>
       <c r="L56" s="15"/>
       <c r="M56" s="15"/>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" s="15"/>
       <c r="S56" s="15"/>
       <c r="T56" s="15"/>
       <c r="U56" s="15"/>
       <c r="V56" s="15"/>
       <c r="W56" s="15"/>
       <c r="X56" s="15"/>
       <c r="Y56" s="15"/>
       <c r="Z56" s="15"/>
       <c r="AA56" s="15"/>
@@ -21968,52 +22260,54 @@
       <c r="EL56" s="16"/>
       <c r="EM56" s="16"/>
       <c r="EN56" s="16"/>
       <c r="EO56" s="16"/>
       <c r="EP56" s="16"/>
       <c r="EQ56" s="16"/>
       <c r="ER56" s="16"/>
       <c r="ES56" s="16"/>
       <c r="ET56" s="16"/>
       <c r="EU56" s="16"/>
       <c r="EV56" s="16"/>
       <c r="EW56" s="16"/>
       <c r="EX56" s="16"/>
       <c r="EY56" s="16"/>
       <c r="EZ56" s="16"/>
       <c r="FA56" s="16"/>
       <c r="FB56" s="16"/>
       <c r="FC56" s="16"/>
       <c r="FD56" s="16"/>
       <c r="FE56" s="16"/>
       <c r="FF56" s="16"/>
       <c r="FG56" s="16"/>
       <c r="FH56" s="16"/>
       <c r="FI56" s="16"/>
       <c r="FJ56" s="16"/>
+      <c r="FK56" s="16"/>
+      <c r="FL56" s="16"/>
     </row>
-    <row r="57" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C57" s="15"/>
       <c r="D57" s="15"/>
       <c r="E57" s="15"/>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15"/>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15"/>
       <c r="L57" s="15"/>
       <c r="M57" s="15"/>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57" s="15"/>
       <c r="S57" s="15"/>
       <c r="T57" s="15"/>
       <c r="U57" s="15"/>
       <c r="V57" s="15"/>
       <c r="W57" s="15"/>
       <c r="X57" s="15"/>
       <c r="Y57" s="15"/>
       <c r="Z57" s="15"/>
       <c r="AA57" s="15"/>
@@ -22134,52 +22428,54 @@
       <c r="EL57" s="16"/>
       <c r="EM57" s="16"/>
       <c r="EN57" s="16"/>
       <c r="EO57" s="16"/>
       <c r="EP57" s="16"/>
       <c r="EQ57" s="16"/>
       <c r="ER57" s="16"/>
       <c r="ES57" s="16"/>
       <c r="ET57" s="16"/>
       <c r="EU57" s="16"/>
       <c r="EV57" s="16"/>
       <c r="EW57" s="16"/>
       <c r="EX57" s="16"/>
       <c r="EY57" s="16"/>
       <c r="EZ57" s="16"/>
       <c r="FA57" s="16"/>
       <c r="FB57" s="16"/>
       <c r="FC57" s="16"/>
       <c r="FD57" s="16"/>
       <c r="FE57" s="16"/>
       <c r="FF57" s="16"/>
       <c r="FG57" s="16"/>
       <c r="FH57" s="16"/>
       <c r="FI57" s="16"/>
       <c r="FJ57" s="16"/>
+      <c r="FK57" s="16"/>
+      <c r="FL57" s="16"/>
     </row>
-    <row r="58" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C58" s="15"/>
       <c r="D58" s="15"/>
       <c r="E58" s="15"/>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15"/>
       <c r="I58" s="15"/>
       <c r="J58" s="15"/>
       <c r="K58" s="15"/>
       <c r="L58" s="15"/>
       <c r="M58" s="15"/>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58" s="15"/>
       <c r="S58" s="15"/>
       <c r="T58" s="15"/>
       <c r="U58" s="15"/>
       <c r="V58" s="15"/>
       <c r="W58" s="15"/>
       <c r="X58" s="15"/>
       <c r="Y58" s="15"/>
       <c r="Z58" s="15"/>
       <c r="AA58" s="15"/>
@@ -22300,52 +22596,54 @@
       <c r="EL58" s="16"/>
       <c r="EM58" s="16"/>
       <c r="EN58" s="16"/>
       <c r="EO58" s="16"/>
       <c r="EP58" s="16"/>
       <c r="EQ58" s="16"/>
       <c r="ER58" s="16"/>
       <c r="ES58" s="16"/>
       <c r="ET58" s="16"/>
       <c r="EU58" s="16"/>
       <c r="EV58" s="16"/>
       <c r="EW58" s="16"/>
       <c r="EX58" s="16"/>
       <c r="EY58" s="16"/>
       <c r="EZ58" s="16"/>
       <c r="FA58" s="16"/>
       <c r="FB58" s="16"/>
       <c r="FC58" s="16"/>
       <c r="FD58" s="16"/>
       <c r="FE58" s="16"/>
       <c r="FF58" s="16"/>
       <c r="FG58" s="16"/>
       <c r="FH58" s="16"/>
       <c r="FI58" s="16"/>
       <c r="FJ58" s="16"/>
+      <c r="FK58" s="16"/>
+      <c r="FL58" s="16"/>
     </row>
-    <row r="59" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C59" s="15"/>
       <c r="D59" s="15"/>
       <c r="E59" s="15"/>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15"/>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15"/>
       <c r="L59" s="15"/>
       <c r="M59" s="15"/>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" s="15"/>
       <c r="S59" s="15"/>
       <c r="T59" s="15"/>
       <c r="U59" s="15"/>
       <c r="V59" s="15"/>
       <c r="W59" s="15"/>
       <c r="X59" s="15"/>
       <c r="Y59" s="15"/>
       <c r="Z59" s="15"/>
       <c r="AA59" s="15"/>
@@ -22466,52 +22764,54 @@
       <c r="EL59" s="16"/>
       <c r="EM59" s="16"/>
       <c r="EN59" s="16"/>
       <c r="EO59" s="16"/>
       <c r="EP59" s="16"/>
       <c r="EQ59" s="16"/>
       <c r="ER59" s="16"/>
       <c r="ES59" s="16"/>
       <c r="ET59" s="16"/>
       <c r="EU59" s="16"/>
       <c r="EV59" s="16"/>
       <c r="EW59" s="16"/>
       <c r="EX59" s="16"/>
       <c r="EY59" s="16"/>
       <c r="EZ59" s="16"/>
       <c r="FA59" s="16"/>
       <c r="FB59" s="16"/>
       <c r="FC59" s="16"/>
       <c r="FD59" s="16"/>
       <c r="FE59" s="16"/>
       <c r="FF59" s="16"/>
       <c r="FG59" s="16"/>
       <c r="FH59" s="16"/>
       <c r="FI59" s="16"/>
       <c r="FJ59" s="16"/>
+      <c r="FK59" s="16"/>
+      <c r="FL59" s="16"/>
     </row>
-    <row r="60" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C60" s="15"/>
       <c r="D60" s="15"/>
       <c r="E60" s="15"/>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15"/>
       <c r="L60" s="15"/>
       <c r="M60" s="15"/>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60" s="15"/>
       <c r="S60" s="15"/>
       <c r="T60" s="15"/>
       <c r="U60" s="15"/>
       <c r="V60" s="15"/>
       <c r="W60" s="15"/>
       <c r="X60" s="15"/>
       <c r="Y60" s="15"/>
       <c r="Z60" s="15"/>
       <c r="AA60" s="15"/>
@@ -22632,52 +22932,54 @@
       <c r="EL60" s="16"/>
       <c r="EM60" s="16"/>
       <c r="EN60" s="16"/>
       <c r="EO60" s="16"/>
       <c r="EP60" s="16"/>
       <c r="EQ60" s="16"/>
       <c r="ER60" s="16"/>
       <c r="ES60" s="16"/>
       <c r="ET60" s="16"/>
       <c r="EU60" s="16"/>
       <c r="EV60" s="16"/>
       <c r="EW60" s="16"/>
       <c r="EX60" s="16"/>
       <c r="EY60" s="16"/>
       <c r="EZ60" s="16"/>
       <c r="FA60" s="16"/>
       <c r="FB60" s="16"/>
       <c r="FC60" s="16"/>
       <c r="FD60" s="16"/>
       <c r="FE60" s="16"/>
       <c r="FF60" s="16"/>
       <c r="FG60" s="16"/>
       <c r="FH60" s="16"/>
       <c r="FI60" s="16"/>
       <c r="FJ60" s="16"/>
+      <c r="FK60" s="16"/>
+      <c r="FL60" s="16"/>
     </row>
-    <row r="61" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C61" s="15"/>
       <c r="D61" s="15"/>
       <c r="E61" s="15"/>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15"/>
       <c r="I61" s="15"/>
       <c r="J61" s="15"/>
       <c r="K61" s="15"/>
       <c r="L61" s="15"/>
       <c r="M61" s="15"/>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" s="15"/>
       <c r="S61" s="15"/>
       <c r="T61" s="15"/>
       <c r="U61" s="15"/>
       <c r="V61" s="15"/>
       <c r="W61" s="15"/>
       <c r="X61" s="15"/>
       <c r="Y61" s="15"/>
       <c r="Z61" s="15"/>
       <c r="AA61" s="15"/>
@@ -22798,52 +23100,54 @@
       <c r="EL61" s="16"/>
       <c r="EM61" s="16"/>
       <c r="EN61" s="16"/>
       <c r="EO61" s="16"/>
       <c r="EP61" s="16"/>
       <c r="EQ61" s="16"/>
       <c r="ER61" s="16"/>
       <c r="ES61" s="16"/>
       <c r="ET61" s="16"/>
       <c r="EU61" s="16"/>
       <c r="EV61" s="16"/>
       <c r="EW61" s="16"/>
       <c r="EX61" s="16"/>
       <c r="EY61" s="16"/>
       <c r="EZ61" s="16"/>
       <c r="FA61" s="16"/>
       <c r="FB61" s="16"/>
       <c r="FC61" s="16"/>
       <c r="FD61" s="16"/>
       <c r="FE61" s="16"/>
       <c r="FF61" s="16"/>
       <c r="FG61" s="16"/>
       <c r="FH61" s="16"/>
       <c r="FI61" s="16"/>
       <c r="FJ61" s="16"/>
+      <c r="FK61" s="16"/>
+      <c r="FL61" s="16"/>
     </row>
-    <row r="62" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C62" s="15"/>
       <c r="D62" s="15"/>
       <c r="E62" s="15"/>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15"/>
       <c r="K62" s="15"/>
       <c r="L62" s="15"/>
       <c r="M62" s="15"/>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" s="15"/>
       <c r="S62" s="15"/>
       <c r="T62" s="15"/>
       <c r="U62" s="15"/>
       <c r="V62" s="15"/>
       <c r="W62" s="15"/>
       <c r="X62" s="15"/>
       <c r="Y62" s="15"/>
       <c r="Z62" s="15"/>
       <c r="AA62" s="15"/>
@@ -22964,52 +23268,54 @@
       <c r="EL62" s="16"/>
       <c r="EM62" s="16"/>
       <c r="EN62" s="16"/>
       <c r="EO62" s="16"/>
       <c r="EP62" s="16"/>
       <c r="EQ62" s="16"/>
       <c r="ER62" s="16"/>
       <c r="ES62" s="16"/>
       <c r="ET62" s="16"/>
       <c r="EU62" s="16"/>
       <c r="EV62" s="16"/>
       <c r="EW62" s="16"/>
       <c r="EX62" s="16"/>
       <c r="EY62" s="16"/>
       <c r="EZ62" s="16"/>
       <c r="FA62" s="16"/>
       <c r="FB62" s="16"/>
       <c r="FC62" s="16"/>
       <c r="FD62" s="16"/>
       <c r="FE62" s="16"/>
       <c r="FF62" s="16"/>
       <c r="FG62" s="16"/>
       <c r="FH62" s="16"/>
       <c r="FI62" s="16"/>
       <c r="FJ62" s="16"/>
+      <c r="FK62" s="16"/>
+      <c r="FL62" s="16"/>
     </row>
-    <row r="63" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63" s="15"/>
       <c r="S63" s="15"/>
       <c r="T63" s="15"/>
       <c r="U63" s="15"/>
       <c r="V63" s="15"/>
       <c r="W63" s="15"/>
       <c r="X63" s="15"/>
       <c r="Y63" s="15"/>
       <c r="Z63" s="15"/>
       <c r="AA63" s="15"/>
@@ -23130,52 +23436,54 @@
       <c r="EL63" s="16"/>
       <c r="EM63" s="16"/>
       <c r="EN63" s="16"/>
       <c r="EO63" s="16"/>
       <c r="EP63" s="16"/>
       <c r="EQ63" s="16"/>
       <c r="ER63" s="16"/>
       <c r="ES63" s="16"/>
       <c r="ET63" s="16"/>
       <c r="EU63" s="16"/>
       <c r="EV63" s="16"/>
       <c r="EW63" s="16"/>
       <c r="EX63" s="16"/>
       <c r="EY63" s="16"/>
       <c r="EZ63" s="16"/>
       <c r="FA63" s="16"/>
       <c r="FB63" s="16"/>
       <c r="FC63" s="16"/>
       <c r="FD63" s="16"/>
       <c r="FE63" s="16"/>
       <c r="FF63" s="16"/>
       <c r="FG63" s="16"/>
       <c r="FH63" s="16"/>
       <c r="FI63" s="16"/>
       <c r="FJ63" s="16"/>
+      <c r="FK63" s="16"/>
+      <c r="FL63" s="16"/>
     </row>
-    <row r="64" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C64" s="15"/>
       <c r="D64" s="15"/>
       <c r="E64" s="15"/>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15"/>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15"/>
       <c r="L64" s="15"/>
       <c r="M64" s="15"/>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" s="15"/>
       <c r="S64" s="15"/>
       <c r="T64" s="15"/>
       <c r="U64" s="15"/>
       <c r="V64" s="15"/>
       <c r="W64" s="15"/>
       <c r="X64" s="15"/>
       <c r="Y64" s="15"/>
       <c r="Z64" s="15"/>
       <c r="AA64" s="15"/>
@@ -23296,52 +23604,54 @@
       <c r="EL64" s="16"/>
       <c r="EM64" s="16"/>
       <c r="EN64" s="16"/>
       <c r="EO64" s="16"/>
       <c r="EP64" s="16"/>
       <c r="EQ64" s="16"/>
       <c r="ER64" s="16"/>
       <c r="ES64" s="16"/>
       <c r="ET64" s="16"/>
       <c r="EU64" s="16"/>
       <c r="EV64" s="16"/>
       <c r="EW64" s="16"/>
       <c r="EX64" s="16"/>
       <c r="EY64" s="16"/>
       <c r="EZ64" s="16"/>
       <c r="FA64" s="16"/>
       <c r="FB64" s="16"/>
       <c r="FC64" s="16"/>
       <c r="FD64" s="16"/>
       <c r="FE64" s="16"/>
       <c r="FF64" s="16"/>
       <c r="FG64" s="16"/>
       <c r="FH64" s="16"/>
       <c r="FI64" s="16"/>
       <c r="FJ64" s="16"/>
+      <c r="FK64" s="16"/>
+      <c r="FL64" s="16"/>
     </row>
-    <row r="65" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C65" s="15"/>
       <c r="D65" s="15"/>
       <c r="E65" s="15"/>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15"/>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15"/>
       <c r="L65" s="15"/>
       <c r="M65" s="15"/>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" s="15"/>
       <c r="S65" s="15"/>
       <c r="T65" s="15"/>
       <c r="U65" s="15"/>
       <c r="V65" s="15"/>
       <c r="W65" s="15"/>
       <c r="X65" s="15"/>
       <c r="Y65" s="15"/>
       <c r="Z65" s="15"/>
       <c r="AA65" s="15"/>
@@ -23462,52 +23772,54 @@
       <c r="EL65" s="16"/>
       <c r="EM65" s="16"/>
       <c r="EN65" s="16"/>
       <c r="EO65" s="16"/>
       <c r="EP65" s="16"/>
       <c r="EQ65" s="16"/>
       <c r="ER65" s="16"/>
       <c r="ES65" s="16"/>
       <c r="ET65" s="16"/>
       <c r="EU65" s="16"/>
       <c r="EV65" s="16"/>
       <c r="EW65" s="16"/>
       <c r="EX65" s="16"/>
       <c r="EY65" s="16"/>
       <c r="EZ65" s="16"/>
       <c r="FA65" s="16"/>
       <c r="FB65" s="16"/>
       <c r="FC65" s="16"/>
       <c r="FD65" s="16"/>
       <c r="FE65" s="16"/>
       <c r="FF65" s="16"/>
       <c r="FG65" s="16"/>
       <c r="FH65" s="16"/>
       <c r="FI65" s="16"/>
       <c r="FJ65" s="16"/>
+      <c r="FK65" s="16"/>
+      <c r="FL65" s="16"/>
     </row>
-    <row r="66" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C66" s="15"/>
       <c r="D66" s="15"/>
       <c r="E66" s="15"/>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15"/>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15"/>
       <c r="L66" s="15"/>
       <c r="M66" s="15"/>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" s="15"/>
       <c r="S66" s="15"/>
       <c r="T66" s="15"/>
       <c r="U66" s="15"/>
       <c r="V66" s="15"/>
       <c r="W66" s="15"/>
       <c r="X66" s="15"/>
       <c r="Y66" s="15"/>
       <c r="Z66" s="15"/>
       <c r="AA66" s="15"/>
@@ -23628,52 +23940,54 @@
       <c r="EL66" s="16"/>
       <c r="EM66" s="16"/>
       <c r="EN66" s="16"/>
       <c r="EO66" s="16"/>
       <c r="EP66" s="16"/>
       <c r="EQ66" s="16"/>
       <c r="ER66" s="16"/>
       <c r="ES66" s="16"/>
       <c r="ET66" s="16"/>
       <c r="EU66" s="16"/>
       <c r="EV66" s="16"/>
       <c r="EW66" s="16"/>
       <c r="EX66" s="16"/>
       <c r="EY66" s="16"/>
       <c r="EZ66" s="16"/>
       <c r="FA66" s="16"/>
       <c r="FB66" s="16"/>
       <c r="FC66" s="16"/>
       <c r="FD66" s="16"/>
       <c r="FE66" s="16"/>
       <c r="FF66" s="16"/>
       <c r="FG66" s="16"/>
       <c r="FH66" s="16"/>
       <c r="FI66" s="16"/>
       <c r="FJ66" s="16"/>
+      <c r="FK66" s="16"/>
+      <c r="FL66" s="16"/>
     </row>
-    <row r="67" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C67" s="15"/>
       <c r="D67" s="15"/>
       <c r="E67" s="15"/>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15"/>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15"/>
       <c r="L67" s="15"/>
       <c r="M67" s="15"/>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" s="15"/>
       <c r="S67" s="15"/>
       <c r="T67" s="15"/>
       <c r="U67" s="15"/>
       <c r="V67" s="15"/>
       <c r="W67" s="15"/>
       <c r="X67" s="15"/>
       <c r="Y67" s="15"/>
       <c r="Z67" s="15"/>
       <c r="AA67" s="15"/>
@@ -23794,52 +24108,54 @@
       <c r="EL67" s="16"/>
       <c r="EM67" s="16"/>
       <c r="EN67" s="16"/>
       <c r="EO67" s="16"/>
       <c r="EP67" s="16"/>
       <c r="EQ67" s="16"/>
       <c r="ER67" s="16"/>
       <c r="ES67" s="16"/>
       <c r="ET67" s="16"/>
       <c r="EU67" s="16"/>
       <c r="EV67" s="16"/>
       <c r="EW67" s="16"/>
       <c r="EX67" s="16"/>
       <c r="EY67" s="16"/>
       <c r="EZ67" s="16"/>
       <c r="FA67" s="16"/>
       <c r="FB67" s="16"/>
       <c r="FC67" s="16"/>
       <c r="FD67" s="16"/>
       <c r="FE67" s="16"/>
       <c r="FF67" s="16"/>
       <c r="FG67" s="16"/>
       <c r="FH67" s="16"/>
       <c r="FI67" s="16"/>
       <c r="FJ67" s="16"/>
+      <c r="FK67" s="16"/>
+      <c r="FL67" s="16"/>
     </row>
-    <row r="68" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C68" s="15"/>
       <c r="D68" s="15"/>
       <c r="E68" s="15"/>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
       <c r="L68" s="15"/>
       <c r="M68" s="15"/>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" s="15"/>
       <c r="S68" s="15"/>
       <c r="T68" s="15"/>
       <c r="U68" s="15"/>
       <c r="V68" s="15"/>
       <c r="W68" s="15"/>
       <c r="X68" s="15"/>
       <c r="Y68" s="15"/>
       <c r="Z68" s="15"/>
       <c r="AA68" s="15"/>
@@ -23960,52 +24276,54 @@
       <c r="EL68" s="16"/>
       <c r="EM68" s="16"/>
       <c r="EN68" s="16"/>
       <c r="EO68" s="16"/>
       <c r="EP68" s="16"/>
       <c r="EQ68" s="16"/>
       <c r="ER68" s="16"/>
       <c r="ES68" s="16"/>
       <c r="ET68" s="16"/>
       <c r="EU68" s="16"/>
       <c r="EV68" s="16"/>
       <c r="EW68" s="16"/>
       <c r="EX68" s="16"/>
       <c r="EY68" s="16"/>
       <c r="EZ68" s="16"/>
       <c r="FA68" s="16"/>
       <c r="FB68" s="16"/>
       <c r="FC68" s="16"/>
       <c r="FD68" s="16"/>
       <c r="FE68" s="16"/>
       <c r="FF68" s="16"/>
       <c r="FG68" s="16"/>
       <c r="FH68" s="16"/>
       <c r="FI68" s="16"/>
       <c r="FJ68" s="16"/>
+      <c r="FK68" s="16"/>
+      <c r="FL68" s="16"/>
     </row>
-    <row r="69" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C69" s="15"/>
       <c r="D69" s="15"/>
       <c r="E69" s="15"/>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15"/>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15"/>
       <c r="L69" s="15"/>
       <c r="M69" s="15"/>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" s="15"/>
       <c r="S69" s="15"/>
       <c r="T69" s="15"/>
       <c r="U69" s="15"/>
       <c r="V69" s="15"/>
       <c r="W69" s="15"/>
       <c r="X69" s="15"/>
       <c r="Y69" s="15"/>
       <c r="Z69" s="15"/>
       <c r="AA69" s="15"/>
@@ -24126,52 +24444,54 @@
       <c r="EL69" s="16"/>
       <c r="EM69" s="16"/>
       <c r="EN69" s="16"/>
       <c r="EO69" s="16"/>
       <c r="EP69" s="16"/>
       <c r="EQ69" s="16"/>
       <c r="ER69" s="16"/>
       <c r="ES69" s="16"/>
       <c r="ET69" s="16"/>
       <c r="EU69" s="16"/>
       <c r="EV69" s="16"/>
       <c r="EW69" s="16"/>
       <c r="EX69" s="16"/>
       <c r="EY69" s="16"/>
       <c r="EZ69" s="16"/>
       <c r="FA69" s="16"/>
       <c r="FB69" s="16"/>
       <c r="FC69" s="16"/>
       <c r="FD69" s="16"/>
       <c r="FE69" s="16"/>
       <c r="FF69" s="16"/>
       <c r="FG69" s="16"/>
       <c r="FH69" s="16"/>
       <c r="FI69" s="16"/>
       <c r="FJ69" s="16"/>
+      <c r="FK69" s="16"/>
+      <c r="FL69" s="16"/>
     </row>
-    <row r="70" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C70" s="15"/>
       <c r="D70" s="15"/>
       <c r="E70" s="15"/>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15"/>
       <c r="I70" s="15"/>
       <c r="J70" s="15"/>
       <c r="K70" s="15"/>
       <c r="L70" s="15"/>
       <c r="M70" s="15"/>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" s="15"/>
       <c r="S70" s="15"/>
       <c r="T70" s="15"/>
       <c r="U70" s="15"/>
       <c r="V70" s="15"/>
       <c r="W70" s="15"/>
       <c r="X70" s="15"/>
       <c r="Y70" s="15"/>
       <c r="Z70" s="15"/>
       <c r="AA70" s="15"/>
@@ -24292,52 +24612,54 @@
       <c r="EL70" s="16"/>
       <c r="EM70" s="16"/>
       <c r="EN70" s="16"/>
       <c r="EO70" s="16"/>
       <c r="EP70" s="16"/>
       <c r="EQ70" s="16"/>
       <c r="ER70" s="16"/>
       <c r="ES70" s="16"/>
       <c r="ET70" s="16"/>
       <c r="EU70" s="16"/>
       <c r="EV70" s="16"/>
       <c r="EW70" s="16"/>
       <c r="EX70" s="16"/>
       <c r="EY70" s="16"/>
       <c r="EZ70" s="16"/>
       <c r="FA70" s="16"/>
       <c r="FB70" s="16"/>
       <c r="FC70" s="16"/>
       <c r="FD70" s="16"/>
       <c r="FE70" s="16"/>
       <c r="FF70" s="16"/>
       <c r="FG70" s="16"/>
       <c r="FH70" s="16"/>
       <c r="FI70" s="16"/>
       <c r="FJ70" s="16"/>
+      <c r="FK70" s="16"/>
+      <c r="FL70" s="16"/>
     </row>
-    <row r="71" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C71" s="15"/>
       <c r="D71" s="15"/>
       <c r="E71" s="15"/>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="15"/>
       <c r="K71" s="15"/>
       <c r="L71" s="15"/>
       <c r="M71" s="15"/>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" s="15"/>
       <c r="S71" s="15"/>
       <c r="T71" s="15"/>
       <c r="U71" s="15"/>
       <c r="V71" s="15"/>
       <c r="W71" s="15"/>
       <c r="X71" s="15"/>
       <c r="Y71" s="15"/>
       <c r="Z71" s="15"/>
       <c r="AA71" s="15"/>
@@ -24458,52 +24780,54 @@
       <c r="EL71" s="16"/>
       <c r="EM71" s="16"/>
       <c r="EN71" s="16"/>
       <c r="EO71" s="16"/>
       <c r="EP71" s="16"/>
       <c r="EQ71" s="16"/>
       <c r="ER71" s="16"/>
       <c r="ES71" s="16"/>
       <c r="ET71" s="16"/>
       <c r="EU71" s="16"/>
       <c r="EV71" s="16"/>
       <c r="EW71" s="16"/>
       <c r="EX71" s="16"/>
       <c r="EY71" s="16"/>
       <c r="EZ71" s="16"/>
       <c r="FA71" s="16"/>
       <c r="FB71" s="16"/>
       <c r="FC71" s="16"/>
       <c r="FD71" s="16"/>
       <c r="FE71" s="16"/>
       <c r="FF71" s="16"/>
       <c r="FG71" s="16"/>
       <c r="FH71" s="16"/>
       <c r="FI71" s="16"/>
       <c r="FJ71" s="16"/>
+      <c r="FK71" s="16"/>
+      <c r="FL71" s="16"/>
     </row>
-    <row r="72" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="15"/>
       <c r="D72" s="15"/>
       <c r="E72" s="15"/>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15"/>
       <c r="L72" s="15"/>
       <c r="M72" s="15"/>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" s="15"/>
       <c r="S72" s="15"/>
       <c r="T72" s="15"/>
       <c r="U72" s="15"/>
       <c r="V72" s="15"/>
       <c r="W72" s="15"/>
       <c r="X72" s="15"/>
       <c r="Y72" s="15"/>
       <c r="Z72" s="15"/>
       <c r="AA72" s="15"/>
@@ -24624,52 +24948,54 @@
       <c r="EL72" s="16"/>
       <c r="EM72" s="16"/>
       <c r="EN72" s="16"/>
       <c r="EO72" s="16"/>
       <c r="EP72" s="16"/>
       <c r="EQ72" s="16"/>
       <c r="ER72" s="16"/>
       <c r="ES72" s="16"/>
       <c r="ET72" s="16"/>
       <c r="EU72" s="16"/>
       <c r="EV72" s="16"/>
       <c r="EW72" s="16"/>
       <c r="EX72" s="16"/>
       <c r="EY72" s="16"/>
       <c r="EZ72" s="16"/>
       <c r="FA72" s="16"/>
       <c r="FB72" s="16"/>
       <c r="FC72" s="16"/>
       <c r="FD72" s="16"/>
       <c r="FE72" s="16"/>
       <c r="FF72" s="16"/>
       <c r="FG72" s="16"/>
       <c r="FH72" s="16"/>
       <c r="FI72" s="16"/>
       <c r="FJ72" s="16"/>
+      <c r="FK72" s="16"/>
+      <c r="FL72" s="16"/>
     </row>
-    <row r="73" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C73" s="15"/>
       <c r="D73" s="15"/>
       <c r="E73" s="15"/>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15"/>
       <c r="L73" s="15"/>
       <c r="M73" s="15"/>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" s="15"/>
       <c r="S73" s="15"/>
       <c r="T73" s="15"/>
       <c r="U73" s="15"/>
       <c r="V73" s="15"/>
       <c r="W73" s="15"/>
       <c r="X73" s="15"/>
       <c r="Y73" s="15"/>
       <c r="Z73" s="15"/>
       <c r="AA73" s="15"/>
@@ -24790,52 +25116,54 @@
       <c r="EL73" s="16"/>
       <c r="EM73" s="16"/>
       <c r="EN73" s="16"/>
       <c r="EO73" s="16"/>
       <c r="EP73" s="16"/>
       <c r="EQ73" s="16"/>
       <c r="ER73" s="16"/>
       <c r="ES73" s="16"/>
       <c r="ET73" s="16"/>
       <c r="EU73" s="16"/>
       <c r="EV73" s="16"/>
       <c r="EW73" s="16"/>
       <c r="EX73" s="16"/>
       <c r="EY73" s="16"/>
       <c r="EZ73" s="16"/>
       <c r="FA73" s="16"/>
       <c r="FB73" s="16"/>
       <c r="FC73" s="16"/>
       <c r="FD73" s="16"/>
       <c r="FE73" s="16"/>
       <c r="FF73" s="16"/>
       <c r="FG73" s="16"/>
       <c r="FH73" s="16"/>
       <c r="FI73" s="16"/>
       <c r="FJ73" s="16"/>
+      <c r="FK73" s="16"/>
+      <c r="FL73" s="16"/>
     </row>
-    <row r="74" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" s="15"/>
       <c r="S74" s="15"/>
       <c r="T74" s="15"/>
       <c r="U74" s="15"/>
       <c r="V74" s="15"/>
       <c r="W74" s="15"/>
       <c r="X74" s="15"/>
       <c r="Y74" s="15"/>
       <c r="Z74" s="15"/>
       <c r="AA74" s="15"/>
@@ -24956,52 +25284,54 @@
       <c r="EL74" s="16"/>
       <c r="EM74" s="16"/>
       <c r="EN74" s="16"/>
       <c r="EO74" s="16"/>
       <c r="EP74" s="16"/>
       <c r="EQ74" s="16"/>
       <c r="ER74" s="16"/>
       <c r="ES74" s="16"/>
       <c r="ET74" s="16"/>
       <c r="EU74" s="16"/>
       <c r="EV74" s="16"/>
       <c r="EW74" s="16"/>
       <c r="EX74" s="16"/>
       <c r="EY74" s="16"/>
       <c r="EZ74" s="16"/>
       <c r="FA74" s="16"/>
       <c r="FB74" s="16"/>
       <c r="FC74" s="16"/>
       <c r="FD74" s="16"/>
       <c r="FE74" s="16"/>
       <c r="FF74" s="16"/>
       <c r="FG74" s="16"/>
       <c r="FH74" s="16"/>
       <c r="FI74" s="16"/>
       <c r="FJ74" s="16"/>
+      <c r="FK74" s="16"/>
+      <c r="FL74" s="16"/>
     </row>
-    <row r="75" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" s="15"/>
       <c r="S75" s="15"/>
       <c r="T75" s="15"/>
       <c r="U75" s="15"/>
       <c r="V75" s="15"/>
       <c r="W75" s="15"/>
       <c r="X75" s="15"/>
       <c r="Y75" s="15"/>
       <c r="Z75" s="15"/>
       <c r="AA75" s="15"/>
@@ -25122,52 +25452,54 @@
       <c r="EL75" s="16"/>
       <c r="EM75" s="16"/>
       <c r="EN75" s="16"/>
       <c r="EO75" s="16"/>
       <c r="EP75" s="16"/>
       <c r="EQ75" s="16"/>
       <c r="ER75" s="16"/>
       <c r="ES75" s="16"/>
       <c r="ET75" s="16"/>
       <c r="EU75" s="16"/>
       <c r="EV75" s="16"/>
       <c r="EW75" s="16"/>
       <c r="EX75" s="16"/>
       <c r="EY75" s="16"/>
       <c r="EZ75" s="16"/>
       <c r="FA75" s="16"/>
       <c r="FB75" s="16"/>
       <c r="FC75" s="16"/>
       <c r="FD75" s="16"/>
       <c r="FE75" s="16"/>
       <c r="FF75" s="16"/>
       <c r="FG75" s="16"/>
       <c r="FH75" s="16"/>
       <c r="FI75" s="16"/>
       <c r="FJ75" s="16"/>
+      <c r="FK75" s="16"/>
+      <c r="FL75" s="16"/>
     </row>
-    <row r="76" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" s="15"/>
       <c r="S76" s="15"/>
       <c r="T76" s="15"/>
       <c r="U76" s="15"/>
       <c r="V76" s="15"/>
       <c r="W76" s="15"/>
       <c r="X76" s="15"/>
       <c r="Y76" s="15"/>
       <c r="Z76" s="15"/>
       <c r="AA76" s="15"/>
@@ -25288,52 +25620,54 @@
       <c r="EL76" s="16"/>
       <c r="EM76" s="16"/>
       <c r="EN76" s="16"/>
       <c r="EO76" s="16"/>
       <c r="EP76" s="16"/>
       <c r="EQ76" s="16"/>
       <c r="ER76" s="16"/>
       <c r="ES76" s="16"/>
       <c r="ET76" s="16"/>
       <c r="EU76" s="16"/>
       <c r="EV76" s="16"/>
       <c r="EW76" s="16"/>
       <c r="EX76" s="16"/>
       <c r="EY76" s="16"/>
       <c r="EZ76" s="16"/>
       <c r="FA76" s="16"/>
       <c r="FB76" s="16"/>
       <c r="FC76" s="16"/>
       <c r="FD76" s="16"/>
       <c r="FE76" s="16"/>
       <c r="FF76" s="16"/>
       <c r="FG76" s="16"/>
       <c r="FH76" s="16"/>
       <c r="FI76" s="16"/>
       <c r="FJ76" s="16"/>
+      <c r="FK76" s="16"/>
+      <c r="FL76" s="16"/>
     </row>
-    <row r="77" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C77" s="15"/>
       <c r="D77" s="15"/>
       <c r="E77" s="15"/>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15"/>
       <c r="I77" s="15"/>
       <c r="J77" s="15"/>
       <c r="K77" s="15"/>
       <c r="L77" s="15"/>
       <c r="M77" s="15"/>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" s="15"/>
       <c r="S77" s="15"/>
       <c r="T77" s="15"/>
       <c r="U77" s="15"/>
       <c r="V77" s="15"/>
       <c r="W77" s="15"/>
       <c r="X77" s="15"/>
       <c r="Y77" s="15"/>
       <c r="Z77" s="15"/>
       <c r="AA77" s="15"/>
@@ -25420,51 +25754,51 @@
       <c r="DD77" s="15"/>
       <c r="DE77" s="15"/>
       <c r="DF77" s="15"/>
       <c r="DG77" s="15"/>
       <c r="DH77" s="15"/>
       <c r="DI77" s="15"/>
       <c r="DJ77" s="15"/>
       <c r="DK77" s="15"/>
       <c r="DL77" s="15"/>
       <c r="DM77" s="15"/>
       <c r="DN77" s="15"/>
       <c r="DO77" s="15"/>
       <c r="DP77" s="15"/>
       <c r="DQ77" s="15"/>
       <c r="DR77" s="15"/>
       <c r="DS77" s="15"/>
       <c r="DT77" s="15"/>
       <c r="DU77" s="15"/>
       <c r="DV77" s="15"/>
       <c r="DW77" s="15"/>
       <c r="DX77" s="15"/>
       <c r="DY77" s="15"/>
       <c r="DZ77" s="15"/>
       <c r="EA77" s="15"/>
     </row>
-    <row r="78" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C78" s="15"/>
       <c r="D78" s="15"/>
       <c r="E78" s="15"/>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15"/>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15"/>
       <c r="L78" s="15"/>
       <c r="M78" s="15"/>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" s="15"/>
       <c r="S78" s="15"/>
       <c r="T78" s="15"/>
       <c r="U78" s="15"/>
       <c r="V78" s="15"/>
       <c r="W78" s="15"/>
       <c r="X78" s="15"/>
       <c r="Y78" s="15"/>
       <c r="Z78" s="15"/>
       <c r="AA78" s="15"/>
@@ -25551,51 +25885,51 @@
       <c r="DD78" s="15"/>
       <c r="DE78" s="15"/>
       <c r="DF78" s="15"/>
       <c r="DG78" s="15"/>
       <c r="DH78" s="15"/>
       <c r="DI78" s="15"/>
       <c r="DJ78" s="15"/>
       <c r="DK78" s="15"/>
       <c r="DL78" s="15"/>
       <c r="DM78" s="15"/>
       <c r="DN78" s="15"/>
       <c r="DO78" s="15"/>
       <c r="DP78" s="15"/>
       <c r="DQ78" s="15"/>
       <c r="DR78" s="15"/>
       <c r="DS78" s="15"/>
       <c r="DT78" s="15"/>
       <c r="DU78" s="15"/>
       <c r="DV78" s="15"/>
       <c r="DW78" s="15"/>
       <c r="DX78" s="15"/>
       <c r="DY78" s="15"/>
       <c r="DZ78" s="15"/>
       <c r="EA78" s="15"/>
     </row>
-    <row r="79" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C79" s="15"/>
       <c r="D79" s="15"/>
       <c r="E79" s="15"/>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15"/>
       <c r="L79" s="15"/>
       <c r="M79" s="15"/>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" s="15"/>
       <c r="S79" s="15"/>
       <c r="T79" s="15"/>
       <c r="U79" s="15"/>
       <c r="V79" s="15"/>
       <c r="W79" s="15"/>
       <c r="X79" s="15"/>
       <c r="Y79" s="15"/>
       <c r="Z79" s="15"/>
       <c r="AA79" s="15"/>
@@ -25682,51 +26016,51 @@
       <c r="DD79" s="15"/>
       <c r="DE79" s="15"/>
       <c r="DF79" s="15"/>
       <c r="DG79" s="15"/>
       <c r="DH79" s="15"/>
       <c r="DI79" s="15"/>
       <c r="DJ79" s="15"/>
       <c r="DK79" s="15"/>
       <c r="DL79" s="15"/>
       <c r="DM79" s="15"/>
       <c r="DN79" s="15"/>
       <c r="DO79" s="15"/>
       <c r="DP79" s="15"/>
       <c r="DQ79" s="15"/>
       <c r="DR79" s="15"/>
       <c r="DS79" s="15"/>
       <c r="DT79" s="15"/>
       <c r="DU79" s="15"/>
       <c r="DV79" s="15"/>
       <c r="DW79" s="15"/>
       <c r="DX79" s="15"/>
       <c r="DY79" s="15"/>
       <c r="DZ79" s="15"/>
       <c r="EA79" s="15"/>
     </row>
-    <row r="80" spans="3:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="15"/>
       <c r="D80" s="15"/>
       <c r="E80" s="15"/>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15"/>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15"/>
       <c r="L80" s="15"/>
       <c r="M80" s="15"/>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" s="15"/>
       <c r="S80" s="15"/>
       <c r="T80" s="15"/>
       <c r="U80" s="15"/>
       <c r="V80" s="15"/>
       <c r="W80" s="15"/>
       <c r="X80" s="15"/>
       <c r="Y80" s="15"/>
       <c r="Z80" s="15"/>
       <c r="AA80" s="15"/>
@@ -30566,305 +30900,321 @@
       <c r="CU119" s="4"/>
       <c r="CV119" s="4"/>
       <c r="CW119" s="4"/>
       <c r="CX119" s="4"/>
       <c r="CY119" s="4"/>
       <c r="CZ119" s="4"/>
     </row>
     <row r="120" spans="3:131" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CP120" s="4"/>
       <c r="CQ120" s="4"/>
       <c r="CR120" s="4"/>
       <c r="CS120" s="4"/>
       <c r="CT120" s="4"/>
       <c r="CU120" s="4"/>
       <c r="CV120" s="4"/>
       <c r="CW120" s="4"/>
       <c r="CX120" s="4"/>
       <c r="CY120" s="4"/>
       <c r="CZ120" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B45:L45"/>
   </mergeCells>
   <conditionalFormatting sqref="CP119:CP120">
+    <cfRule type="cellIs" dxfId="66" priority="93" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CQ119:CQ120">
+    <cfRule type="cellIs" dxfId="65" priority="92" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CR119:CR120">
+    <cfRule type="cellIs" dxfId="64" priority="91" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CS119:CS120">
+    <cfRule type="cellIs" dxfId="63" priority="90" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CT119:CT120">
     <cfRule type="cellIs" dxfId="62" priority="89" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CQ119:CQ120">
+  <conditionalFormatting sqref="CU119:CU120">
     <cfRule type="cellIs" dxfId="61" priority="88" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CR119:CR120">
+  <conditionalFormatting sqref="CV119:CV120">
     <cfRule type="cellIs" dxfId="60" priority="87" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CS119:CS120">
+  <conditionalFormatting sqref="CW119:CW120">
     <cfRule type="cellIs" dxfId="59" priority="86" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CT119:CT120">
+  <conditionalFormatting sqref="CX119:CX120">
     <cfRule type="cellIs" dxfId="58" priority="85" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CU119:CU120">
+  <conditionalFormatting sqref="CY119:CY120">
     <cfRule type="cellIs" dxfId="57" priority="84" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CV119:CV120">
+  <conditionalFormatting sqref="CZ119:CZ120">
     <cfRule type="cellIs" dxfId="56" priority="83" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CW119:CW120">
-    <cfRule type="cellIs" dxfId="55" priority="82" operator="notEqual">
+  <conditionalFormatting sqref="EB45:EK76">
+    <cfRule type="cellIs" dxfId="55" priority="81" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...19 lines deleted...]
-    <cfRule type="cellIs" dxfId="50" priority="78" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="54" priority="82" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EL45:EL76">
+    <cfRule type="cellIs" dxfId="53" priority="59" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="52" priority="60" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EM45:EM76">
+    <cfRule type="cellIs" dxfId="51" priority="57" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="50" priority="58" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EN45:EN76">
     <cfRule type="cellIs" dxfId="49" priority="55" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="48" priority="56" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EM45:EM76">
+  <conditionalFormatting sqref="EO45:EO76">
     <cfRule type="cellIs" dxfId="47" priority="53" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="46" priority="54" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EN45:EN76">
+  <conditionalFormatting sqref="EP45:EP76">
     <cfRule type="cellIs" dxfId="45" priority="51" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="44" priority="52" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EO45:EO76">
+  <conditionalFormatting sqref="EQ45:EQ76">
     <cfRule type="cellIs" dxfId="43" priority="49" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="42" priority="50" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EP45:EP76">
+  <conditionalFormatting sqref="ER45:ER76">
     <cfRule type="cellIs" dxfId="41" priority="47" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="40" priority="48" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EQ45:EQ76">
+  <conditionalFormatting sqref="ES45:ES76">
     <cfRule type="cellIs" dxfId="39" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="38" priority="46" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ER45:ER76">
+  <conditionalFormatting sqref="ET45:ET76">
     <cfRule type="cellIs" dxfId="37" priority="43" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="36" priority="44" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ES45:ES76">
+  <conditionalFormatting sqref="EU45:EU76">
     <cfRule type="cellIs" dxfId="35" priority="41" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="34" priority="42" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ET45:ET76">
+  <conditionalFormatting sqref="EV45:EV76">
     <cfRule type="cellIs" dxfId="33" priority="39" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="32" priority="40" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EU45:EU76">
+  <conditionalFormatting sqref="EW45:EW76">
     <cfRule type="cellIs" dxfId="31" priority="37" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="30" priority="38" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EV45:EV76">
-    <cfRule type="cellIs" dxfId="29" priority="35" operator="lessThan">
+  <conditionalFormatting sqref="EX45:EX76">
+    <cfRule type="cellIs" dxfId="29" priority="33" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="28" priority="36" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="28" priority="34" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EW45:EW76">
-    <cfRule type="cellIs" dxfId="27" priority="33" operator="lessThan">
+  <conditionalFormatting sqref="EY45:EY76">
+    <cfRule type="cellIs" dxfId="27" priority="31" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="26" priority="34" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="26" priority="32" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EX45:EX76">
+  <conditionalFormatting sqref="EZ45:EZ76">
     <cfRule type="cellIs" dxfId="25" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="24" priority="30" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EY45:EY76">
+  <conditionalFormatting sqref="FA45:FA76">
     <cfRule type="cellIs" dxfId="23" priority="27" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="22" priority="28" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EZ45:EZ76">
+  <conditionalFormatting sqref="FB45:FB76">
     <cfRule type="cellIs" dxfId="21" priority="25" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="20" priority="26" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA45:FA76">
-    <cfRule type="cellIs" dxfId="19" priority="23" operator="lessThan">
+  <conditionalFormatting sqref="FC45:FC76">
+    <cfRule type="cellIs" dxfId="19" priority="21" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="18" priority="24" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="18" priority="22" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB45:FB76">
-    <cfRule type="cellIs" dxfId="17" priority="21" operator="lessThan">
+  <conditionalFormatting sqref="FD45:FD76">
+    <cfRule type="cellIs" dxfId="17" priority="19" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="16" priority="22" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="16" priority="20" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC45:FC76">
+  <conditionalFormatting sqref="FE45:FE76">
     <cfRule type="cellIs" dxfId="15" priority="17" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="14" priority="18" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD45:FD76">
+  <conditionalFormatting sqref="FF45:FF76">
     <cfRule type="cellIs" dxfId="13" priority="15" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="12" priority="16" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE45:FE76">
+  <conditionalFormatting sqref="FG45:FG76">
     <cfRule type="cellIs" dxfId="11" priority="13" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="10" priority="14" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF45:FF76">
-    <cfRule type="cellIs" dxfId="9" priority="11" operator="lessThan">
+  <conditionalFormatting sqref="FH45:FH76">
+    <cfRule type="cellIs" dxfId="9" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="8" priority="12" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="8" priority="10" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG45:FG76">
-    <cfRule type="cellIs" dxfId="7" priority="9" operator="lessThan">
+  <conditionalFormatting sqref="FI45:FI76">
+    <cfRule type="cellIs" dxfId="7" priority="7" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="6" priority="10" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="6" priority="8" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FH45:FH76">
+  <conditionalFormatting sqref="FJ45:FJ76">
     <cfRule type="cellIs" dxfId="5" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="4" priority="6" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI45:FI76">
+  <conditionalFormatting sqref="FK45:FK76">
     <cfRule type="cellIs" dxfId="3" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="4" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FJ45:FJ76">
+  <conditionalFormatting sqref="FL45:FL76">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>