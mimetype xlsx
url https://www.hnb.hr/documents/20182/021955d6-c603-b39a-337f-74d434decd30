--- v1 (2025-12-04)
+++ v2 (2026-02-01)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250930 - objava 20251130\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251130 - objava 20260131\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="3885" yWindow="465" windowWidth="28800" windowHeight="17745"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
@@ -649,51 +649,91 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="3"/>
     <cellStyle name="Napomene" xfId="4"/>
     <cellStyle name="Naslov 1" xfId="1" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="2" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normalno 2" xfId="10"/>
     <cellStyle name="Normalno 3" xfId="11"/>
     <cellStyle name="Tanka linija ispod" xfId="5"/>
     <cellStyle name="Ukupno" xfId="6"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="7"/>
     <cellStyle name="Zadnji redak" xfId="8"/>
     <cellStyle name="Zaglavlje" xfId="9"/>
   </cellStyles>
-  <dxfs count="67">
+  <dxfs count="71">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C6500"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFEB9C"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C6500"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFEB9C"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C6500"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -1591,65 +1631,65 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FL120"/>
+  <dimension ref="B1:FN120"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="55.6640625" customWidth="1"/>
-    <col min="105" max="168" width="10.6640625" style="8"/>
+    <col min="105" max="170" width="10.6640625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="14"/>
     </row>
-    <row r="2" spans="2:168" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="31" t="s">
         <v>24</v>
       </c>
       <c r="H2" s="17"/>
       <c r="I2" s="18"/>
       <c r="DA2" s="8"/>
       <c r="DB2" s="8"/>
       <c r="DC2" s="8"/>
       <c r="DD2" s="8"/>
       <c r="DE2" s="8"/>
       <c r="DF2" s="8"/>
       <c r="DG2" s="8"/>
       <c r="DH2" s="8"/>
       <c r="DI2" s="8"/>
       <c r="DJ2" s="8"/>
       <c r="DK2" s="8"/>
       <c r="DL2" s="8"/>
       <c r="DM2" s="8"/>
       <c r="DN2" s="8"/>
       <c r="DO2" s="8"/>
       <c r="DP2" s="8"/>
       <c r="DQ2" s="8"/>
       <c r="DR2" s="8"/>
       <c r="DS2" s="8"/>
       <c r="DT2" s="8"/>
@@ -1675,52 +1715,54 @@
       <c r="EN2" s="8"/>
       <c r="EO2" s="8"/>
       <c r="EP2" s="8"/>
       <c r="EQ2" s="8"/>
       <c r="ER2" s="8"/>
       <c r="ES2" s="8"/>
       <c r="ET2" s="8"/>
       <c r="EU2" s="8"/>
       <c r="EV2" s="8"/>
       <c r="EW2" s="8"/>
       <c r="EX2" s="8"/>
       <c r="EY2" s="8"/>
       <c r="EZ2" s="8"/>
       <c r="FA2" s="8"/>
       <c r="FB2" s="8"/>
       <c r="FC2" s="8"/>
       <c r="FD2" s="8"/>
       <c r="FE2" s="8"/>
       <c r="FF2" s="8"/>
       <c r="FG2" s="8"/>
       <c r="FH2" s="8"/>
       <c r="FI2" s="8"/>
       <c r="FJ2" s="8"/>
       <c r="FK2" s="8"/>
       <c r="FL2" s="8"/>
+      <c r="FM2" s="8"/>
+      <c r="FN2" s="8"/>
     </row>
-    <row r="3" spans="2:168" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="32" t="s">
         <v>21</v>
       </c>
       <c r="DA3" s="8"/>
       <c r="DB3" s="8"/>
       <c r="DC3" s="8"/>
       <c r="DD3" s="8"/>
       <c r="DE3" s="8"/>
       <c r="DF3" s="8"/>
       <c r="DG3" s="8"/>
       <c r="DH3" s="8"/>
       <c r="DI3" s="8"/>
       <c r="DJ3" s="8"/>
       <c r="DK3" s="8"/>
       <c r="DL3" s="8"/>
       <c r="DM3" s="8"/>
       <c r="DN3" s="8"/>
       <c r="DO3" s="8"/>
       <c r="DP3" s="8"/>
       <c r="DQ3" s="8"/>
       <c r="DR3" s="8"/>
       <c r="DS3" s="8"/>
       <c r="DT3" s="8"/>
       <c r="DU3" s="8"/>
       <c r="DV3" s="8"/>
@@ -1744,52 +1786,54 @@
       <c r="EN3" s="8"/>
       <c r="EO3" s="8"/>
       <c r="EP3" s="8"/>
       <c r="EQ3" s="8"/>
       <c r="ER3" s="8"/>
       <c r="ES3" s="8"/>
       <c r="ET3" s="8"/>
       <c r="EU3" s="8"/>
       <c r="EV3" s="8"/>
       <c r="EW3" s="8"/>
       <c r="EX3" s="8"/>
       <c r="EY3" s="8"/>
       <c r="EZ3" s="8"/>
       <c r="FA3" s="8"/>
       <c r="FB3" s="8"/>
       <c r="FC3" s="8"/>
       <c r="FD3" s="8"/>
       <c r="FE3" s="8"/>
       <c r="FF3" s="8"/>
       <c r="FG3" s="8"/>
       <c r="FH3" s="8"/>
       <c r="FI3" s="8"/>
       <c r="FJ3" s="8"/>
       <c r="FK3" s="8"/>
       <c r="FL3" s="8"/>
+      <c r="FM3" s="8"/>
+      <c r="FN3" s="8"/>
     </row>
-    <row r="4" spans="2:168" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="1"/>
       <c r="DA4" s="6"/>
       <c r="DB4" s="6"/>
       <c r="DC4" s="6"/>
       <c r="DD4" s="6"/>
       <c r="DE4" s="6"/>
       <c r="DF4" s="6"/>
       <c r="DG4" s="6"/>
       <c r="DH4" s="6"/>
       <c r="DI4" s="6"/>
       <c r="DJ4" s="6"/>
       <c r="DK4" s="6"/>
       <c r="DL4" s="6"/>
       <c r="DM4" s="6"/>
       <c r="DN4" s="6"/>
       <c r="DO4" s="6"/>
       <c r="DP4" s="6"/>
       <c r="DQ4" s="6"/>
       <c r="DR4" s="6"/>
       <c r="DS4" s="6"/>
       <c r="DT4" s="6"/>
       <c r="DU4" s="6"/>
       <c r="DV4" s="6"/>
       <c r="DW4" s="6"/>
       <c r="DX4" s="6"/>
@@ -1811,52 +1855,54 @@
       <c r="EN4" s="6"/>
       <c r="EO4" s="6"/>
       <c r="EP4" s="6"/>
       <c r="EQ4" s="6"/>
       <c r="ER4" s="6"/>
       <c r="ES4" s="6"/>
       <c r="ET4" s="6"/>
       <c r="EU4" s="6"/>
       <c r="EV4" s="6"/>
       <c r="EW4" s="6"/>
       <c r="EX4" s="6"/>
       <c r="EY4" s="6"/>
       <c r="EZ4" s="6"/>
       <c r="FA4" s="6"/>
       <c r="FB4" s="6"/>
       <c r="FC4" s="6"/>
       <c r="FD4" s="6"/>
       <c r="FE4" s="6"/>
       <c r="FF4" s="6"/>
       <c r="FG4" s="6"/>
       <c r="FH4" s="6"/>
       <c r="FI4" s="6"/>
       <c r="FJ4" s="6"/>
       <c r="FK4" s="6"/>
       <c r="FL4" s="6"/>
+      <c r="FM4" s="6"/>
+      <c r="FN4" s="6"/>
     </row>
-    <row r="5" spans="2:168" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:170" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="9"/>
       <c r="AM5" s="5"/>
       <c r="AN5" s="5"/>
       <c r="AO5" s="5"/>
       <c r="AP5" s="5"/>
       <c r="AQ5" s="5"/>
       <c r="AR5" s="5"/>
       <c r="AS5" s="5"/>
       <c r="AT5" s="9"/>
       <c r="AU5" s="9"/>
       <c r="AV5" s="9"/>
       <c r="AW5" s="9"/>
       <c r="AX5" s="9"/>
       <c r="AY5" s="9"/>
       <c r="AZ5" s="9"/>
       <c r="BA5" s="9"/>
       <c r="BB5" s="9"/>
       <c r="BC5" s="9"/>
       <c r="BD5" s="9"/>
       <c r="BE5" s="9"/>
       <c r="BF5" s="9"/>
       <c r="BG5" s="9"/>
       <c r="BH5" s="9"/>
       <c r="BQ5" s="9"/>
       <c r="BZ5" s="9"/>
@@ -1927,52 +1973,54 @@
       <c r="EN5" s="6"/>
       <c r="EO5" s="6"/>
       <c r="EP5" s="6"/>
       <c r="EQ5" s="6"/>
       <c r="ER5" s="6"/>
       <c r="ES5" s="6"/>
       <c r="ET5" s="6"/>
       <c r="EU5" s="6"/>
       <c r="EV5" s="6"/>
       <c r="EW5" s="6"/>
       <c r="EX5" s="6"/>
       <c r="EY5" s="6"/>
       <c r="EZ5" s="6"/>
       <c r="FA5" s="6"/>
       <c r="FB5" s="6"/>
       <c r="FC5" s="6"/>
       <c r="FD5" s="6"/>
       <c r="FE5" s="6"/>
       <c r="FF5" s="6"/>
       <c r="FG5" s="6"/>
       <c r="FH5" s="6"/>
       <c r="FI5" s="6"/>
       <c r="FJ5" s="6"/>
       <c r="FK5" s="6"/>
       <c r="FL5" s="6"/>
+      <c r="FM5" s="6"/>
+      <c r="FN5" s="6"/>
     </row>
-    <row r="6" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="12">
         <v>40908</v>
       </c>
       <c r="D6" s="12">
         <v>40939</v>
       </c>
       <c r="E6" s="12">
         <v>40968</v>
       </c>
       <c r="F6" s="12">
         <v>40999</v>
       </c>
       <c r="G6" s="12">
         <v>41029</v>
       </c>
       <c r="H6" s="12">
         <v>41060</v>
       </c>
       <c r="I6" s="12">
         <v>41090</v>
       </c>
       <c r="J6" s="12">
         <v>41121</v>
       </c>
@@ -2428,52 +2476,58 @@
       </c>
       <c r="FE6" s="12">
         <v>45716</v>
       </c>
       <c r="FF6" s="12">
         <v>45747</v>
       </c>
       <c r="FG6" s="12">
         <v>45777</v>
       </c>
       <c r="FH6" s="12">
         <v>45808</v>
       </c>
       <c r="FI6" s="12">
         <v>45838</v>
       </c>
       <c r="FJ6" s="12">
         <v>45869</v>
       </c>
       <c r="FK6" s="12">
         <v>45900</v>
       </c>
       <c r="FL6" s="12">
         <v>45930</v>
       </c>
+      <c r="FM6" s="12">
+        <v>45961</v>
+      </c>
+      <c r="FN6" s="12">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
@@ -2599,52 +2653,54 @@
       <c r="EN7" s="7"/>
       <c r="EO7" s="7"/>
       <c r="EP7" s="7"/>
       <c r="EQ7" s="7"/>
       <c r="ER7" s="7"/>
       <c r="ES7" s="7"/>
       <c r="ET7" s="7"/>
       <c r="EU7" s="7"/>
       <c r="EV7" s="7"/>
       <c r="EW7" s="7"/>
       <c r="EX7" s="7"/>
       <c r="EY7" s="7"/>
       <c r="EZ7" s="7"/>
       <c r="FA7" s="7"/>
       <c r="FB7" s="7"/>
       <c r="FC7" s="7"/>
       <c r="FD7" s="7"/>
       <c r="FE7" s="7"/>
       <c r="FF7" s="7"/>
       <c r="FG7" s="7"/>
       <c r="FH7" s="7"/>
       <c r="FI7" s="7"/>
       <c r="FJ7" s="7"/>
       <c r="FK7" s="7"/>
       <c r="FL7" s="7"/>
+      <c r="FM7" s="7"/>
+      <c r="FN7" s="7"/>
     </row>
-    <row r="8" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="19" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="20">
         <v>73.3</v>
       </c>
       <c r="D8" s="20">
         <v>70.44</v>
       </c>
       <c r="E8" s="20">
         <v>77.95</v>
       </c>
       <c r="F8" s="20">
         <v>76.709999999999994</v>
       </c>
       <c r="G8" s="20">
         <v>61.22</v>
       </c>
       <c r="H8" s="20">
         <v>63.25</v>
       </c>
       <c r="I8" s="20">
         <v>66.87</v>
       </c>
       <c r="J8" s="20">
@@ -3102,52 +3158,58 @@
       </c>
       <c r="FE8" s="20">
         <v>724.63</v>
       </c>
       <c r="FF8" s="20">
         <v>586.44000000000005</v>
       </c>
       <c r="FG8" s="20">
         <v>563.12</v>
       </c>
       <c r="FH8" s="20">
         <v>536.91999999999996</v>
       </c>
       <c r="FI8" s="20">
         <v>493.08</v>
       </c>
       <c r="FJ8" s="20">
         <v>523.42999999999995</v>
       </c>
       <c r="FK8" s="20">
         <v>535.03</v>
       </c>
       <c r="FL8" s="20">
         <v>523.55999999999995</v>
       </c>
+      <c r="FM8" s="20">
+        <v>626.98</v>
+      </c>
+      <c r="FN8" s="20">
+        <v>551.08000000000004</v>
+      </c>
     </row>
-    <row r="9" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="19" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="20">
         <v>73.19</v>
       </c>
       <c r="D9" s="20">
         <v>70.290000000000006</v>
       </c>
       <c r="E9" s="20">
         <v>77.84</v>
       </c>
       <c r="F9" s="20">
         <v>76.569999999999993</v>
       </c>
       <c r="G9" s="20">
         <v>61.06</v>
       </c>
       <c r="H9" s="20">
         <v>63.02</v>
       </c>
       <c r="I9" s="20">
         <v>66.64</v>
       </c>
       <c r="J9" s="20">
@@ -3605,52 +3667,58 @@
       </c>
       <c r="FE9" s="20">
         <v>717.32</v>
       </c>
       <c r="FF9" s="20">
         <v>579.99</v>
       </c>
       <c r="FG9" s="20">
         <v>551.15</v>
       </c>
       <c r="FH9" s="20">
         <v>524.26</v>
       </c>
       <c r="FI9" s="20">
         <v>481.55</v>
       </c>
       <c r="FJ9" s="20">
         <v>512.66999999999996</v>
       </c>
       <c r="FK9" s="20">
         <v>522.20000000000005</v>
       </c>
       <c r="FL9" s="20">
         <v>510.59</v>
       </c>
+      <c r="FM9" s="20">
+        <v>613.84</v>
+      </c>
+      <c r="FN9" s="20">
+        <v>537.94000000000005</v>
+      </c>
     </row>
-    <row r="10" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="19" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="20">
         <v>69.39</v>
       </c>
       <c r="D10" s="20">
         <v>66.22</v>
       </c>
       <c r="E10" s="20">
         <v>74.44</v>
       </c>
       <c r="F10" s="20">
         <v>72.989999999999995</v>
       </c>
       <c r="G10" s="20">
         <v>57.49</v>
       </c>
       <c r="H10" s="20">
         <v>59.54</v>
       </c>
       <c r="I10" s="20">
         <v>63.25</v>
       </c>
       <c r="J10" s="20">
@@ -4108,52 +4176,58 @@
       </c>
       <c r="FE10" s="20">
         <v>616.79999999999995</v>
       </c>
       <c r="FF10" s="20">
         <v>479.12</v>
       </c>
       <c r="FG10" s="20">
         <v>448.82</v>
       </c>
       <c r="FH10" s="20">
         <v>418.5</v>
       </c>
       <c r="FI10" s="20">
         <v>375.53</v>
       </c>
       <c r="FJ10" s="20">
         <v>389.11</v>
       </c>
       <c r="FK10" s="20">
         <v>401.44</v>
       </c>
       <c r="FL10" s="20">
         <v>394.5</v>
       </c>
+      <c r="FM10" s="20">
+        <v>497.66</v>
+      </c>
+      <c r="FN10" s="20">
+        <v>419.83</v>
+      </c>
     </row>
-    <row r="11" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="20">
         <v>0.1</v>
       </c>
       <c r="D11" s="20">
         <v>0.15</v>
       </c>
       <c r="E11" s="20">
         <v>0.11</v>
       </c>
       <c r="F11" s="20">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="20">
         <v>0.16</v>
       </c>
       <c r="H11" s="20">
         <v>0.22</v>
       </c>
       <c r="I11" s="20">
         <v>0.23</v>
       </c>
       <c r="J11" s="20">
@@ -4611,52 +4685,58 @@
       </c>
       <c r="FE11" s="20">
         <v>7.31</v>
       </c>
       <c r="FF11" s="20">
         <v>6.45</v>
       </c>
       <c r="FG11" s="20">
         <v>11.97</v>
       </c>
       <c r="FH11" s="20">
         <v>12.66</v>
       </c>
       <c r="FI11" s="20">
         <v>11.53</v>
       </c>
       <c r="FJ11" s="20">
         <v>10.75</v>
       </c>
       <c r="FK11" s="20">
         <v>12.84</v>
       </c>
       <c r="FL11" s="20">
         <v>12.97</v>
       </c>
+      <c r="FM11" s="20">
+        <v>13.14</v>
+      </c>
+      <c r="FN11" s="20">
+        <v>13.14</v>
+      </c>
     </row>
-    <row r="12" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="20">
         <v>202.59</v>
       </c>
       <c r="D12" s="20">
         <v>191.27</v>
       </c>
       <c r="E12" s="20">
         <v>175</v>
       </c>
       <c r="F12" s="20">
         <v>173.29</v>
       </c>
       <c r="G12" s="20">
         <v>176.93</v>
       </c>
       <c r="H12" s="20">
         <v>180.39</v>
       </c>
       <c r="I12" s="20">
         <v>170.87</v>
       </c>
       <c r="J12" s="20">
@@ -5114,52 +5194,58 @@
       </c>
       <c r="FE12" s="20">
         <v>1807.3</v>
       </c>
       <c r="FF12" s="20">
         <v>1935.19</v>
       </c>
       <c r="FG12" s="20">
         <v>1938.12</v>
       </c>
       <c r="FH12" s="20">
         <v>1927.66</v>
       </c>
       <c r="FI12" s="20">
         <v>1964.4</v>
       </c>
       <c r="FJ12" s="20">
         <v>1983.88</v>
       </c>
       <c r="FK12" s="20">
         <v>1987.47</v>
       </c>
       <c r="FL12" s="20">
         <v>1978.73</v>
       </c>
+      <c r="FM12" s="20">
+        <v>1918.27</v>
+      </c>
+      <c r="FN12" s="20">
+        <v>1908.27</v>
+      </c>
     </row>
-    <row r="13" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="20">
         <v>128.74</v>
       </c>
       <c r="D13" s="20">
         <v>124.82</v>
       </c>
       <c r="E13" s="20">
         <v>111.67</v>
       </c>
       <c r="F13" s="20">
         <v>109.91</v>
       </c>
       <c r="G13" s="20">
         <v>115.48</v>
       </c>
       <c r="H13" s="20">
         <v>122.71</v>
       </c>
       <c r="I13" s="20">
         <v>109.21</v>
       </c>
       <c r="J13" s="20">
@@ -5617,52 +5703,58 @@
       </c>
       <c r="FE13" s="20">
         <v>506.8</v>
       </c>
       <c r="FF13" s="20">
         <v>379.54</v>
       </c>
       <c r="FG13" s="20">
         <v>384.94</v>
       </c>
       <c r="FH13" s="20">
         <v>383.32</v>
       </c>
       <c r="FI13" s="20">
         <v>395.46</v>
       </c>
       <c r="FJ13" s="20">
         <v>392.43</v>
       </c>
       <c r="FK13" s="20">
         <v>384.21</v>
       </c>
       <c r="FL13" s="20">
         <v>375.63</v>
       </c>
+      <c r="FM13" s="20">
+        <v>373.67</v>
+      </c>
+      <c r="FN13" s="20">
+        <v>384.17</v>
+      </c>
     </row>
-    <row r="14" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="20">
         <v>74.94</v>
       </c>
       <c r="D14" s="20">
         <v>71.89</v>
       </c>
       <c r="E14" s="20">
         <v>68.45</v>
       </c>
       <c r="F14" s="20">
         <v>64.62</v>
       </c>
       <c r="G14" s="20">
         <v>65.89</v>
       </c>
       <c r="H14" s="20">
         <v>68.8</v>
       </c>
       <c r="I14" s="20">
         <v>63.26</v>
       </c>
       <c r="J14" s="20">
@@ -6120,52 +6212,58 @@
       </c>
       <c r="FE14" s="20">
         <v>22.26</v>
       </c>
       <c r="FF14" s="20">
         <v>22.25</v>
       </c>
       <c r="FG14" s="20">
         <v>21.45</v>
       </c>
       <c r="FH14" s="20">
         <v>21.5</v>
       </c>
       <c r="FI14" s="20">
         <v>21.34</v>
       </c>
       <c r="FJ14" s="20">
         <v>21.26</v>
       </c>
       <c r="FK14" s="20">
         <v>22.5</v>
       </c>
       <c r="FL14" s="20">
         <v>22.43</v>
       </c>
+      <c r="FM14" s="20">
+        <v>22.47</v>
+      </c>
+      <c r="FN14" s="20">
+        <v>22.49</v>
+      </c>
     </row>
-    <row r="15" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="20">
         <v>3.62</v>
       </c>
       <c r="D15" s="20">
         <v>3.23</v>
       </c>
       <c r="E15" s="20">
         <v>3.36</v>
       </c>
       <c r="F15" s="20">
         <v>3.34</v>
       </c>
       <c r="G15" s="20">
         <v>3.43</v>
       </c>
       <c r="H15" s="20">
         <v>3.4</v>
       </c>
       <c r="I15" s="20">
         <v>3.39</v>
       </c>
       <c r="J15" s="20">
@@ -6623,52 +6721,58 @@
       </c>
       <c r="FE15" s="20">
         <v>5</v>
       </c>
       <c r="FF15" s="20">
         <v>5.0199999999999996</v>
       </c>
       <c r="FG15" s="20">
         <v>5.04</v>
       </c>
       <c r="FH15" s="20">
         <v>5.68</v>
       </c>
       <c r="FI15" s="20">
         <v>6.69</v>
       </c>
       <c r="FJ15" s="20">
         <v>6.71</v>
       </c>
       <c r="FK15" s="20">
         <v>6.72</v>
       </c>
       <c r="FL15" s="20">
         <v>6.71</v>
       </c>
+      <c r="FM15" s="20">
+        <v>6.73</v>
+      </c>
+      <c r="FN15" s="20">
+        <v>6.74</v>
+      </c>
     </row>
-    <row r="16" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="20">
         <v>50.18</v>
       </c>
       <c r="D16" s="20">
         <v>49.7</v>
       </c>
       <c r="E16" s="20">
         <v>39.86</v>
       </c>
       <c r="F16" s="20">
         <v>41.96</v>
       </c>
       <c r="G16" s="20">
         <v>46.16</v>
       </c>
       <c r="H16" s="20">
         <v>50.51</v>
       </c>
       <c r="I16" s="20">
         <v>42.56</v>
       </c>
       <c r="J16" s="20">
@@ -7126,52 +7230,58 @@
       </c>
       <c r="FE16" s="20">
         <v>479.55</v>
       </c>
       <c r="FF16" s="20">
         <v>352.27</v>
       </c>
       <c r="FG16" s="20">
         <v>358.45</v>
       </c>
       <c r="FH16" s="20">
         <v>356.14</v>
       </c>
       <c r="FI16" s="20">
         <v>367.42</v>
       </c>
       <c r="FJ16" s="20">
         <v>364.46</v>
       </c>
       <c r="FK16" s="20">
         <v>354.99</v>
       </c>
       <c r="FL16" s="20">
         <v>346.5</v>
       </c>
+      <c r="FM16" s="20">
+        <v>344.46</v>
+      </c>
+      <c r="FN16" s="20">
+        <v>354.94</v>
+      </c>
     </row>
-    <row r="17" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="20">
         <v>73.849999999999994</v>
       </c>
       <c r="D17" s="20">
         <v>66.45</v>
       </c>
       <c r="E17" s="20">
         <v>63.34</v>
       </c>
       <c r="F17" s="20">
         <v>63.38</v>
       </c>
       <c r="G17" s="20">
         <v>61.44</v>
       </c>
       <c r="H17" s="20">
         <v>57.68</v>
       </c>
       <c r="I17" s="20">
         <v>61.66</v>
       </c>
       <c r="J17" s="20">
@@ -7629,52 +7739,58 @@
       </c>
       <c r="FE17" s="20">
         <v>1300.5</v>
       </c>
       <c r="FF17" s="20">
         <v>1555.64</v>
       </c>
       <c r="FG17" s="20">
         <v>1553.19</v>
       </c>
       <c r="FH17" s="20">
         <v>1544.34</v>
       </c>
       <c r="FI17" s="20">
         <v>1568.94</v>
       </c>
       <c r="FJ17" s="20">
         <v>1591.45</v>
       </c>
       <c r="FK17" s="20">
         <v>1603.26</v>
       </c>
       <c r="FL17" s="20">
         <v>1603.1</v>
       </c>
+      <c r="FM17" s="20">
+        <v>1544.6</v>
+      </c>
+      <c r="FN17" s="20">
+        <v>1524.1</v>
+      </c>
     </row>
-    <row r="18" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="20">
         <v>11.67</v>
       </c>
       <c r="D18" s="20">
         <v>14.23</v>
       </c>
       <c r="E18" s="20">
         <v>14.56</v>
       </c>
       <c r="F18" s="20">
         <v>15.88</v>
       </c>
       <c r="G18" s="20">
         <v>14.8</v>
       </c>
       <c r="H18" s="20">
         <v>11.32</v>
       </c>
       <c r="I18" s="20">
         <v>11.23</v>
       </c>
       <c r="J18" s="20">
@@ -8132,52 +8248,58 @@
       </c>
       <c r="FE18" s="20">
         <v>0</v>
       </c>
       <c r="FF18" s="20">
         <v>0</v>
       </c>
       <c r="FG18" s="20">
         <v>0</v>
       </c>
       <c r="FH18" s="20">
         <v>0.52</v>
       </c>
       <c r="FI18" s="20">
         <v>0.78</v>
       </c>
       <c r="FJ18" s="20">
         <v>0.8</v>
       </c>
       <c r="FK18" s="20">
         <v>0.8</v>
       </c>
       <c r="FL18" s="20">
         <v>6.74</v>
       </c>
+      <c r="FM18" s="20">
+        <v>6.83</v>
+      </c>
+      <c r="FN18" s="20">
+        <v>7.57</v>
+      </c>
     </row>
-    <row r="19" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="20">
         <v>2.59</v>
       </c>
       <c r="D19" s="20">
         <v>2.78</v>
       </c>
       <c r="E19" s="20">
         <v>3.12</v>
       </c>
       <c r="F19" s="20">
         <v>4.9000000000000004</v>
       </c>
       <c r="G19" s="20">
         <v>5.23</v>
       </c>
       <c r="H19" s="20">
         <v>4.92</v>
       </c>
       <c r="I19" s="20">
         <v>4.8499999999999996</v>
       </c>
       <c r="J19" s="20">
@@ -8635,52 +8757,58 @@
       </c>
       <c r="FE19" s="20">
         <v>24.8</v>
       </c>
       <c r="FF19" s="20">
         <v>24.1</v>
       </c>
       <c r="FG19" s="20">
         <v>24.06</v>
       </c>
       <c r="FH19" s="20">
         <v>21.16</v>
       </c>
       <c r="FI19" s="20">
         <v>28.84</v>
       </c>
       <c r="FJ19" s="20">
         <v>27.83</v>
       </c>
       <c r="FK19" s="20">
         <v>29.83</v>
       </c>
       <c r="FL19" s="20">
         <v>30.21</v>
       </c>
+      <c r="FM19" s="20">
+        <v>25.06</v>
+      </c>
+      <c r="FN19" s="20">
+        <v>27.89</v>
+      </c>
     </row>
-    <row r="20" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="20">
         <v>59.58</v>
       </c>
       <c r="D20" s="20">
         <v>49.44</v>
       </c>
       <c r="E20" s="20">
         <v>45.66</v>
       </c>
       <c r="F20" s="20">
         <v>42.61</v>
       </c>
       <c r="G20" s="20">
         <v>41.42</v>
       </c>
       <c r="H20" s="20">
         <v>41.44</v>
       </c>
       <c r="I20" s="20">
         <v>45.58</v>
       </c>
       <c r="J20" s="20">
@@ -9138,52 +9266,58 @@
       </c>
       <c r="FE20" s="20">
         <v>1275.7</v>
       </c>
       <c r="FF20" s="20">
         <v>1531.55</v>
       </c>
       <c r="FG20" s="20">
         <v>1529.12</v>
       </c>
       <c r="FH20" s="20">
         <v>1522.67</v>
       </c>
       <c r="FI20" s="20">
         <v>1539.32</v>
       </c>
       <c r="FJ20" s="20">
         <v>1562.82</v>
       </c>
       <c r="FK20" s="20">
         <v>1572.63</v>
       </c>
       <c r="FL20" s="20">
         <v>1566.14</v>
       </c>
+      <c r="FM20" s="20">
+        <v>1512.71</v>
+      </c>
+      <c r="FN20" s="20">
+        <v>1488.64</v>
+      </c>
     </row>
-    <row r="21" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="19" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="20">
         <v>578.32000000000005</v>
       </c>
       <c r="D21" s="20">
         <v>590.47</v>
       </c>
       <c r="E21" s="20">
         <v>590.01</v>
       </c>
       <c r="F21" s="20">
         <v>573.91999999999996</v>
       </c>
       <c r="G21" s="20">
         <v>557.11</v>
       </c>
       <c r="H21" s="20">
         <v>525.61</v>
       </c>
       <c r="I21" s="20">
         <v>536.86</v>
       </c>
       <c r="J21" s="20">
@@ -9641,52 +9775,58 @@
       </c>
       <c r="FE21" s="20">
         <v>1643.01</v>
       </c>
       <c r="FF21" s="20">
         <v>1600.64</v>
       </c>
       <c r="FG21" s="20">
         <v>1556.65</v>
       </c>
       <c r="FH21" s="20">
         <v>1694.3</v>
       </c>
       <c r="FI21" s="20">
         <v>1780.09</v>
       </c>
       <c r="FJ21" s="20">
         <v>1874.11</v>
       </c>
       <c r="FK21" s="20">
         <v>1885.08</v>
       </c>
       <c r="FL21" s="20">
         <v>2034.32</v>
       </c>
+      <c r="FM21" s="20">
+        <v>2077.87</v>
+      </c>
+      <c r="FN21" s="20">
+        <v>2066.83</v>
+      </c>
     </row>
-    <row r="22" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="20">
         <v>300.07</v>
       </c>
       <c r="D22" s="20">
         <v>294.19</v>
       </c>
       <c r="E22" s="20">
         <v>300.14</v>
       </c>
       <c r="F22" s="20">
         <v>297.81</v>
       </c>
       <c r="G22" s="20">
         <v>296.33</v>
       </c>
       <c r="H22" s="20">
         <v>287.01</v>
       </c>
       <c r="I22" s="20">
         <v>297.99</v>
       </c>
       <c r="J22" s="20">
@@ -10144,52 +10284,58 @@
       </c>
       <c r="FE22" s="20">
         <v>728.53</v>
       </c>
       <c r="FF22" s="20">
         <v>715.97</v>
       </c>
       <c r="FG22" s="20">
         <v>712</v>
       </c>
       <c r="FH22" s="20">
         <v>803.97</v>
       </c>
       <c r="FI22" s="20">
         <v>870.81</v>
       </c>
       <c r="FJ22" s="20">
         <v>909.49</v>
       </c>
       <c r="FK22" s="20">
         <v>910.14</v>
       </c>
       <c r="FL22" s="20">
         <v>990.62</v>
       </c>
+      <c r="FM22" s="20">
+        <v>1020.82</v>
+      </c>
+      <c r="FN22" s="20">
+        <v>1002.27</v>
+      </c>
     </row>
-    <row r="23" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="20">
         <v>251.94</v>
       </c>
       <c r="D23" s="20">
         <v>246.01</v>
       </c>
       <c r="E23" s="20">
         <v>252.06</v>
       </c>
       <c r="F23" s="20">
         <v>246.74</v>
       </c>
       <c r="G23" s="20">
         <v>245.1</v>
       </c>
       <c r="H23" s="20">
         <v>233.49</v>
       </c>
       <c r="I23" s="20">
         <v>247.88</v>
       </c>
       <c r="J23" s="20">
@@ -10647,52 +10793,58 @@
       </c>
       <c r="FE23" s="20">
         <v>682.28</v>
       </c>
       <c r="FF23" s="20">
         <v>668.89</v>
       </c>
       <c r="FG23" s="20">
         <v>673.94</v>
       </c>
       <c r="FH23" s="20">
         <v>762.69</v>
       </c>
       <c r="FI23" s="20">
         <v>799.68</v>
       </c>
       <c r="FJ23" s="20">
         <v>863.94</v>
       </c>
       <c r="FK23" s="20">
         <v>863.55</v>
       </c>
       <c r="FL23" s="20">
         <v>942.53</v>
       </c>
+      <c r="FM23" s="20">
+        <v>970.51</v>
+      </c>
+      <c r="FN23" s="20">
+        <v>951.7</v>
+      </c>
     </row>
-    <row r="24" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="20">
         <v>48.13</v>
       </c>
       <c r="D24" s="20">
         <v>48.17</v>
       </c>
       <c r="E24" s="20">
         <v>48.09</v>
       </c>
       <c r="F24" s="20">
         <v>51.06</v>
       </c>
       <c r="G24" s="20">
         <v>51.23</v>
       </c>
       <c r="H24" s="20">
         <v>53.52</v>
       </c>
       <c r="I24" s="20">
         <v>50.11</v>
       </c>
       <c r="J24" s="20">
@@ -11150,52 +11302,58 @@
       </c>
       <c r="FE24" s="20">
         <v>46.25</v>
       </c>
       <c r="FF24" s="20">
         <v>47.09</v>
       </c>
       <c r="FG24" s="20">
         <v>38.06</v>
       </c>
       <c r="FH24" s="20">
         <v>41.28</v>
       </c>
       <c r="FI24" s="20">
         <v>71.13</v>
       </c>
       <c r="FJ24" s="20">
         <v>45.54</v>
       </c>
       <c r="FK24" s="20">
         <v>46.59</v>
       </c>
       <c r="FL24" s="20">
         <v>48.09</v>
       </c>
+      <c r="FM24" s="20">
+        <v>50.31</v>
+      </c>
+      <c r="FN24" s="20">
+        <v>50.57</v>
+      </c>
     </row>
-    <row r="25" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="20">
         <v>278.25</v>
       </c>
       <c r="D25" s="20">
         <v>296.27999999999997</v>
       </c>
       <c r="E25" s="20">
         <v>289.87</v>
       </c>
       <c r="F25" s="20">
         <v>276.11</v>
       </c>
       <c r="G25" s="20">
         <v>260.77999999999997</v>
       </c>
       <c r="H25" s="20">
         <v>238.6</v>
       </c>
       <c r="I25" s="20">
         <v>238.87</v>
       </c>
       <c r="J25" s="20">
@@ -11653,52 +11811,58 @@
       </c>
       <c r="FE25" s="20">
         <v>914.48</v>
       </c>
       <c r="FF25" s="20">
         <v>884.66</v>
       </c>
       <c r="FG25" s="20">
         <v>844.66</v>
       </c>
       <c r="FH25" s="20">
         <v>890.33</v>
       </c>
       <c r="FI25" s="20">
         <v>909.29</v>
       </c>
       <c r="FJ25" s="20">
         <v>964.62</v>
       </c>
       <c r="FK25" s="20">
         <v>974.94</v>
       </c>
       <c r="FL25" s="20">
         <v>1043.71</v>
       </c>
+      <c r="FM25" s="20">
+        <v>1057.05</v>
+      </c>
+      <c r="FN25" s="20">
+        <v>1064.55</v>
+      </c>
     </row>
-    <row r="26" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="20">
         <v>205.5</v>
       </c>
       <c r="D26" s="20">
         <v>215.68</v>
       </c>
       <c r="E26" s="20">
         <v>210</v>
       </c>
       <c r="F26" s="20">
         <v>204.15</v>
       </c>
       <c r="G26" s="20">
         <v>196.84</v>
       </c>
       <c r="H26" s="20">
         <v>178.98</v>
       </c>
       <c r="I26" s="20">
         <v>176.42</v>
       </c>
       <c r="J26" s="20">
@@ -12156,52 +12320,58 @@
       </c>
       <c r="FE26" s="20">
         <v>511.16</v>
       </c>
       <c r="FF26" s="20">
         <v>492.8</v>
       </c>
       <c r="FG26" s="20">
         <v>481.08</v>
       </c>
       <c r="FH26" s="20">
         <v>510.3</v>
       </c>
       <c r="FI26" s="20">
         <v>524.03</v>
       </c>
       <c r="FJ26" s="20">
         <v>550.25</v>
       </c>
       <c r="FK26" s="20">
         <v>557.26</v>
       </c>
       <c r="FL26" s="20">
         <v>611.85</v>
       </c>
+      <c r="FM26" s="20">
+        <v>626</v>
+      </c>
+      <c r="FN26" s="20">
+        <v>624.55999999999995</v>
+      </c>
     </row>
-    <row r="27" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="20">
         <v>72.75</v>
       </c>
       <c r="D27" s="20">
         <v>80.599999999999994</v>
       </c>
       <c r="E27" s="20">
         <v>79.87</v>
       </c>
       <c r="F27" s="20">
         <v>71.959999999999994</v>
       </c>
       <c r="G27" s="20">
         <v>63.94</v>
       </c>
       <c r="H27" s="20">
         <v>59.62</v>
       </c>
       <c r="I27" s="20">
         <v>62.45</v>
       </c>
       <c r="J27" s="20">
@@ -12659,52 +12829,58 @@
       </c>
       <c r="FE27" s="20">
         <v>403.32</v>
       </c>
       <c r="FF27" s="20">
         <v>391.86</v>
       </c>
       <c r="FG27" s="20">
         <v>363.58</v>
       </c>
       <c r="FH27" s="20">
         <v>380.04</v>
       </c>
       <c r="FI27" s="20">
         <v>385.25</v>
       </c>
       <c r="FJ27" s="20">
         <v>414.37</v>
       </c>
       <c r="FK27" s="20">
         <v>417.68</v>
       </c>
       <c r="FL27" s="20">
         <v>431.85</v>
       </c>
+      <c r="FM27" s="20">
+        <v>431.05</v>
+      </c>
+      <c r="FN27" s="20">
+        <v>439.99</v>
+      </c>
     </row>
-    <row r="28" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="20">
         <v>38.36</v>
       </c>
       <c r="D28" s="20">
         <v>38.29</v>
       </c>
       <c r="E28" s="20">
         <v>38.26</v>
       </c>
       <c r="F28" s="20">
         <v>38.64</v>
       </c>
       <c r="G28" s="20">
         <v>38.61</v>
       </c>
       <c r="H28" s="20">
         <v>38.76</v>
       </c>
       <c r="I28" s="20">
         <v>34.35</v>
       </c>
       <c r="J28" s="20">
@@ -13162,52 +13338,58 @@
       </c>
       <c r="FE28" s="20">
         <v>2.8</v>
       </c>
       <c r="FF28" s="20">
         <v>2.79</v>
       </c>
       <c r="FG28" s="20">
         <v>2.82</v>
       </c>
       <c r="FH28" s="20">
         <v>2.87</v>
       </c>
       <c r="FI28" s="20">
         <v>2.87</v>
       </c>
       <c r="FJ28" s="20">
         <v>29.66</v>
       </c>
       <c r="FK28" s="20">
         <v>29.61</v>
       </c>
       <c r="FL28" s="20">
         <v>30.51</v>
       </c>
+      <c r="FM28" s="20">
+        <v>30.49</v>
+      </c>
+      <c r="FN28" s="20">
+        <v>30.99</v>
+      </c>
     </row>
-    <row r="29" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="20">
         <v>21.26</v>
       </c>
       <c r="D29" s="20">
         <v>26.33</v>
       </c>
       <c r="E29" s="20">
         <v>21.2</v>
       </c>
       <c r="F29" s="20">
         <v>22.51</v>
       </c>
       <c r="G29" s="20">
         <v>32.549999999999997</v>
       </c>
       <c r="H29" s="20">
         <v>13.33</v>
       </c>
       <c r="I29" s="20">
         <v>24.96</v>
       </c>
       <c r="J29" s="20">
@@ -13665,52 +13847,58 @@
       </c>
       <c r="FE29" s="20">
         <v>18.04</v>
       </c>
       <c r="FF29" s="20">
         <v>20.27</v>
       </c>
       <c r="FG29" s="20">
         <v>22.81</v>
       </c>
       <c r="FH29" s="20">
         <v>37.74</v>
       </c>
       <c r="FI29" s="20">
         <v>23.96</v>
       </c>
       <c r="FJ29" s="20">
         <v>31.96</v>
       </c>
       <c r="FK29" s="20">
         <v>34.69</v>
       </c>
       <c r="FL29" s="20">
         <v>35.229999999999997</v>
       </c>
+      <c r="FM29" s="20">
+        <v>28.24</v>
+      </c>
+      <c r="FN29" s="20">
+        <v>38.11</v>
+      </c>
     </row>
-    <row r="30" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C30" s="23">
         <v>913.82</v>
       </c>
       <c r="D30" s="23">
         <v>916.81</v>
       </c>
       <c r="E30" s="23">
         <v>902.43</v>
       </c>
       <c r="F30" s="23">
         <v>885.07</v>
       </c>
       <c r="G30" s="23">
         <v>866.42</v>
       </c>
       <c r="H30" s="23">
         <v>821.33</v>
       </c>
       <c r="I30" s="23">
         <v>833.9</v>
       </c>
       <c r="J30" s="23">
@@ -14168,52 +14356,58 @@
       </c>
       <c r="FE30" s="23">
         <v>4195.79</v>
       </c>
       <c r="FF30" s="23">
         <v>4145.32</v>
       </c>
       <c r="FG30" s="23">
         <v>4083.53</v>
       </c>
       <c r="FH30" s="23">
         <v>4199.49</v>
       </c>
       <c r="FI30" s="23">
         <v>4264.41</v>
       </c>
       <c r="FJ30" s="23">
         <v>4443.04</v>
       </c>
       <c r="FK30" s="23">
         <v>4471.88</v>
       </c>
       <c r="FL30" s="23">
         <v>4602.3500000000004</v>
       </c>
+      <c r="FM30" s="23">
+        <v>4681.8500000000004</v>
+      </c>
+      <c r="FN30" s="23">
+        <v>4595.2700000000004</v>
+      </c>
     </row>
-    <row r="31" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="4"/>
       <c r="Q31" s="4"/>
       <c r="R31" s="4"/>
       <c r="S31" s="4"/>
       <c r="T31" s="4"/>
       <c r="U31" s="4"/>
       <c r="V31" s="4"/>
       <c r="W31" s="4"/>
       <c r="X31" s="4"/>
@@ -14339,52 +14533,54 @@
       <c r="EN31" s="2"/>
       <c r="EO31" s="2"/>
       <c r="EP31" s="2"/>
       <c r="EQ31" s="2"/>
       <c r="ER31" s="2"/>
       <c r="ES31" s="2"/>
       <c r="ET31" s="2"/>
       <c r="EU31" s="2"/>
       <c r="EV31" s="2"/>
       <c r="EW31" s="2"/>
       <c r="EX31" s="2"/>
       <c r="EY31" s="2"/>
       <c r="EZ31" s="2"/>
       <c r="FA31" s="2"/>
       <c r="FB31" s="2"/>
       <c r="FC31" s="2"/>
       <c r="FD31" s="2"/>
       <c r="FE31" s="2"/>
       <c r="FF31" s="2"/>
       <c r="FG31" s="2"/>
       <c r="FH31" s="2"/>
       <c r="FI31" s="2"/>
       <c r="FJ31" s="2"/>
       <c r="FK31" s="2"/>
       <c r="FL31" s="2"/>
+      <c r="FM31" s="2"/>
+      <c r="FN31" s="2"/>
     </row>
-    <row r="32" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="20">
         <v>4.83</v>
       </c>
       <c r="D32" s="20">
         <v>5.6</v>
       </c>
       <c r="E32" s="20">
         <v>5.54</v>
       </c>
       <c r="F32" s="20">
         <v>3.98</v>
       </c>
       <c r="G32" s="20">
         <v>4.7699999999999996</v>
       </c>
       <c r="H32" s="20">
         <v>4.5599999999999996</v>
       </c>
       <c r="I32" s="20">
         <v>3.35</v>
       </c>
       <c r="J32" s="20">
@@ -14842,52 +15038,58 @@
       </c>
       <c r="FE32" s="20">
         <v>10.18</v>
       </c>
       <c r="FF32" s="20">
         <v>14.55</v>
       </c>
       <c r="FG32" s="20">
         <v>12.65</v>
       </c>
       <c r="FH32" s="20">
         <v>14.57</v>
       </c>
       <c r="FI32" s="20">
         <v>15.04</v>
       </c>
       <c r="FJ32" s="20">
         <v>51.46</v>
       </c>
       <c r="FK32" s="20">
         <v>51.56</v>
       </c>
       <c r="FL32" s="20">
         <v>48.36</v>
       </c>
+      <c r="FM32" s="20">
+        <v>48.91</v>
+      </c>
+      <c r="FN32" s="20">
+        <v>48.67</v>
+      </c>
     </row>
-    <row r="33" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="20">
         <v>890.39</v>
       </c>
       <c r="D33" s="20">
         <v>883.74</v>
       </c>
       <c r="E33" s="20">
         <v>875.18</v>
       </c>
       <c r="F33" s="20">
         <v>858.07</v>
       </c>
       <c r="G33" s="20">
         <v>837.14</v>
       </c>
       <c r="H33" s="20">
         <v>804.35</v>
       </c>
       <c r="I33" s="20">
         <v>803.98</v>
       </c>
       <c r="J33" s="20">
@@ -15345,52 +15547,58 @@
       </c>
       <c r="FE33" s="20">
         <v>4069.82</v>
       </c>
       <c r="FF33" s="20">
         <v>4011.33</v>
       </c>
       <c r="FG33" s="20">
         <v>3955.09</v>
       </c>
       <c r="FH33" s="20">
         <v>4058.67</v>
       </c>
       <c r="FI33" s="20">
         <v>4127.45</v>
       </c>
       <c r="FJ33" s="20">
         <v>4251.8500000000004</v>
       </c>
       <c r="FK33" s="20">
         <v>4284.92</v>
       </c>
       <c r="FL33" s="20">
         <v>4406.04</v>
       </c>
+      <c r="FM33" s="20">
+        <v>4486.25</v>
+      </c>
+      <c r="FN33" s="20">
+        <v>4394.1499999999996</v>
+      </c>
     </row>
-    <row r="34" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="20">
         <v>862.55</v>
       </c>
       <c r="D34" s="20">
         <v>856.62</v>
       </c>
       <c r="E34" s="20">
         <v>848.85</v>
       </c>
       <c r="F34" s="20">
         <v>832.01</v>
       </c>
       <c r="G34" s="20">
         <v>811.89</v>
       </c>
       <c r="H34" s="20">
         <v>774.75</v>
       </c>
       <c r="I34" s="20">
         <v>774.17</v>
       </c>
       <c r="J34" s="20">
@@ -15848,52 +16056,58 @@
       </c>
       <c r="FE34" s="20">
         <v>3889.79</v>
       </c>
       <c r="FF34" s="20">
         <v>3828.6</v>
       </c>
       <c r="FG34" s="20">
         <v>3761.34</v>
       </c>
       <c r="FH34" s="20">
         <v>3849.18</v>
       </c>
       <c r="FI34" s="20">
         <v>3908.31</v>
       </c>
       <c r="FJ34" s="20">
         <v>4028.41</v>
       </c>
       <c r="FK34" s="20">
         <v>4059.93</v>
       </c>
       <c r="FL34" s="20">
         <v>4174.75</v>
       </c>
+      <c r="FM34" s="20">
+        <v>4253.54</v>
+      </c>
+      <c r="FN34" s="20">
+        <v>4166.1099999999997</v>
+      </c>
     </row>
-    <row r="35" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="20">
         <v>56.5</v>
       </c>
       <c r="D35" s="20">
         <v>57.25</v>
       </c>
       <c r="E35" s="20">
         <v>55.09</v>
       </c>
       <c r="F35" s="20">
         <v>50.14</v>
       </c>
       <c r="G35" s="20">
         <v>53.36</v>
       </c>
       <c r="H35" s="20">
         <v>50.76</v>
       </c>
       <c r="I35" s="20">
         <v>51.1</v>
       </c>
       <c r="J35" s="20">
@@ -16351,52 +16565,58 @@
       </c>
       <c r="FE35" s="20">
         <v>105.62</v>
       </c>
       <c r="FF35" s="20">
         <v>105.92</v>
       </c>
       <c r="FG35" s="20">
         <v>106.96</v>
       </c>
       <c r="FH35" s="20">
         <v>110.05</v>
       </c>
       <c r="FI35" s="20">
         <v>116.21</v>
       </c>
       <c r="FJ35" s="20">
         <v>109.71</v>
       </c>
       <c r="FK35" s="20">
         <v>108.73</v>
       </c>
       <c r="FL35" s="20">
         <v>111.99</v>
       </c>
+      <c r="FM35" s="20">
+        <v>117.02</v>
+      </c>
+      <c r="FN35" s="20">
+        <v>117.34</v>
+      </c>
     </row>
-    <row r="36" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="20">
         <v>265.47000000000003</v>
       </c>
       <c r="D36" s="20">
         <v>261.31</v>
       </c>
       <c r="E36" s="20">
         <v>247.29</v>
       </c>
       <c r="F36" s="20">
         <v>239.58</v>
       </c>
       <c r="G36" s="20">
         <v>233.63</v>
       </c>
       <c r="H36" s="20">
         <v>227.36</v>
       </c>
       <c r="I36" s="20">
         <v>224.79</v>
       </c>
       <c r="J36" s="20">
@@ -16854,52 +17074,58 @@
       </c>
       <c r="FE36" s="20">
         <v>467.1</v>
       </c>
       <c r="FF36" s="20">
         <v>463.37</v>
       </c>
       <c r="FG36" s="20">
         <v>464.06</v>
       </c>
       <c r="FH36" s="20">
         <v>473.98</v>
       </c>
       <c r="FI36" s="20">
         <v>482.85</v>
       </c>
       <c r="FJ36" s="20">
         <v>494.17</v>
       </c>
       <c r="FK36" s="20">
         <v>492.86</v>
       </c>
       <c r="FL36" s="20">
         <v>504.48</v>
       </c>
+      <c r="FM36" s="20">
+        <v>520.44000000000005</v>
+      </c>
+      <c r="FN36" s="20">
+        <v>520.66999999999996</v>
+      </c>
     </row>
-    <row r="37" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="20">
         <v>385.04</v>
       </c>
       <c r="D37" s="20">
         <v>381.59</v>
       </c>
       <c r="E37" s="20">
         <v>384.18</v>
       </c>
       <c r="F37" s="20">
         <v>377.35</v>
       </c>
       <c r="G37" s="20">
         <v>366.45</v>
       </c>
       <c r="H37" s="20">
         <v>345.62</v>
       </c>
       <c r="I37" s="20">
         <v>338.24</v>
       </c>
       <c r="J37" s="20">
@@ -17357,52 +17583,58 @@
       </c>
       <c r="FE37" s="20">
         <v>2751.99</v>
       </c>
       <c r="FF37" s="20">
         <v>2715.78</v>
       </c>
       <c r="FG37" s="20">
         <v>2644.45</v>
       </c>
       <c r="FH37" s="20">
         <v>2676.01</v>
       </c>
       <c r="FI37" s="20">
         <v>2702.41</v>
       </c>
       <c r="FJ37" s="20">
         <v>2777.08</v>
       </c>
       <c r="FK37" s="20">
         <v>2813.93</v>
       </c>
       <c r="FL37" s="20">
         <v>2862.35</v>
       </c>
+      <c r="FM37" s="20">
+        <v>2900.21</v>
+      </c>
+      <c r="FN37" s="20">
+        <v>2828.82</v>
+      </c>
     </row>
-    <row r="38" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="20">
         <v>27.83</v>
       </c>
       <c r="D38" s="20">
         <v>27.12</v>
       </c>
       <c r="E38" s="20">
         <v>26.33</v>
       </c>
       <c r="F38" s="20">
         <v>26.07</v>
       </c>
       <c r="G38" s="20">
         <v>25.25</v>
       </c>
       <c r="H38" s="20">
         <v>29.6</v>
       </c>
       <c r="I38" s="20">
         <v>29.81</v>
       </c>
       <c r="J38" s="20">
@@ -17860,52 +18092,58 @@
       </c>
       <c r="FE38" s="20">
         <v>180.04</v>
       </c>
       <c r="FF38" s="20">
         <v>182.74</v>
       </c>
       <c r="FG38" s="20">
         <v>193.75</v>
       </c>
       <c r="FH38" s="20">
         <v>209.49</v>
       </c>
       <c r="FI38" s="20">
         <v>219.13</v>
       </c>
       <c r="FJ38" s="20">
         <v>223.44</v>
       </c>
       <c r="FK38" s="20">
         <v>224.99</v>
       </c>
       <c r="FL38" s="20">
         <v>231.29</v>
       </c>
+      <c r="FM38" s="20">
+        <v>232.71</v>
+      </c>
+      <c r="FN38" s="20">
+        <v>228.03</v>
+      </c>
     </row>
-    <row r="39" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="20">
         <v>6.34</v>
       </c>
       <c r="D39" s="20">
         <v>5.88</v>
       </c>
       <c r="E39" s="20">
         <v>4.6399999999999997</v>
       </c>
       <c r="F39" s="20">
         <v>4.74</v>
       </c>
       <c r="G39" s="20">
         <v>4.72</v>
       </c>
       <c r="H39" s="20">
         <v>4.58</v>
       </c>
       <c r="I39" s="20">
         <v>4.63</v>
       </c>
       <c r="J39" s="20">
@@ -18363,52 +18601,58 @@
       </c>
       <c r="FE39" s="20">
         <v>64.510000000000005</v>
       </c>
       <c r="FF39" s="20">
         <v>70.23</v>
       </c>
       <c r="FG39" s="20">
         <v>74.44</v>
       </c>
       <c r="FH39" s="20">
         <v>77.209999999999994</v>
       </c>
       <c r="FI39" s="20">
         <v>84.21</v>
       </c>
       <c r="FJ39" s="20">
         <v>84.62</v>
       </c>
       <c r="FK39" s="20">
         <v>84.21</v>
       </c>
       <c r="FL39" s="20">
         <v>88.56</v>
       </c>
+      <c r="FM39" s="20">
+        <v>88.64</v>
+      </c>
+      <c r="FN39" s="20">
+        <v>88.59</v>
+      </c>
     </row>
-    <row r="40" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C40" s="20">
         <v>10.7</v>
       </c>
       <c r="D40" s="20">
         <v>10.49</v>
       </c>
       <c r="E40" s="20">
         <v>10.76</v>
       </c>
       <c r="F40" s="20">
         <v>10.6</v>
       </c>
       <c r="G40" s="20">
         <v>10.43</v>
       </c>
       <c r="H40" s="20">
         <v>15.43</v>
       </c>
       <c r="I40" s="20">
         <v>15.78</v>
       </c>
       <c r="J40" s="20">
@@ -18866,52 +19110,58 @@
       </c>
       <c r="FE40" s="20">
         <v>44.95</v>
       </c>
       <c r="FF40" s="20">
         <v>42.23</v>
       </c>
       <c r="FG40" s="20">
         <v>42.87</v>
       </c>
       <c r="FH40" s="20">
         <v>44.46</v>
       </c>
       <c r="FI40" s="20">
         <v>44.32</v>
       </c>
       <c r="FJ40" s="20">
         <v>45.74</v>
       </c>
       <c r="FK40" s="20">
         <v>45.88</v>
       </c>
       <c r="FL40" s="20">
         <v>46.39</v>
       </c>
+      <c r="FM40" s="20">
+        <v>47.33</v>
+      </c>
+      <c r="FN40" s="20">
+        <v>47.3</v>
+      </c>
     </row>
-    <row r="41" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="20">
         <v>10.23</v>
       </c>
       <c r="D41" s="20">
         <v>10.210000000000001</v>
       </c>
       <c r="E41" s="20">
         <v>10.37</v>
       </c>
       <c r="F41" s="20">
         <v>10.17</v>
       </c>
       <c r="G41" s="20">
         <v>10.1</v>
       </c>
       <c r="H41" s="20">
         <v>9.59</v>
       </c>
       <c r="I41" s="20">
         <v>9.4</v>
       </c>
       <c r="J41" s="20">
@@ -19369,52 +19619,58 @@
       </c>
       <c r="FE41" s="20">
         <v>70.58</v>
       </c>
       <c r="FF41" s="20">
         <v>70.28</v>
       </c>
       <c r="FG41" s="20">
         <v>76.430000000000007</v>
       </c>
       <c r="FH41" s="20">
         <v>87.82</v>
       </c>
       <c r="FI41" s="20">
         <v>90.61</v>
       </c>
       <c r="FJ41" s="20">
         <v>93.08</v>
       </c>
       <c r="FK41" s="20">
         <v>94.9</v>
       </c>
       <c r="FL41" s="20">
         <v>96.35</v>
       </c>
+      <c r="FM41" s="20">
+        <v>96.74</v>
+      </c>
+      <c r="FN41" s="20">
+        <v>92.15</v>
+      </c>
     </row>
-    <row r="42" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="20">
         <v>18.600000000000001</v>
       </c>
       <c r="D42" s="20">
         <v>27.46</v>
       </c>
       <c r="E42" s="20">
         <v>21.71</v>
       </c>
       <c r="F42" s="20">
         <v>23.02</v>
       </c>
       <c r="G42" s="20">
         <v>24.51</v>
       </c>
       <c r="H42" s="20">
         <v>12.41</v>
       </c>
       <c r="I42" s="20">
         <v>26.57</v>
       </c>
       <c r="J42" s="20">
@@ -19872,52 +20128,58 @@
       </c>
       <c r="FE42" s="20">
         <v>115.79</v>
       </c>
       <c r="FF42" s="20">
         <v>119.44</v>
       </c>
       <c r="FG42" s="20">
         <v>115.78</v>
       </c>
       <c r="FH42" s="20">
         <v>126.25</v>
       </c>
       <c r="FI42" s="20">
         <v>121.92</v>
       </c>
       <c r="FJ42" s="20">
         <v>139.72</v>
       </c>
       <c r="FK42" s="20">
         <v>135.4</v>
       </c>
       <c r="FL42" s="20">
         <v>147.94999999999999</v>
       </c>
+      <c r="FM42" s="20">
+        <v>146.68</v>
+      </c>
+      <c r="FN42" s="20">
+        <v>152.44999999999999</v>
+      </c>
     </row>
-    <row r="43" spans="2:168" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="24" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="25">
         <v>913.82</v>
       </c>
       <c r="D43" s="26">
         <v>916.81</v>
       </c>
       <c r="E43" s="26">
         <v>902.43</v>
       </c>
       <c r="F43" s="26">
         <v>885.07</v>
       </c>
       <c r="G43" s="26">
         <v>866.42</v>
       </c>
       <c r="H43" s="26">
         <v>821.33</v>
       </c>
       <c r="I43" s="26">
         <v>833.9</v>
       </c>
       <c r="J43" s="26">
@@ -20375,52 +20637,58 @@
       </c>
       <c r="FE43" s="25">
         <v>4195.79</v>
       </c>
       <c r="FF43" s="25">
         <v>4145.32</v>
       </c>
       <c r="FG43" s="25">
         <v>4083.53</v>
       </c>
       <c r="FH43" s="25">
         <v>4199.49</v>
       </c>
       <c r="FI43" s="25">
         <v>4264.41</v>
       </c>
       <c r="FJ43" s="25">
         <v>4443.04</v>
       </c>
       <c r="FK43" s="25">
         <v>4471.88</v>
       </c>
       <c r="FL43" s="25">
         <v>4602.3500000000004</v>
       </c>
+      <c r="FM43" s="25">
+        <v>4681.8500000000004</v>
+      </c>
+      <c r="FN43" s="25">
+        <v>4595.2700000000004</v>
+      </c>
     </row>
-    <row r="44" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CF44" s="6"/>
       <c r="CG44" s="6"/>
       <c r="CH44" s="6"/>
       <c r="CI44" s="6"/>
       <c r="CJ44" s="6"/>
       <c r="CK44" s="6"/>
       <c r="DA44" s="6"/>
       <c r="DB44" s="6"/>
       <c r="DC44" s="6"/>
       <c r="DD44" s="6"/>
       <c r="DE44" s="6"/>
       <c r="DF44" s="6"/>
       <c r="DG44" s="6"/>
       <c r="DH44" s="6"/>
       <c r="DI44" s="6"/>
       <c r="DJ44" s="6"/>
       <c r="DK44" s="6"/>
       <c r="DL44" s="6"/>
       <c r="DM44" s="6"/>
       <c r="DN44" s="6"/>
       <c r="DO44" s="6"/>
       <c r="DP44" s="6"/>
       <c r="DQ44" s="6"/>
       <c r="DR44" s="6"/>
       <c r="DS44" s="6"/>
@@ -20447,52 +20715,54 @@
       <c r="EN44" s="6"/>
       <c r="EO44" s="6"/>
       <c r="EP44" s="6"/>
       <c r="EQ44" s="6"/>
       <c r="ER44" s="6"/>
       <c r="ES44" s="6"/>
       <c r="ET44" s="6"/>
       <c r="EU44" s="6"/>
       <c r="EV44" s="6"/>
       <c r="EW44" s="6"/>
       <c r="EX44" s="6"/>
       <c r="EY44" s="6"/>
       <c r="EZ44" s="6"/>
       <c r="FA44" s="6"/>
       <c r="FB44" s="6"/>
       <c r="FC44" s="6"/>
       <c r="FD44" s="6"/>
       <c r="FE44" s="6"/>
       <c r="FF44" s="6"/>
       <c r="FG44" s="6"/>
       <c r="FH44" s="6"/>
       <c r="FI44" s="6"/>
       <c r="FJ44" s="6"/>
       <c r="FK44" s="6"/>
       <c r="FL44" s="6"/>
+      <c r="FM44" s="6"/>
+      <c r="FN44" s="6"/>
     </row>
-    <row r="45" spans="2:168" s="27" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:170" s="27" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C45" s="33"/>
       <c r="D45" s="33"/>
       <c r="E45" s="33"/>
       <c r="F45" s="33"/>
       <c r="G45" s="33"/>
       <c r="H45" s="33"/>
       <c r="I45" s="33"/>
       <c r="J45" s="33"/>
       <c r="K45" s="33"/>
       <c r="L45" s="33"/>
       <c r="CF45" s="28"/>
       <c r="CG45" s="28"/>
       <c r="CH45" s="28"/>
       <c r="CI45" s="28"/>
       <c r="CJ45" s="28"/>
       <c r="CK45" s="28"/>
       <c r="DA45" s="29"/>
       <c r="DB45" s="29"/>
       <c r="DC45" s="29"/>
       <c r="DD45" s="29"/>
       <c r="DE45" s="29"/>
       <c r="DF45" s="29"/>
@@ -20532,102 +20802,106 @@
       <c r="EN45" s="30"/>
       <c r="EO45" s="30"/>
       <c r="EP45" s="30"/>
       <c r="EQ45" s="30"/>
       <c r="ER45" s="30"/>
       <c r="ES45" s="30"/>
       <c r="ET45" s="30"/>
       <c r="EU45" s="30"/>
       <c r="EV45" s="30"/>
       <c r="EW45" s="30"/>
       <c r="EX45" s="30"/>
       <c r="EY45" s="30"/>
       <c r="EZ45" s="30"/>
       <c r="FA45" s="30"/>
       <c r="FB45" s="30"/>
       <c r="FC45" s="30"/>
       <c r="FD45" s="30"/>
       <c r="FE45" s="30"/>
       <c r="FF45" s="30"/>
       <c r="FG45" s="30"/>
       <c r="FH45" s="30"/>
       <c r="FI45" s="30"/>
       <c r="FJ45" s="30"/>
       <c r="FK45" s="30"/>
       <c r="FL45" s="30"/>
+      <c r="FM45" s="30"/>
+      <c r="FN45" s="30"/>
     </row>
-    <row r="46" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CP46" s="2"/>
       <c r="CQ46" s="2"/>
       <c r="CR46" s="2"/>
       <c r="CS46" s="2"/>
       <c r="CT46" s="2"/>
       <c r="CU46" s="2"/>
       <c r="CV46" s="2"/>
       <c r="CW46" s="2"/>
       <c r="CX46" s="2"/>
       <c r="CY46" s="2"/>
       <c r="CZ46" s="2"/>
       <c r="EB46" s="16"/>
       <c r="EC46" s="16"/>
       <c r="ED46" s="16"/>
       <c r="EE46" s="16"/>
       <c r="EF46" s="16"/>
       <c r="EG46" s="16"/>
       <c r="EH46" s="16"/>
       <c r="EI46" s="16"/>
       <c r="EJ46" s="16"/>
       <c r="EK46" s="16"/>
       <c r="EL46" s="16"/>
       <c r="EM46" s="16"/>
       <c r="EN46" s="16"/>
       <c r="EO46" s="16"/>
       <c r="EP46" s="16"/>
       <c r="EQ46" s="16"/>
       <c r="ER46" s="16"/>
       <c r="ES46" s="16"/>
       <c r="ET46" s="16"/>
       <c r="EU46" s="16"/>
       <c r="EV46" s="16"/>
       <c r="EW46" s="16"/>
       <c r="EX46" s="16"/>
       <c r="EY46" s="16"/>
       <c r="EZ46" s="16"/>
       <c r="FA46" s="16"/>
       <c r="FB46" s="16"/>
       <c r="FC46" s="16"/>
       <c r="FD46" s="16"/>
       <c r="FE46" s="16"/>
       <c r="FF46" s="16"/>
       <c r="FG46" s="16"/>
       <c r="FH46" s="16"/>
       <c r="FI46" s="16"/>
       <c r="FJ46" s="16"/>
       <c r="FK46" s="16"/>
       <c r="FL46" s="16"/>
+      <c r="FM46" s="16"/>
+      <c r="FN46" s="16"/>
     </row>
-    <row r="47" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" s="15"/>
       <c r="S47" s="15"/>
       <c r="T47" s="15"/>
       <c r="U47" s="15"/>
       <c r="V47" s="15"/>
       <c r="W47" s="15"/>
       <c r="X47" s="15"/>
       <c r="Y47" s="15"/>
       <c r="Z47" s="15"/>
       <c r="AA47" s="15"/>
@@ -20750,52 +21024,54 @@
       <c r="EN47" s="16"/>
       <c r="EO47" s="16"/>
       <c r="EP47" s="16"/>
       <c r="EQ47" s="16"/>
       <c r="ER47" s="16"/>
       <c r="ES47" s="16"/>
       <c r="ET47" s="16"/>
       <c r="EU47" s="16"/>
       <c r="EV47" s="16"/>
       <c r="EW47" s="16"/>
       <c r="EX47" s="16"/>
       <c r="EY47" s="16"/>
       <c r="EZ47" s="16"/>
       <c r="FA47" s="16"/>
       <c r="FB47" s="16"/>
       <c r="FC47" s="16"/>
       <c r="FD47" s="16"/>
       <c r="FE47" s="16"/>
       <c r="FF47" s="16"/>
       <c r="FG47" s="16"/>
       <c r="FH47" s="16"/>
       <c r="FI47" s="16"/>
       <c r="FJ47" s="16"/>
       <c r="FK47" s="16"/>
       <c r="FL47" s="16"/>
+      <c r="FM47" s="16"/>
+      <c r="FN47" s="16"/>
     </row>
-    <row r="48" spans="2:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="15"/>
       <c r="D48" s="15"/>
       <c r="E48" s="15"/>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15"/>
       <c r="L48" s="15"/>
       <c r="M48" s="15"/>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" s="15"/>
       <c r="S48" s="15"/>
       <c r="T48" s="15"/>
       <c r="U48" s="15"/>
       <c r="V48" s="15"/>
       <c r="W48" s="15"/>
       <c r="X48" s="15"/>
       <c r="Y48" s="15"/>
       <c r="Z48" s="15"/>
       <c r="AA48" s="15"/>
@@ -20918,52 +21194,54 @@
       <c r="EN48" s="16"/>
       <c r="EO48" s="16"/>
       <c r="EP48" s="16"/>
       <c r="EQ48" s="16"/>
       <c r="ER48" s="16"/>
       <c r="ES48" s="16"/>
       <c r="ET48" s="16"/>
       <c r="EU48" s="16"/>
       <c r="EV48" s="16"/>
       <c r="EW48" s="16"/>
       <c r="EX48" s="16"/>
       <c r="EY48" s="16"/>
       <c r="EZ48" s="16"/>
       <c r="FA48" s="16"/>
       <c r="FB48" s="16"/>
       <c r="FC48" s="16"/>
       <c r="FD48" s="16"/>
       <c r="FE48" s="16"/>
       <c r="FF48" s="16"/>
       <c r="FG48" s="16"/>
       <c r="FH48" s="16"/>
       <c r="FI48" s="16"/>
       <c r="FJ48" s="16"/>
       <c r="FK48" s="16"/>
       <c r="FL48" s="16"/>
+      <c r="FM48" s="16"/>
+      <c r="FN48" s="16"/>
     </row>
-    <row r="49" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="15"/>
       <c r="D49" s="15"/>
       <c r="E49" s="15"/>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15"/>
       <c r="L49" s="15"/>
       <c r="M49" s="15"/>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49" s="15"/>
       <c r="S49" s="15"/>
       <c r="T49" s="15"/>
       <c r="U49" s="15"/>
       <c r="V49" s="15"/>
       <c r="W49" s="15"/>
       <c r="X49" s="15"/>
       <c r="Y49" s="15"/>
       <c r="Z49" s="15"/>
       <c r="AA49" s="15"/>
@@ -21086,52 +21364,54 @@
       <c r="EN49" s="16"/>
       <c r="EO49" s="16"/>
       <c r="EP49" s="16"/>
       <c r="EQ49" s="16"/>
       <c r="ER49" s="16"/>
       <c r="ES49" s="16"/>
       <c r="ET49" s="16"/>
       <c r="EU49" s="16"/>
       <c r="EV49" s="16"/>
       <c r="EW49" s="16"/>
       <c r="EX49" s="16"/>
       <c r="EY49" s="16"/>
       <c r="EZ49" s="16"/>
       <c r="FA49" s="16"/>
       <c r="FB49" s="16"/>
       <c r="FC49" s="16"/>
       <c r="FD49" s="16"/>
       <c r="FE49" s="16"/>
       <c r="FF49" s="16"/>
       <c r="FG49" s="16"/>
       <c r="FH49" s="16"/>
       <c r="FI49" s="16"/>
       <c r="FJ49" s="16"/>
       <c r="FK49" s="16"/>
       <c r="FL49" s="16"/>
+      <c r="FM49" s="16"/>
+      <c r="FN49" s="16"/>
     </row>
-    <row r="50" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" s="15"/>
       <c r="S50" s="15"/>
       <c r="T50" s="15"/>
       <c r="U50" s="15"/>
       <c r="V50" s="15"/>
       <c r="W50" s="15"/>
       <c r="X50" s="15"/>
       <c r="Y50" s="15"/>
       <c r="Z50" s="15"/>
       <c r="AA50" s="15"/>
@@ -21254,52 +21534,54 @@
       <c r="EN50" s="16"/>
       <c r="EO50" s="16"/>
       <c r="EP50" s="16"/>
       <c r="EQ50" s="16"/>
       <c r="ER50" s="16"/>
       <c r="ES50" s="16"/>
       <c r="ET50" s="16"/>
       <c r="EU50" s="16"/>
       <c r="EV50" s="16"/>
       <c r="EW50" s="16"/>
       <c r="EX50" s="16"/>
       <c r="EY50" s="16"/>
       <c r="EZ50" s="16"/>
       <c r="FA50" s="16"/>
       <c r="FB50" s="16"/>
       <c r="FC50" s="16"/>
       <c r="FD50" s="16"/>
       <c r="FE50" s="16"/>
       <c r="FF50" s="16"/>
       <c r="FG50" s="16"/>
       <c r="FH50" s="16"/>
       <c r="FI50" s="16"/>
       <c r="FJ50" s="16"/>
       <c r="FK50" s="16"/>
       <c r="FL50" s="16"/>
+      <c r="FM50" s="16"/>
+      <c r="FN50" s="16"/>
     </row>
-    <row r="51" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C51" s="15"/>
       <c r="D51" s="15"/>
       <c r="E51" s="15"/>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15"/>
       <c r="L51" s="15"/>
       <c r="M51" s="15"/>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" s="15"/>
       <c r="S51" s="15"/>
       <c r="T51" s="15"/>
       <c r="U51" s="15"/>
       <c r="V51" s="15"/>
       <c r="W51" s="15"/>
       <c r="X51" s="15"/>
       <c r="Y51" s="15"/>
       <c r="Z51" s="15"/>
       <c r="AA51" s="15"/>
@@ -21422,52 +21704,54 @@
       <c r="EN51" s="16"/>
       <c r="EO51" s="16"/>
       <c r="EP51" s="16"/>
       <c r="EQ51" s="16"/>
       <c r="ER51" s="16"/>
       <c r="ES51" s="16"/>
       <c r="ET51" s="16"/>
       <c r="EU51" s="16"/>
       <c r="EV51" s="16"/>
       <c r="EW51" s="16"/>
       <c r="EX51" s="16"/>
       <c r="EY51" s="16"/>
       <c r="EZ51" s="16"/>
       <c r="FA51" s="16"/>
       <c r="FB51" s="16"/>
       <c r="FC51" s="16"/>
       <c r="FD51" s="16"/>
       <c r="FE51" s="16"/>
       <c r="FF51" s="16"/>
       <c r="FG51" s="16"/>
       <c r="FH51" s="16"/>
       <c r="FI51" s="16"/>
       <c r="FJ51" s="16"/>
       <c r="FK51" s="16"/>
       <c r="FL51" s="16"/>
+      <c r="FM51" s="16"/>
+      <c r="FN51" s="16"/>
     </row>
-    <row r="52" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15"/>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
       <c r="T52" s="15"/>
       <c r="U52" s="15"/>
       <c r="V52" s="15"/>
       <c r="W52" s="15"/>
       <c r="X52" s="15"/>
       <c r="Y52" s="15"/>
       <c r="Z52" s="15"/>
       <c r="AA52" s="15"/>
@@ -21590,52 +21874,54 @@
       <c r="EN52" s="16"/>
       <c r="EO52" s="16"/>
       <c r="EP52" s="16"/>
       <c r="EQ52" s="16"/>
       <c r="ER52" s="16"/>
       <c r="ES52" s="16"/>
       <c r="ET52" s="16"/>
       <c r="EU52" s="16"/>
       <c r="EV52" s="16"/>
       <c r="EW52" s="16"/>
       <c r="EX52" s="16"/>
       <c r="EY52" s="16"/>
       <c r="EZ52" s="16"/>
       <c r="FA52" s="16"/>
       <c r="FB52" s="16"/>
       <c r="FC52" s="16"/>
       <c r="FD52" s="16"/>
       <c r="FE52" s="16"/>
       <c r="FF52" s="16"/>
       <c r="FG52" s="16"/>
       <c r="FH52" s="16"/>
       <c r="FI52" s="16"/>
       <c r="FJ52" s="16"/>
       <c r="FK52" s="16"/>
       <c r="FL52" s="16"/>
+      <c r="FM52" s="16"/>
+      <c r="FN52" s="16"/>
     </row>
-    <row r="53" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C53" s="15"/>
       <c r="D53" s="15"/>
       <c r="E53" s="15"/>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15"/>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15"/>
       <c r="L53" s="15"/>
       <c r="M53" s="15"/>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53" s="15"/>
       <c r="S53" s="15"/>
       <c r="T53" s="15"/>
       <c r="U53" s="15"/>
       <c r="V53" s="15"/>
       <c r="W53" s="15"/>
       <c r="X53" s="15"/>
       <c r="Y53" s="15"/>
       <c r="Z53" s="15"/>
       <c r="AA53" s="15"/>
@@ -21758,52 +22044,54 @@
       <c r="EN53" s="16"/>
       <c r="EO53" s="16"/>
       <c r="EP53" s="16"/>
       <c r="EQ53" s="16"/>
       <c r="ER53" s="16"/>
       <c r="ES53" s="16"/>
       <c r="ET53" s="16"/>
       <c r="EU53" s="16"/>
       <c r="EV53" s="16"/>
       <c r="EW53" s="16"/>
       <c r="EX53" s="16"/>
       <c r="EY53" s="16"/>
       <c r="EZ53" s="16"/>
       <c r="FA53" s="16"/>
       <c r="FB53" s="16"/>
       <c r="FC53" s="16"/>
       <c r="FD53" s="16"/>
       <c r="FE53" s="16"/>
       <c r="FF53" s="16"/>
       <c r="FG53" s="16"/>
       <c r="FH53" s="16"/>
       <c r="FI53" s="16"/>
       <c r="FJ53" s="16"/>
       <c r="FK53" s="16"/>
       <c r="FL53" s="16"/>
+      <c r="FM53" s="16"/>
+      <c r="FN53" s="16"/>
     </row>
-    <row r="54" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C54" s="15"/>
       <c r="D54" s="15"/>
       <c r="E54" s="15"/>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15"/>
       <c r="I54" s="15"/>
       <c r="J54" s="15"/>
       <c r="K54" s="15"/>
       <c r="L54" s="15"/>
       <c r="M54" s="15"/>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54" s="15"/>
       <c r="S54" s="15"/>
       <c r="T54" s="15"/>
       <c r="U54" s="15"/>
       <c r="V54" s="15"/>
       <c r="W54" s="15"/>
       <c r="X54" s="15"/>
       <c r="Y54" s="15"/>
       <c r="Z54" s="15"/>
       <c r="AA54" s="15"/>
@@ -21926,52 +22214,54 @@
       <c r="EN54" s="16"/>
       <c r="EO54" s="16"/>
       <c r="EP54" s="16"/>
       <c r="EQ54" s="16"/>
       <c r="ER54" s="16"/>
       <c r="ES54" s="16"/>
       <c r="ET54" s="16"/>
       <c r="EU54" s="16"/>
       <c r="EV54" s="16"/>
       <c r="EW54" s="16"/>
       <c r="EX54" s="16"/>
       <c r="EY54" s="16"/>
       <c r="EZ54" s="16"/>
       <c r="FA54" s="16"/>
       <c r="FB54" s="16"/>
       <c r="FC54" s="16"/>
       <c r="FD54" s="16"/>
       <c r="FE54" s="16"/>
       <c r="FF54" s="16"/>
       <c r="FG54" s="16"/>
       <c r="FH54" s="16"/>
       <c r="FI54" s="16"/>
       <c r="FJ54" s="16"/>
       <c r="FK54" s="16"/>
       <c r="FL54" s="16"/>
+      <c r="FM54" s="16"/>
+      <c r="FN54" s="16"/>
     </row>
-    <row r="55" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C55" s="15"/>
       <c r="D55" s="15"/>
       <c r="E55" s="15"/>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15"/>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15"/>
       <c r="L55" s="15"/>
       <c r="M55" s="15"/>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" s="15"/>
       <c r="S55" s="15"/>
       <c r="T55" s="15"/>
       <c r="U55" s="15"/>
       <c r="V55" s="15"/>
       <c r="W55" s="15"/>
       <c r="X55" s="15"/>
       <c r="Y55" s="15"/>
       <c r="Z55" s="15"/>
       <c r="AA55" s="15"/>
@@ -22094,52 +22384,54 @@
       <c r="EN55" s="16"/>
       <c r="EO55" s="16"/>
       <c r="EP55" s="16"/>
       <c r="EQ55" s="16"/>
       <c r="ER55" s="16"/>
       <c r="ES55" s="16"/>
       <c r="ET55" s="16"/>
       <c r="EU55" s="16"/>
       <c r="EV55" s="16"/>
       <c r="EW55" s="16"/>
       <c r="EX55" s="16"/>
       <c r="EY55" s="16"/>
       <c r="EZ55" s="16"/>
       <c r="FA55" s="16"/>
       <c r="FB55" s="16"/>
       <c r="FC55" s="16"/>
       <c r="FD55" s="16"/>
       <c r="FE55" s="16"/>
       <c r="FF55" s="16"/>
       <c r="FG55" s="16"/>
       <c r="FH55" s="16"/>
       <c r="FI55" s="16"/>
       <c r="FJ55" s="16"/>
       <c r="FK55" s="16"/>
       <c r="FL55" s="16"/>
+      <c r="FM55" s="16"/>
+      <c r="FN55" s="16"/>
     </row>
-    <row r="56" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C56" s="15"/>
       <c r="D56" s="15"/>
       <c r="E56" s="15"/>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15"/>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15"/>
       <c r="L56" s="15"/>
       <c r="M56" s="15"/>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" s="15"/>
       <c r="S56" s="15"/>
       <c r="T56" s="15"/>
       <c r="U56" s="15"/>
       <c r="V56" s="15"/>
       <c r="W56" s="15"/>
       <c r="X56" s="15"/>
       <c r="Y56" s="15"/>
       <c r="Z56" s="15"/>
       <c r="AA56" s="15"/>
@@ -22262,52 +22554,54 @@
       <c r="EN56" s="16"/>
       <c r="EO56" s="16"/>
       <c r="EP56" s="16"/>
       <c r="EQ56" s="16"/>
       <c r="ER56" s="16"/>
       <c r="ES56" s="16"/>
       <c r="ET56" s="16"/>
       <c r="EU56" s="16"/>
       <c r="EV56" s="16"/>
       <c r="EW56" s="16"/>
       <c r="EX56" s="16"/>
       <c r="EY56" s="16"/>
       <c r="EZ56" s="16"/>
       <c r="FA56" s="16"/>
       <c r="FB56" s="16"/>
       <c r="FC56" s="16"/>
       <c r="FD56" s="16"/>
       <c r="FE56" s="16"/>
       <c r="FF56" s="16"/>
       <c r="FG56" s="16"/>
       <c r="FH56" s="16"/>
       <c r="FI56" s="16"/>
       <c r="FJ56" s="16"/>
       <c r="FK56" s="16"/>
       <c r="FL56" s="16"/>
+      <c r="FM56" s="16"/>
+      <c r="FN56" s="16"/>
     </row>
-    <row r="57" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C57" s="15"/>
       <c r="D57" s="15"/>
       <c r="E57" s="15"/>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15"/>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15"/>
       <c r="L57" s="15"/>
       <c r="M57" s="15"/>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57" s="15"/>
       <c r="S57" s="15"/>
       <c r="T57" s="15"/>
       <c r="U57" s="15"/>
       <c r="V57" s="15"/>
       <c r="W57" s="15"/>
       <c r="X57" s="15"/>
       <c r="Y57" s="15"/>
       <c r="Z57" s="15"/>
       <c r="AA57" s="15"/>
@@ -22430,52 +22724,54 @@
       <c r="EN57" s="16"/>
       <c r="EO57" s="16"/>
       <c r="EP57" s="16"/>
       <c r="EQ57" s="16"/>
       <c r="ER57" s="16"/>
       <c r="ES57" s="16"/>
       <c r="ET57" s="16"/>
       <c r="EU57" s="16"/>
       <c r="EV57" s="16"/>
       <c r="EW57" s="16"/>
       <c r="EX57" s="16"/>
       <c r="EY57" s="16"/>
       <c r="EZ57" s="16"/>
       <c r="FA57" s="16"/>
       <c r="FB57" s="16"/>
       <c r="FC57" s="16"/>
       <c r="FD57" s="16"/>
       <c r="FE57" s="16"/>
       <c r="FF57" s="16"/>
       <c r="FG57" s="16"/>
       <c r="FH57" s="16"/>
       <c r="FI57" s="16"/>
       <c r="FJ57" s="16"/>
       <c r="FK57" s="16"/>
       <c r="FL57" s="16"/>
+      <c r="FM57" s="16"/>
+      <c r="FN57" s="16"/>
     </row>
-    <row r="58" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C58" s="15"/>
       <c r="D58" s="15"/>
       <c r="E58" s="15"/>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15"/>
       <c r="I58" s="15"/>
       <c r="J58" s="15"/>
       <c r="K58" s="15"/>
       <c r="L58" s="15"/>
       <c r="M58" s="15"/>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58" s="15"/>
       <c r="S58" s="15"/>
       <c r="T58" s="15"/>
       <c r="U58" s="15"/>
       <c r="V58" s="15"/>
       <c r="W58" s="15"/>
       <c r="X58" s="15"/>
       <c r="Y58" s="15"/>
       <c r="Z58" s="15"/>
       <c r="AA58" s="15"/>
@@ -22598,52 +22894,54 @@
       <c r="EN58" s="16"/>
       <c r="EO58" s="16"/>
       <c r="EP58" s="16"/>
       <c r="EQ58" s="16"/>
       <c r="ER58" s="16"/>
       <c r="ES58" s="16"/>
       <c r="ET58" s="16"/>
       <c r="EU58" s="16"/>
       <c r="EV58" s="16"/>
       <c r="EW58" s="16"/>
       <c r="EX58" s="16"/>
       <c r="EY58" s="16"/>
       <c r="EZ58" s="16"/>
       <c r="FA58" s="16"/>
       <c r="FB58" s="16"/>
       <c r="FC58" s="16"/>
       <c r="FD58" s="16"/>
       <c r="FE58" s="16"/>
       <c r="FF58" s="16"/>
       <c r="FG58" s="16"/>
       <c r="FH58" s="16"/>
       <c r="FI58" s="16"/>
       <c r="FJ58" s="16"/>
       <c r="FK58" s="16"/>
       <c r="FL58" s="16"/>
+      <c r="FM58" s="16"/>
+      <c r="FN58" s="16"/>
     </row>
-    <row r="59" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C59" s="15"/>
       <c r="D59" s="15"/>
       <c r="E59" s="15"/>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15"/>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15"/>
       <c r="L59" s="15"/>
       <c r="M59" s="15"/>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" s="15"/>
       <c r="S59" s="15"/>
       <c r="T59" s="15"/>
       <c r="U59" s="15"/>
       <c r="V59" s="15"/>
       <c r="W59" s="15"/>
       <c r="X59" s="15"/>
       <c r="Y59" s="15"/>
       <c r="Z59" s="15"/>
       <c r="AA59" s="15"/>
@@ -22766,52 +23064,54 @@
       <c r="EN59" s="16"/>
       <c r="EO59" s="16"/>
       <c r="EP59" s="16"/>
       <c r="EQ59" s="16"/>
       <c r="ER59" s="16"/>
       <c r="ES59" s="16"/>
       <c r="ET59" s="16"/>
       <c r="EU59" s="16"/>
       <c r="EV59" s="16"/>
       <c r="EW59" s="16"/>
       <c r="EX59" s="16"/>
       <c r="EY59" s="16"/>
       <c r="EZ59" s="16"/>
       <c r="FA59" s="16"/>
       <c r="FB59" s="16"/>
       <c r="FC59" s="16"/>
       <c r="FD59" s="16"/>
       <c r="FE59" s="16"/>
       <c r="FF59" s="16"/>
       <c r="FG59" s="16"/>
       <c r="FH59" s="16"/>
       <c r="FI59" s="16"/>
       <c r="FJ59" s="16"/>
       <c r="FK59" s="16"/>
       <c r="FL59" s="16"/>
+      <c r="FM59" s="16"/>
+      <c r="FN59" s="16"/>
     </row>
-    <row r="60" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C60" s="15"/>
       <c r="D60" s="15"/>
       <c r="E60" s="15"/>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15"/>
       <c r="L60" s="15"/>
       <c r="M60" s="15"/>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60" s="15"/>
       <c r="S60" s="15"/>
       <c r="T60" s="15"/>
       <c r="U60" s="15"/>
       <c r="V60" s="15"/>
       <c r="W60" s="15"/>
       <c r="X60" s="15"/>
       <c r="Y60" s="15"/>
       <c r="Z60" s="15"/>
       <c r="AA60" s="15"/>
@@ -22934,52 +23234,54 @@
       <c r="EN60" s="16"/>
       <c r="EO60" s="16"/>
       <c r="EP60" s="16"/>
       <c r="EQ60" s="16"/>
       <c r="ER60" s="16"/>
       <c r="ES60" s="16"/>
       <c r="ET60" s="16"/>
       <c r="EU60" s="16"/>
       <c r="EV60" s="16"/>
       <c r="EW60" s="16"/>
       <c r="EX60" s="16"/>
       <c r="EY60" s="16"/>
       <c r="EZ60" s="16"/>
       <c r="FA60" s="16"/>
       <c r="FB60" s="16"/>
       <c r="FC60" s="16"/>
       <c r="FD60" s="16"/>
       <c r="FE60" s="16"/>
       <c r="FF60" s="16"/>
       <c r="FG60" s="16"/>
       <c r="FH60" s="16"/>
       <c r="FI60" s="16"/>
       <c r="FJ60" s="16"/>
       <c r="FK60" s="16"/>
       <c r="FL60" s="16"/>
+      <c r="FM60" s="16"/>
+      <c r="FN60" s="16"/>
     </row>
-    <row r="61" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C61" s="15"/>
       <c r="D61" s="15"/>
       <c r="E61" s="15"/>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15"/>
       <c r="I61" s="15"/>
       <c r="J61" s="15"/>
       <c r="K61" s="15"/>
       <c r="L61" s="15"/>
       <c r="M61" s="15"/>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" s="15"/>
       <c r="S61" s="15"/>
       <c r="T61" s="15"/>
       <c r="U61" s="15"/>
       <c r="V61" s="15"/>
       <c r="W61" s="15"/>
       <c r="X61" s="15"/>
       <c r="Y61" s="15"/>
       <c r="Z61" s="15"/>
       <c r="AA61" s="15"/>
@@ -23102,52 +23404,54 @@
       <c r="EN61" s="16"/>
       <c r="EO61" s="16"/>
       <c r="EP61" s="16"/>
       <c r="EQ61" s="16"/>
       <c r="ER61" s="16"/>
       <c r="ES61" s="16"/>
       <c r="ET61" s="16"/>
       <c r="EU61" s="16"/>
       <c r="EV61" s="16"/>
       <c r="EW61" s="16"/>
       <c r="EX61" s="16"/>
       <c r="EY61" s="16"/>
       <c r="EZ61" s="16"/>
       <c r="FA61" s="16"/>
       <c r="FB61" s="16"/>
       <c r="FC61" s="16"/>
       <c r="FD61" s="16"/>
       <c r="FE61" s="16"/>
       <c r="FF61" s="16"/>
       <c r="FG61" s="16"/>
       <c r="FH61" s="16"/>
       <c r="FI61" s="16"/>
       <c r="FJ61" s="16"/>
       <c r="FK61" s="16"/>
       <c r="FL61" s="16"/>
+      <c r="FM61" s="16"/>
+      <c r="FN61" s="16"/>
     </row>
-    <row r="62" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C62" s="15"/>
       <c r="D62" s="15"/>
       <c r="E62" s="15"/>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15"/>
       <c r="K62" s="15"/>
       <c r="L62" s="15"/>
       <c r="M62" s="15"/>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" s="15"/>
       <c r="S62" s="15"/>
       <c r="T62" s="15"/>
       <c r="U62" s="15"/>
       <c r="V62" s="15"/>
       <c r="W62" s="15"/>
       <c r="X62" s="15"/>
       <c r="Y62" s="15"/>
       <c r="Z62" s="15"/>
       <c r="AA62" s="15"/>
@@ -23270,52 +23574,54 @@
       <c r="EN62" s="16"/>
       <c r="EO62" s="16"/>
       <c r="EP62" s="16"/>
       <c r="EQ62" s="16"/>
       <c r="ER62" s="16"/>
       <c r="ES62" s="16"/>
       <c r="ET62" s="16"/>
       <c r="EU62" s="16"/>
       <c r="EV62" s="16"/>
       <c r="EW62" s="16"/>
       <c r="EX62" s="16"/>
       <c r="EY62" s="16"/>
       <c r="EZ62" s="16"/>
       <c r="FA62" s="16"/>
       <c r="FB62" s="16"/>
       <c r="FC62" s="16"/>
       <c r="FD62" s="16"/>
       <c r="FE62" s="16"/>
       <c r="FF62" s="16"/>
       <c r="FG62" s="16"/>
       <c r="FH62" s="16"/>
       <c r="FI62" s="16"/>
       <c r="FJ62" s="16"/>
       <c r="FK62" s="16"/>
       <c r="FL62" s="16"/>
+      <c r="FM62" s="16"/>
+      <c r="FN62" s="16"/>
     </row>
-    <row r="63" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63" s="15"/>
       <c r="S63" s="15"/>
       <c r="T63" s="15"/>
       <c r="U63" s="15"/>
       <c r="V63" s="15"/>
       <c r="W63" s="15"/>
       <c r="X63" s="15"/>
       <c r="Y63" s="15"/>
       <c r="Z63" s="15"/>
       <c r="AA63" s="15"/>
@@ -23438,52 +23744,54 @@
       <c r="EN63" s="16"/>
       <c r="EO63" s="16"/>
       <c r="EP63" s="16"/>
       <c r="EQ63" s="16"/>
       <c r="ER63" s="16"/>
       <c r="ES63" s="16"/>
       <c r="ET63" s="16"/>
       <c r="EU63" s="16"/>
       <c r="EV63" s="16"/>
       <c r="EW63" s="16"/>
       <c r="EX63" s="16"/>
       <c r="EY63" s="16"/>
       <c r="EZ63" s="16"/>
       <c r="FA63" s="16"/>
       <c r="FB63" s="16"/>
       <c r="FC63" s="16"/>
       <c r="FD63" s="16"/>
       <c r="FE63" s="16"/>
       <c r="FF63" s="16"/>
       <c r="FG63" s="16"/>
       <c r="FH63" s="16"/>
       <c r="FI63" s="16"/>
       <c r="FJ63" s="16"/>
       <c r="FK63" s="16"/>
       <c r="FL63" s="16"/>
+      <c r="FM63" s="16"/>
+      <c r="FN63" s="16"/>
     </row>
-    <row r="64" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C64" s="15"/>
       <c r="D64" s="15"/>
       <c r="E64" s="15"/>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15"/>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15"/>
       <c r="L64" s="15"/>
       <c r="M64" s="15"/>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" s="15"/>
       <c r="S64" s="15"/>
       <c r="T64" s="15"/>
       <c r="U64" s="15"/>
       <c r="V64" s="15"/>
       <c r="W64" s="15"/>
       <c r="X64" s="15"/>
       <c r="Y64" s="15"/>
       <c r="Z64" s="15"/>
       <c r="AA64" s="15"/>
@@ -23606,52 +23914,54 @@
       <c r="EN64" s="16"/>
       <c r="EO64" s="16"/>
       <c r="EP64" s="16"/>
       <c r="EQ64" s="16"/>
       <c r="ER64" s="16"/>
       <c r="ES64" s="16"/>
       <c r="ET64" s="16"/>
       <c r="EU64" s="16"/>
       <c r="EV64" s="16"/>
       <c r="EW64" s="16"/>
       <c r="EX64" s="16"/>
       <c r="EY64" s="16"/>
       <c r="EZ64" s="16"/>
       <c r="FA64" s="16"/>
       <c r="FB64" s="16"/>
       <c r="FC64" s="16"/>
       <c r="FD64" s="16"/>
       <c r="FE64" s="16"/>
       <c r="FF64" s="16"/>
       <c r="FG64" s="16"/>
       <c r="FH64" s="16"/>
       <c r="FI64" s="16"/>
       <c r="FJ64" s="16"/>
       <c r="FK64" s="16"/>
       <c r="FL64" s="16"/>
+      <c r="FM64" s="16"/>
+      <c r="FN64" s="16"/>
     </row>
-    <row r="65" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C65" s="15"/>
       <c r="D65" s="15"/>
       <c r="E65" s="15"/>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15"/>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15"/>
       <c r="L65" s="15"/>
       <c r="M65" s="15"/>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" s="15"/>
       <c r="S65" s="15"/>
       <c r="T65" s="15"/>
       <c r="U65" s="15"/>
       <c r="V65" s="15"/>
       <c r="W65" s="15"/>
       <c r="X65" s="15"/>
       <c r="Y65" s="15"/>
       <c r="Z65" s="15"/>
       <c r="AA65" s="15"/>
@@ -23774,52 +24084,54 @@
       <c r="EN65" s="16"/>
       <c r="EO65" s="16"/>
       <c r="EP65" s="16"/>
       <c r="EQ65" s="16"/>
       <c r="ER65" s="16"/>
       <c r="ES65" s="16"/>
       <c r="ET65" s="16"/>
       <c r="EU65" s="16"/>
       <c r="EV65" s="16"/>
       <c r="EW65" s="16"/>
       <c r="EX65" s="16"/>
       <c r="EY65" s="16"/>
       <c r="EZ65" s="16"/>
       <c r="FA65" s="16"/>
       <c r="FB65" s="16"/>
       <c r="FC65" s="16"/>
       <c r="FD65" s="16"/>
       <c r="FE65" s="16"/>
       <c r="FF65" s="16"/>
       <c r="FG65" s="16"/>
       <c r="FH65" s="16"/>
       <c r="FI65" s="16"/>
       <c r="FJ65" s="16"/>
       <c r="FK65" s="16"/>
       <c r="FL65" s="16"/>
+      <c r="FM65" s="16"/>
+      <c r="FN65" s="16"/>
     </row>
-    <row r="66" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C66" s="15"/>
       <c r="D66" s="15"/>
       <c r="E66" s="15"/>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15"/>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15"/>
       <c r="L66" s="15"/>
       <c r="M66" s="15"/>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" s="15"/>
       <c r="S66" s="15"/>
       <c r="T66" s="15"/>
       <c r="U66" s="15"/>
       <c r="V66" s="15"/>
       <c r="W66" s="15"/>
       <c r="X66" s="15"/>
       <c r="Y66" s="15"/>
       <c r="Z66" s="15"/>
       <c r="AA66" s="15"/>
@@ -23942,52 +24254,54 @@
       <c r="EN66" s="16"/>
       <c r="EO66" s="16"/>
       <c r="EP66" s="16"/>
       <c r="EQ66" s="16"/>
       <c r="ER66" s="16"/>
       <c r="ES66" s="16"/>
       <c r="ET66" s="16"/>
       <c r="EU66" s="16"/>
       <c r="EV66" s="16"/>
       <c r="EW66" s="16"/>
       <c r="EX66" s="16"/>
       <c r="EY66" s="16"/>
       <c r="EZ66" s="16"/>
       <c r="FA66" s="16"/>
       <c r="FB66" s="16"/>
       <c r="FC66" s="16"/>
       <c r="FD66" s="16"/>
       <c r="FE66" s="16"/>
       <c r="FF66" s="16"/>
       <c r="FG66" s="16"/>
       <c r="FH66" s="16"/>
       <c r="FI66" s="16"/>
       <c r="FJ66" s="16"/>
       <c r="FK66" s="16"/>
       <c r="FL66" s="16"/>
+      <c r="FM66" s="16"/>
+      <c r="FN66" s="16"/>
     </row>
-    <row r="67" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C67" s="15"/>
       <c r="D67" s="15"/>
       <c r="E67" s="15"/>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15"/>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15"/>
       <c r="L67" s="15"/>
       <c r="M67" s="15"/>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" s="15"/>
       <c r="S67" s="15"/>
       <c r="T67" s="15"/>
       <c r="U67" s="15"/>
       <c r="V67" s="15"/>
       <c r="W67" s="15"/>
       <c r="X67" s="15"/>
       <c r="Y67" s="15"/>
       <c r="Z67" s="15"/>
       <c r="AA67" s="15"/>
@@ -24110,52 +24424,54 @@
       <c r="EN67" s="16"/>
       <c r="EO67" s="16"/>
       <c r="EP67" s="16"/>
       <c r="EQ67" s="16"/>
       <c r="ER67" s="16"/>
       <c r="ES67" s="16"/>
       <c r="ET67" s="16"/>
       <c r="EU67" s="16"/>
       <c r="EV67" s="16"/>
       <c r="EW67" s="16"/>
       <c r="EX67" s="16"/>
       <c r="EY67" s="16"/>
       <c r="EZ67" s="16"/>
       <c r="FA67" s="16"/>
       <c r="FB67" s="16"/>
       <c r="FC67" s="16"/>
       <c r="FD67" s="16"/>
       <c r="FE67" s="16"/>
       <c r="FF67" s="16"/>
       <c r="FG67" s="16"/>
       <c r="FH67" s="16"/>
       <c r="FI67" s="16"/>
       <c r="FJ67" s="16"/>
       <c r="FK67" s="16"/>
       <c r="FL67" s="16"/>
+      <c r="FM67" s="16"/>
+      <c r="FN67" s="16"/>
     </row>
-    <row r="68" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C68" s="15"/>
       <c r="D68" s="15"/>
       <c r="E68" s="15"/>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
       <c r="L68" s="15"/>
       <c r="M68" s="15"/>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" s="15"/>
       <c r="S68" s="15"/>
       <c r="T68" s="15"/>
       <c r="U68" s="15"/>
       <c r="V68" s="15"/>
       <c r="W68" s="15"/>
       <c r="X68" s="15"/>
       <c r="Y68" s="15"/>
       <c r="Z68" s="15"/>
       <c r="AA68" s="15"/>
@@ -24278,52 +24594,54 @@
       <c r="EN68" s="16"/>
       <c r="EO68" s="16"/>
       <c r="EP68" s="16"/>
       <c r="EQ68" s="16"/>
       <c r="ER68" s="16"/>
       <c r="ES68" s="16"/>
       <c r="ET68" s="16"/>
       <c r="EU68" s="16"/>
       <c r="EV68" s="16"/>
       <c r="EW68" s="16"/>
       <c r="EX68" s="16"/>
       <c r="EY68" s="16"/>
       <c r="EZ68" s="16"/>
       <c r="FA68" s="16"/>
       <c r="FB68" s="16"/>
       <c r="FC68" s="16"/>
       <c r="FD68" s="16"/>
       <c r="FE68" s="16"/>
       <c r="FF68" s="16"/>
       <c r="FG68" s="16"/>
       <c r="FH68" s="16"/>
       <c r="FI68" s="16"/>
       <c r="FJ68" s="16"/>
       <c r="FK68" s="16"/>
       <c r="FL68" s="16"/>
+      <c r="FM68" s="16"/>
+      <c r="FN68" s="16"/>
     </row>
-    <row r="69" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C69" s="15"/>
       <c r="D69" s="15"/>
       <c r="E69" s="15"/>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15"/>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15"/>
       <c r="L69" s="15"/>
       <c r="M69" s="15"/>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" s="15"/>
       <c r="S69" s="15"/>
       <c r="T69" s="15"/>
       <c r="U69" s="15"/>
       <c r="V69" s="15"/>
       <c r="W69" s="15"/>
       <c r="X69" s="15"/>
       <c r="Y69" s="15"/>
       <c r="Z69" s="15"/>
       <c r="AA69" s="15"/>
@@ -24446,52 +24764,54 @@
       <c r="EN69" s="16"/>
       <c r="EO69" s="16"/>
       <c r="EP69" s="16"/>
       <c r="EQ69" s="16"/>
       <c r="ER69" s="16"/>
       <c r="ES69" s="16"/>
       <c r="ET69" s="16"/>
       <c r="EU69" s="16"/>
       <c r="EV69" s="16"/>
       <c r="EW69" s="16"/>
       <c r="EX69" s="16"/>
       <c r="EY69" s="16"/>
       <c r="EZ69" s="16"/>
       <c r="FA69" s="16"/>
       <c r="FB69" s="16"/>
       <c r="FC69" s="16"/>
       <c r="FD69" s="16"/>
       <c r="FE69" s="16"/>
       <c r="FF69" s="16"/>
       <c r="FG69" s="16"/>
       <c r="FH69" s="16"/>
       <c r="FI69" s="16"/>
       <c r="FJ69" s="16"/>
       <c r="FK69" s="16"/>
       <c r="FL69" s="16"/>
+      <c r="FM69" s="16"/>
+      <c r="FN69" s="16"/>
     </row>
-    <row r="70" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C70" s="15"/>
       <c r="D70" s="15"/>
       <c r="E70" s="15"/>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15"/>
       <c r="I70" s="15"/>
       <c r="J70" s="15"/>
       <c r="K70" s="15"/>
       <c r="L70" s="15"/>
       <c r="M70" s="15"/>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" s="15"/>
       <c r="S70" s="15"/>
       <c r="T70" s="15"/>
       <c r="U70" s="15"/>
       <c r="V70" s="15"/>
       <c r="W70" s="15"/>
       <c r="X70" s="15"/>
       <c r="Y70" s="15"/>
       <c r="Z70" s="15"/>
       <c r="AA70" s="15"/>
@@ -24614,52 +24934,54 @@
       <c r="EN70" s="16"/>
       <c r="EO70" s="16"/>
       <c r="EP70" s="16"/>
       <c r="EQ70" s="16"/>
       <c r="ER70" s="16"/>
       <c r="ES70" s="16"/>
       <c r="ET70" s="16"/>
       <c r="EU70" s="16"/>
       <c r="EV70" s="16"/>
       <c r="EW70" s="16"/>
       <c r="EX70" s="16"/>
       <c r="EY70" s="16"/>
       <c r="EZ70" s="16"/>
       <c r="FA70" s="16"/>
       <c r="FB70" s="16"/>
       <c r="FC70" s="16"/>
       <c r="FD70" s="16"/>
       <c r="FE70" s="16"/>
       <c r="FF70" s="16"/>
       <c r="FG70" s="16"/>
       <c r="FH70" s="16"/>
       <c r="FI70" s="16"/>
       <c r="FJ70" s="16"/>
       <c r="FK70" s="16"/>
       <c r="FL70" s="16"/>
+      <c r="FM70" s="16"/>
+      <c r="FN70" s="16"/>
     </row>
-    <row r="71" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C71" s="15"/>
       <c r="D71" s="15"/>
       <c r="E71" s="15"/>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="15"/>
       <c r="K71" s="15"/>
       <c r="L71" s="15"/>
       <c r="M71" s="15"/>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" s="15"/>
       <c r="S71" s="15"/>
       <c r="T71" s="15"/>
       <c r="U71" s="15"/>
       <c r="V71" s="15"/>
       <c r="W71" s="15"/>
       <c r="X71" s="15"/>
       <c r="Y71" s="15"/>
       <c r="Z71" s="15"/>
       <c r="AA71" s="15"/>
@@ -24782,52 +25104,54 @@
       <c r="EN71" s="16"/>
       <c r="EO71" s="16"/>
       <c r="EP71" s="16"/>
       <c r="EQ71" s="16"/>
       <c r="ER71" s="16"/>
       <c r="ES71" s="16"/>
       <c r="ET71" s="16"/>
       <c r="EU71" s="16"/>
       <c r="EV71" s="16"/>
       <c r="EW71" s="16"/>
       <c r="EX71" s="16"/>
       <c r="EY71" s="16"/>
       <c r="EZ71" s="16"/>
       <c r="FA71" s="16"/>
       <c r="FB71" s="16"/>
       <c r="FC71" s="16"/>
       <c r="FD71" s="16"/>
       <c r="FE71" s="16"/>
       <c r="FF71" s="16"/>
       <c r="FG71" s="16"/>
       <c r="FH71" s="16"/>
       <c r="FI71" s="16"/>
       <c r="FJ71" s="16"/>
       <c r="FK71" s="16"/>
       <c r="FL71" s="16"/>
+      <c r="FM71" s="16"/>
+      <c r="FN71" s="16"/>
     </row>
-    <row r="72" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="15"/>
       <c r="D72" s="15"/>
       <c r="E72" s="15"/>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15"/>
       <c r="L72" s="15"/>
       <c r="M72" s="15"/>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" s="15"/>
       <c r="S72" s="15"/>
       <c r="T72" s="15"/>
       <c r="U72" s="15"/>
       <c r="V72" s="15"/>
       <c r="W72" s="15"/>
       <c r="X72" s="15"/>
       <c r="Y72" s="15"/>
       <c r="Z72" s="15"/>
       <c r="AA72" s="15"/>
@@ -24950,52 +25274,54 @@
       <c r="EN72" s="16"/>
       <c r="EO72" s="16"/>
       <c r="EP72" s="16"/>
       <c r="EQ72" s="16"/>
       <c r="ER72" s="16"/>
       <c r="ES72" s="16"/>
       <c r="ET72" s="16"/>
       <c r="EU72" s="16"/>
       <c r="EV72" s="16"/>
       <c r="EW72" s="16"/>
       <c r="EX72" s="16"/>
       <c r="EY72" s="16"/>
       <c r="EZ72" s="16"/>
       <c r="FA72" s="16"/>
       <c r="FB72" s="16"/>
       <c r="FC72" s="16"/>
       <c r="FD72" s="16"/>
       <c r="FE72" s="16"/>
       <c r="FF72" s="16"/>
       <c r="FG72" s="16"/>
       <c r="FH72" s="16"/>
       <c r="FI72" s="16"/>
       <c r="FJ72" s="16"/>
       <c r="FK72" s="16"/>
       <c r="FL72" s="16"/>
+      <c r="FM72" s="16"/>
+      <c r="FN72" s="16"/>
     </row>
-    <row r="73" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C73" s="15"/>
       <c r="D73" s="15"/>
       <c r="E73" s="15"/>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15"/>
       <c r="L73" s="15"/>
       <c r="M73" s="15"/>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" s="15"/>
       <c r="S73" s="15"/>
       <c r="T73" s="15"/>
       <c r="U73" s="15"/>
       <c r="V73" s="15"/>
       <c r="W73" s="15"/>
       <c r="X73" s="15"/>
       <c r="Y73" s="15"/>
       <c r="Z73" s="15"/>
       <c r="AA73" s="15"/>
@@ -25118,52 +25444,54 @@
       <c r="EN73" s="16"/>
       <c r="EO73" s="16"/>
       <c r="EP73" s="16"/>
       <c r="EQ73" s="16"/>
       <c r="ER73" s="16"/>
       <c r="ES73" s="16"/>
       <c r="ET73" s="16"/>
       <c r="EU73" s="16"/>
       <c r="EV73" s="16"/>
       <c r="EW73" s="16"/>
       <c r="EX73" s="16"/>
       <c r="EY73" s="16"/>
       <c r="EZ73" s="16"/>
       <c r="FA73" s="16"/>
       <c r="FB73" s="16"/>
       <c r="FC73" s="16"/>
       <c r="FD73" s="16"/>
       <c r="FE73" s="16"/>
       <c r="FF73" s="16"/>
       <c r="FG73" s="16"/>
       <c r="FH73" s="16"/>
       <c r="FI73" s="16"/>
       <c r="FJ73" s="16"/>
       <c r="FK73" s="16"/>
       <c r="FL73" s="16"/>
+      <c r="FM73" s="16"/>
+      <c r="FN73" s="16"/>
     </row>
-    <row r="74" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" s="15"/>
       <c r="S74" s="15"/>
       <c r="T74" s="15"/>
       <c r="U74" s="15"/>
       <c r="V74" s="15"/>
       <c r="W74" s="15"/>
       <c r="X74" s="15"/>
       <c r="Y74" s="15"/>
       <c r="Z74" s="15"/>
       <c r="AA74" s="15"/>
@@ -25286,52 +25614,54 @@
       <c r="EN74" s="16"/>
       <c r="EO74" s="16"/>
       <c r="EP74" s="16"/>
       <c r="EQ74" s="16"/>
       <c r="ER74" s="16"/>
       <c r="ES74" s="16"/>
       <c r="ET74" s="16"/>
       <c r="EU74" s="16"/>
       <c r="EV74" s="16"/>
       <c r="EW74" s="16"/>
       <c r="EX74" s="16"/>
       <c r="EY74" s="16"/>
       <c r="EZ74" s="16"/>
       <c r="FA74" s="16"/>
       <c r="FB74" s="16"/>
       <c r="FC74" s="16"/>
       <c r="FD74" s="16"/>
       <c r="FE74" s="16"/>
       <c r="FF74" s="16"/>
       <c r="FG74" s="16"/>
       <c r="FH74" s="16"/>
       <c r="FI74" s="16"/>
       <c r="FJ74" s="16"/>
       <c r="FK74" s="16"/>
       <c r="FL74" s="16"/>
+      <c r="FM74" s="16"/>
+      <c r="FN74" s="16"/>
     </row>
-    <row r="75" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" s="15"/>
       <c r="S75" s="15"/>
       <c r="T75" s="15"/>
       <c r="U75" s="15"/>
       <c r="V75" s="15"/>
       <c r="W75" s="15"/>
       <c r="X75" s="15"/>
       <c r="Y75" s="15"/>
       <c r="Z75" s="15"/>
       <c r="AA75" s="15"/>
@@ -25454,52 +25784,54 @@
       <c r="EN75" s="16"/>
       <c r="EO75" s="16"/>
       <c r="EP75" s="16"/>
       <c r="EQ75" s="16"/>
       <c r="ER75" s="16"/>
       <c r="ES75" s="16"/>
       <c r="ET75" s="16"/>
       <c r="EU75" s="16"/>
       <c r="EV75" s="16"/>
       <c r="EW75" s="16"/>
       <c r="EX75" s="16"/>
       <c r="EY75" s="16"/>
       <c r="EZ75" s="16"/>
       <c r="FA75" s="16"/>
       <c r="FB75" s="16"/>
       <c r="FC75" s="16"/>
       <c r="FD75" s="16"/>
       <c r="FE75" s="16"/>
       <c r="FF75" s="16"/>
       <c r="FG75" s="16"/>
       <c r="FH75" s="16"/>
       <c r="FI75" s="16"/>
       <c r="FJ75" s="16"/>
       <c r="FK75" s="16"/>
       <c r="FL75" s="16"/>
+      <c r="FM75" s="16"/>
+      <c r="FN75" s="16"/>
     </row>
-    <row r="76" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" s="15"/>
       <c r="S76" s="15"/>
       <c r="T76" s="15"/>
       <c r="U76" s="15"/>
       <c r="V76" s="15"/>
       <c r="W76" s="15"/>
       <c r="X76" s="15"/>
       <c r="Y76" s="15"/>
       <c r="Z76" s="15"/>
       <c r="AA76" s="15"/>
@@ -25622,52 +25954,54 @@
       <c r="EN76" s="16"/>
       <c r="EO76" s="16"/>
       <c r="EP76" s="16"/>
       <c r="EQ76" s="16"/>
       <c r="ER76" s="16"/>
       <c r="ES76" s="16"/>
       <c r="ET76" s="16"/>
       <c r="EU76" s="16"/>
       <c r="EV76" s="16"/>
       <c r="EW76" s="16"/>
       <c r="EX76" s="16"/>
       <c r="EY76" s="16"/>
       <c r="EZ76" s="16"/>
       <c r="FA76" s="16"/>
       <c r="FB76" s="16"/>
       <c r="FC76" s="16"/>
       <c r="FD76" s="16"/>
       <c r="FE76" s="16"/>
       <c r="FF76" s="16"/>
       <c r="FG76" s="16"/>
       <c r="FH76" s="16"/>
       <c r="FI76" s="16"/>
       <c r="FJ76" s="16"/>
       <c r="FK76" s="16"/>
       <c r="FL76" s="16"/>
+      <c r="FM76" s="16"/>
+      <c r="FN76" s="16"/>
     </row>
-    <row r="77" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C77" s="15"/>
       <c r="D77" s="15"/>
       <c r="E77" s="15"/>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15"/>
       <c r="I77" s="15"/>
       <c r="J77" s="15"/>
       <c r="K77" s="15"/>
       <c r="L77" s="15"/>
       <c r="M77" s="15"/>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" s="15"/>
       <c r="S77" s="15"/>
       <c r="T77" s="15"/>
       <c r="U77" s="15"/>
       <c r="V77" s="15"/>
       <c r="W77" s="15"/>
       <c r="X77" s="15"/>
       <c r="Y77" s="15"/>
       <c r="Z77" s="15"/>
       <c r="AA77" s="15"/>
@@ -25754,51 +26088,51 @@
       <c r="DD77" s="15"/>
       <c r="DE77" s="15"/>
       <c r="DF77" s="15"/>
       <c r="DG77" s="15"/>
       <c r="DH77" s="15"/>
       <c r="DI77" s="15"/>
       <c r="DJ77" s="15"/>
       <c r="DK77" s="15"/>
       <c r="DL77" s="15"/>
       <c r="DM77" s="15"/>
       <c r="DN77" s="15"/>
       <c r="DO77" s="15"/>
       <c r="DP77" s="15"/>
       <c r="DQ77" s="15"/>
       <c r="DR77" s="15"/>
       <c r="DS77" s="15"/>
       <c r="DT77" s="15"/>
       <c r="DU77" s="15"/>
       <c r="DV77" s="15"/>
       <c r="DW77" s="15"/>
       <c r="DX77" s="15"/>
       <c r="DY77" s="15"/>
       <c r="DZ77" s="15"/>
       <c r="EA77" s="15"/>
     </row>
-    <row r="78" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C78" s="15"/>
       <c r="D78" s="15"/>
       <c r="E78" s="15"/>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15"/>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15"/>
       <c r="L78" s="15"/>
       <c r="M78" s="15"/>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" s="15"/>
       <c r="S78" s="15"/>
       <c r="T78" s="15"/>
       <c r="U78" s="15"/>
       <c r="V78" s="15"/>
       <c r="W78" s="15"/>
       <c r="X78" s="15"/>
       <c r="Y78" s="15"/>
       <c r="Z78" s="15"/>
       <c r="AA78" s="15"/>
@@ -25885,51 +26219,51 @@
       <c r="DD78" s="15"/>
       <c r="DE78" s="15"/>
       <c r="DF78" s="15"/>
       <c r="DG78" s="15"/>
       <c r="DH78" s="15"/>
       <c r="DI78" s="15"/>
       <c r="DJ78" s="15"/>
       <c r="DK78" s="15"/>
       <c r="DL78" s="15"/>
       <c r="DM78" s="15"/>
       <c r="DN78" s="15"/>
       <c r="DO78" s="15"/>
       <c r="DP78" s="15"/>
       <c r="DQ78" s="15"/>
       <c r="DR78" s="15"/>
       <c r="DS78" s="15"/>
       <c r="DT78" s="15"/>
       <c r="DU78" s="15"/>
       <c r="DV78" s="15"/>
       <c r="DW78" s="15"/>
       <c r="DX78" s="15"/>
       <c r="DY78" s="15"/>
       <c r="DZ78" s="15"/>
       <c r="EA78" s="15"/>
     </row>
-    <row r="79" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C79" s="15"/>
       <c r="D79" s="15"/>
       <c r="E79" s="15"/>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15"/>
       <c r="L79" s="15"/>
       <c r="M79" s="15"/>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" s="15"/>
       <c r="S79" s="15"/>
       <c r="T79" s="15"/>
       <c r="U79" s="15"/>
       <c r="V79" s="15"/>
       <c r="W79" s="15"/>
       <c r="X79" s="15"/>
       <c r="Y79" s="15"/>
       <c r="Z79" s="15"/>
       <c r="AA79" s="15"/>
@@ -26016,51 +26350,51 @@
       <c r="DD79" s="15"/>
       <c r="DE79" s="15"/>
       <c r="DF79" s="15"/>
       <c r="DG79" s="15"/>
       <c r="DH79" s="15"/>
       <c r="DI79" s="15"/>
       <c r="DJ79" s="15"/>
       <c r="DK79" s="15"/>
       <c r="DL79" s="15"/>
       <c r="DM79" s="15"/>
       <c r="DN79" s="15"/>
       <c r="DO79" s="15"/>
       <c r="DP79" s="15"/>
       <c r="DQ79" s="15"/>
       <c r="DR79" s="15"/>
       <c r="DS79" s="15"/>
       <c r="DT79" s="15"/>
       <c r="DU79" s="15"/>
       <c r="DV79" s="15"/>
       <c r="DW79" s="15"/>
       <c r="DX79" s="15"/>
       <c r="DY79" s="15"/>
       <c r="DZ79" s="15"/>
       <c r="EA79" s="15"/>
     </row>
-    <row r="80" spans="3:168" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="15"/>
       <c r="D80" s="15"/>
       <c r="E80" s="15"/>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15"/>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15"/>
       <c r="L80" s="15"/>
       <c r="M80" s="15"/>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" s="15"/>
       <c r="S80" s="15"/>
       <c r="T80" s="15"/>
       <c r="U80" s="15"/>
       <c r="V80" s="15"/>
       <c r="W80" s="15"/>
       <c r="X80" s="15"/>
       <c r="Y80" s="15"/>
       <c r="Z80" s="15"/>
       <c r="AA80" s="15"/>
@@ -30900,321 +31234,337 @@
       <c r="CU119" s="4"/>
       <c r="CV119" s="4"/>
       <c r="CW119" s="4"/>
       <c r="CX119" s="4"/>
       <c r="CY119" s="4"/>
       <c r="CZ119" s="4"/>
     </row>
     <row r="120" spans="3:131" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CP120" s="4"/>
       <c r="CQ120" s="4"/>
       <c r="CR120" s="4"/>
       <c r="CS120" s="4"/>
       <c r="CT120" s="4"/>
       <c r="CU120" s="4"/>
       <c r="CV120" s="4"/>
       <c r="CW120" s="4"/>
       <c r="CX120" s="4"/>
       <c r="CY120" s="4"/>
       <c r="CZ120" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B45:L45"/>
   </mergeCells>
   <conditionalFormatting sqref="CP119:CP120">
+    <cfRule type="cellIs" dxfId="70" priority="97" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CQ119:CQ120">
+    <cfRule type="cellIs" dxfId="69" priority="96" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CR119:CR120">
+    <cfRule type="cellIs" dxfId="68" priority="95" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CS119:CS120">
+    <cfRule type="cellIs" dxfId="67" priority="94" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CT119:CT120">
     <cfRule type="cellIs" dxfId="66" priority="93" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CQ119:CQ120">
+  <conditionalFormatting sqref="CU119:CU120">
     <cfRule type="cellIs" dxfId="65" priority="92" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CR119:CR120">
+  <conditionalFormatting sqref="CV119:CV120">
     <cfRule type="cellIs" dxfId="64" priority="91" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CS119:CS120">
+  <conditionalFormatting sqref="CW119:CW120">
     <cfRule type="cellIs" dxfId="63" priority="90" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CT119:CT120">
+  <conditionalFormatting sqref="CX119:CX120">
     <cfRule type="cellIs" dxfId="62" priority="89" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CU119:CU120">
+  <conditionalFormatting sqref="CY119:CY120">
     <cfRule type="cellIs" dxfId="61" priority="88" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CV119:CV120">
+  <conditionalFormatting sqref="CZ119:CZ120">
     <cfRule type="cellIs" dxfId="60" priority="87" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CW119:CW120">
-    <cfRule type="cellIs" dxfId="59" priority="86" operator="notEqual">
+  <conditionalFormatting sqref="EB45:EK76">
+    <cfRule type="cellIs" dxfId="59" priority="85" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...19 lines deleted...]
-    <cfRule type="cellIs" dxfId="54" priority="82" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="58" priority="86" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EL45:EL76">
+    <cfRule type="cellIs" dxfId="57" priority="63" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="56" priority="64" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EM45:EM76">
+    <cfRule type="cellIs" dxfId="55" priority="61" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="54" priority="62" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EN45:EN76">
     <cfRule type="cellIs" dxfId="53" priority="59" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="52" priority="60" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EM45:EM76">
+  <conditionalFormatting sqref="EO45:EO76">
     <cfRule type="cellIs" dxfId="51" priority="57" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="50" priority="58" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EN45:EN76">
+  <conditionalFormatting sqref="EP45:EP76">
     <cfRule type="cellIs" dxfId="49" priority="55" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="48" priority="56" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EO45:EO76">
+  <conditionalFormatting sqref="EQ45:EQ76">
     <cfRule type="cellIs" dxfId="47" priority="53" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="46" priority="54" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EP45:EP76">
+  <conditionalFormatting sqref="ER45:ER76">
     <cfRule type="cellIs" dxfId="45" priority="51" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="44" priority="52" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EQ45:EQ76">
+  <conditionalFormatting sqref="ES45:ES76">
     <cfRule type="cellIs" dxfId="43" priority="49" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="42" priority="50" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ER45:ER76">
+  <conditionalFormatting sqref="ET45:ET76">
     <cfRule type="cellIs" dxfId="41" priority="47" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="40" priority="48" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ES45:ES76">
+  <conditionalFormatting sqref="EU45:EU76">
     <cfRule type="cellIs" dxfId="39" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="38" priority="46" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ET45:ET76">
+  <conditionalFormatting sqref="EV45:EV76">
     <cfRule type="cellIs" dxfId="37" priority="43" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="36" priority="44" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EU45:EU76">
+  <conditionalFormatting sqref="EW45:EW76">
     <cfRule type="cellIs" dxfId="35" priority="41" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="34" priority="42" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EV45:EV76">
-    <cfRule type="cellIs" dxfId="33" priority="39" operator="lessThan">
+  <conditionalFormatting sqref="EX45:EX76">
+    <cfRule type="cellIs" dxfId="33" priority="37" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="32" priority="40" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="32" priority="38" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EW45:EW76">
-    <cfRule type="cellIs" dxfId="31" priority="37" operator="lessThan">
+  <conditionalFormatting sqref="EY45:EY76">
+    <cfRule type="cellIs" dxfId="31" priority="35" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="30" priority="38" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="30" priority="36" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EX45:EX76">
+  <conditionalFormatting sqref="EZ45:EZ76">
     <cfRule type="cellIs" dxfId="29" priority="33" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="28" priority="34" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EY45:EY76">
+  <conditionalFormatting sqref="FA45:FA76">
     <cfRule type="cellIs" dxfId="27" priority="31" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="26" priority="32" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EZ45:EZ76">
+  <conditionalFormatting sqref="FB45:FB76">
     <cfRule type="cellIs" dxfId="25" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="24" priority="30" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA45:FA76">
-    <cfRule type="cellIs" dxfId="23" priority="27" operator="lessThan">
+  <conditionalFormatting sqref="FC45:FC76">
+    <cfRule type="cellIs" dxfId="23" priority="25" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="22" priority="28" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="22" priority="26" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB45:FB76">
-    <cfRule type="cellIs" dxfId="21" priority="25" operator="lessThan">
+  <conditionalFormatting sqref="FD45:FD76">
+    <cfRule type="cellIs" dxfId="21" priority="23" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="20" priority="26" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="20" priority="24" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC45:FC76">
+  <conditionalFormatting sqref="FE45:FE76">
     <cfRule type="cellIs" dxfId="19" priority="21" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="18" priority="22" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD45:FD76">
+  <conditionalFormatting sqref="FF45:FF76">
     <cfRule type="cellIs" dxfId="17" priority="19" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="16" priority="20" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE45:FE76">
+  <conditionalFormatting sqref="FG45:FG76">
     <cfRule type="cellIs" dxfId="15" priority="17" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="14" priority="18" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF45:FF76">
-    <cfRule type="cellIs" dxfId="13" priority="15" operator="lessThan">
+  <conditionalFormatting sqref="FH45:FH76">
+    <cfRule type="cellIs" dxfId="13" priority="13" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="12" priority="16" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="12" priority="14" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG45:FG76">
-    <cfRule type="cellIs" dxfId="11" priority="13" operator="lessThan">
+  <conditionalFormatting sqref="FI45:FI76">
+    <cfRule type="cellIs" dxfId="11" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="10" priority="14" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="10" priority="12" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FH45:FH76">
+  <conditionalFormatting sqref="FJ45:FJ76">
     <cfRule type="cellIs" dxfId="9" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="8" priority="10" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI45:FI76">
+  <conditionalFormatting sqref="FK45:FK76">
     <cfRule type="cellIs" dxfId="7" priority="7" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="6" priority="8" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FJ45:FJ76">
+  <conditionalFormatting sqref="FL45:FL76">
     <cfRule type="cellIs" dxfId="5" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="4" priority="6" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FK45:FK76">
+  <conditionalFormatting sqref="FM45:FM76">
     <cfRule type="cellIs" dxfId="3" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="4" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL45:FL76">
+  <conditionalFormatting sqref="FN45:FN76">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>