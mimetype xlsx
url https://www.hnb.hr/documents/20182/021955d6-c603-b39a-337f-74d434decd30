--- v2 (2026-02-01)
+++ v3 (2026-03-05)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251130 - objava 20260131\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251231 - objava 20260228\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="3885" yWindow="465" windowWidth="28800" windowHeight="17745"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>ASSETS</t>
   </si>
   <si>
     <t>LIABILITIES</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
@@ -649,51 +649,71 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="11" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Međunaslov u tablici" xfId="3"/>
     <cellStyle name="Napomene" xfId="4"/>
     <cellStyle name="Naslov 1" xfId="1" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Naslov 2" xfId="2" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normalno 2" xfId="10"/>
     <cellStyle name="Normalno 3" xfId="11"/>
     <cellStyle name="Tanka linija ispod" xfId="5"/>
     <cellStyle name="Ukupno" xfId="6"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="7"/>
     <cellStyle name="Zadnji redak" xfId="8"/>
     <cellStyle name="Zaglavlje" xfId="9"/>
   </cellStyles>
-  <dxfs count="71">
+  <dxfs count="73">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C6500"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFEB9C"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C6500"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -1631,65 +1651,65 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FN120"/>
+  <dimension ref="B1:FO120"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" customWidth="1"/>
     <col min="2" max="2" width="55.6640625" customWidth="1"/>
-    <col min="105" max="170" width="10.6640625" style="8"/>
+    <col min="105" max="171" width="10.6640625" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="14"/>
     </row>
-    <row r="2" spans="2:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="31" t="s">
         <v>24</v>
       </c>
       <c r="H2" s="17"/>
       <c r="I2" s="18"/>
       <c r="DA2" s="8"/>
       <c r="DB2" s="8"/>
       <c r="DC2" s="8"/>
       <c r="DD2" s="8"/>
       <c r="DE2" s="8"/>
       <c r="DF2" s="8"/>
       <c r="DG2" s="8"/>
       <c r="DH2" s="8"/>
       <c r="DI2" s="8"/>
       <c r="DJ2" s="8"/>
       <c r="DK2" s="8"/>
       <c r="DL2" s="8"/>
       <c r="DM2" s="8"/>
       <c r="DN2" s="8"/>
       <c r="DO2" s="8"/>
       <c r="DP2" s="8"/>
       <c r="DQ2" s="8"/>
       <c r="DR2" s="8"/>
       <c r="DS2" s="8"/>
       <c r="DT2" s="8"/>
@@ -1717,52 +1737,53 @@
       <c r="EP2" s="8"/>
       <c r="EQ2" s="8"/>
       <c r="ER2" s="8"/>
       <c r="ES2" s="8"/>
       <c r="ET2" s="8"/>
       <c r="EU2" s="8"/>
       <c r="EV2" s="8"/>
       <c r="EW2" s="8"/>
       <c r="EX2" s="8"/>
       <c r="EY2" s="8"/>
       <c r="EZ2" s="8"/>
       <c r="FA2" s="8"/>
       <c r="FB2" s="8"/>
       <c r="FC2" s="8"/>
       <c r="FD2" s="8"/>
       <c r="FE2" s="8"/>
       <c r="FF2" s="8"/>
       <c r="FG2" s="8"/>
       <c r="FH2" s="8"/>
       <c r="FI2" s="8"/>
       <c r="FJ2" s="8"/>
       <c r="FK2" s="8"/>
       <c r="FL2" s="8"/>
       <c r="FM2" s="8"/>
       <c r="FN2" s="8"/>
+      <c r="FO2" s="8"/>
     </row>
-    <row r="3" spans="2:170" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:171" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="32" t="s">
         <v>21</v>
       </c>
       <c r="DA3" s="8"/>
       <c r="DB3" s="8"/>
       <c r="DC3" s="8"/>
       <c r="DD3" s="8"/>
       <c r="DE3" s="8"/>
       <c r="DF3" s="8"/>
       <c r="DG3" s="8"/>
       <c r="DH3" s="8"/>
       <c r="DI3" s="8"/>
       <c r="DJ3" s="8"/>
       <c r="DK3" s="8"/>
       <c r="DL3" s="8"/>
       <c r="DM3" s="8"/>
       <c r="DN3" s="8"/>
       <c r="DO3" s="8"/>
       <c r="DP3" s="8"/>
       <c r="DQ3" s="8"/>
       <c r="DR3" s="8"/>
       <c r="DS3" s="8"/>
       <c r="DT3" s="8"/>
       <c r="DU3" s="8"/>
       <c r="DV3" s="8"/>
@@ -1788,52 +1809,53 @@
       <c r="EP3" s="8"/>
       <c r="EQ3" s="8"/>
       <c r="ER3" s="8"/>
       <c r="ES3" s="8"/>
       <c r="ET3" s="8"/>
       <c r="EU3" s="8"/>
       <c r="EV3" s="8"/>
       <c r="EW3" s="8"/>
       <c r="EX3" s="8"/>
       <c r="EY3" s="8"/>
       <c r="EZ3" s="8"/>
       <c r="FA3" s="8"/>
       <c r="FB3" s="8"/>
       <c r="FC3" s="8"/>
       <c r="FD3" s="8"/>
       <c r="FE3" s="8"/>
       <c r="FF3" s="8"/>
       <c r="FG3" s="8"/>
       <c r="FH3" s="8"/>
       <c r="FI3" s="8"/>
       <c r="FJ3" s="8"/>
       <c r="FK3" s="8"/>
       <c r="FL3" s="8"/>
       <c r="FM3" s="8"/>
       <c r="FN3" s="8"/>
+      <c r="FO3" s="8"/>
     </row>
-    <row r="4" spans="2:170" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:171" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="1"/>
       <c r="DA4" s="6"/>
       <c r="DB4" s="6"/>
       <c r="DC4" s="6"/>
       <c r="DD4" s="6"/>
       <c r="DE4" s="6"/>
       <c r="DF4" s="6"/>
       <c r="DG4" s="6"/>
       <c r="DH4" s="6"/>
       <c r="DI4" s="6"/>
       <c r="DJ4" s="6"/>
       <c r="DK4" s="6"/>
       <c r="DL4" s="6"/>
       <c r="DM4" s="6"/>
       <c r="DN4" s="6"/>
       <c r="DO4" s="6"/>
       <c r="DP4" s="6"/>
       <c r="DQ4" s="6"/>
       <c r="DR4" s="6"/>
       <c r="DS4" s="6"/>
       <c r="DT4" s="6"/>
       <c r="DU4" s="6"/>
       <c r="DV4" s="6"/>
       <c r="DW4" s="6"/>
       <c r="DX4" s="6"/>
@@ -1857,52 +1879,53 @@
       <c r="EP4" s="6"/>
       <c r="EQ4" s="6"/>
       <c r="ER4" s="6"/>
       <c r="ES4" s="6"/>
       <c r="ET4" s="6"/>
       <c r="EU4" s="6"/>
       <c r="EV4" s="6"/>
       <c r="EW4" s="6"/>
       <c r="EX4" s="6"/>
       <c r="EY4" s="6"/>
       <c r="EZ4" s="6"/>
       <c r="FA4" s="6"/>
       <c r="FB4" s="6"/>
       <c r="FC4" s="6"/>
       <c r="FD4" s="6"/>
       <c r="FE4" s="6"/>
       <c r="FF4" s="6"/>
       <c r="FG4" s="6"/>
       <c r="FH4" s="6"/>
       <c r="FI4" s="6"/>
       <c r="FJ4" s="6"/>
       <c r="FK4" s="6"/>
       <c r="FL4" s="6"/>
       <c r="FM4" s="6"/>
       <c r="FN4" s="6"/>
+      <c r="FO4" s="6"/>
     </row>
-    <row r="5" spans="2:170" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:171" s="10" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="9"/>
       <c r="AM5" s="5"/>
       <c r="AN5" s="5"/>
       <c r="AO5" s="5"/>
       <c r="AP5" s="5"/>
       <c r="AQ5" s="5"/>
       <c r="AR5" s="5"/>
       <c r="AS5" s="5"/>
       <c r="AT5" s="9"/>
       <c r="AU5" s="9"/>
       <c r="AV5" s="9"/>
       <c r="AW5" s="9"/>
       <c r="AX5" s="9"/>
       <c r="AY5" s="9"/>
       <c r="AZ5" s="9"/>
       <c r="BA5" s="9"/>
       <c r="BB5" s="9"/>
       <c r="BC5" s="9"/>
       <c r="BD5" s="9"/>
       <c r="BE5" s="9"/>
       <c r="BF5" s="9"/>
       <c r="BG5" s="9"/>
       <c r="BH5" s="9"/>
       <c r="BQ5" s="9"/>
       <c r="BZ5" s="9"/>
@@ -1975,52 +1998,53 @@
       <c r="EP5" s="6"/>
       <c r="EQ5" s="6"/>
       <c r="ER5" s="6"/>
       <c r="ES5" s="6"/>
       <c r="ET5" s="6"/>
       <c r="EU5" s="6"/>
       <c r="EV5" s="6"/>
       <c r="EW5" s="6"/>
       <c r="EX5" s="6"/>
       <c r="EY5" s="6"/>
       <c r="EZ5" s="6"/>
       <c r="FA5" s="6"/>
       <c r="FB5" s="6"/>
       <c r="FC5" s="6"/>
       <c r="FD5" s="6"/>
       <c r="FE5" s="6"/>
       <c r="FF5" s="6"/>
       <c r="FG5" s="6"/>
       <c r="FH5" s="6"/>
       <c r="FI5" s="6"/>
       <c r="FJ5" s="6"/>
       <c r="FK5" s="6"/>
       <c r="FL5" s="6"/>
       <c r="FM5" s="6"/>
       <c r="FN5" s="6"/>
+      <c r="FO5" s="6"/>
     </row>
-    <row r="6" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="12">
         <v>40908</v>
       </c>
       <c r="D6" s="12">
         <v>40939</v>
       </c>
       <c r="E6" s="12">
         <v>40968</v>
       </c>
       <c r="F6" s="12">
         <v>40999</v>
       </c>
       <c r="G6" s="12">
         <v>41029</v>
       </c>
       <c r="H6" s="12">
         <v>41060</v>
       </c>
       <c r="I6" s="12">
         <v>41090</v>
       </c>
       <c r="J6" s="12">
         <v>41121</v>
       </c>
@@ -2482,52 +2506,55 @@
       </c>
       <c r="FG6" s="12">
         <v>45777</v>
       </c>
       <c r="FH6" s="12">
         <v>45808</v>
       </c>
       <c r="FI6" s="12">
         <v>45838</v>
       </c>
       <c r="FJ6" s="12">
         <v>45869</v>
       </c>
       <c r="FK6" s="12">
         <v>45900</v>
       </c>
       <c r="FL6" s="12">
         <v>45930</v>
       </c>
       <c r="FM6" s="12">
         <v>45961</v>
       </c>
       <c r="FN6" s="12">
         <v>45991</v>
       </c>
+      <c r="FO6" s="12">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="13" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
@@ -2655,52 +2682,53 @@
       <c r="EP7" s="7"/>
       <c r="EQ7" s="7"/>
       <c r="ER7" s="7"/>
       <c r="ES7" s="7"/>
       <c r="ET7" s="7"/>
       <c r="EU7" s="7"/>
       <c r="EV7" s="7"/>
       <c r="EW7" s="7"/>
       <c r="EX7" s="7"/>
       <c r="EY7" s="7"/>
       <c r="EZ7" s="7"/>
       <c r="FA7" s="7"/>
       <c r="FB7" s="7"/>
       <c r="FC7" s="7"/>
       <c r="FD7" s="7"/>
       <c r="FE7" s="7"/>
       <c r="FF7" s="7"/>
       <c r="FG7" s="7"/>
       <c r="FH7" s="7"/>
       <c r="FI7" s="7"/>
       <c r="FJ7" s="7"/>
       <c r="FK7" s="7"/>
       <c r="FL7" s="7"/>
       <c r="FM7" s="7"/>
       <c r="FN7" s="7"/>
+      <c r="FO7" s="7"/>
     </row>
-    <row r="8" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="19" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="20">
         <v>73.3</v>
       </c>
       <c r="D8" s="20">
         <v>70.44</v>
       </c>
       <c r="E8" s="20">
         <v>77.95</v>
       </c>
       <c r="F8" s="20">
         <v>76.709999999999994</v>
       </c>
       <c r="G8" s="20">
         <v>61.22</v>
       </c>
       <c r="H8" s="20">
         <v>63.25</v>
       </c>
       <c r="I8" s="20">
         <v>66.87</v>
       </c>
       <c r="J8" s="20">
@@ -3164,52 +3192,55 @@
       </c>
       <c r="FG8" s="20">
         <v>563.12</v>
       </c>
       <c r="FH8" s="20">
         <v>536.91999999999996</v>
       </c>
       <c r="FI8" s="20">
         <v>493.08</v>
       </c>
       <c r="FJ8" s="20">
         <v>523.42999999999995</v>
       </c>
       <c r="FK8" s="20">
         <v>535.03</v>
       </c>
       <c r="FL8" s="20">
         <v>523.55999999999995</v>
       </c>
       <c r="FM8" s="20">
         <v>626.98</v>
       </c>
       <c r="FN8" s="20">
         <v>551.08000000000004</v>
       </c>
+      <c r="FO8" s="20">
+        <v>560.29999999999995</v>
+      </c>
     </row>
-    <row r="9" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="19" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="20">
         <v>73.19</v>
       </c>
       <c r="D9" s="20">
         <v>70.290000000000006</v>
       </c>
       <c r="E9" s="20">
         <v>77.84</v>
       </c>
       <c r="F9" s="20">
         <v>76.569999999999993</v>
       </c>
       <c r="G9" s="20">
         <v>61.06</v>
       </c>
       <c r="H9" s="20">
         <v>63.02</v>
       </c>
       <c r="I9" s="20">
         <v>66.64</v>
       </c>
       <c r="J9" s="20">
@@ -3673,52 +3704,55 @@
       </c>
       <c r="FG9" s="20">
         <v>551.15</v>
       </c>
       <c r="FH9" s="20">
         <v>524.26</v>
       </c>
       <c r="FI9" s="20">
         <v>481.55</v>
       </c>
       <c r="FJ9" s="20">
         <v>512.66999999999996</v>
       </c>
       <c r="FK9" s="20">
         <v>522.20000000000005</v>
       </c>
       <c r="FL9" s="20">
         <v>510.59</v>
       </c>
       <c r="FM9" s="20">
         <v>613.84</v>
       </c>
       <c r="FN9" s="20">
         <v>537.94000000000005</v>
       </c>
+      <c r="FO9" s="20">
+        <v>548.05999999999995</v>
+      </c>
     </row>
-    <row r="10" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="19" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="20">
         <v>69.39</v>
       </c>
       <c r="D10" s="20">
         <v>66.22</v>
       </c>
       <c r="E10" s="20">
         <v>74.44</v>
       </c>
       <c r="F10" s="20">
         <v>72.989999999999995</v>
       </c>
       <c r="G10" s="20">
         <v>57.49</v>
       </c>
       <c r="H10" s="20">
         <v>59.54</v>
       </c>
       <c r="I10" s="20">
         <v>63.25</v>
       </c>
       <c r="J10" s="20">
@@ -4182,52 +4216,55 @@
       </c>
       <c r="FG10" s="20">
         <v>448.82</v>
       </c>
       <c r="FH10" s="20">
         <v>418.5</v>
       </c>
       <c r="FI10" s="20">
         <v>375.53</v>
       </c>
       <c r="FJ10" s="20">
         <v>389.11</v>
       </c>
       <c r="FK10" s="20">
         <v>401.44</v>
       </c>
       <c r="FL10" s="20">
         <v>394.5</v>
       </c>
       <c r="FM10" s="20">
         <v>497.66</v>
       </c>
       <c r="FN10" s="20">
         <v>419.83</v>
       </c>
+      <c r="FO10" s="20">
+        <v>395.67</v>
+      </c>
     </row>
-    <row r="11" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="20">
         <v>0.1</v>
       </c>
       <c r="D11" s="20">
         <v>0.15</v>
       </c>
       <c r="E11" s="20">
         <v>0.11</v>
       </c>
       <c r="F11" s="20">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="20">
         <v>0.16</v>
       </c>
       <c r="H11" s="20">
         <v>0.22</v>
       </c>
       <c r="I11" s="20">
         <v>0.23</v>
       </c>
       <c r="J11" s="20">
@@ -4691,52 +4728,55 @@
       </c>
       <c r="FG11" s="20">
         <v>11.97</v>
       </c>
       <c r="FH11" s="20">
         <v>12.66</v>
       </c>
       <c r="FI11" s="20">
         <v>11.53</v>
       </c>
       <c r="FJ11" s="20">
         <v>10.75</v>
       </c>
       <c r="FK11" s="20">
         <v>12.84</v>
       </c>
       <c r="FL11" s="20">
         <v>12.97</v>
       </c>
       <c r="FM11" s="20">
         <v>13.14</v>
       </c>
       <c r="FN11" s="20">
         <v>13.14</v>
       </c>
+      <c r="FO11" s="20">
+        <v>12.24</v>
+      </c>
     </row>
-    <row r="12" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="19" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="20">
         <v>202.59</v>
       </c>
       <c r="D12" s="20">
         <v>191.27</v>
       </c>
       <c r="E12" s="20">
         <v>175</v>
       </c>
       <c r="F12" s="20">
         <v>173.29</v>
       </c>
       <c r="G12" s="20">
         <v>176.93</v>
       </c>
       <c r="H12" s="20">
         <v>180.39</v>
       </c>
       <c r="I12" s="20">
         <v>170.87</v>
       </c>
       <c r="J12" s="20">
@@ -5200,52 +5240,55 @@
       </c>
       <c r="FG12" s="20">
         <v>1938.12</v>
       </c>
       <c r="FH12" s="20">
         <v>1927.66</v>
       </c>
       <c r="FI12" s="20">
         <v>1964.4</v>
       </c>
       <c r="FJ12" s="20">
         <v>1983.88</v>
       </c>
       <c r="FK12" s="20">
         <v>1987.47</v>
       </c>
       <c r="FL12" s="20">
         <v>1978.73</v>
       </c>
       <c r="FM12" s="20">
         <v>1918.27</v>
       </c>
       <c r="FN12" s="20">
         <v>1908.27</v>
       </c>
+      <c r="FO12" s="20">
+        <v>1936.34</v>
+      </c>
     </row>
-    <row r="13" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="20">
         <v>128.74</v>
       </c>
       <c r="D13" s="20">
         <v>124.82</v>
       </c>
       <c r="E13" s="20">
         <v>111.67</v>
       </c>
       <c r="F13" s="20">
         <v>109.91</v>
       </c>
       <c r="G13" s="20">
         <v>115.48</v>
       </c>
       <c r="H13" s="20">
         <v>122.71</v>
       </c>
       <c r="I13" s="20">
         <v>109.21</v>
       </c>
       <c r="J13" s="20">
@@ -5709,52 +5752,55 @@
       </c>
       <c r="FG13" s="20">
         <v>384.94</v>
       </c>
       <c r="FH13" s="20">
         <v>383.32</v>
       </c>
       <c r="FI13" s="20">
         <v>395.46</v>
       </c>
       <c r="FJ13" s="20">
         <v>392.43</v>
       </c>
       <c r="FK13" s="20">
         <v>384.21</v>
       </c>
       <c r="FL13" s="20">
         <v>375.63</v>
       </c>
       <c r="FM13" s="20">
         <v>373.67</v>
       </c>
       <c r="FN13" s="20">
         <v>384.17</v>
       </c>
+      <c r="FO13" s="20">
+        <v>381.31</v>
+      </c>
     </row>
-    <row r="14" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="20">
         <v>74.94</v>
       </c>
       <c r="D14" s="20">
         <v>71.89</v>
       </c>
       <c r="E14" s="20">
         <v>68.45</v>
       </c>
       <c r="F14" s="20">
         <v>64.62</v>
       </c>
       <c r="G14" s="20">
         <v>65.89</v>
       </c>
       <c r="H14" s="20">
         <v>68.8</v>
       </c>
       <c r="I14" s="20">
         <v>63.26</v>
       </c>
       <c r="J14" s="20">
@@ -6218,52 +6264,55 @@
       </c>
       <c r="FG14" s="20">
         <v>21.45</v>
       </c>
       <c r="FH14" s="20">
         <v>21.5</v>
       </c>
       <c r="FI14" s="20">
         <v>21.34</v>
       </c>
       <c r="FJ14" s="20">
         <v>21.26</v>
       </c>
       <c r="FK14" s="20">
         <v>22.5</v>
       </c>
       <c r="FL14" s="20">
         <v>22.43</v>
       </c>
       <c r="FM14" s="20">
         <v>22.47</v>
       </c>
       <c r="FN14" s="20">
         <v>22.49</v>
       </c>
+      <c r="FO14" s="20">
+        <v>29.76</v>
+      </c>
     </row>
-    <row r="15" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="20">
         <v>3.62</v>
       </c>
       <c r="D15" s="20">
         <v>3.23</v>
       </c>
       <c r="E15" s="20">
         <v>3.36</v>
       </c>
       <c r="F15" s="20">
         <v>3.34</v>
       </c>
       <c r="G15" s="20">
         <v>3.43</v>
       </c>
       <c r="H15" s="20">
         <v>3.4</v>
       </c>
       <c r="I15" s="20">
         <v>3.39</v>
       </c>
       <c r="J15" s="20">
@@ -6727,52 +6776,55 @@
       </c>
       <c r="FG15" s="20">
         <v>5.04</v>
       </c>
       <c r="FH15" s="20">
         <v>5.68</v>
       </c>
       <c r="FI15" s="20">
         <v>6.69</v>
       </c>
       <c r="FJ15" s="20">
         <v>6.71</v>
       </c>
       <c r="FK15" s="20">
         <v>6.72</v>
       </c>
       <c r="FL15" s="20">
         <v>6.71</v>
       </c>
       <c r="FM15" s="20">
         <v>6.73</v>
       </c>
       <c r="FN15" s="20">
         <v>6.74</v>
       </c>
+      <c r="FO15" s="20">
+        <v>6.74</v>
+      </c>
     </row>
-    <row r="16" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="20">
         <v>50.18</v>
       </c>
       <c r="D16" s="20">
         <v>49.7</v>
       </c>
       <c r="E16" s="20">
         <v>39.86</v>
       </c>
       <c r="F16" s="20">
         <v>41.96</v>
       </c>
       <c r="G16" s="20">
         <v>46.16</v>
       </c>
       <c r="H16" s="20">
         <v>50.51</v>
       </c>
       <c r="I16" s="20">
         <v>42.56</v>
       </c>
       <c r="J16" s="20">
@@ -7236,52 +7288,55 @@
       </c>
       <c r="FG16" s="20">
         <v>358.45</v>
       </c>
       <c r="FH16" s="20">
         <v>356.14</v>
       </c>
       <c r="FI16" s="20">
         <v>367.42</v>
       </c>
       <c r="FJ16" s="20">
         <v>364.46</v>
       </c>
       <c r="FK16" s="20">
         <v>354.99</v>
       </c>
       <c r="FL16" s="20">
         <v>346.5</v>
       </c>
       <c r="FM16" s="20">
         <v>344.46</v>
       </c>
       <c r="FN16" s="20">
         <v>354.94</v>
       </c>
+      <c r="FO16" s="20">
+        <v>344.81</v>
+      </c>
     </row>
-    <row r="17" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="20">
         <v>73.849999999999994</v>
       </c>
       <c r="D17" s="20">
         <v>66.45</v>
       </c>
       <c r="E17" s="20">
         <v>63.34</v>
       </c>
       <c r="F17" s="20">
         <v>63.38</v>
       </c>
       <c r="G17" s="20">
         <v>61.44</v>
       </c>
       <c r="H17" s="20">
         <v>57.68</v>
       </c>
       <c r="I17" s="20">
         <v>61.66</v>
       </c>
       <c r="J17" s="20">
@@ -7745,52 +7800,55 @@
       </c>
       <c r="FG17" s="20">
         <v>1553.19</v>
       </c>
       <c r="FH17" s="20">
         <v>1544.34</v>
       </c>
       <c r="FI17" s="20">
         <v>1568.94</v>
       </c>
       <c r="FJ17" s="20">
         <v>1591.45</v>
       </c>
       <c r="FK17" s="20">
         <v>1603.26</v>
       </c>
       <c r="FL17" s="20">
         <v>1603.1</v>
       </c>
       <c r="FM17" s="20">
         <v>1544.6</v>
       </c>
       <c r="FN17" s="20">
         <v>1524.1</v>
       </c>
+      <c r="FO17" s="20">
+        <v>1555.03</v>
+      </c>
     </row>
-    <row r="18" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="20">
         <v>11.67</v>
       </c>
       <c r="D18" s="20">
         <v>14.23</v>
       </c>
       <c r="E18" s="20">
         <v>14.56</v>
       </c>
       <c r="F18" s="20">
         <v>15.88</v>
       </c>
       <c r="G18" s="20">
         <v>14.8</v>
       </c>
       <c r="H18" s="20">
         <v>11.32</v>
       </c>
       <c r="I18" s="20">
         <v>11.23</v>
       </c>
       <c r="J18" s="20">
@@ -8254,52 +8312,55 @@
       </c>
       <c r="FG18" s="20">
         <v>0</v>
       </c>
       <c r="FH18" s="20">
         <v>0.52</v>
       </c>
       <c r="FI18" s="20">
         <v>0.78</v>
       </c>
       <c r="FJ18" s="20">
         <v>0.8</v>
       </c>
       <c r="FK18" s="20">
         <v>0.8</v>
       </c>
       <c r="FL18" s="20">
         <v>6.74</v>
       </c>
       <c r="FM18" s="20">
         <v>6.83</v>
       </c>
       <c r="FN18" s="20">
         <v>7.57</v>
       </c>
+      <c r="FO18" s="20">
+        <v>7.48</v>
+      </c>
     </row>
-    <row r="19" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="20">
         <v>2.59</v>
       </c>
       <c r="D19" s="20">
         <v>2.78</v>
       </c>
       <c r="E19" s="20">
         <v>3.12</v>
       </c>
       <c r="F19" s="20">
         <v>4.9000000000000004</v>
       </c>
       <c r="G19" s="20">
         <v>5.23</v>
       </c>
       <c r="H19" s="20">
         <v>4.92</v>
       </c>
       <c r="I19" s="20">
         <v>4.8499999999999996</v>
       </c>
       <c r="J19" s="20">
@@ -8763,52 +8824,55 @@
       </c>
       <c r="FG19" s="20">
         <v>24.06</v>
       </c>
       <c r="FH19" s="20">
         <v>21.16</v>
       </c>
       <c r="FI19" s="20">
         <v>28.84</v>
       </c>
       <c r="FJ19" s="20">
         <v>27.83</v>
       </c>
       <c r="FK19" s="20">
         <v>29.83</v>
       </c>
       <c r="FL19" s="20">
         <v>30.21</v>
       </c>
       <c r="FM19" s="20">
         <v>25.06</v>
       </c>
       <c r="FN19" s="20">
         <v>27.89</v>
       </c>
+      <c r="FO19" s="20">
+        <v>9.08</v>
+      </c>
     </row>
-    <row r="20" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>19</v>
       </c>
       <c r="C20" s="20">
         <v>59.58</v>
       </c>
       <c r="D20" s="20">
         <v>49.44</v>
       </c>
       <c r="E20" s="20">
         <v>45.66</v>
       </c>
       <c r="F20" s="20">
         <v>42.61</v>
       </c>
       <c r="G20" s="20">
         <v>41.42</v>
       </c>
       <c r="H20" s="20">
         <v>41.44</v>
       </c>
       <c r="I20" s="20">
         <v>45.58</v>
       </c>
       <c r="J20" s="20">
@@ -9272,52 +9336,55 @@
       </c>
       <c r="FG20" s="20">
         <v>1529.12</v>
       </c>
       <c r="FH20" s="20">
         <v>1522.67</v>
       </c>
       <c r="FI20" s="20">
         <v>1539.32</v>
       </c>
       <c r="FJ20" s="20">
         <v>1562.82</v>
       </c>
       <c r="FK20" s="20">
         <v>1572.63</v>
       </c>
       <c r="FL20" s="20">
         <v>1566.14</v>
       </c>
       <c r="FM20" s="20">
         <v>1512.71</v>
       </c>
       <c r="FN20" s="20">
         <v>1488.64</v>
       </c>
+      <c r="FO20" s="20">
+        <v>1538.47</v>
+      </c>
     </row>
-    <row r="21" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="19" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="20">
         <v>578.32000000000005</v>
       </c>
       <c r="D21" s="20">
         <v>590.47</v>
       </c>
       <c r="E21" s="20">
         <v>590.01</v>
       </c>
       <c r="F21" s="20">
         <v>573.91999999999996</v>
       </c>
       <c r="G21" s="20">
         <v>557.11</v>
       </c>
       <c r="H21" s="20">
         <v>525.61</v>
       </c>
       <c r="I21" s="20">
         <v>536.86</v>
       </c>
       <c r="J21" s="20">
@@ -9781,52 +9848,55 @@
       </c>
       <c r="FG21" s="20">
         <v>1556.65</v>
       </c>
       <c r="FH21" s="20">
         <v>1694.3</v>
       </c>
       <c r="FI21" s="20">
         <v>1780.09</v>
       </c>
       <c r="FJ21" s="20">
         <v>1874.11</v>
       </c>
       <c r="FK21" s="20">
         <v>1885.08</v>
       </c>
       <c r="FL21" s="20">
         <v>2034.32</v>
       </c>
       <c r="FM21" s="20">
         <v>2077.87</v>
       </c>
       <c r="FN21" s="20">
         <v>2066.83</v>
       </c>
+      <c r="FO21" s="20">
+        <v>2149.5500000000002</v>
+      </c>
     </row>
-    <row r="22" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="19" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="20">
         <v>300.07</v>
       </c>
       <c r="D22" s="20">
         <v>294.19</v>
       </c>
       <c r="E22" s="20">
         <v>300.14</v>
       </c>
       <c r="F22" s="20">
         <v>297.81</v>
       </c>
       <c r="G22" s="20">
         <v>296.33</v>
       </c>
       <c r="H22" s="20">
         <v>287.01</v>
       </c>
       <c r="I22" s="20">
         <v>297.99</v>
       </c>
       <c r="J22" s="20">
@@ -10290,52 +10360,55 @@
       </c>
       <c r="FG22" s="20">
         <v>712</v>
       </c>
       <c r="FH22" s="20">
         <v>803.97</v>
       </c>
       <c r="FI22" s="20">
         <v>870.81</v>
       </c>
       <c r="FJ22" s="20">
         <v>909.49</v>
       </c>
       <c r="FK22" s="20">
         <v>910.14</v>
       </c>
       <c r="FL22" s="20">
         <v>990.62</v>
       </c>
       <c r="FM22" s="20">
         <v>1020.82</v>
       </c>
       <c r="FN22" s="20">
         <v>1002.27</v>
       </c>
+      <c r="FO22" s="20">
+        <v>1061.92</v>
+      </c>
     </row>
-    <row r="23" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="20">
         <v>251.94</v>
       </c>
       <c r="D23" s="20">
         <v>246.01</v>
       </c>
       <c r="E23" s="20">
         <v>252.06</v>
       </c>
       <c r="F23" s="20">
         <v>246.74</v>
       </c>
       <c r="G23" s="20">
         <v>245.1</v>
       </c>
       <c r="H23" s="20">
         <v>233.49</v>
       </c>
       <c r="I23" s="20">
         <v>247.88</v>
       </c>
       <c r="J23" s="20">
@@ -10799,52 +10872,55 @@
       </c>
       <c r="FG23" s="20">
         <v>673.94</v>
       </c>
       <c r="FH23" s="20">
         <v>762.69</v>
       </c>
       <c r="FI23" s="20">
         <v>799.68</v>
       </c>
       <c r="FJ23" s="20">
         <v>863.94</v>
       </c>
       <c r="FK23" s="20">
         <v>863.55</v>
       </c>
       <c r="FL23" s="20">
         <v>942.53</v>
       </c>
       <c r="FM23" s="20">
         <v>970.51</v>
       </c>
       <c r="FN23" s="20">
         <v>951.7</v>
       </c>
+      <c r="FO23" s="20">
+        <v>1015.63</v>
+      </c>
     </row>
-    <row r="24" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="20">
         <v>48.13</v>
       </c>
       <c r="D24" s="20">
         <v>48.17</v>
       </c>
       <c r="E24" s="20">
         <v>48.09</v>
       </c>
       <c r="F24" s="20">
         <v>51.06</v>
       </c>
       <c r="G24" s="20">
         <v>51.23</v>
       </c>
       <c r="H24" s="20">
         <v>53.52</v>
       </c>
       <c r="I24" s="20">
         <v>50.11</v>
       </c>
       <c r="J24" s="20">
@@ -11308,52 +11384,55 @@
       </c>
       <c r="FG24" s="20">
         <v>38.06</v>
       </c>
       <c r="FH24" s="20">
         <v>41.28</v>
       </c>
       <c r="FI24" s="20">
         <v>71.13</v>
       </c>
       <c r="FJ24" s="20">
         <v>45.54</v>
       </c>
       <c r="FK24" s="20">
         <v>46.59</v>
       </c>
       <c r="FL24" s="20">
         <v>48.09</v>
       </c>
       <c r="FM24" s="20">
         <v>50.31</v>
       </c>
       <c r="FN24" s="20">
         <v>50.57</v>
       </c>
+      <c r="FO24" s="20">
+        <v>46.28</v>
+      </c>
     </row>
-    <row r="25" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="19" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="20">
         <v>278.25</v>
       </c>
       <c r="D25" s="20">
         <v>296.27999999999997</v>
       </c>
       <c r="E25" s="20">
         <v>289.87</v>
       </c>
       <c r="F25" s="20">
         <v>276.11</v>
       </c>
       <c r="G25" s="20">
         <v>260.77999999999997</v>
       </c>
       <c r="H25" s="20">
         <v>238.6</v>
       </c>
       <c r="I25" s="20">
         <v>238.87</v>
       </c>
       <c r="J25" s="20">
@@ -11817,52 +11896,55 @@
       </c>
       <c r="FG25" s="20">
         <v>844.66</v>
       </c>
       <c r="FH25" s="20">
         <v>890.33</v>
       </c>
       <c r="FI25" s="20">
         <v>909.29</v>
       </c>
       <c r="FJ25" s="20">
         <v>964.62</v>
       </c>
       <c r="FK25" s="20">
         <v>974.94</v>
       </c>
       <c r="FL25" s="20">
         <v>1043.71</v>
       </c>
       <c r="FM25" s="20">
         <v>1057.05</v>
       </c>
       <c r="FN25" s="20">
         <v>1064.55</v>
       </c>
+      <c r="FO25" s="20">
+        <v>1087.6300000000001</v>
+      </c>
     </row>
-    <row r="26" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C26" s="20">
         <v>205.5</v>
       </c>
       <c r="D26" s="20">
         <v>215.68</v>
       </c>
       <c r="E26" s="20">
         <v>210</v>
       </c>
       <c r="F26" s="20">
         <v>204.15</v>
       </c>
       <c r="G26" s="20">
         <v>196.84</v>
       </c>
       <c r="H26" s="20">
         <v>178.98</v>
       </c>
       <c r="I26" s="20">
         <v>176.42</v>
       </c>
       <c r="J26" s="20">
@@ -12326,52 +12408,55 @@
       </c>
       <c r="FG26" s="20">
         <v>481.08</v>
       </c>
       <c r="FH26" s="20">
         <v>510.3</v>
       </c>
       <c r="FI26" s="20">
         <v>524.03</v>
       </c>
       <c r="FJ26" s="20">
         <v>550.25</v>
       </c>
       <c r="FK26" s="20">
         <v>557.26</v>
       </c>
       <c r="FL26" s="20">
         <v>611.85</v>
       </c>
       <c r="FM26" s="20">
         <v>626</v>
       </c>
       <c r="FN26" s="20">
         <v>624.55999999999995</v>
       </c>
+      <c r="FO26" s="20">
+        <v>635.39</v>
+      </c>
     </row>
-    <row r="27" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="20">
         <v>72.75</v>
       </c>
       <c r="D27" s="20">
         <v>80.599999999999994</v>
       </c>
       <c r="E27" s="20">
         <v>79.87</v>
       </c>
       <c r="F27" s="20">
         <v>71.959999999999994</v>
       </c>
       <c r="G27" s="20">
         <v>63.94</v>
       </c>
       <c r="H27" s="20">
         <v>59.62</v>
       </c>
       <c r="I27" s="20">
         <v>62.45</v>
       </c>
       <c r="J27" s="20">
@@ -12835,52 +12920,55 @@
       </c>
       <c r="FG27" s="20">
         <v>363.58</v>
       </c>
       <c r="FH27" s="20">
         <v>380.04</v>
       </c>
       <c r="FI27" s="20">
         <v>385.25</v>
       </c>
       <c r="FJ27" s="20">
         <v>414.37</v>
       </c>
       <c r="FK27" s="20">
         <v>417.68</v>
       </c>
       <c r="FL27" s="20">
         <v>431.85</v>
       </c>
       <c r="FM27" s="20">
         <v>431.05</v>
       </c>
       <c r="FN27" s="20">
         <v>439.99</v>
       </c>
+      <c r="FO27" s="20">
+        <v>452.24</v>
+      </c>
     </row>
-    <row r="28" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="20">
         <v>38.36</v>
       </c>
       <c r="D28" s="20">
         <v>38.29</v>
       </c>
       <c r="E28" s="20">
         <v>38.26</v>
       </c>
       <c r="F28" s="20">
         <v>38.64</v>
       </c>
       <c r="G28" s="20">
         <v>38.61</v>
       </c>
       <c r="H28" s="20">
         <v>38.76</v>
       </c>
       <c r="I28" s="20">
         <v>34.35</v>
       </c>
       <c r="J28" s="20">
@@ -13344,52 +13432,55 @@
       </c>
       <c r="FG28" s="20">
         <v>2.82</v>
       </c>
       <c r="FH28" s="20">
         <v>2.87</v>
       </c>
       <c r="FI28" s="20">
         <v>2.87</v>
       </c>
       <c r="FJ28" s="20">
         <v>29.66</v>
       </c>
       <c r="FK28" s="20">
         <v>29.61</v>
       </c>
       <c r="FL28" s="20">
         <v>30.51</v>
       </c>
       <c r="FM28" s="20">
         <v>30.49</v>
       </c>
       <c r="FN28" s="20">
         <v>30.99</v>
       </c>
+      <c r="FO28" s="20">
+        <v>31.33</v>
+      </c>
     </row>
-    <row r="29" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="20">
         <v>21.26</v>
       </c>
       <c r="D29" s="20">
         <v>26.33</v>
       </c>
       <c r="E29" s="20">
         <v>21.2</v>
       </c>
       <c r="F29" s="20">
         <v>22.51</v>
       </c>
       <c r="G29" s="20">
         <v>32.549999999999997</v>
       </c>
       <c r="H29" s="20">
         <v>13.33</v>
       </c>
       <c r="I29" s="20">
         <v>24.96</v>
       </c>
       <c r="J29" s="20">
@@ -13853,52 +13944,55 @@
       </c>
       <c r="FG29" s="20">
         <v>22.81</v>
       </c>
       <c r="FH29" s="20">
         <v>37.74</v>
       </c>
       <c r="FI29" s="20">
         <v>23.96</v>
       </c>
       <c r="FJ29" s="20">
         <v>31.96</v>
       </c>
       <c r="FK29" s="20">
         <v>34.69</v>
       </c>
       <c r="FL29" s="20">
         <v>35.229999999999997</v>
       </c>
       <c r="FM29" s="20">
         <v>28.24</v>
       </c>
       <c r="FN29" s="20">
         <v>38.11</v>
       </c>
+      <c r="FO29" s="20">
+        <v>33.380000000000003</v>
+      </c>
     </row>
-    <row r="30" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>25</v>
       </c>
       <c r="C30" s="23">
         <v>913.82</v>
       </c>
       <c r="D30" s="23">
         <v>916.81</v>
       </c>
       <c r="E30" s="23">
         <v>902.43</v>
       </c>
       <c r="F30" s="23">
         <v>885.07</v>
       </c>
       <c r="G30" s="23">
         <v>866.42</v>
       </c>
       <c r="H30" s="23">
         <v>821.33</v>
       </c>
       <c r="I30" s="23">
         <v>833.9</v>
       </c>
       <c r="J30" s="23">
@@ -14362,52 +14456,55 @@
       </c>
       <c r="FG30" s="23">
         <v>4083.53</v>
       </c>
       <c r="FH30" s="23">
         <v>4199.49</v>
       </c>
       <c r="FI30" s="23">
         <v>4264.41</v>
       </c>
       <c r="FJ30" s="23">
         <v>4443.04</v>
       </c>
       <c r="FK30" s="23">
         <v>4471.88</v>
       </c>
       <c r="FL30" s="23">
         <v>4602.3500000000004</v>
       </c>
       <c r="FM30" s="23">
         <v>4681.8500000000004</v>
       </c>
       <c r="FN30" s="23">
         <v>4595.2700000000004</v>
       </c>
+      <c r="FO30" s="23">
+        <v>4710.8900000000003</v>
+      </c>
     </row>
-    <row r="31" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="13" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
       <c r="J31" s="4"/>
       <c r="K31" s="4"/>
       <c r="L31" s="4"/>
       <c r="M31" s="4"/>
       <c r="N31" s="4"/>
       <c r="O31" s="4"/>
       <c r="P31" s="4"/>
       <c r="Q31" s="4"/>
       <c r="R31" s="4"/>
       <c r="S31" s="4"/>
       <c r="T31" s="4"/>
       <c r="U31" s="4"/>
       <c r="V31" s="4"/>
       <c r="W31" s="4"/>
       <c r="X31" s="4"/>
@@ -14535,52 +14632,53 @@
       <c r="EP31" s="2"/>
       <c r="EQ31" s="2"/>
       <c r="ER31" s="2"/>
       <c r="ES31" s="2"/>
       <c r="ET31" s="2"/>
       <c r="EU31" s="2"/>
       <c r="EV31" s="2"/>
       <c r="EW31" s="2"/>
       <c r="EX31" s="2"/>
       <c r="EY31" s="2"/>
       <c r="EZ31" s="2"/>
       <c r="FA31" s="2"/>
       <c r="FB31" s="2"/>
       <c r="FC31" s="2"/>
       <c r="FD31" s="2"/>
       <c r="FE31" s="2"/>
       <c r="FF31" s="2"/>
       <c r="FG31" s="2"/>
       <c r="FH31" s="2"/>
       <c r="FI31" s="2"/>
       <c r="FJ31" s="2"/>
       <c r="FK31" s="2"/>
       <c r="FL31" s="2"/>
       <c r="FM31" s="2"/>
       <c r="FN31" s="2"/>
+      <c r="FO31" s="2"/>
     </row>
-    <row r="32" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="19" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="20">
         <v>4.83</v>
       </c>
       <c r="D32" s="20">
         <v>5.6</v>
       </c>
       <c r="E32" s="20">
         <v>5.54</v>
       </c>
       <c r="F32" s="20">
         <v>3.98</v>
       </c>
       <c r="G32" s="20">
         <v>4.7699999999999996</v>
       </c>
       <c r="H32" s="20">
         <v>4.5599999999999996</v>
       </c>
       <c r="I32" s="20">
         <v>3.35</v>
       </c>
       <c r="J32" s="20">
@@ -15044,52 +15142,55 @@
       </c>
       <c r="FG32" s="20">
         <v>12.65</v>
       </c>
       <c r="FH32" s="20">
         <v>14.57</v>
       </c>
       <c r="FI32" s="20">
         <v>15.04</v>
       </c>
       <c r="FJ32" s="20">
         <v>51.46</v>
       </c>
       <c r="FK32" s="20">
         <v>51.56</v>
       </c>
       <c r="FL32" s="20">
         <v>48.36</v>
       </c>
       <c r="FM32" s="20">
         <v>48.91</v>
       </c>
       <c r="FN32" s="20">
         <v>48.67</v>
       </c>
+      <c r="FO32" s="20">
+        <v>55.88</v>
+      </c>
     </row>
-    <row r="33" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="20">
         <v>890.39</v>
       </c>
       <c r="D33" s="20">
         <v>883.74</v>
       </c>
       <c r="E33" s="20">
         <v>875.18</v>
       </c>
       <c r="F33" s="20">
         <v>858.07</v>
       </c>
       <c r="G33" s="20">
         <v>837.14</v>
       </c>
       <c r="H33" s="20">
         <v>804.35</v>
       </c>
       <c r="I33" s="20">
         <v>803.98</v>
       </c>
       <c r="J33" s="20">
@@ -15553,52 +15654,55 @@
       </c>
       <c r="FG33" s="20">
         <v>3955.09</v>
       </c>
       <c r="FH33" s="20">
         <v>4058.67</v>
       </c>
       <c r="FI33" s="20">
         <v>4127.45</v>
       </c>
       <c r="FJ33" s="20">
         <v>4251.8500000000004</v>
       </c>
       <c r="FK33" s="20">
         <v>4284.92</v>
       </c>
       <c r="FL33" s="20">
         <v>4406.04</v>
       </c>
       <c r="FM33" s="20">
         <v>4486.25</v>
       </c>
       <c r="FN33" s="20">
         <v>4394.1499999999996</v>
       </c>
+      <c r="FO33" s="20">
+        <v>4502.04</v>
+      </c>
     </row>
-    <row r="34" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="19" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="20">
         <v>862.55</v>
       </c>
       <c r="D34" s="20">
         <v>856.62</v>
       </c>
       <c r="E34" s="20">
         <v>848.85</v>
       </c>
       <c r="F34" s="20">
         <v>832.01</v>
       </c>
       <c r="G34" s="20">
         <v>811.89</v>
       </c>
       <c r="H34" s="20">
         <v>774.75</v>
       </c>
       <c r="I34" s="20">
         <v>774.17</v>
       </c>
       <c r="J34" s="20">
@@ -16062,52 +16166,55 @@
       </c>
       <c r="FG34" s="20">
         <v>3761.34</v>
       </c>
       <c r="FH34" s="20">
         <v>3849.18</v>
       </c>
       <c r="FI34" s="20">
         <v>3908.31</v>
       </c>
       <c r="FJ34" s="20">
         <v>4028.41</v>
       </c>
       <c r="FK34" s="20">
         <v>4059.93</v>
       </c>
       <c r="FL34" s="20">
         <v>4174.75</v>
       </c>
       <c r="FM34" s="20">
         <v>4253.54</v>
       </c>
       <c r="FN34" s="20">
         <v>4166.1099999999997</v>
       </c>
+      <c r="FO34" s="20">
+        <v>4250.67</v>
+      </c>
     </row>
-    <row r="35" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C35" s="20">
         <v>56.5</v>
       </c>
       <c r="D35" s="20">
         <v>57.25</v>
       </c>
       <c r="E35" s="20">
         <v>55.09</v>
       </c>
       <c r="F35" s="20">
         <v>50.14</v>
       </c>
       <c r="G35" s="20">
         <v>53.36</v>
       </c>
       <c r="H35" s="20">
         <v>50.76</v>
       </c>
       <c r="I35" s="20">
         <v>51.1</v>
       </c>
       <c r="J35" s="20">
@@ -16571,52 +16678,55 @@
       </c>
       <c r="FG35" s="20">
         <v>106.96</v>
       </c>
       <c r="FH35" s="20">
         <v>110.05</v>
       </c>
       <c r="FI35" s="20">
         <v>116.21</v>
       </c>
       <c r="FJ35" s="20">
         <v>109.71</v>
       </c>
       <c r="FK35" s="20">
         <v>108.73</v>
       </c>
       <c r="FL35" s="20">
         <v>111.99</v>
       </c>
       <c r="FM35" s="20">
         <v>117.02</v>
       </c>
       <c r="FN35" s="20">
         <v>117.34</v>
       </c>
+      <c r="FO35" s="20">
+        <v>112.33</v>
+      </c>
     </row>
-    <row r="36" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="20">
         <v>265.47000000000003</v>
       </c>
       <c r="D36" s="20">
         <v>261.31</v>
       </c>
       <c r="E36" s="20">
         <v>247.29</v>
       </c>
       <c r="F36" s="20">
         <v>239.58</v>
       </c>
       <c r="G36" s="20">
         <v>233.63</v>
       </c>
       <c r="H36" s="20">
         <v>227.36</v>
       </c>
       <c r="I36" s="20">
         <v>224.79</v>
       </c>
       <c r="J36" s="20">
@@ -17080,52 +17190,55 @@
       </c>
       <c r="FG36" s="20">
         <v>464.06</v>
       </c>
       <c r="FH36" s="20">
         <v>473.98</v>
       </c>
       <c r="FI36" s="20">
         <v>482.85</v>
       </c>
       <c r="FJ36" s="20">
         <v>494.17</v>
       </c>
       <c r="FK36" s="20">
         <v>492.86</v>
       </c>
       <c r="FL36" s="20">
         <v>504.48</v>
       </c>
       <c r="FM36" s="20">
         <v>520.44000000000005</v>
       </c>
       <c r="FN36" s="20">
         <v>520.66999999999996</v>
       </c>
+      <c r="FO36" s="20">
+        <v>531.95000000000005</v>
+      </c>
     </row>
-    <row r="37" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="20">
         <v>385.04</v>
       </c>
       <c r="D37" s="20">
         <v>381.59</v>
       </c>
       <c r="E37" s="20">
         <v>384.18</v>
       </c>
       <c r="F37" s="20">
         <v>377.35</v>
       </c>
       <c r="G37" s="20">
         <v>366.45</v>
       </c>
       <c r="H37" s="20">
         <v>345.62</v>
       </c>
       <c r="I37" s="20">
         <v>338.24</v>
       </c>
       <c r="J37" s="20">
@@ -17589,52 +17702,55 @@
       </c>
       <c r="FG37" s="20">
         <v>2644.45</v>
       </c>
       <c r="FH37" s="20">
         <v>2676.01</v>
       </c>
       <c r="FI37" s="20">
         <v>2702.41</v>
       </c>
       <c r="FJ37" s="20">
         <v>2777.08</v>
       </c>
       <c r="FK37" s="20">
         <v>2813.93</v>
       </c>
       <c r="FL37" s="20">
         <v>2862.35</v>
       </c>
       <c r="FM37" s="20">
         <v>2900.21</v>
       </c>
       <c r="FN37" s="20">
         <v>2828.82</v>
       </c>
+      <c r="FO37" s="20">
+        <v>2873.29</v>
+      </c>
     </row>
-    <row r="38" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="19" t="s">
         <v>12</v>
       </c>
       <c r="C38" s="20">
         <v>27.83</v>
       </c>
       <c r="D38" s="20">
         <v>27.12</v>
       </c>
       <c r="E38" s="20">
         <v>26.33</v>
       </c>
       <c r="F38" s="20">
         <v>26.07</v>
       </c>
       <c r="G38" s="20">
         <v>25.25</v>
       </c>
       <c r="H38" s="20">
         <v>29.6</v>
       </c>
       <c r="I38" s="20">
         <v>29.81</v>
       </c>
       <c r="J38" s="20">
@@ -18098,52 +18214,55 @@
       </c>
       <c r="FG38" s="20">
         <v>193.75</v>
       </c>
       <c r="FH38" s="20">
         <v>209.49</v>
       </c>
       <c r="FI38" s="20">
         <v>219.13</v>
       </c>
       <c r="FJ38" s="20">
         <v>223.44</v>
       </c>
       <c r="FK38" s="20">
         <v>224.99</v>
       </c>
       <c r="FL38" s="20">
         <v>231.29</v>
       </c>
       <c r="FM38" s="20">
         <v>232.71</v>
       </c>
       <c r="FN38" s="20">
         <v>228.03</v>
       </c>
+      <c r="FO38" s="20">
+        <v>251.37</v>
+      </c>
     </row>
-    <row r="39" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="19" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="20">
         <v>6.34</v>
       </c>
       <c r="D39" s="20">
         <v>5.88</v>
       </c>
       <c r="E39" s="20">
         <v>4.6399999999999997</v>
       </c>
       <c r="F39" s="20">
         <v>4.74</v>
       </c>
       <c r="G39" s="20">
         <v>4.72</v>
       </c>
       <c r="H39" s="20">
         <v>4.58</v>
       </c>
       <c r="I39" s="20">
         <v>4.63</v>
       </c>
       <c r="J39" s="20">
@@ -18607,52 +18726,55 @@
       </c>
       <c r="FG39" s="20">
         <v>74.44</v>
       </c>
       <c r="FH39" s="20">
         <v>77.209999999999994</v>
       </c>
       <c r="FI39" s="20">
         <v>84.21</v>
       </c>
       <c r="FJ39" s="20">
         <v>84.62</v>
       </c>
       <c r="FK39" s="20">
         <v>84.21</v>
       </c>
       <c r="FL39" s="20">
         <v>88.56</v>
       </c>
       <c r="FM39" s="20">
         <v>88.64</v>
       </c>
       <c r="FN39" s="20">
         <v>88.59</v>
       </c>
+      <c r="FO39" s="20">
+        <v>108.4</v>
+      </c>
     </row>
-    <row r="40" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>17</v>
       </c>
       <c r="C40" s="20">
         <v>10.7</v>
       </c>
       <c r="D40" s="20">
         <v>10.49</v>
       </c>
       <c r="E40" s="20">
         <v>10.76</v>
       </c>
       <c r="F40" s="20">
         <v>10.6</v>
       </c>
       <c r="G40" s="20">
         <v>10.43</v>
       </c>
       <c r="H40" s="20">
         <v>15.43</v>
       </c>
       <c r="I40" s="20">
         <v>15.78</v>
       </c>
       <c r="J40" s="20">
@@ -19116,52 +19238,55 @@
       </c>
       <c r="FG40" s="20">
         <v>42.87</v>
       </c>
       <c r="FH40" s="20">
         <v>44.46</v>
       </c>
       <c r="FI40" s="20">
         <v>44.32</v>
       </c>
       <c r="FJ40" s="20">
         <v>45.74</v>
       </c>
       <c r="FK40" s="20">
         <v>45.88</v>
       </c>
       <c r="FL40" s="20">
         <v>46.39</v>
       </c>
       <c r="FM40" s="20">
         <v>47.33</v>
       </c>
       <c r="FN40" s="20">
         <v>47.3</v>
       </c>
+      <c r="FO40" s="20">
+        <v>48.56</v>
+      </c>
     </row>
-    <row r="41" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="20">
         <v>10.23</v>
       </c>
       <c r="D41" s="20">
         <v>10.210000000000001</v>
       </c>
       <c r="E41" s="20">
         <v>10.37</v>
       </c>
       <c r="F41" s="20">
         <v>10.17</v>
       </c>
       <c r="G41" s="20">
         <v>10.1</v>
       </c>
       <c r="H41" s="20">
         <v>9.59</v>
       </c>
       <c r="I41" s="20">
         <v>9.4</v>
       </c>
       <c r="J41" s="20">
@@ -19625,52 +19750,55 @@
       </c>
       <c r="FG41" s="20">
         <v>76.430000000000007</v>
       </c>
       <c r="FH41" s="20">
         <v>87.82</v>
       </c>
       <c r="FI41" s="20">
         <v>90.61</v>
       </c>
       <c r="FJ41" s="20">
         <v>93.08</v>
       </c>
       <c r="FK41" s="20">
         <v>94.9</v>
       </c>
       <c r="FL41" s="20">
         <v>96.35</v>
       </c>
       <c r="FM41" s="20">
         <v>96.74</v>
       </c>
       <c r="FN41" s="20">
         <v>92.15</v>
       </c>
+      <c r="FO41" s="20">
+        <v>94.42</v>
+      </c>
     </row>
-    <row r="42" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="20">
         <v>18.600000000000001</v>
       </c>
       <c r="D42" s="20">
         <v>27.46</v>
       </c>
       <c r="E42" s="20">
         <v>21.71</v>
       </c>
       <c r="F42" s="20">
         <v>23.02</v>
       </c>
       <c r="G42" s="20">
         <v>24.51</v>
       </c>
       <c r="H42" s="20">
         <v>12.41</v>
       </c>
       <c r="I42" s="20">
         <v>26.57</v>
       </c>
       <c r="J42" s="20">
@@ -20134,52 +20262,55 @@
       </c>
       <c r="FG42" s="20">
         <v>115.78</v>
       </c>
       <c r="FH42" s="20">
         <v>126.25</v>
       </c>
       <c r="FI42" s="20">
         <v>121.92</v>
       </c>
       <c r="FJ42" s="20">
         <v>139.72</v>
       </c>
       <c r="FK42" s="20">
         <v>135.4</v>
       </c>
       <c r="FL42" s="20">
         <v>147.94999999999999</v>
       </c>
       <c r="FM42" s="20">
         <v>146.68</v>
       </c>
       <c r="FN42" s="20">
         <v>152.44999999999999</v>
       </c>
+      <c r="FO42" s="20">
+        <v>152.97</v>
+      </c>
     </row>
-    <row r="43" spans="2:170" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:171" s="21" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="24" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="25">
         <v>913.82</v>
       </c>
       <c r="D43" s="26">
         <v>916.81</v>
       </c>
       <c r="E43" s="26">
         <v>902.43</v>
       </c>
       <c r="F43" s="26">
         <v>885.07</v>
       </c>
       <c r="G43" s="26">
         <v>866.42</v>
       </c>
       <c r="H43" s="26">
         <v>821.33</v>
       </c>
       <c r="I43" s="26">
         <v>833.9</v>
       </c>
       <c r="J43" s="26">
@@ -20643,52 +20774,55 @@
       </c>
       <c r="FG43" s="25">
         <v>4083.53</v>
       </c>
       <c r="FH43" s="25">
         <v>4199.49</v>
       </c>
       <c r="FI43" s="25">
         <v>4264.41</v>
       </c>
       <c r="FJ43" s="25">
         <v>4443.04</v>
       </c>
       <c r="FK43" s="25">
         <v>4471.88</v>
       </c>
       <c r="FL43" s="25">
         <v>4602.3500000000004</v>
       </c>
       <c r="FM43" s="25">
         <v>4681.8500000000004</v>
       </c>
       <c r="FN43" s="25">
         <v>4595.2700000000004</v>
       </c>
+      <c r="FO43" s="25">
+        <v>4710.8900000000003</v>
+      </c>
     </row>
-    <row r="44" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CF44" s="6"/>
       <c r="CG44" s="6"/>
       <c r="CH44" s="6"/>
       <c r="CI44" s="6"/>
       <c r="CJ44" s="6"/>
       <c r="CK44" s="6"/>
       <c r="DA44" s="6"/>
       <c r="DB44" s="6"/>
       <c r="DC44" s="6"/>
       <c r="DD44" s="6"/>
       <c r="DE44" s="6"/>
       <c r="DF44" s="6"/>
       <c r="DG44" s="6"/>
       <c r="DH44" s="6"/>
       <c r="DI44" s="6"/>
       <c r="DJ44" s="6"/>
       <c r="DK44" s="6"/>
       <c r="DL44" s="6"/>
       <c r="DM44" s="6"/>
       <c r="DN44" s="6"/>
       <c r="DO44" s="6"/>
       <c r="DP44" s="6"/>
       <c r="DQ44" s="6"/>
       <c r="DR44" s="6"/>
       <c r="DS44" s="6"/>
@@ -20717,52 +20851,53 @@
       <c r="EP44" s="6"/>
       <c r="EQ44" s="6"/>
       <c r="ER44" s="6"/>
       <c r="ES44" s="6"/>
       <c r="ET44" s="6"/>
       <c r="EU44" s="6"/>
       <c r="EV44" s="6"/>
       <c r="EW44" s="6"/>
       <c r="EX44" s="6"/>
       <c r="EY44" s="6"/>
       <c r="EZ44" s="6"/>
       <c r="FA44" s="6"/>
       <c r="FB44" s="6"/>
       <c r="FC44" s="6"/>
       <c r="FD44" s="6"/>
       <c r="FE44" s="6"/>
       <c r="FF44" s="6"/>
       <c r="FG44" s="6"/>
       <c r="FH44" s="6"/>
       <c r="FI44" s="6"/>
       <c r="FJ44" s="6"/>
       <c r="FK44" s="6"/>
       <c r="FL44" s="6"/>
       <c r="FM44" s="6"/>
       <c r="FN44" s="6"/>
+      <c r="FO44" s="6"/>
     </row>
-    <row r="45" spans="2:170" s="27" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:171" s="27" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C45" s="33"/>
       <c r="D45" s="33"/>
       <c r="E45" s="33"/>
       <c r="F45" s="33"/>
       <c r="G45" s="33"/>
       <c r="H45" s="33"/>
       <c r="I45" s="33"/>
       <c r="J45" s="33"/>
       <c r="K45" s="33"/>
       <c r="L45" s="33"/>
       <c r="CF45" s="28"/>
       <c r="CG45" s="28"/>
       <c r="CH45" s="28"/>
       <c r="CI45" s="28"/>
       <c r="CJ45" s="28"/>
       <c r="CK45" s="28"/>
       <c r="DA45" s="29"/>
       <c r="DB45" s="29"/>
       <c r="DC45" s="29"/>
       <c r="DD45" s="29"/>
       <c r="DE45" s="29"/>
       <c r="DF45" s="29"/>
@@ -20804,104 +20939,106 @@
       <c r="EP45" s="30"/>
       <c r="EQ45" s="30"/>
       <c r="ER45" s="30"/>
       <c r="ES45" s="30"/>
       <c r="ET45" s="30"/>
       <c r="EU45" s="30"/>
       <c r="EV45" s="30"/>
       <c r="EW45" s="30"/>
       <c r="EX45" s="30"/>
       <c r="EY45" s="30"/>
       <c r="EZ45" s="30"/>
       <c r="FA45" s="30"/>
       <c r="FB45" s="30"/>
       <c r="FC45" s="30"/>
       <c r="FD45" s="30"/>
       <c r="FE45" s="30"/>
       <c r="FF45" s="30"/>
       <c r="FG45" s="30"/>
       <c r="FH45" s="30"/>
       <c r="FI45" s="30"/>
       <c r="FJ45" s="30"/>
       <c r="FK45" s="30"/>
       <c r="FL45" s="30"/>
       <c r="FM45" s="30"/>
       <c r="FN45" s="30"/>
+      <c r="FO45" s="30"/>
     </row>
-    <row r="46" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CP46" s="2"/>
       <c r="CQ46" s="2"/>
       <c r="CR46" s="2"/>
       <c r="CS46" s="2"/>
       <c r="CT46" s="2"/>
       <c r="CU46" s="2"/>
       <c r="CV46" s="2"/>
       <c r="CW46" s="2"/>
       <c r="CX46" s="2"/>
       <c r="CY46" s="2"/>
       <c r="CZ46" s="2"/>
       <c r="EB46" s="16"/>
       <c r="EC46" s="16"/>
       <c r="ED46" s="16"/>
       <c r="EE46" s="16"/>
       <c r="EF46" s="16"/>
       <c r="EG46" s="16"/>
       <c r="EH46" s="16"/>
       <c r="EI46" s="16"/>
       <c r="EJ46" s="16"/>
       <c r="EK46" s="16"/>
       <c r="EL46" s="16"/>
       <c r="EM46" s="16"/>
       <c r="EN46" s="16"/>
       <c r="EO46" s="16"/>
       <c r="EP46" s="16"/>
       <c r="EQ46" s="16"/>
       <c r="ER46" s="16"/>
       <c r="ES46" s="16"/>
       <c r="ET46" s="16"/>
       <c r="EU46" s="16"/>
       <c r="EV46" s="16"/>
       <c r="EW46" s="16"/>
       <c r="EX46" s="16"/>
       <c r="EY46" s="16"/>
       <c r="EZ46" s="16"/>
       <c r="FA46" s="16"/>
       <c r="FB46" s="16"/>
       <c r="FC46" s="16"/>
       <c r="FD46" s="16"/>
       <c r="FE46" s="16"/>
       <c r="FF46" s="16"/>
       <c r="FG46" s="16"/>
       <c r="FH46" s="16"/>
       <c r="FI46" s="16"/>
       <c r="FJ46" s="16"/>
       <c r="FK46" s="16"/>
       <c r="FL46" s="16"/>
       <c r="FM46" s="16"/>
       <c r="FN46" s="16"/>
+      <c r="FO46" s="16"/>
     </row>
-    <row r="47" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C47" s="15"/>
       <c r="D47" s="15"/>
       <c r="E47" s="15"/>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15"/>
       <c r="L47" s="15"/>
       <c r="M47" s="15"/>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" s="15"/>
       <c r="S47" s="15"/>
       <c r="T47" s="15"/>
       <c r="U47" s="15"/>
       <c r="V47" s="15"/>
       <c r="W47" s="15"/>
       <c r="X47" s="15"/>
       <c r="Y47" s="15"/>
       <c r="Z47" s="15"/>
       <c r="AA47" s="15"/>
@@ -21026,52 +21163,53 @@
       <c r="EP47" s="16"/>
       <c r="EQ47" s="16"/>
       <c r="ER47" s="16"/>
       <c r="ES47" s="16"/>
       <c r="ET47" s="16"/>
       <c r="EU47" s="16"/>
       <c r="EV47" s="16"/>
       <c r="EW47" s="16"/>
       <c r="EX47" s="16"/>
       <c r="EY47" s="16"/>
       <c r="EZ47" s="16"/>
       <c r="FA47" s="16"/>
       <c r="FB47" s="16"/>
       <c r="FC47" s="16"/>
       <c r="FD47" s="16"/>
       <c r="FE47" s="16"/>
       <c r="FF47" s="16"/>
       <c r="FG47" s="16"/>
       <c r="FH47" s="16"/>
       <c r="FI47" s="16"/>
       <c r="FJ47" s="16"/>
       <c r="FK47" s="16"/>
       <c r="FL47" s="16"/>
       <c r="FM47" s="16"/>
       <c r="FN47" s="16"/>
+      <c r="FO47" s="16"/>
     </row>
-    <row r="48" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C48" s="15"/>
       <c r="D48" s="15"/>
       <c r="E48" s="15"/>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15"/>
       <c r="L48" s="15"/>
       <c r="M48" s="15"/>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" s="15"/>
       <c r="S48" s="15"/>
       <c r="T48" s="15"/>
       <c r="U48" s="15"/>
       <c r="V48" s="15"/>
       <c r="W48" s="15"/>
       <c r="X48" s="15"/>
       <c r="Y48" s="15"/>
       <c r="Z48" s="15"/>
       <c r="AA48" s="15"/>
@@ -21196,52 +21334,53 @@
       <c r="EP48" s="16"/>
       <c r="EQ48" s="16"/>
       <c r="ER48" s="16"/>
       <c r="ES48" s="16"/>
       <c r="ET48" s="16"/>
       <c r="EU48" s="16"/>
       <c r="EV48" s="16"/>
       <c r="EW48" s="16"/>
       <c r="EX48" s="16"/>
       <c r="EY48" s="16"/>
       <c r="EZ48" s="16"/>
       <c r="FA48" s="16"/>
       <c r="FB48" s="16"/>
       <c r="FC48" s="16"/>
       <c r="FD48" s="16"/>
       <c r="FE48" s="16"/>
       <c r="FF48" s="16"/>
       <c r="FG48" s="16"/>
       <c r="FH48" s="16"/>
       <c r="FI48" s="16"/>
       <c r="FJ48" s="16"/>
       <c r="FK48" s="16"/>
       <c r="FL48" s="16"/>
       <c r="FM48" s="16"/>
       <c r="FN48" s="16"/>
+      <c r="FO48" s="16"/>
     </row>
-    <row r="49" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C49" s="15"/>
       <c r="D49" s="15"/>
       <c r="E49" s="15"/>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15"/>
       <c r="L49" s="15"/>
       <c r="M49" s="15"/>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49" s="15"/>
       <c r="S49" s="15"/>
       <c r="T49" s="15"/>
       <c r="U49" s="15"/>
       <c r="V49" s="15"/>
       <c r="W49" s="15"/>
       <c r="X49" s="15"/>
       <c r="Y49" s="15"/>
       <c r="Z49" s="15"/>
       <c r="AA49" s="15"/>
@@ -21366,52 +21505,53 @@
       <c r="EP49" s="16"/>
       <c r="EQ49" s="16"/>
       <c r="ER49" s="16"/>
       <c r="ES49" s="16"/>
       <c r="ET49" s="16"/>
       <c r="EU49" s="16"/>
       <c r="EV49" s="16"/>
       <c r="EW49" s="16"/>
       <c r="EX49" s="16"/>
       <c r="EY49" s="16"/>
       <c r="EZ49" s="16"/>
       <c r="FA49" s="16"/>
       <c r="FB49" s="16"/>
       <c r="FC49" s="16"/>
       <c r="FD49" s="16"/>
       <c r="FE49" s="16"/>
       <c r="FF49" s="16"/>
       <c r="FG49" s="16"/>
       <c r="FH49" s="16"/>
       <c r="FI49" s="16"/>
       <c r="FJ49" s="16"/>
       <c r="FK49" s="16"/>
       <c r="FL49" s="16"/>
       <c r="FM49" s="16"/>
       <c r="FN49" s="16"/>
+      <c r="FO49" s="16"/>
     </row>
-    <row r="50" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" s="15"/>
       <c r="S50" s="15"/>
       <c r="T50" s="15"/>
       <c r="U50" s="15"/>
       <c r="V50" s="15"/>
       <c r="W50" s="15"/>
       <c r="X50" s="15"/>
       <c r="Y50" s="15"/>
       <c r="Z50" s="15"/>
       <c r="AA50" s="15"/>
@@ -21536,52 +21676,53 @@
       <c r="EP50" s="16"/>
       <c r="EQ50" s="16"/>
       <c r="ER50" s="16"/>
       <c r="ES50" s="16"/>
       <c r="ET50" s="16"/>
       <c r="EU50" s="16"/>
       <c r="EV50" s="16"/>
       <c r="EW50" s="16"/>
       <c r="EX50" s="16"/>
       <c r="EY50" s="16"/>
       <c r="EZ50" s="16"/>
       <c r="FA50" s="16"/>
       <c r="FB50" s="16"/>
       <c r="FC50" s="16"/>
       <c r="FD50" s="16"/>
       <c r="FE50" s="16"/>
       <c r="FF50" s="16"/>
       <c r="FG50" s="16"/>
       <c r="FH50" s="16"/>
       <c r="FI50" s="16"/>
       <c r="FJ50" s="16"/>
       <c r="FK50" s="16"/>
       <c r="FL50" s="16"/>
       <c r="FM50" s="16"/>
       <c r="FN50" s="16"/>
+      <c r="FO50" s="16"/>
     </row>
-    <row r="51" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C51" s="15"/>
       <c r="D51" s="15"/>
       <c r="E51" s="15"/>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15"/>
       <c r="L51" s="15"/>
       <c r="M51" s="15"/>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" s="15"/>
       <c r="S51" s="15"/>
       <c r="T51" s="15"/>
       <c r="U51" s="15"/>
       <c r="V51" s="15"/>
       <c r="W51" s="15"/>
       <c r="X51" s="15"/>
       <c r="Y51" s="15"/>
       <c r="Z51" s="15"/>
       <c r="AA51" s="15"/>
@@ -21706,52 +21847,53 @@
       <c r="EP51" s="16"/>
       <c r="EQ51" s="16"/>
       <c r="ER51" s="16"/>
       <c r="ES51" s="16"/>
       <c r="ET51" s="16"/>
       <c r="EU51" s="16"/>
       <c r="EV51" s="16"/>
       <c r="EW51" s="16"/>
       <c r="EX51" s="16"/>
       <c r="EY51" s="16"/>
       <c r="EZ51" s="16"/>
       <c r="FA51" s="16"/>
       <c r="FB51" s="16"/>
       <c r="FC51" s="16"/>
       <c r="FD51" s="16"/>
       <c r="FE51" s="16"/>
       <c r="FF51" s="16"/>
       <c r="FG51" s="16"/>
       <c r="FH51" s="16"/>
       <c r="FI51" s="16"/>
       <c r="FJ51" s="16"/>
       <c r="FK51" s="16"/>
       <c r="FL51" s="16"/>
       <c r="FM51" s="16"/>
       <c r="FN51" s="16"/>
+      <c r="FO51" s="16"/>
     </row>
-    <row r="52" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15"/>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
       <c r="T52" s="15"/>
       <c r="U52" s="15"/>
       <c r="V52" s="15"/>
       <c r="W52" s="15"/>
       <c r="X52" s="15"/>
       <c r="Y52" s="15"/>
       <c r="Z52" s="15"/>
       <c r="AA52" s="15"/>
@@ -21876,52 +22018,53 @@
       <c r="EP52" s="16"/>
       <c r="EQ52" s="16"/>
       <c r="ER52" s="16"/>
       <c r="ES52" s="16"/>
       <c r="ET52" s="16"/>
       <c r="EU52" s="16"/>
       <c r="EV52" s="16"/>
       <c r="EW52" s="16"/>
       <c r="EX52" s="16"/>
       <c r="EY52" s="16"/>
       <c r="EZ52" s="16"/>
       <c r="FA52" s="16"/>
       <c r="FB52" s="16"/>
       <c r="FC52" s="16"/>
       <c r="FD52" s="16"/>
       <c r="FE52" s="16"/>
       <c r="FF52" s="16"/>
       <c r="FG52" s="16"/>
       <c r="FH52" s="16"/>
       <c r="FI52" s="16"/>
       <c r="FJ52" s="16"/>
       <c r="FK52" s="16"/>
       <c r="FL52" s="16"/>
       <c r="FM52" s="16"/>
       <c r="FN52" s="16"/>
+      <c r="FO52" s="16"/>
     </row>
-    <row r="53" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C53" s="15"/>
       <c r="D53" s="15"/>
       <c r="E53" s="15"/>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15"/>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15"/>
       <c r="L53" s="15"/>
       <c r="M53" s="15"/>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53" s="15"/>
       <c r="S53" s="15"/>
       <c r="T53" s="15"/>
       <c r="U53" s="15"/>
       <c r="V53" s="15"/>
       <c r="W53" s="15"/>
       <c r="X53" s="15"/>
       <c r="Y53" s="15"/>
       <c r="Z53" s="15"/>
       <c r="AA53" s="15"/>
@@ -22046,52 +22189,53 @@
       <c r="EP53" s="16"/>
       <c r="EQ53" s="16"/>
       <c r="ER53" s="16"/>
       <c r="ES53" s="16"/>
       <c r="ET53" s="16"/>
       <c r="EU53" s="16"/>
       <c r="EV53" s="16"/>
       <c r="EW53" s="16"/>
       <c r="EX53" s="16"/>
       <c r="EY53" s="16"/>
       <c r="EZ53" s="16"/>
       <c r="FA53" s="16"/>
       <c r="FB53" s="16"/>
       <c r="FC53" s="16"/>
       <c r="FD53" s="16"/>
       <c r="FE53" s="16"/>
       <c r="FF53" s="16"/>
       <c r="FG53" s="16"/>
       <c r="FH53" s="16"/>
       <c r="FI53" s="16"/>
       <c r="FJ53" s="16"/>
       <c r="FK53" s="16"/>
       <c r="FL53" s="16"/>
       <c r="FM53" s="16"/>
       <c r="FN53" s="16"/>
+      <c r="FO53" s="16"/>
     </row>
-    <row r="54" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C54" s="15"/>
       <c r="D54" s="15"/>
       <c r="E54" s="15"/>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15"/>
       <c r="I54" s="15"/>
       <c r="J54" s="15"/>
       <c r="K54" s="15"/>
       <c r="L54" s="15"/>
       <c r="M54" s="15"/>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54" s="15"/>
       <c r="S54" s="15"/>
       <c r="T54" s="15"/>
       <c r="U54" s="15"/>
       <c r="V54" s="15"/>
       <c r="W54" s="15"/>
       <c r="X54" s="15"/>
       <c r="Y54" s="15"/>
       <c r="Z54" s="15"/>
       <c r="AA54" s="15"/>
@@ -22216,52 +22360,53 @@
       <c r="EP54" s="16"/>
       <c r="EQ54" s="16"/>
       <c r="ER54" s="16"/>
       <c r="ES54" s="16"/>
       <c r="ET54" s="16"/>
       <c r="EU54" s="16"/>
       <c r="EV54" s="16"/>
       <c r="EW54" s="16"/>
       <c r="EX54" s="16"/>
       <c r="EY54" s="16"/>
       <c r="EZ54" s="16"/>
       <c r="FA54" s="16"/>
       <c r="FB54" s="16"/>
       <c r="FC54" s="16"/>
       <c r="FD54" s="16"/>
       <c r="FE54" s="16"/>
       <c r="FF54" s="16"/>
       <c r="FG54" s="16"/>
       <c r="FH54" s="16"/>
       <c r="FI54" s="16"/>
       <c r="FJ54" s="16"/>
       <c r="FK54" s="16"/>
       <c r="FL54" s="16"/>
       <c r="FM54" s="16"/>
       <c r="FN54" s="16"/>
+      <c r="FO54" s="16"/>
     </row>
-    <row r="55" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C55" s="15"/>
       <c r="D55" s="15"/>
       <c r="E55" s="15"/>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15"/>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15"/>
       <c r="L55" s="15"/>
       <c r="M55" s="15"/>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" s="15"/>
       <c r="S55" s="15"/>
       <c r="T55" s="15"/>
       <c r="U55" s="15"/>
       <c r="V55" s="15"/>
       <c r="W55" s="15"/>
       <c r="X55" s="15"/>
       <c r="Y55" s="15"/>
       <c r="Z55" s="15"/>
       <c r="AA55" s="15"/>
@@ -22386,52 +22531,53 @@
       <c r="EP55" s="16"/>
       <c r="EQ55" s="16"/>
       <c r="ER55" s="16"/>
       <c r="ES55" s="16"/>
       <c r="ET55" s="16"/>
       <c r="EU55" s="16"/>
       <c r="EV55" s="16"/>
       <c r="EW55" s="16"/>
       <c r="EX55" s="16"/>
       <c r="EY55" s="16"/>
       <c r="EZ55" s="16"/>
       <c r="FA55" s="16"/>
       <c r="FB55" s="16"/>
       <c r="FC55" s="16"/>
       <c r="FD55" s="16"/>
       <c r="FE55" s="16"/>
       <c r="FF55" s="16"/>
       <c r="FG55" s="16"/>
       <c r="FH55" s="16"/>
       <c r="FI55" s="16"/>
       <c r="FJ55" s="16"/>
       <c r="FK55" s="16"/>
       <c r="FL55" s="16"/>
       <c r="FM55" s="16"/>
       <c r="FN55" s="16"/>
+      <c r="FO55" s="16"/>
     </row>
-    <row r="56" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C56" s="15"/>
       <c r="D56" s="15"/>
       <c r="E56" s="15"/>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15"/>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15"/>
       <c r="L56" s="15"/>
       <c r="M56" s="15"/>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" s="15"/>
       <c r="S56" s="15"/>
       <c r="T56" s="15"/>
       <c r="U56" s="15"/>
       <c r="V56" s="15"/>
       <c r="W56" s="15"/>
       <c r="X56" s="15"/>
       <c r="Y56" s="15"/>
       <c r="Z56" s="15"/>
       <c r="AA56" s="15"/>
@@ -22556,52 +22702,53 @@
       <c r="EP56" s="16"/>
       <c r="EQ56" s="16"/>
       <c r="ER56" s="16"/>
       <c r="ES56" s="16"/>
       <c r="ET56" s="16"/>
       <c r="EU56" s="16"/>
       <c r="EV56" s="16"/>
       <c r="EW56" s="16"/>
       <c r="EX56" s="16"/>
       <c r="EY56" s="16"/>
       <c r="EZ56" s="16"/>
       <c r="FA56" s="16"/>
       <c r="FB56" s="16"/>
       <c r="FC56" s="16"/>
       <c r="FD56" s="16"/>
       <c r="FE56" s="16"/>
       <c r="FF56" s="16"/>
       <c r="FG56" s="16"/>
       <c r="FH56" s="16"/>
       <c r="FI56" s="16"/>
       <c r="FJ56" s="16"/>
       <c r="FK56" s="16"/>
       <c r="FL56" s="16"/>
       <c r="FM56" s="16"/>
       <c r="FN56" s="16"/>
+      <c r="FO56" s="16"/>
     </row>
-    <row r="57" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C57" s="15"/>
       <c r="D57" s="15"/>
       <c r="E57" s="15"/>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15"/>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15"/>
       <c r="L57" s="15"/>
       <c r="M57" s="15"/>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57" s="15"/>
       <c r="S57" s="15"/>
       <c r="T57" s="15"/>
       <c r="U57" s="15"/>
       <c r="V57" s="15"/>
       <c r="W57" s="15"/>
       <c r="X57" s="15"/>
       <c r="Y57" s="15"/>
       <c r="Z57" s="15"/>
       <c r="AA57" s="15"/>
@@ -22726,52 +22873,53 @@
       <c r="EP57" s="16"/>
       <c r="EQ57" s="16"/>
       <c r="ER57" s="16"/>
       <c r="ES57" s="16"/>
       <c r="ET57" s="16"/>
       <c r="EU57" s="16"/>
       <c r="EV57" s="16"/>
       <c r="EW57" s="16"/>
       <c r="EX57" s="16"/>
       <c r="EY57" s="16"/>
       <c r="EZ57" s="16"/>
       <c r="FA57" s="16"/>
       <c r="FB57" s="16"/>
       <c r="FC57" s="16"/>
       <c r="FD57" s="16"/>
       <c r="FE57" s="16"/>
       <c r="FF57" s="16"/>
       <c r="FG57" s="16"/>
       <c r="FH57" s="16"/>
       <c r="FI57" s="16"/>
       <c r="FJ57" s="16"/>
       <c r="FK57" s="16"/>
       <c r="FL57" s="16"/>
       <c r="FM57" s="16"/>
       <c r="FN57" s="16"/>
+      <c r="FO57" s="16"/>
     </row>
-    <row r="58" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C58" s="15"/>
       <c r="D58" s="15"/>
       <c r="E58" s="15"/>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15"/>
       <c r="I58" s="15"/>
       <c r="J58" s="15"/>
       <c r="K58" s="15"/>
       <c r="L58" s="15"/>
       <c r="M58" s="15"/>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58" s="15"/>
       <c r="S58" s="15"/>
       <c r="T58" s="15"/>
       <c r="U58" s="15"/>
       <c r="V58" s="15"/>
       <c r="W58" s="15"/>
       <c r="X58" s="15"/>
       <c r="Y58" s="15"/>
       <c r="Z58" s="15"/>
       <c r="AA58" s="15"/>
@@ -22896,52 +23044,53 @@
       <c r="EP58" s="16"/>
       <c r="EQ58" s="16"/>
       <c r="ER58" s="16"/>
       <c r="ES58" s="16"/>
       <c r="ET58" s="16"/>
       <c r="EU58" s="16"/>
       <c r="EV58" s="16"/>
       <c r="EW58" s="16"/>
       <c r="EX58" s="16"/>
       <c r="EY58" s="16"/>
       <c r="EZ58" s="16"/>
       <c r="FA58" s="16"/>
       <c r="FB58" s="16"/>
       <c r="FC58" s="16"/>
       <c r="FD58" s="16"/>
       <c r="FE58" s="16"/>
       <c r="FF58" s="16"/>
       <c r="FG58" s="16"/>
       <c r="FH58" s="16"/>
       <c r="FI58" s="16"/>
       <c r="FJ58" s="16"/>
       <c r="FK58" s="16"/>
       <c r="FL58" s="16"/>
       <c r="FM58" s="16"/>
       <c r="FN58" s="16"/>
+      <c r="FO58" s="16"/>
     </row>
-    <row r="59" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C59" s="15"/>
       <c r="D59" s="15"/>
       <c r="E59" s="15"/>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15"/>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15"/>
       <c r="L59" s="15"/>
       <c r="M59" s="15"/>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" s="15"/>
       <c r="S59" s="15"/>
       <c r="T59" s="15"/>
       <c r="U59" s="15"/>
       <c r="V59" s="15"/>
       <c r="W59" s="15"/>
       <c r="X59" s="15"/>
       <c r="Y59" s="15"/>
       <c r="Z59" s="15"/>
       <c r="AA59" s="15"/>
@@ -23066,52 +23215,53 @@
       <c r="EP59" s="16"/>
       <c r="EQ59" s="16"/>
       <c r="ER59" s="16"/>
       <c r="ES59" s="16"/>
       <c r="ET59" s="16"/>
       <c r="EU59" s="16"/>
       <c r="EV59" s="16"/>
       <c r="EW59" s="16"/>
       <c r="EX59" s="16"/>
       <c r="EY59" s="16"/>
       <c r="EZ59" s="16"/>
       <c r="FA59" s="16"/>
       <c r="FB59" s="16"/>
       <c r="FC59" s="16"/>
       <c r="FD59" s="16"/>
       <c r="FE59" s="16"/>
       <c r="FF59" s="16"/>
       <c r="FG59" s="16"/>
       <c r="FH59" s="16"/>
       <c r="FI59" s="16"/>
       <c r="FJ59" s="16"/>
       <c r="FK59" s="16"/>
       <c r="FL59" s="16"/>
       <c r="FM59" s="16"/>
       <c r="FN59" s="16"/>
+      <c r="FO59" s="16"/>
     </row>
-    <row r="60" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C60" s="15"/>
       <c r="D60" s="15"/>
       <c r="E60" s="15"/>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15"/>
       <c r="L60" s="15"/>
       <c r="M60" s="15"/>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60" s="15"/>
       <c r="S60" s="15"/>
       <c r="T60" s="15"/>
       <c r="U60" s="15"/>
       <c r="V60" s="15"/>
       <c r="W60" s="15"/>
       <c r="X60" s="15"/>
       <c r="Y60" s="15"/>
       <c r="Z60" s="15"/>
       <c r="AA60" s="15"/>
@@ -23236,52 +23386,53 @@
       <c r="EP60" s="16"/>
       <c r="EQ60" s="16"/>
       <c r="ER60" s="16"/>
       <c r="ES60" s="16"/>
       <c r="ET60" s="16"/>
       <c r="EU60" s="16"/>
       <c r="EV60" s="16"/>
       <c r="EW60" s="16"/>
       <c r="EX60" s="16"/>
       <c r="EY60" s="16"/>
       <c r="EZ60" s="16"/>
       <c r="FA60" s="16"/>
       <c r="FB60" s="16"/>
       <c r="FC60" s="16"/>
       <c r="FD60" s="16"/>
       <c r="FE60" s="16"/>
       <c r="FF60" s="16"/>
       <c r="FG60" s="16"/>
       <c r="FH60" s="16"/>
       <c r="FI60" s="16"/>
       <c r="FJ60" s="16"/>
       <c r="FK60" s="16"/>
       <c r="FL60" s="16"/>
       <c r="FM60" s="16"/>
       <c r="FN60" s="16"/>
+      <c r="FO60" s="16"/>
     </row>
-    <row r="61" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C61" s="15"/>
       <c r="D61" s="15"/>
       <c r="E61" s="15"/>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15"/>
       <c r="I61" s="15"/>
       <c r="J61" s="15"/>
       <c r="K61" s="15"/>
       <c r="L61" s="15"/>
       <c r="M61" s="15"/>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" s="15"/>
       <c r="S61" s="15"/>
       <c r="T61" s="15"/>
       <c r="U61" s="15"/>
       <c r="V61" s="15"/>
       <c r="W61" s="15"/>
       <c r="X61" s="15"/>
       <c r="Y61" s="15"/>
       <c r="Z61" s="15"/>
       <c r="AA61" s="15"/>
@@ -23406,52 +23557,53 @@
       <c r="EP61" s="16"/>
       <c r="EQ61" s="16"/>
       <c r="ER61" s="16"/>
       <c r="ES61" s="16"/>
       <c r="ET61" s="16"/>
       <c r="EU61" s="16"/>
       <c r="EV61" s="16"/>
       <c r="EW61" s="16"/>
       <c r="EX61" s="16"/>
       <c r="EY61" s="16"/>
       <c r="EZ61" s="16"/>
       <c r="FA61" s="16"/>
       <c r="FB61" s="16"/>
       <c r="FC61" s="16"/>
       <c r="FD61" s="16"/>
       <c r="FE61" s="16"/>
       <c r="FF61" s="16"/>
       <c r="FG61" s="16"/>
       <c r="FH61" s="16"/>
       <c r="FI61" s="16"/>
       <c r="FJ61" s="16"/>
       <c r="FK61" s="16"/>
       <c r="FL61" s="16"/>
       <c r="FM61" s="16"/>
       <c r="FN61" s="16"/>
+      <c r="FO61" s="16"/>
     </row>
-    <row r="62" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C62" s="15"/>
       <c r="D62" s="15"/>
       <c r="E62" s="15"/>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15"/>
       <c r="K62" s="15"/>
       <c r="L62" s="15"/>
       <c r="M62" s="15"/>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" s="15"/>
       <c r="S62" s="15"/>
       <c r="T62" s="15"/>
       <c r="U62" s="15"/>
       <c r="V62" s="15"/>
       <c r="W62" s="15"/>
       <c r="X62" s="15"/>
       <c r="Y62" s="15"/>
       <c r="Z62" s="15"/>
       <c r="AA62" s="15"/>
@@ -23576,52 +23728,53 @@
       <c r="EP62" s="16"/>
       <c r="EQ62" s="16"/>
       <c r="ER62" s="16"/>
       <c r="ES62" s="16"/>
       <c r="ET62" s="16"/>
       <c r="EU62" s="16"/>
       <c r="EV62" s="16"/>
       <c r="EW62" s="16"/>
       <c r="EX62" s="16"/>
       <c r="EY62" s="16"/>
       <c r="EZ62" s="16"/>
       <c r="FA62" s="16"/>
       <c r="FB62" s="16"/>
       <c r="FC62" s="16"/>
       <c r="FD62" s="16"/>
       <c r="FE62" s="16"/>
       <c r="FF62" s="16"/>
       <c r="FG62" s="16"/>
       <c r="FH62" s="16"/>
       <c r="FI62" s="16"/>
       <c r="FJ62" s="16"/>
       <c r="FK62" s="16"/>
       <c r="FL62" s="16"/>
       <c r="FM62" s="16"/>
       <c r="FN62" s="16"/>
+      <c r="FO62" s="16"/>
     </row>
-    <row r="63" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63" s="15"/>
       <c r="S63" s="15"/>
       <c r="T63" s="15"/>
       <c r="U63" s="15"/>
       <c r="V63" s="15"/>
       <c r="W63" s="15"/>
       <c r="X63" s="15"/>
       <c r="Y63" s="15"/>
       <c r="Z63" s="15"/>
       <c r="AA63" s="15"/>
@@ -23746,52 +23899,53 @@
       <c r="EP63" s="16"/>
       <c r="EQ63" s="16"/>
       <c r="ER63" s="16"/>
       <c r="ES63" s="16"/>
       <c r="ET63" s="16"/>
       <c r="EU63" s="16"/>
       <c r="EV63" s="16"/>
       <c r="EW63" s="16"/>
       <c r="EX63" s="16"/>
       <c r="EY63" s="16"/>
       <c r="EZ63" s="16"/>
       <c r="FA63" s="16"/>
       <c r="FB63" s="16"/>
       <c r="FC63" s="16"/>
       <c r="FD63" s="16"/>
       <c r="FE63" s="16"/>
       <c r="FF63" s="16"/>
       <c r="FG63" s="16"/>
       <c r="FH63" s="16"/>
       <c r="FI63" s="16"/>
       <c r="FJ63" s="16"/>
       <c r="FK63" s="16"/>
       <c r="FL63" s="16"/>
       <c r="FM63" s="16"/>
       <c r="FN63" s="16"/>
+      <c r="FO63" s="16"/>
     </row>
-    <row r="64" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C64" s="15"/>
       <c r="D64" s="15"/>
       <c r="E64" s="15"/>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15"/>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15"/>
       <c r="L64" s="15"/>
       <c r="M64" s="15"/>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" s="15"/>
       <c r="S64" s="15"/>
       <c r="T64" s="15"/>
       <c r="U64" s="15"/>
       <c r="V64" s="15"/>
       <c r="W64" s="15"/>
       <c r="X64" s="15"/>
       <c r="Y64" s="15"/>
       <c r="Z64" s="15"/>
       <c r="AA64" s="15"/>
@@ -23916,52 +24070,53 @@
       <c r="EP64" s="16"/>
       <c r="EQ64" s="16"/>
       <c r="ER64" s="16"/>
       <c r="ES64" s="16"/>
       <c r="ET64" s="16"/>
       <c r="EU64" s="16"/>
       <c r="EV64" s="16"/>
       <c r="EW64" s="16"/>
       <c r="EX64" s="16"/>
       <c r="EY64" s="16"/>
       <c r="EZ64" s="16"/>
       <c r="FA64" s="16"/>
       <c r="FB64" s="16"/>
       <c r="FC64" s="16"/>
       <c r="FD64" s="16"/>
       <c r="FE64" s="16"/>
       <c r="FF64" s="16"/>
       <c r="FG64" s="16"/>
       <c r="FH64" s="16"/>
       <c r="FI64" s="16"/>
       <c r="FJ64" s="16"/>
       <c r="FK64" s="16"/>
       <c r="FL64" s="16"/>
       <c r="FM64" s="16"/>
       <c r="FN64" s="16"/>
+      <c r="FO64" s="16"/>
     </row>
-    <row r="65" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C65" s="15"/>
       <c r="D65" s="15"/>
       <c r="E65" s="15"/>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15"/>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15"/>
       <c r="L65" s="15"/>
       <c r="M65" s="15"/>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" s="15"/>
       <c r="S65" s="15"/>
       <c r="T65" s="15"/>
       <c r="U65" s="15"/>
       <c r="V65" s="15"/>
       <c r="W65" s="15"/>
       <c r="X65" s="15"/>
       <c r="Y65" s="15"/>
       <c r="Z65" s="15"/>
       <c r="AA65" s="15"/>
@@ -24086,52 +24241,53 @@
       <c r="EP65" s="16"/>
       <c r="EQ65" s="16"/>
       <c r="ER65" s="16"/>
       <c r="ES65" s="16"/>
       <c r="ET65" s="16"/>
       <c r="EU65" s="16"/>
       <c r="EV65" s="16"/>
       <c r="EW65" s="16"/>
       <c r="EX65" s="16"/>
       <c r="EY65" s="16"/>
       <c r="EZ65" s="16"/>
       <c r="FA65" s="16"/>
       <c r="FB65" s="16"/>
       <c r="FC65" s="16"/>
       <c r="FD65" s="16"/>
       <c r="FE65" s="16"/>
       <c r="FF65" s="16"/>
       <c r="FG65" s="16"/>
       <c r="FH65" s="16"/>
       <c r="FI65" s="16"/>
       <c r="FJ65" s="16"/>
       <c r="FK65" s="16"/>
       <c r="FL65" s="16"/>
       <c r="FM65" s="16"/>
       <c r="FN65" s="16"/>
+      <c r="FO65" s="16"/>
     </row>
-    <row r="66" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C66" s="15"/>
       <c r="D66" s="15"/>
       <c r="E66" s="15"/>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15"/>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15"/>
       <c r="L66" s="15"/>
       <c r="M66" s="15"/>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" s="15"/>
       <c r="S66" s="15"/>
       <c r="T66" s="15"/>
       <c r="U66" s="15"/>
       <c r="V66" s="15"/>
       <c r="W66" s="15"/>
       <c r="X66" s="15"/>
       <c r="Y66" s="15"/>
       <c r="Z66" s="15"/>
       <c r="AA66" s="15"/>
@@ -24256,52 +24412,53 @@
       <c r="EP66" s="16"/>
       <c r="EQ66" s="16"/>
       <c r="ER66" s="16"/>
       <c r="ES66" s="16"/>
       <c r="ET66" s="16"/>
       <c r="EU66" s="16"/>
       <c r="EV66" s="16"/>
       <c r="EW66" s="16"/>
       <c r="EX66" s="16"/>
       <c r="EY66" s="16"/>
       <c r="EZ66" s="16"/>
       <c r="FA66" s="16"/>
       <c r="FB66" s="16"/>
       <c r="FC66" s="16"/>
       <c r="FD66" s="16"/>
       <c r="FE66" s="16"/>
       <c r="FF66" s="16"/>
       <c r="FG66" s="16"/>
       <c r="FH66" s="16"/>
       <c r="FI66" s="16"/>
       <c r="FJ66" s="16"/>
       <c r="FK66" s="16"/>
       <c r="FL66" s="16"/>
       <c r="FM66" s="16"/>
       <c r="FN66" s="16"/>
+      <c r="FO66" s="16"/>
     </row>
-    <row r="67" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C67" s="15"/>
       <c r="D67" s="15"/>
       <c r="E67" s="15"/>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15"/>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15"/>
       <c r="L67" s="15"/>
       <c r="M67" s="15"/>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" s="15"/>
       <c r="S67" s="15"/>
       <c r="T67" s="15"/>
       <c r="U67" s="15"/>
       <c r="V67" s="15"/>
       <c r="W67" s="15"/>
       <c r="X67" s="15"/>
       <c r="Y67" s="15"/>
       <c r="Z67" s="15"/>
       <c r="AA67" s="15"/>
@@ -24426,52 +24583,53 @@
       <c r="EP67" s="16"/>
       <c r="EQ67" s="16"/>
       <c r="ER67" s="16"/>
       <c r="ES67" s="16"/>
       <c r="ET67" s="16"/>
       <c r="EU67" s="16"/>
       <c r="EV67" s="16"/>
       <c r="EW67" s="16"/>
       <c r="EX67" s="16"/>
       <c r="EY67" s="16"/>
       <c r="EZ67" s="16"/>
       <c r="FA67" s="16"/>
       <c r="FB67" s="16"/>
       <c r="FC67" s="16"/>
       <c r="FD67" s="16"/>
       <c r="FE67" s="16"/>
       <c r="FF67" s="16"/>
       <c r="FG67" s="16"/>
       <c r="FH67" s="16"/>
       <c r="FI67" s="16"/>
       <c r="FJ67" s="16"/>
       <c r="FK67" s="16"/>
       <c r="FL67" s="16"/>
       <c r="FM67" s="16"/>
       <c r="FN67" s="16"/>
+      <c r="FO67" s="16"/>
     </row>
-    <row r="68" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C68" s="15"/>
       <c r="D68" s="15"/>
       <c r="E68" s="15"/>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15"/>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15"/>
       <c r="L68" s="15"/>
       <c r="M68" s="15"/>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" s="15"/>
       <c r="S68" s="15"/>
       <c r="T68" s="15"/>
       <c r="U68" s="15"/>
       <c r="V68" s="15"/>
       <c r="W68" s="15"/>
       <c r="X68" s="15"/>
       <c r="Y68" s="15"/>
       <c r="Z68" s="15"/>
       <c r="AA68" s="15"/>
@@ -24596,52 +24754,53 @@
       <c r="EP68" s="16"/>
       <c r="EQ68" s="16"/>
       <c r="ER68" s="16"/>
       <c r="ES68" s="16"/>
       <c r="ET68" s="16"/>
       <c r="EU68" s="16"/>
       <c r="EV68" s="16"/>
       <c r="EW68" s="16"/>
       <c r="EX68" s="16"/>
       <c r="EY68" s="16"/>
       <c r="EZ68" s="16"/>
       <c r="FA68" s="16"/>
       <c r="FB68" s="16"/>
       <c r="FC68" s="16"/>
       <c r="FD68" s="16"/>
       <c r="FE68" s="16"/>
       <c r="FF68" s="16"/>
       <c r="FG68" s="16"/>
       <c r="FH68" s="16"/>
       <c r="FI68" s="16"/>
       <c r="FJ68" s="16"/>
       <c r="FK68" s="16"/>
       <c r="FL68" s="16"/>
       <c r="FM68" s="16"/>
       <c r="FN68" s="16"/>
+      <c r="FO68" s="16"/>
     </row>
-    <row r="69" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="69" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C69" s="15"/>
       <c r="D69" s="15"/>
       <c r="E69" s="15"/>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15"/>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15"/>
       <c r="L69" s="15"/>
       <c r="M69" s="15"/>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" s="15"/>
       <c r="S69" s="15"/>
       <c r="T69" s="15"/>
       <c r="U69" s="15"/>
       <c r="V69" s="15"/>
       <c r="W69" s="15"/>
       <c r="X69" s="15"/>
       <c r="Y69" s="15"/>
       <c r="Z69" s="15"/>
       <c r="AA69" s="15"/>
@@ -24766,52 +24925,53 @@
       <c r="EP69" s="16"/>
       <c r="EQ69" s="16"/>
       <c r="ER69" s="16"/>
       <c r="ES69" s="16"/>
       <c r="ET69" s="16"/>
       <c r="EU69" s="16"/>
       <c r="EV69" s="16"/>
       <c r="EW69" s="16"/>
       <c r="EX69" s="16"/>
       <c r="EY69" s="16"/>
       <c r="EZ69" s="16"/>
       <c r="FA69" s="16"/>
       <c r="FB69" s="16"/>
       <c r="FC69" s="16"/>
       <c r="FD69" s="16"/>
       <c r="FE69" s="16"/>
       <c r="FF69" s="16"/>
       <c r="FG69" s="16"/>
       <c r="FH69" s="16"/>
       <c r="FI69" s="16"/>
       <c r="FJ69" s="16"/>
       <c r="FK69" s="16"/>
       <c r="FL69" s="16"/>
       <c r="FM69" s="16"/>
       <c r="FN69" s="16"/>
+      <c r="FO69" s="16"/>
     </row>
-    <row r="70" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="70" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C70" s="15"/>
       <c r="D70" s="15"/>
       <c r="E70" s="15"/>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15"/>
       <c r="I70" s="15"/>
       <c r="J70" s="15"/>
       <c r="K70" s="15"/>
       <c r="L70" s="15"/>
       <c r="M70" s="15"/>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" s="15"/>
       <c r="S70" s="15"/>
       <c r="T70" s="15"/>
       <c r="U70" s="15"/>
       <c r="V70" s="15"/>
       <c r="W70" s="15"/>
       <c r="X70" s="15"/>
       <c r="Y70" s="15"/>
       <c r="Z70" s="15"/>
       <c r="AA70" s="15"/>
@@ -24936,52 +25096,53 @@
       <c r="EP70" s="16"/>
       <c r="EQ70" s="16"/>
       <c r="ER70" s="16"/>
       <c r="ES70" s="16"/>
       <c r="ET70" s="16"/>
       <c r="EU70" s="16"/>
       <c r="EV70" s="16"/>
       <c r="EW70" s="16"/>
       <c r="EX70" s="16"/>
       <c r="EY70" s="16"/>
       <c r="EZ70" s="16"/>
       <c r="FA70" s="16"/>
       <c r="FB70" s="16"/>
       <c r="FC70" s="16"/>
       <c r="FD70" s="16"/>
       <c r="FE70" s="16"/>
       <c r="FF70" s="16"/>
       <c r="FG70" s="16"/>
       <c r="FH70" s="16"/>
       <c r="FI70" s="16"/>
       <c r="FJ70" s="16"/>
       <c r="FK70" s="16"/>
       <c r="FL70" s="16"/>
       <c r="FM70" s="16"/>
       <c r="FN70" s="16"/>
+      <c r="FO70" s="16"/>
     </row>
-    <row r="71" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C71" s="15"/>
       <c r="D71" s="15"/>
       <c r="E71" s="15"/>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="15"/>
       <c r="K71" s="15"/>
       <c r="L71" s="15"/>
       <c r="M71" s="15"/>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" s="15"/>
       <c r="S71" s="15"/>
       <c r="T71" s="15"/>
       <c r="U71" s="15"/>
       <c r="V71" s="15"/>
       <c r="W71" s="15"/>
       <c r="X71" s="15"/>
       <c r="Y71" s="15"/>
       <c r="Z71" s="15"/>
       <c r="AA71" s="15"/>
@@ -25106,52 +25267,53 @@
       <c r="EP71" s="16"/>
       <c r="EQ71" s="16"/>
       <c r="ER71" s="16"/>
       <c r="ES71" s="16"/>
       <c r="ET71" s="16"/>
       <c r="EU71" s="16"/>
       <c r="EV71" s="16"/>
       <c r="EW71" s="16"/>
       <c r="EX71" s="16"/>
       <c r="EY71" s="16"/>
       <c r="EZ71" s="16"/>
       <c r="FA71" s="16"/>
       <c r="FB71" s="16"/>
       <c r="FC71" s="16"/>
       <c r="FD71" s="16"/>
       <c r="FE71" s="16"/>
       <c r="FF71" s="16"/>
       <c r="FG71" s="16"/>
       <c r="FH71" s="16"/>
       <c r="FI71" s="16"/>
       <c r="FJ71" s="16"/>
       <c r="FK71" s="16"/>
       <c r="FL71" s="16"/>
       <c r="FM71" s="16"/>
       <c r="FN71" s="16"/>
+      <c r="FO71" s="16"/>
     </row>
-    <row r="72" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C72" s="15"/>
       <c r="D72" s="15"/>
       <c r="E72" s="15"/>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15"/>
       <c r="L72" s="15"/>
       <c r="M72" s="15"/>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" s="15"/>
       <c r="S72" s="15"/>
       <c r="T72" s="15"/>
       <c r="U72" s="15"/>
       <c r="V72" s="15"/>
       <c r="W72" s="15"/>
       <c r="X72" s="15"/>
       <c r="Y72" s="15"/>
       <c r="Z72" s="15"/>
       <c r="AA72" s="15"/>
@@ -25276,52 +25438,53 @@
       <c r="EP72" s="16"/>
       <c r="EQ72" s="16"/>
       <c r="ER72" s="16"/>
       <c r="ES72" s="16"/>
       <c r="ET72" s="16"/>
       <c r="EU72" s="16"/>
       <c r="EV72" s="16"/>
       <c r="EW72" s="16"/>
       <c r="EX72" s="16"/>
       <c r="EY72" s="16"/>
       <c r="EZ72" s="16"/>
       <c r="FA72" s="16"/>
       <c r="FB72" s="16"/>
       <c r="FC72" s="16"/>
       <c r="FD72" s="16"/>
       <c r="FE72" s="16"/>
       <c r="FF72" s="16"/>
       <c r="FG72" s="16"/>
       <c r="FH72" s="16"/>
       <c r="FI72" s="16"/>
       <c r="FJ72" s="16"/>
       <c r="FK72" s="16"/>
       <c r="FL72" s="16"/>
       <c r="FM72" s="16"/>
       <c r="FN72" s="16"/>
+      <c r="FO72" s="16"/>
     </row>
-    <row r="73" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C73" s="15"/>
       <c r="D73" s="15"/>
       <c r="E73" s="15"/>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15"/>
       <c r="L73" s="15"/>
       <c r="M73" s="15"/>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" s="15"/>
       <c r="S73" s="15"/>
       <c r="T73" s="15"/>
       <c r="U73" s="15"/>
       <c r="V73" s="15"/>
       <c r="W73" s="15"/>
       <c r="X73" s="15"/>
       <c r="Y73" s="15"/>
       <c r="Z73" s="15"/>
       <c r="AA73" s="15"/>
@@ -25446,52 +25609,53 @@
       <c r="EP73" s="16"/>
       <c r="EQ73" s="16"/>
       <c r="ER73" s="16"/>
       <c r="ES73" s="16"/>
       <c r="ET73" s="16"/>
       <c r="EU73" s="16"/>
       <c r="EV73" s="16"/>
       <c r="EW73" s="16"/>
       <c r="EX73" s="16"/>
       <c r="EY73" s="16"/>
       <c r="EZ73" s="16"/>
       <c r="FA73" s="16"/>
       <c r="FB73" s="16"/>
       <c r="FC73" s="16"/>
       <c r="FD73" s="16"/>
       <c r="FE73" s="16"/>
       <c r="FF73" s="16"/>
       <c r="FG73" s="16"/>
       <c r="FH73" s="16"/>
       <c r="FI73" s="16"/>
       <c r="FJ73" s="16"/>
       <c r="FK73" s="16"/>
       <c r="FL73" s="16"/>
       <c r="FM73" s="16"/>
       <c r="FN73" s="16"/>
+      <c r="FO73" s="16"/>
     </row>
-    <row r="74" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C74" s="15"/>
       <c r="D74" s="15"/>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" s="15"/>
       <c r="S74" s="15"/>
       <c r="T74" s="15"/>
       <c r="U74" s="15"/>
       <c r="V74" s="15"/>
       <c r="W74" s="15"/>
       <c r="X74" s="15"/>
       <c r="Y74" s="15"/>
       <c r="Z74" s="15"/>
       <c r="AA74" s="15"/>
@@ -25616,52 +25780,53 @@
       <c r="EP74" s="16"/>
       <c r="EQ74" s="16"/>
       <c r="ER74" s="16"/>
       <c r="ES74" s="16"/>
       <c r="ET74" s="16"/>
       <c r="EU74" s="16"/>
       <c r="EV74" s="16"/>
       <c r="EW74" s="16"/>
       <c r="EX74" s="16"/>
       <c r="EY74" s="16"/>
       <c r="EZ74" s="16"/>
       <c r="FA74" s="16"/>
       <c r="FB74" s="16"/>
       <c r="FC74" s="16"/>
       <c r="FD74" s="16"/>
       <c r="FE74" s="16"/>
       <c r="FF74" s="16"/>
       <c r="FG74" s="16"/>
       <c r="FH74" s="16"/>
       <c r="FI74" s="16"/>
       <c r="FJ74" s="16"/>
       <c r="FK74" s="16"/>
       <c r="FL74" s="16"/>
       <c r="FM74" s="16"/>
       <c r="FN74" s="16"/>
+      <c r="FO74" s="16"/>
     </row>
-    <row r="75" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" s="15"/>
       <c r="S75" s="15"/>
       <c r="T75" s="15"/>
       <c r="U75" s="15"/>
       <c r="V75" s="15"/>
       <c r="W75" s="15"/>
       <c r="X75" s="15"/>
       <c r="Y75" s="15"/>
       <c r="Z75" s="15"/>
       <c r="AA75" s="15"/>
@@ -25786,52 +25951,53 @@
       <c r="EP75" s="16"/>
       <c r="EQ75" s="16"/>
       <c r="ER75" s="16"/>
       <c r="ES75" s="16"/>
       <c r="ET75" s="16"/>
       <c r="EU75" s="16"/>
       <c r="EV75" s="16"/>
       <c r="EW75" s="16"/>
       <c r="EX75" s="16"/>
       <c r="EY75" s="16"/>
       <c r="EZ75" s="16"/>
       <c r="FA75" s="16"/>
       <c r="FB75" s="16"/>
       <c r="FC75" s="16"/>
       <c r="FD75" s="16"/>
       <c r="FE75" s="16"/>
       <c r="FF75" s="16"/>
       <c r="FG75" s="16"/>
       <c r="FH75" s="16"/>
       <c r="FI75" s="16"/>
       <c r="FJ75" s="16"/>
       <c r="FK75" s="16"/>
       <c r="FL75" s="16"/>
       <c r="FM75" s="16"/>
       <c r="FN75" s="16"/>
+      <c r="FO75" s="16"/>
     </row>
-    <row r="76" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" s="15"/>
       <c r="S76" s="15"/>
       <c r="T76" s="15"/>
       <c r="U76" s="15"/>
       <c r="V76" s="15"/>
       <c r="W76" s="15"/>
       <c r="X76" s="15"/>
       <c r="Y76" s="15"/>
       <c r="Z76" s="15"/>
       <c r="AA76" s="15"/>
@@ -25956,52 +26122,53 @@
       <c r="EP76" s="16"/>
       <c r="EQ76" s="16"/>
       <c r="ER76" s="16"/>
       <c r="ES76" s="16"/>
       <c r="ET76" s="16"/>
       <c r="EU76" s="16"/>
       <c r="EV76" s="16"/>
       <c r="EW76" s="16"/>
       <c r="EX76" s="16"/>
       <c r="EY76" s="16"/>
       <c r="EZ76" s="16"/>
       <c r="FA76" s="16"/>
       <c r="FB76" s="16"/>
       <c r="FC76" s="16"/>
       <c r="FD76" s="16"/>
       <c r="FE76" s="16"/>
       <c r="FF76" s="16"/>
       <c r="FG76" s="16"/>
       <c r="FH76" s="16"/>
       <c r="FI76" s="16"/>
       <c r="FJ76" s="16"/>
       <c r="FK76" s="16"/>
       <c r="FL76" s="16"/>
       <c r="FM76" s="16"/>
       <c r="FN76" s="16"/>
+      <c r="FO76" s="16"/>
     </row>
-    <row r="77" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="77" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C77" s="15"/>
       <c r="D77" s="15"/>
       <c r="E77" s="15"/>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15"/>
       <c r="I77" s="15"/>
       <c r="J77" s="15"/>
       <c r="K77" s="15"/>
       <c r="L77" s="15"/>
       <c r="M77" s="15"/>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" s="15"/>
       <c r="S77" s="15"/>
       <c r="T77" s="15"/>
       <c r="U77" s="15"/>
       <c r="V77" s="15"/>
       <c r="W77" s="15"/>
       <c r="X77" s="15"/>
       <c r="Y77" s="15"/>
       <c r="Z77" s="15"/>
       <c r="AA77" s="15"/>
@@ -26088,51 +26255,51 @@
       <c r="DD77" s="15"/>
       <c r="DE77" s="15"/>
       <c r="DF77" s="15"/>
       <c r="DG77" s="15"/>
       <c r="DH77" s="15"/>
       <c r="DI77" s="15"/>
       <c r="DJ77" s="15"/>
       <c r="DK77" s="15"/>
       <c r="DL77" s="15"/>
       <c r="DM77" s="15"/>
       <c r="DN77" s="15"/>
       <c r="DO77" s="15"/>
       <c r="DP77" s="15"/>
       <c r="DQ77" s="15"/>
       <c r="DR77" s="15"/>
       <c r="DS77" s="15"/>
       <c r="DT77" s="15"/>
       <c r="DU77" s="15"/>
       <c r="DV77" s="15"/>
       <c r="DW77" s="15"/>
       <c r="DX77" s="15"/>
       <c r="DY77" s="15"/>
       <c r="DZ77" s="15"/>
       <c r="EA77" s="15"/>
     </row>
-    <row r="78" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C78" s="15"/>
       <c r="D78" s="15"/>
       <c r="E78" s="15"/>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15"/>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15"/>
       <c r="L78" s="15"/>
       <c r="M78" s="15"/>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" s="15"/>
       <c r="S78" s="15"/>
       <c r="T78" s="15"/>
       <c r="U78" s="15"/>
       <c r="V78" s="15"/>
       <c r="W78" s="15"/>
       <c r="X78" s="15"/>
       <c r="Y78" s="15"/>
       <c r="Z78" s="15"/>
       <c r="AA78" s="15"/>
@@ -26219,51 +26386,51 @@
       <c r="DD78" s="15"/>
       <c r="DE78" s="15"/>
       <c r="DF78" s="15"/>
       <c r="DG78" s="15"/>
       <c r="DH78" s="15"/>
       <c r="DI78" s="15"/>
       <c r="DJ78" s="15"/>
       <c r="DK78" s="15"/>
       <c r="DL78" s="15"/>
       <c r="DM78" s="15"/>
       <c r="DN78" s="15"/>
       <c r="DO78" s="15"/>
       <c r="DP78" s="15"/>
       <c r="DQ78" s="15"/>
       <c r="DR78" s="15"/>
       <c r="DS78" s="15"/>
       <c r="DT78" s="15"/>
       <c r="DU78" s="15"/>
       <c r="DV78" s="15"/>
       <c r="DW78" s="15"/>
       <c r="DX78" s="15"/>
       <c r="DY78" s="15"/>
       <c r="DZ78" s="15"/>
       <c r="EA78" s="15"/>
     </row>
-    <row r="79" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C79" s="15"/>
       <c r="D79" s="15"/>
       <c r="E79" s="15"/>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15"/>
       <c r="L79" s="15"/>
       <c r="M79" s="15"/>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" s="15"/>
       <c r="S79" s="15"/>
       <c r="T79" s="15"/>
       <c r="U79" s="15"/>
       <c r="V79" s="15"/>
       <c r="W79" s="15"/>
       <c r="X79" s="15"/>
       <c r="Y79" s="15"/>
       <c r="Z79" s="15"/>
       <c r="AA79" s="15"/>
@@ -26350,51 +26517,51 @@
       <c r="DD79" s="15"/>
       <c r="DE79" s="15"/>
       <c r="DF79" s="15"/>
       <c r="DG79" s="15"/>
       <c r="DH79" s="15"/>
       <c r="DI79" s="15"/>
       <c r="DJ79" s="15"/>
       <c r="DK79" s="15"/>
       <c r="DL79" s="15"/>
       <c r="DM79" s="15"/>
       <c r="DN79" s="15"/>
       <c r="DO79" s="15"/>
       <c r="DP79" s="15"/>
       <c r="DQ79" s="15"/>
       <c r="DR79" s="15"/>
       <c r="DS79" s="15"/>
       <c r="DT79" s="15"/>
       <c r="DU79" s="15"/>
       <c r="DV79" s="15"/>
       <c r="DW79" s="15"/>
       <c r="DX79" s="15"/>
       <c r="DY79" s="15"/>
       <c r="DZ79" s="15"/>
       <c r="EA79" s="15"/>
     </row>
-    <row r="80" spans="3:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="3:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C80" s="15"/>
       <c r="D80" s="15"/>
       <c r="E80" s="15"/>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15"/>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15"/>
       <c r="L80" s="15"/>
       <c r="M80" s="15"/>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" s="15"/>
       <c r="S80" s="15"/>
       <c r="T80" s="15"/>
       <c r="U80" s="15"/>
       <c r="V80" s="15"/>
       <c r="W80" s="15"/>
       <c r="X80" s="15"/>
       <c r="Y80" s="15"/>
       <c r="Z80" s="15"/>
       <c r="AA80" s="15"/>
@@ -31234,337 +31401,345 @@
       <c r="CU119" s="4"/>
       <c r="CV119" s="4"/>
       <c r="CW119" s="4"/>
       <c r="CX119" s="4"/>
       <c r="CY119" s="4"/>
       <c r="CZ119" s="4"/>
     </row>
     <row r="120" spans="3:131" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CP120" s="4"/>
       <c r="CQ120" s="4"/>
       <c r="CR120" s="4"/>
       <c r="CS120" s="4"/>
       <c r="CT120" s="4"/>
       <c r="CU120" s="4"/>
       <c r="CV120" s="4"/>
       <c r="CW120" s="4"/>
       <c r="CX120" s="4"/>
       <c r="CY120" s="4"/>
       <c r="CZ120" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B45:L45"/>
   </mergeCells>
   <conditionalFormatting sqref="CP119:CP120">
+    <cfRule type="cellIs" dxfId="72" priority="99" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CQ119:CQ120">
+    <cfRule type="cellIs" dxfId="71" priority="98" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="CR119:CR120">
     <cfRule type="cellIs" dxfId="70" priority="97" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CQ119:CQ120">
+  <conditionalFormatting sqref="CS119:CS120">
     <cfRule type="cellIs" dxfId="69" priority="96" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CR119:CR120">
+  <conditionalFormatting sqref="CT119:CT120">
     <cfRule type="cellIs" dxfId="68" priority="95" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CS119:CS120">
+  <conditionalFormatting sqref="CU119:CU120">
     <cfRule type="cellIs" dxfId="67" priority="94" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CT119:CT120">
+  <conditionalFormatting sqref="CV119:CV120">
     <cfRule type="cellIs" dxfId="66" priority="93" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CU119:CU120">
+  <conditionalFormatting sqref="CW119:CW120">
     <cfRule type="cellIs" dxfId="65" priority="92" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CV119:CV120">
+  <conditionalFormatting sqref="CX119:CX120">
     <cfRule type="cellIs" dxfId="64" priority="91" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CW119:CW120">
+  <conditionalFormatting sqref="CY119:CY120">
     <cfRule type="cellIs" dxfId="63" priority="90" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CX119:CX120">
+  <conditionalFormatting sqref="CZ119:CZ120">
     <cfRule type="cellIs" dxfId="62" priority="89" operator="notEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="CY119:CY120">
-    <cfRule type="cellIs" dxfId="61" priority="88" operator="notEqual">
+  <conditionalFormatting sqref="EB45:EK76">
+    <cfRule type="cellIs" dxfId="61" priority="87" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-  </conditionalFormatting>
-[...9 lines deleted...]
-    <cfRule type="cellIs" dxfId="58" priority="86" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="60" priority="88" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="EL45:EL76">
+    <cfRule type="cellIs" dxfId="59" priority="65" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="58" priority="66" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="EM45:EM76">
     <cfRule type="cellIs" dxfId="57" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="56" priority="64" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EM45:EM76">
+  <conditionalFormatting sqref="EN45:EN76">
     <cfRule type="cellIs" dxfId="55" priority="61" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="54" priority="62" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EN45:EN76">
+  <conditionalFormatting sqref="EO45:EO76">
     <cfRule type="cellIs" dxfId="53" priority="59" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="52" priority="60" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EO45:EO76">
+  <conditionalFormatting sqref="EP45:EP76">
     <cfRule type="cellIs" dxfId="51" priority="57" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="50" priority="58" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EP45:EP76">
+  <conditionalFormatting sqref="EQ45:EQ76">
     <cfRule type="cellIs" dxfId="49" priority="55" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="48" priority="56" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EQ45:EQ76">
+  <conditionalFormatting sqref="ER45:ER76">
     <cfRule type="cellIs" dxfId="47" priority="53" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="46" priority="54" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ER45:ER76">
+  <conditionalFormatting sqref="ES45:ES76">
     <cfRule type="cellIs" dxfId="45" priority="51" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="44" priority="52" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ES45:ES76">
+  <conditionalFormatting sqref="ET45:ET76">
     <cfRule type="cellIs" dxfId="43" priority="49" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="42" priority="50" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="ET45:ET76">
+  <conditionalFormatting sqref="EU45:EU76">
     <cfRule type="cellIs" dxfId="41" priority="47" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="40" priority="48" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EU45:EU76">
+  <conditionalFormatting sqref="EV45:EV76">
     <cfRule type="cellIs" dxfId="39" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="38" priority="46" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EV45:EV76">
+  <conditionalFormatting sqref="EW45:EW76">
     <cfRule type="cellIs" dxfId="37" priority="43" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="36" priority="44" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EW45:EW76">
-    <cfRule type="cellIs" dxfId="35" priority="41" operator="lessThan">
+  <conditionalFormatting sqref="EX45:EX76">
+    <cfRule type="cellIs" dxfId="35" priority="39" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="34" priority="42" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="34" priority="40" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EX45:EX76">
+  <conditionalFormatting sqref="EY45:EY76">
     <cfRule type="cellIs" dxfId="33" priority="37" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="32" priority="38" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EY45:EY76">
+  <conditionalFormatting sqref="EZ45:EZ76">
     <cfRule type="cellIs" dxfId="31" priority="35" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="30" priority="36" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="EZ45:EZ76">
+  <conditionalFormatting sqref="FA45:FA76">
     <cfRule type="cellIs" dxfId="29" priority="33" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="28" priority="34" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FA45:FA76">
+  <conditionalFormatting sqref="FB45:FB76">
     <cfRule type="cellIs" dxfId="27" priority="31" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="26" priority="32" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FB45:FB76">
-    <cfRule type="cellIs" dxfId="25" priority="29" operator="lessThan">
+  <conditionalFormatting sqref="FC45:FC76">
+    <cfRule type="cellIs" dxfId="25" priority="27" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="24" priority="30" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="24" priority="28" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FC45:FC76">
+  <conditionalFormatting sqref="FD45:FD76">
     <cfRule type="cellIs" dxfId="23" priority="25" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="22" priority="26" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FD45:FD76">
+  <conditionalFormatting sqref="FE45:FE76">
     <cfRule type="cellIs" dxfId="21" priority="23" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="20" priority="24" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FE45:FE76">
+  <conditionalFormatting sqref="FF45:FF76">
     <cfRule type="cellIs" dxfId="19" priority="21" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="18" priority="22" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FF45:FF76">
+  <conditionalFormatting sqref="FG45:FG76">
     <cfRule type="cellIs" dxfId="17" priority="19" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="16" priority="20" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FG45:FG76">
-    <cfRule type="cellIs" dxfId="15" priority="17" operator="lessThan">
+  <conditionalFormatting sqref="FH45:FH76">
+    <cfRule type="cellIs" dxfId="15" priority="15" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="14" priority="18" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="14" priority="16" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FH45:FH76">
+  <conditionalFormatting sqref="FI45:FI76">
     <cfRule type="cellIs" dxfId="13" priority="13" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="12" priority="14" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FI45:FI76">
+  <conditionalFormatting sqref="FJ45:FJ76">
     <cfRule type="cellIs" dxfId="11" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="10" priority="12" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FJ45:FJ76">
+  <conditionalFormatting sqref="FK45:FK76">
     <cfRule type="cellIs" dxfId="9" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="8" priority="10" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FK45:FK76">
+  <conditionalFormatting sqref="FL45:FL76">
     <cfRule type="cellIs" dxfId="7" priority="7" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="6" priority="8" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FL45:FL76">
+  <conditionalFormatting sqref="FM45:FM76">
     <cfRule type="cellIs" dxfId="5" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="4" priority="6" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FM45:FM76">
+  <conditionalFormatting sqref="FN45:FN76">
     <cfRule type="cellIs" dxfId="3" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="4" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="FN45:FN76">
+  <conditionalFormatting sqref="FO45:FO76">
     <cfRule type="cellIs" dxfId="1" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>