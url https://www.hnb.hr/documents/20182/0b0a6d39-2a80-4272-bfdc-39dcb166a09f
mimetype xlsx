--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -5,68 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFAA0BA5-D456-4FAF-B83A-06720CF41A26}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAE954C9-5111-41B3-B44B-372E83A72061}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1722" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1723" uniqueCount="55">
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>Mjesečne stope promjene (u %)</t>
   </si>
   <si>
     <t>Godišnje stope promjene (u %)</t>
   </si>
   <si>
     <t>Harmonizirani indeks potrošačkih cijena (HIPC)</t>
   </si>
   <si>
     <t>Harmonizirani indeks potrošačkih cijena po stalnim poreznim stopama (HIPC - SP)</t>
   </si>
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Dobra</t>
   </si>
   <si>
@@ -897,53 +900,53 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:Z345"/>
+  <dimension ref="B2:Z346"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="2" customWidth="1"/>
     <col min="2" max="2" width="10.1640625" style="22" customWidth="1"/>
     <col min="3" max="3" width="11.1640625" style="22" customWidth="1"/>
     <col min="4" max="4" width="13.1640625" style="22" customWidth="1"/>
     <col min="5" max="6" width="10.6640625" style="22" customWidth="1"/>
     <col min="7" max="7" width="13.1640625" style="67" customWidth="1"/>
     <col min="8" max="9" width="10.6640625" style="67" customWidth="1"/>
     <col min="10" max="10" width="13.1640625" style="68" customWidth="1"/>
     <col min="11" max="12" width="10.6640625" style="2" customWidth="1"/>
     <col min="13" max="13" width="13.1640625" style="68" customWidth="1"/>
     <col min="14" max="15" width="10.6640625" style="68" customWidth="1"/>
     <col min="16" max="16" width="13.1640625" style="2" customWidth="1"/>
     <col min="17" max="18" width="10.6640625" style="2" customWidth="1"/>
     <col min="19" max="19" width="13.1640625" style="68" customWidth="1"/>
     <col min="20" max="21" width="10.6640625" style="68" customWidth="1"/>
     <col min="22" max="26" width="9.1640625" style="68"/>
     <col min="27" max="16384" width="9.1640625" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="52" t="s">
         <v>41</v>
@@ -21116,145 +21119,210 @@
       </c>
       <c r="P338" s="58">
         <v>4.5</v>
       </c>
       <c r="Q338" s="58">
         <v>3.5</v>
       </c>
       <c r="R338" s="58">
         <v>6.6</v>
       </c>
       <c r="S338" s="69">
         <v>4.4000000000000004</v>
       </c>
       <c r="T338" s="69">
         <v>3.4</v>
       </c>
       <c r="U338" s="69">
         <v>6.6</v>
       </c>
       <c r="V338" s="73"/>
       <c r="W338" s="73"/>
       <c r="X338" s="73"/>
       <c r="Y338" s="73"/>
       <c r="Z338" s="73"/>
     </row>
-    <row r="339" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C339" s="79" t="s">
+    <row r="339" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="54"/>
+      <c r="C339" s="55" t="s">
         <v>17</v>
       </c>
-      <c r="D339" s="80">
+      <c r="D339" s="56">
         <v>140.06</v>
       </c>
-      <c r="E339" s="80">
+      <c r="E339" s="56">
         <v>133.12</v>
       </c>
-      <c r="F339" s="75">
+      <c r="F339" s="56">
         <v>154.11000000000001</v>
       </c>
-      <c r="G339" s="76">
+      <c r="G339" s="65">
         <v>142.18</v>
       </c>
-      <c r="H339" s="76">
+      <c r="H339" s="65">
         <v>135.85</v>
       </c>
-      <c r="I339" s="76">
+      <c r="I339" s="65">
         <v>154.63999999999999</v>
       </c>
-      <c r="J339" s="48">
+      <c r="J339" s="57">
         <v>0.2</v>
       </c>
-      <c r="K339" s="48">
+      <c r="K339" s="57">
         <v>-0.3</v>
       </c>
-      <c r="L339" s="48">
+      <c r="L339" s="57">
         <v>1.3</v>
       </c>
-      <c r="M339" s="48">
+      <c r="M339" s="57">
         <v>0.2</v>
       </c>
-      <c r="N339" s="48">
+      <c r="N339" s="57">
         <v>-0.3</v>
       </c>
-      <c r="O339" s="48">
+      <c r="O339" s="57">
         <v>1.3</v>
       </c>
-      <c r="P339" s="49">
+      <c r="P339" s="58">
         <v>4.5999999999999996</v>
       </c>
-      <c r="Q339" s="49">
+      <c r="Q339" s="58">
         <v>3.5</v>
       </c>
-      <c r="R339" s="49">
+      <c r="R339" s="58">
         <v>7.1</v>
       </c>
-      <c r="S339" s="70">
+      <c r="S339" s="69">
         <v>4.5</v>
       </c>
-      <c r="T339" s="70">
+      <c r="T339" s="69">
         <v>3.3</v>
       </c>
-      <c r="U339" s="70">
+      <c r="U339" s="69">
         <v>7.1</v>
       </c>
+      <c r="V339" s="73"/>
+      <c r="W339" s="73"/>
+      <c r="X339" s="73"/>
+      <c r="Y339" s="73"/>
+      <c r="Z339" s="73"/>
     </row>
     <row r="340" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D340" s="23"/>
-[...16 lines deleted...]
-      <c r="U340" s="71"/>
+      <c r="B340" s="78"/>
+      <c r="C340" s="79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D340" s="80">
+        <v>139.25</v>
+      </c>
+      <c r="E340" s="80">
+        <v>134.29</v>
+      </c>
+      <c r="F340" s="75">
+        <v>149.03</v>
+      </c>
+      <c r="G340" s="76">
+        <v>141.36000000000001</v>
+      </c>
+      <c r="H340" s="76">
+        <v>137.04</v>
+      </c>
+      <c r="I340" s="76">
+        <v>149.55000000000001</v>
+      </c>
+      <c r="J340" s="48">
+        <v>-0.6</v>
+      </c>
+      <c r="K340" s="48">
+        <v>0.9</v>
+      </c>
+      <c r="L340" s="48">
+        <v>-3.3</v>
+      </c>
+      <c r="M340" s="48">
+        <v>-0.6</v>
+      </c>
+      <c r="N340" s="48">
+        <v>0.9</v>
+      </c>
+      <c r="O340" s="48">
+        <v>-3.3</v>
+      </c>
+      <c r="P340" s="49">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="Q340" s="49">
+        <v>3.5</v>
+      </c>
+      <c r="R340" s="49">
+        <v>7</v>
+      </c>
+      <c r="S340" s="70">
+        <v>4.5</v>
+      </c>
+      <c r="T340" s="70">
+        <v>3.3</v>
+      </c>
+      <c r="U340" s="70">
+        <v>7</v>
+      </c>
     </row>
     <row r="341" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B341" s="50" t="s">
+      <c r="D341" s="23"/>
+      <c r="E341" s="23"/>
+      <c r="F341" s="23"/>
+      <c r="G341" s="66"/>
+      <c r="H341" s="66"/>
+      <c r="I341" s="77"/>
+      <c r="J341" s="71"/>
+      <c r="K341" s="71"/>
+      <c r="L341" s="71"/>
+      <c r="M341" s="71"/>
+      <c r="N341" s="71"/>
+      <c r="O341" s="71"/>
+      <c r="P341" s="71"/>
+      <c r="Q341" s="28"/>
+      <c r="R341" s="28"/>
+      <c r="S341" s="71"/>
+      <c r="T341" s="71"/>
+      <c r="U341" s="71"/>
+    </row>
+    <row r="342" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="50" t="s">
         <v>40</v>
       </c>
-      <c r="E341" s="24"/>
-[...1 lines deleted...]
-    <row r="342" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E342" s="24"/>
     </row>
     <row r="343" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E343" s="24"/>
     </row>
-    <row r="345" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C345" s="25"/>
+    <row r="344" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E344" s="24"/>
+    </row>
+    <row r="346" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="25"/>
+      <c r="C346" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="S6:U6"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="J5:O5"/>
     <mergeCell ref="P5:U5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="J6:L6"/>
     <mergeCell ref="M6:O6"/>
     <mergeCell ref="P6:R6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>