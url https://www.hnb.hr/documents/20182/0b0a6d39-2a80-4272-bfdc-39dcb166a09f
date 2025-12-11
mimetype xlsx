--- v1 (2025-10-22)
+++ v2 (2025-12-11)
@@ -5,71 +5,71 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAE954C9-5111-41B3-B44B-372E83A72061}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{52969854-B4B9-4740-9D8C-4696E810B037}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1723" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1724" uniqueCount="55">
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>Mjesečne stope promjene (u %)</t>
   </si>
   <si>
     <t>Godišnje stope promjene (u %)</t>
   </si>
   <si>
     <t>Harmonizirani indeks potrošačkih cijena (HIPC)</t>
   </si>
   <si>
     <t>Harmonizirani indeks potrošačkih cijena po stalnim poreznim stopama (HIPC - SP)</t>
   </si>
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>Dobra</t>
   </si>
   <si>
@@ -517,140 +517,140 @@
     <xf numFmtId="166" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="171" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="167" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="171" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="167" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...21 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    <xf numFmtId="165" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Zadnji redak" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -900,178 +900,178 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:Z346"/>
+  <dimension ref="B2:Z347"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="2" customWidth="1"/>
     <col min="2" max="2" width="10.1640625" style="22" customWidth="1"/>
     <col min="3" max="3" width="11.1640625" style="22" customWidth="1"/>
     <col min="4" max="4" width="13.1640625" style="22" customWidth="1"/>
     <col min="5" max="6" width="10.6640625" style="22" customWidth="1"/>
-    <col min="7" max="7" width="13.1640625" style="67" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="13.1640625" style="68" customWidth="1"/>
+    <col min="7" max="7" width="13.1640625" style="83" customWidth="1"/>
+    <col min="8" max="9" width="10.6640625" style="83" customWidth="1"/>
+    <col min="10" max="10" width="13.1640625" style="59" customWidth="1"/>
     <col min="11" max="12" width="10.6640625" style="2" customWidth="1"/>
-    <col min="13" max="13" width="13.1640625" style="68" customWidth="1"/>
-    <col min="14" max="15" width="10.6640625" style="68" customWidth="1"/>
+    <col min="13" max="13" width="13.1640625" style="59" customWidth="1"/>
+    <col min="14" max="15" width="10.6640625" style="59" customWidth="1"/>
     <col min="16" max="16" width="13.1640625" style="2" customWidth="1"/>
     <col min="17" max="18" width="10.6640625" style="2" customWidth="1"/>
-    <col min="19" max="19" width="13.1640625" style="68" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="22" max="26" width="9.1640625" style="68"/>
+    <col min="19" max="19" width="13.1640625" style="59" customWidth="1"/>
+    <col min="20" max="21" width="10.6640625" style="59" customWidth="1"/>
+    <col min="22" max="26" width="9.1640625" style="59"/>
     <col min="27" max="16384" width="9.1640625" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="52" t="s">
         <v>41</v>
       </c>
       <c r="D2" s="26"/>
       <c r="E2" s="26"/>
       <c r="F2" s="26"/>
-      <c r="G2" s="59"/>
-[...1 lines deleted...]
-      <c r="I2" s="59"/>
+      <c r="G2" s="74"/>
+      <c r="H2" s="74"/>
+      <c r="I2" s="74"/>
     </row>
     <row r="3" spans="2:26" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="27"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
-      <c r="G3" s="59"/>
-[...1 lines deleted...]
-      <c r="I3" s="59"/>
+      <c r="G3" s="74"/>
+      <c r="H3" s="74"/>
+      <c r="I3" s="74"/>
     </row>
     <row r="4" spans="2:26" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="27"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
-      <c r="G4" s="59"/>
-[...1 lines deleted...]
-      <c r="I4" s="59"/>
+      <c r="G4" s="74"/>
+      <c r="H4" s="74"/>
+      <c r="I4" s="74"/>
     </row>
     <row r="5" spans="2:26" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="82" t="s">
+      <c r="B5" s="65" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="82" t="s">
+      <c r="C5" s="65" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="85" t="s">
+      <c r="D5" s="68" t="s">
         <v>52</v>
       </c>
-      <c r="E5" s="85"/>
-[...4 lines deleted...]
-      <c r="J5" s="86" t="s">
+      <c r="E5" s="68"/>
+      <c r="F5" s="68"/>
+      <c r="G5" s="68"/>
+      <c r="H5" s="68"/>
+      <c r="I5" s="68"/>
+      <c r="J5" s="69" t="s">
         <v>2</v>
       </c>
-      <c r="K5" s="86"/>
-[...4 lines deleted...]
-      <c r="P5" s="87" t="s">
+      <c r="K5" s="69"/>
+      <c r="L5" s="69"/>
+      <c r="M5" s="69"/>
+      <c r="N5" s="69"/>
+      <c r="O5" s="69"/>
+      <c r="P5" s="70" t="s">
         <v>3</v>
       </c>
-      <c r="Q5" s="87"/>
-[...3 lines deleted...]
-      <c r="U5" s="87"/>
+      <c r="Q5" s="70"/>
+      <c r="R5" s="70"/>
+      <c r="S5" s="70"/>
+      <c r="T5" s="70"/>
+      <c r="U5" s="70"/>
     </row>
     <row r="6" spans="2:26" s="1" customFormat="1" ht="42.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="83"/>
-[...1 lines deleted...]
-      <c r="D6" s="88" t="s">
+      <c r="B6" s="66"/>
+      <c r="C6" s="66"/>
+      <c r="D6" s="71" t="s">
         <v>4</v>
       </c>
-      <c r="E6" s="88"/>
-[...1 lines deleted...]
-      <c r="G6" s="81" t="s">
+      <c r="E6" s="71"/>
+      <c r="F6" s="71"/>
+      <c r="G6" s="73" t="s">
         <v>5</v>
       </c>
-      <c r="H6" s="81"/>
-[...1 lines deleted...]
-      <c r="J6" s="89" t="s">
+      <c r="H6" s="73"/>
+      <c r="I6" s="73"/>
+      <c r="J6" s="72" t="s">
         <v>4</v>
       </c>
-      <c r="K6" s="89"/>
-[...1 lines deleted...]
-      <c r="M6" s="89" t="s">
+      <c r="K6" s="72"/>
+      <c r="L6" s="72"/>
+      <c r="M6" s="72" t="s">
         <v>43</v>
       </c>
-      <c r="N6" s="89"/>
-[...1 lines deleted...]
-      <c r="P6" s="81" t="s">
+      <c r="N6" s="72"/>
+      <c r="O6" s="72"/>
+      <c r="P6" s="73" t="s">
         <v>4</v>
       </c>
-      <c r="Q6" s="81"/>
-[...1 lines deleted...]
-      <c r="S6" s="81" t="s">
+      <c r="Q6" s="73"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="73" t="s">
         <v>5</v>
       </c>
-      <c r="T6" s="81"/>
-[...5 lines deleted...]
-      <c r="Z6" s="72"/>
+      <c r="T6" s="73"/>
+      <c r="U6" s="73"/>
+      <c r="V6" s="61"/>
+      <c r="W6" s="61"/>
+      <c r="X6" s="61"/>
+      <c r="Y6" s="61"/>
+      <c r="Z6" s="61"/>
     </row>
     <row r="7" spans="2:26" s="1" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="84"/>
-      <c r="C7" s="84"/>
+      <c r="B7" s="67"/>
+      <c r="C7" s="67"/>
       <c r="D7" s="29" t="s">
         <v>6</v>
       </c>
       <c r="E7" s="51" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="51" t="s">
         <v>8</v>
       </c>
       <c r="G7" s="30" t="s">
         <v>6</v>
       </c>
       <c r="H7" s="30" t="s">
         <v>7</v>
       </c>
       <c r="I7" s="30" t="s">
         <v>8</v>
       </c>
       <c r="J7" s="31" t="s">
         <v>6</v>
       </c>
       <c r="K7" s="31" t="s">
         <v>7</v>
       </c>
       <c r="L7" s="31" t="s">
@@ -1082,1461 +1082,1461 @@
       </c>
       <c r="N7" s="31" t="s">
         <v>7</v>
       </c>
       <c r="O7" s="31" t="s">
         <v>8</v>
       </c>
       <c r="P7" s="30" t="s">
         <v>6</v>
       </c>
       <c r="Q7" s="30" t="s">
         <v>7</v>
       </c>
       <c r="R7" s="30" t="s">
         <v>8</v>
       </c>
       <c r="S7" s="30" t="s">
         <v>6</v>
       </c>
       <c r="T7" s="30" t="s">
         <v>7</v>
       </c>
       <c r="U7" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="V7" s="72"/>
-[...3 lines deleted...]
-      <c r="Z7" s="72"/>
+      <c r="V7" s="61"/>
+      <c r="W7" s="61"/>
+      <c r="X7" s="61"/>
+      <c r="Y7" s="61"/>
+      <c r="Z7" s="61"/>
     </row>
     <row r="8" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="32">
         <v>62.88</v>
       </c>
       <c r="E8" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F8" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G8" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="60" t="s">
+      <c r="G8" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I8" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="33" t="s">
         <v>50</v>
       </c>
       <c r="K8" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L8" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M8" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N8" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O8" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P8" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q8" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R8" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S8" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U8" s="60" t="s">
+      <c r="S8" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T8" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U8" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="3"/>
       <c r="C9" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="32">
         <v>63.17</v>
       </c>
       <c r="E9" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G9" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I9" s="60" t="s">
+      <c r="G9" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I9" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J9" s="34">
         <v>0.5</v>
       </c>
       <c r="K9" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L9" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M9" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N9" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O9" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P9" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q9" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R9" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S9" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U9" s="60" t="s">
+      <c r="S9" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T9" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U9" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="3"/>
       <c r="C10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="32">
         <v>63.44</v>
       </c>
       <c r="E10" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G10" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I10" s="60" t="s">
+      <c r="G10" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I10" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="34">
         <v>0.4</v>
       </c>
       <c r="K10" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L10" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M10" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N10" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O10" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P10" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q10" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R10" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S10" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U10" s="60" t="s">
+      <c r="S10" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T10" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U10" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="3"/>
       <c r="C11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="32">
         <v>63.74</v>
       </c>
       <c r="E11" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G11" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I11" s="60" t="s">
+      <c r="G11" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I11" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="34">
         <v>0.5</v>
       </c>
       <c r="K11" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L11" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M11" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N11" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O11" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P11" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q11" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R11" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S11" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U11" s="60" t="s">
+      <c r="S11" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T11" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U11" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5"/>
       <c r="C12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="32">
         <v>64.16</v>
       </c>
       <c r="E12" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F12" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G12" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I12" s="60" t="s">
+      <c r="G12" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I12" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="34">
         <v>0.7</v>
       </c>
       <c r="K12" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L12" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M12" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N12" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O12" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P12" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q12" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R12" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S12" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U12" s="60" t="s">
+      <c r="S12" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T12" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U12" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="6"/>
       <c r="C13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="32">
         <v>64.2</v>
       </c>
       <c r="E13" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G13" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I13" s="60" t="s">
+      <c r="G13" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I13" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="34">
         <v>0.1</v>
       </c>
       <c r="K13" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L13" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M13" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N13" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O13" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P13" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q13" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R13" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S13" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U13" s="60" t="s">
+      <c r="S13" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T13" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U13" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="6"/>
       <c r="C14" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="32">
         <v>64.03</v>
       </c>
       <c r="E14" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G14" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I14" s="60" t="s">
+      <c r="G14" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I14" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J14" s="34">
         <v>-0.3</v>
       </c>
       <c r="K14" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L14" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M14" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N14" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O14" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P14" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q14" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R14" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S14" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U14" s="60" t="s">
+      <c r="S14" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T14" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U14" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="15" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="6"/>
       <c r="C15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="32">
         <v>63.98</v>
       </c>
       <c r="E15" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G15" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I15" s="60" t="s">
+      <c r="G15" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I15" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J15" s="34">
         <v>-0.1</v>
       </c>
       <c r="K15" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L15" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M15" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N15" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O15" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P15" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q15" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R15" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S15" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U15" s="60" t="s">
+      <c r="S15" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T15" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U15" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="6"/>
       <c r="C16" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="32">
         <v>64.3</v>
       </c>
       <c r="E16" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F16" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G16" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I16" s="60" t="s">
+      <c r="G16" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H16" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I16" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J16" s="34">
         <v>0.5</v>
       </c>
       <c r="K16" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L16" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M16" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N16" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O16" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P16" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q16" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R16" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S16" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U16" s="60" t="s">
+      <c r="S16" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T16" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U16" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="17" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="6"/>
       <c r="C17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="32">
         <v>64.33</v>
       </c>
       <c r="E17" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G17" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I17" s="60" t="s">
+      <c r="G17" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I17" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="34">
         <v>0</v>
       </c>
       <c r="K17" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L17" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M17" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N17" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O17" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P17" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q17" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R17" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S17" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U17" s="60" t="s">
+      <c r="S17" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T17" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U17" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="18" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="6"/>
       <c r="C18" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="32">
         <v>64.61</v>
       </c>
       <c r="E18" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F18" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G18" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I18" s="60" t="s">
+      <c r="G18" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H18" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I18" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J18" s="34">
         <v>0.4</v>
       </c>
       <c r="K18" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L18" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M18" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N18" s="33" t="s">
         <v>48</v>
       </c>
       <c r="O18" s="33" t="s">
         <v>48</v>
       </c>
       <c r="P18" s="32" t="s">
         <v>50</v>
       </c>
       <c r="Q18" s="32" t="s">
         <v>48</v>
       </c>
       <c r="R18" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="S18" s="60" t="s">
-[...5 lines deleted...]
-      <c r="U18" s="60" t="s">
+      <c r="S18" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="T18" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="U18" s="75" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="19" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="7"/>
       <c r="C19" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="35">
         <v>64.8</v>
       </c>
       <c r="E19" s="35" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="G19" s="61" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="61" t="s">
+      <c r="G19" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="H19" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="I19" s="76" t="s">
         <v>48</v>
       </c>
       <c r="J19" s="36">
         <v>0.3</v>
       </c>
       <c r="K19" s="37" t="s">
         <v>48</v>
       </c>
       <c r="L19" s="37" t="s">
         <v>48</v>
       </c>
       <c r="M19" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="N19" s="74" t="s">
-[...2 lines deleted...]
-      <c r="O19" s="74" t="s">
+      <c r="N19" s="89" t="s">
+        <v>48</v>
+      </c>
+      <c r="O19" s="89" t="s">
         <v>48</v>
       </c>
       <c r="P19" s="35" t="s">
         <v>50</v>
       </c>
       <c r="Q19" s="35" t="s">
         <v>48</v>
       </c>
       <c r="R19" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="S19" s="61" t="s">
-[...5 lines deleted...]
-      <c r="U19" s="61" t="s">
+      <c r="S19" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="T19" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="U19" s="76" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="20" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="6" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D20" s="32">
         <v>65.45</v>
       </c>
       <c r="E20" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F20" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G20" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I20" s="60" t="s">
+      <c r="G20" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H20" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I20" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J20" s="34">
         <v>1</v>
       </c>
       <c r="K20" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L20" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M20" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N20" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O20" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P20" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="Q20" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R20" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S20" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U20" s="64" t="s">
+      <c r="S20" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T20" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U20" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="3"/>
       <c r="C21" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="32">
         <v>65.69</v>
       </c>
       <c r="E21" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F21" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G21" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I21" s="60" t="s">
+      <c r="G21" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H21" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I21" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J21" s="34">
         <v>0.4</v>
       </c>
       <c r="K21" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L21" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M21" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N21" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O21" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P21" s="38">
         <v>4</v>
       </c>
       <c r="Q21" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R21" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S21" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U21" s="64" t="s">
+      <c r="S21" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T21" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U21" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="3"/>
       <c r="C22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D22" s="32">
         <v>65.84</v>
       </c>
       <c r="E22" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F22" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G22" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I22" s="60" t="s">
+      <c r="G22" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H22" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I22" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J22" s="34">
         <v>0.2</v>
       </c>
       <c r="K22" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L22" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M22" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N22" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O22" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P22" s="38">
         <v>3.8</v>
       </c>
       <c r="Q22" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R22" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S22" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U22" s="64" t="s">
+      <c r="S22" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T22" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U22" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="3"/>
       <c r="C23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D23" s="32">
         <v>65.959999999999994</v>
       </c>
       <c r="E23" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F23" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G23" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I23" s="60" t="s">
+      <c r="G23" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H23" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I23" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J23" s="34">
         <v>0.2</v>
       </c>
       <c r="K23" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L23" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M23" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N23" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O23" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P23" s="38">
         <v>3.5</v>
       </c>
       <c r="Q23" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R23" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S23" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U23" s="64" t="s">
+      <c r="S23" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T23" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U23" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="5"/>
       <c r="C24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="32">
         <v>66.400000000000006</v>
       </c>
       <c r="E24" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G24" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I24" s="60" t="s">
+      <c r="G24" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H24" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I24" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J24" s="34">
         <v>0.7</v>
       </c>
       <c r="K24" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L24" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M24" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N24" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O24" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P24" s="38">
         <v>3.5</v>
       </c>
       <c r="Q24" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R24" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S24" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U24" s="64" t="s">
+      <c r="S24" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T24" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U24" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="6"/>
       <c r="C25" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="32">
         <v>66.37</v>
       </c>
       <c r="E25" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G25" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I25" s="60" t="s">
+      <c r="G25" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H25" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I25" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J25" s="34">
         <v>0</v>
       </c>
       <c r="K25" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L25" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M25" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N25" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O25" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P25" s="38">
         <v>3.4</v>
       </c>
       <c r="Q25" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R25" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S25" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U25" s="64" t="s">
+      <c r="S25" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T25" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U25" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="26" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="6"/>
       <c r="C26" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="32">
         <v>66.739999999999995</v>
       </c>
       <c r="E26" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F26" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G26" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I26" s="60" t="s">
+      <c r="G26" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H26" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I26" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J26" s="34">
         <v>0.6</v>
       </c>
       <c r="K26" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L26" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M26" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N26" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O26" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P26" s="38">
         <v>4.2</v>
       </c>
       <c r="Q26" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R26" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S26" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U26" s="64" t="s">
+      <c r="S26" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T26" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U26" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="6"/>
       <c r="C27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D27" s="32">
         <v>66.62</v>
       </c>
       <c r="E27" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F27" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G27" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I27" s="60" t="s">
+      <c r="G27" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I27" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J27" s="34">
         <v>-0.2</v>
       </c>
       <c r="K27" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L27" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M27" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N27" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O27" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P27" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="Q27" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R27" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S27" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U27" s="64" t="s">
+      <c r="S27" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T27" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U27" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="6"/>
       <c r="C28" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D28" s="32">
         <v>66.78</v>
       </c>
       <c r="E28" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F28" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G28" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I28" s="60" t="s">
+      <c r="G28" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H28" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I28" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J28" s="34">
         <v>0.2</v>
       </c>
       <c r="K28" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L28" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M28" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N28" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O28" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P28" s="38">
         <v>3.9</v>
       </c>
       <c r="Q28" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R28" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S28" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U28" s="64" t="s">
+      <c r="S28" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T28" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U28" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="6"/>
       <c r="C29" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D29" s="32">
         <v>66.92</v>
       </c>
       <c r="E29" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F29" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G29" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I29" s="60" t="s">
+      <c r="G29" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H29" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I29" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J29" s="34">
         <v>0.2</v>
       </c>
       <c r="K29" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L29" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M29" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N29" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O29" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P29" s="38">
         <v>4</v>
       </c>
       <c r="Q29" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R29" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S29" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U29" s="64" t="s">
+      <c r="S29" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T29" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U29" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="6"/>
       <c r="C30" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="32">
         <v>66.64</v>
       </c>
       <c r="E30" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F30" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G30" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I30" s="60" t="s">
+      <c r="G30" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H30" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I30" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J30" s="34">
         <v>-0.4</v>
       </c>
       <c r="K30" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L30" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M30" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N30" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O30" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P30" s="38">
         <v>3.1</v>
       </c>
       <c r="Q30" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R30" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S30" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U30" s="64" t="s">
+      <c r="S30" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T30" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U30" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="7"/>
       <c r="C31" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="35">
         <v>66.989999999999995</v>
       </c>
       <c r="E31" s="35" t="s">
         <v>48</v>
       </c>
       <c r="F31" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="G31" s="61" t="s">
-[...5 lines deleted...]
-      <c r="I31" s="61" t="s">
+      <c r="G31" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="H31" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="I31" s="76" t="s">
         <v>48</v>
       </c>
       <c r="J31" s="36">
         <v>0.5</v>
       </c>
       <c r="K31" s="37" t="s">
         <v>48</v>
       </c>
       <c r="L31" s="37" t="s">
         <v>48</v>
       </c>
       <c r="M31" s="37" t="s">
         <v>48</v>
       </c>
       <c r="N31" s="37" t="s">
         <v>48</v>
       </c>
       <c r="O31" s="37" t="s">
         <v>48</v>
       </c>
       <c r="P31" s="39">
         <v>3.4</v>
       </c>
       <c r="Q31" s="40" t="s">
         <v>48</v>
@@ -2548,717 +2548,717 @@
         <v>48</v>
       </c>
       <c r="T31" s="40" t="s">
         <v>48</v>
       </c>
       <c r="U31" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="32" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="32">
         <v>67.45</v>
       </c>
       <c r="E32" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F32" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G32" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I32" s="60" t="s">
+      <c r="G32" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H32" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I32" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J32" s="34">
         <v>0.7</v>
       </c>
       <c r="K32" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L32" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M32" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N32" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O32" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P32" s="38">
         <v>3.1</v>
       </c>
       <c r="Q32" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R32" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S32" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U32" s="64" t="s">
+      <c r="S32" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T32" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U32" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="3"/>
       <c r="C33" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="32">
         <v>67.78</v>
       </c>
       <c r="E33" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F33" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G33" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I33" s="60" t="s">
+      <c r="G33" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H33" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I33" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J33" s="34">
         <v>0.5</v>
       </c>
       <c r="K33" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L33" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M33" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N33" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O33" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P33" s="38">
         <v>3.2</v>
       </c>
       <c r="Q33" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R33" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S33" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U33" s="64" t="s">
+      <c r="S33" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T33" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U33" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="34" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="3"/>
       <c r="C34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D34" s="32">
         <v>68.150000000000006</v>
       </c>
       <c r="E34" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F34" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G34" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I34" s="60" t="s">
+      <c r="G34" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H34" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I34" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J34" s="34">
         <v>0.5</v>
       </c>
       <c r="K34" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L34" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M34" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N34" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O34" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P34" s="38">
         <v>3.5</v>
       </c>
       <c r="Q34" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R34" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S34" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U34" s="64" t="s">
+      <c r="S34" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T34" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U34" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="35" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="3"/>
       <c r="C35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D35" s="32">
         <v>68.53</v>
       </c>
       <c r="E35" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F35" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G35" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I35" s="60" t="s">
+      <c r="G35" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H35" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I35" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J35" s="34">
         <v>0.6</v>
       </c>
       <c r="K35" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L35" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M35" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N35" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O35" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P35" s="38">
         <v>3.9</v>
       </c>
       <c r="Q35" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R35" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S35" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U35" s="64" t="s">
+      <c r="S35" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T35" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U35" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="36" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="5"/>
       <c r="C36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="32">
         <v>68.650000000000006</v>
       </c>
       <c r="E36" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F36" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G36" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I36" s="60" t="s">
+      <c r="G36" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H36" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I36" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J36" s="34">
         <v>0.2</v>
       </c>
       <c r="K36" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L36" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M36" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N36" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O36" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P36" s="38">
         <v>3.4</v>
       </c>
       <c r="Q36" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R36" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S36" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U36" s="64" t="s">
+      <c r="S36" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T36" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U36" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="37" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="6"/>
       <c r="C37" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="32">
         <v>69.37</v>
       </c>
       <c r="E37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F37" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G37" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I37" s="60" t="s">
+      <c r="G37" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H37" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I37" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J37" s="34">
         <v>1</v>
       </c>
       <c r="K37" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L37" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M37" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N37" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O37" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P37" s="38">
         <v>4.5</v>
       </c>
       <c r="Q37" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R37" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S37" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U37" s="64" t="s">
+      <c r="S37" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T37" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U37" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="38" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="6"/>
       <c r="C38" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="32">
         <v>69.84</v>
       </c>
       <c r="E38" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F38" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G38" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I38" s="60" t="s">
+      <c r="G38" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H38" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I38" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J38" s="34">
         <v>0.7</v>
       </c>
       <c r="K38" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L38" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M38" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N38" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O38" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P38" s="38">
         <v>4.5999999999999996</v>
       </c>
       <c r="Q38" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R38" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S38" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U38" s="64" t="s">
+      <c r="S38" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T38" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U38" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="6"/>
       <c r="C39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D39" s="32">
         <v>69.8</v>
       </c>
       <c r="E39" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F39" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G39" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I39" s="60" t="s">
+      <c r="G39" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H39" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I39" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J39" s="34">
         <v>-0.1</v>
       </c>
       <c r="K39" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L39" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M39" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N39" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O39" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P39" s="38">
         <v>4.8</v>
       </c>
       <c r="Q39" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R39" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S39" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U39" s="64" t="s">
+      <c r="S39" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T39" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U39" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="6"/>
       <c r="C40" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D40" s="32">
         <v>70.22</v>
       </c>
       <c r="E40" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F40" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G40" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I40" s="60" t="s">
+      <c r="G40" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H40" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I40" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J40" s="34">
         <v>0.6</v>
       </c>
       <c r="K40" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L40" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M40" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N40" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O40" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P40" s="38">
         <v>5.2</v>
       </c>
       <c r="Q40" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R40" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S40" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U40" s="64" t="s">
+      <c r="S40" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T40" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U40" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="41" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="6"/>
       <c r="C41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D41" s="32">
         <v>70.45</v>
       </c>
       <c r="E41" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F41" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G41" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I41" s="60" t="s">
+      <c r="G41" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H41" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I41" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J41" s="34">
         <v>0.3</v>
       </c>
       <c r="K41" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L41" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M41" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N41" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O41" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P41" s="38">
         <v>5.3</v>
       </c>
       <c r="Q41" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R41" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S41" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U41" s="64" t="s">
+      <c r="S41" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T41" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U41" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="42" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="6"/>
       <c r="C42" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="32">
         <v>70.680000000000007</v>
       </c>
       <c r="E42" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F42" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G42" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I42" s="60" t="s">
+      <c r="G42" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H42" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I42" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J42" s="34">
         <v>0.3</v>
       </c>
       <c r="K42" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L42" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M42" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N42" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O42" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P42" s="38">
         <v>6.1</v>
       </c>
       <c r="Q42" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R42" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S42" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U42" s="64" t="s">
+      <c r="S42" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T42" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U42" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="43" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="7"/>
       <c r="C43" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="35">
         <v>70.94</v>
       </c>
       <c r="E43" s="35" t="s">
         <v>48</v>
       </c>
       <c r="F43" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="G43" s="61" t="s">
-[...5 lines deleted...]
-      <c r="I43" s="61" t="s">
+      <c r="G43" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="H43" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="I43" s="76" t="s">
         <v>48</v>
       </c>
       <c r="J43" s="36">
         <v>0.4</v>
       </c>
       <c r="K43" s="37" t="s">
         <v>48</v>
       </c>
       <c r="L43" s="37" t="s">
         <v>48</v>
       </c>
       <c r="M43" s="37" t="s">
         <v>48</v>
       </c>
       <c r="N43" s="37" t="s">
         <v>48</v>
       </c>
       <c r="O43" s="37" t="s">
         <v>48</v>
       </c>
       <c r="P43" s="39">
         <v>5.9</v>
       </c>
       <c r="Q43" s="40" t="s">
         <v>48</v>
@@ -3270,717 +3270,717 @@
         <v>48</v>
       </c>
       <c r="T43" s="40" t="s">
         <v>48</v>
       </c>
       <c r="U43" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="44" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="32">
         <v>71.069999999999993</v>
       </c>
       <c r="E44" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F44" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G44" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I44" s="60" t="s">
+      <c r="G44" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H44" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I44" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J44" s="34">
         <v>0.2</v>
       </c>
       <c r="K44" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L44" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M44" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N44" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O44" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P44" s="38">
         <v>5.4</v>
       </c>
       <c r="Q44" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R44" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S44" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U44" s="64" t="s">
+      <c r="S44" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T44" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U44" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="45" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="3"/>
       <c r="C45" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="32">
         <v>71.47</v>
       </c>
       <c r="E45" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F45" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G45" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I45" s="60" t="s">
+      <c r="G45" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H45" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I45" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J45" s="34">
         <v>0.6</v>
       </c>
       <c r="K45" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L45" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M45" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N45" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O45" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P45" s="38">
         <v>5.4</v>
       </c>
       <c r="Q45" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R45" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S45" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U45" s="64" t="s">
+      <c r="S45" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T45" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U45" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="46" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="3"/>
       <c r="C46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D46" s="32">
         <v>71.23</v>
       </c>
       <c r="E46" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F46" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G46" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I46" s="60" t="s">
+      <c r="G46" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H46" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I46" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J46" s="34">
         <v>-0.3</v>
       </c>
       <c r="K46" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L46" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M46" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N46" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O46" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P46" s="38">
         <v>4.5</v>
       </c>
       <c r="Q46" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R46" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S46" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U46" s="64" t="s">
+      <c r="S46" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T46" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U46" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="47" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="3"/>
       <c r="C47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D47" s="32">
         <v>72.38</v>
       </c>
       <c r="E47" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F47" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G47" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I47" s="60" t="s">
+      <c r="G47" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H47" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I47" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J47" s="34">
         <v>1.6</v>
       </c>
       <c r="K47" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L47" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M47" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N47" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O47" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P47" s="38">
         <v>5.6</v>
       </c>
       <c r="Q47" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R47" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S47" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U47" s="64" t="s">
+      <c r="S47" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T47" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U47" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="5"/>
       <c r="C48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D48" s="32">
         <v>72.84</v>
       </c>
       <c r="E48" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F48" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G48" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I48" s="60" t="s">
+      <c r="G48" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H48" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I48" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J48" s="34">
         <v>0.6</v>
       </c>
       <c r="K48" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L48" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M48" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N48" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O48" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P48" s="38">
         <v>6.1</v>
       </c>
       <c r="Q48" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R48" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S48" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U48" s="64" t="s">
+      <c r="S48" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T48" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U48" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="6"/>
       <c r="C49" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="32">
         <v>72.73</v>
       </c>
       <c r="E49" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F49" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G49" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I49" s="60" t="s">
+      <c r="G49" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H49" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I49" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J49" s="34">
         <v>-0.2</v>
       </c>
       <c r="K49" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L49" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M49" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N49" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O49" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P49" s="38">
         <v>4.8</v>
       </c>
       <c r="Q49" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R49" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S49" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U49" s="64" t="s">
+      <c r="S49" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T49" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U49" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="50" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="6"/>
       <c r="C50" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="32">
         <v>72.209999999999994</v>
       </c>
       <c r="E50" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F50" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G50" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I50" s="60" t="s">
+      <c r="G50" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H50" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I50" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J50" s="34">
         <v>-0.7</v>
       </c>
       <c r="K50" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L50" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M50" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N50" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O50" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P50" s="38">
         <v>3.4</v>
       </c>
       <c r="Q50" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R50" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S50" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U50" s="64" t="s">
+      <c r="S50" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T50" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U50" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="51" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="6"/>
       <c r="C51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D51" s="32">
         <v>72.760000000000005</v>
       </c>
       <c r="E51" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F51" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G51" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I51" s="60" t="s">
+      <c r="G51" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H51" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I51" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J51" s="34">
         <v>0.8</v>
       </c>
       <c r="K51" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L51" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M51" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N51" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O51" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P51" s="38">
         <v>4.2</v>
       </c>
       <c r="Q51" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R51" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S51" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U51" s="64" t="s">
+      <c r="S51" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T51" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U51" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="52" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="6"/>
       <c r="C52" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D52" s="32">
         <v>72.86</v>
       </c>
       <c r="E52" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F52" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G52" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I52" s="60" t="s">
+      <c r="G52" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H52" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I52" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J52" s="34">
         <v>0.1</v>
       </c>
       <c r="K52" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L52" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M52" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N52" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O52" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P52" s="38">
         <v>3.8</v>
       </c>
       <c r="Q52" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R52" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S52" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U52" s="64" t="s">
+      <c r="S52" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T52" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U52" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="53" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="6"/>
       <c r="C53" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D53" s="32">
         <v>72.599999999999994</v>
       </c>
       <c r="E53" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F53" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G53" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I53" s="60" t="s">
+      <c r="G53" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H53" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I53" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J53" s="34">
         <v>-0.4</v>
       </c>
       <c r="K53" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L53" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M53" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N53" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O53" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P53" s="38">
         <v>3.1</v>
       </c>
       <c r="Q53" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R53" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S53" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U53" s="64" t="s">
+      <c r="S53" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T53" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U53" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="54" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="6"/>
       <c r="C54" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="32">
         <v>72.510000000000005</v>
       </c>
       <c r="E54" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F54" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G54" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I54" s="60" t="s">
+      <c r="G54" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H54" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I54" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J54" s="34">
         <v>-0.1</v>
       </c>
       <c r="K54" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L54" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M54" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N54" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O54" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P54" s="38">
         <v>2.6</v>
       </c>
       <c r="Q54" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R54" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S54" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U54" s="64" t="s">
+      <c r="S54" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T54" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U54" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="55" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="7"/>
       <c r="C55" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D55" s="35">
         <v>72.64</v>
       </c>
       <c r="E55" s="35" t="s">
         <v>48</v>
       </c>
       <c r="F55" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="G55" s="61" t="s">
-[...5 lines deleted...]
-      <c r="I55" s="61" t="s">
+      <c r="G55" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="H55" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="I55" s="76" t="s">
         <v>48</v>
       </c>
       <c r="J55" s="36">
         <v>0.2</v>
       </c>
       <c r="K55" s="37" t="s">
         <v>48</v>
       </c>
       <c r="L55" s="37" t="s">
         <v>48</v>
       </c>
       <c r="M55" s="37" t="s">
         <v>48</v>
       </c>
       <c r="N55" s="37" t="s">
         <v>48</v>
       </c>
       <c r="O55" s="37" t="s">
         <v>48</v>
       </c>
       <c r="P55" s="39">
         <v>2.4</v>
       </c>
       <c r="Q55" s="40" t="s">
         <v>48</v>
@@ -3992,717 +3992,717 @@
         <v>48</v>
       </c>
       <c r="T55" s="40" t="s">
         <v>48</v>
       </c>
       <c r="U55" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="56" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="32">
         <v>73.44</v>
       </c>
       <c r="E56" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F56" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G56" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I56" s="60" t="s">
+      <c r="G56" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H56" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I56" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J56" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="K56" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L56" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M56" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N56" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O56" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P56" s="38">
         <v>3.3</v>
       </c>
       <c r="Q56" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R56" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S56" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U56" s="64" t="s">
+      <c r="S56" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T56" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U56" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="57" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="3"/>
       <c r="C57" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="32">
         <v>73.44</v>
       </c>
       <c r="E57" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F57" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G57" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I57" s="60" t="s">
+      <c r="G57" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H57" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I57" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J57" s="34">
         <v>0</v>
       </c>
       <c r="K57" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L57" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M57" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N57" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O57" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P57" s="38">
         <v>2.8</v>
       </c>
       <c r="Q57" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R57" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S57" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U57" s="64" t="s">
+      <c r="S57" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T57" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U57" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="58" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="3"/>
       <c r="C58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="32">
         <v>73.569999999999993</v>
       </c>
       <c r="E58" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F58" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G58" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I58" s="60" t="s">
+      <c r="G58" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H58" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I58" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J58" s="34">
         <v>0.2</v>
       </c>
       <c r="K58" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L58" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M58" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N58" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O58" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P58" s="38">
         <v>3.3</v>
       </c>
       <c r="Q58" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R58" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S58" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U58" s="64" t="s">
+      <c r="S58" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T58" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U58" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="59" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="3"/>
       <c r="C59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D59" s="32">
         <v>73.87</v>
       </c>
       <c r="E59" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F59" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G59" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I59" s="60" t="s">
+      <c r="G59" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H59" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I59" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J59" s="34">
         <v>0.4</v>
       </c>
       <c r="K59" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L59" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M59" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N59" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O59" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P59" s="38">
         <v>2.1</v>
       </c>
       <c r="Q59" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R59" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S59" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U59" s="64" t="s">
+      <c r="S59" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T59" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U59" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="60" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="5"/>
       <c r="C60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D60" s="32">
         <v>74.19</v>
       </c>
       <c r="E60" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F60" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G60" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I60" s="60" t="s">
+      <c r="G60" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H60" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I60" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J60" s="34">
         <v>0.4</v>
       </c>
       <c r="K60" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L60" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M60" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N60" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O60" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P60" s="38">
         <v>1.9</v>
       </c>
       <c r="Q60" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R60" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S60" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U60" s="64" t="s">
+      <c r="S60" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T60" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U60" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="61" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="6"/>
       <c r="C61" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D61" s="32">
         <v>74.19</v>
       </c>
       <c r="E61" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F61" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G61" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I61" s="60" t="s">
+      <c r="G61" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H61" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I61" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J61" s="34">
         <v>0</v>
       </c>
       <c r="K61" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L61" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M61" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N61" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O61" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P61" s="38">
         <v>2</v>
       </c>
       <c r="Q61" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R61" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S61" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U61" s="64" t="s">
+      <c r="S61" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T61" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U61" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="62" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="6"/>
       <c r="C62" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D62" s="32">
         <v>74.16</v>
       </c>
       <c r="E62" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F62" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G62" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I62" s="60" t="s">
+      <c r="G62" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H62" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I62" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J62" s="34">
         <v>0</v>
       </c>
       <c r="K62" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L62" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M62" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N62" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O62" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P62" s="38">
         <v>2.7</v>
       </c>
       <c r="Q62" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R62" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S62" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U62" s="64" t="s">
+      <c r="S62" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T62" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U62" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="63" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="6"/>
       <c r="C63" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D63" s="32">
         <v>74.099999999999994</v>
       </c>
       <c r="E63" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F63" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G63" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I63" s="60" t="s">
+      <c r="G63" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H63" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I63" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J63" s="34">
         <v>-0.1</v>
       </c>
       <c r="K63" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L63" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M63" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N63" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O63" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P63" s="38">
         <v>1.8</v>
       </c>
       <c r="Q63" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R63" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S63" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U63" s="64" t="s">
+      <c r="S63" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T63" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U63" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="64" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="6"/>
       <c r="C64" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D64" s="32">
         <v>74.489999999999995</v>
       </c>
       <c r="E64" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F64" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G64" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I64" s="60" t="s">
+      <c r="G64" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H64" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I64" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J64" s="34">
         <v>0.5</v>
       </c>
       <c r="K64" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L64" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M64" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N64" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O64" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P64" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q64" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R64" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S64" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U64" s="64" t="s">
+      <c r="S64" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T64" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U64" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="65" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="6"/>
       <c r="C65" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D65" s="32">
         <v>74.569999999999993</v>
       </c>
       <c r="E65" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F65" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G65" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I65" s="60" t="s">
+      <c r="G65" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H65" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I65" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J65" s="34">
         <v>0.1</v>
       </c>
       <c r="K65" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L65" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M65" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N65" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O65" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P65" s="38">
         <v>2.7</v>
       </c>
       <c r="Q65" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R65" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S65" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U65" s="64" t="s">
+      <c r="S65" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T65" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U65" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="66" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="6"/>
       <c r="C66" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="32">
         <v>74.55</v>
       </c>
       <c r="E66" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F66" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G66" s="60" t="s">
-[...5 lines deleted...]
-      <c r="I66" s="60" t="s">
+      <c r="G66" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="H66" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I66" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J66" s="34">
         <v>0</v>
       </c>
       <c r="K66" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L66" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M66" s="34" t="s">
         <v>48</v>
       </c>
       <c r="N66" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O66" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P66" s="38">
         <v>2.8</v>
       </c>
       <c r="Q66" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R66" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S66" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U66" s="64" t="s">
+      <c r="S66" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T66" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U66" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="67" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="7"/>
       <c r="C67" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D67" s="35">
         <v>74.709999999999994</v>
       </c>
       <c r="E67" s="35" t="s">
         <v>48</v>
       </c>
       <c r="F67" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="G67" s="62" t="s">
-[...5 lines deleted...]
-      <c r="I67" s="61" t="s">
+      <c r="G67" s="77" t="s">
+        <v>48</v>
+      </c>
+      <c r="H67" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="I67" s="76" t="s">
         <v>48</v>
       </c>
       <c r="J67" s="36">
         <v>0.2</v>
       </c>
       <c r="K67" s="37" t="s">
         <v>48</v>
       </c>
       <c r="L67" s="37" t="s">
         <v>48</v>
       </c>
       <c r="M67" s="37" t="s">
         <v>48</v>
       </c>
       <c r="N67" s="37" t="s">
         <v>48</v>
       </c>
       <c r="O67" s="37" t="s">
         <v>48</v>
       </c>
       <c r="P67" s="39">
         <v>2.8</v>
       </c>
       <c r="Q67" s="40" t="s">
         <v>48</v>
@@ -4714,717 +4714,717 @@
         <v>48</v>
       </c>
       <c r="T67" s="40" t="s">
         <v>48</v>
       </c>
       <c r="U67" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="68" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D68" s="32">
         <v>75.11</v>
       </c>
       <c r="E68" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F68" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G68" s="60">
+      <c r="G68" s="75">
         <v>78</v>
       </c>
-      <c r="H68" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I68" s="60" t="s">
+      <c r="H68" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I68" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J68" s="34">
         <v>0.5</v>
       </c>
       <c r="K68" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L68" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M68" s="34">
         <v>0.5</v>
       </c>
       <c r="N68" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O68" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P68" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="Q68" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R68" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S68" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U68" s="64" t="s">
+      <c r="S68" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T68" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U68" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="69" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="3"/>
       <c r="C69" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D69" s="32">
         <v>75.27</v>
       </c>
       <c r="E69" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F69" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G69" s="60">
+      <c r="G69" s="75">
         <v>78.16</v>
       </c>
-      <c r="H69" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I69" s="60" t="s">
+      <c r="H69" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I69" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J69" s="34">
         <v>0.2</v>
       </c>
       <c r="K69" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L69" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M69" s="34">
         <v>0.2</v>
       </c>
       <c r="N69" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O69" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P69" s="38">
         <v>2.5</v>
       </c>
       <c r="Q69" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R69" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S69" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U69" s="64" t="s">
+      <c r="S69" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T69" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U69" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="70" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="3"/>
       <c r="C70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D70" s="32">
         <v>75.62</v>
       </c>
       <c r="E70" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F70" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G70" s="60">
+      <c r="G70" s="75">
         <v>78.53</v>
       </c>
-      <c r="H70" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I70" s="60" t="s">
+      <c r="H70" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I70" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J70" s="34">
         <v>0.5</v>
       </c>
       <c r="K70" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L70" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M70" s="34">
         <v>0.5</v>
       </c>
       <c r="N70" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O70" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P70" s="38">
         <v>2.8</v>
       </c>
       <c r="Q70" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R70" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S70" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U70" s="64" t="s">
+      <c r="S70" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T70" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U70" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="71" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="3"/>
       <c r="C71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D71" s="32">
         <v>75.349999999999994</v>
       </c>
       <c r="E71" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F71" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G71" s="60">
+      <c r="G71" s="75">
         <v>78.25</v>
       </c>
-      <c r="H71" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I71" s="60" t="s">
+      <c r="H71" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I71" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J71" s="34">
         <v>-0.4</v>
       </c>
       <c r="K71" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L71" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M71" s="34">
         <v>-0.4</v>
       </c>
       <c r="N71" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O71" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P71" s="38">
         <v>2</v>
       </c>
       <c r="Q71" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R71" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S71" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U71" s="64" t="s">
+      <c r="S71" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T71" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U71" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="72" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="5"/>
       <c r="C72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D72" s="32">
         <v>75.81</v>
       </c>
       <c r="E72" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F72" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G72" s="60">
+      <c r="G72" s="75">
         <v>78.72</v>
       </c>
-      <c r="H72" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I72" s="60" t="s">
+      <c r="H72" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I72" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J72" s="34">
         <v>0.6</v>
       </c>
       <c r="K72" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L72" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M72" s="34">
         <v>0.6</v>
       </c>
       <c r="N72" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O72" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P72" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q72" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R72" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S72" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U72" s="64" t="s">
+      <c r="S72" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T72" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U72" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="73" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="6"/>
       <c r="C73" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D73" s="32">
         <v>75.89</v>
       </c>
       <c r="E73" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F73" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G73" s="60">
+      <c r="G73" s="75">
         <v>78.81</v>
       </c>
-      <c r="H73" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I73" s="60" t="s">
+      <c r="H73" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I73" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J73" s="34">
         <v>0.1</v>
       </c>
       <c r="K73" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L73" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M73" s="34">
         <v>0.1</v>
       </c>
       <c r="N73" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O73" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P73" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="Q73" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R73" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S73" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U73" s="64" t="s">
+      <c r="S73" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T73" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U73" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="74" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="6"/>
       <c r="C74" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D74" s="32">
         <v>76.37</v>
       </c>
       <c r="E74" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F74" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G74" s="60">
+      <c r="G74" s="75">
         <v>79.3</v>
       </c>
-      <c r="H74" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="60" t="s">
+      <c r="H74" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I74" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J74" s="34">
         <v>0.6</v>
       </c>
       <c r="K74" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L74" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M74" s="34">
         <v>0.6</v>
       </c>
       <c r="N74" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O74" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P74" s="38">
         <v>3</v>
       </c>
       <c r="Q74" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R74" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S74" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U74" s="64" t="s">
+      <c r="S74" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T74" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U74" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="75" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="6"/>
       <c r="C75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D75" s="32">
         <v>76.430000000000007</v>
       </c>
       <c r="E75" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F75" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G75" s="60">
+      <c r="G75" s="75">
         <v>79.37</v>
       </c>
-      <c r="H75" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I75" s="60" t="s">
+      <c r="H75" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I75" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J75" s="34">
         <v>0.1</v>
       </c>
       <c r="K75" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L75" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M75" s="34">
         <v>0.1</v>
       </c>
       <c r="N75" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O75" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P75" s="38">
         <v>3.1</v>
       </c>
       <c r="Q75" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R75" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S75" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U75" s="64" t="s">
+      <c r="S75" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T75" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U75" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="76" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="6"/>
       <c r="C76" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D76" s="32">
         <v>76.08</v>
       </c>
       <c r="E76" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F76" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G76" s="60">
+      <c r="G76" s="75">
         <v>79.010000000000005</v>
       </c>
-      <c r="H76" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I76" s="60" t="s">
+      <c r="H76" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I76" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J76" s="34">
         <v>-0.5</v>
       </c>
       <c r="K76" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L76" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M76" s="34">
         <v>-0.5</v>
       </c>
       <c r="N76" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O76" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P76" s="38">
         <v>2.1</v>
       </c>
       <c r="Q76" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R76" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S76" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U76" s="64" t="s">
+      <c r="S76" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T76" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U76" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="77" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="6"/>
       <c r="C77" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D77" s="32">
         <v>76.11</v>
       </c>
       <c r="E77" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F77" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G77" s="60">
+      <c r="G77" s="75">
         <v>79.040000000000006</v>
       </c>
-      <c r="H77" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I77" s="60" t="s">
+      <c r="H77" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I77" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J77" s="34">
         <v>0</v>
       </c>
       <c r="K77" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L77" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M77" s="34">
         <v>0</v>
       </c>
       <c r="N77" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O77" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P77" s="38">
         <v>2.1</v>
       </c>
       <c r="Q77" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R77" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S77" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U77" s="64" t="s">
+      <c r="S77" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T77" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U77" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="78" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="6"/>
       <c r="C78" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D78" s="32">
         <v>76.25</v>
       </c>
       <c r="E78" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F78" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G78" s="60">
+      <c r="G78" s="75">
         <v>79.180000000000007</v>
       </c>
-      <c r="H78" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I78" s="60" t="s">
+      <c r="H78" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I78" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J78" s="34">
         <v>0.2</v>
       </c>
       <c r="K78" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L78" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M78" s="34">
         <v>0.2</v>
       </c>
       <c r="N78" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O78" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P78" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="Q78" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R78" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S78" s="64" t="s">
-[...5 lines deleted...]
-      <c r="U78" s="64" t="s">
+      <c r="S78" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="T78" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U78" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="79" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="7"/>
       <c r="C79" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D79" s="35">
         <v>76.319999999999993</v>
       </c>
       <c r="E79" s="35" t="s">
         <v>48</v>
       </c>
       <c r="F79" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="G79" s="61">
+      <c r="G79" s="76">
         <v>79.260000000000005</v>
       </c>
-      <c r="H79" s="61" t="s">
-[...2 lines deleted...]
-      <c r="I79" s="61" t="s">
+      <c r="H79" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="I79" s="76" t="s">
         <v>48</v>
       </c>
       <c r="J79" s="36">
         <v>0.1</v>
       </c>
       <c r="K79" s="37" t="s">
         <v>48</v>
       </c>
       <c r="L79" s="37" t="s">
         <v>48</v>
       </c>
       <c r="M79" s="36">
         <v>0.1</v>
       </c>
       <c r="N79" s="37" t="s">
         <v>48</v>
       </c>
       <c r="O79" s="37" t="s">
         <v>48</v>
       </c>
       <c r="P79" s="39">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q79" s="40" t="s">
         <v>48</v>
@@ -5436,9599 +5436,9599 @@
         <v>48</v>
       </c>
       <c r="T79" s="40" t="s">
         <v>48</v>
       </c>
       <c r="U79" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="80" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D80" s="32">
         <v>76.84</v>
       </c>
       <c r="E80" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F80" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G80" s="60">
+      <c r="G80" s="75">
         <v>79.8</v>
       </c>
-      <c r="H80" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I80" s="60" t="s">
+      <c r="H80" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I80" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J80" s="34">
         <v>0.7</v>
       </c>
       <c r="K80" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L80" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M80" s="34">
         <v>0.7</v>
       </c>
       <c r="N80" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O80" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P80" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="Q80" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R80" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S80" s="64">
+      <c r="S80" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="T80" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U80" s="64" t="s">
+      <c r="T80" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U80" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="81" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="3"/>
       <c r="C81" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="32">
         <v>76.81</v>
       </c>
       <c r="E81" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F81" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G81" s="60">
+      <c r="G81" s="75">
         <v>79.77</v>
       </c>
-      <c r="H81" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I81" s="60" t="s">
+      <c r="H81" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I81" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J81" s="34">
         <v>0</v>
       </c>
       <c r="K81" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L81" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M81" s="34">
         <v>0</v>
       </c>
       <c r="N81" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O81" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P81" s="38">
         <v>2</v>
       </c>
       <c r="Q81" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R81" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S81" s="64">
+      <c r="S81" s="79">
         <v>2.1</v>
       </c>
-      <c r="T81" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U81" s="64" t="s">
+      <c r="T81" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U81" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="82" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="3"/>
       <c r="C82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D82" s="32">
         <v>77.11</v>
       </c>
       <c r="E82" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F82" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G82" s="60">
+      <c r="G82" s="75">
         <v>80.08</v>
       </c>
-      <c r="H82" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I82" s="60" t="s">
+      <c r="H82" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I82" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J82" s="34">
         <v>0.4</v>
       </c>
       <c r="K82" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L82" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M82" s="34">
         <v>0.4</v>
       </c>
       <c r="N82" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O82" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P82" s="38">
         <v>2</v>
       </c>
       <c r="Q82" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R82" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S82" s="64">
+      <c r="S82" s="79">
         <v>2</v>
       </c>
-      <c r="T82" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U82" s="64" t="s">
+      <c r="T82" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U82" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="83" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="3"/>
       <c r="C83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D83" s="32">
         <v>77.37</v>
       </c>
       <c r="E83" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F83" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G83" s="60">
+      <c r="G83" s="75">
         <v>80.349999999999994</v>
       </c>
-      <c r="H83" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I83" s="60" t="s">
+      <c r="H83" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I83" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J83" s="34">
         <v>0.3</v>
       </c>
       <c r="K83" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L83" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M83" s="34">
         <v>0.3</v>
       </c>
       <c r="N83" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O83" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P83" s="38">
         <v>2.7</v>
       </c>
       <c r="Q83" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R83" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S83" s="64">
+      <c r="S83" s="79">
         <v>2.7</v>
       </c>
-      <c r="T83" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U83" s="64" t="s">
+      <c r="T83" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U83" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="84" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="5"/>
       <c r="C84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D84" s="32">
         <v>78.040000000000006</v>
       </c>
       <c r="E84" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F84" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G84" s="60">
+      <c r="G84" s="75">
         <v>81.040000000000006</v>
       </c>
-      <c r="H84" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I84" s="60" t="s">
+      <c r="H84" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I84" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J84" s="34">
         <v>0.9</v>
       </c>
       <c r="K84" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L84" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M84" s="34">
         <v>0.9</v>
       </c>
       <c r="N84" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O84" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P84" s="38">
         <v>2.9</v>
       </c>
       <c r="Q84" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R84" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S84" s="64">
+      <c r="S84" s="79">
         <v>2.9</v>
       </c>
-      <c r="T84" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U84" s="64" t="s">
+      <c r="T84" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U84" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="85" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="6"/>
       <c r="C85" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D85" s="32">
         <v>78.010000000000005</v>
       </c>
       <c r="E85" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F85" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G85" s="60">
+      <c r="G85" s="75">
         <v>81.02</v>
       </c>
-      <c r="H85" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I85" s="60" t="s">
+      <c r="H85" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I85" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J85" s="34">
         <v>0</v>
       </c>
       <c r="K85" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L85" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M85" s="34">
         <v>0</v>
       </c>
       <c r="N85" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O85" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P85" s="38">
         <v>2.8</v>
       </c>
       <c r="Q85" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R85" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S85" s="64">
+      <c r="S85" s="79">
         <v>2.8</v>
       </c>
-      <c r="T85" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U85" s="64" t="s">
+      <c r="T85" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U85" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="86" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="6"/>
       <c r="C86" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="32">
         <v>77.83</v>
       </c>
       <c r="E86" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F86" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G86" s="60">
+      <c r="G86" s="75">
         <v>80.819999999999993</v>
       </c>
-      <c r="H86" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I86" s="60" t="s">
+      <c r="H86" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I86" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J86" s="34">
         <v>-0.2</v>
       </c>
       <c r="K86" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L86" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M86" s="34">
         <v>-0.2</v>
       </c>
       <c r="N86" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O86" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P86" s="38">
         <v>1.9</v>
       </c>
       <c r="Q86" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R86" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S86" s="64">
+      <c r="S86" s="79">
         <v>1.9</v>
       </c>
-      <c r="T86" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U86" s="64" t="s">
+      <c r="T86" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U86" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="87" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="6"/>
       <c r="C87" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D87" s="32">
         <v>77.81</v>
       </c>
       <c r="E87" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F87" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G87" s="60">
+      <c r="G87" s="75">
         <v>80.52</v>
       </c>
-      <c r="H87" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I87" s="60" t="s">
+      <c r="H87" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I87" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J87" s="34">
         <v>0</v>
       </c>
       <c r="K87" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L87" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M87" s="34">
         <v>-0.4</v>
       </c>
       <c r="N87" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O87" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P87" s="38">
         <v>1.8</v>
       </c>
       <c r="Q87" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R87" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S87" s="64">
+      <c r="S87" s="79">
         <v>1.4</v>
       </c>
-      <c r="T87" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U87" s="64" t="s">
+      <c r="T87" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U87" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="88" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="6"/>
       <c r="C88" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D88" s="32">
         <v>77.31</v>
       </c>
       <c r="E88" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F88" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G88" s="60">
+      <c r="G88" s="75">
         <v>80</v>
       </c>
-      <c r="H88" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I88" s="60" t="s">
+      <c r="H88" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I88" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J88" s="34">
         <v>-0.6</v>
       </c>
       <c r="K88" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L88" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M88" s="34">
         <v>-0.6</v>
       </c>
       <c r="N88" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O88" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P88" s="38">
         <v>1.6</v>
       </c>
       <c r="Q88" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R88" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S88" s="64">
+      <c r="S88" s="79">
         <v>1.3</v>
       </c>
-      <c r="T88" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U88" s="64" t="s">
+      <c r="T88" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U88" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="89" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="6"/>
       <c r="C89" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D89" s="32">
         <v>77.540000000000006</v>
       </c>
       <c r="E89" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F89" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G89" s="60">
+      <c r="G89" s="75">
         <v>80.239999999999995</v>
       </c>
-      <c r="H89" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I89" s="60" t="s">
+      <c r="H89" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I89" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J89" s="34">
         <v>0.3</v>
       </c>
       <c r="K89" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L89" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M89" s="34">
         <v>0.3</v>
       </c>
       <c r="N89" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O89" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P89" s="38">
         <v>1.9</v>
       </c>
       <c r="Q89" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R89" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S89" s="64">
+      <c r="S89" s="79">
         <v>1.5</v>
       </c>
-      <c r="T89" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U89" s="64" t="s">
+      <c r="T89" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U89" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="90" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="6"/>
       <c r="C90" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D90" s="32">
         <v>77.650000000000006</v>
       </c>
       <c r="E90" s="32" t="s">
         <v>48</v>
       </c>
       <c r="F90" s="32" t="s">
         <v>48</v>
       </c>
-      <c r="G90" s="60">
+      <c r="G90" s="75">
         <v>80.349999999999994</v>
       </c>
-      <c r="H90" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I90" s="60" t="s">
+      <c r="H90" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I90" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J90" s="34">
         <v>0.1</v>
       </c>
       <c r="K90" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L90" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M90" s="34">
         <v>0.1</v>
       </c>
       <c r="N90" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O90" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P90" s="38">
         <v>1.8</v>
       </c>
       <c r="Q90" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R90" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S90" s="64">
+      <c r="S90" s="79">
         <v>1.5</v>
       </c>
-      <c r="T90" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U90" s="64" t="s">
+      <c r="T90" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U90" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="7"/>
       <c r="C91" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D91" s="35">
         <v>77.81</v>
       </c>
       <c r="E91" s="35" t="s">
         <v>48</v>
       </c>
       <c r="F91" s="35" t="s">
         <v>48</v>
       </c>
-      <c r="G91" s="61">
+      <c r="G91" s="76">
         <v>80.52</v>
       </c>
-      <c r="H91" s="61" t="s">
-[...2 lines deleted...]
-      <c r="I91" s="61" t="s">
+      <c r="H91" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="I91" s="76" t="s">
         <v>48</v>
       </c>
       <c r="J91" s="36">
         <v>0.2</v>
       </c>
       <c r="K91" s="37" t="s">
         <v>48</v>
       </c>
       <c r="L91" s="37" t="s">
         <v>48</v>
       </c>
       <c r="M91" s="36">
         <v>0.2</v>
       </c>
       <c r="N91" s="37" t="s">
         <v>48</v>
       </c>
       <c r="O91" s="37" t="s">
         <v>48</v>
       </c>
       <c r="P91" s="39">
         <v>2</v>
       </c>
       <c r="Q91" s="40" t="s">
         <v>48</v>
       </c>
       <c r="R91" s="40" t="s">
         <v>48</v>
       </c>
-      <c r="S91" s="63">
+      <c r="S91" s="78">
         <v>1.6</v>
       </c>
       <c r="T91" s="40" t="s">
         <v>48</v>
       </c>
       <c r="U91" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="92" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C92" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D92" s="32">
         <v>77.91</v>
       </c>
       <c r="E92" s="32">
         <v>78.23</v>
       </c>
       <c r="F92" s="32">
         <v>78.430000000000007</v>
       </c>
-      <c r="G92" s="60">
+      <c r="G92" s="75">
         <v>80.62</v>
       </c>
-      <c r="H92" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I92" s="60" t="s">
+      <c r="H92" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I92" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J92" s="34">
         <v>0.1</v>
       </c>
       <c r="K92" s="34" t="s">
         <v>48</v>
       </c>
       <c r="L92" s="34" t="s">
         <v>48</v>
       </c>
       <c r="M92" s="34">
         <v>0.1</v>
       </c>
       <c r="N92" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O92" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P92" s="38">
         <v>1.4</v>
       </c>
       <c r="Q92" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R92" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S92" s="64">
+      <c r="S92" s="79">
         <v>1</v>
       </c>
-      <c r="T92" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U92" s="64" t="s">
+      <c r="T92" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U92" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="93" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="3"/>
       <c r="C93" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D93" s="32">
         <v>78.569999999999993</v>
       </c>
       <c r="E93" s="32">
         <v>78.98</v>
       </c>
       <c r="F93" s="32">
         <v>78.680000000000007</v>
       </c>
-      <c r="G93" s="60">
+      <c r="G93" s="75">
         <v>81.3</v>
       </c>
-      <c r="H93" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I93" s="60" t="s">
+      <c r="H93" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I93" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J93" s="34">
         <v>0.8</v>
       </c>
       <c r="K93" s="34">
         <v>1</v>
       </c>
       <c r="L93" s="34">
         <v>0.3</v>
       </c>
       <c r="M93" s="34">
         <v>0.8</v>
       </c>
       <c r="N93" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O93" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P93" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="Q93" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R93" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S93" s="64">
+      <c r="S93" s="79">
         <v>1.9</v>
       </c>
-      <c r="T93" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U93" s="64" t="s">
+      <c r="T93" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U93" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="94" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="3"/>
       <c r="C94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D94" s="32">
         <v>79.13</v>
       </c>
       <c r="E94" s="32">
         <v>79.650000000000006</v>
       </c>
       <c r="F94" s="32">
         <v>78.849999999999994</v>
       </c>
-      <c r="G94" s="60">
+      <c r="G94" s="75">
         <v>81.88</v>
       </c>
-      <c r="H94" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I94" s="60" t="s">
+      <c r="H94" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I94" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J94" s="34">
         <v>0.7</v>
       </c>
       <c r="K94" s="34">
         <v>0.8</v>
       </c>
       <c r="L94" s="34">
         <v>0.2</v>
       </c>
       <c r="M94" s="34">
         <v>0.7</v>
       </c>
       <c r="N94" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O94" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P94" s="38">
         <v>2.6</v>
       </c>
       <c r="Q94" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R94" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S94" s="64">
+      <c r="S94" s="79">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T94" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U94" s="64" t="s">
+      <c r="T94" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U94" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="95" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="3"/>
       <c r="C95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D95" s="32">
         <v>79.67</v>
       </c>
       <c r="E95" s="32">
         <v>80.16</v>
       </c>
       <c r="F95" s="32">
         <v>79.39</v>
       </c>
-      <c r="G95" s="60">
+      <c r="G95" s="75">
         <v>82.44</v>
       </c>
-      <c r="H95" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I95" s="60" t="s">
+      <c r="H95" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I95" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J95" s="34">
         <v>0.7</v>
       </c>
       <c r="K95" s="34">
         <v>0.6</v>
       </c>
       <c r="L95" s="34">
         <v>0.7</v>
       </c>
       <c r="M95" s="34">
         <v>0.7</v>
       </c>
       <c r="N95" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O95" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P95" s="38">
         <v>3</v>
       </c>
       <c r="Q95" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R95" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S95" s="64">
+      <c r="S95" s="79">
         <v>2.6</v>
       </c>
-      <c r="T95" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U95" s="64" t="s">
+      <c r="T95" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U95" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="96" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="5"/>
       <c r="C96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D96" s="32">
         <v>79.790000000000006</v>
       </c>
       <c r="E96" s="32">
         <v>80.2</v>
       </c>
       <c r="F96" s="32">
         <v>79.760000000000005</v>
       </c>
-      <c r="G96" s="60">
+      <c r="G96" s="75">
         <v>82.57</v>
       </c>
-      <c r="H96" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I96" s="60" t="s">
+      <c r="H96" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I96" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J96" s="34">
         <v>0.2</v>
       </c>
       <c r="K96" s="34">
         <v>0</v>
       </c>
       <c r="L96" s="34">
         <v>0.5</v>
       </c>
       <c r="M96" s="34">
         <v>0.2</v>
       </c>
       <c r="N96" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O96" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P96" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q96" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R96" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S96" s="64">
+      <c r="S96" s="79">
         <v>1.9</v>
       </c>
-      <c r="T96" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U96" s="64" t="s">
+      <c r="T96" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U96" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="97" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B97" s="6"/>
       <c r="C97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D97" s="32">
         <v>80.09</v>
       </c>
       <c r="E97" s="32">
         <v>80.23</v>
       </c>
       <c r="F97" s="32">
         <v>80.849999999999994</v>
       </c>
-      <c r="G97" s="60">
+      <c r="G97" s="75">
         <v>82.88</v>
       </c>
-      <c r="H97" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I97" s="60" t="s">
+      <c r="H97" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I97" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J97" s="34">
         <v>0.4</v>
       </c>
       <c r="K97" s="34">
         <v>0</v>
       </c>
       <c r="L97" s="34">
         <v>1.4</v>
       </c>
       <c r="M97" s="34">
         <v>0.4</v>
       </c>
       <c r="N97" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O97" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P97" s="38">
         <v>2.7</v>
       </c>
       <c r="Q97" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R97" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S97" s="64">
+      <c r="S97" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="T97" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U97" s="64" t="s">
+      <c r="T97" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U97" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="98" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B98" s="6"/>
       <c r="C98" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D98" s="32">
         <v>80.23</v>
       </c>
       <c r="E98" s="32">
         <v>79.849999999999994</v>
       </c>
       <c r="F98" s="32">
         <v>82.47</v>
       </c>
-      <c r="G98" s="60">
+      <c r="G98" s="75">
         <v>83.02</v>
       </c>
-      <c r="H98" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I98" s="60" t="s">
+      <c r="H98" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I98" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J98" s="34">
         <v>0.2</v>
       </c>
       <c r="K98" s="34">
         <v>-0.5</v>
       </c>
       <c r="L98" s="34">
         <v>2</v>
       </c>
       <c r="M98" s="34">
         <v>0.2</v>
       </c>
       <c r="N98" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O98" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P98" s="38">
         <v>3.1</v>
       </c>
       <c r="Q98" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R98" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S98" s="64">
+      <c r="S98" s="79">
         <v>2.7</v>
       </c>
-      <c r="T98" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U98" s="64" t="s">
+      <c r="T98" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U98" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="99" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B99" s="6"/>
       <c r="C99" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D99" s="32">
         <v>80.239999999999995</v>
       </c>
       <c r="E99" s="32">
         <v>79.819999999999993</v>
       </c>
       <c r="F99" s="32">
         <v>82.58</v>
       </c>
-      <c r="G99" s="60">
+      <c r="G99" s="75">
         <v>83.03</v>
       </c>
-      <c r="H99" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I99" s="60" t="s">
+      <c r="H99" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I99" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J99" s="34">
         <v>0</v>
       </c>
       <c r="K99" s="34">
         <v>0</v>
       </c>
       <c r="L99" s="34">
         <v>0.1</v>
       </c>
       <c r="M99" s="34">
         <v>0</v>
       </c>
       <c r="N99" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O99" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P99" s="38">
         <v>3.1</v>
       </c>
       <c r="Q99" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R99" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S99" s="64">
+      <c r="S99" s="79">
         <v>3.1</v>
       </c>
-      <c r="T99" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U99" s="64" t="s">
+      <c r="T99" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U99" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="100" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B100" s="6"/>
       <c r="C100" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D100" s="32">
         <v>80.209999999999994</v>
       </c>
       <c r="E100" s="32">
         <v>80.489999999999995</v>
       </c>
       <c r="F100" s="32">
         <v>80.52</v>
       </c>
-      <c r="G100" s="60">
+      <c r="G100" s="75">
         <v>83</v>
       </c>
-      <c r="H100" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I100" s="60" t="s">
+      <c r="H100" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I100" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J100" s="34">
         <v>0</v>
       </c>
       <c r="K100" s="34">
         <v>0.8</v>
       </c>
       <c r="L100" s="34">
         <v>-2.5</v>
       </c>
       <c r="M100" s="34">
         <v>0</v>
       </c>
       <c r="N100" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O100" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P100" s="38">
         <v>3.8</v>
       </c>
       <c r="Q100" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R100" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S100" s="64">
+      <c r="S100" s="79">
         <v>3.8</v>
       </c>
-      <c r="T100" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U100" s="64" t="s">
+      <c r="T100" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U100" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B101" s="6"/>
       <c r="C101" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D101" s="32">
         <v>80.569999999999993</v>
       </c>
       <c r="E101" s="32">
         <v>80.900000000000006</v>
       </c>
       <c r="F101" s="32">
         <v>80.739999999999995</v>
       </c>
-      <c r="G101" s="60">
+      <c r="G101" s="75">
         <v>83.37</v>
       </c>
-      <c r="H101" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I101" s="60" t="s">
+      <c r="H101" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I101" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J101" s="34">
         <v>0.4</v>
       </c>
       <c r="K101" s="34">
         <v>0.5</v>
       </c>
       <c r="L101" s="34">
         <v>0.3</v>
       </c>
       <c r="M101" s="34">
         <v>0.4</v>
       </c>
       <c r="N101" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O101" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P101" s="38">
         <v>3.9</v>
       </c>
       <c r="Q101" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R101" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S101" s="64">
+      <c r="S101" s="79">
         <v>3.9</v>
       </c>
-      <c r="T101" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U101" s="64" t="s">
+      <c r="T101" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U101" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="102" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B102" s="6"/>
       <c r="C102" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D102" s="32">
         <v>80.67</v>
       </c>
       <c r="E102" s="32">
         <v>80.91</v>
       </c>
       <c r="F102" s="32">
         <v>81.22</v>
       </c>
-      <c r="G102" s="60">
+      <c r="G102" s="75">
         <v>83.47</v>
       </c>
-      <c r="H102" s="60" t="s">
-[...2 lines deleted...]
-      <c r="I102" s="60" t="s">
+      <c r="H102" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="I102" s="75" t="s">
         <v>48</v>
       </c>
       <c r="J102" s="34">
         <v>0.1</v>
       </c>
       <c r="K102" s="34">
         <v>0</v>
       </c>
       <c r="L102" s="34">
         <v>0.6</v>
       </c>
       <c r="M102" s="34">
         <v>0.1</v>
       </c>
       <c r="N102" s="34" t="s">
         <v>48</v>
       </c>
       <c r="O102" s="34" t="s">
         <v>48</v>
       </c>
       <c r="P102" s="38">
         <v>3.9</v>
       </c>
       <c r="Q102" s="38" t="s">
         <v>48</v>
       </c>
       <c r="R102" s="38" t="s">
         <v>48</v>
       </c>
-      <c r="S102" s="64">
+      <c r="S102" s="79">
         <v>3.9</v>
       </c>
-      <c r="T102" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U102" s="64" t="s">
+      <c r="T102" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U102" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="103" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B103" s="7"/>
       <c r="C103" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D103" s="35">
         <v>80.91</v>
       </c>
       <c r="E103" s="35">
         <v>81.099999999999994</v>
       </c>
       <c r="F103" s="35">
         <v>81.62</v>
       </c>
-      <c r="G103" s="61">
+      <c r="G103" s="76">
         <v>83.73</v>
       </c>
-      <c r="H103" s="61">
+      <c r="H103" s="76">
         <v>85.22</v>
       </c>
-      <c r="I103" s="61">
+      <c r="I103" s="76">
         <v>81.16</v>
       </c>
       <c r="J103" s="36">
         <v>0.3</v>
       </c>
       <c r="K103" s="36">
         <v>0.2</v>
       </c>
       <c r="L103" s="36">
         <v>0.5</v>
       </c>
       <c r="M103" s="36">
         <v>0.3</v>
       </c>
       <c r="N103" s="37" t="s">
         <v>48</v>
       </c>
       <c r="O103" s="37" t="s">
         <v>48</v>
       </c>
       <c r="P103" s="39">
         <v>4</v>
       </c>
       <c r="Q103" s="40" t="s">
         <v>48</v>
       </c>
       <c r="R103" s="40" t="s">
         <v>48</v>
       </c>
-      <c r="S103" s="63">
+      <c r="S103" s="78">
         <v>4</v>
       </c>
       <c r="T103" s="40" t="s">
         <v>48</v>
       </c>
       <c r="U103" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="104" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B104" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D104" s="32">
         <v>81.23</v>
       </c>
       <c r="E104" s="32">
         <v>81.430000000000007</v>
       </c>
       <c r="F104" s="32">
         <v>81.88</v>
       </c>
-      <c r="G104" s="60">
+      <c r="G104" s="75">
         <v>84.25</v>
       </c>
-      <c r="H104" s="60">
+      <c r="H104" s="75">
         <v>85.57</v>
       </c>
-      <c r="I104" s="60">
+      <c r="I104" s="75">
         <v>82.23</v>
       </c>
       <c r="J104" s="34">
         <v>0.4</v>
       </c>
       <c r="K104" s="34">
         <v>0.4</v>
       </c>
       <c r="L104" s="34">
         <v>0.3</v>
       </c>
       <c r="M104" s="34">
         <v>0.6</v>
       </c>
       <c r="N104" s="34">
         <v>0.4</v>
       </c>
       <c r="O104" s="34">
         <v>1.3</v>
       </c>
       <c r="P104" s="38">
         <v>4.3</v>
       </c>
       <c r="Q104" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="R104" s="38">
         <v>4.4000000000000004</v>
       </c>
-      <c r="S104" s="64">
+      <c r="S104" s="79">
         <v>4.5</v>
       </c>
-      <c r="T104" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U104" s="64" t="s">
+      <c r="T104" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U104" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="105" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B105" s="3"/>
       <c r="C105" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D105" s="32">
         <v>81.790000000000006</v>
       </c>
       <c r="E105" s="32">
         <v>81.96</v>
       </c>
       <c r="F105" s="32">
         <v>82.55</v>
       </c>
-      <c r="G105" s="60">
+      <c r="G105" s="75">
         <v>84.83</v>
       </c>
-      <c r="H105" s="60">
+      <c r="H105" s="75">
         <v>86.13</v>
       </c>
-      <c r="I105" s="60">
+      <c r="I105" s="75">
         <v>82.89</v>
       </c>
       <c r="J105" s="34">
         <v>0.7</v>
       </c>
       <c r="K105" s="34">
         <v>0.7</v>
       </c>
       <c r="L105" s="34">
         <v>0.8</v>
       </c>
       <c r="M105" s="34">
         <v>0.7</v>
       </c>
       <c r="N105" s="34">
         <v>0.7</v>
       </c>
       <c r="O105" s="34">
         <v>0.8</v>
       </c>
       <c r="P105" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="Q105" s="38">
         <v>3.8</v>
       </c>
       <c r="R105" s="38">
         <v>4.9000000000000004</v>
       </c>
-      <c r="S105" s="64">
+      <c r="S105" s="79">
         <v>4.3</v>
       </c>
-      <c r="T105" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U105" s="64" t="s">
+      <c r="T105" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U105" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="106" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B106" s="3"/>
       <c r="C106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D106" s="32">
         <v>82.04</v>
       </c>
       <c r="E106" s="32">
         <v>82.29</v>
       </c>
       <c r="F106" s="32">
         <v>82.56</v>
       </c>
-      <c r="G106" s="60">
+      <c r="G106" s="75">
         <v>85.08</v>
       </c>
-      <c r="H106" s="60">
+      <c r="H106" s="75">
         <v>86.47</v>
       </c>
-      <c r="I106" s="60">
+      <c r="I106" s="75">
         <v>82.88</v>
       </c>
       <c r="J106" s="34">
         <v>0.3</v>
       </c>
       <c r="K106" s="34">
         <v>0.4</v>
       </c>
       <c r="L106" s="34">
         <v>0</v>
       </c>
       <c r="M106" s="34">
         <v>0.3</v>
       </c>
       <c r="N106" s="34">
         <v>0.4</v>
       </c>
       <c r="O106" s="34">
         <v>0</v>
       </c>
       <c r="P106" s="38">
         <v>3.7</v>
       </c>
       <c r="Q106" s="38">
         <v>3.3</v>
       </c>
       <c r="R106" s="38">
         <v>4.7</v>
       </c>
-      <c r="S106" s="64">
+      <c r="S106" s="79">
         <v>3.9</v>
       </c>
-      <c r="T106" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U106" s="64" t="s">
+      <c r="T106" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U106" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="107" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B107" s="3"/>
       <c r="C107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D107" s="32">
         <v>82.57</v>
       </c>
       <c r="E107" s="32">
         <v>82.99</v>
       </c>
       <c r="F107" s="32">
         <v>82.55</v>
       </c>
-      <c r="G107" s="60">
+      <c r="G107" s="75">
         <v>85.63</v>
       </c>
-      <c r="H107" s="60">
+      <c r="H107" s="75">
         <v>87.2</v>
       </c>
-      <c r="I107" s="60">
+      <c r="I107" s="75">
         <v>82.89</v>
       </c>
       <c r="J107" s="34">
         <v>0.6</v>
       </c>
       <c r="K107" s="34">
         <v>0.9</v>
       </c>
       <c r="L107" s="34">
         <v>0</v>
       </c>
       <c r="M107" s="34">
         <v>0.6</v>
       </c>
       <c r="N107" s="34">
         <v>0.8</v>
       </c>
       <c r="O107" s="34">
         <v>0</v>
       </c>
       <c r="P107" s="38">
         <v>3.6</v>
       </c>
       <c r="Q107" s="38">
         <v>3.5</v>
       </c>
       <c r="R107" s="38">
         <v>4</v>
       </c>
-      <c r="S107" s="64">
+      <c r="S107" s="79">
         <v>3.9</v>
       </c>
-      <c r="T107" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U107" s="64" t="s">
+      <c r="T107" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U107" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="108" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="5"/>
       <c r="C108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D108" s="32">
         <v>83.07</v>
       </c>
       <c r="E108" s="32">
         <v>83.49</v>
       </c>
       <c r="F108" s="32">
         <v>83.07</v>
       </c>
-      <c r="G108" s="60">
+      <c r="G108" s="75">
         <v>86.16</v>
       </c>
-      <c r="H108" s="60">
+      <c r="H108" s="75">
         <v>87.73</v>
       </c>
-      <c r="I108" s="60">
+      <c r="I108" s="75">
         <v>83.43</v>
       </c>
       <c r="J108" s="34">
         <v>0.6</v>
       </c>
       <c r="K108" s="34">
         <v>0.6</v>
       </c>
       <c r="L108" s="34">
         <v>0.6</v>
       </c>
       <c r="M108" s="34">
         <v>0.6</v>
       </c>
       <c r="N108" s="34">
         <v>0.6</v>
       </c>
       <c r="O108" s="34">
         <v>0.7</v>
       </c>
       <c r="P108" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="Q108" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="R108" s="38">
         <v>4.0999999999999996</v>
       </c>
-      <c r="S108" s="64">
+      <c r="S108" s="79">
         <v>4.3</v>
       </c>
-      <c r="T108" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U108" s="64" t="s">
+      <c r="T108" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U108" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="109" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B109" s="6"/>
       <c r="C109" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D109" s="32">
         <v>83.37</v>
       </c>
       <c r="E109" s="32">
         <v>83.45</v>
       </c>
       <c r="F109" s="32">
         <v>84.47</v>
       </c>
-      <c r="G109" s="60">
+      <c r="G109" s="75">
         <v>86.5</v>
       </c>
-      <c r="H109" s="60">
+      <c r="H109" s="75">
         <v>87.69</v>
       </c>
-      <c r="I109" s="60">
+      <c r="I109" s="75">
         <v>84.95</v>
       </c>
       <c r="J109" s="34">
         <v>0.4</v>
       </c>
       <c r="K109" s="34">
         <v>0</v>
       </c>
       <c r="L109" s="34">
         <v>1.7</v>
       </c>
       <c r="M109" s="34">
         <v>0.4</v>
       </c>
       <c r="N109" s="34">
         <v>0</v>
       </c>
       <c r="O109" s="34">
         <v>1.8</v>
       </c>
       <c r="P109" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="Q109" s="38">
         <v>4</v>
       </c>
       <c r="R109" s="38">
         <v>4.5</v>
       </c>
-      <c r="S109" s="64">
+      <c r="S109" s="79">
         <v>4.4000000000000004</v>
       </c>
-      <c r="T109" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U109" s="64" t="s">
+      <c r="T109" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U109" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="110" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B110" s="6"/>
       <c r="C110" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D110" s="32">
         <v>82.74</v>
       </c>
       <c r="E110" s="32">
         <v>82.19</v>
       </c>
       <c r="F110" s="32">
         <v>85.9</v>
       </c>
-      <c r="G110" s="60">
+      <c r="G110" s="75">
         <v>85.88</v>
       </c>
-      <c r="H110" s="60">
+      <c r="H110" s="75">
         <v>86.36</v>
       </c>
-      <c r="I110" s="60">
+      <c r="I110" s="75">
         <v>86.49</v>
       </c>
       <c r="J110" s="34">
         <v>-0.8</v>
       </c>
       <c r="K110" s="34">
         <v>-1.5</v>
       </c>
       <c r="L110" s="34">
         <v>1.7</v>
       </c>
       <c r="M110" s="34">
         <v>-0.7</v>
       </c>
       <c r="N110" s="34">
         <v>-1.5</v>
       </c>
       <c r="O110" s="34">
         <v>1.8</v>
       </c>
       <c r="P110" s="38">
         <v>3.1</v>
       </c>
       <c r="Q110" s="38">
         <v>2.9</v>
       </c>
       <c r="R110" s="38">
         <v>4.2</v>
       </c>
-      <c r="S110" s="64">
+      <c r="S110" s="79">
         <v>3.4</v>
       </c>
-      <c r="T110" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U110" s="64" t="s">
+      <c r="T110" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U110" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="111" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B111" s="6"/>
       <c r="C111" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D111" s="32">
         <v>82.77</v>
       </c>
       <c r="E111" s="32">
         <v>82.1</v>
       </c>
       <c r="F111" s="32">
         <v>86.28</v>
       </c>
-      <c r="G111" s="60">
+      <c r="G111" s="75">
         <v>85.91</v>
       </c>
-      <c r="H111" s="60">
+      <c r="H111" s="75">
         <v>86.27</v>
       </c>
-      <c r="I111" s="60">
+      <c r="I111" s="75">
         <v>86.88</v>
       </c>
       <c r="J111" s="34">
         <v>0</v>
       </c>
       <c r="K111" s="34">
         <v>-0.1</v>
       </c>
       <c r="L111" s="34">
         <v>0.4</v>
       </c>
       <c r="M111" s="34">
         <v>0</v>
       </c>
       <c r="N111" s="34">
         <v>-0.1</v>
       </c>
       <c r="O111" s="34">
         <v>0.5</v>
       </c>
       <c r="P111" s="38">
         <v>3.2</v>
       </c>
       <c r="Q111" s="38">
         <v>2.9</v>
       </c>
       <c r="R111" s="38">
         <v>4.5</v>
       </c>
-      <c r="S111" s="64">
+      <c r="S111" s="79">
         <v>3.5</v>
       </c>
-      <c r="T111" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U111" s="64" t="s">
+      <c r="T111" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U111" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="112" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B112" s="6"/>
       <c r="C112" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D112" s="32">
         <v>82.38</v>
       </c>
       <c r="E112" s="32">
         <v>82.27</v>
       </c>
       <c r="F112" s="32">
         <v>84.08</v>
       </c>
-      <c r="G112" s="60">
+      <c r="G112" s="75">
         <v>85.46</v>
       </c>
-      <c r="H112" s="60">
+      <c r="H112" s="75">
         <v>86.45</v>
       </c>
-      <c r="I112" s="60">
+      <c r="I112" s="75">
         <v>84.46</v>
       </c>
       <c r="J112" s="34">
         <v>-0.5</v>
       </c>
       <c r="K112" s="34">
         <v>0.2</v>
       </c>
       <c r="L112" s="34">
         <v>-2.5</v>
       </c>
       <c r="M112" s="34">
         <v>-0.5</v>
       </c>
       <c r="N112" s="34">
         <v>0.2</v>
       </c>
       <c r="O112" s="34">
         <v>-2.8</v>
       </c>
       <c r="P112" s="38">
         <v>2.7</v>
       </c>
       <c r="Q112" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="R112" s="38">
         <v>4.4000000000000004</v>
       </c>
-      <c r="S112" s="64">
+      <c r="S112" s="79">
         <v>3</v>
       </c>
-      <c r="T112" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U112" s="64" t="s">
+      <c r="T112" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U112" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="113" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B113" s="6"/>
       <c r="C113" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D113" s="32">
         <v>82.31</v>
       </c>
       <c r="E113" s="32">
         <v>82.32</v>
       </c>
       <c r="F113" s="32">
         <v>83.62</v>
       </c>
-      <c r="G113" s="60">
+      <c r="G113" s="75">
         <v>85.37</v>
       </c>
-      <c r="H113" s="60">
+      <c r="H113" s="75">
         <v>86.5</v>
       </c>
-      <c r="I113" s="60">
+      <c r="I113" s="75">
         <v>83.97</v>
       </c>
       <c r="J113" s="34">
         <v>-0.1</v>
       </c>
       <c r="K113" s="34">
         <v>0.1</v>
       </c>
       <c r="L113" s="34">
         <v>-0.5</v>
       </c>
       <c r="M113" s="34">
         <v>-0.1</v>
       </c>
       <c r="N113" s="34">
         <v>0.1</v>
       </c>
       <c r="O113" s="34">
         <v>-0.6</v>
       </c>
       <c r="P113" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q113" s="38">
         <v>1.8</v>
       </c>
       <c r="R113" s="38">
         <v>3.6</v>
       </c>
-      <c r="S113" s="64">
+      <c r="S113" s="79">
         <v>2.4</v>
       </c>
-      <c r="T113" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U113" s="64" t="s">
+      <c r="T113" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U113" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="114" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B114" s="6"/>
       <c r="C114" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D114" s="32">
         <v>82.6</v>
       </c>
       <c r="E114" s="32">
         <v>82.68</v>
       </c>
       <c r="F114" s="32">
         <v>83.71</v>
       </c>
-      <c r="G114" s="60">
+      <c r="G114" s="75">
         <v>85.67</v>
       </c>
-      <c r="H114" s="60">
+      <c r="H114" s="75">
         <v>86.88</v>
       </c>
-      <c r="I114" s="60">
+      <c r="I114" s="75">
         <v>84.05</v>
       </c>
       <c r="J114" s="34">
         <v>0.4</v>
       </c>
       <c r="K114" s="34">
         <v>0.4</v>
       </c>
       <c r="L114" s="34">
         <v>0.1</v>
       </c>
       <c r="M114" s="34">
         <v>0.4</v>
       </c>
       <c r="N114" s="34">
         <v>0.4</v>
       </c>
       <c r="O114" s="34">
         <v>0.1</v>
       </c>
       <c r="P114" s="38">
         <v>2.4</v>
       </c>
       <c r="Q114" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="R114" s="38">
         <v>3.1</v>
       </c>
-      <c r="S114" s="64">
+      <c r="S114" s="79">
         <v>2.6</v>
       </c>
-      <c r="T114" s="64" t="s">
-[...2 lines deleted...]
-      <c r="U114" s="64" t="s">
+      <c r="T114" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="U114" s="79" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="115" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B115" s="7"/>
       <c r="C115" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D115" s="35">
         <v>82.62</v>
       </c>
       <c r="E115" s="35">
         <v>82.65</v>
       </c>
       <c r="F115" s="35">
         <v>83.9</v>
       </c>
-      <c r="G115" s="61">
+      <c r="G115" s="76">
         <v>85.7</v>
       </c>
-      <c r="H115" s="61">
+      <c r="H115" s="76">
         <v>86.84</v>
       </c>
-      <c r="I115" s="61">
+      <c r="I115" s="76">
         <v>84.25</v>
       </c>
       <c r="J115" s="36">
         <v>0</v>
       </c>
       <c r="K115" s="36">
         <v>0</v>
       </c>
       <c r="L115" s="36">
         <v>0.2</v>
       </c>
       <c r="M115" s="36">
         <v>0</v>
       </c>
       <c r="N115" s="36">
         <v>0</v>
       </c>
       <c r="O115" s="36">
         <v>0.2</v>
       </c>
       <c r="P115" s="39">
         <v>2.1</v>
       </c>
       <c r="Q115" s="39">
         <v>1.9</v>
       </c>
       <c r="R115" s="39">
         <v>2.8</v>
       </c>
-      <c r="S115" s="63">
+      <c r="S115" s="78">
         <v>2.4</v>
       </c>
-      <c r="T115" s="63">
+      <c r="T115" s="78">
         <v>1.9</v>
       </c>
-      <c r="U115" s="63">
+      <c r="U115" s="78">
         <v>3.8</v>
       </c>
     </row>
     <row r="116" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B116" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C116" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D116" s="32">
         <v>82.81</v>
       </c>
       <c r="E116" s="32">
         <v>82.76</v>
       </c>
       <c r="F116" s="32">
         <v>84.34</v>
       </c>
-      <c r="G116" s="60">
+      <c r="G116" s="75">
         <v>85.9</v>
       </c>
-      <c r="H116" s="60">
+      <c r="H116" s="75">
         <v>86.97</v>
       </c>
-      <c r="I116" s="60">
+      <c r="I116" s="75">
         <v>84.69</v>
       </c>
       <c r="J116" s="34">
         <v>0.2</v>
       </c>
       <c r="K116" s="34">
         <v>0.1</v>
       </c>
       <c r="L116" s="34">
         <v>0.5</v>
       </c>
       <c r="M116" s="34">
         <v>0.2</v>
       </c>
       <c r="N116" s="34">
         <v>0.1</v>
       </c>
       <c r="O116" s="34">
         <v>0.5</v>
       </c>
       <c r="P116" s="38">
         <v>1.9</v>
       </c>
       <c r="Q116" s="38">
         <v>1.6</v>
       </c>
       <c r="R116" s="38">
         <v>3</v>
       </c>
-      <c r="S116" s="64">
+      <c r="S116" s="79">
         <v>2</v>
       </c>
-      <c r="T116" s="64">
+      <c r="T116" s="79">
         <v>1.6</v>
       </c>
-      <c r="U116" s="64">
+      <c r="U116" s="79">
         <v>3</v>
       </c>
     </row>
     <row r="117" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B117" s="3"/>
       <c r="C117" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D117" s="32">
         <v>83.03</v>
       </c>
       <c r="E117" s="32">
         <v>82.92</v>
       </c>
       <c r="F117" s="32">
         <v>84.74</v>
       </c>
-      <c r="G117" s="60">
+      <c r="G117" s="75">
         <v>86.12</v>
       </c>
-      <c r="H117" s="60">
+      <c r="H117" s="75">
         <v>87.13</v>
       </c>
-      <c r="I117" s="60">
+      <c r="I117" s="75">
         <v>85.1</v>
       </c>
       <c r="J117" s="34">
         <v>0.3</v>
       </c>
       <c r="K117" s="34">
         <v>0.2</v>
       </c>
       <c r="L117" s="34">
         <v>0.5</v>
       </c>
       <c r="M117" s="34">
         <v>0.3</v>
       </c>
       <c r="N117" s="34">
         <v>0.2</v>
       </c>
       <c r="O117" s="34">
         <v>0.5</v>
       </c>
       <c r="P117" s="38">
         <v>1.5</v>
       </c>
       <c r="Q117" s="38">
         <v>1.2</v>
       </c>
       <c r="R117" s="38">
         <v>2.7</v>
       </c>
-      <c r="S117" s="64">
+      <c r="S117" s="79">
         <v>1.5</v>
       </c>
-      <c r="T117" s="64">
+      <c r="T117" s="79">
         <v>1.2</v>
       </c>
-      <c r="U117" s="64">
+      <c r="U117" s="79">
         <v>2.7</v>
       </c>
     </row>
     <row r="118" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B118" s="3"/>
       <c r="C118" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D118" s="32">
         <v>83.65</v>
       </c>
       <c r="E118" s="32">
         <v>83.68</v>
       </c>
       <c r="F118" s="32">
         <v>84.93</v>
       </c>
-      <c r="G118" s="60">
+      <c r="G118" s="75">
         <v>86.77</v>
       </c>
-      <c r="H118" s="60">
+      <c r="H118" s="75">
         <v>87.93</v>
       </c>
-      <c r="I118" s="60">
+      <c r="I118" s="75">
         <v>85.29</v>
       </c>
       <c r="J118" s="34">
         <v>0.7</v>
       </c>
       <c r="K118" s="34">
         <v>0.9</v>
       </c>
       <c r="L118" s="34">
         <v>0.2</v>
       </c>
       <c r="M118" s="34">
         <v>0.8</v>
       </c>
       <c r="N118" s="34">
         <v>0.9</v>
       </c>
       <c r="O118" s="34">
         <v>0.2</v>
       </c>
       <c r="P118" s="38">
         <v>2</v>
       </c>
       <c r="Q118" s="38">
         <v>1.7</v>
       </c>
       <c r="R118" s="38">
         <v>2.9</v>
       </c>
-      <c r="S118" s="64">
+      <c r="S118" s="79">
         <v>2</v>
       </c>
-      <c r="T118" s="64">
+      <c r="T118" s="79">
         <v>1.7</v>
       </c>
-      <c r="U118" s="64">
+      <c r="U118" s="79">
         <v>2.9</v>
       </c>
     </row>
     <row r="119" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B119" s="3"/>
       <c r="C119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D119" s="32">
         <v>84.25</v>
       </c>
       <c r="E119" s="32">
         <v>84.46</v>
       </c>
       <c r="F119" s="32">
         <v>84.96</v>
       </c>
-      <c r="G119" s="60">
+      <c r="G119" s="75">
         <v>87.39</v>
       </c>
-      <c r="H119" s="60">
+      <c r="H119" s="75">
         <v>88.75</v>
       </c>
-      <c r="I119" s="60">
+      <c r="I119" s="75">
         <v>85.31</v>
       </c>
       <c r="J119" s="34">
         <v>0.7</v>
       </c>
       <c r="K119" s="34">
         <v>0.9</v>
       </c>
       <c r="L119" s="34">
         <v>0</v>
       </c>
       <c r="M119" s="34">
         <v>0.7</v>
       </c>
       <c r="N119" s="34">
         <v>0.9</v>
       </c>
       <c r="O119" s="34">
         <v>0</v>
       </c>
       <c r="P119" s="38">
         <v>2</v>
       </c>
       <c r="Q119" s="38">
         <v>1.8</v>
       </c>
       <c r="R119" s="38">
         <v>2.9</v>
       </c>
-      <c r="S119" s="64">
+      <c r="S119" s="79">
         <v>2.1</v>
       </c>
-      <c r="T119" s="64">
+      <c r="T119" s="79">
         <v>1.8</v>
       </c>
-      <c r="U119" s="64">
+      <c r="U119" s="79">
         <v>2.9</v>
       </c>
     </row>
     <row r="120" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B120" s="5"/>
       <c r="C120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D120" s="32">
         <v>84.7</v>
       </c>
       <c r="E120" s="32">
         <v>84.93</v>
       </c>
       <c r="F120" s="32">
         <v>85.31</v>
       </c>
-      <c r="G120" s="60">
+      <c r="G120" s="75">
         <v>87.95</v>
       </c>
-      <c r="H120" s="60">
+      <c r="H120" s="75">
         <v>89.38</v>
       </c>
-      <c r="I120" s="60">
+      <c r="I120" s="75">
         <v>85.67</v>
       </c>
       <c r="J120" s="34">
         <v>0.5</v>
       </c>
       <c r="K120" s="34">
         <v>0.6</v>
       </c>
       <c r="L120" s="34">
         <v>0.4</v>
       </c>
       <c r="M120" s="34">
         <v>0.6</v>
       </c>
       <c r="N120" s="34">
         <v>0.7</v>
       </c>
       <c r="O120" s="34">
         <v>0.4</v>
       </c>
       <c r="P120" s="38">
         <v>2</v>
       </c>
       <c r="Q120" s="38">
         <v>1.7</v>
       </c>
       <c r="R120" s="38">
         <v>2.7</v>
       </c>
-      <c r="S120" s="64">
+      <c r="S120" s="79">
         <v>2.1</v>
       </c>
-      <c r="T120" s="64">
+      <c r="T120" s="79">
         <v>1.9</v>
       </c>
-      <c r="U120" s="64">
+      <c r="U120" s="79">
         <v>2.7</v>
       </c>
     </row>
     <row r="121" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B121" s="6"/>
       <c r="C121" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D121" s="32">
         <v>84.51</v>
       </c>
       <c r="E121" s="32">
         <v>84.39</v>
       </c>
       <c r="F121" s="32">
         <v>86.27</v>
       </c>
-      <c r="G121" s="60">
+      <c r="G121" s="75">
         <v>87.75</v>
       </c>
-      <c r="H121" s="60">
+      <c r="H121" s="75">
         <v>88.8</v>
       </c>
-      <c r="I121" s="60">
+      <c r="I121" s="75">
         <v>86.64</v>
       </c>
       <c r="J121" s="34">
         <v>-0.2</v>
       </c>
       <c r="K121" s="34">
         <v>-0.6</v>
       </c>
       <c r="L121" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="M121" s="34">
         <v>-0.2</v>
       </c>
       <c r="N121" s="34">
         <v>-0.6</v>
       </c>
       <c r="O121" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="P121" s="38">
         <v>1.4</v>
       </c>
       <c r="Q121" s="38">
         <v>1.1000000000000001</v>
       </c>
       <c r="R121" s="38">
         <v>2.1</v>
       </c>
-      <c r="S121" s="64">
+      <c r="S121" s="79">
         <v>1.4</v>
       </c>
-      <c r="T121" s="64">
+      <c r="T121" s="79">
         <v>1.3</v>
       </c>
-      <c r="U121" s="64">
+      <c r="U121" s="79">
         <v>2</v>
       </c>
     </row>
     <row r="122" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B122" s="6"/>
       <c r="C122" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D122" s="32">
         <v>84.16</v>
       </c>
       <c r="E122" s="32">
         <v>83.41</v>
       </c>
       <c r="F122" s="32">
         <v>87.96</v>
       </c>
-      <c r="G122" s="60">
+      <c r="G122" s="75">
         <v>87.38</v>
       </c>
-      <c r="H122" s="60">
+      <c r="H122" s="75">
         <v>87.77</v>
       </c>
-      <c r="I122" s="60">
+      <c r="I122" s="75">
         <v>88.33</v>
       </c>
       <c r="J122" s="34">
         <v>-0.4</v>
       </c>
       <c r="K122" s="34">
         <v>-1.2</v>
       </c>
       <c r="L122" s="34">
         <v>2</v>
       </c>
       <c r="M122" s="34">
         <v>-0.4</v>
       </c>
       <c r="N122" s="34">
         <v>-1.2</v>
       </c>
       <c r="O122" s="34">
         <v>2</v>
       </c>
       <c r="P122" s="38">
         <v>1.7</v>
       </c>
       <c r="Q122" s="38">
         <v>1.5</v>
       </c>
       <c r="R122" s="38">
         <v>2.4</v>
       </c>
-      <c r="S122" s="64">
+      <c r="S122" s="79">
         <v>1.7</v>
       </c>
-      <c r="T122" s="64">
+      <c r="T122" s="79">
         <v>1.6</v>
       </c>
-      <c r="U122" s="64">
+      <c r="U122" s="79">
         <v>2.1</v>
       </c>
     </row>
     <row r="123" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B123" s="6"/>
       <c r="C123" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D123" s="32">
         <v>84.61</v>
       </c>
       <c r="E123" s="32">
         <v>83.89</v>
       </c>
       <c r="F123" s="32">
         <v>88.36</v>
       </c>
-      <c r="G123" s="60">
+      <c r="G123" s="75">
         <v>87.94</v>
       </c>
-      <c r="H123" s="60">
+      <c r="H123" s="75">
         <v>88.38</v>
       </c>
-      <c r="I123" s="60">
+      <c r="I123" s="75">
         <v>88.74</v>
       </c>
       <c r="J123" s="34">
         <v>0.5</v>
       </c>
       <c r="K123" s="34">
         <v>0.6</v>
       </c>
       <c r="L123" s="34">
         <v>0.5</v>
       </c>
       <c r="M123" s="34">
         <v>0.6</v>
       </c>
       <c r="N123" s="34">
         <v>0.7</v>
       </c>
       <c r="O123" s="34">
         <v>0.5</v>
       </c>
       <c r="P123" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q123" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="R123" s="38">
         <v>2.4</v>
       </c>
-      <c r="S123" s="64">
+      <c r="S123" s="79">
         <v>2.4</v>
       </c>
-      <c r="T123" s="64">
+      <c r="T123" s="79">
         <v>2.4</v>
       </c>
-      <c r="U123" s="64">
+      <c r="U123" s="79">
         <v>2.1</v>
       </c>
     </row>
     <row r="124" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B124" s="6"/>
       <c r="C124" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D124" s="32">
         <v>85.19</v>
       </c>
       <c r="E124" s="32">
         <v>85.33</v>
       </c>
       <c r="F124" s="32">
         <v>86.13</v>
       </c>
-      <c r="G124" s="60">
+      <c r="G124" s="75">
         <v>88.54</v>
       </c>
-      <c r="H124" s="60">
+      <c r="H124" s="75">
         <v>89.89</v>
       </c>
-      <c r="I124" s="60">
+      <c r="I124" s="75">
         <v>86.49</v>
       </c>
       <c r="J124" s="34">
         <v>0.7</v>
       </c>
       <c r="K124" s="34">
         <v>1.7</v>
       </c>
       <c r="L124" s="34">
         <v>-2.5</v>
       </c>
       <c r="M124" s="34">
         <v>0.7</v>
       </c>
       <c r="N124" s="34">
         <v>1.7</v>
       </c>
       <c r="O124" s="34">
         <v>-2.5</v>
       </c>
       <c r="P124" s="38">
         <v>3.4</v>
       </c>
       <c r="Q124" s="38">
         <v>3.7</v>
       </c>
       <c r="R124" s="38">
         <v>2.4</v>
       </c>
-      <c r="S124" s="64">
+      <c r="S124" s="79">
         <v>3.6</v>
       </c>
-      <c r="T124" s="64">
+      <c r="T124" s="79">
         <v>4</v>
       </c>
-      <c r="U124" s="64">
+      <c r="U124" s="79">
         <v>2.4</v>
       </c>
     </row>
     <row r="125" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="6"/>
       <c r="C125" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D125" s="32">
         <v>85.5</v>
       </c>
       <c r="E125" s="32">
         <v>85.83</v>
       </c>
       <c r="F125" s="32">
         <v>85.82</v>
       </c>
-      <c r="G125" s="60">
+      <c r="G125" s="75">
         <v>88.86</v>
       </c>
-      <c r="H125" s="60">
+      <c r="H125" s="75">
         <v>90.42</v>
       </c>
-      <c r="I125" s="60">
+      <c r="I125" s="75">
         <v>86.18</v>
       </c>
       <c r="J125" s="34">
         <v>0.4</v>
       </c>
       <c r="K125" s="34">
         <v>0.6</v>
       </c>
       <c r="L125" s="34">
         <v>-0.4</v>
       </c>
       <c r="M125" s="34">
         <v>0.4</v>
       </c>
       <c r="N125" s="34">
         <v>0.6</v>
       </c>
       <c r="O125" s="34">
         <v>-0.4</v>
       </c>
       <c r="P125" s="38">
         <v>3.9</v>
       </c>
       <c r="Q125" s="38">
         <v>4.3</v>
       </c>
       <c r="R125" s="38">
         <v>2.6</v>
       </c>
-      <c r="S125" s="64">
+      <c r="S125" s="79">
         <v>4.0999999999999996</v>
       </c>
-      <c r="T125" s="64">
+      <c r="T125" s="79">
         <v>4.5</v>
       </c>
-      <c r="U125" s="64">
+      <c r="U125" s="79">
         <v>2.6</v>
       </c>
     </row>
     <row r="126" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="6"/>
       <c r="C126" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D126" s="32">
         <v>86.3</v>
       </c>
       <c r="E126" s="32">
         <v>86.83</v>
       </c>
       <c r="F126" s="32">
         <v>85.95</v>
       </c>
-      <c r="G126" s="60">
+      <c r="G126" s="75">
         <v>89.68</v>
       </c>
-      <c r="H126" s="60">
+      <c r="H126" s="75">
         <v>91.48</v>
       </c>
-      <c r="I126" s="60">
+      <c r="I126" s="75">
         <v>86.31</v>
       </c>
       <c r="J126" s="34">
         <v>0.9</v>
       </c>
       <c r="K126" s="34">
         <v>1.2</v>
       </c>
       <c r="L126" s="34">
         <v>0.2</v>
       </c>
       <c r="M126" s="34">
         <v>0.9</v>
       </c>
       <c r="N126" s="34">
         <v>1.2</v>
       </c>
       <c r="O126" s="34">
         <v>0.2</v>
       </c>
       <c r="P126" s="38">
         <v>4.5</v>
       </c>
       <c r="Q126" s="38">
         <v>5</v>
       </c>
       <c r="R126" s="38">
         <v>2.7</v>
       </c>
-      <c r="S126" s="64">
+      <c r="S126" s="79">
         <v>4.7</v>
       </c>
-      <c r="T126" s="64">
+      <c r="T126" s="79">
         <v>5.3</v>
       </c>
-      <c r="U126" s="64">
+      <c r="U126" s="79">
         <v>2.7</v>
       </c>
     </row>
     <row r="127" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="7"/>
       <c r="C127" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D127" s="35">
         <v>87.09</v>
       </c>
       <c r="E127" s="35">
         <v>87.82</v>
       </c>
       <c r="F127" s="35">
         <v>86.14</v>
       </c>
-      <c r="G127" s="61">
+      <c r="G127" s="76">
         <v>90.51</v>
       </c>
-      <c r="H127" s="61">
+      <c r="H127" s="76">
         <v>92.51</v>
       </c>
-      <c r="I127" s="61">
+      <c r="I127" s="76">
         <v>86.5</v>
       </c>
       <c r="J127" s="36">
         <v>0.9</v>
       </c>
       <c r="K127" s="36">
         <v>1.1000000000000001</v>
       </c>
       <c r="L127" s="36">
         <v>0.2</v>
       </c>
       <c r="M127" s="36">
         <v>0.9</v>
       </c>
       <c r="N127" s="36">
         <v>1.1000000000000001</v>
       </c>
       <c r="O127" s="36">
         <v>0.2</v>
       </c>
       <c r="P127" s="39">
         <v>5.4</v>
       </c>
       <c r="Q127" s="39">
         <v>6.3</v>
       </c>
       <c r="R127" s="39">
         <v>2.7</v>
       </c>
-      <c r="S127" s="63">
+      <c r="S127" s="78">
         <v>5.6</v>
       </c>
-      <c r="T127" s="63">
+      <c r="T127" s="78">
         <v>6.5</v>
       </c>
-      <c r="U127" s="63">
+      <c r="U127" s="78">
         <v>2.7</v>
       </c>
     </row>
     <row r="128" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B128" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C128" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D128" s="32">
         <v>87.58</v>
       </c>
       <c r="E128" s="32">
         <v>88.24</v>
       </c>
       <c r="F128" s="32">
         <v>86.85</v>
       </c>
-      <c r="G128" s="60">
+      <c r="G128" s="75">
         <v>91.01</v>
       </c>
-      <c r="H128" s="60">
+      <c r="H128" s="75">
         <v>92.96</v>
       </c>
-      <c r="I128" s="60">
+      <c r="I128" s="75">
         <v>87.21</v>
       </c>
       <c r="J128" s="34">
         <v>0.6</v>
       </c>
       <c r="K128" s="34">
         <v>0.5</v>
       </c>
       <c r="L128" s="34">
         <v>0.8</v>
       </c>
       <c r="M128" s="34">
         <v>0.6</v>
       </c>
       <c r="N128" s="34">
         <v>0.5</v>
       </c>
       <c r="O128" s="34">
         <v>0.8</v>
       </c>
       <c r="P128" s="38">
         <v>5.8</v>
       </c>
       <c r="Q128" s="38">
         <v>6.6</v>
       </c>
       <c r="R128" s="38">
         <v>3</v>
       </c>
-      <c r="S128" s="64">
+      <c r="S128" s="79">
         <v>5.9</v>
       </c>
-      <c r="T128" s="64">
+      <c r="T128" s="79">
         <v>6.9</v>
       </c>
-      <c r="U128" s="64">
+      <c r="U128" s="79">
         <v>3</v>
       </c>
     </row>
     <row r="129" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B129" s="3"/>
       <c r="C129" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D129" s="32">
         <v>87.54</v>
       </c>
       <c r="E129" s="32">
         <v>88.01</v>
       </c>
       <c r="F129" s="32">
         <v>87.42</v>
       </c>
-      <c r="G129" s="60">
+      <c r="G129" s="75">
         <v>90.97</v>
       </c>
-      <c r="H129" s="60">
+      <c r="H129" s="75">
         <v>92.72</v>
       </c>
-      <c r="I129" s="60">
+      <c r="I129" s="75">
         <v>87.79</v>
       </c>
       <c r="J129" s="34">
         <v>0</v>
       </c>
       <c r="K129" s="34">
         <v>-0.3</v>
       </c>
       <c r="L129" s="34">
         <v>0.7</v>
       </c>
       <c r="M129" s="34">
         <v>0</v>
       </c>
       <c r="N129" s="34">
         <v>-0.3</v>
       </c>
       <c r="O129" s="34">
         <v>0.7</v>
       </c>
       <c r="P129" s="38">
         <v>5.4</v>
       </c>
       <c r="Q129" s="38">
         <v>6.1</v>
       </c>
       <c r="R129" s="38">
         <v>3.2</v>
       </c>
-      <c r="S129" s="64">
+      <c r="S129" s="79">
         <v>5.6</v>
       </c>
-      <c r="T129" s="64">
+      <c r="T129" s="79">
         <v>6.4</v>
       </c>
-      <c r="U129" s="64">
+      <c r="U129" s="79">
         <v>3.2</v>
       </c>
     </row>
     <row r="130" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="3"/>
       <c r="C130" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D130" s="32">
         <v>88.14</v>
       </c>
       <c r="E130" s="32">
         <v>88.69</v>
       </c>
       <c r="F130" s="32">
         <v>87.79</v>
       </c>
-      <c r="G130" s="60">
+      <c r="G130" s="75">
         <v>91.6</v>
       </c>
-      <c r="H130" s="60">
+      <c r="H130" s="75">
         <v>93.43</v>
       </c>
-      <c r="I130" s="60">
+      <c r="I130" s="75">
         <v>88.16</v>
       </c>
       <c r="J130" s="34">
         <v>0.7</v>
       </c>
       <c r="K130" s="34">
         <v>0.8</v>
       </c>
       <c r="L130" s="34">
         <v>0.4</v>
       </c>
       <c r="M130" s="34">
         <v>0.7</v>
       </c>
       <c r="N130" s="34">
         <v>0.8</v>
       </c>
       <c r="O130" s="34">
         <v>0.4</v>
       </c>
       <c r="P130" s="38">
         <v>5.4</v>
       </c>
       <c r="Q130" s="38">
         <v>6</v>
       </c>
       <c r="R130" s="38">
         <v>3.4</v>
       </c>
-      <c r="S130" s="64">
+      <c r="S130" s="79">
         <v>5.6</v>
       </c>
-      <c r="T130" s="64">
+      <c r="T130" s="79">
         <v>6.3</v>
       </c>
-      <c r="U130" s="64">
+      <c r="U130" s="79">
         <v>3.4</v>
       </c>
     </row>
     <row r="131" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="3"/>
       <c r="C131" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D131" s="32">
         <v>88.81</v>
       </c>
       <c r="E131" s="32">
         <v>89.46</v>
       </c>
       <c r="F131" s="32">
         <v>88.16</v>
       </c>
-      <c r="G131" s="60">
+      <c r="G131" s="75">
         <v>92.3</v>
       </c>
-      <c r="H131" s="60">
+      <c r="H131" s="75">
         <v>94.24</v>
       </c>
-      <c r="I131" s="60">
+      <c r="I131" s="75">
         <v>88.53</v>
       </c>
       <c r="J131" s="34">
         <v>0.8</v>
       </c>
       <c r="K131" s="34">
         <v>0.9</v>
       </c>
       <c r="L131" s="34">
         <v>0.4</v>
       </c>
       <c r="M131" s="34">
         <v>0.8</v>
       </c>
       <c r="N131" s="34">
         <v>0.9</v>
       </c>
       <c r="O131" s="34">
         <v>0.4</v>
       </c>
       <c r="P131" s="38">
         <v>5.4</v>
       </c>
       <c r="Q131" s="38">
         <v>5.9</v>
       </c>
       <c r="R131" s="38">
         <v>3.8</v>
       </c>
-      <c r="S131" s="64">
+      <c r="S131" s="79">
         <v>5.6</v>
       </c>
-      <c r="T131" s="64">
+      <c r="T131" s="79">
         <v>6.2</v>
       </c>
-      <c r="U131" s="64">
+      <c r="U131" s="79">
         <v>3.8</v>
       </c>
     </row>
     <row r="132" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B132" s="5"/>
       <c r="C132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D132" s="32">
         <v>89.88</v>
       </c>
       <c r="E132" s="32">
         <v>90.64</v>
       </c>
       <c r="F132" s="32">
         <v>88.86</v>
       </c>
-      <c r="G132" s="60">
+      <c r="G132" s="75">
         <v>93.4</v>
       </c>
-      <c r="H132" s="60">
+      <c r="H132" s="75">
         <v>95.48</v>
       </c>
-      <c r="I132" s="60">
+      <c r="I132" s="75">
         <v>89.23</v>
       </c>
       <c r="J132" s="34">
         <v>1.2</v>
       </c>
       <c r="K132" s="34">
         <v>1.3</v>
       </c>
       <c r="L132" s="34">
         <v>0.8</v>
       </c>
       <c r="M132" s="34">
         <v>1.2</v>
       </c>
       <c r="N132" s="34">
         <v>1.3</v>
       </c>
       <c r="O132" s="34">
         <v>0.8</v>
       </c>
       <c r="P132" s="38">
         <v>6.1</v>
       </c>
       <c r="Q132" s="38">
         <v>6.7</v>
       </c>
       <c r="R132" s="38">
         <v>4.2</v>
       </c>
-      <c r="S132" s="64">
+      <c r="S132" s="79">
         <v>6.2</v>
       </c>
-      <c r="T132" s="64">
+      <c r="T132" s="79">
         <v>6.8</v>
       </c>
-      <c r="U132" s="64">
+      <c r="U132" s="79">
         <v>4.2</v>
       </c>
     </row>
     <row r="133" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B133" s="6"/>
       <c r="C133" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D133" s="32">
         <v>90.68</v>
       </c>
       <c r="E133" s="32">
         <v>91.22</v>
       </c>
       <c r="F133" s="32">
         <v>90.39</v>
       </c>
-      <c r="G133" s="60">
+      <c r="G133" s="75">
         <v>94.23</v>
       </c>
-      <c r="H133" s="60">
+      <c r="H133" s="75">
         <v>96.09</v>
       </c>
-      <c r="I133" s="60">
+      <c r="I133" s="75">
         <v>90.77</v>
       </c>
       <c r="J133" s="34">
         <v>0.9</v>
       </c>
       <c r="K133" s="34">
         <v>0.6</v>
       </c>
       <c r="L133" s="34">
         <v>1.7</v>
       </c>
       <c r="M133" s="34">
         <v>0.9</v>
       </c>
       <c r="N133" s="34">
         <v>0.6</v>
       </c>
       <c r="O133" s="34">
         <v>1.7</v>
       </c>
       <c r="P133" s="38">
         <v>7.3</v>
       </c>
       <c r="Q133" s="38">
         <v>8.1</v>
       </c>
       <c r="R133" s="38">
         <v>4.8</v>
       </c>
-      <c r="S133" s="64">
+      <c r="S133" s="79">
         <v>7.4</v>
       </c>
-      <c r="T133" s="64">
+      <c r="T133" s="79">
         <v>8.1999999999999993</v>
       </c>
-      <c r="U133" s="64">
+      <c r="U133" s="79">
         <v>4.8</v>
       </c>
     </row>
     <row r="134" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B134" s="6"/>
       <c r="C134" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="32">
         <v>90.9</v>
       </c>
       <c r="E134" s="32">
         <v>90.94</v>
       </c>
       <c r="F134" s="32">
         <v>92.24</v>
       </c>
-      <c r="G134" s="60">
+      <c r="G134" s="75">
         <v>94.46</v>
       </c>
-      <c r="H134" s="60">
+      <c r="H134" s="75">
         <v>95.8</v>
       </c>
-      <c r="I134" s="60">
+      <c r="I134" s="75">
         <v>92.62</v>
       </c>
       <c r="J134" s="34">
         <v>0.2</v>
       </c>
       <c r="K134" s="34">
         <v>-0.3</v>
       </c>
       <c r="L134" s="34">
         <v>2</v>
       </c>
       <c r="M134" s="34">
         <v>0.2</v>
       </c>
       <c r="N134" s="34">
         <v>-0.3</v>
       </c>
       <c r="O134" s="34">
         <v>2</v>
       </c>
       <c r="P134" s="38">
         <v>8</v>
       </c>
       <c r="Q134" s="38">
         <v>9</v>
       </c>
       <c r="R134" s="38">
         <v>4.9000000000000004</v>
       </c>
-      <c r="S134" s="64">
+      <c r="S134" s="79">
         <v>8.1</v>
       </c>
-      <c r="T134" s="64">
+      <c r="T134" s="79">
         <v>9.1</v>
       </c>
-      <c r="U134" s="64">
+      <c r="U134" s="79">
         <v>4.9000000000000004</v>
       </c>
     </row>
     <row r="135" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B135" s="6"/>
       <c r="C135" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D135" s="32">
         <v>90.61</v>
       </c>
       <c r="E135" s="32">
         <v>90.47</v>
       </c>
       <c r="F135" s="32">
         <v>92.54</v>
       </c>
-      <c r="G135" s="60">
+      <c r="G135" s="75">
         <v>94.17</v>
       </c>
-      <c r="H135" s="60">
+      <c r="H135" s="75">
         <v>95.31</v>
       </c>
-      <c r="I135" s="60">
+      <c r="I135" s="75">
         <v>92.93</v>
       </c>
       <c r="J135" s="34">
         <v>-0.3</v>
       </c>
       <c r="K135" s="34">
         <v>-0.5</v>
       </c>
       <c r="L135" s="34">
         <v>0.3</v>
       </c>
       <c r="M135" s="34">
         <v>-0.3</v>
       </c>
       <c r="N135" s="34">
         <v>-0.5</v>
       </c>
       <c r="O135" s="34">
         <v>0.3</v>
       </c>
       <c r="P135" s="38">
         <v>7.1</v>
       </c>
       <c r="Q135" s="38">
         <v>7.8</v>
       </c>
       <c r="R135" s="38">
         <v>4.7</v>
       </c>
-      <c r="S135" s="64">
+      <c r="S135" s="79">
         <v>7.1</v>
       </c>
-      <c r="T135" s="64">
+      <c r="T135" s="79">
         <v>7.8</v>
       </c>
-      <c r="U135" s="64">
+      <c r="U135" s="79">
         <v>4.7</v>
       </c>
     </row>
     <row r="136" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B136" s="6"/>
       <c r="C136" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D136" s="32">
         <v>90.51</v>
       </c>
       <c r="E136" s="32">
         <v>91.03</v>
       </c>
       <c r="F136" s="32">
         <v>90.32</v>
       </c>
-      <c r="G136" s="60">
+      <c r="G136" s="75">
         <v>94.07</v>
       </c>
-      <c r="H136" s="60">
+      <c r="H136" s="75">
         <v>95.89</v>
       </c>
-      <c r="I136" s="60">
+      <c r="I136" s="75">
         <v>90.7</v>
       </c>
       <c r="J136" s="34">
         <v>-0.1</v>
       </c>
       <c r="K136" s="34">
         <v>0.6</v>
       </c>
       <c r="L136" s="34">
         <v>-2.4</v>
       </c>
       <c r="M136" s="34">
         <v>-0.1</v>
       </c>
       <c r="N136" s="34">
         <v>0.6</v>
       </c>
       <c r="O136" s="34">
         <v>-2.4</v>
       </c>
       <c r="P136" s="38">
         <v>6.2</v>
       </c>
       <c r="Q136" s="38">
         <v>6.7</v>
       </c>
       <c r="R136" s="38">
         <v>4.9000000000000004</v>
       </c>
-      <c r="S136" s="64">
+      <c r="S136" s="79">
         <v>6.2</v>
       </c>
-      <c r="T136" s="64">
+      <c r="T136" s="79">
         <v>6.7</v>
       </c>
-      <c r="U136" s="64">
+      <c r="U136" s="79">
         <v>4.9000000000000004</v>
       </c>
     </row>
     <row r="137" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B137" s="6"/>
       <c r="C137" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D137" s="32">
         <v>90.38</v>
       </c>
       <c r="E137" s="32">
         <v>91</v>
       </c>
       <c r="F137" s="32">
         <v>89.84</v>
       </c>
-      <c r="G137" s="60">
+      <c r="G137" s="75">
         <v>93.92</v>
       </c>
-      <c r="H137" s="60">
+      <c r="H137" s="75">
         <v>95.86</v>
       </c>
-      <c r="I137" s="60">
+      <c r="I137" s="75">
         <v>90.21</v>
       </c>
       <c r="J137" s="34">
         <v>-0.1</v>
       </c>
       <c r="K137" s="34">
         <v>0</v>
       </c>
       <c r="L137" s="34">
         <v>-0.5</v>
       </c>
       <c r="M137" s="34">
         <v>-0.2</v>
       </c>
       <c r="N137" s="34">
         <v>0</v>
       </c>
       <c r="O137" s="34">
         <v>-0.5</v>
       </c>
       <c r="P137" s="38">
         <v>5.7</v>
       </c>
       <c r="Q137" s="38">
         <v>6</v>
       </c>
       <c r="R137" s="38">
         <v>4.7</v>
       </c>
-      <c r="S137" s="64">
+      <c r="S137" s="79">
         <v>5.7</v>
       </c>
-      <c r="T137" s="64">
+      <c r="T137" s="79">
         <v>6</v>
       </c>
-      <c r="U137" s="64">
+      <c r="U137" s="79">
         <v>4.7</v>
       </c>
     </row>
     <row r="138" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B138" s="6"/>
       <c r="C138" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D138" s="32">
         <v>90.16</v>
       </c>
       <c r="E138" s="32">
         <v>90.67</v>
       </c>
       <c r="F138" s="32">
         <v>89.96</v>
       </c>
-      <c r="G138" s="60">
+      <c r="G138" s="75">
         <v>93.7</v>
       </c>
-      <c r="H138" s="60">
+      <c r="H138" s="75">
         <v>95.52</v>
       </c>
-      <c r="I138" s="60">
+      <c r="I138" s="75">
         <v>90.34</v>
       </c>
       <c r="J138" s="34">
         <v>-0.2</v>
       </c>
       <c r="K138" s="34">
         <v>-0.4</v>
       </c>
       <c r="L138" s="34">
         <v>0.1</v>
       </c>
       <c r="M138" s="34">
         <v>-0.2</v>
       </c>
       <c r="N138" s="34">
         <v>-0.4</v>
       </c>
       <c r="O138" s="34">
         <v>0.1</v>
       </c>
       <c r="P138" s="38">
         <v>4.5</v>
       </c>
       <c r="Q138" s="38">
         <v>4.4000000000000004</v>
       </c>
       <c r="R138" s="38">
         <v>4.7</v>
       </c>
-      <c r="S138" s="64">
+      <c r="S138" s="79">
         <v>4.5</v>
       </c>
-      <c r="T138" s="64">
+      <c r="T138" s="79">
         <v>4.4000000000000004</v>
       </c>
-      <c r="U138" s="64">
+      <c r="U138" s="79">
         <v>4.7</v>
       </c>
     </row>
     <row r="139" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B139" s="7"/>
       <c r="C139" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D139" s="35">
         <v>89.56</v>
       </c>
       <c r="E139" s="35">
         <v>89.82</v>
       </c>
       <c r="F139" s="35">
         <v>90.2</v>
       </c>
-      <c r="G139" s="61">
+      <c r="G139" s="76">
         <v>93.08</v>
       </c>
-      <c r="H139" s="61">
+      <c r="H139" s="76">
         <v>94.62</v>
       </c>
-      <c r="I139" s="61">
+      <c r="I139" s="76">
         <v>90.57</v>
       </c>
       <c r="J139" s="36">
         <v>-0.7</v>
       </c>
       <c r="K139" s="36">
         <v>-0.9</v>
       </c>
       <c r="L139" s="36">
         <v>0.3</v>
       </c>
       <c r="M139" s="36">
         <v>-0.7</v>
       </c>
       <c r="N139" s="36">
         <v>-0.9</v>
       </c>
       <c r="O139" s="36">
         <v>0.3</v>
       </c>
       <c r="P139" s="39">
         <v>2.8</v>
       </c>
       <c r="Q139" s="39">
         <v>2.2999999999999998</v>
       </c>
       <c r="R139" s="39">
         <v>4.7</v>
       </c>
-      <c r="S139" s="63">
+      <c r="S139" s="78">
         <v>2.8</v>
       </c>
-      <c r="T139" s="63">
+      <c r="T139" s="78">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U139" s="63">
+      <c r="U139" s="78">
         <v>4.7</v>
       </c>
     </row>
     <row r="140" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B140" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D140" s="32">
         <v>90.4</v>
       </c>
       <c r="E140" s="32">
         <v>90.5</v>
       </c>
       <c r="F140" s="32">
         <v>91.56</v>
       </c>
-      <c r="G140" s="60">
+      <c r="G140" s="75">
         <v>93.46</v>
       </c>
-      <c r="H140" s="60">
+      <c r="H140" s="75">
         <v>94.68</v>
       </c>
-      <c r="I140" s="60">
+      <c r="I140" s="75">
         <v>91.95</v>
       </c>
       <c r="J140" s="34">
         <v>0.9</v>
       </c>
       <c r="K140" s="34">
         <v>0.8</v>
       </c>
       <c r="L140" s="34">
         <v>1.5</v>
       </c>
       <c r="M140" s="34">
         <v>0.4</v>
       </c>
       <c r="N140" s="34">
         <v>0.1</v>
       </c>
       <c r="O140" s="34">
         <v>1.5</v>
       </c>
       <c r="P140" s="38">
         <v>3.2</v>
       </c>
       <c r="Q140" s="38">
         <v>2.6</v>
       </c>
       <c r="R140" s="38">
         <v>5.4</v>
       </c>
-      <c r="S140" s="64">
+      <c r="S140" s="79">
         <v>2.7</v>
       </c>
-      <c r="T140" s="64">
+      <c r="T140" s="79">
         <v>1.9</v>
       </c>
-      <c r="U140" s="64">
+      <c r="U140" s="79">
         <v>5.4</v>
       </c>
     </row>
     <row r="141" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B141" s="3"/>
       <c r="C141" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D141" s="32">
         <v>90.9</v>
       </c>
       <c r="E141" s="32">
         <v>90.99</v>
       </c>
       <c r="F141" s="32">
         <v>92.09</v>
       </c>
-      <c r="G141" s="60">
+      <c r="G141" s="75">
         <v>93.98</v>
       </c>
-      <c r="H141" s="60">
+      <c r="H141" s="75">
         <v>95.2</v>
       </c>
-      <c r="I141" s="60">
+      <c r="I141" s="75">
         <v>92.47</v>
       </c>
       <c r="J141" s="34">
         <v>0.6</v>
       </c>
       <c r="K141" s="34">
         <v>0.5</v>
       </c>
       <c r="L141" s="34">
         <v>0.6</v>
       </c>
       <c r="M141" s="34">
         <v>0.6</v>
       </c>
       <c r="N141" s="34">
         <v>0.5</v>
       </c>
       <c r="O141" s="34">
         <v>0.6</v>
       </c>
       <c r="P141" s="38">
         <v>3.8</v>
       </c>
       <c r="Q141" s="38">
         <v>3.4</v>
       </c>
       <c r="R141" s="38">
         <v>5.3</v>
       </c>
-      <c r="S141" s="64">
+      <c r="S141" s="79">
         <v>3.3</v>
       </c>
-      <c r="T141" s="64">
+      <c r="T141" s="79">
         <v>2.7</v>
       </c>
-      <c r="U141" s="64">
+      <c r="U141" s="79">
         <v>5.3</v>
       </c>
     </row>
     <row r="142" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B142" s="3"/>
       <c r="C142" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D142" s="32">
         <v>91.16</v>
       </c>
       <c r="E142" s="32">
         <v>91.32</v>
       </c>
       <c r="F142" s="32">
         <v>92.11</v>
       </c>
-      <c r="G142" s="60">
+      <c r="G142" s="75">
         <v>94.24</v>
       </c>
-      <c r="H142" s="60">
+      <c r="H142" s="75">
         <v>95.55</v>
       </c>
-      <c r="I142" s="60">
+      <c r="I142" s="75">
         <v>92.49</v>
       </c>
       <c r="J142" s="34">
         <v>0.3</v>
       </c>
       <c r="K142" s="34">
         <v>0.4</v>
       </c>
       <c r="L142" s="34">
         <v>0</v>
       </c>
       <c r="M142" s="34">
         <v>0.3</v>
       </c>
       <c r="N142" s="34">
         <v>0.4</v>
       </c>
       <c r="O142" s="34">
         <v>0</v>
       </c>
       <c r="P142" s="38">
         <v>3.4</v>
       </c>
       <c r="Q142" s="38">
         <v>3</v>
       </c>
       <c r="R142" s="38">
         <v>4.9000000000000004</v>
       </c>
-      <c r="S142" s="64">
+      <c r="S142" s="79">
         <v>2.9</v>
       </c>
-      <c r="T142" s="64">
+      <c r="T142" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U142" s="64">
+      <c r="U142" s="79">
         <v>4.9000000000000004</v>
       </c>
     </row>
     <row r="143" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B143" s="3"/>
       <c r="C143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D143" s="32">
         <v>91.92</v>
       </c>
       <c r="E143" s="32">
         <v>92.38</v>
       </c>
       <c r="F143" s="32">
         <v>91.9</v>
       </c>
-      <c r="G143" s="60">
+      <c r="G143" s="75">
         <v>94.83</v>
       </c>
-      <c r="H143" s="60">
+      <c r="H143" s="75">
         <v>96.4</v>
       </c>
-      <c r="I143" s="60">
+      <c r="I143" s="75">
         <v>92.28</v>
       </c>
       <c r="J143" s="34">
         <v>0.8</v>
       </c>
       <c r="K143" s="34">
         <v>1.2</v>
       </c>
       <c r="L143" s="34">
         <v>-0.2</v>
       </c>
       <c r="M143" s="34">
         <v>0.6</v>
       </c>
       <c r="N143" s="34">
         <v>0.9</v>
       </c>
       <c r="O143" s="34">
         <v>-0.2</v>
       </c>
       <c r="P143" s="38">
         <v>3.5</v>
       </c>
       <c r="Q143" s="38">
         <v>3.3</v>
       </c>
       <c r="R143" s="38">
         <v>4.2</v>
       </c>
-      <c r="S143" s="64">
+      <c r="S143" s="79">
         <v>2.7</v>
       </c>
-      <c r="T143" s="64">
+      <c r="T143" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U143" s="64">
+      <c r="U143" s="79">
         <v>4.2</v>
       </c>
     </row>
     <row r="144" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B144" s="5"/>
       <c r="C144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D144" s="32">
         <v>92.1</v>
       </c>
       <c r="E144" s="32">
         <v>92.49</v>
       </c>
       <c r="F144" s="32">
         <v>92.31</v>
       </c>
-      <c r="G144" s="60">
+      <c r="G144" s="75">
         <v>95.02</v>
       </c>
-      <c r="H144" s="60">
+      <c r="H144" s="75">
         <v>96.51</v>
       </c>
-      <c r="I144" s="60">
+      <c r="I144" s="75">
         <v>92.7</v>
       </c>
       <c r="J144" s="34">
         <v>0.2</v>
       </c>
       <c r="K144" s="34">
         <v>0.1</v>
       </c>
       <c r="L144" s="34">
         <v>0.4</v>
       </c>
       <c r="M144" s="34">
         <v>0.2</v>
       </c>
       <c r="N144" s="34">
         <v>0.1</v>
       </c>
       <c r="O144" s="34">
         <v>0.5</v>
       </c>
       <c r="P144" s="38">
         <v>2.5</v>
       </c>
       <c r="Q144" s="38">
         <v>2</v>
       </c>
       <c r="R144" s="38">
         <v>3.9</v>
       </c>
-      <c r="S144" s="64">
+      <c r="S144" s="79">
         <v>1.7</v>
       </c>
-      <c r="T144" s="64">
+      <c r="T144" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="U144" s="64">
+      <c r="U144" s="79">
         <v>3.9</v>
       </c>
     </row>
     <row r="145" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B145" s="6"/>
       <c r="C145" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D145" s="32">
         <v>92.43</v>
       </c>
       <c r="E145" s="32">
         <v>92.43</v>
       </c>
       <c r="F145" s="32">
         <v>93.91</v>
       </c>
-      <c r="G145" s="60">
+      <c r="G145" s="75">
         <v>95.36</v>
       </c>
-      <c r="H145" s="60">
+      <c r="H145" s="75">
         <v>96.45</v>
       </c>
-      <c r="I145" s="60">
+      <c r="I145" s="75">
         <v>94.31</v>
       </c>
       <c r="J145" s="34">
         <v>0.4</v>
       </c>
       <c r="K145" s="34">
         <v>-0.1</v>
       </c>
       <c r="L145" s="34">
         <v>1.7</v>
       </c>
       <c r="M145" s="34">
         <v>0.4</v>
       </c>
       <c r="N145" s="34">
         <v>-0.1</v>
       </c>
       <c r="O145" s="34">
         <v>1.7</v>
       </c>
       <c r="P145" s="38">
         <v>1.9</v>
       </c>
       <c r="Q145" s="38">
         <v>1.3</v>
       </c>
       <c r="R145" s="38">
         <v>3.9</v>
       </c>
-      <c r="S145" s="64">
+      <c r="S145" s="79">
         <v>1.2</v>
       </c>
-      <c r="T145" s="64">
+      <c r="T145" s="79">
         <v>0.4</v>
       </c>
-      <c r="U145" s="64">
+      <c r="U145" s="79">
         <v>3.9</v>
       </c>
     </row>
     <row r="146" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B146" s="6"/>
       <c r="C146" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D146" s="32">
         <v>92.02</v>
       </c>
       <c r="E146" s="32">
         <v>91.25</v>
       </c>
       <c r="F146" s="32">
         <v>96.02</v>
       </c>
-      <c r="G146" s="60">
+      <c r="G146" s="75">
         <v>94.93</v>
       </c>
-      <c r="H146" s="60">
+      <c r="H146" s="75">
         <v>95.2</v>
       </c>
-      <c r="I146" s="60">
+      <c r="I146" s="75">
         <v>96.43</v>
       </c>
       <c r="J146" s="34">
         <v>-0.4</v>
       </c>
       <c r="K146" s="34">
         <v>-1.3</v>
       </c>
       <c r="L146" s="34">
         <v>2.2000000000000002</v>
       </c>
       <c r="M146" s="34">
         <v>-0.5</v>
       </c>
       <c r="N146" s="34">
         <v>-1.3</v>
       </c>
       <c r="O146" s="34">
         <v>2.2000000000000002</v>
       </c>
       <c r="P146" s="38">
         <v>1.2</v>
       </c>
       <c r="Q146" s="38">
         <v>0.3</v>
       </c>
       <c r="R146" s="38">
         <v>4.0999999999999996</v>
       </c>
-      <c r="S146" s="64">
+      <c r="S146" s="79">
         <v>0.5</v>
       </c>
-      <c r="T146" s="64">
+      <c r="T146" s="79">
         <v>-0.6</v>
       </c>
-      <c r="U146" s="64">
+      <c r="U146" s="79">
         <v>4.0999999999999996</v>
       </c>
     </row>
     <row r="147" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B147" s="6"/>
       <c r="C147" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D147" s="32">
         <v>91.98</v>
       </c>
       <c r="E147" s="32">
         <v>91.15</v>
       </c>
       <c r="F147" s="32">
         <v>96.17</v>
       </c>
-      <c r="G147" s="60">
+      <c r="G147" s="75">
         <v>94.28</v>
       </c>
-      <c r="H147" s="60">
+      <c r="H147" s="75">
         <v>94.44</v>
       </c>
-      <c r="I147" s="60">
+      <c r="I147" s="75">
         <v>96.1</v>
       </c>
       <c r="J147" s="34">
         <v>0</v>
       </c>
       <c r="K147" s="34">
         <v>-0.1</v>
       </c>
       <c r="L147" s="34">
         <v>0.2</v>
       </c>
       <c r="M147" s="34">
         <v>-0.7</v>
       </c>
       <c r="N147" s="34">
         <v>-0.8</v>
       </c>
       <c r="O147" s="34">
         <v>-0.3</v>
       </c>
       <c r="P147" s="38">
         <v>1.5</v>
       </c>
       <c r="Q147" s="38">
         <v>0.8</v>
       </c>
       <c r="R147" s="38">
         <v>3.9</v>
       </c>
-      <c r="S147" s="64">
+      <c r="S147" s="79">
         <v>0.1</v>
       </c>
-      <c r="T147" s="64">
+      <c r="T147" s="79">
         <v>-0.9</v>
       </c>
-      <c r="U147" s="64">
+      <c r="U147" s="79">
         <v>3.4</v>
       </c>
     </row>
     <row r="148" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B148" s="6"/>
       <c r="C148" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D148" s="32">
         <v>91.32</v>
       </c>
       <c r="E148" s="32">
         <v>91.11</v>
       </c>
       <c r="F148" s="32">
         <v>93.48</v>
       </c>
-      <c r="G148" s="60">
+      <c r="G148" s="75">
         <v>93.65</v>
       </c>
-      <c r="H148" s="60">
+      <c r="H148" s="75">
         <v>94.46</v>
       </c>
-      <c r="I148" s="60">
+      <c r="I148" s="75">
         <v>93.41</v>
       </c>
       <c r="J148" s="34">
         <v>-0.7</v>
       </c>
       <c r="K148" s="34">
         <v>0</v>
       </c>
       <c r="L148" s="34">
         <v>-2.8</v>
       </c>
       <c r="M148" s="34">
         <v>-0.7</v>
       </c>
       <c r="N148" s="34">
         <v>0</v>
       </c>
       <c r="O148" s="34">
         <v>-2.8</v>
       </c>
       <c r="P148" s="38">
         <v>0.9</v>
       </c>
       <c r="Q148" s="38">
         <v>0.1</v>
       </c>
       <c r="R148" s="38">
         <v>3.5</v>
       </c>
-      <c r="S148" s="64">
+      <c r="S148" s="79">
         <v>-0.4</v>
       </c>
-      <c r="T148" s="64">
+      <c r="T148" s="79">
         <v>-1.5</v>
       </c>
-      <c r="U148" s="64">
+      <c r="U148" s="79">
         <v>3</v>
       </c>
     </row>
     <row r="149" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B149" s="6"/>
       <c r="C149" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D149" s="32">
         <v>91.44</v>
       </c>
       <c r="E149" s="32">
         <v>91.37</v>
       </c>
       <c r="F149" s="32">
         <v>93.13</v>
       </c>
-      <c r="G149" s="60">
+      <c r="G149" s="75">
         <v>93.77</v>
       </c>
-      <c r="H149" s="60">
+      <c r="H149" s="75">
         <v>94.73</v>
       </c>
-      <c r="I149" s="60">
+      <c r="I149" s="75">
         <v>93.06</v>
       </c>
       <c r="J149" s="34">
         <v>0.1</v>
       </c>
       <c r="K149" s="34">
         <v>0.3</v>
       </c>
       <c r="L149" s="34">
         <v>-0.4</v>
       </c>
       <c r="M149" s="34">
         <v>0.1</v>
       </c>
       <c r="N149" s="34">
         <v>0.3</v>
       </c>
       <c r="O149" s="34">
         <v>-0.4</v>
       </c>
       <c r="P149" s="38">
         <v>1.2</v>
       </c>
       <c r="Q149" s="38">
         <v>0.4</v>
       </c>
       <c r="R149" s="38">
         <v>3.7</v>
       </c>
-      <c r="S149" s="64">
+      <c r="S149" s="79">
         <v>-0.2</v>
       </c>
-      <c r="T149" s="64">
+      <c r="T149" s="79">
         <v>-1.2</v>
       </c>
-      <c r="U149" s="64">
+      <c r="U149" s="79">
         <v>3.2</v>
       </c>
     </row>
     <row r="150" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B150" s="6"/>
       <c r="C150" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D150" s="32">
         <v>91.78</v>
       </c>
       <c r="E150" s="32">
         <v>91.75</v>
       </c>
       <c r="F150" s="32">
         <v>93.38</v>
       </c>
-      <c r="G150" s="60">
+      <c r="G150" s="75">
         <v>94.12</v>
       </c>
-      <c r="H150" s="60">
+      <c r="H150" s="75">
         <v>95.13</v>
       </c>
-      <c r="I150" s="60">
+      <c r="I150" s="75">
         <v>93.3</v>
       </c>
       <c r="J150" s="34">
         <v>0.4</v>
       </c>
       <c r="K150" s="34">
         <v>0.4</v>
       </c>
       <c r="L150" s="34">
         <v>0.3</v>
       </c>
       <c r="M150" s="34">
         <v>0.4</v>
       </c>
       <c r="N150" s="34">
         <v>0.4</v>
       </c>
       <c r="O150" s="34">
         <v>0.3</v>
       </c>
       <c r="P150" s="38">
         <v>1.8</v>
       </c>
       <c r="Q150" s="38">
         <v>1.2</v>
       </c>
       <c r="R150" s="38">
         <v>3.8</v>
       </c>
-      <c r="S150" s="64">
+      <c r="S150" s="79">
         <v>0.4</v>
       </c>
-      <c r="T150" s="64">
+      <c r="T150" s="79">
         <v>-0.4</v>
       </c>
-      <c r="U150" s="64">
+      <c r="U150" s="79">
         <v>3.3</v>
       </c>
     </row>
     <row r="151" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B151" s="7"/>
       <c r="C151" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D151" s="35">
         <v>91.21</v>
       </c>
       <c r="E151" s="35">
         <v>90.96</v>
       </c>
       <c r="F151" s="35">
         <v>93.5</v>
       </c>
-      <c r="G151" s="61">
+      <c r="G151" s="76">
         <v>93.53</v>
       </c>
-      <c r="H151" s="61">
+      <c r="H151" s="76">
         <v>94.3</v>
       </c>
-      <c r="I151" s="61">
+      <c r="I151" s="76">
         <v>93.43</v>
       </c>
       <c r="J151" s="36">
         <v>-0.6</v>
       </c>
       <c r="K151" s="36">
         <v>-0.9</v>
       </c>
       <c r="L151" s="36">
         <v>0.1</v>
       </c>
       <c r="M151" s="36">
         <v>-0.6</v>
       </c>
       <c r="N151" s="36">
         <v>-0.9</v>
       </c>
       <c r="O151" s="36">
         <v>0.1</v>
       </c>
       <c r="P151" s="39">
         <v>1.8</v>
       </c>
       <c r="Q151" s="39">
         <v>1.3</v>
       </c>
       <c r="R151" s="39">
         <v>3.7</v>
       </c>
-      <c r="S151" s="63">
+      <c r="S151" s="78">
         <v>0.5</v>
       </c>
-      <c r="T151" s="63">
+      <c r="T151" s="78">
         <v>-0.3</v>
       </c>
-      <c r="U151" s="63">
+      <c r="U151" s="78">
         <v>3.2</v>
       </c>
     </row>
     <row r="152" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B152" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C152" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D152" s="32">
         <v>91.61</v>
       </c>
       <c r="E152" s="32">
         <v>91.38</v>
       </c>
       <c r="F152" s="32">
         <v>93.85</v>
       </c>
-      <c r="G152" s="60">
+      <c r="G152" s="75">
         <v>93.97</v>
       </c>
-      <c r="H152" s="60">
+      <c r="H152" s="75">
         <v>94.78</v>
       </c>
-      <c r="I152" s="60">
+      <c r="I152" s="75">
         <v>93.77</v>
       </c>
       <c r="J152" s="34">
         <v>0.4</v>
       </c>
       <c r="K152" s="34">
         <v>0.5</v>
       </c>
       <c r="L152" s="34">
         <v>0.4</v>
       </c>
       <c r="M152" s="34">
         <v>0.5</v>
       </c>
       <c r="N152" s="34">
         <v>0.5</v>
       </c>
       <c r="O152" s="34">
         <v>0.4</v>
       </c>
       <c r="P152" s="38">
         <v>1.3</v>
       </c>
       <c r="Q152" s="38">
         <v>1</v>
       </c>
       <c r="R152" s="38">
         <v>2.5</v>
       </c>
-      <c r="S152" s="64">
+      <c r="S152" s="79">
         <v>0.5</v>
       </c>
-      <c r="T152" s="64">
+      <c r="T152" s="79">
         <v>0.1</v>
       </c>
-      <c r="U152" s="64">
+      <c r="U152" s="79">
         <v>2</v>
       </c>
     </row>
     <row r="153" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B153" s="3"/>
       <c r="C153" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D153" s="32">
         <v>91.74</v>
       </c>
       <c r="E153" s="32">
         <v>91.49</v>
       </c>
       <c r="F153" s="32">
         <v>94.05</v>
       </c>
-      <c r="G153" s="60">
+      <c r="G153" s="75">
         <v>94.1</v>
       </c>
-      <c r="H153" s="60">
+      <c r="H153" s="75">
         <v>94.89</v>
       </c>
-      <c r="I153" s="60">
+      <c r="I153" s="75">
         <v>93.97</v>
       </c>
       <c r="J153" s="34">
         <v>0.1</v>
       </c>
       <c r="K153" s="34">
         <v>0.1</v>
       </c>
       <c r="L153" s="34">
         <v>0.2</v>
       </c>
       <c r="M153" s="34">
         <v>0.1</v>
       </c>
       <c r="N153" s="34">
         <v>0.1</v>
       </c>
       <c r="O153" s="34">
         <v>0.2</v>
       </c>
       <c r="P153" s="38">
         <v>0.9</v>
       </c>
       <c r="Q153" s="38">
         <v>0.5</v>
       </c>
       <c r="R153" s="38">
         <v>2.1</v>
       </c>
-      <c r="S153" s="64">
+      <c r="S153" s="79">
         <v>0.1</v>
       </c>
-      <c r="T153" s="64">
+      <c r="T153" s="79">
         <v>-0.3</v>
       </c>
-      <c r="U153" s="64">
+      <c r="U153" s="79">
         <v>1.6</v>
       </c>
     </row>
     <row r="154" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B154" s="3"/>
       <c r="C154" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D154" s="32">
         <v>92.2</v>
       </c>
       <c r="E154" s="32">
         <v>92.12</v>
       </c>
       <c r="F154" s="32">
         <v>93.98</v>
       </c>
-      <c r="G154" s="60">
+      <c r="G154" s="75">
         <v>94.57</v>
       </c>
-      <c r="H154" s="60">
+      <c r="H154" s="75">
         <v>95.54</v>
       </c>
-      <c r="I154" s="60">
+      <c r="I154" s="75">
         <v>93.9</v>
       </c>
       <c r="J154" s="34">
         <v>0.5</v>
       </c>
       <c r="K154" s="34">
         <v>0.7</v>
       </c>
       <c r="L154" s="34">
         <v>-0.1</v>
       </c>
       <c r="M154" s="34">
         <v>0.5</v>
       </c>
       <c r="N154" s="34">
         <v>0.7</v>
       </c>
       <c r="O154" s="34">
         <v>-0.1</v>
       </c>
       <c r="P154" s="38">
         <v>1.1000000000000001</v>
       </c>
       <c r="Q154" s="38">
         <v>0.9</v>
       </c>
       <c r="R154" s="38">
         <v>2</v>
       </c>
-      <c r="S154" s="64">
+      <c r="S154" s="79">
         <v>0.4</v>
       </c>
-      <c r="T154" s="64">
+      <c r="T154" s="79">
         <v>0</v>
       </c>
-      <c r="U154" s="64">
+      <c r="U154" s="79">
         <v>1.5</v>
       </c>
     </row>
     <row r="155" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B155" s="3"/>
       <c r="C155" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D155" s="32">
         <v>92.65</v>
       </c>
       <c r="E155" s="32">
         <v>92.83</v>
       </c>
       <c r="F155" s="32">
         <v>93.59</v>
       </c>
-      <c r="G155" s="60">
+      <c r="G155" s="75">
         <v>95.04</v>
       </c>
-      <c r="H155" s="60">
+      <c r="H155" s="75">
         <v>96.27</v>
       </c>
-      <c r="I155" s="60">
+      <c r="I155" s="75">
         <v>93.51</v>
       </c>
       <c r="J155" s="34">
         <v>0.5</v>
       </c>
       <c r="K155" s="34">
         <v>0.8</v>
       </c>
       <c r="L155" s="34">
         <v>-0.4</v>
       </c>
       <c r="M155" s="34">
         <v>0.5</v>
       </c>
       <c r="N155" s="34">
         <v>0.8</v>
       </c>
       <c r="O155" s="34">
         <v>-0.4</v>
       </c>
       <c r="P155" s="38">
         <v>0.8</v>
       </c>
       <c r="Q155" s="38">
         <v>0.5</v>
       </c>
       <c r="R155" s="38">
         <v>1.8</v>
       </c>
-      <c r="S155" s="64">
+      <c r="S155" s="79">
         <v>0.2</v>
       </c>
-      <c r="T155" s="64">
+      <c r="T155" s="79">
         <v>-0.1</v>
       </c>
-      <c r="U155" s="64">
+      <c r="U155" s="79">
         <v>1.3</v>
       </c>
     </row>
     <row r="156" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B156" s="5"/>
       <c r="C156" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D156" s="32">
         <v>92.9</v>
       </c>
       <c r="E156" s="32">
         <v>93</v>
       </c>
       <c r="F156" s="32">
         <v>94.07</v>
       </c>
-      <c r="G156" s="60">
+      <c r="G156" s="75">
         <v>95.29</v>
       </c>
-      <c r="H156" s="60">
+      <c r="H156" s="75">
         <v>96.46</v>
       </c>
-      <c r="I156" s="60">
+      <c r="I156" s="75">
         <v>93.99</v>
       </c>
       <c r="J156" s="34">
         <v>0.3</v>
       </c>
       <c r="K156" s="34">
         <v>0.2</v>
       </c>
       <c r="L156" s="34">
         <v>0.5</v>
       </c>
       <c r="M156" s="34">
         <v>0.3</v>
       </c>
       <c r="N156" s="34">
         <v>0.2</v>
       </c>
       <c r="O156" s="34">
         <v>0.5</v>
       </c>
       <c r="P156" s="38">
         <v>0.9</v>
       </c>
       <c r="Q156" s="38">
         <v>0.6</v>
       </c>
       <c r="R156" s="38">
         <v>1.9</v>
       </c>
-      <c r="S156" s="64">
+      <c r="S156" s="79">
         <v>0.3</v>
       </c>
-      <c r="T156" s="64">
+      <c r="T156" s="79">
         <v>-0.1</v>
       </c>
-      <c r="U156" s="64">
+      <c r="U156" s="79">
         <v>1.4</v>
       </c>
     </row>
     <row r="157" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B157" s="6"/>
       <c r="C157" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D157" s="32">
         <v>93.01</v>
       </c>
       <c r="E157" s="32">
         <v>92.63</v>
       </c>
       <c r="F157" s="32">
         <v>95.76</v>
       </c>
-      <c r="G157" s="60">
+      <c r="G157" s="75">
         <v>95.4</v>
       </c>
-      <c r="H157" s="60">
+      <c r="H157" s="75">
         <v>96.07</v>
       </c>
-      <c r="I157" s="60">
+      <c r="I157" s="75">
         <v>95.68</v>
       </c>
       <c r="J157" s="34">
         <v>0.1</v>
       </c>
       <c r="K157" s="34">
         <v>-0.4</v>
       </c>
       <c r="L157" s="34">
         <v>1.8</v>
       </c>
       <c r="M157" s="34">
         <v>0.1</v>
       </c>
       <c r="N157" s="34">
         <v>-0.4</v>
       </c>
       <c r="O157" s="34">
         <v>1.8</v>
       </c>
       <c r="P157" s="38">
         <v>0.6</v>
       </c>
       <c r="Q157" s="38">
         <v>0.2</v>
       </c>
       <c r="R157" s="38">
         <v>2</v>
       </c>
-      <c r="S157" s="64">
+      <c r="S157" s="79">
         <v>0</v>
       </c>
-      <c r="T157" s="64">
+      <c r="T157" s="79">
         <v>-0.4</v>
       </c>
-      <c r="U157" s="64">
+      <c r="U157" s="79">
         <v>1.5</v>
       </c>
     </row>
     <row r="158" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B158" s="6"/>
       <c r="C158" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D158" s="32">
         <v>92.84</v>
       </c>
       <c r="E158" s="32">
         <v>91.77</v>
       </c>
       <c r="F158" s="32">
         <v>97.86</v>
       </c>
-      <c r="G158" s="60">
+      <c r="G158" s="75">
         <v>95.23</v>
       </c>
-      <c r="H158" s="60">
+      <c r="H158" s="75">
         <v>95.18</v>
       </c>
-      <c r="I158" s="60">
+      <c r="I158" s="75">
         <v>97.78</v>
       </c>
       <c r="J158" s="34">
         <v>-0.2</v>
       </c>
       <c r="K158" s="34">
         <v>-0.9</v>
       </c>
       <c r="L158" s="34">
         <v>2.2000000000000002</v>
       </c>
       <c r="M158" s="34">
         <v>-0.2</v>
       </c>
       <c r="N158" s="34">
         <v>-0.9</v>
       </c>
       <c r="O158" s="34">
         <v>2.2000000000000002</v>
       </c>
       <c r="P158" s="38">
         <v>0.9</v>
       </c>
       <c r="Q158" s="38">
         <v>0.6</v>
       </c>
       <c r="R158" s="38">
         <v>1.9</v>
       </c>
-      <c r="S158" s="64">
+      <c r="S158" s="79">
         <v>0.3</v>
       </c>
-      <c r="T158" s="64">
+      <c r="T158" s="79">
         <v>0</v>
       </c>
-      <c r="U158" s="64">
+      <c r="U158" s="79">
         <v>1.4</v>
       </c>
     </row>
     <row r="159" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B159" s="6"/>
       <c r="C159" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D159" s="32">
         <v>92.7</v>
       </c>
       <c r="E159" s="32">
         <v>91.51</v>
       </c>
       <c r="F159" s="32">
         <v>98.08</v>
       </c>
-      <c r="G159" s="60">
+      <c r="G159" s="75">
         <v>95.09</v>
       </c>
-      <c r="H159" s="60">
+      <c r="H159" s="75">
         <v>94.91</v>
       </c>
-      <c r="I159" s="60">
+      <c r="I159" s="75">
         <v>97.99</v>
       </c>
       <c r="J159" s="34">
         <v>-0.2</v>
       </c>
       <c r="K159" s="34">
         <v>-0.3</v>
       </c>
       <c r="L159" s="34">
         <v>0.2</v>
       </c>
       <c r="M159" s="34">
         <v>-0.1</v>
       </c>
       <c r="N159" s="34">
         <v>-0.3</v>
       </c>
       <c r="O159" s="34">
         <v>0.2</v>
       </c>
       <c r="P159" s="38">
         <v>0.8</v>
       </c>
       <c r="Q159" s="38">
         <v>0.4</v>
       </c>
       <c r="R159" s="38">
         <v>2</v>
       </c>
-      <c r="S159" s="64">
+      <c r="S159" s="79">
         <v>0.9</v>
       </c>
-      <c r="T159" s="64">
+      <c r="T159" s="79">
         <v>0.5</v>
       </c>
-      <c r="U159" s="64">
+      <c r="U159" s="79">
         <v>2</v>
       </c>
     </row>
     <row r="160" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B160" s="6"/>
       <c r="C160" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D160" s="32">
         <v>92.56</v>
       </c>
       <c r="E160" s="32">
         <v>92.37</v>
       </c>
       <c r="F160" s="32">
         <v>94.66</v>
       </c>
-      <c r="G160" s="60">
+      <c r="G160" s="75">
         <v>94.84</v>
       </c>
-      <c r="H160" s="60">
+      <c r="H160" s="75">
         <v>95.68</v>
       </c>
-      <c r="I160" s="60">
+      <c r="I160" s="75">
         <v>94.59</v>
       </c>
       <c r="J160" s="34">
         <v>-0.2</v>
       </c>
       <c r="K160" s="34">
         <v>0.9</v>
       </c>
       <c r="L160" s="34">
         <v>-3.5</v>
       </c>
       <c r="M160" s="34">
         <v>-0.3</v>
       </c>
       <c r="N160" s="34">
         <v>0.8</v>
       </c>
       <c r="O160" s="34">
         <v>-3.5</v>
       </c>
       <c r="P160" s="38">
         <v>1.4</v>
       </c>
       <c r="Q160" s="38">
         <v>1.4</v>
       </c>
       <c r="R160" s="38">
         <v>1.3</v>
       </c>
-      <c r="S160" s="64">
+      <c r="S160" s="79">
         <v>1.3</v>
       </c>
-      <c r="T160" s="64">
+      <c r="T160" s="79">
         <v>1.3</v>
       </c>
-      <c r="U160" s="64">
+      <c r="U160" s="79">
         <v>1.3</v>
       </c>
     </row>
     <row r="161" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B161" s="6"/>
       <c r="C161" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D161" s="32">
         <v>92.69</v>
       </c>
       <c r="E161" s="32">
         <v>92.67</v>
       </c>
       <c r="F161" s="32">
         <v>94.26</v>
       </c>
-      <c r="G161" s="60">
+      <c r="G161" s="75">
         <v>94.98</v>
       </c>
-      <c r="H161" s="60">
+      <c r="H161" s="75">
         <v>95.98</v>
       </c>
-      <c r="I161" s="60">
+      <c r="I161" s="75">
         <v>94.18</v>
       </c>
       <c r="J161" s="34">
         <v>0.1</v>
       </c>
       <c r="K161" s="34">
         <v>0.3</v>
       </c>
       <c r="L161" s="34">
         <v>-0.4</v>
       </c>
       <c r="M161" s="34">
         <v>0.1</v>
       </c>
       <c r="N161" s="34">
         <v>0.3</v>
       </c>
       <c r="O161" s="34">
         <v>-0.4</v>
       </c>
       <c r="P161" s="38">
         <v>1.4</v>
       </c>
       <c r="Q161" s="38">
         <v>1.4</v>
       </c>
       <c r="R161" s="38">
         <v>1.2</v>
       </c>
-      <c r="S161" s="64">
+      <c r="S161" s="79">
         <v>1.3</v>
       </c>
-      <c r="T161" s="64">
+      <c r="T161" s="79">
         <v>1.3</v>
       </c>
-      <c r="U161" s="64">
+      <c r="U161" s="79">
         <v>1.2</v>
       </c>
     </row>
     <row r="162" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B162" s="6"/>
       <c r="C162" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D162" s="32">
         <v>92.87</v>
       </c>
       <c r="E162" s="32">
         <v>92.98</v>
       </c>
       <c r="F162" s="32">
         <v>94.04</v>
       </c>
-      <c r="G162" s="60">
+      <c r="G162" s="75">
         <v>95.01</v>
       </c>
-      <c r="H162" s="60">
+      <c r="H162" s="75">
         <v>96.1</v>
       </c>
-      <c r="I162" s="60">
+      <c r="I162" s="75">
         <v>93.96</v>
       </c>
       <c r="J162" s="34">
         <v>0.2</v>
       </c>
       <c r="K162" s="34">
         <v>0.3</v>
       </c>
       <c r="L162" s="34">
         <v>-0.2</v>
       </c>
       <c r="M162" s="34">
         <v>0</v>
       </c>
       <c r="N162" s="34">
         <v>0.1</v>
       </c>
       <c r="O162" s="34">
         <v>-0.2</v>
       </c>
       <c r="P162" s="38">
         <v>1.2</v>
       </c>
       <c r="Q162" s="38">
         <v>1.3</v>
       </c>
       <c r="R162" s="38">
         <v>0.7</v>
       </c>
-      <c r="S162" s="64">
+      <c r="S162" s="79">
         <v>0.9</v>
       </c>
-      <c r="T162" s="64">
+      <c r="T162" s="79">
         <v>1</v>
       </c>
-      <c r="U162" s="64">
+      <c r="U162" s="79">
         <v>0.7</v>
       </c>
     </row>
     <row r="163" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B163" s="7"/>
       <c r="C163" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D163" s="35">
         <v>92.79</v>
       </c>
       <c r="E163" s="35">
         <v>92.96</v>
       </c>
       <c r="F163" s="35">
         <v>93.78</v>
       </c>
-      <c r="G163" s="61">
+      <c r="G163" s="76">
         <v>94.93</v>
       </c>
-      <c r="H163" s="61">
+      <c r="H163" s="76">
         <v>96.07</v>
       </c>
-      <c r="I163" s="61">
+      <c r="I163" s="76">
         <v>93.7</v>
       </c>
       <c r="J163" s="36">
         <v>-0.1</v>
       </c>
       <c r="K163" s="36">
         <v>0</v>
       </c>
       <c r="L163" s="36">
         <v>-0.3</v>
       </c>
       <c r="M163" s="36">
         <v>-0.1</v>
       </c>
       <c r="N163" s="36">
         <v>0</v>
       </c>
       <c r="O163" s="36">
         <v>-0.3</v>
       </c>
       <c r="P163" s="39">
         <v>1.7</v>
       </c>
       <c r="Q163" s="39">
         <v>2.2000000000000002</v>
       </c>
       <c r="R163" s="39">
         <v>0.3</v>
       </c>
-      <c r="S163" s="63">
+      <c r="S163" s="78">
         <v>1.5</v>
       </c>
-      <c r="T163" s="63">
+      <c r="T163" s="78">
         <v>1.9</v>
       </c>
-      <c r="U163" s="63">
+      <c r="U163" s="78">
         <v>0.3</v>
       </c>
     </row>
     <row r="164" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B164" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C164" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D164" s="32">
         <v>93.26</v>
       </c>
       <c r="E164" s="32">
         <v>93.53</v>
       </c>
       <c r="F164" s="32">
         <v>93.91</v>
       </c>
-      <c r="G164" s="60">
+      <c r="G164" s="75">
         <v>95.41</v>
       </c>
-      <c r="H164" s="60">
+      <c r="H164" s="75">
         <v>96.67</v>
       </c>
-      <c r="I164" s="60">
+      <c r="I164" s="75">
         <v>93.84</v>
       </c>
       <c r="J164" s="34">
         <v>0.5</v>
       </c>
       <c r="K164" s="34">
         <v>0.6</v>
       </c>
       <c r="L164" s="34">
         <v>0.1</v>
       </c>
       <c r="M164" s="34">
         <v>0.5</v>
       </c>
       <c r="N164" s="34">
         <v>0.6</v>
       </c>
       <c r="O164" s="34">
         <v>0.1</v>
       </c>
       <c r="P164" s="38">
         <v>1.8</v>
       </c>
       <c r="Q164" s="38">
         <v>2.4</v>
       </c>
       <c r="R164" s="38">
         <v>0.1</v>
       </c>
-      <c r="S164" s="64">
+      <c r="S164" s="79">
         <v>1.5</v>
       </c>
-      <c r="T164" s="64">
+      <c r="T164" s="79">
         <v>2</v>
       </c>
-      <c r="U164" s="64">
+      <c r="U164" s="79">
         <v>0.1</v>
       </c>
     </row>
     <row r="165" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B165" s="3"/>
       <c r="C165" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D165" s="32">
         <v>93.72</v>
       </c>
       <c r="E165" s="32">
         <v>94.06</v>
       </c>
       <c r="F165" s="32">
         <v>94.15</v>
       </c>
-      <c r="G165" s="60">
+      <c r="G165" s="75">
         <v>95.88</v>
       </c>
-      <c r="H165" s="60">
+      <c r="H165" s="75">
         <v>97.21</v>
       </c>
-      <c r="I165" s="60">
+      <c r="I165" s="75">
         <v>94.07</v>
       </c>
       <c r="J165" s="34">
         <v>0.5</v>
       </c>
       <c r="K165" s="34">
         <v>0.6</v>
       </c>
       <c r="L165" s="34">
         <v>0.3</v>
       </c>
       <c r="M165" s="34">
         <v>0.5</v>
       </c>
       <c r="N165" s="34">
         <v>0.6</v>
       </c>
       <c r="O165" s="34">
         <v>0.2</v>
       </c>
       <c r="P165" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q165" s="38">
         <v>2.8</v>
       </c>
       <c r="R165" s="38">
         <v>0.1</v>
       </c>
-      <c r="S165" s="64">
+      <c r="S165" s="79">
         <v>1.9</v>
       </c>
-      <c r="T165" s="64">
+      <c r="T165" s="79">
         <v>2.4</v>
       </c>
-      <c r="U165" s="64">
+      <c r="U165" s="79">
         <v>0.1</v>
       </c>
     </row>
     <row r="166" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B166" s="3"/>
       <c r="C166" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D166" s="32">
         <v>94.53</v>
       </c>
       <c r="E166" s="32">
         <v>95.12</v>
       </c>
       <c r="F166" s="32">
         <v>94.15</v>
       </c>
-      <c r="G166" s="60">
+      <c r="G166" s="75">
         <v>96.7</v>
       </c>
-      <c r="H166" s="60">
+      <c r="H166" s="75">
         <v>98.31</v>
       </c>
-      <c r="I166" s="60">
+      <c r="I166" s="75">
         <v>94.07</v>
       </c>
       <c r="J166" s="34">
         <v>0.9</v>
       </c>
       <c r="K166" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="L166" s="34">
         <v>0</v>
       </c>
       <c r="M166" s="34">
         <v>0.9</v>
       </c>
       <c r="N166" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="O166" s="34">
         <v>0</v>
       </c>
       <c r="P166" s="38">
         <v>2.5</v>
       </c>
       <c r="Q166" s="38">
         <v>3.3</v>
       </c>
       <c r="R166" s="38">
         <v>0.2</v>
       </c>
-      <c r="S166" s="64">
+      <c r="S166" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="T166" s="64">
+      <c r="T166" s="79">
         <v>2.9</v>
       </c>
-      <c r="U166" s="64">
+      <c r="U166" s="79">
         <v>0.2</v>
       </c>
     </row>
     <row r="167" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B167" s="3"/>
       <c r="C167" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D167" s="32">
         <v>94.81</v>
       </c>
       <c r="E167" s="32">
         <v>95.46</v>
       </c>
       <c r="F167" s="32">
         <v>94.26</v>
       </c>
-      <c r="G167" s="60">
+      <c r="G167" s="75">
         <v>97.1</v>
       </c>
-      <c r="H167" s="60">
+      <c r="H167" s="75">
         <v>98.79</v>
       </c>
-      <c r="I167" s="60">
+      <c r="I167" s="75">
         <v>94.18</v>
       </c>
       <c r="J167" s="34">
         <v>0.3</v>
       </c>
       <c r="K167" s="34">
         <v>0.4</v>
       </c>
       <c r="L167" s="34">
         <v>0.1</v>
       </c>
       <c r="M167" s="34">
         <v>0.4</v>
       </c>
       <c r="N167" s="34">
         <v>0.5</v>
       </c>
       <c r="O167" s="34">
         <v>0.1</v>
       </c>
       <c r="P167" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="Q167" s="38">
         <v>2.8</v>
       </c>
       <c r="R167" s="38">
         <v>0.7</v>
       </c>
-      <c r="S167" s="64">
+      <c r="S167" s="79">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T167" s="64">
+      <c r="T167" s="79">
         <v>2.6</v>
       </c>
-      <c r="U167" s="64">
+      <c r="U167" s="79">
         <v>0.7</v>
       </c>
     </row>
     <row r="168" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B168" s="5"/>
       <c r="C168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D168" s="32">
         <v>95.19</v>
       </c>
       <c r="E168" s="32">
         <v>95.96</v>
       </c>
       <c r="F168" s="32">
         <v>94.2</v>
       </c>
-      <c r="G168" s="60">
+      <c r="G168" s="75">
         <v>97.48</v>
       </c>
-      <c r="H168" s="60">
+      <c r="H168" s="75">
         <v>99.31</v>
       </c>
-      <c r="I168" s="60">
+      <c r="I168" s="75">
         <v>94.13</v>
       </c>
       <c r="J168" s="34">
         <v>0.4</v>
       </c>
       <c r="K168" s="34">
         <v>0.5</v>
       </c>
       <c r="L168" s="34">
         <v>-0.1</v>
       </c>
       <c r="M168" s="34">
         <v>0.4</v>
       </c>
       <c r="N168" s="34">
         <v>0.5</v>
       </c>
       <c r="O168" s="34">
         <v>-0.1</v>
       </c>
       <c r="P168" s="38">
         <v>2.5</v>
       </c>
       <c r="Q168" s="38">
         <v>3.2</v>
       </c>
       <c r="R168" s="38">
         <v>0.1</v>
       </c>
-      <c r="S168" s="64">
+      <c r="S168" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="T168" s="64">
+      <c r="T168" s="79">
         <v>3</v>
       </c>
-      <c r="U168" s="64">
+      <c r="U168" s="79">
         <v>0.1</v>
       </c>
     </row>
     <row r="169" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B169" s="6"/>
       <c r="C169" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D169" s="32">
         <v>94.87</v>
       </c>
       <c r="E169" s="32">
         <v>95.05</v>
       </c>
       <c r="F169" s="32">
         <v>95.81</v>
       </c>
-      <c r="G169" s="60">
+      <c r="G169" s="75">
         <v>97.15</v>
       </c>
-      <c r="H169" s="60">
+      <c r="H169" s="75">
         <v>98.37</v>
       </c>
-      <c r="I169" s="60">
+      <c r="I169" s="75">
         <v>95.73</v>
       </c>
       <c r="J169" s="34">
         <v>-0.3</v>
       </c>
       <c r="K169" s="34">
         <v>-0.9</v>
       </c>
       <c r="L169" s="34">
         <v>1.7</v>
       </c>
       <c r="M169" s="34">
         <v>-0.3</v>
       </c>
       <c r="N169" s="34">
         <v>-0.9</v>
       </c>
       <c r="O169" s="34">
         <v>1.7</v>
       </c>
       <c r="P169" s="38">
         <v>2</v>
       </c>
       <c r="Q169" s="38">
         <v>2.6</v>
       </c>
       <c r="R169" s="38">
         <v>0.1</v>
       </c>
-      <c r="S169" s="64">
+      <c r="S169" s="79">
         <v>1.8</v>
       </c>
-      <c r="T169" s="64">
+      <c r="T169" s="79">
         <v>2.4</v>
       </c>
-      <c r="U169" s="64">
+      <c r="U169" s="79">
         <v>0.1</v>
       </c>
     </row>
     <row r="170" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B170" s="6"/>
       <c r="C170" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D170" s="32">
         <v>94.62</v>
       </c>
       <c r="E170" s="32">
         <v>94.14</v>
       </c>
       <c r="F170" s="32">
         <v>97.75</v>
       </c>
-      <c r="G170" s="60">
+      <c r="G170" s="75">
         <v>96.9</v>
       </c>
-      <c r="H170" s="60">
+      <c r="H170" s="75">
         <v>97.43</v>
       </c>
-      <c r="I170" s="60">
+      <c r="I170" s="75">
         <v>97.66</v>
       </c>
       <c r="J170" s="34">
         <v>-0.3</v>
       </c>
       <c r="K170" s="34">
         <v>-1</v>
       </c>
       <c r="L170" s="34">
         <v>2</v>
       </c>
       <c r="M170" s="34">
         <v>-0.3</v>
       </c>
       <c r="N170" s="34">
         <v>-1</v>
       </c>
       <c r="O170" s="34">
         <v>2</v>
       </c>
       <c r="P170" s="38">
         <v>1.9</v>
       </c>
       <c r="Q170" s="38">
         <v>2.6</v>
       </c>
       <c r="R170" s="38">
         <v>-0.1</v>
       </c>
-      <c r="S170" s="64">
+      <c r="S170" s="79">
         <v>1.8</v>
       </c>
-      <c r="T170" s="64">
+      <c r="T170" s="79">
         <v>2.4</v>
       </c>
-      <c r="U170" s="64">
+      <c r="U170" s="79">
         <v>-0.1</v>
       </c>
     </row>
     <row r="171" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B171" s="6"/>
       <c r="C171" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D171" s="32">
         <v>94.61</v>
       </c>
       <c r="E171" s="32">
         <v>94.15</v>
       </c>
       <c r="F171" s="32">
         <v>97.66</v>
       </c>
-      <c r="G171" s="60">
+      <c r="G171" s="75">
         <v>96.89</v>
       </c>
-      <c r="H171" s="60">
+      <c r="H171" s="75">
         <v>97.44</v>
       </c>
-      <c r="I171" s="60">
+      <c r="I171" s="75">
         <v>97.58</v>
       </c>
       <c r="J171" s="34">
         <v>0</v>
       </c>
       <c r="K171" s="34">
         <v>0</v>
       </c>
       <c r="L171" s="34">
         <v>-0.1</v>
       </c>
       <c r="M171" s="34">
         <v>0</v>
       </c>
       <c r="N171" s="34">
         <v>0</v>
       </c>
       <c r="O171" s="34">
         <v>-0.1</v>
       </c>
       <c r="P171" s="38">
         <v>2.1</v>
       </c>
       <c r="Q171" s="38">
         <v>2.9</v>
       </c>
       <c r="R171" s="38">
         <v>-0.4</v>
       </c>
-      <c r="S171" s="64">
+      <c r="S171" s="79">
         <v>1.9</v>
       </c>
-      <c r="T171" s="64">
+      <c r="T171" s="79">
         <v>2.7</v>
       </c>
-      <c r="U171" s="64">
+      <c r="U171" s="79">
         <v>-0.4</v>
       </c>
     </row>
     <row r="172" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B172" s="6"/>
       <c r="C172" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D172" s="32">
         <v>94.54</v>
       </c>
       <c r="E172" s="32">
         <v>95.09</v>
       </c>
       <c r="F172" s="32">
         <v>94.28</v>
       </c>
-      <c r="G172" s="60">
+      <c r="G172" s="75">
         <v>96.81</v>
       </c>
-      <c r="H172" s="60">
+      <c r="H172" s="75">
         <v>98.41</v>
       </c>
-      <c r="I172" s="60">
+      <c r="I172" s="75">
         <v>94.2</v>
       </c>
       <c r="J172" s="34">
         <v>-0.1</v>
       </c>
       <c r="K172" s="34">
         <v>1</v>
       </c>
       <c r="L172" s="34">
         <v>-3.5</v>
       </c>
       <c r="M172" s="34">
         <v>-0.1</v>
       </c>
       <c r="N172" s="34">
         <v>1</v>
       </c>
       <c r="O172" s="34">
         <v>-3.5</v>
       </c>
       <c r="P172" s="38">
         <v>2.1</v>
       </c>
       <c r="Q172" s="38">
         <v>2.9</v>
       </c>
       <c r="R172" s="38">
         <v>-0.4</v>
       </c>
-      <c r="S172" s="64">
+      <c r="S172" s="79">
         <v>2.1</v>
       </c>
-      <c r="T172" s="64">
+      <c r="T172" s="79">
         <v>2.9</v>
       </c>
-      <c r="U172" s="64">
+      <c r="U172" s="79">
         <v>-0.4</v>
       </c>
     </row>
     <row r="173" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B173" s="6"/>
       <c r="C173" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D173" s="32">
         <v>95.02</v>
       </c>
       <c r="E173" s="32">
         <v>95.84</v>
       </c>
       <c r="F173" s="32">
         <v>93.92</v>
       </c>
-      <c r="G173" s="60">
+      <c r="G173" s="75">
         <v>97.31</v>
       </c>
-      <c r="H173" s="60">
+      <c r="H173" s="75">
         <v>99.18</v>
       </c>
-      <c r="I173" s="60">
+      <c r="I173" s="75">
         <v>93.84</v>
       </c>
       <c r="J173" s="34">
         <v>0.5</v>
       </c>
       <c r="K173" s="34">
         <v>0.8</v>
       </c>
       <c r="L173" s="34">
         <v>-0.4</v>
       </c>
       <c r="M173" s="34">
         <v>0.5</v>
       </c>
       <c r="N173" s="34">
         <v>0.8</v>
       </c>
       <c r="O173" s="34">
         <v>-0.4</v>
       </c>
       <c r="P173" s="38">
         <v>2.5</v>
       </c>
       <c r="Q173" s="38">
         <v>3.4</v>
       </c>
       <c r="R173" s="38">
         <v>-0.4</v>
       </c>
-      <c r="S173" s="64">
+      <c r="S173" s="79">
         <v>2.5</v>
       </c>
-      <c r="T173" s="64">
+      <c r="T173" s="79">
         <v>3.3</v>
       </c>
-      <c r="U173" s="64">
+      <c r="U173" s="79">
         <v>-0.4</v>
       </c>
     </row>
     <row r="174" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B174" s="6"/>
       <c r="C174" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D174" s="32">
         <v>95.16</v>
       </c>
       <c r="E174" s="32">
         <v>96.07</v>
       </c>
       <c r="F174" s="32">
         <v>93.75</v>
       </c>
-      <c r="G174" s="60">
+      <c r="G174" s="75">
         <v>97.45</v>
       </c>
-      <c r="H174" s="60">
+      <c r="H174" s="75">
         <v>99.42</v>
       </c>
-      <c r="I174" s="60">
+      <c r="I174" s="75">
         <v>93.67</v>
       </c>
       <c r="J174" s="34">
         <v>0.1</v>
       </c>
       <c r="K174" s="34">
         <v>0.2</v>
       </c>
       <c r="L174" s="34">
         <v>-0.2</v>
       </c>
       <c r="M174" s="34">
         <v>0.1</v>
       </c>
       <c r="N174" s="34">
         <v>0.2</v>
       </c>
       <c r="O174" s="34">
         <v>-0.2</v>
       </c>
       <c r="P174" s="38">
         <v>2.5</v>
       </c>
       <c r="Q174" s="38">
         <v>3.3</v>
       </c>
       <c r="R174" s="38">
         <v>-0.3</v>
       </c>
-      <c r="S174" s="64">
+      <c r="S174" s="79">
         <v>2.6</v>
       </c>
-      <c r="T174" s="64">
+      <c r="T174" s="79">
         <v>3.5</v>
       </c>
-      <c r="U174" s="64">
+      <c r="U174" s="79">
         <v>-0.3</v>
       </c>
     </row>
     <row r="175" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B175" s="7"/>
       <c r="C175" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D175" s="35">
         <v>94.77</v>
       </c>
       <c r="E175" s="35">
         <v>95.65</v>
       </c>
       <c r="F175" s="35">
         <v>93.42</v>
       </c>
-      <c r="G175" s="61">
+      <c r="G175" s="76">
         <v>97.05</v>
       </c>
-      <c r="H175" s="61">
+      <c r="H175" s="76">
         <v>98.99</v>
       </c>
-      <c r="I175" s="61">
+      <c r="I175" s="76">
         <v>93.35</v>
       </c>
       <c r="J175" s="36">
         <v>-0.4</v>
       </c>
       <c r="K175" s="36">
         <v>-0.4</v>
       </c>
       <c r="L175" s="36">
         <v>-0.4</v>
       </c>
       <c r="M175" s="36">
         <v>-0.4</v>
       </c>
       <c r="N175" s="36">
         <v>-0.4</v>
       </c>
       <c r="O175" s="36">
         <v>-0.3</v>
       </c>
       <c r="P175" s="39">
         <v>2.1</v>
       </c>
       <c r="Q175" s="39">
         <v>2.9</v>
       </c>
       <c r="R175" s="39">
         <v>-0.4</v>
       </c>
-      <c r="S175" s="63">
+      <c r="S175" s="78">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T175" s="63">
+      <c r="T175" s="78">
         <v>3</v>
       </c>
-      <c r="U175" s="63">
+      <c r="U175" s="78">
         <v>-0.4</v>
       </c>
     </row>
     <row r="176" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B176" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C176" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D176" s="32">
         <v>94.6</v>
       </c>
       <c r="E176" s="32">
         <v>95.45</v>
       </c>
       <c r="F176" s="32">
         <v>93.37</v>
       </c>
-      <c r="G176" s="60">
+      <c r="G176" s="75">
         <v>96.88</v>
       </c>
-      <c r="H176" s="60">
+      <c r="H176" s="75">
         <v>98.79</v>
       </c>
-      <c r="I176" s="60">
+      <c r="I176" s="75">
         <v>93.29</v>
       </c>
       <c r="J176" s="34">
         <v>-0.2</v>
       </c>
       <c r="K176" s="34">
         <v>-0.2</v>
       </c>
       <c r="L176" s="34">
         <v>-0.1</v>
       </c>
       <c r="M176" s="34">
         <v>-0.2</v>
       </c>
       <c r="N176" s="34">
         <v>-0.2</v>
       </c>
       <c r="O176" s="34">
         <v>-0.1</v>
       </c>
       <c r="P176" s="38">
         <v>1.4</v>
       </c>
       <c r="Q176" s="38">
         <v>2.1</v>
       </c>
       <c r="R176" s="38">
         <v>-0.6</v>
       </c>
-      <c r="S176" s="64">
+      <c r="S176" s="79">
         <v>1.5</v>
       </c>
-      <c r="T176" s="64">
+      <c r="T176" s="79">
         <v>2.2000000000000002</v>
       </c>
-      <c r="U176" s="64">
+      <c r="U176" s="79">
         <v>-0.6</v>
       </c>
     </row>
     <row r="177" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B177" s="3"/>
       <c r="C177" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D177" s="32">
         <v>95.19</v>
       </c>
       <c r="E177" s="32">
         <v>96.23</v>
       </c>
       <c r="F177" s="32">
         <v>93.45</v>
       </c>
-      <c r="G177" s="60">
+      <c r="G177" s="75">
         <v>97.49</v>
       </c>
-      <c r="H177" s="60">
+      <c r="H177" s="75">
         <v>99.59</v>
       </c>
-      <c r="I177" s="60">
+      <c r="I177" s="75">
         <v>93.37</v>
       </c>
       <c r="J177" s="34">
         <v>0.6</v>
       </c>
       <c r="K177" s="34">
         <v>0.8</v>
       </c>
       <c r="L177" s="34">
         <v>0.1</v>
       </c>
       <c r="M177" s="34">
         <v>0.6</v>
       </c>
       <c r="N177" s="34">
         <v>0.8</v>
       </c>
       <c r="O177" s="34">
         <v>0.1</v>
       </c>
       <c r="P177" s="38">
         <v>1.6</v>
       </c>
       <c r="Q177" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="R177" s="38">
         <v>-0.7</v>
       </c>
-      <c r="S177" s="64">
+      <c r="S177" s="79">
         <v>1.7</v>
       </c>
-      <c r="T177" s="64">
+      <c r="T177" s="79">
         <v>2.4</v>
       </c>
-      <c r="U177" s="64">
+      <c r="U177" s="79">
         <v>-0.7</v>
       </c>
     </row>
     <row r="178" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B178" s="3"/>
       <c r="C178" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D178" s="32">
         <v>96.47</v>
       </c>
       <c r="E178" s="32">
         <v>97.57</v>
       </c>
       <c r="F178" s="32">
         <v>94.55</v>
       </c>
-      <c r="G178" s="60">
+      <c r="G178" s="75">
         <v>97.86</v>
       </c>
-      <c r="H178" s="60">
+      <c r="H178" s="75">
         <v>99.97</v>
       </c>
-      <c r="I178" s="60">
+      <c r="I178" s="75">
         <v>93.76</v>
       </c>
       <c r="J178" s="34">
         <v>1.3</v>
       </c>
       <c r="K178" s="34">
         <v>1.4</v>
       </c>
       <c r="L178" s="34">
         <v>1.2</v>
       </c>
       <c r="M178" s="34">
         <v>0.4</v>
       </c>
       <c r="N178" s="34">
         <v>0.4</v>
       </c>
       <c r="O178" s="34">
         <v>0.4</v>
       </c>
       <c r="P178" s="38">
         <v>2.1</v>
       </c>
       <c r="Q178" s="38">
         <v>2.6</v>
       </c>
       <c r="R178" s="38">
         <v>0.4</v>
       </c>
-      <c r="S178" s="64">
+      <c r="S178" s="79">
         <v>1.2</v>
       </c>
-      <c r="T178" s="64">
+      <c r="T178" s="79">
         <v>1.7</v>
       </c>
-      <c r="U178" s="64">
+      <c r="U178" s="79">
         <v>-0.3</v>
       </c>
     </row>
     <row r="179" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B179" s="3"/>
       <c r="C179" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D179" s="32">
         <v>97.28</v>
       </c>
       <c r="E179" s="32">
         <v>98.57</v>
       </c>
       <c r="F179" s="32">
         <v>94.88</v>
       </c>
-      <c r="G179" s="60">
+      <c r="G179" s="75">
         <v>98.64</v>
       </c>
-      <c r="H179" s="60">
+      <c r="H179" s="75">
         <v>100.91</v>
       </c>
-      <c r="I179" s="60">
+      <c r="I179" s="75">
         <v>94.08</v>
       </c>
       <c r="J179" s="34">
         <v>0.8</v>
       </c>
       <c r="K179" s="34">
         <v>1</v>
       </c>
       <c r="L179" s="34">
         <v>0.3</v>
       </c>
       <c r="M179" s="34">
         <v>0.8</v>
       </c>
       <c r="N179" s="34">
         <v>0.9</v>
       </c>
       <c r="O179" s="34">
         <v>0.3</v>
       </c>
       <c r="P179" s="38">
         <v>2.6</v>
       </c>
       <c r="Q179" s="38">
         <v>3.3</v>
       </c>
       <c r="R179" s="38">
         <v>0.7</v>
       </c>
-      <c r="S179" s="64">
+      <c r="S179" s="79">
         <v>1.6</v>
       </c>
-      <c r="T179" s="64">
+      <c r="T179" s="79">
         <v>2.1</v>
       </c>
-      <c r="U179" s="64">
+      <c r="U179" s="79">
         <v>-0.1</v>
       </c>
     </row>
     <row r="180" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B180" s="5"/>
       <c r="C180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D180" s="32">
         <v>98.52</v>
       </c>
       <c r="E180" s="32">
         <v>100.28</v>
       </c>
       <c r="F180" s="32">
         <v>94.83</v>
       </c>
-      <c r="G180" s="60">
+      <c r="G180" s="75">
         <v>99.88</v>
       </c>
-      <c r="H180" s="60">
+      <c r="H180" s="75">
         <v>102.66</v>
       </c>
-      <c r="I180" s="60">
+      <c r="I180" s="75">
         <v>94.04</v>
       </c>
       <c r="J180" s="34">
         <v>1.3</v>
       </c>
       <c r="K180" s="34">
         <v>1.7</v>
       </c>
       <c r="L180" s="34">
         <v>-0.1</v>
       </c>
       <c r="M180" s="34">
         <v>1.3</v>
       </c>
       <c r="N180" s="34">
         <v>1.7</v>
       </c>
       <c r="O180" s="34">
         <v>0</v>
       </c>
       <c r="P180" s="38">
         <v>3.5</v>
       </c>
       <c r="Q180" s="38">
         <v>4.5</v>
       </c>
       <c r="R180" s="38">
         <v>0.7</v>
       </c>
-      <c r="S180" s="64">
+      <c r="S180" s="79">
         <v>2.5</v>
       </c>
-      <c r="T180" s="64">
+      <c r="T180" s="79">
         <v>3.4</v>
       </c>
-      <c r="U180" s="64">
+      <c r="U180" s="79">
         <v>-0.1</v>
       </c>
     </row>
     <row r="181" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B181" s="6"/>
       <c r="C181" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D181" s="32">
         <v>98.29</v>
       </c>
       <c r="E181" s="32">
         <v>99.42</v>
       </c>
       <c r="F181" s="32">
         <v>96.33</v>
       </c>
-      <c r="G181" s="60">
+      <c r="G181" s="75">
         <v>99.62</v>
       </c>
-      <c r="H181" s="60">
+      <c r="H181" s="75">
         <v>101.73</v>
       </c>
-      <c r="I181" s="60">
+      <c r="I181" s="75">
         <v>95.53</v>
       </c>
       <c r="J181" s="34">
         <v>-0.2</v>
       </c>
       <c r="K181" s="34">
         <v>-0.9</v>
       </c>
       <c r="L181" s="34">
         <v>1.6</v>
       </c>
       <c r="M181" s="34">
         <v>-0.3</v>
       </c>
       <c r="N181" s="34">
         <v>-0.9</v>
       </c>
       <c r="O181" s="34">
         <v>1.6</v>
       </c>
       <c r="P181" s="38">
         <v>3.6</v>
       </c>
       <c r="Q181" s="38">
         <v>4.5999999999999996</v>
       </c>
       <c r="R181" s="38">
         <v>0.5</v>
       </c>
-      <c r="S181" s="64">
+      <c r="S181" s="79">
         <v>2.5</v>
       </c>
-      <c r="T181" s="64">
+      <c r="T181" s="79">
         <v>3.4</v>
       </c>
-      <c r="U181" s="64">
+      <c r="U181" s="79">
         <v>-0.2</v>
       </c>
     </row>
     <row r="182" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B182" s="6"/>
       <c r="C182" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D182" s="32">
         <v>97.88</v>
       </c>
       <c r="E182" s="32">
         <v>98.3</v>
       </c>
       <c r="F182" s="32">
         <v>97.84</v>
       </c>
-      <c r="G182" s="60">
+      <c r="G182" s="75">
         <v>99.21</v>
       </c>
-      <c r="H182" s="60">
+      <c r="H182" s="75">
         <v>100.59</v>
       </c>
-      <c r="I182" s="60">
+      <c r="I182" s="75">
         <v>97.04</v>
       </c>
       <c r="J182" s="34">
         <v>-0.4</v>
       </c>
       <c r="K182" s="34">
         <v>-1.1000000000000001</v>
       </c>
       <c r="L182" s="34">
         <v>1.6</v>
       </c>
       <c r="M182" s="34">
         <v>-0.4</v>
       </c>
       <c r="N182" s="34">
         <v>-1.1000000000000001</v>
       </c>
       <c r="O182" s="34">
         <v>1.6</v>
       </c>
       <c r="P182" s="38">
         <v>3.4</v>
       </c>
       <c r="Q182" s="38">
         <v>4.4000000000000004</v>
       </c>
       <c r="R182" s="38">
         <v>0.1</v>
       </c>
-      <c r="S182" s="64">
+      <c r="S182" s="79">
         <v>2.4</v>
       </c>
-      <c r="T182" s="64">
+      <c r="T182" s="79">
         <v>3.2</v>
       </c>
-      <c r="U182" s="64">
+      <c r="U182" s="79">
         <v>-0.6</v>
       </c>
     </row>
     <row r="183" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B183" s="6"/>
       <c r="C183" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D183" s="32">
         <v>98.52</v>
       </c>
       <c r="E183" s="32">
         <v>99.07</v>
       </c>
       <c r="F183" s="32">
         <v>98.13</v>
       </c>
-      <c r="G183" s="60">
+      <c r="G183" s="75">
         <v>99.84</v>
       </c>
-      <c r="H183" s="60">
+      <c r="H183" s="75">
         <v>101.36</v>
       </c>
-      <c r="I183" s="60">
+      <c r="I183" s="75">
         <v>97.32</v>
       </c>
       <c r="J183" s="34">
         <v>0.7</v>
       </c>
       <c r="K183" s="34">
         <v>0.8</v>
       </c>
       <c r="L183" s="34">
         <v>0.3</v>
       </c>
       <c r="M183" s="34">
         <v>0.6</v>
       </c>
       <c r="N183" s="34">
         <v>0.8</v>
       </c>
       <c r="O183" s="34">
         <v>0.3</v>
       </c>
       <c r="P183" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="Q183" s="38">
         <v>5.2</v>
       </c>
       <c r="R183" s="38">
         <v>0.5</v>
       </c>
-      <c r="S183" s="64">
+      <c r="S183" s="79">
         <v>3</v>
       </c>
-      <c r="T183" s="64">
+      <c r="T183" s="79">
         <v>4</v>
       </c>
-      <c r="U183" s="64">
+      <c r="U183" s="79">
         <v>-0.3</v>
       </c>
     </row>
     <row r="184" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B184" s="6"/>
       <c r="C184" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D184" s="32">
         <v>99.04</v>
       </c>
       <c r="E184" s="32">
         <v>100.74</v>
       </c>
       <c r="F184" s="32">
         <v>95.53</v>
       </c>
-      <c r="G184" s="60">
+      <c r="G184" s="75">
         <v>100.34</v>
       </c>
-      <c r="H184" s="60">
+      <c r="H184" s="75">
         <v>103.03</v>
       </c>
-      <c r="I184" s="60">
+      <c r="I184" s="75">
         <v>94.74</v>
       </c>
       <c r="J184" s="34">
         <v>0.5</v>
       </c>
       <c r="K184" s="34">
         <v>1.7</v>
       </c>
       <c r="L184" s="34">
         <v>-2.6</v>
       </c>
       <c r="M184" s="34">
         <v>0.5</v>
       </c>
       <c r="N184" s="34">
         <v>1.6</v>
       </c>
       <c r="O184" s="34">
         <v>-2.7</v>
       </c>
       <c r="P184" s="38">
         <v>4.8</v>
       </c>
       <c r="Q184" s="38">
         <v>5.9</v>
       </c>
       <c r="R184" s="38">
         <v>1.3</v>
       </c>
-      <c r="S184" s="64">
+      <c r="S184" s="79">
         <v>3.6</v>
       </c>
-      <c r="T184" s="64">
+      <c r="T184" s="79">
         <v>4.7</v>
       </c>
-      <c r="U184" s="64">
+      <c r="U184" s="79">
         <v>0.6</v>
       </c>
     </row>
     <row r="185" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B185" s="6"/>
       <c r="C185" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D185" s="32">
         <v>99.37</v>
       </c>
       <c r="E185" s="32">
         <v>101.01</v>
       </c>
       <c r="F185" s="32">
         <v>96.03</v>
       </c>
-      <c r="G185" s="60">
+      <c r="G185" s="75">
         <v>100.69</v>
       </c>
-      <c r="H185" s="60">
+      <c r="H185" s="75">
         <v>103.32</v>
       </c>
-      <c r="I185" s="60">
+      <c r="I185" s="75">
         <v>95.23</v>
       </c>
       <c r="J185" s="34">
         <v>0.3</v>
       </c>
       <c r="K185" s="34">
         <v>0.3</v>
       </c>
       <c r="L185" s="34">
         <v>0.5</v>
       </c>
       <c r="M185" s="34">
         <v>0.3</v>
       </c>
       <c r="N185" s="34">
         <v>0.3</v>
       </c>
       <c r="O185" s="34">
         <v>0.5</v>
       </c>
       <c r="P185" s="38">
         <v>4.5999999999999996</v>
       </c>
       <c r="Q185" s="38">
         <v>5.4</v>
       </c>
       <c r="R185" s="38">
         <v>2.2000000000000002</v>
       </c>
-      <c r="S185" s="64">
+      <c r="S185" s="79">
         <v>3.5</v>
       </c>
-      <c r="T185" s="64">
+      <c r="T185" s="79">
         <v>4.2</v>
       </c>
-      <c r="U185" s="64">
+      <c r="U185" s="79">
         <v>1.5</v>
       </c>
     </row>
     <row r="186" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B186" s="6"/>
       <c r="C186" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D186" s="32">
         <v>99.06</v>
       </c>
       <c r="E186" s="32">
         <v>100.78</v>
       </c>
       <c r="F186" s="32">
         <v>95.5</v>
       </c>
-      <c r="G186" s="60">
+      <c r="G186" s="75">
         <v>100.37</v>
       </c>
-      <c r="H186" s="60">
+      <c r="H186" s="75">
         <v>103.08</v>
       </c>
-      <c r="I186" s="60">
+      <c r="I186" s="75">
         <v>94.7</v>
       </c>
       <c r="J186" s="34">
         <v>-0.3</v>
       </c>
       <c r="K186" s="34">
         <v>-0.2</v>
       </c>
       <c r="L186" s="34">
         <v>-0.6</v>
       </c>
       <c r="M186" s="34">
         <v>-0.3</v>
       </c>
       <c r="N186" s="34">
         <v>-0.2</v>
       </c>
       <c r="O186" s="34">
         <v>-0.6</v>
       </c>
       <c r="P186" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="Q186" s="38">
         <v>4.9000000000000004</v>
       </c>
       <c r="R186" s="38">
         <v>1.9</v>
       </c>
-      <c r="S186" s="64">
+      <c r="S186" s="79">
         <v>3</v>
       </c>
-      <c r="T186" s="64">
+      <c r="T186" s="79">
         <v>3.7</v>
       </c>
-      <c r="U186" s="64">
+      <c r="U186" s="79">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="187" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B187" s="7"/>
       <c r="C187" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D187" s="35">
         <v>98.94</v>
       </c>
       <c r="E187" s="35">
         <v>100.72</v>
       </c>
       <c r="F187" s="35">
         <v>95.2</v>
       </c>
-      <c r="G187" s="61">
+      <c r="G187" s="76">
         <v>100.25</v>
       </c>
-      <c r="H187" s="61">
+      <c r="H187" s="76">
         <v>103.03</v>
       </c>
-      <c r="I187" s="61">
+      <c r="I187" s="76">
         <v>94.41</v>
       </c>
       <c r="J187" s="36">
         <v>-0.1</v>
       </c>
       <c r="K187" s="36">
         <v>-0.1</v>
       </c>
       <c r="L187" s="36">
         <v>-0.3</v>
       </c>
       <c r="M187" s="36">
         <v>-0.1</v>
       </c>
       <c r="N187" s="36">
         <v>0</v>
       </c>
       <c r="O187" s="36">
         <v>-0.3</v>
       </c>
       <c r="P187" s="39">
         <v>4.4000000000000004</v>
       </c>
       <c r="Q187" s="39">
         <v>5.3</v>
       </c>
       <c r="R187" s="39">
         <v>1.9</v>
       </c>
-      <c r="S187" s="63">
+      <c r="S187" s="78">
         <v>3.3</v>
       </c>
-      <c r="T187" s="63">
+      <c r="T187" s="78">
         <v>4.0999999999999996</v>
       </c>
-      <c r="U187" s="63">
+      <c r="U187" s="78">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="188" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B188" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C188" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D188" s="32">
         <v>98.99</v>
       </c>
       <c r="E188" s="32">
         <v>100.6</v>
       </c>
       <c r="F188" s="32">
         <v>95.63</v>
       </c>
-      <c r="G188" s="60">
+      <c r="G188" s="75">
         <v>100.56</v>
       </c>
-      <c r="H188" s="60">
+      <c r="H188" s="75">
         <v>102.55</v>
       </c>
-      <c r="I188" s="60">
+      <c r="I188" s="75">
         <v>96.4</v>
       </c>
       <c r="J188" s="34">
         <v>0.1</v>
       </c>
       <c r="K188" s="34">
         <v>-0.1</v>
       </c>
       <c r="L188" s="34">
         <v>0.5</v>
       </c>
       <c r="M188" s="34">
         <v>0.3</v>
       </c>
       <c r="N188" s="34">
         <v>-0.5</v>
       </c>
       <c r="O188" s="34">
         <v>2.1</v>
       </c>
       <c r="P188" s="38">
         <v>4.5999999999999996</v>
       </c>
       <c r="Q188" s="38">
         <v>5.4</v>
       </c>
       <c r="R188" s="38">
         <v>2.4</v>
       </c>
-      <c r="S188" s="64">
+      <c r="S188" s="79">
         <v>3.8</v>
       </c>
-      <c r="T188" s="64">
+      <c r="T188" s="79">
         <v>3.8</v>
       </c>
-      <c r="U188" s="64">
+      <c r="U188" s="79">
         <v>3.3</v>
       </c>
     </row>
     <row r="189" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B189" s="3"/>
       <c r="C189" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D189" s="32">
         <v>99.4</v>
       </c>
       <c r="E189" s="32">
         <v>101.1</v>
       </c>
       <c r="F189" s="32">
         <v>95.86</v>
       </c>
-      <c r="G189" s="60">
+      <c r="G189" s="75">
         <v>100.79</v>
       </c>
-      <c r="H189" s="60">
+      <c r="H189" s="75">
         <v>102.77</v>
       </c>
-      <c r="I189" s="60">
+      <c r="I189" s="75">
         <v>96.64</v>
       </c>
       <c r="J189" s="34">
         <v>0.4</v>
       </c>
       <c r="K189" s="34">
         <v>0.5</v>
       </c>
       <c r="L189" s="34">
         <v>0.2</v>
       </c>
       <c r="M189" s="34">
         <v>0.2</v>
       </c>
       <c r="N189" s="34">
         <v>0.2</v>
       </c>
       <c r="O189" s="34">
         <v>0.2</v>
       </c>
       <c r="P189" s="38">
         <v>4.4000000000000004</v>
       </c>
       <c r="Q189" s="38">
         <v>5.0999999999999996</v>
       </c>
       <c r="R189" s="38">
         <v>2.6</v>
       </c>
-      <c r="S189" s="64">
+      <c r="S189" s="79">
         <v>3.4</v>
       </c>
-      <c r="T189" s="64">
+      <c r="T189" s="79">
         <v>3.2</v>
       </c>
-      <c r="U189" s="64">
+      <c r="U189" s="79">
         <v>3.5</v>
       </c>
     </row>
     <row r="190" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B190" s="3"/>
       <c r="C190" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D190" s="32">
         <v>99.78</v>
       </c>
       <c r="E190" s="32">
         <v>101.54</v>
       </c>
       <c r="F190" s="32">
         <v>96.08</v>
       </c>
-      <c r="G190" s="60">
+      <c r="G190" s="75">
         <v>101.16</v>
       </c>
-      <c r="H190" s="60">
+      <c r="H190" s="75">
         <v>103.22</v>
       </c>
-      <c r="I190" s="60">
+      <c r="I190" s="75">
         <v>96.85</v>
       </c>
       <c r="J190" s="34">
         <v>0.4</v>
       </c>
       <c r="K190" s="34">
         <v>0.4</v>
       </c>
       <c r="L190" s="34">
         <v>0.2</v>
       </c>
       <c r="M190" s="34">
         <v>0.4</v>
       </c>
       <c r="N190" s="34">
         <v>0.4</v>
       </c>
       <c r="O190" s="34">
         <v>0.2</v>
       </c>
       <c r="P190" s="38">
         <v>3.4</v>
       </c>
       <c r="Q190" s="38">
         <v>4.0999999999999996</v>
       </c>
       <c r="R190" s="38">
         <v>1.6</v>
       </c>
-      <c r="S190" s="64">
+      <c r="S190" s="79">
         <v>3.4</v>
       </c>
-      <c r="T190" s="64">
+      <c r="T190" s="79">
         <v>3.3</v>
       </c>
-      <c r="U190" s="64">
+      <c r="U190" s="79">
         <v>3.3</v>
       </c>
     </row>
     <row r="191" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B191" s="3"/>
       <c r="C191" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D191" s="32">
         <v>100.29</v>
       </c>
       <c r="E191" s="32">
         <v>102.01</v>
       </c>
       <c r="F191" s="32">
         <v>96.67</v>
       </c>
-      <c r="G191" s="60">
+      <c r="G191" s="75">
         <v>101.6</v>
       </c>
-      <c r="H191" s="60">
+      <c r="H191" s="75">
         <v>103.59</v>
       </c>
-      <c r="I191" s="60">
+      <c r="I191" s="75">
         <v>97.45</v>
       </c>
       <c r="J191" s="34">
         <v>0.5</v>
       </c>
       <c r="K191" s="34">
         <v>0.5</v>
       </c>
       <c r="L191" s="34">
         <v>0.6</v>
       </c>
       <c r="M191" s="34">
         <v>0.4</v>
       </c>
       <c r="N191" s="34">
         <v>0.4</v>
       </c>
       <c r="O191" s="34">
         <v>0.6</v>
       </c>
       <c r="P191" s="38">
         <v>3.1</v>
       </c>
       <c r="Q191" s="38">
         <v>3.5</v>
       </c>
       <c r="R191" s="38">
         <v>1.9</v>
       </c>
-      <c r="S191" s="64">
+      <c r="S191" s="79">
         <v>3</v>
       </c>
-      <c r="T191" s="64">
+      <c r="T191" s="79">
         <v>2.7</v>
       </c>
-      <c r="U191" s="64">
+      <c r="U191" s="79">
         <v>3.6</v>
       </c>
     </row>
     <row r="192" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B192" s="5"/>
       <c r="C192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D192" s="32">
         <v>100.29</v>
       </c>
       <c r="E192" s="32">
         <v>102.11</v>
       </c>
       <c r="F192" s="32">
         <v>96.46</v>
       </c>
-      <c r="G192" s="60">
+      <c r="G192" s="75">
         <v>101.6</v>
       </c>
-      <c r="H192" s="60">
+      <c r="H192" s="75">
         <v>103.69</v>
       </c>
-      <c r="I192" s="60">
+      <c r="I192" s="75">
         <v>97.24</v>
       </c>
       <c r="J192" s="34">
         <v>0</v>
       </c>
       <c r="K192" s="34">
         <v>0.1</v>
       </c>
       <c r="L192" s="34">
         <v>-0.2</v>
       </c>
       <c r="M192" s="34">
         <v>0</v>
       </c>
       <c r="N192" s="34">
         <v>0.1</v>
       </c>
       <c r="O192" s="34">
         <v>-0.2</v>
       </c>
       <c r="P192" s="38">
         <v>1.8</v>
       </c>
       <c r="Q192" s="38">
         <v>1.8</v>
       </c>
       <c r="R192" s="38">
         <v>1.7</v>
       </c>
-      <c r="S192" s="64">
+      <c r="S192" s="79">
         <v>1.7</v>
       </c>
-      <c r="T192" s="64">
+      <c r="T192" s="79">
         <v>1</v>
       </c>
-      <c r="U192" s="64">
+      <c r="U192" s="79">
         <v>3.4</v>
       </c>
     </row>
     <row r="193" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B193" s="6"/>
       <c r="C193" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D193" s="32">
         <v>100.45</v>
       </c>
       <c r="E193" s="32">
         <v>101.82</v>
       </c>
       <c r="F193" s="32">
         <v>97.63</v>
       </c>
-      <c r="G193" s="60">
+      <c r="G193" s="75">
         <v>101.77</v>
       </c>
-      <c r="H193" s="60">
+      <c r="H193" s="75">
         <v>103.39</v>
       </c>
-      <c r="I193" s="60">
+      <c r="I193" s="75">
         <v>98.41</v>
       </c>
       <c r="J193" s="34">
         <v>0.2</v>
       </c>
       <c r="K193" s="34">
         <v>-0.3</v>
       </c>
       <c r="L193" s="34">
         <v>1.2</v>
       </c>
       <c r="M193" s="34">
         <v>0.2</v>
       </c>
       <c r="N193" s="34">
         <v>-0.3</v>
       </c>
       <c r="O193" s="34">
         <v>1.2</v>
       </c>
       <c r="P193" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q193" s="38">
         <v>2.4</v>
       </c>
       <c r="R193" s="38">
         <v>1.3</v>
       </c>
-      <c r="S193" s="64">
+      <c r="S193" s="79">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T193" s="64">
+      <c r="T193" s="79">
         <v>1.6</v>
       </c>
-      <c r="U193" s="64">
+      <c r="U193" s="79">
         <v>3</v>
       </c>
     </row>
     <row r="194" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B194" s="6"/>
       <c r="C194" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D194" s="32">
         <v>100.49</v>
       </c>
       <c r="E194" s="32">
         <v>101.03</v>
       </c>
       <c r="F194" s="32">
         <v>99.51</v>
       </c>
-      <c r="G194" s="60">
+      <c r="G194" s="75">
         <v>101.44</v>
       </c>
-      <c r="H194" s="60">
+      <c r="H194" s="75">
         <v>102.15</v>
       </c>
-      <c r="I194" s="60">
+      <c r="I194" s="75">
         <v>100.05</v>
       </c>
       <c r="J194" s="34">
         <v>0</v>
       </c>
       <c r="K194" s="34">
         <v>-0.8</v>
       </c>
       <c r="L194" s="34">
         <v>1.9</v>
       </c>
       <c r="M194" s="34">
         <v>-0.3</v>
       </c>
       <c r="N194" s="34">
         <v>-1.2</v>
       </c>
       <c r="O194" s="34">
         <v>1.7</v>
       </c>
       <c r="P194" s="38">
         <v>2.7</v>
       </c>
       <c r="Q194" s="38">
         <v>2.8</v>
       </c>
       <c r="R194" s="38">
         <v>1.7</v>
       </c>
-      <c r="S194" s="64">
+      <c r="S194" s="79">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T194" s="64">
+      <c r="T194" s="79">
         <v>1.6</v>
       </c>
-      <c r="U194" s="64">
+      <c r="U194" s="79">
         <v>3.1</v>
       </c>
     </row>
     <row r="195" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B195" s="6"/>
       <c r="C195" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D195" s="32">
         <v>100.84</v>
       </c>
       <c r="E195" s="32">
         <v>101.48</v>
       </c>
       <c r="F195" s="32">
         <v>99.64</v>
       </c>
-      <c r="G195" s="60">
+      <c r="G195" s="75">
         <v>101.67</v>
       </c>
-      <c r="H195" s="60">
+      <c r="H195" s="75">
         <v>102.43</v>
       </c>
-      <c r="I195" s="60">
+      <c r="I195" s="75">
         <v>100.16</v>
       </c>
       <c r="J195" s="34">
         <v>0.3</v>
       </c>
       <c r="K195" s="34">
         <v>0.4</v>
       </c>
       <c r="L195" s="34">
         <v>0.1</v>
       </c>
       <c r="M195" s="34">
         <v>0.2</v>
       </c>
       <c r="N195" s="34">
         <v>0.3</v>
       </c>
       <c r="O195" s="34">
         <v>0.1</v>
       </c>
       <c r="P195" s="38">
         <v>2.4</v>
       </c>
       <c r="Q195" s="38">
         <v>2.4</v>
       </c>
       <c r="R195" s="38">
         <v>1.5</v>
       </c>
-      <c r="S195" s="64">
+      <c r="S195" s="79">
         <v>1.8</v>
       </c>
-      <c r="T195" s="64">
+      <c r="T195" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="U195" s="64">
+      <c r="U195" s="79">
         <v>2.9</v>
       </c>
     </row>
     <row r="196" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B196" s="6"/>
       <c r="C196" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D196" s="32">
         <v>100.68</v>
       </c>
       <c r="E196" s="32">
         <v>102.22</v>
       </c>
       <c r="F196" s="32">
         <v>97.48</v>
       </c>
-      <c r="G196" s="60">
+      <c r="G196" s="75">
         <v>101.52</v>
       </c>
-      <c r="H196" s="60">
+      <c r="H196" s="75">
         <v>103.18</v>
       </c>
-      <c r="I196" s="60">
+      <c r="I196" s="75">
         <v>98.07</v>
       </c>
       <c r="J196" s="34">
         <v>-0.2</v>
       </c>
       <c r="K196" s="34">
         <v>0.7</v>
       </c>
       <c r="L196" s="34">
         <v>-2.2000000000000002</v>
       </c>
       <c r="M196" s="34">
         <v>-0.1</v>
       </c>
       <c r="N196" s="34">
         <v>0.7</v>
       </c>
       <c r="O196" s="34">
         <v>-2.1</v>
       </c>
       <c r="P196" s="38">
         <v>1.7</v>
       </c>
       <c r="Q196" s="38">
         <v>1.5</v>
       </c>
       <c r="R196" s="38">
         <v>2</v>
       </c>
-      <c r="S196" s="64">
+      <c r="S196" s="79">
         <v>1.2</v>
       </c>
-      <c r="T196" s="64">
+      <c r="T196" s="79">
         <v>0.1</v>
       </c>
-      <c r="U196" s="64">
+      <c r="U196" s="79">
         <v>3.5</v>
       </c>
     </row>
     <row r="197" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B197" s="6"/>
       <c r="C197" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D197" s="32">
         <v>100.13</v>
       </c>
       <c r="E197" s="32">
         <v>101.62</v>
       </c>
       <c r="F197" s="32">
         <v>97.03</v>
       </c>
-      <c r="G197" s="60">
+      <c r="G197" s="75">
         <v>100.88</v>
       </c>
-      <c r="H197" s="60">
+      <c r="H197" s="75">
         <v>102.45</v>
       </c>
-      <c r="I197" s="60">
+      <c r="I197" s="75">
         <v>97.64</v>
       </c>
       <c r="J197" s="34">
         <v>-0.5</v>
       </c>
       <c r="K197" s="34">
         <v>-0.6</v>
       </c>
       <c r="L197" s="34">
         <v>-0.5</v>
       </c>
       <c r="M197" s="34">
         <v>-0.6</v>
       </c>
       <c r="N197" s="34">
         <v>-0.7</v>
       </c>
       <c r="O197" s="34">
         <v>-0.4</v>
       </c>
       <c r="P197" s="38">
         <v>0.8</v>
       </c>
       <c r="Q197" s="38">
         <v>0.6</v>
       </c>
       <c r="R197" s="38">
         <v>1</v>
       </c>
-      <c r="S197" s="64">
+      <c r="S197" s="79">
         <v>0.2</v>
       </c>
-      <c r="T197" s="64">
+      <c r="T197" s="79">
         <v>-0.8</v>
       </c>
-      <c r="U197" s="64">
+      <c r="U197" s="79">
         <v>2.5</v>
       </c>
     </row>
     <row r="198" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B198" s="6"/>
       <c r="C198" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D198" s="32">
         <v>99.72</v>
       </c>
       <c r="E198" s="32">
         <v>101.52</v>
       </c>
       <c r="F198" s="32">
         <v>95.92</v>
       </c>
-      <c r="G198" s="60">
+      <c r="G198" s="75">
         <v>100.47</v>
       </c>
-      <c r="H198" s="60">
+      <c r="H198" s="75">
         <v>102.34</v>
       </c>
-      <c r="I198" s="60">
+      <c r="I198" s="75">
         <v>96.55</v>
       </c>
       <c r="J198" s="34">
         <v>-0.4</v>
       </c>
       <c r="K198" s="34">
         <v>-0.1</v>
       </c>
       <c r="L198" s="34">
         <v>-1.1000000000000001</v>
       </c>
       <c r="M198" s="34">
         <v>-0.4</v>
       </c>
       <c r="N198" s="34">
         <v>-0.1</v>
       </c>
       <c r="O198" s="34">
         <v>-1.1000000000000001</v>
       </c>
       <c r="P198" s="38">
         <v>0.7</v>
       </c>
       <c r="Q198" s="38">
         <v>0.7</v>
       </c>
       <c r="R198" s="38">
         <v>0.4</v>
       </c>
-      <c r="S198" s="64">
+      <c r="S198" s="79">
         <v>0.1</v>
       </c>
-      <c r="T198" s="64">
+      <c r="T198" s="79">
         <v>-0.7</v>
       </c>
-      <c r="U198" s="64">
+      <c r="U198" s="79">
         <v>2</v>
       </c>
     </row>
     <row r="199" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B199" s="7"/>
       <c r="C199" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D199" s="35">
         <v>99.39</v>
       </c>
       <c r="E199" s="35">
         <v>101.16</v>
       </c>
       <c r="F199" s="35">
         <v>95.68</v>
       </c>
-      <c r="G199" s="61">
+      <c r="G199" s="76">
         <v>100.13</v>
       </c>
-      <c r="H199" s="61">
+      <c r="H199" s="76">
         <v>101.97</v>
       </c>
-      <c r="I199" s="61">
+      <c r="I199" s="76">
         <v>96.3</v>
       </c>
       <c r="J199" s="36">
         <v>-0.3</v>
       </c>
       <c r="K199" s="36">
         <v>-0.4</v>
       </c>
       <c r="L199" s="36">
         <v>-0.3</v>
       </c>
       <c r="M199" s="36">
         <v>-0.3</v>
       </c>
       <c r="N199" s="36">
         <v>-0.4</v>
       </c>
       <c r="O199" s="36">
         <v>-0.3</v>
       </c>
       <c r="P199" s="39">
         <v>0.5</v>
       </c>
       <c r="Q199" s="39">
         <v>0.4</v>
       </c>
       <c r="R199" s="39">
         <v>0.5</v>
       </c>
-      <c r="S199" s="63">
+      <c r="S199" s="78">
         <v>-0.1</v>
       </c>
-      <c r="T199" s="63">
+      <c r="T199" s="78">
         <v>-1</v>
       </c>
-      <c r="U199" s="63">
+      <c r="U199" s="78">
         <v>2</v>
       </c>
     </row>
     <row r="200" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B200" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C200" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D200" s="32">
         <v>99.4</v>
       </c>
       <c r="E200" s="32">
         <v>101.02</v>
       </c>
       <c r="F200" s="32">
         <v>96.03</v>
       </c>
-      <c r="G200" s="60">
+      <c r="G200" s="75">
         <v>99.89</v>
       </c>
-      <c r="H200" s="60">
+      <c r="H200" s="75">
         <v>101.75</v>
       </c>
-      <c r="I200" s="60">
+      <c r="I200" s="75">
         <v>96.03</v>
       </c>
       <c r="J200" s="34">
         <v>0</v>
       </c>
       <c r="K200" s="34">
         <v>-0.1</v>
       </c>
       <c r="L200" s="34">
         <v>0.4</v>
       </c>
       <c r="M200" s="34">
         <v>-0.2</v>
       </c>
       <c r="N200" s="34">
         <v>-0.2</v>
       </c>
       <c r="O200" s="34">
         <v>-0.3</v>
       </c>
       <c r="P200" s="38">
         <v>0.4</v>
       </c>
       <c r="Q200" s="38">
         <v>0.4</v>
       </c>
       <c r="R200" s="38">
         <v>0.4</v>
       </c>
-      <c r="S200" s="64">
+      <c r="S200" s="79">
         <v>-0.7</v>
       </c>
-      <c r="T200" s="64">
+      <c r="T200" s="79">
         <v>-0.8</v>
       </c>
-      <c r="U200" s="64">
+      <c r="U200" s="79">
         <v>-0.4</v>
       </c>
     </row>
     <row r="201" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B201" s="3"/>
       <c r="C201" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D201" s="32">
         <v>99.25</v>
       </c>
       <c r="E201" s="32">
         <v>100.67</v>
       </c>
       <c r="F201" s="32">
         <v>96.28</v>
       </c>
-      <c r="G201" s="60">
+      <c r="G201" s="75">
         <v>99.74</v>
       </c>
-      <c r="H201" s="60">
+      <c r="H201" s="75">
         <v>101.4</v>
       </c>
-      <c r="I201" s="60">
+      <c r="I201" s="75">
         <v>96.29</v>
       </c>
       <c r="J201" s="34">
         <v>-0.2</v>
       </c>
       <c r="K201" s="34">
         <v>-0.3</v>
       </c>
       <c r="L201" s="34">
         <v>0.3</v>
       </c>
       <c r="M201" s="34">
         <v>-0.2</v>
       </c>
       <c r="N201" s="34">
         <v>-0.3</v>
       </c>
       <c r="O201" s="34">
         <v>0.3</v>
       </c>
       <c r="P201" s="38">
         <v>-0.2</v>
       </c>
       <c r="Q201" s="38">
         <v>-0.4</v>
       </c>
       <c r="R201" s="38">
         <v>0.4</v>
       </c>
-      <c r="S201" s="64">
+      <c r="S201" s="79">
         <v>-1</v>
       </c>
-      <c r="T201" s="64">
+      <c r="T201" s="79">
         <v>-1.3</v>
       </c>
-      <c r="U201" s="64">
+      <c r="U201" s="79">
         <v>-0.4</v>
       </c>
     </row>
     <row r="202" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B202" s="3"/>
       <c r="C202" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D202" s="32">
         <v>99.7</v>
       </c>
       <c r="E202" s="32">
         <v>101.34</v>
       </c>
       <c r="F202" s="32">
         <v>96.27</v>
       </c>
-      <c r="G202" s="60">
+      <c r="G202" s="75">
         <v>100.19</v>
       </c>
-      <c r="H202" s="60">
+      <c r="H202" s="75">
         <v>102.08</v>
       </c>
-      <c r="I202" s="60">
+      <c r="I202" s="75">
         <v>96.26</v>
       </c>
       <c r="J202" s="34">
         <v>0.5</v>
       </c>
       <c r="K202" s="34">
         <v>0.7</v>
       </c>
       <c r="L202" s="34">
         <v>0</v>
       </c>
       <c r="M202" s="34">
         <v>0.5</v>
       </c>
       <c r="N202" s="34">
         <v>0.7</v>
       </c>
       <c r="O202" s="34">
         <v>0</v>
       </c>
       <c r="P202" s="38">
         <v>-0.1</v>
       </c>
       <c r="Q202" s="38">
         <v>-0.2</v>
       </c>
       <c r="R202" s="38">
         <v>0.2</v>
       </c>
-      <c r="S202" s="64">
+      <c r="S202" s="79">
         <v>-1</v>
       </c>
-      <c r="T202" s="64">
+      <c r="T202" s="79">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="U202" s="64">
+      <c r="U202" s="79">
         <v>-0.6</v>
       </c>
     </row>
     <row r="203" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B203" s="3"/>
       <c r="C203" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D203" s="32">
         <v>100.21</v>
       </c>
       <c r="E203" s="32">
         <v>101.59</v>
       </c>
       <c r="F203" s="32">
         <v>97.35</v>
       </c>
-      <c r="G203" s="60">
+      <c r="G203" s="75">
         <v>100.6</v>
       </c>
-      <c r="H203" s="60">
+      <c r="H203" s="75">
         <v>102.17</v>
       </c>
-      <c r="I203" s="60">
+      <c r="I203" s="75">
         <v>97.34</v>
       </c>
       <c r="J203" s="34">
         <v>0.5</v>
       </c>
       <c r="K203" s="34">
         <v>0.2</v>
       </c>
       <c r="L203" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="M203" s="34">
         <v>0.4</v>
       </c>
       <c r="N203" s="34">
         <v>0.1</v>
       </c>
       <c r="O203" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="P203" s="38">
         <v>-0.1</v>
       </c>
       <c r="Q203" s="38">
         <v>-0.4</v>
       </c>
       <c r="R203" s="38">
         <v>0.7</v>
       </c>
-      <c r="S203" s="64">
+      <c r="S203" s="79">
         <v>-1</v>
       </c>
-      <c r="T203" s="64">
+      <c r="T203" s="79">
         <v>-1.4</v>
       </c>
-      <c r="U203" s="64">
+      <c r="U203" s="79">
         <v>-0.1</v>
       </c>
     </row>
     <row r="204" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B204" s="5"/>
       <c r="C204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D204" s="32">
         <v>100.66</v>
       </c>
       <c r="E204" s="32">
         <v>101.84</v>
       </c>
       <c r="F204" s="32">
         <v>98.22</v>
       </c>
-      <c r="G204" s="60">
+      <c r="G204" s="75">
         <v>100.9</v>
       </c>
-      <c r="H204" s="60">
+      <c r="H204" s="75">
         <v>102.22</v>
       </c>
-      <c r="I204" s="60">
+      <c r="I204" s="75">
         <v>98.21</v>
       </c>
       <c r="J204" s="34">
         <v>0.4</v>
       </c>
       <c r="K204" s="34">
         <v>0.2</v>
       </c>
       <c r="L204" s="34">
         <v>0.9</v>
       </c>
       <c r="M204" s="34">
         <v>0.3</v>
       </c>
       <c r="N204" s="34">
         <v>0</v>
       </c>
       <c r="O204" s="34">
         <v>0.9</v>
       </c>
       <c r="P204" s="38">
         <v>0.4</v>
       </c>
       <c r="Q204" s="38">
         <v>-0.3</v>
       </c>
       <c r="R204" s="38">
         <v>1.8</v>
       </c>
-      <c r="S204" s="64">
+      <c r="S204" s="79">
         <v>-0.7</v>
       </c>
-      <c r="T204" s="64">
+      <c r="T204" s="79">
         <v>-1.4</v>
       </c>
-      <c r="U204" s="64">
+      <c r="U204" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B205" s="6"/>
       <c r="C205" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D205" s="32">
         <v>100.91</v>
       </c>
       <c r="E205" s="32">
         <v>101.33</v>
       </c>
       <c r="F205" s="32">
         <v>100.11</v>
       </c>
-      <c r="G205" s="60">
+      <c r="G205" s="75">
         <v>101.14</v>
       </c>
-      <c r="H205" s="60">
+      <c r="H205" s="75">
         <v>101.7</v>
       </c>
-      <c r="I205" s="60">
+      <c r="I205" s="75">
         <v>100.08</v>
       </c>
       <c r="J205" s="34">
         <v>0.2</v>
       </c>
       <c r="K205" s="34">
         <v>-0.5</v>
       </c>
       <c r="L205" s="34">
         <v>1.9</v>
       </c>
       <c r="M205" s="34">
         <v>0.2</v>
       </c>
       <c r="N205" s="34">
         <v>-0.5</v>
       </c>
       <c r="O205" s="34">
         <v>1.9</v>
       </c>
       <c r="P205" s="38">
         <v>0.5</v>
       </c>
       <c r="Q205" s="38">
         <v>-0.5</v>
       </c>
       <c r="R205" s="38">
         <v>2.5</v>
       </c>
-      <c r="S205" s="64">
+      <c r="S205" s="79">
         <v>-0.6</v>
       </c>
-      <c r="T205" s="64">
+      <c r="T205" s="79">
         <v>-1.6</v>
       </c>
-      <c r="U205" s="64">
+      <c r="U205" s="79">
         <v>1.7</v>
       </c>
     </row>
     <row r="206" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B206" s="6"/>
       <c r="C206" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D206" s="32">
         <v>101.04</v>
       </c>
       <c r="E206" s="32">
         <v>100.79</v>
       </c>
       <c r="F206" s="32">
         <v>101.69</v>
       </c>
-      <c r="G206" s="60">
+      <c r="G206" s="75">
         <v>101.28</v>
       </c>
-      <c r="H206" s="60">
+      <c r="H206" s="75">
         <v>101.16</v>
       </c>
-      <c r="I206" s="60">
+      <c r="I206" s="75">
         <v>101.65</v>
       </c>
       <c r="J206" s="34">
         <v>0.1</v>
       </c>
       <c r="K206" s="34">
         <v>-0.5</v>
       </c>
       <c r="L206" s="34">
         <v>1.6</v>
       </c>
       <c r="M206" s="34">
         <v>0.1</v>
       </c>
       <c r="N206" s="34">
         <v>-0.5</v>
       </c>
       <c r="O206" s="34">
         <v>1.6</v>
       </c>
       <c r="P206" s="38">
         <v>0.5</v>
       </c>
       <c r="Q206" s="38">
         <v>-0.2</v>
       </c>
       <c r="R206" s="38">
         <v>2.2000000000000002</v>
       </c>
-      <c r="S206" s="64">
+      <c r="S206" s="79">
         <v>-0.2</v>
       </c>
-      <c r="T206" s="64">
+      <c r="T206" s="79">
         <v>-1</v>
       </c>
-      <c r="U206" s="64">
+      <c r="U206" s="79">
         <v>1.6</v>
       </c>
     </row>
     <row r="207" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B207" s="6"/>
       <c r="C207" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D207" s="32">
         <v>101.12</v>
       </c>
       <c r="E207" s="32">
         <v>100.57</v>
       </c>
       <c r="F207" s="32">
         <v>102.42</v>
       </c>
-      <c r="G207" s="60">
+      <c r="G207" s="75">
         <v>101.35</v>
       </c>
-      <c r="H207" s="60">
+      <c r="H207" s="75">
         <v>100.93</v>
       </c>
-      <c r="I207" s="60">
+      <c r="I207" s="75">
         <v>102.39</v>
       </c>
       <c r="J207" s="34">
         <v>0.1</v>
       </c>
       <c r="K207" s="34">
         <v>-0.2</v>
       </c>
       <c r="L207" s="34">
         <v>0.7</v>
       </c>
       <c r="M207" s="34">
         <v>0.1</v>
       </c>
       <c r="N207" s="34">
         <v>-0.2</v>
       </c>
       <c r="O207" s="34">
         <v>0.7</v>
       </c>
       <c r="P207" s="38">
         <v>0.3</v>
       </c>
       <c r="Q207" s="38">
         <v>-0.9</v>
       </c>
       <c r="R207" s="38">
         <v>2.8</v>
       </c>
-      <c r="S207" s="64">
+      <c r="S207" s="79">
         <v>-0.3</v>
       </c>
-      <c r="T207" s="64">
+      <c r="T207" s="79">
         <v>-1.5</v>
       </c>
-      <c r="U207" s="64">
+      <c r="U207" s="79">
         <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="208" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B208" s="6"/>
       <c r="C208" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D208" s="32">
         <v>100.88</v>
       </c>
       <c r="E208" s="32">
         <v>101.3</v>
       </c>
       <c r="F208" s="32">
         <v>100.08</v>
       </c>
-      <c r="G208" s="60">
+      <c r="G208" s="75">
         <v>101.12</v>
       </c>
-      <c r="H208" s="60">
+      <c r="H208" s="75">
         <v>101.67</v>
       </c>
-      <c r="I208" s="60">
+      <c r="I208" s="75">
         <v>100.07</v>
       </c>
       <c r="J208" s="34">
         <v>-0.2</v>
       </c>
       <c r="K208" s="34">
         <v>0.7</v>
       </c>
       <c r="L208" s="34">
         <v>-2.2999999999999998</v>
       </c>
       <c r="M208" s="34">
         <v>-0.2</v>
       </c>
       <c r="N208" s="34">
         <v>0.7</v>
       </c>
       <c r="O208" s="34">
         <v>-2.2999999999999998</v>
       </c>
       <c r="P208" s="38">
         <v>0.2</v>
       </c>
       <c r="Q208" s="38">
         <v>-0.9</v>
       </c>
       <c r="R208" s="38">
         <v>2.7</v>
       </c>
-      <c r="S208" s="64">
+      <c r="S208" s="79">
         <v>-0.4</v>
       </c>
-      <c r="T208" s="64">
+      <c r="T208" s="79">
         <v>-1.5</v>
       </c>
-      <c r="U208" s="64">
+      <c r="U208" s="79">
         <v>2</v>
       </c>
     </row>
     <row r="209" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B209" s="6"/>
       <c r="C209" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D209" s="32">
         <v>100.64</v>
       </c>
       <c r="E209" s="32">
         <v>101.3</v>
       </c>
       <c r="F209" s="32">
         <v>99.3</v>
       </c>
-      <c r="G209" s="60">
+      <c r="G209" s="75">
         <v>100.88</v>
       </c>
-      <c r="H209" s="60">
+      <c r="H209" s="75">
         <v>101.67</v>
       </c>
-      <c r="I209" s="60">
+      <c r="I209" s="75">
         <v>99.29</v>
       </c>
       <c r="J209" s="34">
         <v>-0.2</v>
       </c>
       <c r="K209" s="34">
         <v>0</v>
       </c>
       <c r="L209" s="34">
         <v>-0.8</v>
       </c>
       <c r="M209" s="34">
         <v>-0.2</v>
       </c>
       <c r="N209" s="34">
         <v>0</v>
       </c>
       <c r="O209" s="34">
         <v>-0.8</v>
       </c>
       <c r="P209" s="38">
         <v>0.5</v>
       </c>
       <c r="Q209" s="38">
         <v>-0.3</v>
       </c>
       <c r="R209" s="38">
         <v>2.2999999999999998</v>
       </c>
-      <c r="S209" s="64">
+      <c r="S209" s="79">
         <v>0</v>
       </c>
-      <c r="T209" s="64">
+      <c r="T209" s="79">
         <v>-0.8</v>
       </c>
-      <c r="U209" s="64">
+      <c r="U209" s="79">
         <v>1.7</v>
       </c>
     </row>
     <row r="210" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B210" s="6"/>
       <c r="C210" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D210" s="32">
         <v>99.99</v>
       </c>
       <c r="E210" s="32">
         <v>100.94</v>
       </c>
       <c r="F210" s="32">
         <v>98.03</v>
       </c>
-      <c r="G210" s="60">
+      <c r="G210" s="75">
         <v>100.23</v>
       </c>
-      <c r="H210" s="60">
+      <c r="H210" s="75">
         <v>101.31</v>
       </c>
-      <c r="I210" s="60">
+      <c r="I210" s="75">
         <v>98.03</v>
       </c>
       <c r="J210" s="34">
         <v>-0.6</v>
       </c>
       <c r="K210" s="34">
         <v>-0.4</v>
       </c>
       <c r="L210" s="34">
         <v>-1.3</v>
       </c>
       <c r="M210" s="34">
         <v>-0.6</v>
       </c>
       <c r="N210" s="34">
         <v>-0.4</v>
       </c>
       <c r="O210" s="34">
         <v>-1.3</v>
       </c>
       <c r="P210" s="38">
         <v>0.3</v>
       </c>
       <c r="Q210" s="38">
         <v>-0.6</v>
       </c>
       <c r="R210" s="38">
         <v>2.2000000000000002</v>
       </c>
-      <c r="S210" s="64">
+      <c r="S210" s="79">
         <v>-0.2</v>
       </c>
-      <c r="T210" s="64">
+      <c r="T210" s="79">
         <v>-1</v>
       </c>
-      <c r="U210" s="64">
+      <c r="U210" s="79">
         <v>1.5</v>
       </c>
     </row>
     <row r="211" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B211" s="7"/>
       <c r="C211" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D211" s="35">
         <v>99.29</v>
       </c>
       <c r="E211" s="35">
         <v>99.9</v>
       </c>
       <c r="F211" s="35">
         <v>98.08</v>
       </c>
-      <c r="G211" s="61">
+      <c r="G211" s="76">
         <v>99.53</v>
       </c>
-      <c r="H211" s="61">
+      <c r="H211" s="76">
         <v>100.26</v>
       </c>
-      <c r="I211" s="61">
+      <c r="I211" s="76">
         <v>98.08</v>
       </c>
       <c r="J211" s="36">
         <v>-0.7</v>
       </c>
       <c r="K211" s="36">
         <v>-1</v>
       </c>
       <c r="L211" s="36">
         <v>0.1</v>
       </c>
       <c r="M211" s="36">
         <v>-0.7</v>
       </c>
       <c r="N211" s="36">
         <v>-1</v>
       </c>
       <c r="O211" s="36">
         <v>0.1</v>
       </c>
       <c r="P211" s="39">
         <v>-0.1</v>
       </c>
       <c r="Q211" s="39">
         <v>-1.2</v>
       </c>
       <c r="R211" s="39">
         <v>2.5</v>
       </c>
-      <c r="S211" s="63">
+      <c r="S211" s="78">
         <v>-0.6</v>
       </c>
-      <c r="T211" s="63">
+      <c r="T211" s="78">
         <v>-1.7</v>
       </c>
-      <c r="U211" s="63">
+      <c r="U211" s="78">
         <v>1.8</v>
       </c>
     </row>
     <row r="212" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B212" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D212" s="32">
         <v>98.77</v>
       </c>
       <c r="E212" s="32">
         <v>99.11</v>
       </c>
       <c r="F212" s="32">
         <v>98.09</v>
       </c>
-      <c r="G212" s="60">
+      <c r="G212" s="75">
         <v>99.01</v>
       </c>
-      <c r="H212" s="60">
+      <c r="H212" s="75">
         <v>99.47</v>
       </c>
-      <c r="I212" s="60">
+      <c r="I212" s="75">
         <v>98.09</v>
       </c>
       <c r="J212" s="34">
         <v>-0.5</v>
       </c>
       <c r="K212" s="34">
         <v>-0.8</v>
       </c>
       <c r="L212" s="34">
         <v>0</v>
       </c>
       <c r="M212" s="34">
         <v>-0.5</v>
       </c>
       <c r="N212" s="34">
         <v>-0.8</v>
       </c>
       <c r="O212" s="34">
         <v>0</v>
       </c>
       <c r="P212" s="38">
         <v>-0.6</v>
       </c>
       <c r="Q212" s="38">
         <v>-1.9</v>
       </c>
       <c r="R212" s="38">
         <v>2.1</v>
       </c>
-      <c r="S212" s="64">
+      <c r="S212" s="79">
         <v>-0.9</v>
       </c>
-      <c r="T212" s="64">
+      <c r="T212" s="79">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="U212" s="64">
+      <c r="U212" s="79">
         <v>2.1</v>
       </c>
     </row>
     <row r="213" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B213" s="3"/>
       <c r="C213" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D213" s="32">
         <v>98.88</v>
       </c>
       <c r="E213" s="32">
         <v>99.37</v>
       </c>
       <c r="F213" s="32">
         <v>97.92</v>
       </c>
-      <c r="G213" s="60">
+      <c r="G213" s="75">
         <v>99.12</v>
       </c>
-      <c r="H213" s="60">
+      <c r="H213" s="75">
         <v>99.73</v>
       </c>
-      <c r="I213" s="60">
+      <c r="I213" s="75">
         <v>97.92</v>
       </c>
       <c r="J213" s="34">
         <v>0.1</v>
       </c>
       <c r="K213" s="34">
         <v>0.3</v>
       </c>
       <c r="L213" s="34">
         <v>-0.2</v>
       </c>
       <c r="M213" s="34">
         <v>0.1</v>
       </c>
       <c r="N213" s="34">
         <v>0.3</v>
       </c>
       <c r="O213" s="34">
         <v>-0.2</v>
       </c>
       <c r="P213" s="38">
         <v>-0.4</v>
       </c>
       <c r="Q213" s="38">
         <v>-1.3</v>
       </c>
       <c r="R213" s="38">
         <v>1.7</v>
       </c>
-      <c r="S213" s="64">
+      <c r="S213" s="79">
         <v>-0.6</v>
       </c>
-      <c r="T213" s="64">
+      <c r="T213" s="79">
         <v>-1.6</v>
       </c>
-      <c r="U213" s="64">
+      <c r="U213" s="79">
         <v>1.7</v>
       </c>
     </row>
     <row r="214" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B214" s="3"/>
       <c r="C214" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D214" s="32">
         <v>99.72</v>
       </c>
       <c r="E214" s="32">
         <v>100.75</v>
       </c>
       <c r="F214" s="32">
         <v>97.67</v>
       </c>
-      <c r="G214" s="60">
+      <c r="G214" s="75">
         <v>99.96</v>
       </c>
-      <c r="H214" s="60">
+      <c r="H214" s="75">
         <v>101.11</v>
       </c>
-      <c r="I214" s="60">
+      <c r="I214" s="75">
         <v>97.67</v>
       </c>
       <c r="J214" s="34">
         <v>0.8</v>
       </c>
       <c r="K214" s="34">
         <v>1.4</v>
       </c>
       <c r="L214" s="34">
         <v>-0.3</v>
       </c>
       <c r="M214" s="34">
         <v>0.8</v>
       </c>
       <c r="N214" s="34">
         <v>1.4</v>
       </c>
       <c r="O214" s="34">
         <v>-0.3</v>
       </c>
       <c r="P214" s="38">
         <v>0</v>
       </c>
       <c r="Q214" s="38">
         <v>-0.6</v>
       </c>
       <c r="R214" s="38">
         <v>1.5</v>
       </c>
-      <c r="S214" s="64">
+      <c r="S214" s="79">
         <v>-0.2</v>
       </c>
-      <c r="T214" s="64">
+      <c r="T214" s="79">
         <v>-1</v>
       </c>
-      <c r="U214" s="64">
+      <c r="U214" s="79">
         <v>1.5</v>
       </c>
     </row>
     <row r="215" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B215" s="3"/>
       <c r="C215" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D215" s="32">
         <v>100.11</v>
       </c>
       <c r="E215" s="32">
         <v>100.87</v>
       </c>
       <c r="F215" s="32">
         <v>98.59</v>
       </c>
-      <c r="G215" s="60">
+      <c r="G215" s="75">
         <v>100.35</v>
       </c>
-      <c r="H215" s="60">
+      <c r="H215" s="75">
         <v>101.24</v>
       </c>
-      <c r="I215" s="60">
+      <c r="I215" s="75">
         <v>98.59</v>
       </c>
       <c r="J215" s="34">
         <v>0.4</v>
       </c>
       <c r="K215" s="34">
         <v>0.1</v>
       </c>
       <c r="L215" s="34">
         <v>0.9</v>
       </c>
       <c r="M215" s="34">
         <v>0.4</v>
       </c>
       <c r="N215" s="34">
         <v>0.1</v>
       </c>
       <c r="O215" s="34">
         <v>0.9</v>
       </c>
       <c r="P215" s="38">
         <v>-0.1</v>
       </c>
       <c r="Q215" s="38">
         <v>-0.7</v>
       </c>
       <c r="R215" s="38">
         <v>1.3</v>
       </c>
-      <c r="S215" s="64">
+      <c r="S215" s="79">
         <v>-0.2</v>
       </c>
-      <c r="T215" s="64">
+      <c r="T215" s="79">
         <v>-0.9</v>
       </c>
-      <c r="U215" s="64">
+      <c r="U215" s="79">
         <v>1.3</v>
       </c>
     </row>
     <row r="216" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B216" s="5"/>
       <c r="C216" s="10" t="s">
         <v>14</v>
       </c>
       <c r="D216" s="32">
         <v>100.68</v>
       </c>
       <c r="E216" s="32">
         <v>101.34</v>
       </c>
       <c r="F216" s="32">
         <v>99.35</v>
       </c>
-      <c r="G216" s="60">
+      <c r="G216" s="75">
         <v>100.56</v>
       </c>
-      <c r="H216" s="60">
+      <c r="H216" s="75">
         <v>101.17</v>
       </c>
-      <c r="I216" s="60">
+      <c r="I216" s="75">
         <v>99.35</v>
       </c>
       <c r="J216" s="34">
         <v>0.6</v>
       </c>
       <c r="K216" s="34">
         <v>0.5</v>
       </c>
       <c r="L216" s="34">
         <v>0.8</v>
       </c>
       <c r="M216" s="34">
         <v>0.2</v>
       </c>
       <c r="N216" s="34">
         <v>-0.1</v>
       </c>
       <c r="O216" s="34">
         <v>0.8</v>
       </c>
       <c r="P216" s="38">
         <v>0</v>
       </c>
       <c r="Q216" s="38">
         <v>-0.5</v>
       </c>
       <c r="R216" s="38">
         <v>1.2</v>
       </c>
-      <c r="S216" s="64">
+      <c r="S216" s="79">
         <v>-0.3</v>
       </c>
-      <c r="T216" s="64">
+      <c r="T216" s="79">
         <v>-1</v>
       </c>
-      <c r="U216" s="64">
+      <c r="U216" s="79">
         <v>1.2</v>
       </c>
     </row>
     <row r="217" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B217" s="6"/>
       <c r="C217" s="11" t="s">
         <v>15</v>
       </c>
       <c r="D217" s="32">
         <v>100.97</v>
       </c>
       <c r="E217" s="32">
         <v>100.76</v>
       </c>
       <c r="F217" s="32">
         <v>101.39</v>
       </c>
-      <c r="G217" s="60">
+      <c r="G217" s="75">
         <v>100.85</v>
       </c>
-      <c r="H217" s="60">
+      <c r="H217" s="75">
         <v>100.58</v>
       </c>
-      <c r="I217" s="60">
+      <c r="I217" s="75">
         <v>101.39</v>
       </c>
       <c r="J217" s="34">
         <v>0.3</v>
       </c>
       <c r="K217" s="34">
         <v>-0.6</v>
       </c>
       <c r="L217" s="34">
         <v>2.1</v>
       </c>
       <c r="M217" s="34">
         <v>0.3</v>
       </c>
       <c r="N217" s="34">
         <v>-0.6</v>
       </c>
       <c r="O217" s="34">
         <v>2.1</v>
       </c>
       <c r="P217" s="38">
         <v>0.1</v>
       </c>
       <c r="Q217" s="38">
         <v>-0.6</v>
       </c>
       <c r="R217" s="38">
         <v>1.3</v>
       </c>
-      <c r="S217" s="64">
+      <c r="S217" s="79">
         <v>-0.3</v>
       </c>
-      <c r="T217" s="64">
+      <c r="T217" s="79">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="U217" s="64">
+      <c r="U217" s="79">
         <v>1.3</v>
       </c>
     </row>
     <row r="218" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B218" s="6"/>
       <c r="C218" s="11" t="s">
         <v>16</v>
       </c>
       <c r="D218" s="32">
         <v>100.81</v>
       </c>
       <c r="E218" s="32">
         <v>99.55</v>
       </c>
       <c r="F218" s="32">
         <v>103.32</v>
       </c>
-      <c r="G218" s="60">
+      <c r="G218" s="75">
         <v>100.7</v>
       </c>
-      <c r="H218" s="60">
+      <c r="H218" s="75">
         <v>99.37</v>
       </c>
-      <c r="I218" s="60">
+      <c r="I218" s="75">
         <v>103.32</v>
       </c>
       <c r="J218" s="34">
         <v>-0.2</v>
       </c>
       <c r="K218" s="34">
         <v>-1.2</v>
       </c>
       <c r="L218" s="34">
         <v>1.9</v>
       </c>
       <c r="M218" s="34">
         <v>-0.1</v>
       </c>
       <c r="N218" s="34">
         <v>-1.2</v>
       </c>
       <c r="O218" s="34">
         <v>1.9</v>
       </c>
       <c r="P218" s="38">
         <v>-0.2</v>
       </c>
       <c r="Q218" s="38">
         <v>-1.2</v>
       </c>
       <c r="R218" s="38">
         <v>1.6</v>
       </c>
-      <c r="S218" s="64">
+      <c r="S218" s="79">
         <v>-0.6</v>
       </c>
-      <c r="T218" s="64">
+      <c r="T218" s="79">
         <v>-1.8</v>
       </c>
-      <c r="U218" s="64">
+      <c r="U218" s="79">
         <v>1.6</v>
       </c>
     </row>
     <row r="219" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B219" s="6"/>
       <c r="C219" s="11" t="s">
         <v>17</v>
       </c>
       <c r="D219" s="32">
         <v>101.02</v>
       </c>
       <c r="E219" s="32">
         <v>99.25</v>
       </c>
       <c r="F219" s="32">
         <v>104.55</v>
       </c>
-      <c r="G219" s="60">
+      <c r="G219" s="75">
         <v>100.9</v>
       </c>
-      <c r="H219" s="60">
+      <c r="H219" s="75">
         <v>99.06</v>
       </c>
-      <c r="I219" s="60">
+      <c r="I219" s="75">
         <v>104.55</v>
       </c>
       <c r="J219" s="34">
         <v>0.2</v>
       </c>
       <c r="K219" s="34">
         <v>-0.3</v>
       </c>
       <c r="L219" s="34">
         <v>1.2</v>
       </c>
       <c r="M219" s="34">
         <v>0.2</v>
       </c>
       <c r="N219" s="34">
         <v>-0.3</v>
       </c>
       <c r="O219" s="34">
         <v>1.2</v>
       </c>
       <c r="P219" s="38">
         <v>-0.1</v>
       </c>
       <c r="Q219" s="38">
         <v>-1.3</v>
       </c>
       <c r="R219" s="38">
         <v>2.1</v>
       </c>
-      <c r="S219" s="64">
+      <c r="S219" s="79">
         <v>-0.4</v>
       </c>
-      <c r="T219" s="64">
+      <c r="T219" s="79">
         <v>-1.9</v>
       </c>
-      <c r="U219" s="64">
+      <c r="U219" s="79">
         <v>2.1</v>
       </c>
     </row>
     <row r="220" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B220" s="6"/>
       <c r="C220" s="11" t="s">
         <v>18</v>
       </c>
       <c r="D220" s="32">
         <v>100.38</v>
       </c>
       <c r="E220" s="32">
         <v>99.76</v>
       </c>
       <c r="F220" s="32">
         <v>101.61</v>
       </c>
-      <c r="G220" s="60">
+      <c r="G220" s="75">
         <v>100.26</v>
       </c>
-      <c r="H220" s="60">
+      <c r="H220" s="75">
         <v>99.58</v>
       </c>
-      <c r="I220" s="60">
+      <c r="I220" s="75">
         <v>101.61</v>
       </c>
       <c r="J220" s="34">
         <v>-0.6</v>
       </c>
       <c r="K220" s="34">
         <v>0.5</v>
       </c>
       <c r="L220" s="34">
         <v>-2.8</v>
       </c>
       <c r="M220" s="34">
         <v>-0.6</v>
       </c>
       <c r="N220" s="34">
         <v>0.5</v>
       </c>
       <c r="O220" s="34">
         <v>-2.8</v>
       </c>
       <c r="P220" s="38">
         <v>-0.5</v>
       </c>
       <c r="Q220" s="38">
         <v>-1.5</v>
       </c>
       <c r="R220" s="38">
         <v>1.5</v>
       </c>
-      <c r="S220" s="64">
+      <c r="S220" s="79">
         <v>-0.9</v>
       </c>
-      <c r="T220" s="64">
+      <c r="T220" s="79">
         <v>-2.1</v>
       </c>
-      <c r="U220" s="64">
+      <c r="U220" s="79">
         <v>1.5</v>
       </c>
     </row>
     <row r="221" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B221" s="6"/>
       <c r="C221" s="11" t="s">
         <v>19</v>
       </c>
       <c r="D221" s="32">
         <v>100.13</v>
       </c>
       <c r="E221" s="32">
         <v>100.17</v>
       </c>
       <c r="F221" s="32">
         <v>100.05</v>
       </c>
-      <c r="G221" s="60">
+      <c r="G221" s="75">
         <v>100.01</v>
       </c>
-      <c r="H221" s="60">
+      <c r="H221" s="75">
         <v>99.99</v>
       </c>
-      <c r="I221" s="60">
+      <c r="I221" s="75">
         <v>100.05</v>
       </c>
       <c r="J221" s="34">
         <v>-0.2</v>
       </c>
       <c r="K221" s="34">
         <v>0.4</v>
       </c>
       <c r="L221" s="34">
         <v>-1.5</v>
       </c>
       <c r="M221" s="34">
         <v>-0.2</v>
       </c>
       <c r="N221" s="34">
         <v>0.4</v>
       </c>
       <c r="O221" s="34">
         <v>-1.5</v>
       </c>
       <c r="P221" s="38">
         <v>-0.5</v>
       </c>
       <c r="Q221" s="38">
         <v>-1.1000000000000001</v>
       </c>
       <c r="R221" s="38">
         <v>0.8</v>
       </c>
-      <c r="S221" s="64">
+      <c r="S221" s="79">
         <v>-0.9</v>
       </c>
-      <c r="T221" s="64">
+      <c r="T221" s="79">
         <v>-1.7</v>
       </c>
-      <c r="U221" s="64">
+      <c r="U221" s="79">
         <v>0.8</v>
       </c>
     </row>
     <row r="222" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B222" s="6"/>
       <c r="C222" s="11" t="s">
         <v>20</v>
       </c>
       <c r="D222" s="32">
         <v>99.55</v>
       </c>
       <c r="E222" s="32">
         <v>99.96</v>
       </c>
       <c r="F222" s="32">
         <v>98.73</v>
       </c>
-      <c r="G222" s="60">
+      <c r="G222" s="75">
         <v>99.42</v>
       </c>
-      <c r="H222" s="60">
+      <c r="H222" s="75">
         <v>99.78</v>
       </c>
-      <c r="I222" s="60">
+      <c r="I222" s="75">
         <v>98.73</v>
       </c>
       <c r="J222" s="34">
         <v>-0.6</v>
       </c>
       <c r="K222" s="34">
         <v>-0.2</v>
       </c>
       <c r="L222" s="34">
         <v>-1.3</v>
       </c>
       <c r="M222" s="34">
         <v>-0.6</v>
       </c>
       <c r="N222" s="34">
         <v>-0.2</v>
       </c>
       <c r="O222" s="34">
         <v>-1.3</v>
       </c>
       <c r="P222" s="38">
         <v>-0.4</v>
       </c>
       <c r="Q222" s="38">
         <v>-1</v>
       </c>
       <c r="R222" s="38">
         <v>0.7</v>
       </c>
-      <c r="S222" s="64">
+      <c r="S222" s="79">
         <v>-0.8</v>
       </c>
-      <c r="T222" s="64">
+      <c r="T222" s="79">
         <v>-1.5</v>
       </c>
-      <c r="U222" s="64">
+      <c r="U222" s="79">
         <v>0.7</v>
       </c>
     </row>
     <row r="223" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B223" s="7"/>
       <c r="C223" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D223" s="35">
         <v>98.99</v>
       </c>
       <c r="E223" s="35">
         <v>99.11</v>
       </c>
       <c r="F223" s="35">
         <v>98.73</v>
       </c>
-      <c r="G223" s="61">
+      <c r="G223" s="76">
         <v>98.86</v>
       </c>
-      <c r="H223" s="61">
+      <c r="H223" s="76">
         <v>98.93</v>
       </c>
-      <c r="I223" s="61">
+      <c r="I223" s="76">
         <v>98.73</v>
       </c>
       <c r="J223" s="36">
         <v>-0.6</v>
       </c>
       <c r="K223" s="36">
         <v>-0.9</v>
       </c>
       <c r="L223" s="36">
         <v>0</v>
       </c>
       <c r="M223" s="36">
         <v>-0.6</v>
       </c>
       <c r="N223" s="36">
         <v>-0.9</v>
       </c>
       <c r="O223" s="36">
         <v>0</v>
       </c>
       <c r="P223" s="39">
         <v>-0.3</v>
       </c>
       <c r="Q223" s="39">
         <v>-0.8</v>
       </c>
       <c r="R223" s="39">
         <v>0.7</v>
       </c>
-      <c r="S223" s="63">
+      <c r="S223" s="78">
         <v>-0.7</v>
       </c>
-      <c r="T223" s="63">
+      <c r="T223" s="78">
         <v>-1.3</v>
       </c>
-      <c r="U223" s="63">
+      <c r="U223" s="78">
         <v>0.7</v>
       </c>
     </row>
     <row r="224" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B224" s="13" t="s">
         <v>39</v>
       </c>
       <c r="C224" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D224" s="32">
         <v>98.6</v>
       </c>
       <c r="E224" s="32">
         <v>98.34</v>
       </c>
       <c r="F224" s="32">
         <v>99.09</v>
       </c>
-      <c r="G224" s="60">
+      <c r="G224" s="75">
         <v>98.48</v>
       </c>
-      <c r="H224" s="60">
+      <c r="H224" s="75">
         <v>98.16</v>
       </c>
-      <c r="I224" s="60">
+      <c r="I224" s="75">
         <v>99.09</v>
       </c>
       <c r="J224" s="34">
         <v>-0.4</v>
       </c>
       <c r="K224" s="34">
         <v>-0.8</v>
       </c>
       <c r="L224" s="34">
         <v>0.4</v>
       </c>
       <c r="M224" s="34">
         <v>-0.4</v>
       </c>
       <c r="N224" s="34">
         <v>-0.8</v>
       </c>
       <c r="O224" s="34">
         <v>0.4</v>
       </c>
       <c r="P224" s="38">
         <v>-0.2</v>
       </c>
       <c r="Q224" s="38">
         <v>-0.8</v>
       </c>
       <c r="R224" s="38">
         <v>1</v>
       </c>
-      <c r="S224" s="64">
+      <c r="S224" s="79">
         <v>-0.5</v>
       </c>
-      <c r="T224" s="64">
+      <c r="T224" s="79">
         <v>-1.3</v>
       </c>
-      <c r="U224" s="64">
+      <c r="U224" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B225" s="3"/>
       <c r="C225" s="11" t="s">
         <v>11</v>
       </c>
       <c r="D225" s="32">
         <v>98.32</v>
       </c>
       <c r="E225" s="32">
         <v>98.03</v>
       </c>
       <c r="F225" s="32">
         <v>98.88</v>
       </c>
-      <c r="G225" s="60">
+      <c r="G225" s="75">
         <v>98.2</v>
       </c>
-      <c r="H225" s="60">
+      <c r="H225" s="75">
         <v>97.85</v>
       </c>
-      <c r="I225" s="60">
+      <c r="I225" s="75">
         <v>98.88</v>
       </c>
       <c r="J225" s="34">
         <v>-0.3</v>
       </c>
       <c r="K225" s="34">
         <v>-0.3</v>
       </c>
       <c r="L225" s="34">
         <v>-0.2</v>
       </c>
       <c r="M225" s="34">
         <v>-0.3</v>
       </c>
       <c r="N225" s="34">
         <v>-0.3</v>
       </c>
       <c r="O225" s="34">
         <v>-0.2</v>
       </c>
       <c r="P225" s="38">
         <v>-0.6</v>
       </c>
       <c r="Q225" s="38">
         <v>-1.3</v>
       </c>
       <c r="R225" s="38">
         <v>1</v>
       </c>
-      <c r="S225" s="64">
+      <c r="S225" s="79">
         <v>-0.9</v>
       </c>
-      <c r="T225" s="64">
+      <c r="T225" s="79">
         <v>-1.9</v>
       </c>
-      <c r="U225" s="64">
+      <c r="U225" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B226" s="3"/>
       <c r="C226" s="11" t="s">
         <v>12</v>
       </c>
       <c r="D226" s="32">
         <v>98.82</v>
       </c>
       <c r="E226" s="32">
         <v>98.84</v>
       </c>
       <c r="F226" s="32">
         <v>98.77</v>
       </c>
-      <c r="G226" s="60">
+      <c r="G226" s="75">
         <v>98.7</v>
       </c>
-      <c r="H226" s="60">
+      <c r="H226" s="75">
         <v>98.65</v>
       </c>
-      <c r="I226" s="60">
+      <c r="I226" s="75">
         <v>98.77</v>
       </c>
       <c r="J226" s="34">
         <v>0.5</v>
       </c>
       <c r="K226" s="34">
         <v>0.8</v>
       </c>
       <c r="L226" s="34">
         <v>-0.1</v>
       </c>
       <c r="M226" s="34">
         <v>0.5</v>
       </c>
       <c r="N226" s="34">
         <v>0.8</v>
       </c>
       <c r="O226" s="34">
         <v>-0.1</v>
       </c>
       <c r="P226" s="38">
         <v>-0.9</v>
       </c>
       <c r="Q226" s="38">
         <v>-1.9</v>
       </c>
       <c r="R226" s="38">
         <v>1.1000000000000001</v>
       </c>
-      <c r="S226" s="64">
+      <c r="S226" s="79">
         <v>-1.3</v>
       </c>
-      <c r="T226" s="64">
+      <c r="T226" s="79">
         <v>-2.4</v>
       </c>
-      <c r="U226" s="64">
+      <c r="U226" s="79">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="227" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B227" s="3"/>
       <c r="C227" s="11" t="s">
         <v>13</v>
       </c>
       <c r="D227" s="32">
         <v>99.23</v>
       </c>
       <c r="E227" s="32">
         <v>99.07</v>
       </c>
       <c r="F227" s="32">
         <v>99.53</v>
       </c>
-      <c r="G227" s="60">
+      <c r="G227" s="75">
         <v>99.11</v>
       </c>
-      <c r="H227" s="60">
+      <c r="H227" s="75">
         <v>98.88</v>
       </c>
-      <c r="I227" s="60">
+      <c r="I227" s="75">
         <v>99.53</v>
       </c>
       <c r="J227" s="34">
         <v>0.4</v>
       </c>
       <c r="K227" s="34">
         <v>0.2</v>
       </c>
       <c r="L227" s="34">
         <v>0.8</v>
       </c>
       <c r="M227" s="34">
         <v>0.4</v>
       </c>
       <c r="N227" s="34">
         <v>0.2</v>
       </c>
       <c r="O227" s="34">
         <v>0.8</v>
       </c>
       <c r="P227" s="38">
         <v>-0.9</v>
       </c>
       <c r="Q227" s="38">
         <v>-1.8</v>
       </c>
       <c r="R227" s="38">
         <v>1</v>
       </c>
-      <c r="S227" s="64">
+      <c r="S227" s="79">
         <v>-1.2</v>
       </c>
-      <c r="T227" s="64">
+      <c r="T227" s="79">
         <v>-2.2999999999999998</v>
       </c>
-      <c r="U227" s="64">
+      <c r="U227" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B228" s="5"/>
       <c r="C228" s="11" t="s">
         <v>14</v>
       </c>
       <c r="D228" s="32">
         <v>99.49</v>
       </c>
       <c r="E228" s="32">
         <v>99.5</v>
       </c>
       <c r="F228" s="32">
         <v>99.46</v>
       </c>
-      <c r="G228" s="60">
+      <c r="G228" s="75">
         <v>99.36</v>
       </c>
-      <c r="H228" s="60">
+      <c r="H228" s="75">
         <v>99.31</v>
       </c>
-      <c r="I228" s="60">
+      <c r="I228" s="75">
         <v>99.46</v>
       </c>
       <c r="J228" s="34">
         <v>0.3</v>
       </c>
       <c r="K228" s="34">
         <v>0.4</v>
       </c>
       <c r="L228" s="34">
         <v>-0.1</v>
       </c>
       <c r="M228" s="34">
         <v>0.3</v>
       </c>
       <c r="N228" s="34">
         <v>0.4</v>
       </c>
       <c r="O228" s="34">
         <v>-0.1</v>
       </c>
       <c r="P228" s="38">
         <v>-1.2</v>
       </c>
       <c r="Q228" s="38">
         <v>-1.8</v>
       </c>
       <c r="R228" s="38">
         <v>0.1</v>
       </c>
-      <c r="S228" s="64">
+      <c r="S228" s="79">
         <v>-1.2</v>
       </c>
-      <c r="T228" s="64">
+      <c r="T228" s="79">
         <v>-1.8</v>
       </c>
-      <c r="U228" s="64">
+      <c r="U228" s="79">
         <v>0.1</v>
       </c>
     </row>
     <row r="229" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B229" s="6"/>
       <c r="C229" s="11" t="s">
         <v>15</v>
       </c>
       <c r="D229" s="32">
         <v>99.77</v>
       </c>
       <c r="E229" s="32">
         <v>99.21</v>
       </c>
       <c r="F229" s="32">
         <v>100.82</v>
       </c>
-      <c r="G229" s="60">
+      <c r="G229" s="75">
         <v>99.64</v>
       </c>
-      <c r="H229" s="60">
+      <c r="H229" s="75">
         <v>99.03</v>
       </c>
-      <c r="I229" s="60">
+      <c r="I229" s="75">
         <v>100.82</v>
       </c>
       <c r="J229" s="34">
         <v>0.3</v>
       </c>
       <c r="K229" s="34">
         <v>-0.3</v>
       </c>
       <c r="L229" s="34">
         <v>1.4</v>
       </c>
       <c r="M229" s="34">
         <v>0.3</v>
       </c>
       <c r="N229" s="34">
         <v>-0.3</v>
       </c>
       <c r="O229" s="34">
         <v>1.4</v>
       </c>
       <c r="P229" s="38">
         <v>-1.2</v>
       </c>
       <c r="Q229" s="38">
         <v>-1.5</v>
       </c>
       <c r="R229" s="38">
         <v>-0.6</v>
       </c>
-      <c r="S229" s="64">
+      <c r="S229" s="79">
         <v>-1.2</v>
       </c>
-      <c r="T229" s="64">
+      <c r="T229" s="79">
         <v>-1.5</v>
       </c>
-      <c r="U229" s="64">
+      <c r="U229" s="79">
         <v>-0.6</v>
       </c>
     </row>
     <row r="230" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B230" s="6"/>
       <c r="C230" s="11" t="s">
         <v>16</v>
       </c>
       <c r="D230" s="32">
         <v>99.72</v>
       </c>
       <c r="E230" s="32">
         <v>98.24</v>
       </c>
       <c r="F230" s="32">
         <v>102.54</v>
       </c>
-      <c r="G230" s="60">
+      <c r="G230" s="75">
         <v>99.6</v>
       </c>
-      <c r="H230" s="60">
+      <c r="H230" s="75">
         <v>98.06</v>
       </c>
-      <c r="I230" s="60">
+      <c r="I230" s="75">
         <v>102.54</v>
       </c>
       <c r="J230" s="34">
         <v>-0.1</v>
       </c>
       <c r="K230" s="34">
         <v>-1</v>
       </c>
       <c r="L230" s="34">
         <v>1.7</v>
       </c>
       <c r="M230" s="34">
         <v>0</v>
       </c>
       <c r="N230" s="34">
         <v>-1</v>
       </c>
       <c r="O230" s="34">
         <v>1.7</v>
       </c>
       <c r="P230" s="38">
         <v>-1.1000000000000001</v>
       </c>
       <c r="Q230" s="38">
         <v>-1.3</v>
       </c>
       <c r="R230" s="38">
         <v>-0.8</v>
       </c>
-      <c r="S230" s="64">
+      <c r="S230" s="79">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="T230" s="64">
+      <c r="T230" s="79">
         <v>-1.3</v>
       </c>
-      <c r="U230" s="64">
+      <c r="U230" s="79">
         <v>-0.8</v>
       </c>
     </row>
     <row r="231" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B231" s="6"/>
       <c r="C231" s="11" t="s">
         <v>17</v>
       </c>
       <c r="D231" s="32">
         <v>99.55</v>
       </c>
       <c r="E231" s="32">
         <v>97.95</v>
       </c>
       <c r="F231" s="32">
         <v>102.59</v>
       </c>
-      <c r="G231" s="60">
+      <c r="G231" s="75">
         <v>99.42</v>
       </c>
-      <c r="H231" s="60">
+      <c r="H231" s="75">
         <v>97.76</v>
       </c>
-      <c r="I231" s="60">
+      <c r="I231" s="75">
         <v>102.59</v>
       </c>
       <c r="J231" s="34">
         <v>-0.2</v>
       </c>
       <c r="K231" s="34">
         <v>-0.3</v>
       </c>
       <c r="L231" s="34">
         <v>0</v>
       </c>
       <c r="M231" s="34">
         <v>-0.2</v>
       </c>
       <c r="N231" s="34">
         <v>-0.3</v>
       </c>
       <c r="O231" s="34">
         <v>0</v>
       </c>
       <c r="P231" s="38">
         <v>-1.5</v>
       </c>
       <c r="Q231" s="38">
         <v>-1.3</v>
       </c>
       <c r="R231" s="38">
         <v>-1.9</v>
       </c>
-      <c r="S231" s="64">
+      <c r="S231" s="79">
         <v>-1.5</v>
       </c>
-      <c r="T231" s="64">
+      <c r="T231" s="79">
         <v>-1.3</v>
       </c>
-      <c r="U231" s="64">
+      <c r="U231" s="79">
         <v>-1.9</v>
       </c>
     </row>
     <row r="232" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B232" s="6"/>
       <c r="C232" s="11" t="s">
         <v>18</v>
       </c>
       <c r="D232" s="32">
         <v>99.7</v>
       </c>
       <c r="E232" s="32">
         <v>99.37</v>
       </c>
       <c r="F232" s="32">
         <v>100.32</v>
       </c>
-      <c r="G232" s="60">
+      <c r="G232" s="75">
         <v>99.58</v>
       </c>
-      <c r="H232" s="60">
+      <c r="H232" s="75">
         <v>99.18</v>
       </c>
-      <c r="I232" s="60">
+      <c r="I232" s="75">
         <v>100.32</v>
       </c>
       <c r="J232" s="34">
         <v>0.2</v>
       </c>
       <c r="K232" s="34">
         <v>1.4</v>
       </c>
       <c r="L232" s="34">
         <v>-2.2000000000000002</v>
       </c>
       <c r="M232" s="34">
         <v>0.2</v>
       </c>
       <c r="N232" s="34">
         <v>1.5</v>
       </c>
       <c r="O232" s="34">
         <v>-2.2000000000000002</v>
       </c>
       <c r="P232" s="38">
         <v>-0.7</v>
       </c>
       <c r="Q232" s="38">
         <v>-0.4</v>
       </c>
       <c r="R232" s="38">
         <v>-1.3</v>
       </c>
-      <c r="S232" s="64">
+      <c r="S232" s="79">
         <v>-0.7</v>
       </c>
-      <c r="T232" s="64">
+      <c r="T232" s="79">
         <v>-0.4</v>
       </c>
-      <c r="U232" s="64">
+      <c r="U232" s="79">
         <v>-1.3</v>
       </c>
     </row>
     <row r="233" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B233" s="6"/>
       <c r="C233" s="11" t="s">
         <v>19</v>
       </c>
       <c r="D233" s="32">
         <v>99.84</v>
       </c>
       <c r="E233" s="32">
         <v>99.97</v>
       </c>
       <c r="F233" s="32">
         <v>99.56</v>
       </c>
-      <c r="G233" s="60">
+      <c r="G233" s="75">
         <v>99.71</v>
       </c>
-      <c r="H233" s="60">
+      <c r="H233" s="75">
         <v>99.79</v>
       </c>
-      <c r="I233" s="60">
+      <c r="I233" s="75">
         <v>99.56</v>
       </c>
       <c r="J233" s="34">
         <v>0.1</v>
       </c>
       <c r="K233" s="34">
         <v>0.6</v>
       </c>
       <c r="L233" s="34">
         <v>-0.8</v>
       </c>
       <c r="M233" s="34">
         <v>0.1</v>
       </c>
       <c r="N233" s="34">
         <v>0.6</v>
       </c>
       <c r="O233" s="34">
         <v>-0.8</v>
       </c>
       <c r="P233" s="38">
         <v>-0.3</v>
       </c>
       <c r="Q233" s="38">
         <v>-0.2</v>
       </c>
       <c r="R233" s="38">
         <v>-0.5</v>
       </c>
-      <c r="S233" s="64">
+      <c r="S233" s="79">
         <v>-0.3</v>
       </c>
-      <c r="T233" s="64">
+      <c r="T233" s="79">
         <v>-0.2</v>
       </c>
-      <c r="U233" s="64">
+      <c r="U233" s="79">
         <v>-0.5</v>
       </c>
     </row>
     <row r="234" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B234" s="6"/>
       <c r="C234" s="11" t="s">
         <v>20</v>
       </c>
       <c r="D234" s="32">
         <v>99.72</v>
       </c>
       <c r="E234" s="32">
         <v>100.09</v>
       </c>
       <c r="F234" s="32">
         <v>99</v>
       </c>
-      <c r="G234" s="60">
+      <c r="G234" s="75">
         <v>99.6</v>
       </c>
-      <c r="H234" s="60">
+      <c r="H234" s="75">
         <v>99.91</v>
       </c>
-      <c r="I234" s="60">
+      <c r="I234" s="75">
         <v>99</v>
       </c>
       <c r="J234" s="34">
         <v>-0.1</v>
       </c>
       <c r="K234" s="34">
         <v>0.1</v>
       </c>
       <c r="L234" s="34">
         <v>-0.6</v>
       </c>
       <c r="M234" s="34">
         <v>-0.1</v>
       </c>
       <c r="N234" s="34">
         <v>0.1</v>
       </c>
       <c r="O234" s="34">
         <v>-0.6</v>
       </c>
       <c r="P234" s="38">
         <v>0.2</v>
       </c>
       <c r="Q234" s="38">
         <v>0.1</v>
       </c>
       <c r="R234" s="38">
         <v>0.3</v>
       </c>
-      <c r="S234" s="64">
+      <c r="S234" s="79">
         <v>0.2</v>
       </c>
-      <c r="T234" s="64">
+      <c r="T234" s="79">
         <v>0.1</v>
       </c>
-      <c r="U234" s="64">
+      <c r="U234" s="79">
         <v>0.3</v>
       </c>
     </row>
     <row r="235" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B235" s="7"/>
       <c r="C235" s="12" t="s">
         <v>21</v>
       </c>
       <c r="D235" s="41">
         <v>99.69</v>
       </c>
       <c r="E235" s="41">
         <v>99.91</v>
       </c>
       <c r="F235" s="41">
         <v>99.26</v>
       </c>
-      <c r="G235" s="62">
+      <c r="G235" s="77">
         <v>99.46</v>
       </c>
-      <c r="H235" s="62">
+      <c r="H235" s="77">
         <v>99.56</v>
       </c>
-      <c r="I235" s="62">
+      <c r="I235" s="77">
         <v>99.26</v>
       </c>
       <c r="J235" s="36">
         <v>0</v>
       </c>
       <c r="K235" s="36">
         <v>-0.2</v>
       </c>
       <c r="L235" s="36">
         <v>0.3</v>
       </c>
       <c r="M235" s="36">
         <v>-0.1</v>
       </c>
       <c r="N235" s="36">
         <v>-0.4</v>
       </c>
       <c r="O235" s="36">
         <v>0.3</v>
       </c>
       <c r="P235" s="39">
         <v>0.7</v>
       </c>
       <c r="Q235" s="39">
         <v>0.8</v>
       </c>
       <c r="R235" s="39">
         <v>0.5</v>
       </c>
-      <c r="S235" s="63">
+      <c r="S235" s="78">
         <v>0.6</v>
       </c>
-      <c r="T235" s="63">
+      <c r="T235" s="78">
         <v>0.6</v>
       </c>
-      <c r="U235" s="63">
+      <c r="U235" s="78">
         <v>0.5</v>
       </c>
     </row>
     <row r="236" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B236" s="13" t="s">
         <v>42</v>
       </c>
       <c r="C236" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D236" s="32">
         <v>99.51</v>
       </c>
       <c r="E236" s="32">
         <v>99.76</v>
       </c>
       <c r="F236" s="32">
         <v>99.03</v>
       </c>
-      <c r="G236" s="60">
+      <c r="G236" s="75">
         <v>99.32</v>
       </c>
-      <c r="H236" s="60">
+      <c r="H236" s="75">
         <v>100.07</v>
       </c>
-      <c r="I236" s="60">
+      <c r="I236" s="75">
         <v>97.94</v>
       </c>
       <c r="J236" s="34">
         <v>-0.2</v>
       </c>
       <c r="K236" s="34">
         <v>-0.2</v>
       </c>
       <c r="L236" s="34">
         <v>-0.2</v>
       </c>
       <c r="M236" s="34">
         <v>-0.1</v>
       </c>
       <c r="N236" s="34">
         <v>0.5</v>
       </c>
       <c r="O236" s="34">
         <v>-1.3</v>
       </c>
       <c r="P236" s="38">
         <v>0.9</v>
       </c>
       <c r="Q236" s="38">
         <v>1.4</v>
       </c>
       <c r="R236" s="38">
         <v>-0.1</v>
       </c>
-      <c r="S236" s="64">
+      <c r="S236" s="79">
         <v>0.9</v>
       </c>
-      <c r="T236" s="64">
+      <c r="T236" s="79">
         <v>1.9</v>
       </c>
-      <c r="U236" s="64">
+      <c r="U236" s="79">
         <v>-1.2</v>
       </c>
     </row>
     <row r="237" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B237" s="3"/>
       <c r="C237" s="10" t="s">
         <v>11</v>
       </c>
       <c r="D237" s="32">
         <v>99.7</v>
       </c>
       <c r="E237" s="32">
         <v>100.01</v>
       </c>
       <c r="F237" s="32">
         <v>99.11</v>
       </c>
-      <c r="G237" s="60">
+      <c r="G237" s="75">
         <v>99.51</v>
       </c>
-      <c r="H237" s="60">
+      <c r="H237" s="75">
         <v>100.32</v>
       </c>
-      <c r="I237" s="60">
+      <c r="I237" s="75">
         <v>98</v>
       </c>
       <c r="J237" s="34">
         <v>0.2</v>
       </c>
       <c r="K237" s="34">
         <v>0.3</v>
       </c>
       <c r="L237" s="34">
         <v>0.1</v>
       </c>
       <c r="M237" s="34">
         <v>0.2</v>
       </c>
       <c r="N237" s="34">
         <v>0.2</v>
       </c>
       <c r="O237" s="34">
         <v>0.1</v>
       </c>
       <c r="P237" s="38">
         <v>1.4</v>
       </c>
       <c r="Q237" s="38">
         <v>2</v>
       </c>
       <c r="R237" s="38">
         <v>0.2</v>
       </c>
-      <c r="S237" s="64">
+      <c r="S237" s="79">
         <v>1.3</v>
       </c>
-      <c r="T237" s="64">
+      <c r="T237" s="79">
         <v>2.5</v>
       </c>
-      <c r="U237" s="64">
+      <c r="U237" s="79">
         <v>-0.9</v>
       </c>
     </row>
     <row r="238" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B238" s="3"/>
       <c r="C238" s="11" t="s">
         <v>12</v>
       </c>
       <c r="D238" s="32">
         <v>99.92</v>
       </c>
       <c r="E238" s="32">
         <v>100.42</v>
       </c>
       <c r="F238" s="32">
         <v>98.99</v>
       </c>
-      <c r="G238" s="60">
+      <c r="G238" s="75">
         <v>99.73</v>
       </c>
-      <c r="H238" s="60">
+      <c r="H238" s="75">
         <v>100.72</v>
       </c>
-      <c r="I238" s="60">
+      <c r="I238" s="75">
         <v>97.89</v>
       </c>
       <c r="J238" s="34">
         <v>0.2</v>
       </c>
       <c r="K238" s="34">
         <v>0.4</v>
       </c>
       <c r="L238" s="34">
         <v>-0.1</v>
       </c>
       <c r="M238" s="34">
         <v>0.2</v>
       </c>
       <c r="N238" s="34">
         <v>0.4</v>
       </c>
       <c r="O238" s="34">
         <v>-0.1</v>
       </c>
       <c r="P238" s="38">
         <v>1.1000000000000001</v>
       </c>
       <c r="Q238" s="38">
         <v>1.6</v>
       </c>
       <c r="R238" s="38">
         <v>0.2</v>
       </c>
-      <c r="S238" s="64">
+      <c r="S238" s="79">
         <v>1</v>
       </c>
-      <c r="T238" s="64">
+      <c r="T238" s="79">
         <v>2.1</v>
       </c>
-      <c r="U238" s="64">
+      <c r="U238" s="79">
         <v>-0.9</v>
       </c>
     </row>
     <row r="239" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B239" s="3"/>
       <c r="C239" s="10" t="s">
         <v>13</v>
       </c>
       <c r="D239" s="42">
         <v>100.6</v>
       </c>
       <c r="E239" s="42">
         <v>100.98</v>
       </c>
       <c r="F239" s="42">
         <v>99.88</v>
       </c>
       <c r="G239" s="43">
         <v>100.4</v>
       </c>
       <c r="H239" s="43">
         <v>101.29</v>
       </c>
       <c r="I239" s="43">
         <v>98.77</v>
@@ -16204,5125 +16204,5190 @@
       </c>
       <c r="S258" s="43">
         <v>1.2</v>
       </c>
       <c r="T258" s="43">
         <v>1.2</v>
       </c>
       <c r="U258" s="43">
         <v>1.2</v>
       </c>
     </row>
     <row r="259" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B259" s="7"/>
       <c r="C259" s="15" t="s">
         <v>21</v>
       </c>
       <c r="D259" s="39">
         <v>101.96</v>
       </c>
       <c r="E259" s="39">
         <v>101.87</v>
       </c>
       <c r="F259" s="39">
         <v>102.09</v>
       </c>
-      <c r="G259" s="63">
+      <c r="G259" s="78">
         <v>101.45</v>
       </c>
-      <c r="H259" s="63">
+      <c r="H259" s="78">
         <v>101.71</v>
       </c>
-      <c r="I259" s="63">
+      <c r="I259" s="78">
         <v>100.94</v>
       </c>
       <c r="J259" s="36">
         <v>-0.6</v>
       </c>
       <c r="K259" s="36">
         <v>-1.1000000000000001</v>
       </c>
       <c r="L259" s="36">
         <v>0.3</v>
       </c>
       <c r="M259" s="36">
         <v>-0.9</v>
       </c>
       <c r="N259" s="47">
         <v>-1.5</v>
       </c>
       <c r="O259" s="47">
         <v>0.3</v>
       </c>
       <c r="P259" s="39">
         <v>1</v>
       </c>
       <c r="Q259" s="39">
         <v>0.7</v>
       </c>
       <c r="R259" s="39">
         <v>1.5</v>
       </c>
-      <c r="S259" s="63">
+      <c r="S259" s="78">
         <v>0.8</v>
       </c>
-      <c r="T259" s="63">
+      <c r="T259" s="78">
         <v>0.3</v>
       </c>
-      <c r="U259" s="63">
+      <c r="U259" s="78">
         <v>1.5</v>
       </c>
     </row>
     <row r="260" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B260" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C260" s="10" t="s">
         <v>10</v>
       </c>
       <c r="D260" s="38">
         <v>101.32</v>
       </c>
       <c r="E260" s="38">
         <v>100.85</v>
       </c>
       <c r="F260" s="38">
         <v>102.18</v>
       </c>
-      <c r="G260" s="64">
+      <c r="G260" s="79">
         <v>101.65</v>
       </c>
-      <c r="H260" s="64">
+      <c r="H260" s="79">
         <v>101.96</v>
       </c>
-      <c r="I260" s="64">
+      <c r="I260" s="79">
         <v>101.02</v>
       </c>
       <c r="J260" s="34">
         <v>-0.6</v>
       </c>
       <c r="K260" s="34">
         <v>-1</v>
       </c>
       <c r="L260" s="34">
         <v>0</v>
       </c>
       <c r="M260" s="34">
         <v>0.2</v>
       </c>
       <c r="N260" s="44">
         <v>0.3</v>
       </c>
       <c r="O260" s="44">
         <v>0</v>
       </c>
       <c r="P260" s="38">
         <v>0.6</v>
       </c>
       <c r="Q260" s="38">
         <v>0</v>
       </c>
       <c r="R260" s="38">
         <v>1.7</v>
       </c>
-      <c r="S260" s="64">
+      <c r="S260" s="79">
         <v>1.2</v>
       </c>
-      <c r="T260" s="64">
+      <c r="T260" s="79">
         <v>0.9</v>
       </c>
-      <c r="U260" s="64">
+      <c r="U260" s="79">
         <v>1.7</v>
       </c>
     </row>
     <row r="261" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B261" s="3"/>
       <c r="C261" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D261" s="32">
         <v>101.41</v>
       </c>
       <c r="E261" s="32">
         <v>101.11</v>
       </c>
       <c r="F261" s="32">
         <v>101.94</v>
       </c>
-      <c r="G261" s="60">
+      <c r="G261" s="75">
         <v>101.74</v>
       </c>
-      <c r="H261" s="60">
+      <c r="H261" s="75">
         <v>102.23</v>
       </c>
-      <c r="I261" s="60">
+      <c r="I261" s="75">
         <v>100.78</v>
       </c>
       <c r="J261" s="34">
         <v>0.1</v>
       </c>
       <c r="K261" s="34">
         <v>0.3</v>
       </c>
       <c r="L261" s="34">
         <v>-0.2</v>
       </c>
       <c r="M261" s="34">
         <v>0.1</v>
       </c>
       <c r="N261" s="34">
         <v>0.3</v>
       </c>
       <c r="O261" s="34">
         <v>-0.2</v>
       </c>
       <c r="P261" s="38">
         <v>0.8</v>
       </c>
       <c r="Q261" s="38">
         <v>0.3</v>
       </c>
       <c r="R261" s="38">
         <v>1.6</v>
       </c>
-      <c r="S261" s="64">
+      <c r="S261" s="79">
         <v>1.4</v>
       </c>
-      <c r="T261" s="64">
+      <c r="T261" s="79">
         <v>1.2</v>
       </c>
-      <c r="U261" s="64">
+      <c r="U261" s="79">
         <v>1.6</v>
       </c>
     </row>
     <row r="262" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B262" s="3"/>
       <c r="C262" s="16" t="s">
         <v>12</v>
       </c>
       <c r="D262" s="32">
         <v>102.2</v>
       </c>
       <c r="E262" s="32">
         <v>102.32</v>
       </c>
       <c r="F262" s="32">
         <v>101.94</v>
       </c>
-      <c r="G262" s="60">
+      <c r="G262" s="75">
         <v>102.52</v>
       </c>
-      <c r="H262" s="60">
+      <c r="H262" s="75">
         <v>103.44</v>
       </c>
-      <c r="I262" s="60">
+      <c r="I262" s="75">
         <v>100.78</v>
       </c>
       <c r="J262" s="34">
         <v>0.8</v>
       </c>
       <c r="K262" s="34">
         <v>1.2</v>
       </c>
       <c r="L262" s="34">
         <v>0</v>
       </c>
       <c r="M262" s="34">
         <v>0.8</v>
       </c>
       <c r="N262" s="34">
         <v>1.2</v>
       </c>
       <c r="O262" s="34">
         <v>0</v>
       </c>
       <c r="P262" s="38">
         <v>1.1000000000000001</v>
       </c>
       <c r="Q262" s="38">
         <v>0.8</v>
       </c>
       <c r="R262" s="38">
         <v>1.7</v>
       </c>
-      <c r="S262" s="64">
+      <c r="S262" s="79">
         <v>1.7</v>
       </c>
-      <c r="T262" s="64">
+      <c r="T262" s="79">
         <v>1.7</v>
       </c>
-      <c r="U262" s="64">
+      <c r="U262" s="79">
         <v>1.6</v>
       </c>
     </row>
     <row r="263" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B263" s="3"/>
       <c r="C263" s="16" t="s">
         <v>13</v>
       </c>
       <c r="D263" s="32">
         <v>102.86</v>
       </c>
       <c r="E263" s="32">
         <v>102.76</v>
       </c>
       <c r="F263" s="32">
         <v>102.99</v>
       </c>
-      <c r="G263" s="60">
+      <c r="G263" s="75">
         <v>103.18</v>
       </c>
-      <c r="H263" s="60">
+      <c r="H263" s="75">
         <v>103.88</v>
       </c>
-      <c r="I263" s="60">
+      <c r="I263" s="75">
         <v>101.83</v>
       </c>
       <c r="J263" s="34">
         <v>0.6</v>
       </c>
       <c r="K263" s="34">
         <v>0.4</v>
       </c>
       <c r="L263" s="34">
         <v>1</v>
       </c>
       <c r="M263" s="34">
         <v>0.6</v>
       </c>
       <c r="N263" s="34">
         <v>0.4</v>
       </c>
       <c r="O263" s="34">
         <v>1</v>
       </c>
       <c r="P263" s="38">
         <v>0.8</v>
       </c>
       <c r="Q263" s="38">
         <v>0.4</v>
       </c>
       <c r="R263" s="38">
         <v>1.6</v>
       </c>
-      <c r="S263" s="64">
+      <c r="S263" s="79">
         <v>1.4</v>
       </c>
-      <c r="T263" s="64">
+      <c r="T263" s="79">
         <v>1.3</v>
       </c>
-      <c r="U263" s="64">
+      <c r="U263" s="79">
         <v>1.6</v>
       </c>
     </row>
     <row r="264" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B264" s="5"/>
       <c r="C264" s="16" t="s">
         <v>14</v>
       </c>
       <c r="D264" s="32">
         <v>103.3</v>
       </c>
       <c r="E264" s="32">
         <v>103.37</v>
       </c>
       <c r="F264" s="32">
         <v>103.12</v>
       </c>
-      <c r="G264" s="60">
+      <c r="G264" s="75">
         <v>103.63</v>
       </c>
-      <c r="H264" s="60">
+      <c r="H264" s="75">
         <v>104.51</v>
       </c>
-      <c r="I264" s="60">
+      <c r="I264" s="75">
         <v>101.95</v>
       </c>
       <c r="J264" s="34">
         <v>0.4</v>
       </c>
       <c r="K264" s="34">
         <v>0.6</v>
       </c>
       <c r="L264" s="34">
         <v>0.1</v>
       </c>
       <c r="M264" s="34">
         <v>0.4</v>
       </c>
       <c r="N264" s="34">
         <v>0.6</v>
       </c>
       <c r="O264" s="34">
         <v>0.1</v>
       </c>
       <c r="P264" s="38">
         <v>1</v>
       </c>
       <c r="Q264" s="38">
         <v>0.5</v>
       </c>
       <c r="R264" s="38">
         <v>1.9</v>
       </c>
-      <c r="S264" s="64">
+      <c r="S264" s="79">
         <v>1.6</v>
       </c>
-      <c r="T264" s="64">
+      <c r="T264" s="79">
         <v>1.4</v>
       </c>
-      <c r="U264" s="64">
+      <c r="U264" s="79">
         <v>1.9</v>
       </c>
     </row>
     <row r="265" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B265" s="6"/>
       <c r="C265" s="16" t="s">
         <v>15</v>
       </c>
       <c r="D265" s="32">
         <v>103.59</v>
       </c>
       <c r="E265" s="32">
         <v>102.76</v>
       </c>
       <c r="F265" s="32">
         <v>105.1</v>
       </c>
-      <c r="G265" s="60">
+      <c r="G265" s="75">
         <v>103.91</v>
       </c>
-      <c r="H265" s="60">
+      <c r="H265" s="75">
         <v>103.89</v>
       </c>
-      <c r="I265" s="60">
+      <c r="I265" s="75">
         <v>103.91</v>
       </c>
       <c r="J265" s="34">
         <v>0.3</v>
       </c>
       <c r="K265" s="34">
         <v>-0.6</v>
       </c>
       <c r="L265" s="34">
         <v>1.9</v>
       </c>
       <c r="M265" s="34">
         <v>0.3</v>
       </c>
       <c r="N265" s="34">
         <v>-0.6</v>
       </c>
       <c r="O265" s="34">
         <v>1.9</v>
       </c>
       <c r="P265" s="38">
         <v>0.5</v>
       </c>
       <c r="Q265" s="38">
         <v>0.2</v>
       </c>
       <c r="R265" s="38">
         <v>1.2</v>
       </c>
-      <c r="S265" s="64">
+      <c r="S265" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="T265" s="64">
+      <c r="T265" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="U265" s="64">
+      <c r="U265" s="79">
         <v>1.2</v>
       </c>
     </row>
     <row r="266" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B266" s="6"/>
       <c r="C266" s="16" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="32">
         <v>104.12</v>
       </c>
       <c r="E266" s="32">
         <v>102.04</v>
       </c>
       <c r="F266" s="32">
         <v>107.99</v>
       </c>
-      <c r="G266" s="60">
+      <c r="G266" s="75">
         <v>104.44</v>
       </c>
-      <c r="H266" s="60">
+      <c r="H266" s="75">
         <v>103.17</v>
       </c>
-      <c r="I266" s="60">
+      <c r="I266" s="75">
         <v>106.76</v>
       </c>
       <c r="J266" s="34">
         <v>0.5</v>
       </c>
       <c r="K266" s="34">
         <v>-0.7</v>
       </c>
       <c r="L266" s="34">
         <v>2.7</v>
       </c>
       <c r="M266" s="34">
         <v>0.5</v>
       </c>
       <c r="N266" s="34">
         <v>-0.7</v>
       </c>
       <c r="O266" s="34">
         <v>2.7</v>
       </c>
       <c r="P266" s="38">
         <v>0.9</v>
       </c>
       <c r="Q266" s="38">
         <v>0.7</v>
       </c>
       <c r="R266" s="38">
         <v>1.3</v>
       </c>
-      <c r="S266" s="64">
+      <c r="S266" s="79">
         <v>1.5</v>
       </c>
-      <c r="T266" s="64">
+      <c r="T266" s="79">
         <v>1.6</v>
       </c>
-      <c r="U266" s="64">
+      <c r="U266" s="79">
         <v>1.3</v>
       </c>
     </row>
     <row r="267" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B267" s="6"/>
       <c r="C267" s="16" t="s">
         <v>17</v>
       </c>
       <c r="D267" s="32">
         <v>103.73</v>
       </c>
       <c r="E267" s="32">
         <v>101.69</v>
       </c>
       <c r="F267" s="32">
         <v>107.51</v>
       </c>
-      <c r="G267" s="60">
+      <c r="G267" s="75">
         <v>104.05</v>
       </c>
-      <c r="H267" s="60">
+      <c r="H267" s="75">
         <v>102.82</v>
       </c>
-      <c r="I267" s="60">
+      <c r="I267" s="75">
         <v>106.29</v>
       </c>
       <c r="J267" s="34">
         <v>-0.4</v>
       </c>
       <c r="K267" s="34">
         <v>-0.3</v>
       </c>
       <c r="L267" s="34">
         <v>-0.4</v>
       </c>
       <c r="M267" s="34">
         <v>-0.4</v>
       </c>
       <c r="N267" s="34">
         <v>-0.3</v>
       </c>
       <c r="O267" s="34">
         <v>-0.4</v>
       </c>
       <c r="P267" s="38">
         <v>0.6</v>
       </c>
       <c r="Q267" s="38">
         <v>0.4</v>
       </c>
       <c r="R267" s="38">
         <v>0.9</v>
       </c>
-      <c r="S267" s="64">
+      <c r="S267" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="T267" s="64">
+      <c r="T267" s="79">
         <v>1.3</v>
       </c>
-      <c r="U267" s="64">
+      <c r="U267" s="79">
         <v>0.9</v>
       </c>
     </row>
     <row r="268" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B268" s="6"/>
       <c r="C268" s="16" t="s">
         <v>18</v>
       </c>
       <c r="D268" s="32">
         <v>103.54</v>
       </c>
       <c r="E268" s="32">
         <v>102.76</v>
       </c>
       <c r="F268" s="32">
         <v>104.97</v>
       </c>
-      <c r="G268" s="60">
+      <c r="G268" s="75">
         <v>103.85</v>
       </c>
-      <c r="H268" s="60">
+      <c r="H268" s="75">
         <v>103.87</v>
       </c>
-      <c r="I268" s="60">
+      <c r="I268" s="75">
         <v>103.78</v>
       </c>
       <c r="J268" s="34">
         <v>-0.2</v>
       </c>
       <c r="K268" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="L268" s="34">
         <v>-2.4</v>
       </c>
       <c r="M268" s="34">
         <v>-0.2</v>
       </c>
       <c r="N268" s="34">
         <v>1</v>
       </c>
       <c r="O268" s="34">
         <v>-2.4</v>
       </c>
       <c r="P268" s="38">
         <v>0.6</v>
       </c>
       <c r="Q268" s="38">
         <v>0.3</v>
       </c>
       <c r="R268" s="38">
         <v>1</v>
       </c>
-      <c r="S268" s="64">
+      <c r="S268" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="T268" s="64">
+      <c r="T268" s="79">
         <v>1.2</v>
       </c>
-      <c r="U268" s="64">
+      <c r="U268" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B269" s="6"/>
       <c r="C269" s="16" t="s">
         <v>19</v>
       </c>
       <c r="D269" s="32">
         <v>103.79</v>
       </c>
       <c r="E269" s="32">
         <v>103.39</v>
       </c>
       <c r="F269" s="32">
         <v>104.49</v>
       </c>
-      <c r="G269" s="60">
+      <c r="G269" s="75">
         <v>104.1</v>
       </c>
-      <c r="H269" s="60">
+      <c r="H269" s="75">
         <v>104.5</v>
       </c>
-      <c r="I269" s="60">
+      <c r="I269" s="75">
         <v>103.31</v>
       </c>
       <c r="J269" s="34">
         <v>0.2</v>
       </c>
       <c r="K269" s="34">
         <v>0.6</v>
       </c>
       <c r="L269" s="34">
         <v>-0.5</v>
       </c>
       <c r="M269" s="34">
         <v>0.2</v>
       </c>
       <c r="N269" s="34">
         <v>0.6</v>
       </c>
       <c r="O269" s="34">
         <v>-0.5</v>
       </c>
       <c r="P269" s="38">
         <v>0.6</v>
       </c>
       <c r="Q269" s="38">
         <v>0</v>
       </c>
       <c r="R269" s="38">
         <v>1.8</v>
       </c>
-      <c r="S269" s="64">
+      <c r="S269" s="79">
         <v>1.2</v>
       </c>
-      <c r="T269" s="64">
+      <c r="T269" s="79">
         <v>0.9</v>
       </c>
-      <c r="U269" s="64">
+      <c r="U269" s="79">
         <v>1.8</v>
       </c>
     </row>
     <row r="270" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B270" s="6"/>
       <c r="C270" s="16" t="s">
         <v>20</v>
       </c>
       <c r="D270" s="32">
         <v>103.39</v>
       </c>
       <c r="E270" s="32">
         <v>103.27</v>
       </c>
       <c r="F270" s="32">
         <v>103.6</v>
       </c>
-      <c r="G270" s="60">
+      <c r="G270" s="75">
         <v>103.71</v>
       </c>
-      <c r="H270" s="60">
+      <c r="H270" s="75">
         <v>104.38</v>
       </c>
-      <c r="I270" s="60">
+      <c r="I270" s="75">
         <v>102.42</v>
       </c>
       <c r="J270" s="34">
         <v>-0.4</v>
       </c>
       <c r="K270" s="34">
         <v>-0.1</v>
       </c>
       <c r="L270" s="34">
         <v>-0.9</v>
       </c>
       <c r="M270" s="34">
         <v>-0.4</v>
       </c>
       <c r="N270" s="34">
         <v>-0.1</v>
       </c>
       <c r="O270" s="34">
         <v>-0.9</v>
       </c>
       <c r="P270" s="38">
         <v>0.8</v>
       </c>
       <c r="Q270" s="38">
         <v>0.3</v>
       </c>
       <c r="R270" s="38">
         <v>1.7</v>
       </c>
-      <c r="S270" s="64">
+      <c r="S270" s="79">
         <v>1.3</v>
       </c>
-      <c r="T270" s="64">
+      <c r="T270" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="U270" s="64">
+      <c r="U270" s="79">
         <v>1.7</v>
       </c>
     </row>
     <row r="271" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B271" s="7"/>
       <c r="C271" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D271" s="41">
         <v>103.25</v>
       </c>
       <c r="E271" s="41">
         <v>102.95</v>
       </c>
       <c r="F271" s="41">
         <v>103.78</v>
       </c>
-      <c r="G271" s="62">
+      <c r="G271" s="77">
         <v>103.58</v>
       </c>
-      <c r="H271" s="62">
+      <c r="H271" s="77">
         <v>104.08</v>
       </c>
-      <c r="I271" s="62">
+      <c r="I271" s="77">
         <v>102.6</v>
       </c>
       <c r="J271" s="36">
         <v>-0.1</v>
       </c>
       <c r="K271" s="36">
         <v>-0.3</v>
       </c>
       <c r="L271" s="36">
         <v>0.2</v>
       </c>
       <c r="M271" s="36">
         <v>-0.1</v>
       </c>
       <c r="N271" s="36">
         <v>-0.3</v>
       </c>
       <c r="O271" s="36">
         <v>0.2</v>
       </c>
       <c r="P271" s="39">
         <v>1.3</v>
       </c>
       <c r="Q271" s="39">
         <v>1.1000000000000001</v>
       </c>
       <c r="R271" s="39">
         <v>1.6</v>
       </c>
-      <c r="S271" s="63">
+      <c r="S271" s="78">
         <v>2.1</v>
       </c>
-      <c r="T271" s="63">
+      <c r="T271" s="78">
         <v>2.4</v>
       </c>
-      <c r="U271" s="63">
+      <c r="U271" s="78">
         <v>1.6</v>
       </c>
     </row>
     <row r="272" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B272" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C272" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D272" s="32">
         <v>103.12</v>
       </c>
       <c r="E272" s="32">
         <v>102.72</v>
       </c>
       <c r="F272" s="32">
         <v>103.84</v>
       </c>
-      <c r="G272" s="60">
+      <c r="G272" s="75">
         <v>103.93</v>
       </c>
-      <c r="H272" s="60">
+      <c r="H272" s="75">
         <v>103.85</v>
       </c>
-      <c r="I272" s="60">
+      <c r="I272" s="75">
         <v>104.08</v>
       </c>
       <c r="J272" s="34">
         <v>-0.1</v>
       </c>
       <c r="K272" s="34">
         <v>-0.2</v>
       </c>
       <c r="L272" s="34">
         <v>0.1</v>
       </c>
       <c r="M272" s="34">
         <v>0.3</v>
       </c>
       <c r="N272" s="34">
         <v>-0.2</v>
       </c>
       <c r="O272" s="34">
         <v>1.4</v>
       </c>
       <c r="P272" s="38">
         <v>1.8</v>
       </c>
       <c r="Q272" s="38">
         <v>1.9</v>
       </c>
       <c r="R272" s="38">
         <v>1.6</v>
       </c>
-      <c r="S272" s="64">
+      <c r="S272" s="79">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T272" s="64">
+      <c r="T272" s="79">
         <v>1.9</v>
       </c>
-      <c r="U272" s="64">
+      <c r="U272" s="79">
         <v>3</v>
       </c>
     </row>
     <row r="273" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B273" s="3"/>
       <c r="C273" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D273" s="32">
         <v>102.65</v>
       </c>
       <c r="E273" s="32">
         <v>102.22</v>
       </c>
       <c r="F273" s="32">
         <v>103.43</v>
       </c>
-      <c r="G273" s="60">
+      <c r="G273" s="75">
         <v>103.46</v>
       </c>
-      <c r="H273" s="60">
+      <c r="H273" s="75">
         <v>103.35</v>
       </c>
-      <c r="I273" s="60">
+      <c r="I273" s="75">
         <v>103.68</v>
       </c>
       <c r="J273" s="34">
         <v>-0.5</v>
       </c>
       <c r="K273" s="34">
         <v>-0.5</v>
       </c>
       <c r="L273" s="34">
         <v>-0.4</v>
       </c>
       <c r="M273" s="34">
         <v>-0.5</v>
       </c>
       <c r="N273" s="34">
         <v>-0.5</v>
       </c>
       <c r="O273" s="34">
         <v>-0.4</v>
       </c>
       <c r="P273" s="38">
         <v>1.2</v>
       </c>
       <c r="Q273" s="38">
         <v>1.1000000000000001</v>
       </c>
       <c r="R273" s="38">
         <v>1.5</v>
       </c>
-      <c r="S273" s="64">
+      <c r="S273" s="79">
         <v>1.7</v>
       </c>
-      <c r="T273" s="64">
+      <c r="T273" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="U273" s="64">
+      <c r="U273" s="79">
         <v>2.9</v>
       </c>
     </row>
     <row r="274" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B274" s="3"/>
       <c r="C274" s="16" t="s">
         <v>12</v>
       </c>
       <c r="D274" s="32">
         <v>102.68</v>
       </c>
       <c r="E274" s="32">
         <v>102.28</v>
       </c>
       <c r="F274" s="32">
         <v>103.4</v>
       </c>
-      <c r="G274" s="60">
+      <c r="G274" s="75">
         <v>103.5</v>
       </c>
-      <c r="H274" s="60">
+      <c r="H274" s="75">
         <v>103.41</v>
       </c>
-      <c r="I274" s="60">
+      <c r="I274" s="75">
         <v>103.66</v>
       </c>
       <c r="J274" s="34">
         <v>0</v>
       </c>
       <c r="K274" s="34">
         <v>0.1</v>
       </c>
       <c r="L274" s="34">
         <v>0</v>
       </c>
       <c r="M274" s="34">
         <v>0</v>
       </c>
       <c r="N274" s="34">
         <v>0.1</v>
       </c>
       <c r="O274" s="34">
         <v>0</v>
       </c>
       <c r="P274" s="38">
         <v>0.5</v>
       </c>
       <c r="Q274" s="38">
         <v>0</v>
       </c>
       <c r="R274" s="38">
         <v>1.4</v>
       </c>
-      <c r="S274" s="64">
+      <c r="S274" s="79">
         <v>1</v>
       </c>
-      <c r="T274" s="64">
+      <c r="T274" s="79">
         <v>0</v>
       </c>
-      <c r="U274" s="64">
+      <c r="U274" s="79">
         <v>2.9</v>
       </c>
     </row>
     <row r="275" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B275" s="3"/>
       <c r="C275" s="16" t="s">
         <v>13</v>
       </c>
       <c r="D275" s="32">
         <v>102.71</v>
       </c>
       <c r="E275" s="32">
         <v>101.76</v>
       </c>
       <c r="F275" s="32">
         <v>104.53</v>
       </c>
-      <c r="G275" s="60">
+      <c r="G275" s="75">
         <v>103.2</v>
       </c>
-      <c r="H275" s="60">
+      <c r="H275" s="75">
         <v>102.39</v>
       </c>
-      <c r="I275" s="60">
+      <c r="I275" s="75">
         <v>104.77</v>
       </c>
       <c r="J275" s="34">
         <v>0</v>
       </c>
       <c r="K275" s="34">
         <v>-0.5</v>
       </c>
       <c r="L275" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="M275" s="34">
         <v>-0.3</v>
       </c>
       <c r="N275" s="34">
         <v>-1</v>
       </c>
       <c r="O275" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="P275" s="38">
         <v>-0.1</v>
       </c>
       <c r="Q275" s="38">
         <v>-1</v>
       </c>
       <c r="R275" s="38">
         <v>1.5</v>
       </c>
-      <c r="S275" s="64">
+      <c r="S275" s="79">
         <v>0</v>
       </c>
-      <c r="T275" s="64">
+      <c r="T275" s="79">
         <v>-1.4</v>
       </c>
-      <c r="U275" s="64">
+      <c r="U275" s="79">
         <v>2.9</v>
       </c>
     </row>
     <row r="276" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B276" s="5"/>
       <c r="C276" s="16" t="s">
         <v>14</v>
       </c>
       <c r="D276" s="32">
         <v>102.58</v>
       </c>
       <c r="E276" s="32">
         <v>101.86</v>
       </c>
       <c r="F276" s="32">
         <v>103.92</v>
       </c>
-      <c r="G276" s="60">
+      <c r="G276" s="75">
         <v>103.06</v>
       </c>
-      <c r="H276" s="60">
+      <c r="H276" s="75">
         <v>102.49</v>
       </c>
-      <c r="I276" s="60">
+      <c r="I276" s="75">
         <v>104.17</v>
       </c>
       <c r="J276" s="34">
         <v>-0.1</v>
       </c>
       <c r="K276" s="34">
         <v>0.1</v>
       </c>
       <c r="L276" s="34">
         <v>-0.6</v>
       </c>
       <c r="M276" s="34">
         <v>-0.1</v>
       </c>
       <c r="N276" s="34">
         <v>0.1</v>
       </c>
       <c r="O276" s="34">
         <v>-0.6</v>
       </c>
       <c r="P276" s="38">
         <v>-0.7</v>
       </c>
       <c r="Q276" s="38">
         <v>-1.5</v>
       </c>
       <c r="R276" s="38">
         <v>0.8</v>
       </c>
-      <c r="S276" s="64">
+      <c r="S276" s="79">
         <v>-0.6</v>
       </c>
-      <c r="T276" s="64">
+      <c r="T276" s="79">
         <v>-1.9</v>
       </c>
-      <c r="U276" s="64">
+      <c r="U276" s="79">
         <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="277" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B277" s="6"/>
       <c r="C277" s="16" t="s">
         <v>15</v>
       </c>
       <c r="D277" s="32">
         <v>103.14</v>
       </c>
       <c r="E277" s="32">
         <v>102.05</v>
       </c>
       <c r="F277" s="32">
         <v>105.23</v>
       </c>
-      <c r="G277" s="60">
+      <c r="G277" s="75">
         <v>103.63</v>
       </c>
-      <c r="H277" s="60">
+      <c r="H277" s="75">
         <v>102.68</v>
       </c>
-      <c r="I277" s="60">
+      <c r="I277" s="75">
         <v>105.46</v>
       </c>
       <c r="J277" s="34">
         <v>0.5</v>
       </c>
       <c r="K277" s="34">
         <v>0.2</v>
       </c>
       <c r="L277" s="34">
         <v>1.3</v>
       </c>
       <c r="M277" s="34">
         <v>0.6</v>
       </c>
       <c r="N277" s="34">
         <v>0.18538393989658175</v>
       </c>
       <c r="O277" s="34">
         <v>1.2383603724680796</v>
       </c>
       <c r="P277" s="38">
         <v>-0.4</v>
       </c>
       <c r="Q277" s="38">
         <v>-0.7</v>
       </c>
       <c r="R277" s="38">
         <v>0.1</v>
       </c>
-      <c r="S277" s="64">
+      <c r="S277" s="79">
         <v>-0.3</v>
       </c>
-      <c r="T277" s="64">
+      <c r="T277" s="79">
         <v>-1.1646934257387613</v>
       </c>
-      <c r="U277" s="64">
+      <c r="U277" s="79">
         <v>1.4916754884034304</v>
       </c>
     </row>
     <row r="278" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B278" s="6"/>
       <c r="C278" s="16" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="32">
         <v>103.48</v>
       </c>
       <c r="E278" s="32">
         <v>101.33</v>
       </c>
       <c r="F278" s="32">
         <v>107.64</v>
       </c>
-      <c r="G278" s="60">
+      <c r="G278" s="75">
         <v>103.97</v>
       </c>
-      <c r="H278" s="60">
+      <c r="H278" s="75">
         <v>101.95</v>
       </c>
-      <c r="I278" s="60">
+      <c r="I278" s="75">
         <v>107.85</v>
       </c>
       <c r="J278" s="34">
         <v>0.3</v>
       </c>
       <c r="K278" s="34">
         <v>-0.7</v>
       </c>
       <c r="L278" s="34">
         <v>2.2999999999999998</v>
       </c>
       <c r="M278" s="34">
         <v>0.3</v>
       </c>
       <c r="N278" s="34">
         <v>-0.7</v>
       </c>
       <c r="O278" s="34">
         <v>2.2999999999999998</v>
       </c>
       <c r="P278" s="38">
         <v>-0.6</v>
       </c>
       <c r="Q278" s="38">
         <v>-0.7</v>
       </c>
       <c r="R278" s="38">
         <v>-0.3</v>
       </c>
-      <c r="S278" s="64">
+      <c r="S278" s="79">
         <v>-0.5</v>
       </c>
-      <c r="T278" s="64">
+      <c r="T278" s="79">
         <v>-1.2</v>
       </c>
-      <c r="U278" s="64">
+      <c r="U278" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="279" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B279" s="6"/>
       <c r="C279" s="16" t="s">
         <v>17</v>
       </c>
       <c r="D279" s="32">
         <v>103.27</v>
       </c>
       <c r="E279" s="32">
         <v>101.2</v>
       </c>
       <c r="F279" s="32">
         <v>107.28</v>
       </c>
-      <c r="G279" s="60">
+      <c r="G279" s="75">
         <v>103.76</v>
       </c>
-      <c r="H279" s="60">
+      <c r="H279" s="75">
         <v>101.82</v>
       </c>
-      <c r="I279" s="60">
+      <c r="I279" s="75">
         <v>107.49</v>
       </c>
       <c r="J279" s="34">
         <v>-0.2</v>
       </c>
       <c r="K279" s="34">
         <v>-0.1</v>
       </c>
       <c r="L279" s="34">
         <v>-0.3</v>
       </c>
       <c r="M279" s="34">
         <v>-0.2</v>
       </c>
       <c r="N279" s="34">
         <v>-0.1</v>
       </c>
       <c r="O279" s="34">
         <v>-0.3</v>
       </c>
       <c r="P279" s="38">
         <v>-0.4</v>
       </c>
       <c r="Q279" s="38">
         <v>-0.5</v>
       </c>
       <c r="R279" s="38">
         <v>-0.2</v>
       </c>
-      <c r="S279" s="64">
+      <c r="S279" s="79">
         <v>-0.3</v>
       </c>
-      <c r="T279" s="64">
+      <c r="T279" s="79">
         <v>-1</v>
       </c>
-      <c r="U279" s="64">
+      <c r="U279" s="79">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="280" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B280" s="6"/>
       <c r="C280" s="16" t="s">
         <v>18</v>
       </c>
       <c r="D280" s="32">
         <v>103.18</v>
       </c>
       <c r="E280" s="32">
         <v>102.25</v>
       </c>
       <c r="F280" s="32">
         <v>104.96</v>
       </c>
-      <c r="G280" s="60">
+      <c r="G280" s="75">
         <v>103.67</v>
       </c>
-      <c r="H280" s="60">
+      <c r="H280" s="75">
         <v>102.88</v>
       </c>
-      <c r="I280" s="60">
+      <c r="I280" s="75">
         <v>105.2</v>
       </c>
       <c r="J280" s="34">
         <v>-0.1</v>
       </c>
       <c r="K280" s="34">
         <v>1</v>
       </c>
       <c r="L280" s="34">
         <v>-2.2000000000000002</v>
       </c>
       <c r="M280" s="34">
         <v>-0.1</v>
       </c>
       <c r="N280" s="34">
         <v>1</v>
       </c>
       <c r="O280" s="34">
         <v>-2.1</v>
       </c>
       <c r="P280" s="38">
         <v>-0.3</v>
       </c>
       <c r="Q280" s="38">
         <v>-0.5</v>
       </c>
       <c r="R280" s="38">
         <v>0</v>
       </c>
-      <c r="S280" s="64">
+      <c r="S280" s="79">
         <v>-0.2</v>
       </c>
-      <c r="T280" s="64">
+      <c r="T280" s="79">
         <v>-1</v>
       </c>
-      <c r="U280" s="64">
+      <c r="U280" s="79">
         <v>1.4</v>
       </c>
     </row>
     <row r="281" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B281" s="6"/>
       <c r="C281" s="16" t="s">
         <v>19</v>
       </c>
       <c r="D281" s="32">
         <v>103.6</v>
       </c>
       <c r="E281" s="32">
         <v>102.73</v>
       </c>
       <c r="F281" s="32">
         <v>105.25</v>
       </c>
-      <c r="G281" s="60">
+      <c r="G281" s="75">
         <v>104.09</v>
       </c>
-      <c r="H281" s="60">
+      <c r="H281" s="75">
         <v>103.37</v>
       </c>
-      <c r="I281" s="60">
+      <c r="I281" s="75">
         <v>105.5</v>
       </c>
       <c r="J281" s="34">
         <v>0.4</v>
       </c>
       <c r="K281" s="34">
         <v>0.5</v>
       </c>
       <c r="L281" s="34">
         <v>0.3</v>
       </c>
       <c r="M281" s="34">
         <v>0.4</v>
       </c>
       <c r="N281" s="34">
         <v>0.5</v>
       </c>
       <c r="O281" s="34">
         <v>0.3</v>
       </c>
       <c r="P281" s="38">
         <v>-0.2</v>
       </c>
       <c r="Q281" s="38">
         <v>-0.6</v>
       </c>
       <c r="R281" s="38">
         <v>0.7</v>
       </c>
-      <c r="S281" s="64">
+      <c r="S281" s="79">
         <v>0</v>
       </c>
-      <c r="T281" s="64">
+      <c r="T281" s="79">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="U281" s="64">
+      <c r="U281" s="79">
         <v>2.1</v>
       </c>
     </row>
     <row r="282" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B282" s="6"/>
       <c r="C282" s="16" t="s">
         <v>20</v>
       </c>
       <c r="D282" s="32">
         <v>103.36</v>
       </c>
       <c r="E282" s="32">
         <v>102.4</v>
       </c>
       <c r="F282" s="32">
         <v>105.2</v>
       </c>
-      <c r="G282" s="60">
+      <c r="G282" s="75">
         <v>103.86</v>
       </c>
-      <c r="H282" s="60">
+      <c r="H282" s="75">
         <v>103.03</v>
       </c>
-      <c r="I282" s="60">
+      <c r="I282" s="75">
         <v>105.45</v>
       </c>
       <c r="J282" s="34">
         <v>-0.2</v>
       </c>
       <c r="K282" s="34">
         <v>-0.3</v>
       </c>
       <c r="L282" s="34">
         <v>0</v>
       </c>
       <c r="M282" s="34">
         <v>-0.2</v>
       </c>
       <c r="N282" s="34">
         <v>-0.3</v>
       </c>
       <c r="O282" s="34">
         <v>0</v>
       </c>
       <c r="P282" s="38">
         <v>0</v>
       </c>
       <c r="Q282" s="38">
         <v>-0.8</v>
       </c>
       <c r="R282" s="38">
         <v>1.5</v>
       </c>
-      <c r="S282" s="64">
+      <c r="S282" s="79">
         <v>0.1</v>
       </c>
-      <c r="T282" s="64">
+      <c r="T282" s="79">
         <v>-1.3</v>
       </c>
-      <c r="U282" s="64">
+      <c r="U282" s="79">
         <v>3</v>
       </c>
     </row>
     <row r="283" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B283" s="7"/>
       <c r="C283" s="17" t="s">
         <v>21</v>
       </c>
       <c r="D283" s="41">
         <v>102.96</v>
       </c>
       <c r="E283" s="41">
         <v>101.76</v>
       </c>
       <c r="F283" s="41">
         <v>105.25</v>
       </c>
-      <c r="G283" s="62">
+      <c r="G283" s="77">
         <v>103.45</v>
       </c>
-      <c r="H283" s="62">
+      <c r="H283" s="77">
         <v>102.38</v>
       </c>
-      <c r="I283" s="62">
+      <c r="I283" s="77">
         <v>105.5</v>
       </c>
       <c r="J283" s="36">
         <v>-0.4</v>
       </c>
       <c r="K283" s="36">
         <v>-0.6</v>
       </c>
       <c r="L283" s="36">
         <v>0</v>
       </c>
       <c r="M283" s="36">
         <v>-0.4</v>
       </c>
       <c r="N283" s="36">
         <v>-0.6</v>
       </c>
       <c r="O283" s="36">
         <v>0</v>
       </c>
       <c r="P283" s="39">
         <v>-0.3</v>
       </c>
       <c r="Q283" s="39">
         <v>-1.2</v>
       </c>
       <c r="R283" s="39">
         <v>1.4</v>
       </c>
-      <c r="S283" s="63">
+      <c r="S283" s="78">
         <v>-0.1</v>
       </c>
-      <c r="T283" s="63">
+      <c r="T283" s="78">
         <v>-1.6</v>
       </c>
-      <c r="U283" s="63">
+      <c r="U283" s="78">
         <v>2.8</v>
       </c>
     </row>
     <row r="284" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B284" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C284" s="16" t="s">
         <v>10</v>
       </c>
       <c r="D284" s="32">
         <v>103.08</v>
       </c>
       <c r="E284" s="32">
         <v>101.89</v>
       </c>
       <c r="F284" s="32">
         <v>105.33</v>
       </c>
-      <c r="G284" s="60">
+      <c r="G284" s="75">
         <v>103.6</v>
       </c>
-      <c r="H284" s="60">
+      <c r="H284" s="75">
         <v>102.56</v>
       </c>
-      <c r="I284" s="60">
+      <c r="I284" s="75">
         <v>105.58</v>
       </c>
       <c r="J284" s="34">
         <v>0.1</v>
       </c>
       <c r="K284" s="34">
         <v>0.1</v>
       </c>
       <c r="L284" s="34">
         <v>0.1</v>
       </c>
       <c r="M284" s="34">
         <v>0.1</v>
       </c>
       <c r="N284" s="34">
         <v>0.2</v>
       </c>
       <c r="O284" s="34">
         <v>0.1</v>
       </c>
       <c r="P284" s="38">
         <v>0</v>
       </c>
       <c r="Q284" s="38">
         <v>-0.8</v>
       </c>
       <c r="R284" s="38">
         <v>1.4</v>
       </c>
-      <c r="S284" s="64">
+      <c r="S284" s="79">
         <v>-0.3</v>
       </c>
-      <c r="T284" s="64">
+      <c r="T284" s="79">
         <v>-1.2</v>
       </c>
-      <c r="U284" s="64">
+      <c r="U284" s="79">
         <v>1.4</v>
       </c>
     </row>
     <row r="285" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B285" s="9"/>
       <c r="C285" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D285" s="32">
         <v>103.32</v>
       </c>
       <c r="E285" s="32">
         <v>102.21</v>
       </c>
       <c r="F285" s="32">
         <v>105.41</v>
       </c>
-      <c r="G285" s="60">
+      <c r="G285" s="75">
         <v>103.85</v>
       </c>
-      <c r="H285" s="60">
+      <c r="H285" s="75">
         <v>102.88</v>
       </c>
-      <c r="I285" s="60">
+      <c r="I285" s="75">
         <v>105.66</v>
       </c>
       <c r="J285" s="34">
         <v>0.2</v>
       </c>
       <c r="K285" s="34">
         <v>0.3</v>
       </c>
       <c r="L285" s="34">
         <v>0.1</v>
       </c>
       <c r="M285" s="34">
         <v>0.2</v>
       </c>
       <c r="N285" s="34">
         <v>0.3</v>
       </c>
       <c r="O285" s="34">
         <v>0.1</v>
       </c>
       <c r="P285" s="38">
         <v>0.7</v>
       </c>
       <c r="Q285" s="38">
         <v>0</v>
       </c>
       <c r="R285" s="38">
         <v>1.9</v>
       </c>
-      <c r="S285" s="64">
+      <c r="S285" s="79">
         <v>0.4</v>
       </c>
-      <c r="T285" s="64">
+      <c r="T285" s="79">
         <v>-0.5</v>
       </c>
-      <c r="U285" s="64">
+      <c r="U285" s="79">
         <v>1.9</v>
       </c>
     </row>
     <row r="286" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B286" s="9"/>
       <c r="C286" s="16" t="s">
         <v>12</v>
       </c>
       <c r="D286" s="32">
         <v>104.34</v>
       </c>
       <c r="E286" s="32">
         <v>103.68</v>
       </c>
       <c r="F286" s="32">
         <v>105.37</v>
       </c>
-      <c r="G286" s="60">
+      <c r="G286" s="75">
         <v>104.62</v>
       </c>
-      <c r="H286" s="60">
+      <c r="H286" s="75">
         <v>104.01</v>
       </c>
-      <c r="I286" s="60">
+      <c r="I286" s="75">
         <v>105.61</v>
       </c>
       <c r="J286" s="34">
         <v>1</v>
       </c>
       <c r="K286" s="34">
         <v>1.4</v>
       </c>
       <c r="L286" s="34">
         <v>0</v>
       </c>
       <c r="M286" s="34">
         <v>0.7</v>
       </c>
       <c r="N286" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="O286" s="34">
         <v>0</v>
       </c>
       <c r="P286" s="38">
         <v>1.6</v>
       </c>
       <c r="Q286" s="38">
         <v>1.4</v>
       </c>
       <c r="R286" s="38">
         <v>1.9</v>
       </c>
-      <c r="S286" s="64">
+      <c r="S286" s="79">
         <v>1.1000000000000001</v>
       </c>
-      <c r="T286" s="64">
+      <c r="T286" s="79">
         <v>0.6</v>
       </c>
-      <c r="U286" s="64">
+      <c r="U286" s="79">
         <v>1.9</v>
       </c>
     </row>
     <row r="287" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B287" s="9"/>
       <c r="C287" s="16" t="s">
         <v>13</v>
       </c>
       <c r="D287" s="32">
         <v>104.9</v>
       </c>
       <c r="E287" s="32">
         <v>104.4</v>
       </c>
       <c r="F287" s="32">
         <v>105.57</v>
       </c>
-      <c r="G287" s="60">
+      <c r="G287" s="75">
         <v>105.19</v>
       </c>
-      <c r="H287" s="60">
+      <c r="H287" s="75">
         <v>104.73</v>
       </c>
-      <c r="I287" s="60">
+      <c r="I287" s="75">
         <v>105.82</v>
       </c>
       <c r="J287" s="34">
         <v>0.5</v>
       </c>
       <c r="K287" s="34">
         <v>0.7</v>
       </c>
       <c r="L287" s="34">
         <v>0.2</v>
       </c>
       <c r="M287" s="34">
         <v>0.5</v>
       </c>
       <c r="N287" s="34">
         <v>0.7</v>
       </c>
       <c r="O287" s="34">
         <v>0.2</v>
       </c>
       <c r="P287" s="38">
         <v>2.1</v>
       </c>
       <c r="Q287" s="38">
         <v>2.6</v>
       </c>
       <c r="R287" s="38">
         <v>1</v>
       </c>
-      <c r="S287" s="64">
+      <c r="S287" s="79">
         <v>1.9</v>
       </c>
-      <c r="T287" s="64">
+      <c r="T287" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U287" s="64">
+      <c r="U287" s="79">
         <v>1</v>
       </c>
     </row>
     <row r="288" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B288" s="9"/>
       <c r="C288" s="16" t="s">
         <v>14</v>
       </c>
       <c r="D288" s="32">
         <v>105.01</v>
       </c>
       <c r="E288" s="32">
         <v>104.52</v>
       </c>
       <c r="F288" s="32">
         <v>105.65</v>
       </c>
-      <c r="G288" s="60">
+      <c r="G288" s="75">
         <v>105.3</v>
       </c>
-      <c r="H288" s="60">
+      <c r="H288" s="75">
         <v>104.85</v>
       </c>
-      <c r="I288" s="60">
+      <c r="I288" s="75">
         <v>105.9</v>
       </c>
       <c r="J288" s="34">
         <v>0.1</v>
       </c>
       <c r="K288" s="34">
         <v>0.1</v>
       </c>
       <c r="L288" s="34">
         <v>0.1</v>
       </c>
       <c r="M288" s="34">
         <v>0.1</v>
       </c>
       <c r="N288" s="34">
         <v>0.1</v>
       </c>
       <c r="O288" s="34">
         <v>0.1</v>
       </c>
       <c r="P288" s="38">
         <v>2.4</v>
       </c>
       <c r="Q288" s="38">
         <v>2.6</v>
       </c>
       <c r="R288" s="38">
         <v>1.7</v>
       </c>
-      <c r="S288" s="64">
+      <c r="S288" s="79">
         <v>2.2000000000000002</v>
       </c>
-      <c r="T288" s="64">
+      <c r="T288" s="79">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U288" s="64">
+      <c r="U288" s="79">
         <v>1.7</v>
       </c>
     </row>
     <row r="289" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B289" s="18"/>
       <c r="C289" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D289" s="32">
         <v>105.4</v>
       </c>
       <c r="E289" s="32">
         <v>104.44</v>
       </c>
       <c r="F289" s="32">
         <v>107.12</v>
       </c>
-      <c r="G289" s="60">
+      <c r="G289" s="75">
         <v>105.69</v>
       </c>
-      <c r="H289" s="60">
+      <c r="H289" s="75">
         <v>104.77</v>
       </c>
-      <c r="I289" s="60">
+      <c r="I289" s="75">
         <v>107.37</v>
       </c>
       <c r="J289" s="34">
         <v>0.4</v>
       </c>
       <c r="K289" s="34">
         <v>-0.1</v>
       </c>
       <c r="L289" s="34">
         <v>1.4</v>
       </c>
       <c r="M289" s="34">
         <v>0.4</v>
       </c>
       <c r="N289" s="34">
         <v>-0.1</v>
       </c>
       <c r="O289" s="34">
         <v>1.4</v>
       </c>
       <c r="P289" s="38">
         <v>2.2000000000000002</v>
       </c>
       <c r="Q289" s="38">
         <v>2.2999999999999998</v>
       </c>
       <c r="R289" s="38">
         <v>1.8</v>
       </c>
-      <c r="S289" s="64">
+      <c r="S289" s="79">
         <v>2</v>
       </c>
-      <c r="T289" s="64">
+      <c r="T289" s="79">
         <v>2</v>
       </c>
-      <c r="U289" s="64">
+      <c r="U289" s="79">
         <v>1.8</v>
       </c>
     </row>
     <row r="290" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B290" s="18"/>
       <c r="C290" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D290" s="32">
         <v>106.3</v>
       </c>
       <c r="E290" s="32">
         <v>104.57</v>
       </c>
       <c r="F290" s="32">
         <v>109.82</v>
       </c>
-      <c r="G290" s="60">
+      <c r="G290" s="75">
         <v>106.6</v>
       </c>
-      <c r="H290" s="60">
+      <c r="H290" s="75">
         <v>104.91</v>
       </c>
-      <c r="I290" s="60">
+      <c r="I290" s="75">
         <v>110.07</v>
       </c>
       <c r="J290" s="34">
         <v>0.9</v>
       </c>
       <c r="K290" s="34">
         <v>0.1</v>
       </c>
       <c r="L290" s="34">
         <v>2.5</v>
       </c>
       <c r="M290" s="34">
         <v>0.9</v>
       </c>
       <c r="N290" s="34">
         <v>0.1</v>
       </c>
       <c r="O290" s="34">
         <v>2.5</v>
       </c>
       <c r="P290" s="38">
         <v>2.7</v>
       </c>
       <c r="Q290" s="38">
         <v>3.2</v>
       </c>
       <c r="R290" s="38">
         <v>2</v>
       </c>
-      <c r="S290" s="64">
+      <c r="S290" s="79">
         <v>2.5</v>
       </c>
-      <c r="T290" s="64">
+      <c r="T290" s="79">
         <v>2.9</v>
       </c>
-      <c r="U290" s="64">
+      <c r="U290" s="79">
         <v>2.1</v>
       </c>
     </row>
     <row r="291" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B291" s="18"/>
       <c r="C291" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D291" s="32">
         <v>106.51</v>
       </c>
       <c r="E291" s="32">
         <v>104.7</v>
       </c>
       <c r="F291" s="32">
         <v>110.23</v>
       </c>
-      <c r="G291" s="60">
+      <c r="G291" s="75">
         <v>106.81</v>
       </c>
-      <c r="H291" s="60">
+      <c r="H291" s="75">
         <v>105.04</v>
       </c>
-      <c r="I291" s="60">
+      <c r="I291" s="75">
         <v>110.49</v>
       </c>
       <c r="J291" s="34">
         <v>0.2</v>
       </c>
       <c r="K291" s="34">
         <v>0.1</v>
       </c>
       <c r="L291" s="34">
         <v>0.4</v>
       </c>
       <c r="M291" s="34">
         <v>0.2</v>
       </c>
       <c r="N291" s="34">
         <v>0.1</v>
       </c>
       <c r="O291" s="34">
         <v>0.4</v>
       </c>
       <c r="P291" s="38">
         <v>3.1</v>
       </c>
       <c r="Q291" s="38">
         <v>3.5</v>
       </c>
       <c r="R291" s="38">
         <v>2.7</v>
       </c>
-      <c r="S291" s="64">
+      <c r="S291" s="79">
         <v>2.9</v>
       </c>
-      <c r="T291" s="64">
+      <c r="T291" s="79">
         <v>3.2</v>
       </c>
-      <c r="U291" s="64">
+      <c r="U291" s="79">
         <v>2.8</v>
       </c>
     </row>
     <row r="292" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B292" s="18"/>
       <c r="C292" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D292" s="32">
         <v>106.8</v>
       </c>
       <c r="E292" s="32">
         <v>106.15</v>
       </c>
       <c r="F292" s="32">
         <v>107.8</v>
       </c>
-      <c r="G292" s="60">
+      <c r="G292" s="75">
         <v>107.1</v>
       </c>
-      <c r="H292" s="60">
+      <c r="H292" s="75">
         <v>106.5</v>
       </c>
-      <c r="I292" s="60">
+      <c r="I292" s="75">
         <v>108.06</v>
       </c>
       <c r="J292" s="34">
         <v>0.3</v>
       </c>
       <c r="K292" s="34">
         <v>1.4</v>
       </c>
       <c r="L292" s="34">
         <v>-2.2000000000000002</v>
       </c>
       <c r="M292" s="34">
         <v>0.3</v>
       </c>
       <c r="N292" s="34">
         <v>1.4</v>
       </c>
       <c r="O292" s="34">
         <v>-2.2000000000000002</v>
       </c>
       <c r="P292" s="38">
         <v>3.5</v>
       </c>
       <c r="Q292" s="38">
         <v>3.8</v>
       </c>
       <c r="R292" s="38">
         <v>2.7</v>
       </c>
-      <c r="S292" s="64">
+      <c r="S292" s="79">
         <v>3.3</v>
       </c>
-      <c r="T292" s="64">
+      <c r="T292" s="79">
         <v>3.5</v>
       </c>
-      <c r="U292" s="64">
+      <c r="U292" s="79">
         <v>2.7</v>
       </c>
     </row>
     <row r="293" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B293" s="18"/>
       <c r="C293" s="19" t="s">
         <v>19</v>
       </c>
       <c r="D293" s="32">
         <v>107.65</v>
       </c>
       <c r="E293" s="32">
         <v>107.52</v>
       </c>
       <c r="F293" s="32">
         <v>107.41</v>
       </c>
-      <c r="G293" s="60">
+      <c r="G293" s="75">
         <v>107.94</v>
       </c>
-      <c r="H293" s="60">
+      <c r="H293" s="75">
         <v>107.87</v>
       </c>
-      <c r="I293" s="60">
+      <c r="I293" s="75">
         <v>107.66</v>
       </c>
       <c r="J293" s="34">
         <v>0.8</v>
       </c>
       <c r="K293" s="34">
         <v>1.3</v>
       </c>
       <c r="L293" s="34">
         <v>-0.4</v>
       </c>
       <c r="M293" s="34">
         <v>0.8</v>
       </c>
       <c r="N293" s="34">
         <v>1.3</v>
       </c>
       <c r="O293" s="34">
         <v>-0.4</v>
       </c>
       <c r="P293" s="38">
         <v>3.9</v>
       </c>
       <c r="Q293" s="38">
         <v>4.7</v>
       </c>
       <c r="R293" s="38">
         <v>2.1</v>
       </c>
-      <c r="S293" s="64">
+      <c r="S293" s="79">
         <v>3.7</v>
       </c>
-      <c r="T293" s="64">
+      <c r="T293" s="79">
         <v>4.4000000000000004</v>
       </c>
-      <c r="U293" s="64">
+      <c r="U293" s="79">
         <v>2</v>
       </c>
     </row>
     <row r="294" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B294" s="18"/>
       <c r="C294" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D294" s="32">
         <v>108.18</v>
       </c>
       <c r="E294" s="32">
         <v>108.39</v>
       </c>
       <c r="F294" s="32">
         <v>107.18</v>
       </c>
-      <c r="G294" s="60">
+      <c r="G294" s="75">
         <v>108.49</v>
       </c>
-      <c r="H294" s="60">
+      <c r="H294" s="75">
         <v>108.75</v>
       </c>
-      <c r="I294" s="60">
+      <c r="I294" s="75">
         <v>107.44</v>
       </c>
       <c r="J294" s="34">
         <v>0.5</v>
       </c>
       <c r="K294" s="34">
         <v>0.8</v>
       </c>
       <c r="L294" s="34">
         <v>-0.2</v>
       </c>
       <c r="M294" s="34">
         <v>0.5</v>
       </c>
       <c r="N294" s="34">
         <v>0.8</v>
       </c>
       <c r="O294" s="34">
         <v>-0.2</v>
       </c>
       <c r="P294" s="38">
         <v>4.7</v>
       </c>
       <c r="Q294" s="38">
         <v>5.8</v>
       </c>
       <c r="R294" s="38">
         <v>1.9</v>
       </c>
-      <c r="S294" s="64">
+      <c r="S294" s="79">
         <v>4.5</v>
       </c>
-      <c r="T294" s="64">
+      <c r="T294" s="79">
         <v>5.6</v>
       </c>
-      <c r="U294" s="64">
+      <c r="U294" s="79">
         <v>1.9</v>
       </c>
     </row>
     <row r="295" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B295" s="20"/>
       <c r="C295" s="21" t="s">
         <v>21</v>
       </c>
       <c r="D295" s="41">
         <v>108.31</v>
       </c>
       <c r="E295" s="41">
         <v>108.38</v>
       </c>
       <c r="F295" s="41">
         <v>107.63</v>
       </c>
-      <c r="G295" s="62">
+      <c r="G295" s="77">
         <v>108.62</v>
       </c>
-      <c r="H295" s="62">
+      <c r="H295" s="77">
         <v>108.74</v>
       </c>
-      <c r="I295" s="62">
+      <c r="I295" s="77">
         <v>107.88</v>
       </c>
       <c r="J295" s="36">
         <v>0.1</v>
       </c>
       <c r="K295" s="36">
         <v>0</v>
       </c>
       <c r="L295" s="36">
         <v>0.4</v>
       </c>
       <c r="M295" s="36">
         <v>0.1</v>
       </c>
       <c r="N295" s="36">
         <v>0</v>
       </c>
       <c r="O295" s="36">
         <v>0.4</v>
       </c>
       <c r="P295" s="39">
         <v>5.2</v>
       </c>
       <c r="Q295" s="39">
         <v>6.5</v>
       </c>
       <c r="R295" s="39">
         <v>2.2999999999999998</v>
       </c>
-      <c r="S295" s="63">
+      <c r="S295" s="78">
         <v>5</v>
       </c>
-      <c r="T295" s="63">
+      <c r="T295" s="78">
         <v>6.2</v>
       </c>
-      <c r="U295" s="63">
+      <c r="U295" s="78">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="296" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B296" s="18" t="s">
         <v>49</v>
       </c>
       <c r="C296" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D296" s="32">
         <v>108.76</v>
       </c>
       <c r="E296" s="32">
         <v>109.11</v>
       </c>
       <c r="F296" s="32">
         <v>107.45</v>
       </c>
-      <c r="G296" s="60">
+      <c r="G296" s="75">
         <v>109.06</v>
       </c>
-      <c r="H296" s="60">
+      <c r="H296" s="75">
         <v>109.47</v>
       </c>
-      <c r="I296" s="60">
+      <c r="I296" s="75">
         <v>107.7</v>
       </c>
       <c r="J296" s="34">
         <v>0.4</v>
       </c>
       <c r="K296" s="34">
         <v>0.7</v>
       </c>
       <c r="L296" s="34">
         <v>-0.2</v>
       </c>
       <c r="M296" s="34">
         <v>0.4</v>
       </c>
       <c r="N296" s="34">
         <v>0.7</v>
       </c>
       <c r="O296" s="34">
         <v>-0.2</v>
       </c>
       <c r="P296" s="38">
         <v>5.5</v>
       </c>
       <c r="Q296" s="38">
         <v>7.1</v>
       </c>
       <c r="R296" s="38">
         <v>2</v>
       </c>
-      <c r="S296" s="64">
+      <c r="S296" s="79">
         <v>5.3</v>
       </c>
-      <c r="T296" s="64">
+      <c r="T296" s="79">
         <v>6.7</v>
       </c>
-      <c r="U296" s="64">
+      <c r="U296" s="79">
         <v>2</v>
       </c>
     </row>
     <row r="297" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B297" s="18"/>
       <c r="C297" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D297" s="32">
         <v>109.8</v>
       </c>
       <c r="E297" s="32">
         <v>110.28</v>
       </c>
       <c r="F297" s="32">
         <v>108.21</v>
       </c>
-      <c r="G297" s="60">
+      <c r="G297" s="75">
         <v>110.11</v>
       </c>
-      <c r="H297" s="60">
+      <c r="H297" s="75">
         <v>110.65</v>
       </c>
-      <c r="I297" s="60">
+      <c r="I297" s="75">
         <v>108.47</v>
       </c>
       <c r="J297" s="34">
         <v>1</v>
       </c>
       <c r="K297" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="L297" s="34">
         <v>0.7</v>
       </c>
       <c r="M297" s="34">
         <v>1</v>
       </c>
       <c r="N297" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="O297" s="34">
         <v>0.7</v>
       </c>
       <c r="P297" s="38">
         <v>6.3</v>
       </c>
       <c r="Q297" s="38">
         <v>7.9</v>
       </c>
       <c r="R297" s="38">
         <v>2.7</v>
       </c>
-      <c r="S297" s="64">
+      <c r="S297" s="79">
         <v>6</v>
       </c>
-      <c r="T297" s="64">
+      <c r="T297" s="79">
         <v>7.6</v>
       </c>
-      <c r="U297" s="64">
+      <c r="U297" s="79">
         <v>2.7</v>
       </c>
     </row>
     <row r="298" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B298" s="18"/>
       <c r="C298" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D298" s="32">
         <v>111.93</v>
       </c>
       <c r="E298" s="32">
         <v>112.88</v>
       </c>
       <c r="F298" s="32">
         <v>109.31</v>
       </c>
-      <c r="G298" s="60">
+      <c r="G298" s="75">
         <v>112.24</v>
       </c>
-      <c r="H298" s="60">
+      <c r="H298" s="75">
         <v>113.25</v>
       </c>
-      <c r="I298" s="60">
+      <c r="I298" s="75">
         <v>109.56</v>
       </c>
       <c r="J298" s="34">
         <v>1.9</v>
       </c>
       <c r="K298" s="34">
         <v>2.4</v>
       </c>
       <c r="L298" s="34">
         <v>1</v>
       </c>
       <c r="M298" s="34">
         <v>1.9</v>
       </c>
       <c r="N298" s="34">
         <v>2.2999999999999998</v>
       </c>
       <c r="O298" s="34">
         <v>1</v>
       </c>
       <c r="P298" s="38">
         <v>7.3</v>
       </c>
       <c r="Q298" s="38">
         <v>8.9</v>
       </c>
       <c r="R298" s="38">
         <v>3.7</v>
       </c>
-      <c r="S298" s="64">
+      <c r="S298" s="79">
         <v>7.3</v>
       </c>
-      <c r="T298" s="64">
+      <c r="T298" s="79">
         <v>8.9</v>
       </c>
-      <c r="U298" s="64">
+      <c r="U298" s="79">
         <v>3.7</v>
       </c>
     </row>
     <row r="299" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B299" s="18"/>
       <c r="C299" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D299" s="32">
         <v>114.94</v>
       </c>
       <c r="E299" s="32">
         <v>116.14</v>
       </c>
       <c r="F299" s="32">
         <v>111.78</v>
       </c>
-      <c r="G299" s="60">
+      <c r="G299" s="75">
         <v>116.64</v>
       </c>
-      <c r="H299" s="60">
+      <c r="H299" s="75">
         <v>118.48</v>
       </c>
-      <c r="I299" s="60">
+      <c r="I299" s="75">
         <v>112.17</v>
       </c>
       <c r="J299" s="34">
         <v>2.7</v>
       </c>
       <c r="K299" s="34">
         <v>2.9</v>
       </c>
       <c r="L299" s="34">
         <v>2.2999999999999998</v>
       </c>
       <c r="M299" s="34">
         <v>3.9</v>
       </c>
       <c r="N299" s="34">
         <v>4.5999999999999996</v>
       </c>
       <c r="O299" s="34">
         <v>2.4</v>
       </c>
       <c r="P299" s="38">
         <v>9.6</v>
       </c>
       <c r="Q299" s="38">
         <v>11.2</v>
       </c>
       <c r="R299" s="38">
         <v>5.9</v>
       </c>
-      <c r="S299" s="64">
+      <c r="S299" s="79">
         <v>10.9</v>
       </c>
-      <c r="T299" s="64">
+      <c r="T299" s="79">
         <v>13.1</v>
       </c>
-      <c r="U299" s="64">
+      <c r="U299" s="79">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B300" s="18"/>
       <c r="C300" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D300" s="32">
         <v>116.27</v>
       </c>
       <c r="E300" s="32">
         <v>117.95</v>
       </c>
       <c r="F300" s="32">
         <v>112.07</v>
       </c>
-      <c r="G300" s="60">
+      <c r="G300" s="75">
         <v>117.99</v>
       </c>
-      <c r="H300" s="60">
+      <c r="H300" s="75">
         <v>120.32</v>
       </c>
-      <c r="I300" s="60">
+      <c r="I300" s="75">
         <v>112.46</v>
       </c>
       <c r="J300" s="34">
         <v>1.2</v>
       </c>
       <c r="K300" s="34">
         <v>1.6</v>
       </c>
       <c r="L300" s="34">
         <v>0.3</v>
       </c>
       <c r="M300" s="34">
         <v>1.2</v>
       </c>
       <c r="N300" s="34">
         <v>1.6</v>
       </c>
       <c r="O300" s="34">
         <v>0.3</v>
       </c>
       <c r="P300" s="38">
         <v>10.7</v>
       </c>
       <c r="Q300" s="38">
         <v>12.8</v>
       </c>
       <c r="R300" s="38">
         <v>6.1</v>
       </c>
-      <c r="S300" s="64">
+      <c r="S300" s="79">
         <v>12.1</v>
       </c>
-      <c r="T300" s="64">
+      <c r="T300" s="79">
         <v>14.8</v>
       </c>
-      <c r="U300" s="64">
+      <c r="U300" s="79">
         <v>6.2</v>
       </c>
     </row>
     <row r="301" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B301" s="18"/>
       <c r="C301" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D301" s="32">
         <v>118.14</v>
       </c>
       <c r="E301" s="32">
         <v>119.07</v>
       </c>
       <c r="F301" s="32">
         <v>115.54</v>
       </c>
-      <c r="G301" s="60">
+      <c r="G301" s="75">
         <v>119.86</v>
       </c>
-      <c r="H301" s="60">
+      <c r="H301" s="75">
         <v>121.44</v>
       </c>
-      <c r="I301" s="60">
+      <c r="I301" s="75">
         <v>115.93</v>
       </c>
       <c r="J301" s="34">
         <v>1.6</v>
       </c>
       <c r="K301" s="34">
         <v>0.9</v>
       </c>
       <c r="L301" s="34">
         <v>3.1</v>
       </c>
       <c r="M301" s="34">
         <v>1.6</v>
       </c>
       <c r="N301" s="34">
         <v>0.9</v>
       </c>
       <c r="O301" s="34">
         <v>3.1</v>
       </c>
       <c r="P301" s="38">
         <v>12.1</v>
       </c>
       <c r="Q301" s="38">
         <v>14</v>
       </c>
       <c r="R301" s="38">
         <v>7.9</v>
       </c>
-      <c r="S301" s="64">
+      <c r="S301" s="79">
         <v>13.4</v>
       </c>
-      <c r="T301" s="64">
+      <c r="T301" s="79">
         <v>15.9</v>
       </c>
-      <c r="U301" s="64">
+      <c r="U301" s="79">
         <v>8</v>
       </c>
     </row>
     <row r="302" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B302" s="18"/>
       <c r="C302" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D302" s="32">
         <v>119.75</v>
       </c>
       <c r="E302" s="32">
         <v>119.31</v>
       </c>
       <c r="F302" s="32">
         <v>120.11</v>
       </c>
-      <c r="G302" s="60">
+      <c r="G302" s="75">
         <v>121.66</v>
       </c>
-      <c r="H302" s="60">
+      <c r="H302" s="75">
         <v>121.94</v>
       </c>
-      <c r="I302" s="60">
+      <c r="I302" s="75">
         <v>120.52</v>
       </c>
       <c r="J302" s="34">
         <v>1.4</v>
       </c>
       <c r="K302" s="34">
         <v>0.2</v>
       </c>
       <c r="L302" s="34">
         <v>4</v>
       </c>
       <c r="M302" s="34">
         <v>1.5</v>
       </c>
       <c r="N302" s="34">
         <v>0.4</v>
       </c>
       <c r="O302" s="34">
         <v>4</v>
       </c>
       <c r="P302" s="38">
         <v>12.7</v>
       </c>
       <c r="Q302" s="38">
         <v>14.1</v>
       </c>
       <c r="R302" s="38">
         <v>9.4</v>
       </c>
-      <c r="S302" s="64">
+      <c r="S302" s="79">
         <v>14.1</v>
       </c>
-      <c r="T302" s="64">
+      <c r="T302" s="79">
         <v>16.2</v>
       </c>
-      <c r="U302" s="64">
+      <c r="U302" s="79">
         <v>9.5</v>
       </c>
     </row>
     <row r="303" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B303" s="18"/>
       <c r="C303" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D303" s="32">
         <v>119.9</v>
       </c>
       <c r="E303" s="32">
         <v>119.17</v>
       </c>
       <c r="F303" s="32">
         <v>120.85</v>
       </c>
-      <c r="G303" s="60">
+      <c r="G303" s="75">
         <v>121.82</v>
       </c>
-      <c r="H303" s="60">
+      <c r="H303" s="75">
         <v>121.83</v>
       </c>
-      <c r="I303" s="60">
+      <c r="I303" s="75">
         <v>121.27</v>
       </c>
       <c r="J303" s="34">
         <v>0.1</v>
       </c>
       <c r="K303" s="34">
         <v>-0.1</v>
       </c>
       <c r="L303" s="34">
         <v>0.6</v>
       </c>
       <c r="M303" s="34">
         <v>0.1</v>
       </c>
       <c r="N303" s="34">
         <v>-0.1</v>
       </c>
       <c r="O303" s="34">
         <v>0.6</v>
       </c>
       <c r="P303" s="38">
         <v>12.6</v>
       </c>
       <c r="Q303" s="38">
         <v>13.8</v>
       </c>
       <c r="R303" s="38">
         <v>9.6</v>
       </c>
-      <c r="S303" s="64">
+      <c r="S303" s="79">
         <v>14.1</v>
       </c>
-      <c r="T303" s="64">
+      <c r="T303" s="79">
         <v>16</v>
       </c>
-      <c r="U303" s="64">
+      <c r="U303" s="79">
         <v>9.8000000000000007</v>
       </c>
     </row>
     <row r="304" spans="2:21" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B304" s="18"/>
       <c r="C304" s="19" t="s">
         <v>18</v>
       </c>
       <c r="D304" s="32">
         <v>120.21</v>
       </c>
       <c r="E304" s="32">
         <v>121.04</v>
       </c>
       <c r="F304" s="32">
         <v>117.82</v>
       </c>
-      <c r="G304" s="60">
+      <c r="G304" s="75">
         <v>122.16</v>
       </c>
-      <c r="H304" s="60">
+      <c r="H304" s="75">
         <v>123.74</v>
       </c>
-      <c r="I304" s="60">
+      <c r="I304" s="75">
         <v>118.22</v>
       </c>
       <c r="J304" s="34">
         <v>0.3</v>
       </c>
       <c r="K304" s="34">
         <v>1.6</v>
       </c>
       <c r="L304" s="34">
         <v>-2.5</v>
       </c>
       <c r="M304" s="34">
         <v>0.3</v>
       </c>
       <c r="N304" s="34">
         <v>1.6</v>
       </c>
       <c r="O304" s="34">
         <v>-2.5</v>
       </c>
       <c r="P304" s="38">
         <v>12.6</v>
       </c>
       <c r="Q304" s="38">
         <v>14</v>
       </c>
       <c r="R304" s="38">
         <v>9.3000000000000007</v>
       </c>
-      <c r="S304" s="64">
+      <c r="S304" s="79">
         <v>14.1</v>
       </c>
-      <c r="T304" s="64">
+      <c r="T304" s="79">
         <v>16.2</v>
       </c>
-      <c r="U304" s="64">
+      <c r="U304" s="79">
         <v>9.4</v>
       </c>
     </row>
     <row r="305" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B305" s="18"/>
       <c r="C305" s="19" t="s">
         <v>19</v>
       </c>
       <c r="D305" s="32">
         <v>121.37</v>
       </c>
       <c r="E305" s="32">
         <v>122.81</v>
       </c>
       <c r="F305" s="32">
         <v>117.63</v>
       </c>
-      <c r="G305" s="60">
+      <c r="G305" s="75">
         <v>123.46</v>
       </c>
-      <c r="H305" s="60">
+      <c r="H305" s="75">
         <v>125.73</v>
       </c>
-      <c r="I305" s="60">
+      <c r="I305" s="75">
         <v>118.04</v>
       </c>
       <c r="J305" s="34">
         <v>1</v>
       </c>
       <c r="K305" s="34">
         <v>1.5</v>
       </c>
       <c r="L305" s="34">
         <v>-0.2</v>
       </c>
       <c r="M305" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="N305" s="34">
         <v>1.6</v>
       </c>
       <c r="O305" s="34">
         <v>-0.2</v>
       </c>
       <c r="P305" s="38">
         <v>12.7</v>
       </c>
       <c r="Q305" s="38">
         <v>14.2</v>
       </c>
       <c r="R305" s="38">
         <v>9.5</v>
       </c>
-      <c r="S305" s="64">
+      <c r="S305" s="79">
         <v>14.4</v>
       </c>
-      <c r="T305" s="64">
+      <c r="T305" s="79">
         <v>16.600000000000001</v>
       </c>
-      <c r="U305" s="64">
+      <c r="U305" s="79">
         <v>9.6</v>
       </c>
     </row>
     <row r="306" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B306" s="18"/>
       <c r="C306" s="19" t="s">
         <v>20</v>
       </c>
       <c r="D306" s="32">
         <v>122.19</v>
       </c>
       <c r="E306" s="32">
         <v>124.14</v>
       </c>
       <c r="F306" s="32">
         <v>117.38</v>
       </c>
-      <c r="G306" s="60">
+      <c r="G306" s="75">
         <v>124.29</v>
       </c>
-      <c r="H306" s="60">
+      <c r="H306" s="75">
         <v>127.06</v>
       </c>
-      <c r="I306" s="60">
+      <c r="I306" s="75">
         <v>117.79</v>
       </c>
       <c r="J306" s="34">
         <v>0.7</v>
       </c>
       <c r="K306" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="L306" s="34">
         <v>-0.2</v>
       </c>
       <c r="M306" s="34">
         <v>0.7</v>
       </c>
       <c r="N306" s="34">
         <v>1.1000000000000001</v>
       </c>
       <c r="O306" s="34">
         <v>-0.2</v>
       </c>
       <c r="P306" s="38">
         <v>13</v>
       </c>
       <c r="Q306" s="38">
         <v>14.5</v>
       </c>
       <c r="R306" s="38">
         <v>9.5</v>
       </c>
-      <c r="S306" s="64">
+      <c r="S306" s="79">
         <v>14.6</v>
       </c>
-      <c r="T306" s="64">
+      <c r="T306" s="79">
         <v>16.8</v>
       </c>
-      <c r="U306" s="64">
+      <c r="U306" s="79">
         <v>9.6</v>
       </c>
     </row>
     <row r="307" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B307" s="20"/>
       <c r="C307" s="21" t="s">
         <v>21</v>
       </c>
       <c r="D307" s="41">
         <v>122.03</v>
       </c>
       <c r="E307" s="41">
         <v>123.48</v>
       </c>
       <c r="F307" s="41">
         <v>118.3</v>
       </c>
-      <c r="G307" s="62">
+      <c r="G307" s="77">
         <v>124.19</v>
       </c>
-      <c r="H307" s="62">
+      <c r="H307" s="77">
         <v>126.48</v>
       </c>
-      <c r="I307" s="62">
+      <c r="I307" s="77">
         <v>118.7</v>
       </c>
       <c r="J307" s="36">
         <v>-0.1</v>
       </c>
       <c r="K307" s="36">
         <v>-0.5</v>
       </c>
       <c r="L307" s="36">
         <v>0.8</v>
       </c>
       <c r="M307" s="36">
         <v>-0.1</v>
       </c>
       <c r="N307" s="36">
         <v>-0.5</v>
       </c>
       <c r="O307" s="36">
         <v>0.8</v>
       </c>
       <c r="P307" s="39">
         <v>12.7</v>
       </c>
       <c r="Q307" s="39">
         <v>13.9</v>
       </c>
       <c r="R307" s="39">
         <v>9.9</v>
       </c>
-      <c r="S307" s="63">
+      <c r="S307" s="78">
         <v>14.3</v>
       </c>
-      <c r="T307" s="63">
+      <c r="T307" s="78">
         <v>16.3</v>
       </c>
-      <c r="U307" s="63">
+      <c r="U307" s="78">
         <v>10</v>
       </c>
     </row>
     <row r="308" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B308" s="18" t="s">
         <v>51</v>
       </c>
       <c r="C308" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D308" s="32">
         <v>122.34</v>
       </c>
       <c r="E308" s="32">
         <v>123.25</v>
       </c>
       <c r="F308" s="32">
         <v>119.71</v>
       </c>
-      <c r="G308" s="60">
+      <c r="G308" s="75">
         <v>124.5</v>
       </c>
-      <c r="H308" s="60">
+      <c r="H308" s="75">
         <v>126.25</v>
       </c>
-      <c r="I308" s="60">
+      <c r="I308" s="75">
         <v>120.12</v>
       </c>
       <c r="J308" s="34">
         <v>0.3</v>
       </c>
       <c r="K308" s="34">
         <v>-0.2</v>
       </c>
       <c r="L308" s="34">
         <v>1.2</v>
       </c>
       <c r="M308" s="34">
         <v>0.2</v>
       </c>
       <c r="N308" s="34">
         <v>-0.2</v>
       </c>
       <c r="O308" s="34">
         <v>1.2</v>
       </c>
       <c r="P308" s="38">
         <v>12.5</v>
       </c>
       <c r="Q308" s="38">
         <v>13</v>
       </c>
       <c r="R308" s="38">
         <v>11.4</v>
       </c>
-      <c r="S308" s="64">
+      <c r="S308" s="79">
         <v>14.2</v>
       </c>
-      <c r="T308" s="64">
+      <c r="T308" s="79">
         <v>15.3</v>
       </c>
-      <c r="U308" s="64">
+      <c r="U308" s="79">
         <v>11.5</v>
       </c>
     </row>
     <row r="309" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B309" s="18"/>
       <c r="C309" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D309" s="32">
         <v>122.68</v>
       </c>
       <c r="E309" s="32">
         <v>123.55</v>
       </c>
       <c r="F309" s="32">
         <v>120.16</v>
       </c>
-      <c r="G309" s="60">
+      <c r="G309" s="75">
         <v>124.85</v>
       </c>
-      <c r="H309" s="60">
+      <c r="H309" s="75">
         <v>126.55</v>
       </c>
-      <c r="I309" s="60">
+      <c r="I309" s="75">
         <v>120.57</v>
       </c>
       <c r="J309" s="34">
         <v>0.3</v>
       </c>
       <c r="K309" s="34">
         <v>0.2</v>
       </c>
       <c r="L309" s="34">
         <v>0.4</v>
       </c>
       <c r="M309" s="34">
         <v>0.3</v>
       </c>
       <c r="N309" s="34">
         <v>0.2</v>
       </c>
       <c r="O309" s="34">
         <v>0.4</v>
       </c>
       <c r="P309" s="38">
         <v>11.7</v>
       </c>
       <c r="Q309" s="38">
         <v>12</v>
       </c>
       <c r="R309" s="38">
         <v>11</v>
       </c>
-      <c r="S309" s="64">
+      <c r="S309" s="79">
         <v>13.4</v>
       </c>
-      <c r="T309" s="64">
+      <c r="T309" s="79">
         <v>14.4</v>
       </c>
-      <c r="U309" s="64">
+      <c r="U309" s="79">
         <v>11.2</v>
       </c>
     </row>
     <row r="310" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B310" s="18"/>
       <c r="C310" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D310" s="32">
         <v>123.73</v>
       </c>
       <c r="E310" s="32">
         <v>124.74</v>
       </c>
       <c r="F310" s="32">
         <v>120.91</v>
       </c>
-      <c r="G310" s="60">
+      <c r="G310" s="75">
         <v>125.92</v>
       </c>
-      <c r="H310" s="60">
+      <c r="H310" s="75">
         <v>127.77</v>
       </c>
-      <c r="I310" s="60">
+      <c r="I310" s="75">
         <v>121.32</v>
       </c>
       <c r="J310" s="34">
         <v>0.9</v>
       </c>
       <c r="K310" s="34">
         <v>1</v>
       </c>
       <c r="L310" s="34">
         <v>0.6</v>
       </c>
       <c r="M310" s="34">
         <v>0.9</v>
       </c>
       <c r="N310" s="34">
         <v>1</v>
       </c>
       <c r="O310" s="34">
         <v>0.6</v>
       </c>
       <c r="P310" s="38">
         <v>10.5</v>
       </c>
       <c r="Q310" s="38">
         <v>10.5</v>
       </c>
       <c r="R310" s="38">
         <v>10.6</v>
       </c>
-      <c r="S310" s="64">
+      <c r="S310" s="79">
         <v>12.2</v>
       </c>
-      <c r="T310" s="64">
+      <c r="T310" s="79">
         <v>12.8</v>
       </c>
-      <c r="U310" s="64">
+      <c r="U310" s="79">
         <v>10.7</v>
       </c>
     </row>
     <row r="311" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B311" s="18"/>
       <c r="C311" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D311" s="32">
         <v>125.16</v>
       </c>
       <c r="E311" s="32">
         <v>125.82</v>
       </c>
       <c r="F311" s="32">
         <v>123.04</v>
       </c>
-      <c r="G311" s="60">
+      <c r="G311" s="75">
         <v>127.37</v>
       </c>
-      <c r="H311" s="60">
+      <c r="H311" s="75">
         <v>128.88</v>
       </c>
-      <c r="I311" s="60">
+      <c r="I311" s="75">
         <v>123.46</v>
       </c>
       <c r="J311" s="34">
         <v>1.2</v>
       </c>
       <c r="K311" s="34">
         <v>0.9</v>
       </c>
       <c r="L311" s="34">
         <v>1.8</v>
       </c>
       <c r="M311" s="34">
         <v>1.2</v>
       </c>
       <c r="N311" s="34">
         <v>0.9</v>
       </c>
       <c r="O311" s="34">
         <v>1.8</v>
       </c>
       <c r="P311" s="38">
         <v>8.9</v>
       </c>
       <c r="Q311" s="38">
         <v>8.3000000000000007</v>
       </c>
       <c r="R311" s="38">
         <v>10.1</v>
       </c>
-      <c r="S311" s="64">
+      <c r="S311" s="79">
         <v>9.1999999999999993</v>
       </c>
-      <c r="T311" s="64">
+      <c r="T311" s="79">
         <v>8.8000000000000007</v>
       </c>
-      <c r="U311" s="64">
+      <c r="U311" s="79">
         <v>10.1</v>
       </c>
     </row>
     <row r="312" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B312" s="18"/>
       <c r="C312" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D312" s="32">
         <v>125.88</v>
       </c>
       <c r="E312" s="32">
         <v>126.37</v>
       </c>
       <c r="F312" s="32">
         <v>124.09</v>
       </c>
-      <c r="G312" s="60">
+      <c r="G312" s="75">
         <v>128.1</v>
       </c>
-      <c r="H312" s="60">
+      <c r="H312" s="75">
         <v>129.44999999999999</v>
       </c>
-      <c r="I312" s="60">
+      <c r="I312" s="75">
         <v>124.52</v>
       </c>
       <c r="J312" s="34">
         <v>0.6</v>
       </c>
       <c r="K312" s="34">
         <v>0.4</v>
       </c>
       <c r="L312" s="34">
         <v>0.9</v>
       </c>
       <c r="M312" s="34">
         <v>0.6</v>
       </c>
       <c r="N312" s="34">
         <v>0.4</v>
       </c>
       <c r="O312" s="34">
         <v>0.9</v>
       </c>
       <c r="P312" s="38">
         <v>8.3000000000000007</v>
       </c>
       <c r="Q312" s="38">
         <v>7.1</v>
       </c>
       <c r="R312" s="38">
         <v>10.7</v>
       </c>
-      <c r="S312" s="64">
+      <c r="S312" s="79">
         <v>8.6</v>
       </c>
-      <c r="T312" s="64">
+      <c r="T312" s="79">
         <v>7.6</v>
       </c>
-      <c r="U312" s="64">
+      <c r="U312" s="79">
         <v>10.7</v>
       </c>
     </row>
     <row r="313" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B313" s="18"/>
       <c r="C313" s="19" t="s">
         <v>15</v>
       </c>
       <c r="D313" s="32">
         <v>127.91</v>
       </c>
       <c r="E313" s="32">
         <v>127.39</v>
       </c>
       <c r="F313" s="32">
         <v>128.21</v>
       </c>
-      <c r="G313" s="60">
+      <c r="G313" s="75">
         <v>130.16999999999999</v>
       </c>
-      <c r="H313" s="60">
+      <c r="H313" s="75">
         <v>130.47999999999999</v>
       </c>
-      <c r="I313" s="60">
+      <c r="I313" s="75">
         <v>128.65</v>
       </c>
       <c r="J313" s="34">
         <v>1.6</v>
       </c>
       <c r="K313" s="34">
         <v>0.8</v>
       </c>
       <c r="L313" s="34">
         <v>3.3</v>
       </c>
       <c r="M313" s="34">
         <v>1.6</v>
       </c>
       <c r="N313" s="34">
         <v>0.8</v>
       </c>
       <c r="O313" s="34">
         <v>3.3</v>
       </c>
       <c r="P313" s="38">
         <v>8.3000000000000007</v>
       </c>
       <c r="Q313" s="38">
         <v>7</v>
       </c>
       <c r="R313" s="38">
         <v>11</v>
       </c>
-      <c r="S313" s="64">
+      <c r="S313" s="79">
         <v>8.6</v>
       </c>
-      <c r="T313" s="64">
+      <c r="T313" s="79">
         <v>7.4</v>
       </c>
-      <c r="U313" s="64">
+      <c r="U313" s="79">
         <v>11</v>
       </c>
     </row>
     <row r="314" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B314" s="54"/>
       <c r="C314" s="55" t="s">
         <v>16</v>
       </c>
       <c r="D314" s="56">
         <v>129.36000000000001</v>
       </c>
       <c r="E314" s="56">
         <v>127.18</v>
       </c>
       <c r="F314" s="56">
         <v>133.09</v>
       </c>
-      <c r="G314" s="65">
+      <c r="G314" s="80">
         <v>131.65</v>
       </c>
-      <c r="H314" s="65">
+      <c r="H314" s="80">
         <v>130.27000000000001</v>
       </c>
-      <c r="I314" s="65">
+      <c r="I314" s="80">
         <v>133.55000000000001</v>
       </c>
       <c r="J314" s="57">
         <v>1.1000000000000001</v>
       </c>
       <c r="K314" s="57">
         <v>-0.2</v>
       </c>
       <c r="L314" s="57">
         <v>3.8</v>
       </c>
       <c r="M314" s="57">
         <v>1.1000000000000001</v>
       </c>
       <c r="N314" s="57">
         <v>-0.2</v>
       </c>
       <c r="O314" s="57">
         <v>3.8</v>
       </c>
       <c r="P314" s="58">
         <v>8</v>
       </c>
       <c r="Q314" s="58">
         <v>6.6</v>
       </c>
       <c r="R314" s="58">
         <v>10.8</v>
       </c>
-      <c r="S314" s="69">
+      <c r="S314" s="87">
         <v>8.1999999999999993</v>
       </c>
-      <c r="T314" s="69">
+      <c r="T314" s="87">
         <v>6.8</v>
       </c>
-      <c r="U314" s="69">
+      <c r="U314" s="87">
         <v>10.8</v>
       </c>
-      <c r="V314" s="73"/>
-[...3 lines deleted...]
-      <c r="Z314" s="73"/>
+      <c r="V314" s="62"/>
+      <c r="W314" s="62"/>
+      <c r="X314" s="62"/>
+      <c r="Y314" s="62"/>
+      <c r="Z314" s="62"/>
     </row>
     <row r="315" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B315" s="54"/>
       <c r="C315" s="55" t="s">
         <v>17</v>
       </c>
       <c r="D315" s="56">
         <v>130</v>
       </c>
       <c r="E315" s="56">
         <v>127.78</v>
       </c>
       <c r="F315" s="56">
         <v>133.81</v>
       </c>
-      <c r="G315" s="65">
+      <c r="G315" s="80">
         <v>132.30000000000001</v>
       </c>
-      <c r="H315" s="65">
+      <c r="H315" s="80">
         <v>130.88999999999999</v>
       </c>
-      <c r="I315" s="65">
+      <c r="I315" s="80">
         <v>134.27000000000001</v>
       </c>
       <c r="J315" s="57">
         <v>0.5</v>
       </c>
       <c r="K315" s="57">
         <v>0.5</v>
       </c>
       <c r="L315" s="57">
         <v>0.5</v>
       </c>
       <c r="M315" s="57">
         <v>0.5</v>
       </c>
       <c r="N315" s="57">
         <v>0.5</v>
       </c>
       <c r="O315" s="57">
         <v>0.5</v>
       </c>
       <c r="P315" s="58">
         <v>8.4</v>
       </c>
       <c r="Q315" s="58">
         <v>7.2</v>
       </c>
       <c r="R315" s="58">
         <v>10.7</v>
       </c>
-      <c r="S315" s="69">
+      <c r="S315" s="87">
         <v>8.6</v>
       </c>
-      <c r="T315" s="69">
+      <c r="T315" s="87">
         <v>7.4</v>
       </c>
-      <c r="U315" s="69">
+      <c r="U315" s="87">
         <v>10.7</v>
       </c>
-      <c r="V315" s="73"/>
-[...3 lines deleted...]
-      <c r="Z315" s="73"/>
+      <c r="V315" s="62"/>
+      <c r="W315" s="62"/>
+      <c r="X315" s="62"/>
+      <c r="Y315" s="62"/>
+      <c r="Z315" s="62"/>
     </row>
     <row r="316" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B316" s="54"/>
       <c r="C316" s="55" t="s">
         <v>18</v>
       </c>
       <c r="D316" s="56">
         <v>129.15</v>
       </c>
       <c r="E316" s="56">
         <v>128.99</v>
       </c>
       <c r="F316" s="56">
         <v>128.69</v>
       </c>
-      <c r="G316" s="65">
+      <c r="G316" s="80">
         <v>131.43</v>
       </c>
-      <c r="H316" s="65">
+      <c r="H316" s="80">
         <v>132.13</v>
       </c>
-      <c r="I316" s="65">
+      <c r="I316" s="80">
         <v>129.13</v>
       </c>
       <c r="J316" s="57">
         <v>-0.7</v>
       </c>
       <c r="K316" s="57">
         <v>0.9</v>
       </c>
       <c r="L316" s="57">
         <v>-3.8</v>
       </c>
       <c r="M316" s="57">
         <v>-0.7</v>
       </c>
       <c r="N316" s="57">
         <v>0.9</v>
       </c>
       <c r="O316" s="57">
         <v>-3.8</v>
       </c>
       <c r="P316" s="58">
         <v>7.4</v>
       </c>
       <c r="Q316" s="58">
         <v>6.6</v>
       </c>
       <c r="R316" s="58">
         <v>9.1999999999999993</v>
       </c>
-      <c r="S316" s="69">
+      <c r="S316" s="87">
         <v>7.6</v>
       </c>
-      <c r="T316" s="69">
+      <c r="T316" s="87">
         <v>6.8</v>
       </c>
-      <c r="U316" s="69">
+      <c r="U316" s="87">
         <v>9.1999999999999993</v>
       </c>
-      <c r="V316" s="73"/>
-[...3 lines deleted...]
-      <c r="Z316" s="73"/>
+      <c r="V316" s="62"/>
+      <c r="W316" s="62"/>
+      <c r="X316" s="62"/>
+      <c r="Y316" s="62"/>
+      <c r="Z316" s="62"/>
     </row>
     <row r="317" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B317" s="54"/>
       <c r="C317" s="55" t="s">
         <v>19</v>
       </c>
       <c r="D317" s="56">
         <v>129.52000000000001</v>
       </c>
       <c r="E317" s="56">
         <v>129.66</v>
       </c>
       <c r="F317" s="56">
         <v>128.44999999999999</v>
       </c>
-      <c r="G317" s="65">
+      <c r="G317" s="80">
         <v>131.81</v>
       </c>
-      <c r="H317" s="65">
+      <c r="H317" s="80">
         <v>132.82</v>
       </c>
-      <c r="I317" s="65">
+      <c r="I317" s="80">
         <v>128.88999999999999</v>
       </c>
       <c r="J317" s="57">
         <v>0.3</v>
       </c>
       <c r="K317" s="57">
         <v>0.5</v>
       </c>
       <c r="L317" s="57">
         <v>-0.2</v>
       </c>
       <c r="M317" s="57">
         <v>0.3</v>
       </c>
       <c r="N317" s="57">
         <v>0.5</v>
       </c>
       <c r="O317" s="57">
         <v>-0.2</v>
       </c>
       <c r="P317" s="58">
         <v>6.7</v>
       </c>
       <c r="Q317" s="58">
         <v>5.6</v>
       </c>
       <c r="R317" s="58">
         <v>9.1999999999999993</v>
       </c>
-      <c r="S317" s="69">
+      <c r="S317" s="87">
         <v>6.8</v>
       </c>
-      <c r="T317" s="69">
+      <c r="T317" s="87">
         <v>5.6</v>
       </c>
-      <c r="U317" s="69">
+      <c r="U317" s="87">
         <v>9.1999999999999993</v>
       </c>
-      <c r="V317" s="73"/>
-[...3 lines deleted...]
-      <c r="Z317" s="73"/>
+      <c r="V317" s="62"/>
+      <c r="W317" s="62"/>
+      <c r="X317" s="62"/>
+      <c r="Y317" s="62"/>
+      <c r="Z317" s="62"/>
     </row>
     <row r="318" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B318" s="54"/>
       <c r="C318" s="55" t="s">
         <v>20</v>
       </c>
       <c r="D318" s="56">
         <v>128.94999999999999</v>
       </c>
       <c r="E318" s="56">
         <v>129.26</v>
       </c>
       <c r="F318" s="56">
         <v>127.53</v>
       </c>
-      <c r="G318" s="65">
+      <c r="G318" s="80">
         <v>131.22999999999999</v>
       </c>
-      <c r="H318" s="65">
+      <c r="H318" s="80">
         <v>132.4</v>
       </c>
-      <c r="I318" s="65">
+      <c r="I318" s="80">
         <v>127.97</v>
       </c>
       <c r="J318" s="57">
         <v>-0.4</v>
       </c>
       <c r="K318" s="57">
         <v>-0.3</v>
       </c>
       <c r="L318" s="57">
         <v>-0.7</v>
       </c>
       <c r="M318" s="57">
         <v>-0.4</v>
       </c>
       <c r="N318" s="57">
         <v>-0.3</v>
       </c>
       <c r="O318" s="57">
         <v>-0.7</v>
       </c>
       <c r="P318" s="58">
         <v>5.5</v>
       </c>
       <c r="Q318" s="58">
         <v>4.0999999999999996</v>
       </c>
       <c r="R318" s="58">
         <v>8.6</v>
       </c>
-      <c r="S318" s="69">
+      <c r="S318" s="87">
         <v>5.6</v>
       </c>
-      <c r="T318" s="69">
+      <c r="T318" s="87">
         <v>4.2</v>
       </c>
-      <c r="U318" s="69">
+      <c r="U318" s="87">
         <v>8.6</v>
       </c>
-      <c r="V318" s="73"/>
-[...3 lines deleted...]
-      <c r="Z318" s="73"/>
+      <c r="V318" s="62"/>
+      <c r="W318" s="62"/>
+      <c r="X318" s="62"/>
+      <c r="Y318" s="62"/>
+      <c r="Z318" s="62"/>
     </row>
     <row r="319" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B319" s="20"/>
       <c r="C319" s="21" t="s">
         <v>21</v>
       </c>
       <c r="D319" s="41">
         <v>128.56</v>
       </c>
       <c r="E319" s="41">
         <v>128.53</v>
       </c>
       <c r="F319" s="41">
         <v>127.86</v>
       </c>
-      <c r="G319" s="62">
+      <c r="G319" s="77">
         <v>130.84</v>
       </c>
-      <c r="H319" s="62">
+      <c r="H319" s="77">
         <v>131.66</v>
       </c>
-      <c r="I319" s="62">
+      <c r="I319" s="77">
         <v>128.30000000000001</v>
       </c>
       <c r="J319" s="36">
         <v>-0.3</v>
       </c>
       <c r="K319" s="36">
         <v>-0.6</v>
       </c>
       <c r="L319" s="36">
         <v>0.3</v>
       </c>
       <c r="M319" s="36">
         <v>-0.3</v>
       </c>
       <c r="N319" s="36">
         <v>-0.6</v>
       </c>
       <c r="O319" s="36">
         <v>0.3</v>
       </c>
       <c r="P319" s="39">
         <v>5.4</v>
       </c>
       <c r="Q319" s="39">
         <v>4.0999999999999996</v>
       </c>
       <c r="R319" s="39">
         <v>8.1</v>
       </c>
-      <c r="S319" s="63">
+      <c r="S319" s="78">
         <v>5.4</v>
       </c>
-      <c r="T319" s="63">
+      <c r="T319" s="78">
         <v>4.0999999999999996</v>
       </c>
-      <c r="U319" s="63">
+      <c r="U319" s="78">
         <v>8.1</v>
       </c>
     </row>
     <row r="320" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B320" s="54" t="s">
         <v>53</v>
       </c>
       <c r="C320" s="55" t="s">
         <v>10</v>
       </c>
       <c r="D320" s="56">
         <v>128.19</v>
       </c>
       <c r="E320" s="56">
         <v>127.66</v>
       </c>
       <c r="F320" s="56">
         <v>128.53</v>
       </c>
-      <c r="G320" s="65">
+      <c r="G320" s="80">
         <v>130.44999999999999</v>
       </c>
-      <c r="H320" s="65">
+      <c r="H320" s="80">
         <v>130.76</v>
       </c>
-      <c r="I320" s="65">
+      <c r="I320" s="80">
         <v>128.97</v>
       </c>
       <c r="J320" s="57">
         <v>-0.3</v>
       </c>
       <c r="K320" s="57">
         <v>-0.7</v>
       </c>
       <c r="L320" s="57">
         <v>0.5</v>
       </c>
       <c r="M320" s="57">
         <v>-0.3</v>
       </c>
       <c r="N320" s="57">
         <v>-0.7</v>
       </c>
       <c r="O320" s="57">
         <v>0.5</v>
       </c>
       <c r="P320" s="58">
         <v>4.8</v>
       </c>
       <c r="Q320" s="58">
         <v>3.6</v>
       </c>
       <c r="R320" s="58">
         <v>7.4</v>
       </c>
-      <c r="S320" s="69">
+      <c r="S320" s="87">
         <v>4.8</v>
       </c>
-      <c r="T320" s="69">
+      <c r="T320" s="87">
         <v>3.6</v>
       </c>
-      <c r="U320" s="69">
+      <c r="U320" s="87">
         <v>7.4</v>
       </c>
-      <c r="V320" s="73"/>
-[...3 lines deleted...]
-      <c r="Z320" s="73"/>
+      <c r="V320" s="62"/>
+      <c r="W320" s="62"/>
+      <c r="X320" s="62"/>
+      <c r="Y320" s="62"/>
+      <c r="Z320" s="62"/>
     </row>
     <row r="321" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B321" s="54"/>
       <c r="C321" s="55" t="s">
         <v>11</v>
       </c>
       <c r="D321" s="56">
         <v>128.57</v>
       </c>
       <c r="E321" s="56">
         <v>127.77</v>
       </c>
       <c r="F321" s="56">
         <v>129.47999999999999</v>
       </c>
-      <c r="G321" s="65">
+      <c r="G321" s="80">
         <v>130.84</v>
       </c>
-      <c r="H321" s="65">
+      <c r="H321" s="80">
         <v>130.87</v>
       </c>
-      <c r="I321" s="65">
+      <c r="I321" s="80">
         <v>129.91999999999999</v>
       </c>
       <c r="J321" s="57">
         <v>0.3</v>
       </c>
       <c r="K321" s="57">
         <v>0.1</v>
       </c>
       <c r="L321" s="57">
         <v>0.7</v>
       </c>
       <c r="M321" s="57">
         <v>0.3</v>
       </c>
       <c r="N321" s="57">
         <v>0.1</v>
       </c>
       <c r="O321" s="57">
         <v>0.7</v>
       </c>
       <c r="P321" s="58">
         <v>4.8</v>
       </c>
       <c r="Q321" s="58">
         <v>3.4</v>
       </c>
       <c r="R321" s="58">
         <v>7.8</v>
       </c>
-      <c r="S321" s="69">
+      <c r="S321" s="87">
         <v>4.8</v>
       </c>
-      <c r="T321" s="69">
+      <c r="T321" s="87">
         <v>3.4</v>
       </c>
-      <c r="U321" s="69">
+      <c r="U321" s="87">
         <v>7.8</v>
       </c>
-      <c r="V321" s="73"/>
-[...3 lines deleted...]
-      <c r="Z321" s="73"/>
+      <c r="V321" s="62"/>
+      <c r="W321" s="62"/>
+      <c r="X321" s="62"/>
+      <c r="Y321" s="62"/>
+      <c r="Z321" s="62"/>
     </row>
     <row r="322" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B322" s="54"/>
       <c r="C322" s="55" t="s">
         <v>12</v>
       </c>
       <c r="D322" s="56">
         <v>129.74</v>
       </c>
       <c r="E322" s="56">
         <v>128.94</v>
       </c>
       <c r="F322" s="56">
         <v>130.63999999999999</v>
       </c>
-      <c r="G322" s="65">
+      <c r="G322" s="80">
         <v>132.03</v>
       </c>
-      <c r="H322" s="65">
+      <c r="H322" s="80">
         <v>132.07</v>
       </c>
-      <c r="I322" s="65">
+      <c r="I322" s="80">
         <v>131.09</v>
       </c>
       <c r="J322" s="57">
         <v>0.9</v>
       </c>
       <c r="K322" s="57">
         <v>0.9</v>
       </c>
       <c r="L322" s="57">
         <v>0.9</v>
       </c>
       <c r="M322" s="57">
         <v>0.9</v>
       </c>
       <c r="N322" s="57">
         <v>0.9</v>
       </c>
       <c r="O322" s="57">
         <v>0.9</v>
       </c>
       <c r="P322" s="58">
         <v>4.9000000000000004</v>
       </c>
       <c r="Q322" s="58">
         <v>3.4</v>
       </c>
       <c r="R322" s="58">
         <v>8</v>
       </c>
-      <c r="S322" s="69">
+      <c r="S322" s="87">
         <v>4.9000000000000004</v>
       </c>
-      <c r="T322" s="69">
+      <c r="T322" s="87">
         <v>3.4</v>
       </c>
-      <c r="U322" s="69">
+      <c r="U322" s="87">
         <v>8.1</v>
       </c>
-      <c r="V322" s="73"/>
-[...3 lines deleted...]
-      <c r="Z322" s="73"/>
+      <c r="V322" s="62"/>
+      <c r="W322" s="62"/>
+      <c r="X322" s="62"/>
+      <c r="Y322" s="62"/>
+      <c r="Z322" s="62"/>
     </row>
     <row r="323" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B323" s="54"/>
       <c r="C323" s="55" t="s">
         <v>13</v>
       </c>
       <c r="D323" s="56">
         <v>131.06</v>
       </c>
       <c r="E323" s="56">
         <v>129.84</v>
       </c>
       <c r="F323" s="56">
         <v>132.82</v>
       </c>
-      <c r="G323" s="65">
+      <c r="G323" s="80">
         <v>133.37</v>
       </c>
-      <c r="H323" s="65">
+      <c r="H323" s="80">
         <v>133</v>
       </c>
-      <c r="I323" s="65">
+      <c r="I323" s="80">
         <v>133.28</v>
       </c>
       <c r="J323" s="57">
         <v>1</v>
       </c>
       <c r="K323" s="57">
         <v>0.7</v>
       </c>
       <c r="L323" s="57">
         <v>1.7</v>
       </c>
       <c r="M323" s="57">
         <v>1</v>
       </c>
       <c r="N323" s="57">
         <v>0.7</v>
       </c>
       <c r="O323" s="57">
         <v>1.7</v>
       </c>
       <c r="P323" s="58">
         <v>4.7</v>
       </c>
       <c r="Q323" s="58">
         <v>3.2</v>
       </c>
       <c r="R323" s="58">
         <v>7.9</v>
       </c>
-      <c r="S323" s="69">
+      <c r="S323" s="87">
         <v>4.7</v>
       </c>
-      <c r="T323" s="69">
+      <c r="T323" s="87">
         <v>3.2</v>
       </c>
-      <c r="U323" s="69">
+      <c r="U323" s="87">
         <v>8</v>
       </c>
-      <c r="V323" s="73"/>
-[...3 lines deleted...]
-      <c r="Z323" s="73"/>
+      <c r="V323" s="62"/>
+      <c r="W323" s="62"/>
+      <c r="X323" s="62"/>
+      <c r="Y323" s="62"/>
+      <c r="Z323" s="62"/>
     </row>
     <row r="324" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B324" s="54"/>
       <c r="C324" s="55" t="s">
         <v>14</v>
       </c>
       <c r="D324" s="56">
         <v>131.31</v>
       </c>
       <c r="E324" s="56">
         <v>129.74</v>
       </c>
       <c r="F324" s="56">
         <v>133.82</v>
       </c>
-      <c r="G324" s="65">
+      <c r="G324" s="80">
         <v>133.63</v>
       </c>
-      <c r="H324" s="65">
+      <c r="H324" s="80">
         <v>132.9</v>
       </c>
-      <c r="I324" s="65">
+      <c r="I324" s="80">
         <v>134.28</v>
       </c>
       <c r="J324" s="57">
         <v>0.2</v>
       </c>
       <c r="K324" s="57">
         <v>-0.1</v>
       </c>
       <c r="L324" s="57">
         <v>0.8</v>
       </c>
       <c r="M324" s="57">
         <v>0.2</v>
       </c>
       <c r="N324" s="57">
         <v>-0.1</v>
       </c>
       <c r="O324" s="57">
         <v>0.8</v>
       </c>
       <c r="P324" s="58">
         <v>4.3</v>
       </c>
       <c r="Q324" s="58">
         <v>2.7</v>
       </c>
       <c r="R324" s="58">
         <v>7.8</v>
       </c>
-      <c r="S324" s="69">
+      <c r="S324" s="87">
         <v>4.3</v>
       </c>
-      <c r="T324" s="69">
+      <c r="T324" s="87">
         <v>2.7</v>
       </c>
-      <c r="U324" s="69">
+      <c r="U324" s="87">
         <v>7.8</v>
       </c>
-      <c r="V324" s="73"/>
-[...3 lines deleted...]
-      <c r="Z324" s="73"/>
+      <c r="V324" s="62"/>
+      <c r="W324" s="62"/>
+      <c r="X324" s="62"/>
+      <c r="Y324" s="62"/>
+      <c r="Z324" s="62"/>
     </row>
     <row r="325" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B325" s="54"/>
       <c r="C325" s="55" t="s">
         <v>15</v>
       </c>
       <c r="D325" s="56">
         <v>132.34</v>
       </c>
       <c r="E325" s="56">
         <v>129.63999999999999</v>
       </c>
       <c r="F325" s="56">
         <v>137.22999999999999</v>
       </c>
-      <c r="G325" s="65">
+      <c r="G325" s="80">
         <v>134.68</v>
       </c>
-      <c r="H325" s="65">
+      <c r="H325" s="80">
         <v>132.80000000000001</v>
       </c>
-      <c r="I325" s="65">
+      <c r="I325" s="80">
         <v>137.69999999999999</v>
       </c>
       <c r="J325" s="57">
         <v>0.8</v>
       </c>
       <c r="K325" s="57">
         <v>-0.1</v>
       </c>
       <c r="L325" s="57">
         <v>2.5</v>
       </c>
       <c r="M325" s="57">
         <v>0.8</v>
       </c>
       <c r="N325" s="57">
         <v>-0.1</v>
       </c>
       <c r="O325" s="57">
         <v>2.5</v>
       </c>
       <c r="P325" s="58">
         <v>3.5</v>
       </c>
       <c r="Q325" s="58">
         <v>1.8</v>
       </c>
       <c r="R325" s="58">
         <v>7</v>
       </c>
-      <c r="S325" s="69">
+      <c r="S325" s="87">
         <v>3.5</v>
       </c>
-      <c r="T325" s="69">
+      <c r="T325" s="87">
         <v>1.8</v>
       </c>
-      <c r="U325" s="69">
+      <c r="U325" s="87">
         <v>7</v>
       </c>
-      <c r="V325" s="73"/>
-[...3 lines deleted...]
-      <c r="Z325" s="73"/>
+      <c r="V325" s="62"/>
+      <c r="W325" s="62"/>
+      <c r="X325" s="62"/>
+      <c r="Y325" s="62"/>
+      <c r="Z325" s="62"/>
     </row>
     <row r="326" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B326" s="54"/>
       <c r="C326" s="55" t="s">
         <v>16</v>
       </c>
       <c r="D326" s="56">
         <v>133.69</v>
       </c>
       <c r="E326" s="56">
         <v>129.01</v>
       </c>
       <c r="F326" s="56">
         <v>142.72999999999999</v>
       </c>
-      <c r="G326" s="65">
+      <c r="G326" s="80">
         <v>135.88</v>
       </c>
-      <c r="H326" s="65">
+      <c r="H326" s="80">
         <v>131.88999999999999</v>
       </c>
-      <c r="I326" s="65">
+      <c r="I326" s="80">
         <v>143.22</v>
       </c>
       <c r="J326" s="57">
         <v>1</v>
       </c>
       <c r="K326" s="57">
         <v>-0.5</v>
       </c>
       <c r="L326" s="57">
         <v>4</v>
       </c>
       <c r="M326" s="57">
         <v>0.9</v>
       </c>
       <c r="N326" s="57">
         <v>-0.7</v>
       </c>
       <c r="O326" s="57">
         <v>4</v>
       </c>
       <c r="P326" s="58">
         <v>3.3</v>
       </c>
       <c r="Q326" s="58">
         <v>1.4</v>
       </c>
       <c r="R326" s="58">
         <v>7.2</v>
       </c>
-      <c r="S326" s="69">
+      <c r="S326" s="87">
         <v>3.2</v>
       </c>
-      <c r="T326" s="69">
+      <c r="T326" s="87">
         <v>1.2</v>
       </c>
-      <c r="U326" s="69">
+      <c r="U326" s="87">
         <v>7.2</v>
       </c>
-      <c r="V326" s="73"/>
-[...3 lines deleted...]
-      <c r="Z326" s="73"/>
+      <c r="V326" s="62"/>
+      <c r="W326" s="62"/>
+      <c r="X326" s="62"/>
+      <c r="Y326" s="62"/>
+      <c r="Z326" s="62"/>
     </row>
     <row r="327" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B327" s="54"/>
       <c r="C327" s="55" t="s">
         <v>17</v>
       </c>
       <c r="D327" s="56">
         <v>133.84</v>
       </c>
       <c r="E327" s="56">
         <v>128.66999999999999</v>
       </c>
       <c r="F327" s="56">
         <v>143.91999999999999</v>
       </c>
-      <c r="G327" s="65">
+      <c r="G327" s="80">
         <v>136.04</v>
       </c>
-      <c r="H327" s="65">
+      <c r="H327" s="80">
         <v>131.55000000000001</v>
       </c>
-      <c r="I327" s="65">
+      <c r="I327" s="80">
         <v>144.41</v>
       </c>
       <c r="J327" s="57">
         <v>0.1</v>
       </c>
       <c r="K327" s="57">
         <v>-0.3</v>
       </c>
       <c r="L327" s="57">
         <v>0.8</v>
       </c>
       <c r="M327" s="57">
         <v>0.1</v>
       </c>
       <c r="N327" s="57">
         <v>-0.3</v>
       </c>
       <c r="O327" s="57">
         <v>0.8</v>
       </c>
       <c r="P327" s="58">
         <v>3</v>
       </c>
       <c r="Q327" s="58">
         <v>0.7</v>
       </c>
       <c r="R327" s="58">
         <v>7.6</v>
       </c>
-      <c r="S327" s="69">
+      <c r="S327" s="87">
         <v>2.8</v>
       </c>
-      <c r="T327" s="69">
+      <c r="T327" s="87">
         <v>0.5</v>
       </c>
-      <c r="U327" s="69">
+      <c r="U327" s="87">
         <v>7.6</v>
       </c>
-      <c r="V327" s="73"/>
-[...3 lines deleted...]
-      <c r="Z327" s="73"/>
+      <c r="V327" s="62"/>
+      <c r="W327" s="62"/>
+      <c r="X327" s="62"/>
+      <c r="Y327" s="62"/>
+      <c r="Z327" s="62"/>
     </row>
     <row r="328" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B328" s="54"/>
       <c r="C328" s="55" t="s">
         <v>18</v>
       </c>
       <c r="D328" s="56">
         <v>133.11000000000001</v>
       </c>
       <c r="E328" s="56">
         <v>129.80000000000001</v>
       </c>
       <c r="F328" s="56">
         <v>139.29</v>
       </c>
-      <c r="G328" s="65">
+      <c r="G328" s="80">
         <v>135.29</v>
       </c>
-      <c r="H328" s="65">
+      <c r="H328" s="80">
         <v>132.69999999999999</v>
       </c>
-      <c r="I328" s="65">
+      <c r="I328" s="80">
         <v>139.77000000000001</v>
       </c>
       <c r="J328" s="57">
         <v>-0.5</v>
       </c>
       <c r="K328" s="57">
         <v>0.9</v>
       </c>
       <c r="L328" s="57">
         <v>-3.2</v>
       </c>
       <c r="M328" s="57">
         <v>-0.6</v>
       </c>
       <c r="N328" s="57">
         <v>0.9</v>
       </c>
       <c r="O328" s="57">
         <v>-3.2</v>
       </c>
       <c r="P328" s="58">
         <v>3.1</v>
       </c>
       <c r="Q328" s="58">
         <v>0.6</v>
       </c>
       <c r="R328" s="58">
         <v>8.1999999999999993</v>
       </c>
-      <c r="S328" s="69">
+      <c r="S328" s="87">
         <v>2.9</v>
       </c>
-      <c r="T328" s="69">
+      <c r="T328" s="87">
         <v>0.4</v>
       </c>
-      <c r="U328" s="69">
+      <c r="U328" s="87">
         <v>8.1999999999999993</v>
       </c>
-      <c r="V328" s="73"/>
-[...3 lines deleted...]
-      <c r="Z328" s="73"/>
+      <c r="V328" s="62"/>
+      <c r="W328" s="62"/>
+      <c r="X328" s="62"/>
+      <c r="Y328" s="62"/>
+      <c r="Z328" s="62"/>
     </row>
     <row r="329" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B329" s="54"/>
       <c r="C329" s="55" t="s">
         <v>19</v>
       </c>
       <c r="D329" s="56">
         <v>134.13</v>
       </c>
       <c r="E329" s="56">
         <v>131.86000000000001</v>
       </c>
       <c r="F329" s="56">
         <v>138.09</v>
       </c>
-      <c r="G329" s="65">
+      <c r="G329" s="80">
         <v>136.32</v>
       </c>
-      <c r="H329" s="65">
+      <c r="H329" s="80">
         <v>134.81</v>
       </c>
-      <c r="I329" s="65">
+      <c r="I329" s="80">
         <v>138.57</v>
       </c>
       <c r="J329" s="57">
         <v>0.8</v>
       </c>
       <c r="K329" s="57">
         <v>1.6</v>
       </c>
       <c r="L329" s="57">
         <v>-0.9</v>
       </c>
       <c r="M329" s="57">
         <v>0.8</v>
       </c>
       <c r="N329" s="57">
         <v>1.6</v>
       </c>
       <c r="O329" s="57">
         <v>-0.9</v>
       </c>
       <c r="P329" s="58">
         <v>3.6</v>
       </c>
       <c r="Q329" s="58">
         <v>1.7</v>
       </c>
       <c r="R329" s="58">
         <v>7.5</v>
       </c>
-      <c r="S329" s="69">
+      <c r="S329" s="87">
         <v>3.4</v>
       </c>
-      <c r="T329" s="69">
+      <c r="T329" s="87">
         <v>1.5</v>
       </c>
-      <c r="U329" s="69">
+      <c r="U329" s="87">
         <v>7.5</v>
       </c>
-      <c r="V329" s="73"/>
-[...3 lines deleted...]
-      <c r="Z329" s="73"/>
+      <c r="V329" s="62"/>
+      <c r="W329" s="62"/>
+      <c r="X329" s="62"/>
+      <c r="Y329" s="62"/>
+      <c r="Z329" s="62"/>
     </row>
     <row r="330" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B330" s="54"/>
       <c r="C330" s="55" t="s">
         <v>20</v>
       </c>
       <c r="D330" s="56">
         <v>134.1</v>
       </c>
       <c r="E330" s="56">
         <v>132.43</v>
       </c>
       <c r="F330" s="56">
         <v>136.81</v>
       </c>
-      <c r="G330" s="65">
+      <c r="G330" s="80">
         <v>136.30000000000001</v>
       </c>
-      <c r="H330" s="65">
+      <c r="H330" s="80">
         <v>135.38999999999999</v>
       </c>
-      <c r="I330" s="65">
+      <c r="I330" s="80">
         <v>137.28</v>
       </c>
       <c r="J330" s="57">
         <v>0</v>
       </c>
       <c r="K330" s="57">
         <v>0.4</v>
       </c>
       <c r="L330" s="57">
         <v>-0.9</v>
       </c>
       <c r="M330" s="57">
         <v>0</v>
       </c>
       <c r="N330" s="57">
         <v>0.4</v>
       </c>
       <c r="O330" s="57">
         <v>-0.9</v>
       </c>
       <c r="P330" s="58">
         <v>4</v>
       </c>
       <c r="Q330" s="58">
         <v>2.5</v>
       </c>
       <c r="R330" s="58">
         <v>7.3</v>
       </c>
-      <c r="S330" s="69">
+      <c r="S330" s="87">
         <v>3.9</v>
       </c>
-      <c r="T330" s="69">
+      <c r="T330" s="87">
         <v>2.2999999999999998</v>
       </c>
-      <c r="U330" s="69">
+      <c r="U330" s="87">
         <v>7.3</v>
       </c>
-      <c r="V330" s="73"/>
-[...3 lines deleted...]
-      <c r="Z330" s="73"/>
+      <c r="V330" s="62"/>
+      <c r="W330" s="62"/>
+      <c r="X330" s="62"/>
+      <c r="Y330" s="62"/>
+      <c r="Z330" s="62"/>
     </row>
     <row r="331" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B331" s="20"/>
       <c r="C331" s="21" t="s">
         <v>21</v>
       </c>
       <c r="D331" s="41">
         <v>134.35</v>
       </c>
       <c r="E331" s="41">
         <v>132.37</v>
       </c>
       <c r="F331" s="41">
         <v>137.69999999999999</v>
       </c>
-      <c r="G331" s="62">
+      <c r="G331" s="77">
         <v>136.55000000000001</v>
       </c>
-      <c r="H331" s="62">
+      <c r="H331" s="77">
         <v>135.33000000000001</v>
       </c>
-      <c r="I331" s="62">
+      <c r="I331" s="77">
         <v>138.16999999999999</v>
       </c>
       <c r="J331" s="36">
         <v>0.2</v>
       </c>
       <c r="K331" s="36">
         <v>0</v>
       </c>
       <c r="L331" s="36">
         <v>0.7</v>
       </c>
       <c r="M331" s="36">
         <v>0.2</v>
       </c>
       <c r="N331" s="36">
         <v>0</v>
       </c>
       <c r="O331" s="36">
         <v>0.6</v>
       </c>
       <c r="P331" s="39">
         <v>4.5</v>
       </c>
       <c r="Q331" s="39">
         <v>3</v>
       </c>
       <c r="R331" s="39">
         <v>7.7</v>
       </c>
-      <c r="S331" s="63">
+      <c r="S331" s="78">
         <v>4.4000000000000004</v>
       </c>
-      <c r="T331" s="63">
+      <c r="T331" s="78">
         <v>2.8</v>
       </c>
-      <c r="U331" s="63">
+      <c r="U331" s="78">
         <v>7.7</v>
       </c>
     </row>
     <row r="332" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B332" s="54" t="s">
         <v>54</v>
       </c>
       <c r="C332" s="55" t="s">
         <v>10</v>
       </c>
       <c r="D332" s="56">
         <v>134.66</v>
       </c>
       <c r="E332" s="56">
         <v>132.19</v>
       </c>
       <c r="F332" s="56">
         <v>139.07</v>
       </c>
-      <c r="G332" s="65">
+      <c r="G332" s="80">
         <v>136.86000000000001</v>
       </c>
-      <c r="H332" s="65">
+      <c r="H332" s="80">
         <v>135.15</v>
       </c>
-      <c r="I332" s="65">
+      <c r="I332" s="80">
         <v>139.55000000000001</v>
       </c>
       <c r="J332" s="57">
         <v>0.2</v>
       </c>
       <c r="K332" s="57">
         <v>-0.1</v>
       </c>
       <c r="L332" s="57">
         <v>1</v>
       </c>
       <c r="M332" s="57">
         <v>0.2</v>
       </c>
       <c r="N332" s="57">
         <v>-0.1</v>
       </c>
       <c r="O332" s="57">
         <v>1</v>
       </c>
       <c r="P332" s="58">
         <v>5</v>
       </c>
       <c r="Q332" s="58">
         <v>3.5</v>
       </c>
       <c r="R332" s="58">
         <v>8.1999999999999993</v>
       </c>
-      <c r="S332" s="69">
+      <c r="S332" s="87">
         <v>4.9000000000000004</v>
       </c>
-      <c r="T332" s="69">
+      <c r="T332" s="87">
         <v>3.4</v>
       </c>
-      <c r="U332" s="69">
+      <c r="U332" s="87">
         <v>8.1999999999999993</v>
       </c>
-      <c r="V332" s="73"/>
-[...3 lines deleted...]
-      <c r="Z332" s="73"/>
+      <c r="V332" s="62"/>
+      <c r="W332" s="62"/>
+      <c r="X332" s="62"/>
+      <c r="Y332" s="62"/>
+      <c r="Z332" s="62"/>
     </row>
     <row r="333" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B333" s="54"/>
       <c r="C333" s="55" t="s">
         <v>11</v>
       </c>
       <c r="D333" s="56">
         <v>134.68</v>
       </c>
       <c r="E333" s="56">
         <v>131.96</v>
       </c>
       <c r="F333" s="56">
         <v>139.63999999999999</v>
       </c>
-      <c r="G333" s="65">
+      <c r="G333" s="80">
         <v>136.88999999999999</v>
       </c>
-      <c r="H333" s="65">
+      <c r="H333" s="80">
         <v>134.91</v>
       </c>
-      <c r="I333" s="65">
+      <c r="I333" s="80">
         <v>140.12</v>
       </c>
       <c r="J333" s="57">
         <v>0</v>
       </c>
       <c r="K333" s="57">
         <v>-0.2</v>
       </c>
       <c r="L333" s="57">
         <v>0.4</v>
       </c>
       <c r="M333" s="57">
         <v>0</v>
       </c>
       <c r="N333" s="57">
         <v>-0.2</v>
       </c>
       <c r="O333" s="57">
         <v>0.4</v>
       </c>
       <c r="P333" s="58">
         <v>4.8</v>
       </c>
       <c r="Q333" s="58">
         <v>3.3</v>
       </c>
       <c r="R333" s="58">
         <v>7.8</v>
       </c>
-      <c r="S333" s="69">
+      <c r="S333" s="87">
         <v>4.5999999999999996</v>
       </c>
-      <c r="T333" s="69">
+      <c r="T333" s="87">
         <v>3.1</v>
       </c>
-      <c r="U333" s="69">
+      <c r="U333" s="87">
         <v>7.9</v>
       </c>
-      <c r="V333" s="73"/>
-[...3 lines deleted...]
-      <c r="Z333" s="73"/>
+      <c r="V333" s="62"/>
+      <c r="W333" s="62"/>
+      <c r="X333" s="62"/>
+      <c r="Y333" s="62"/>
+      <c r="Z333" s="62"/>
     </row>
     <row r="334" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B334" s="54"/>
       <c r="C334" s="55" t="s">
         <v>12</v>
       </c>
       <c r="D334" s="56">
         <v>135.28</v>
       </c>
       <c r="E334" s="56">
         <v>132.38</v>
       </c>
       <c r="F334" s="56">
         <v>140.62</v>
       </c>
-      <c r="G334" s="65">
+      <c r="G334" s="80">
         <v>137.5</v>
       </c>
-      <c r="H334" s="65">
+      <c r="H334" s="80">
         <v>135.34</v>
       </c>
-      <c r="I334" s="65">
+      <c r="I334" s="80">
         <v>141.11000000000001</v>
       </c>
       <c r="J334" s="57">
         <v>0.4</v>
       </c>
       <c r="K334" s="57">
         <v>0.3</v>
       </c>
       <c r="L334" s="57">
         <v>0.7</v>
       </c>
       <c r="M334" s="57">
         <v>0.4</v>
       </c>
       <c r="N334" s="57">
         <v>0.3</v>
       </c>
       <c r="O334" s="57">
         <v>0.7</v>
       </c>
       <c r="P334" s="58">
         <v>4.3</v>
       </c>
       <c r="Q334" s="58">
         <v>2.7</v>
       </c>
       <c r="R334" s="58">
         <v>7.6</v>
       </c>
-      <c r="S334" s="69">
+      <c r="S334" s="87">
         <v>4.0999999999999996</v>
       </c>
-      <c r="T334" s="69">
+      <c r="T334" s="87">
         <v>2.5</v>
       </c>
-      <c r="U334" s="69">
+      <c r="U334" s="87">
         <v>7.6</v>
       </c>
-      <c r="V334" s="73"/>
-[...3 lines deleted...]
-      <c r="Z334" s="73"/>
+      <c r="V334" s="62"/>
+      <c r="W334" s="62"/>
+      <c r="X334" s="62"/>
+      <c r="Y334" s="62"/>
+      <c r="Z334" s="62"/>
     </row>
     <row r="335" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B335" s="54"/>
       <c r="C335" s="55" t="s">
         <v>13</v>
       </c>
       <c r="D335" s="56">
         <v>136.26</v>
       </c>
       <c r="E335" s="56">
         <v>132.97999999999999</v>
       </c>
       <c r="F335" s="56">
         <v>142.41999999999999</v>
       </c>
-      <c r="G335" s="65">
+      <c r="G335" s="80">
         <v>138.5</v>
       </c>
-      <c r="H335" s="65">
+      <c r="H335" s="80">
         <v>135.96</v>
       </c>
-      <c r="I335" s="65">
+      <c r="I335" s="80">
         <v>142.91</v>
       </c>
       <c r="J335" s="57">
         <v>0.7</v>
       </c>
       <c r="K335" s="57">
         <v>0.5</v>
       </c>
       <c r="L335" s="57">
         <v>1.3</v>
       </c>
       <c r="M335" s="57">
         <v>0.7</v>
       </c>
       <c r="N335" s="57">
         <v>0.5</v>
       </c>
       <c r="O335" s="57">
         <v>1.3</v>
       </c>
       <c r="P335" s="58">
         <v>4</v>
       </c>
       <c r="Q335" s="58">
         <v>2.4</v>
       </c>
       <c r="R335" s="58">
         <v>7.2</v>
       </c>
-      <c r="S335" s="69">
+      <c r="S335" s="87">
         <v>3.8</v>
       </c>
-      <c r="T335" s="69">
+      <c r="T335" s="87">
         <v>2.2000000000000002</v>
       </c>
-      <c r="U335" s="69">
+      <c r="U335" s="87">
         <v>7.2</v>
       </c>
-      <c r="V335" s="73"/>
-[...3 lines deleted...]
-      <c r="Z335" s="73"/>
+      <c r="V335" s="62"/>
+      <c r="W335" s="62"/>
+      <c r="X335" s="62"/>
+      <c r="Y335" s="62"/>
+      <c r="Z335" s="62"/>
     </row>
     <row r="336" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B336" s="54"/>
       <c r="C336" s="55" t="s">
         <v>14</v>
       </c>
       <c r="D336" s="56">
         <v>136.99</v>
       </c>
       <c r="E336" s="56">
         <v>133.31</v>
       </c>
       <c r="F336" s="56">
         <v>144.01</v>
       </c>
-      <c r="G336" s="65">
+      <c r="G336" s="80">
         <v>139.24</v>
       </c>
-      <c r="H336" s="65">
+      <c r="H336" s="80">
         <v>136.29</v>
       </c>
-      <c r="I336" s="65">
+      <c r="I336" s="80">
         <v>144.5</v>
       </c>
       <c r="J336" s="57">
         <v>0.5</v>
       </c>
       <c r="K336" s="57">
         <v>0.2</v>
       </c>
       <c r="L336" s="57">
         <v>1.1000000000000001</v>
       </c>
       <c r="M336" s="57">
         <v>0.5</v>
       </c>
       <c r="N336" s="57">
         <v>0.2</v>
       </c>
       <c r="O336" s="57">
         <v>1.1000000000000001</v>
       </c>
       <c r="P336" s="58">
         <v>4.3</v>
       </c>
       <c r="Q336" s="58">
         <v>2.8</v>
       </c>
       <c r="R336" s="58">
         <v>7.6</v>
       </c>
-      <c r="S336" s="69">
+      <c r="S336" s="87">
         <v>4.2</v>
       </c>
-      <c r="T336" s="69">
+      <c r="T336" s="87">
         <v>2.6</v>
       </c>
-      <c r="U336" s="69">
+      <c r="U336" s="87">
         <v>7.6</v>
       </c>
-      <c r="V336" s="73"/>
-[...3 lines deleted...]
-      <c r="Z336" s="73"/>
+      <c r="V336" s="62"/>
+      <c r="W336" s="62"/>
+      <c r="X336" s="62"/>
+      <c r="Y336" s="62"/>
+      <c r="Z336" s="62"/>
     </row>
     <row r="337" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B337" s="54"/>
       <c r="C337" s="55" t="s">
         <v>15</v>
       </c>
       <c r="D337" s="56">
         <v>138.1</v>
       </c>
       <c r="E337" s="56">
         <v>133.33000000000001</v>
       </c>
       <c r="F337" s="56">
         <v>147.47</v>
       </c>
-      <c r="G337" s="65">
+      <c r="G337" s="80">
         <v>140.36000000000001</v>
       </c>
-      <c r="H337" s="65">
+      <c r="H337" s="80">
         <v>136.31</v>
       </c>
-      <c r="I337" s="65">
+      <c r="I337" s="80">
         <v>147.97999999999999</v>
       </c>
       <c r="J337" s="57">
         <v>0.8</v>
       </c>
       <c r="K337" s="57">
         <v>0</v>
       </c>
       <c r="L337" s="57">
         <v>2.4</v>
       </c>
       <c r="M337" s="57">
         <v>0.8</v>
       </c>
       <c r="N337" s="57">
         <v>0</v>
       </c>
       <c r="O337" s="57">
         <v>2.4</v>
       </c>
       <c r="P337" s="58">
         <v>4.4000000000000004</v>
       </c>
       <c r="Q337" s="58">
         <v>2.8</v>
       </c>
       <c r="R337" s="58">
         <v>7.5</v>
       </c>
-      <c r="S337" s="69">
+      <c r="S337" s="87">
         <v>4.2</v>
       </c>
-      <c r="T337" s="69">
+      <c r="T337" s="87">
         <v>2.6</v>
       </c>
-      <c r="U337" s="69">
+      <c r="U337" s="87">
         <v>7.5</v>
       </c>
-      <c r="V337" s="73"/>
-[...3 lines deleted...]
-      <c r="Z337" s="73"/>
+      <c r="V337" s="62"/>
+      <c r="W337" s="62"/>
+      <c r="X337" s="62"/>
+      <c r="Y337" s="62"/>
+      <c r="Z337" s="62"/>
     </row>
     <row r="338" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B338" s="54"/>
       <c r="C338" s="55" t="s">
         <v>16</v>
       </c>
       <c r="D338" s="56">
         <v>139.77000000000001</v>
       </c>
       <c r="E338" s="56">
         <v>133.58000000000001</v>
       </c>
       <c r="F338" s="56">
         <v>152.18</v>
       </c>
-      <c r="G338" s="65">
+      <c r="G338" s="80">
         <v>141.88999999999999</v>
       </c>
-      <c r="H338" s="65">
+      <c r="H338" s="80">
         <v>136.32</v>
       </c>
-      <c r="I338" s="65">
+      <c r="I338" s="80">
         <v>152.69999999999999</v>
       </c>
       <c r="J338" s="57">
         <v>1.2</v>
       </c>
       <c r="K338" s="57">
         <v>0.2</v>
       </c>
       <c r="L338" s="57">
         <v>3.2</v>
       </c>
       <c r="M338" s="57">
         <v>1.1000000000000001</v>
       </c>
       <c r="N338" s="57">
         <v>0</v>
       </c>
       <c r="O338" s="57">
         <v>3.2</v>
       </c>
       <c r="P338" s="58">
         <v>4.5</v>
       </c>
       <c r="Q338" s="58">
         <v>3.5</v>
       </c>
       <c r="R338" s="58">
         <v>6.6</v>
       </c>
-      <c r="S338" s="69">
+      <c r="S338" s="87">
         <v>4.4000000000000004</v>
       </c>
-      <c r="T338" s="69">
+      <c r="T338" s="87">
         <v>3.4</v>
       </c>
-      <c r="U338" s="69">
+      <c r="U338" s="87">
         <v>6.6</v>
       </c>
-      <c r="V338" s="73"/>
-[...3 lines deleted...]
-      <c r="Z338" s="73"/>
+      <c r="V338" s="62"/>
+      <c r="W338" s="62"/>
+      <c r="X338" s="62"/>
+      <c r="Y338" s="62"/>
+      <c r="Z338" s="62"/>
     </row>
     <row r="339" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B339" s="54"/>
       <c r="C339" s="55" t="s">
         <v>17</v>
       </c>
       <c r="D339" s="56">
         <v>140.06</v>
       </c>
       <c r="E339" s="56">
         <v>133.12</v>
       </c>
       <c r="F339" s="56">
         <v>154.11000000000001</v>
       </c>
-      <c r="G339" s="65">
+      <c r="G339" s="80">
         <v>142.18</v>
       </c>
-      <c r="H339" s="65">
+      <c r="H339" s="80">
         <v>135.85</v>
       </c>
-      <c r="I339" s="65">
+      <c r="I339" s="80">
         <v>154.63999999999999</v>
       </c>
       <c r="J339" s="57">
         <v>0.2</v>
       </c>
       <c r="K339" s="57">
         <v>-0.3</v>
       </c>
       <c r="L339" s="57">
         <v>1.3</v>
       </c>
       <c r="M339" s="57">
         <v>0.2</v>
       </c>
       <c r="N339" s="57">
         <v>-0.3</v>
       </c>
       <c r="O339" s="57">
         <v>1.3</v>
       </c>
       <c r="P339" s="58">
         <v>4.5999999999999996</v>
       </c>
       <c r="Q339" s="58">
         <v>3.5</v>
       </c>
       <c r="R339" s="58">
         <v>7.1</v>
       </c>
-      <c r="S339" s="69">
+      <c r="S339" s="87">
         <v>4.5</v>
       </c>
-      <c r="T339" s="69">
+      <c r="T339" s="87">
         <v>3.3</v>
       </c>
-      <c r="U339" s="69">
+      <c r="U339" s="87">
         <v>7.1</v>
       </c>
-      <c r="V339" s="73"/>
-[...7 lines deleted...]
-      <c r="C340" s="79" t="s">
+      <c r="V339" s="62"/>
+      <c r="W339" s="62"/>
+      <c r="X339" s="62"/>
+      <c r="Y339" s="62"/>
+      <c r="Z339" s="62"/>
+    </row>
+    <row r="340" spans="2:26" s="53" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="54"/>
+      <c r="C340" s="55" t="s">
         <v>18</v>
       </c>
-      <c r="D340" s="80">
+      <c r="D340" s="56">
         <v>139.25</v>
       </c>
-      <c r="E340" s="80">
+      <c r="E340" s="56">
         <v>134.29</v>
       </c>
-      <c r="F340" s="75">
+      <c r="F340" s="56">
         <v>149.03</v>
       </c>
-      <c r="G340" s="76">
+      <c r="G340" s="80">
         <v>141.36000000000001</v>
       </c>
-      <c r="H340" s="76">
+      <c r="H340" s="80">
         <v>137.04</v>
       </c>
-      <c r="I340" s="76">
+      <c r="I340" s="80">
         <v>149.55000000000001</v>
       </c>
-      <c r="J340" s="48">
+      <c r="J340" s="57">
         <v>-0.6</v>
       </c>
-      <c r="K340" s="48">
+      <c r="K340" s="57">
         <v>0.9</v>
       </c>
-      <c r="L340" s="48">
+      <c r="L340" s="57">
         <v>-3.3</v>
       </c>
-      <c r="M340" s="48">
+      <c r="M340" s="57">
         <v>-0.6</v>
       </c>
-      <c r="N340" s="48">
+      <c r="N340" s="57">
         <v>0.9</v>
       </c>
-      <c r="O340" s="48">
+      <c r="O340" s="57">
         <v>-3.3</v>
       </c>
-      <c r="P340" s="49">
+      <c r="P340" s="58">
         <v>4.5999999999999996</v>
       </c>
-      <c r="Q340" s="49">
+      <c r="Q340" s="58">
         <v>3.5</v>
       </c>
-      <c r="R340" s="49">
+      <c r="R340" s="58">
         <v>7</v>
       </c>
-      <c r="S340" s="70">
+      <c r="S340" s="87">
         <v>4.5</v>
       </c>
-      <c r="T340" s="70">
+      <c r="T340" s="87">
         <v>3.3</v>
       </c>
-      <c r="U340" s="70">
+      <c r="U340" s="87">
         <v>7</v>
       </c>
+      <c r="V340" s="62"/>
+      <c r="W340" s="62"/>
+      <c r="X340" s="62"/>
+      <c r="Y340" s="62"/>
+      <c r="Z340" s="62"/>
     </row>
     <row r="341" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D341" s="23"/>
-[...16 lines deleted...]
-      <c r="U341" s="71"/>
+      <c r="B341" s="63"/>
+      <c r="C341" s="64" t="s">
+        <v>19</v>
+      </c>
+      <c r="D341" s="84">
+        <v>139.5</v>
+      </c>
+      <c r="E341" s="84">
+        <v>135.07</v>
+      </c>
+      <c r="F341" s="85">
+        <v>148.13999999999999</v>
+      </c>
+      <c r="G341" s="86">
+        <v>141.62</v>
+      </c>
+      <c r="H341" s="86">
+        <v>137.84</v>
+      </c>
+      <c r="I341" s="86">
+        <v>148.65</v>
+      </c>
+      <c r="J341" s="48">
+        <v>0.2</v>
+      </c>
+      <c r="K341" s="48">
+        <v>0.6</v>
+      </c>
+      <c r="L341" s="48">
+        <v>-0.6</v>
+      </c>
+      <c r="M341" s="48">
+        <v>0.2</v>
+      </c>
+      <c r="N341" s="48">
+        <v>0.6</v>
+      </c>
+      <c r="O341" s="48">
+        <v>-0.6</v>
+      </c>
+      <c r="P341" s="49">
+        <v>4</v>
+      </c>
+      <c r="Q341" s="49">
+        <v>2.4</v>
+      </c>
+      <c r="R341" s="49">
+        <v>7.3</v>
+      </c>
+      <c r="S341" s="88">
+        <v>3.9</v>
+      </c>
+      <c r="T341" s="88">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="U341" s="88">
+        <v>7.3</v>
+      </c>
     </row>
     <row r="342" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B342" s="50" t="s">
+      <c r="D342" s="23"/>
+      <c r="E342" s="23"/>
+      <c r="F342" s="23"/>
+      <c r="G342" s="81"/>
+      <c r="H342" s="81"/>
+      <c r="I342" s="82"/>
+      <c r="J342" s="60"/>
+      <c r="K342" s="60"/>
+      <c r="L342" s="60"/>
+      <c r="M342" s="60"/>
+      <c r="N342" s="60"/>
+      <c r="O342" s="60"/>
+      <c r="P342" s="60"/>
+      <c r="Q342" s="28"/>
+      <c r="R342" s="28"/>
+      <c r="S342" s="60"/>
+      <c r="T342" s="60"/>
+      <c r="U342" s="60"/>
+    </row>
+    <row r="343" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="50" t="s">
         <v>40</v>
       </c>
-      <c r="E342" s="24"/>
-[...1 lines deleted...]
-    <row r="343" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E343" s="24"/>
     </row>
     <row r="344" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E344" s="24"/>
     </row>
-    <row r="346" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C346" s="25"/>
+    <row r="345" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E345" s="24"/>
+    </row>
+    <row r="347" spans="2:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="25"/>
+      <c r="C347" s="25"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="S6:U6"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:I5"/>
     <mergeCell ref="J5:O5"/>
     <mergeCell ref="P5:U5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="J6:L6"/>
     <mergeCell ref="M6:O6"/>
     <mergeCell ref="P6:R6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>