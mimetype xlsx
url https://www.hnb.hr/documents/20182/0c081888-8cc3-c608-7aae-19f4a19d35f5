--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250731 - objava 20250930\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250831 - objava 20251031\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="465" windowWidth="38400" windowHeight="20160" tabRatio="421"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="84">
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti ulaganja</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti fonda</t>
   </si>
   <si>
     <t>2011.</t>
@@ -959,83 +959,83 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:IA19"/>
+  <dimension ref="B1:IB19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="10" customWidth="1"/>
     <col min="2" max="2" width="65.6640625" style="10" customWidth="1"/>
     <col min="3" max="16" width="10.1640625" style="10" customWidth="1"/>
     <col min="17" max="17" width="15.6640625" style="10" customWidth="1"/>
     <col min="18" max="42" width="10.6640625" style="10"/>
     <col min="43" max="71" width="10.6640625" style="13"/>
     <col min="72" max="72" width="15.6640625" style="10" customWidth="1"/>
     <col min="73" max="149" width="10.6640625" style="10"/>
     <col min="150" max="185" width="10.6640625" style="13"/>
     <col min="186" max="16384" width="10.6640625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="23"/>
     </row>
-    <row r="2" spans="2:235" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:236" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="26" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="3" spans="2:235" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:236" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="25" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="4" spans="2:235" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:235" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:236" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:236" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
       <c r="Z5" s="1"/>
@@ -1172,51 +1172,51 @@
       <c r="FF5" s="5"/>
       <c r="FG5" s="5"/>
       <c r="FH5" s="5"/>
       <c r="FI5" s="5"/>
       <c r="FJ5" s="5"/>
       <c r="FK5" s="5"/>
       <c r="FL5" s="5"/>
       <c r="FM5" s="5"/>
       <c r="FN5" s="5"/>
       <c r="FO5" s="5"/>
       <c r="FP5" s="5"/>
       <c r="FQ5" s="5"/>
       <c r="FR5" s="5"/>
       <c r="FS5" s="5"/>
       <c r="FT5" s="5"/>
       <c r="FU5" s="5"/>
       <c r="FV5" s="5"/>
       <c r="FW5" s="5"/>
       <c r="FX5" s="5"/>
       <c r="FY5" s="5"/>
       <c r="FZ5" s="5"/>
       <c r="GA5" s="5"/>
       <c r="GB5" s="5"/>
       <c r="GC5" s="5"/>
     </row>
-    <row r="6" spans="2:235" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:236" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="17"/>
       <c r="C6" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="18" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="18" t="s">
         <v>10</v>
       </c>
       <c r="J6" s="18" t="s">
         <v>9</v>
       </c>
@@ -1873,52 +1873,55 @@
       </c>
       <c r="HT6" s="21">
         <v>45657</v>
       </c>
       <c r="HU6" s="21">
         <v>45688</v>
       </c>
       <c r="HV6" s="21">
         <v>45716</v>
       </c>
       <c r="HW6" s="21">
         <v>45747</v>
       </c>
       <c r="HX6" s="21">
         <v>45777</v>
       </c>
       <c r="HY6" s="21">
         <v>45808</v>
       </c>
       <c r="HZ6" s="21">
         <v>45838</v>
       </c>
       <c r="IA6" s="21">
         <v>45869</v>
       </c>
+      <c r="IB6" s="21">
+        <v>45900</v>
+      </c>
     </row>
-    <row r="7" spans="2:235" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:236" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
@@ -2111,52 +2114,53 @@
       <c r="HC7" s="1"/>
       <c r="HD7" s="1"/>
       <c r="HE7" s="1"/>
       <c r="HF7" s="1"/>
       <c r="HG7" s="1"/>
       <c r="HH7" s="1"/>
       <c r="HI7" s="1"/>
       <c r="HJ7" s="1"/>
       <c r="HK7" s="1"/>
       <c r="HL7" s="1"/>
       <c r="HM7" s="1"/>
       <c r="HN7" s="1"/>
       <c r="HO7" s="1"/>
       <c r="HP7" s="1"/>
       <c r="HQ7" s="1"/>
       <c r="HR7" s="1"/>
       <c r="HS7" s="1"/>
       <c r="HT7" s="1"/>
       <c r="HU7" s="1"/>
       <c r="HV7" s="1"/>
       <c r="HW7" s="1"/>
       <c r="HX7" s="1"/>
       <c r="HY7" s="1"/>
       <c r="HZ7" s="1"/>
       <c r="IA7" s="1"/>
+      <c r="IB7" s="1"/>
     </row>
-    <row r="8" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="7">
         <v>-42.03</v>
       </c>
       <c r="E8" s="7">
         <v>-19.690000000000001</v>
       </c>
       <c r="F8" s="7">
         <v>64.02</v>
       </c>
       <c r="G8" s="7">
         <v>70.5</v>
       </c>
       <c r="H8" s="7">
         <v>339.66</v>
       </c>
       <c r="I8" s="7">
         <v>292.82</v>
       </c>
       <c r="J8" s="7">
@@ -2815,52 +2819,55 @@
       </c>
       <c r="HT8" s="9">
         <v>-16.09</v>
       </c>
       <c r="HU8" s="9">
         <v>-3.97</v>
       </c>
       <c r="HV8" s="9">
         <v>-0.88</v>
       </c>
       <c r="HW8" s="9">
         <v>20.29</v>
       </c>
       <c r="HX8" s="9">
         <v>-16.91</v>
       </c>
       <c r="HY8" s="9">
         <v>0.35</v>
       </c>
       <c r="HZ8" s="9">
         <v>-34.92</v>
       </c>
       <c r="IA8" s="9">
         <v>-9.07</v>
       </c>
+      <c r="IB8" s="9">
+        <v>25.9</v>
+      </c>
     </row>
-    <row r="9" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="7">
         <v>-50.51</v>
       </c>
       <c r="E9" s="7">
         <v>-46.43</v>
       </c>
       <c r="F9" s="7">
         <v>-19.84</v>
       </c>
       <c r="G9" s="7">
         <v>-22.97</v>
       </c>
       <c r="H9" s="7">
         <v>-4.84</v>
       </c>
       <c r="I9" s="7">
         <v>21.82</v>
       </c>
       <c r="J9" s="7">
@@ -3519,52 +3526,55 @@
       </c>
       <c r="HT9" s="9">
         <v>0.27</v>
       </c>
       <c r="HU9" s="9">
         <v>-0.45</v>
       </c>
       <c r="HV9" s="9">
         <v>20.51</v>
       </c>
       <c r="HW9" s="9">
         <v>-10.93</v>
       </c>
       <c r="HX9" s="9">
         <v>-28.83</v>
       </c>
       <c r="HY9" s="9">
         <v>21.88</v>
       </c>
       <c r="HZ9" s="9">
         <v>16.02</v>
       </c>
       <c r="IA9" s="9">
         <v>22.06</v>
       </c>
+      <c r="IB9" s="9">
+        <v>12.99</v>
+      </c>
     </row>
-    <row r="10" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="24" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="7">
         <v>-44.96</v>
       </c>
       <c r="E10" s="7">
         <v>-18.579999999999998</v>
       </c>
       <c r="F10" s="7">
         <v>-0.82</v>
       </c>
       <c r="G10" s="7">
         <v>43.71</v>
       </c>
       <c r="H10" s="7">
         <v>-19.399999999999999</v>
       </c>
       <c r="I10" s="7">
         <v>30.94</v>
       </c>
       <c r="J10" s="7">
@@ -4223,52 +4233,55 @@
       </c>
       <c r="HT10" s="9">
         <v>3.62</v>
       </c>
       <c r="HU10" s="9">
         <v>2.11</v>
       </c>
       <c r="HV10" s="9">
         <v>0.32</v>
       </c>
       <c r="HW10" s="9">
         <v>-6.77</v>
       </c>
       <c r="HX10" s="9">
         <v>-17.670000000000002</v>
       </c>
       <c r="HY10" s="9">
         <v>0.73</v>
       </c>
       <c r="HZ10" s="9">
         <v>-3.98</v>
       </c>
       <c r="IA10" s="9">
         <v>-0.35</v>
       </c>
+      <c r="IB10" s="9">
+        <v>0.46</v>
+      </c>
     </row>
-    <row r="11" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D11" s="7">
         <v>-9.5</v>
       </c>
       <c r="E11" s="7">
         <v>-1.0900000000000001</v>
       </c>
       <c r="F11" s="7">
         <v>-0.27</v>
       </c>
       <c r="G11" s="7">
         <v>-5.64</v>
       </c>
       <c r="H11" s="7">
         <v>-0.77</v>
       </c>
       <c r="I11" s="7">
         <v>1.31</v>
       </c>
       <c r="J11" s="7">
@@ -4927,52 +4940,55 @@
       </c>
       <c r="HT11" s="9">
         <v>-0.01</v>
       </c>
       <c r="HU11" s="9">
         <v>-0.01</v>
       </c>
       <c r="HV11" s="9">
         <v>0.5</v>
       </c>
       <c r="HW11" s="9">
         <v>0.27</v>
       </c>
       <c r="HX11" s="9">
         <v>0</v>
       </c>
       <c r="HY11" s="9">
         <v>1.63</v>
       </c>
       <c r="HZ11" s="9">
         <v>27.99</v>
       </c>
       <c r="IA11" s="9">
         <v>5.71</v>
       </c>
+      <c r="IB11" s="9">
+        <v>0.13</v>
+      </c>
     </row>
-    <row r="12" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="24" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D12" s="7">
         <v>24.43</v>
       </c>
       <c r="E12" s="7">
         <v>6.08</v>
       </c>
       <c r="F12" s="7">
         <v>59</v>
       </c>
       <c r="G12" s="7">
         <v>32.82</v>
       </c>
       <c r="H12" s="7">
         <v>24.67</v>
       </c>
       <c r="I12" s="7">
         <v>32.659999999999997</v>
       </c>
       <c r="J12" s="7">
@@ -5631,52 +5647,55 @@
       </c>
       <c r="HT12" s="9">
         <v>28.8</v>
       </c>
       <c r="HU12" s="9">
         <v>25.05</v>
       </c>
       <c r="HV12" s="9">
         <v>-9.85</v>
       </c>
       <c r="HW12" s="9">
         <v>10.34</v>
       </c>
       <c r="HX12" s="9">
         <v>6.11</v>
       </c>
       <c r="HY12" s="9">
         <v>-12.95</v>
       </c>
       <c r="HZ12" s="9">
         <v>32.32</v>
       </c>
       <c r="IA12" s="9">
         <v>3.97</v>
       </c>
+      <c r="IB12" s="9">
+        <v>2.0299999999999998</v>
+      </c>
     </row>
-    <row r="13" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>0</v>
       </c>
       <c r="D13" s="16">
         <v>-122.57</v>
       </c>
       <c r="E13" s="16">
         <v>-79.7</v>
       </c>
       <c r="F13" s="16">
         <v>102.1</v>
       </c>
       <c r="G13" s="16">
         <v>118.43</v>
       </c>
       <c r="H13" s="16">
         <v>339.33</v>
       </c>
       <c r="I13" s="16">
         <v>379.55</v>
       </c>
       <c r="J13" s="16">
@@ -6335,52 +6354,55 @@
       </c>
       <c r="HT13" s="16">
         <v>16.59</v>
       </c>
       <c r="HU13" s="16">
         <v>22.74</v>
       </c>
       <c r="HV13" s="16">
         <v>10.6</v>
       </c>
       <c r="HW13" s="16">
         <v>13.2</v>
       </c>
       <c r="HX13" s="16">
         <v>-57.3</v>
       </c>
       <c r="HY13" s="16">
         <v>11.64</v>
       </c>
       <c r="HZ13" s="16">
         <v>37.44</v>
       </c>
       <c r="IA13" s="16">
         <v>22.33</v>
       </c>
+      <c r="IB13" s="16">
+        <v>41.5</v>
+      </c>
     </row>
-    <row r="14" spans="2:235" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:236" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1">
         <v>0</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
@@ -6575,52 +6597,53 @@
       <c r="HC14" s="2"/>
       <c r="HD14" s="2"/>
       <c r="HE14" s="2"/>
       <c r="HF14" s="2"/>
       <c r="HG14" s="2"/>
       <c r="HH14" s="2"/>
       <c r="HI14" s="2"/>
       <c r="HJ14" s="2"/>
       <c r="HK14" s="2"/>
       <c r="HL14" s="2"/>
       <c r="HM14" s="2"/>
       <c r="HN14" s="2"/>
       <c r="HO14" s="2"/>
       <c r="HP14" s="2"/>
       <c r="HQ14" s="2"/>
       <c r="HR14" s="2"/>
       <c r="HS14" s="2"/>
       <c r="HT14" s="2"/>
       <c r="HU14" s="2"/>
       <c r="HV14" s="2"/>
       <c r="HW14" s="2"/>
       <c r="HX14" s="2"/>
       <c r="HY14" s="2"/>
       <c r="HZ14" s="2"/>
       <c r="IA14" s="2"/>
+      <c r="IB14" s="2"/>
     </row>
-    <row r="15" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D15" s="7">
         <v>-114.77</v>
       </c>
       <c r="E15" s="7">
         <v>-64.45</v>
       </c>
       <c r="F15" s="7">
         <v>102.78</v>
       </c>
       <c r="G15" s="7">
         <v>126.8</v>
       </c>
       <c r="H15" s="7">
         <v>347.06</v>
       </c>
       <c r="I15" s="7">
         <v>382.04</v>
       </c>
       <c r="J15" s="7">
@@ -7279,52 +7302,55 @@
       </c>
       <c r="HT15" s="9">
         <v>17.600000000000001</v>
       </c>
       <c r="HU15" s="9">
         <v>37.880000000000003</v>
       </c>
       <c r="HV15" s="9">
         <v>3.49</v>
       </c>
       <c r="HW15" s="9">
         <v>6.27</v>
       </c>
       <c r="HX15" s="9">
         <v>-56.6</v>
       </c>
       <c r="HY15" s="9">
         <v>19.63</v>
       </c>
       <c r="HZ15" s="9">
         <v>28.27</v>
       </c>
       <c r="IA15" s="9">
         <v>27.14</v>
       </c>
+      <c r="IB15" s="9">
+        <v>42.15</v>
+      </c>
     </row>
-    <row r="16" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="24" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="7">
         <v>-7.8</v>
       </c>
       <c r="E16" s="7">
         <v>-15.26</v>
       </c>
       <c r="F16" s="7">
         <v>-0.68</v>
       </c>
       <c r="G16" s="7">
         <v>-8.3800000000000008</v>
       </c>
       <c r="H16" s="7">
         <v>-7.72</v>
       </c>
       <c r="I16" s="7">
         <v>-2.48</v>
       </c>
       <c r="J16" s="7">
@@ -7983,52 +8009,55 @@
       </c>
       <c r="HT16" s="9">
         <v>-1.02</v>
       </c>
       <c r="HU16" s="9">
         <v>-15.14</v>
       </c>
       <c r="HV16" s="9">
         <v>7.11</v>
       </c>
       <c r="HW16" s="9">
         <v>6.92</v>
       </c>
       <c r="HX16" s="9">
         <v>-0.7</v>
       </c>
       <c r="HY16" s="9">
         <v>-7.99</v>
       </c>
       <c r="HZ16" s="9">
         <v>9.18</v>
       </c>
       <c r="IA16" s="9">
         <v>-4.8099999999999996</v>
       </c>
+      <c r="IB16" s="9">
+        <v>-0.64</v>
+      </c>
     </row>
-    <row r="17" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D17" s="12">
         <v>-122.57</v>
       </c>
       <c r="E17" s="12">
         <v>-79.7</v>
       </c>
       <c r="F17" s="12">
         <v>102.1</v>
       </c>
       <c r="G17" s="12">
         <v>118.43</v>
       </c>
       <c r="H17" s="12">
         <v>339.33</v>
       </c>
       <c r="I17" s="12">
         <v>379.55</v>
       </c>
       <c r="J17" s="12">
@@ -8687,81 +8716,84 @@
       </c>
       <c r="HT17" s="12">
         <v>16.59</v>
       </c>
       <c r="HU17" s="12">
         <v>22.74</v>
       </c>
       <c r="HV17" s="12">
         <v>10.6</v>
       </c>
       <c r="HW17" s="12">
         <v>13.2</v>
       </c>
       <c r="HX17" s="12">
         <v>-57.3</v>
       </c>
       <c r="HY17" s="12">
         <v>11.64</v>
       </c>
       <c r="HZ17" s="12">
         <v>37.44</v>
       </c>
       <c r="IA17" s="12">
         <v>22.33</v>
       </c>
+      <c r="IB17" s="12">
+        <v>41.5</v>
+      </c>
     </row>
-    <row r="18" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="FC18" s="14"/>
       <c r="FD18" s="14"/>
       <c r="FE18" s="14"/>
       <c r="FF18" s="14"/>
       <c r="FG18" s="14"/>
       <c r="FH18" s="14"/>
       <c r="FI18" s="14"/>
       <c r="FJ18" s="14"/>
       <c r="FK18" s="14"/>
       <c r="FL18" s="14"/>
       <c r="FM18" s="14"/>
       <c r="FN18" s="14"/>
       <c r="FO18" s="14"/>
       <c r="FP18" s="14"/>
       <c r="FQ18" s="14"/>
       <c r="FR18" s="14"/>
       <c r="FS18" s="14"/>
       <c r="FT18" s="14"/>
       <c r="FU18" s="14"/>
       <c r="FV18" s="14"/>
       <c r="FW18" s="14"/>
       <c r="FX18" s="14"/>
       <c r="FY18" s="14"/>
       <c r="FZ18" s="14"/>
       <c r="GA18" s="14"/>
       <c r="GB18" s="14"/>
       <c r="GC18" s="14"/>
     </row>
-    <row r="19" spans="2:235" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>