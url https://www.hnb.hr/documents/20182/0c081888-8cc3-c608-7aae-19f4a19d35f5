--- v1 (2025-11-04)
+++ v2 (2026-01-03)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250831 - objava 20251031\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251031 - objava 20251231\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="465" windowWidth="38400" windowHeight="20160" tabRatio="421"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="85">
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti ulaganja</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti fonda</t>
   </si>
   <si>
     <t>2011.</t>
   </si>
   <si>
     <t>2012.</t>
   </si>
   <si>
     <t>2013.</t>
   </si>
   <si>
     <t>2014.</t>
   </si>
   <si>
     <t>2015.</t>
   </si>
   <si>
@@ -421,50 +421,53 @@
     <t>2023.</t>
   </si>
   <si>
     <t>4. tr. 23.</t>
   </si>
   <si>
     <t>1. tr. 24.</t>
   </si>
   <si>
     <t>2. tr. 24.</t>
   </si>
   <si>
     <t>3. tr. 24.</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t>4. tr. 24.</t>
   </si>
   <si>
     <t xml:space="preserve">1. tr. 25. </t>
   </si>
   <si>
     <t xml:space="preserve">2. tr. 25. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">3. tr. 25. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="yyyy\."/>
     <numFmt numFmtId="166" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
@@ -959,83 +962,83 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:IB19"/>
+  <dimension ref="B1:IE19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="10" customWidth="1"/>
     <col min="2" max="2" width="65.6640625" style="10" customWidth="1"/>
     <col min="3" max="16" width="10.1640625" style="10" customWidth="1"/>
     <col min="17" max="17" width="15.6640625" style="10" customWidth="1"/>
     <col min="18" max="42" width="10.6640625" style="10"/>
-    <col min="43" max="71" width="10.6640625" style="13"/>
-[...3 lines deleted...]
-    <col min="186" max="16384" width="10.6640625" style="10"/>
+    <col min="43" max="72" width="10.6640625" style="13"/>
+    <col min="73" max="73" width="15.6640625" style="10" customWidth="1"/>
+    <col min="74" max="150" width="10.6640625" style="10"/>
+    <col min="151" max="186" width="10.6640625" style="13"/>
+    <col min="187" max="16384" width="10.6640625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="23"/>
     </row>
-    <row r="2" spans="2:236" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:239" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="26" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="3" spans="2:236" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:239" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="25" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="4" spans="2:236" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:236" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:239" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:239" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
       <c r="Z5" s="1"/>
@@ -1062,51 +1065,51 @@
       <c r="AU5" s="5"/>
       <c r="AV5" s="5"/>
       <c r="AW5" s="5"/>
       <c r="AX5" s="5"/>
       <c r="AY5" s="5"/>
       <c r="AZ5" s="5"/>
       <c r="BA5" s="5"/>
       <c r="BB5" s="5"/>
       <c r="BC5" s="5"/>
       <c r="BD5" s="5"/>
       <c r="BE5" s="5"/>
       <c r="BF5" s="5"/>
       <c r="BG5" s="5"/>
       <c r="BH5" s="5"/>
       <c r="BI5" s="5"/>
       <c r="BJ5" s="5"/>
       <c r="BK5" s="5"/>
       <c r="BL5" s="5"/>
       <c r="BM5" s="5"/>
       <c r="BN5" s="5"/>
       <c r="BO5" s="5"/>
       <c r="BP5" s="5"/>
       <c r="BQ5" s="5"/>
       <c r="BR5" s="5"/>
       <c r="BS5" s="5"/>
-      <c r="BT5" s="1"/>
+      <c r="BT5" s="5"/>
       <c r="BU5" s="1"/>
       <c r="BV5" s="1"/>
       <c r="BW5" s="1"/>
       <c r="BX5" s="1"/>
       <c r="BY5" s="1"/>
       <c r="BZ5" s="1"/>
       <c r="CA5" s="1"/>
       <c r="CB5" s="1"/>
       <c r="CC5" s="1"/>
       <c r="CD5" s="1"/>
       <c r="CE5" s="1"/>
       <c r="CF5" s="1"/>
       <c r="CG5" s="1"/>
       <c r="CH5" s="1"/>
       <c r="CI5" s="1"/>
       <c r="CJ5" s="1"/>
       <c r="CK5" s="1"/>
       <c r="CL5" s="1"/>
       <c r="CM5" s="1"/>
       <c r="CN5" s="1"/>
       <c r="CO5" s="1"/>
       <c r="CP5" s="1"/>
       <c r="CQ5" s="1"/>
       <c r="CR5" s="1"/>
       <c r="CS5" s="1"/>
@@ -1135,88 +1138,89 @@
       <c r="DP5" s="1"/>
       <c r="DQ5" s="1"/>
       <c r="DR5" s="1"/>
       <c r="DS5" s="1"/>
       <c r="DT5" s="1"/>
       <c r="DU5" s="1"/>
       <c r="DV5" s="1"/>
       <c r="DW5" s="1"/>
       <c r="DX5" s="1"/>
       <c r="DY5" s="1"/>
       <c r="DZ5" s="1"/>
       <c r="EA5" s="1"/>
       <c r="EB5" s="1"/>
       <c r="EC5" s="1"/>
       <c r="ED5" s="1"/>
       <c r="EE5" s="1"/>
       <c r="EF5" s="1"/>
       <c r="EG5" s="1"/>
       <c r="EH5" s="1"/>
       <c r="EI5" s="1"/>
       <c r="EJ5" s="1"/>
       <c r="EK5" s="1"/>
       <c r="EL5" s="1"/>
       <c r="EM5" s="1"/>
       <c r="EN5" s="1"/>
-      <c r="ET5" s="5"/>
+      <c r="EO5" s="1"/>
       <c r="EU5" s="5"/>
       <c r="EV5" s="5"/>
       <c r="EW5" s="5"/>
       <c r="EX5" s="5"/>
       <c r="EY5" s="5"/>
       <c r="EZ5" s="5"/>
       <c r="FA5" s="5"/>
       <c r="FB5" s="5"/>
       <c r="FC5" s="5"/>
       <c r="FD5" s="5"/>
       <c r="FE5" s="5"/>
       <c r="FF5" s="5"/>
       <c r="FG5" s="5"/>
       <c r="FH5" s="5"/>
       <c r="FI5" s="5"/>
       <c r="FJ5" s="5"/>
       <c r="FK5" s="5"/>
       <c r="FL5" s="5"/>
       <c r="FM5" s="5"/>
       <c r="FN5" s="5"/>
       <c r="FO5" s="5"/>
       <c r="FP5" s="5"/>
       <c r="FQ5" s="5"/>
       <c r="FR5" s="5"/>
       <c r="FS5" s="5"/>
       <c r="FT5" s="5"/>
       <c r="FU5" s="5"/>
       <c r="FV5" s="5"/>
       <c r="FW5" s="5"/>
       <c r="FX5" s="5"/>
       <c r="FY5" s="5"/>
       <c r="FZ5" s="5"/>
       <c r="GA5" s="5"/>
       <c r="GB5" s="5"/>
       <c r="GC5" s="5"/>
+      <c r="GD5" s="5"/>
     </row>
-    <row r="6" spans="2:236" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:239" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="17"/>
       <c r="C6" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="18" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="18" t="s">
         <v>10</v>
       </c>
       <c r="J6" s="18" t="s">
         <v>9</v>
       </c>
@@ -1381,547 +1385,556 @@
       </c>
       <c r="BL6" s="20" t="s">
         <v>74</v>
       </c>
       <c r="BM6" s="20" t="s">
         <v>76</v>
       </c>
       <c r="BN6" s="20" t="s">
         <v>77</v>
       </c>
       <c r="BO6" s="20" t="s">
         <v>78</v>
       </c>
       <c r="BP6" s="20" t="s">
         <v>79</v>
       </c>
       <c r="BQ6" s="20" t="s">
         <v>81</v>
       </c>
       <c r="BR6" s="20" t="s">
         <v>82</v>
       </c>
       <c r="BS6" s="20" t="s">
         <v>83</v>
       </c>
-      <c r="BT6" s="21">
+      <c r="BT6" s="20" t="s">
+        <v>84</v>
+      </c>
+      <c r="BU6" s="21">
         <v>40908</v>
       </c>
-      <c r="BU6" s="21">
+      <c r="BV6" s="21">
         <v>40939</v>
       </c>
-      <c r="BV6" s="21">
+      <c r="BW6" s="21">
         <v>40968</v>
       </c>
-      <c r="BW6" s="21">
+      <c r="BX6" s="21">
         <v>40999</v>
       </c>
-      <c r="BX6" s="21">
+      <c r="BY6" s="21">
         <v>41029</v>
       </c>
-      <c r="BY6" s="21">
+      <c r="BZ6" s="21">
         <v>41060</v>
       </c>
-      <c r="BZ6" s="21">
+      <c r="CA6" s="21">
         <v>41090</v>
       </c>
-      <c r="CA6" s="21">
+      <c r="CB6" s="21">
         <v>41121</v>
       </c>
-      <c r="CB6" s="21">
+      <c r="CC6" s="21">
         <v>41152</v>
       </c>
-      <c r="CC6" s="21">
+      <c r="CD6" s="21">
         <v>41182</v>
       </c>
-      <c r="CD6" s="21">
+      <c r="CE6" s="21">
         <v>41213</v>
       </c>
-      <c r="CE6" s="21">
+      <c r="CF6" s="21">
         <v>41243</v>
       </c>
-      <c r="CF6" s="21">
+      <c r="CG6" s="21">
         <v>41274</v>
       </c>
-      <c r="CG6" s="21">
+      <c r="CH6" s="21">
         <v>41305</v>
       </c>
-      <c r="CH6" s="21">
+      <c r="CI6" s="21">
         <v>41333</v>
       </c>
-      <c r="CI6" s="21">
+      <c r="CJ6" s="21">
         <v>41364</v>
       </c>
-      <c r="CJ6" s="21">
+      <c r="CK6" s="21">
         <v>41394</v>
       </c>
-      <c r="CK6" s="21">
+      <c r="CL6" s="21">
         <v>41425</v>
       </c>
-      <c r="CL6" s="21">
+      <c r="CM6" s="21">
         <v>41455</v>
       </c>
-      <c r="CM6" s="21">
+      <c r="CN6" s="21">
         <v>41486</v>
       </c>
-      <c r="CN6" s="21">
+      <c r="CO6" s="21">
         <v>41517</v>
       </c>
-      <c r="CO6" s="21">
+      <c r="CP6" s="21">
         <v>41547</v>
       </c>
-      <c r="CP6" s="21">
+      <c r="CQ6" s="21">
         <v>41578</v>
       </c>
-      <c r="CQ6" s="21">
+      <c r="CR6" s="21">
         <v>41608</v>
       </c>
-      <c r="CR6" s="21">
+      <c r="CS6" s="21">
         <v>41639</v>
       </c>
-      <c r="CS6" s="21">
+      <c r="CT6" s="21">
         <v>41670</v>
       </c>
-      <c r="CT6" s="21">
+      <c r="CU6" s="21">
         <v>41698</v>
       </c>
-      <c r="CU6" s="21">
+      <c r="CV6" s="21">
         <v>41729</v>
       </c>
-      <c r="CV6" s="21">
+      <c r="CW6" s="21">
         <v>41759</v>
       </c>
-      <c r="CW6" s="21">
+      <c r="CX6" s="21">
         <v>41790</v>
       </c>
-      <c r="CX6" s="21">
+      <c r="CY6" s="21">
         <v>41820</v>
       </c>
-      <c r="CY6" s="21">
+      <c r="CZ6" s="21">
         <v>41851</v>
       </c>
-      <c r="CZ6" s="21">
+      <c r="DA6" s="21">
         <v>41882</v>
       </c>
-      <c r="DA6" s="21">
+      <c r="DB6" s="21">
         <v>41912</v>
       </c>
-      <c r="DB6" s="21">
+      <c r="DC6" s="21">
         <v>41943</v>
       </c>
-      <c r="DC6" s="21">
+      <c r="DD6" s="21">
         <v>41973</v>
       </c>
-      <c r="DD6" s="21">
+      <c r="DE6" s="21">
         <v>42004</v>
       </c>
-      <c r="DE6" s="21">
+      <c r="DF6" s="21">
         <v>42035</v>
       </c>
-      <c r="DF6" s="21">
+      <c r="DG6" s="21">
         <v>42063</v>
       </c>
-      <c r="DG6" s="21">
+      <c r="DH6" s="21">
         <v>42094</v>
       </c>
-      <c r="DH6" s="21">
+      <c r="DI6" s="21">
         <v>42124</v>
       </c>
-      <c r="DI6" s="21">
+      <c r="DJ6" s="21">
         <v>42155</v>
       </c>
-      <c r="DJ6" s="21">
+      <c r="DK6" s="21">
         <v>42185</v>
       </c>
-      <c r="DK6" s="21">
+      <c r="DL6" s="21">
         <v>42216</v>
       </c>
-      <c r="DL6" s="21">
+      <c r="DM6" s="21">
         <v>42247</v>
       </c>
-      <c r="DM6" s="21">
+      <c r="DN6" s="21">
         <v>42277</v>
       </c>
-      <c r="DN6" s="21">
+      <c r="DO6" s="21">
         <v>42308</v>
       </c>
-      <c r="DO6" s="21">
+      <c r="DP6" s="21">
         <v>42338</v>
       </c>
-      <c r="DP6" s="21">
+      <c r="DQ6" s="21">
         <v>42369</v>
       </c>
-      <c r="DQ6" s="21">
+      <c r="DR6" s="21">
         <v>42400</v>
       </c>
-      <c r="DR6" s="21">
+      <c r="DS6" s="21">
         <v>42429</v>
       </c>
-      <c r="DS6" s="21">
+      <c r="DT6" s="21">
         <v>42460</v>
       </c>
-      <c r="DT6" s="21">
+      <c r="DU6" s="21">
         <v>42490</v>
       </c>
-      <c r="DU6" s="21">
+      <c r="DV6" s="21">
         <v>42521</v>
       </c>
-      <c r="DV6" s="21">
+      <c r="DW6" s="21">
         <v>42551</v>
       </c>
-      <c r="DW6" s="21">
+      <c r="DX6" s="21">
         <v>42582</v>
       </c>
-      <c r="DX6" s="21">
+      <c r="DY6" s="21">
         <v>42613</v>
       </c>
-      <c r="DY6" s="21">
+      <c r="DZ6" s="21">
         <v>42643</v>
       </c>
-      <c r="DZ6" s="21">
+      <c r="EA6" s="21">
         <v>42674</v>
       </c>
-      <c r="EA6" s="21">
+      <c r="EB6" s="21">
         <v>42704</v>
       </c>
-      <c r="EB6" s="21">
+      <c r="EC6" s="21">
         <v>42735</v>
       </c>
-      <c r="EC6" s="21">
+      <c r="ED6" s="21">
         <v>42766</v>
       </c>
-      <c r="ED6" s="21">
+      <c r="EE6" s="21">
         <v>42794</v>
       </c>
-      <c r="EE6" s="21">
+      <c r="EF6" s="21">
         <v>42825</v>
       </c>
-      <c r="EF6" s="21">
+      <c r="EG6" s="21">
         <v>42855</v>
       </c>
-      <c r="EG6" s="21">
+      <c r="EH6" s="21">
         <v>42886</v>
       </c>
-      <c r="EH6" s="21">
+      <c r="EI6" s="21">
         <v>42916</v>
       </c>
-      <c r="EI6" s="21">
+      <c r="EJ6" s="21">
         <v>42947</v>
       </c>
-      <c r="EJ6" s="21">
+      <c r="EK6" s="21">
         <v>42978</v>
       </c>
-      <c r="EK6" s="21">
+      <c r="EL6" s="21">
         <v>43008</v>
       </c>
-      <c r="EL6" s="21">
+      <c r="EM6" s="21">
         <v>43039</v>
       </c>
-      <c r="EM6" s="21">
+      <c r="EN6" s="21">
         <v>43069</v>
       </c>
-      <c r="EN6" s="21">
+      <c r="EO6" s="21">
         <v>43100</v>
       </c>
-      <c r="EO6" s="21">
+      <c r="EP6" s="21">
         <v>43131</v>
       </c>
-      <c r="EP6" s="21">
+      <c r="EQ6" s="21">
         <v>43159</v>
       </c>
-      <c r="EQ6" s="21">
+      <c r="ER6" s="21">
         <v>43190</v>
       </c>
-      <c r="ER6" s="21">
+      <c r="ES6" s="21">
         <v>43220</v>
       </c>
-      <c r="ES6" s="21">
+      <c r="ET6" s="21">
         <v>43251</v>
       </c>
-      <c r="ET6" s="21">
+      <c r="EU6" s="21">
         <v>43281</v>
       </c>
-      <c r="EU6" s="21">
+      <c r="EV6" s="21">
         <v>43312</v>
       </c>
-      <c r="EV6" s="21">
+      <c r="EW6" s="21">
         <v>43343</v>
       </c>
-      <c r="EW6" s="21">
+      <c r="EX6" s="21">
         <v>43373</v>
       </c>
-      <c r="EX6" s="21">
+      <c r="EY6" s="21">
         <v>43404</v>
       </c>
-      <c r="EY6" s="21">
+      <c r="EZ6" s="21">
         <v>43434</v>
       </c>
-      <c r="EZ6" s="21">
+      <c r="FA6" s="21">
         <v>43465</v>
       </c>
-      <c r="FA6" s="21">
+      <c r="FB6" s="21">
         <v>43496</v>
       </c>
-      <c r="FB6" s="21">
+      <c r="FC6" s="21">
         <v>43524</v>
       </c>
-      <c r="FC6" s="21">
+      <c r="FD6" s="21">
         <v>43555</v>
       </c>
-      <c r="FD6" s="21">
+      <c r="FE6" s="21">
         <v>43585</v>
       </c>
-      <c r="FE6" s="21">
+      <c r="FF6" s="21">
         <v>43616</v>
       </c>
-      <c r="FF6" s="21">
+      <c r="FG6" s="21">
         <v>43646</v>
       </c>
-      <c r="FG6" s="21">
+      <c r="FH6" s="21">
         <v>43677</v>
       </c>
-      <c r="FH6" s="21">
+      <c r="FI6" s="21">
         <v>43708</v>
       </c>
-      <c r="FI6" s="21">
+      <c r="FJ6" s="21">
         <v>43738</v>
       </c>
-      <c r="FJ6" s="21">
+      <c r="FK6" s="21">
         <v>43769</v>
       </c>
-      <c r="FK6" s="21">
+      <c r="FL6" s="21">
         <v>43799</v>
       </c>
-      <c r="FL6" s="21">
+      <c r="FM6" s="21">
         <v>43830</v>
       </c>
-      <c r="FM6" s="21">
+      <c r="FN6" s="21">
         <v>43861</v>
       </c>
-      <c r="FN6" s="21">
+      <c r="FO6" s="21">
         <v>43890</v>
       </c>
-      <c r="FO6" s="21">
+      <c r="FP6" s="21">
         <v>43921</v>
       </c>
-      <c r="FP6" s="21">
+      <c r="FQ6" s="21">
         <v>43951</v>
       </c>
-      <c r="FQ6" s="21">
+      <c r="FR6" s="21">
         <v>43982</v>
       </c>
-      <c r="FR6" s="21">
+      <c r="FS6" s="21">
         <v>44012</v>
       </c>
-      <c r="FS6" s="21">
+      <c r="FT6" s="21">
         <v>44043</v>
       </c>
-      <c r="FT6" s="21">
+      <c r="FU6" s="21">
         <v>44074</v>
       </c>
-      <c r="FU6" s="21">
+      <c r="FV6" s="21">
         <v>44104</v>
       </c>
-      <c r="FV6" s="21">
+      <c r="FW6" s="21">
         <v>44135</v>
       </c>
-      <c r="FW6" s="21">
+      <c r="FX6" s="21">
         <v>44165</v>
       </c>
-      <c r="FX6" s="21">
+      <c r="FY6" s="21">
         <v>44196</v>
       </c>
-      <c r="FY6" s="21">
+      <c r="FZ6" s="21">
         <v>44227</v>
       </c>
-      <c r="FZ6" s="21">
+      <c r="GA6" s="21">
         <v>44255</v>
       </c>
-      <c r="GA6" s="21">
+      <c r="GB6" s="21">
         <v>44286</v>
       </c>
-      <c r="GB6" s="21">
+      <c r="GC6" s="21">
         <v>44316</v>
       </c>
-      <c r="GC6" s="21">
+      <c r="GD6" s="21">
         <v>44347</v>
       </c>
-      <c r="GD6" s="21">
+      <c r="GE6" s="21">
         <v>44377</v>
       </c>
-      <c r="GE6" s="21">
+      <c r="GF6" s="21">
         <v>44408</v>
       </c>
-      <c r="GF6" s="21">
+      <c r="GG6" s="21">
         <v>44439</v>
       </c>
-      <c r="GG6" s="21">
+      <c r="GH6" s="21">
         <v>44469</v>
       </c>
-      <c r="GH6" s="21">
+      <c r="GI6" s="21">
         <v>44500</v>
       </c>
-      <c r="GI6" s="21">
+      <c r="GJ6" s="21">
         <v>44530</v>
       </c>
-      <c r="GJ6" s="21">
+      <c r="GK6" s="21">
         <v>44561</v>
       </c>
-      <c r="GK6" s="21">
+      <c r="GL6" s="21">
         <v>44592</v>
       </c>
-      <c r="GL6" s="21">
+      <c r="GM6" s="21">
         <v>44620</v>
       </c>
-      <c r="GM6" s="21">
+      <c r="GN6" s="21">
         <v>44651</v>
       </c>
-      <c r="GN6" s="21">
+      <c r="GO6" s="21">
         <v>44681</v>
       </c>
-      <c r="GO6" s="21">
+      <c r="GP6" s="21">
         <v>44712</v>
       </c>
-      <c r="GP6" s="21">
+      <c r="GQ6" s="21">
         <v>44742</v>
       </c>
-      <c r="GQ6" s="21">
+      <c r="GR6" s="21">
         <v>44773</v>
       </c>
-      <c r="GR6" s="21">
+      <c r="GS6" s="21">
         <v>44804</v>
       </c>
-      <c r="GS6" s="21">
+      <c r="GT6" s="21">
         <v>44834</v>
       </c>
-      <c r="GT6" s="21">
+      <c r="GU6" s="21">
         <v>44865</v>
       </c>
-      <c r="GU6" s="21">
+      <c r="GV6" s="21">
         <v>44895</v>
       </c>
-      <c r="GV6" s="21">
+      <c r="GW6" s="21">
         <v>44926</v>
       </c>
-      <c r="GW6" s="21">
+      <c r="GX6" s="21">
         <v>44957</v>
       </c>
-      <c r="GX6" s="21">
+      <c r="GY6" s="21">
         <v>44985</v>
       </c>
-      <c r="GY6" s="21">
+      <c r="GZ6" s="21">
         <v>45016</v>
       </c>
-      <c r="GZ6" s="21">
+      <c r="HA6" s="21">
         <v>45046</v>
       </c>
-      <c r="HA6" s="21">
+      <c r="HB6" s="21">
         <v>45077</v>
       </c>
-      <c r="HB6" s="21">
+      <c r="HC6" s="21">
         <v>45107</v>
       </c>
-      <c r="HC6" s="21">
+      <c r="HD6" s="21">
         <v>45138</v>
       </c>
-      <c r="HD6" s="21">
+      <c r="HE6" s="21">
         <v>45169</v>
       </c>
-      <c r="HE6" s="21">
+      <c r="HF6" s="21">
         <v>45199</v>
       </c>
-      <c r="HF6" s="21">
+      <c r="HG6" s="21">
         <v>45230</v>
       </c>
-      <c r="HG6" s="21">
+      <c r="HH6" s="21">
         <v>45260</v>
       </c>
-      <c r="HH6" s="21">
+      <c r="HI6" s="21">
         <v>45291</v>
       </c>
-      <c r="HI6" s="21">
+      <c r="HJ6" s="21">
         <v>45322</v>
       </c>
-      <c r="HJ6" s="21">
+      <c r="HK6" s="21">
         <v>45351</v>
       </c>
-      <c r="HK6" s="21">
+      <c r="HL6" s="21">
         <v>45382</v>
       </c>
-      <c r="HL6" s="21">
+      <c r="HM6" s="21">
         <v>45412</v>
       </c>
-      <c r="HM6" s="21">
+      <c r="HN6" s="21">
         <v>45443</v>
       </c>
-      <c r="HN6" s="21">
+      <c r="HO6" s="21">
         <v>45473</v>
       </c>
-      <c r="HO6" s="21">
+      <c r="HP6" s="21">
         <v>45504</v>
       </c>
-      <c r="HP6" s="21">
+      <c r="HQ6" s="21">
         <v>45535</v>
       </c>
-      <c r="HQ6" s="21">
+      <c r="HR6" s="21">
         <v>45565</v>
       </c>
-      <c r="HR6" s="21">
+      <c r="HS6" s="21">
         <v>45596</v>
       </c>
-      <c r="HS6" s="21">
+      <c r="HT6" s="21">
         <v>45626</v>
       </c>
-      <c r="HT6" s="21">
+      <c r="HU6" s="21">
         <v>45657</v>
       </c>
-      <c r="HU6" s="21">
+      <c r="HV6" s="21">
         <v>45688</v>
       </c>
-      <c r="HV6" s="21">
+      <c r="HW6" s="21">
         <v>45716</v>
       </c>
-      <c r="HW6" s="21">
+      <c r="HX6" s="21">
         <v>45747</v>
       </c>
-      <c r="HX6" s="21">
+      <c r="HY6" s="21">
         <v>45777</v>
       </c>
-      <c r="HY6" s="21">
+      <c r="HZ6" s="21">
         <v>45808</v>
       </c>
-      <c r="HZ6" s="21">
+      <c r="IA6" s="21">
         <v>45838</v>
       </c>
-      <c r="IA6" s="21">
+      <c r="IB6" s="21">
         <v>45869</v>
       </c>
-      <c r="IB6" s="21">
+      <c r="IC6" s="21">
         <v>45900</v>
       </c>
+      <c r="ID6" s="21">
+        <v>45930</v>
+      </c>
+      <c r="IE6" s="21">
+        <v>45961</v>
+      </c>
     </row>
-    <row r="7" spans="2:236" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:239" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
@@ -1950,51 +1963,51 @@
       <c r="AU7" s="2"/>
       <c r="AV7" s="2"/>
       <c r="AW7" s="2"/>
       <c r="AX7" s="2"/>
       <c r="AY7" s="2"/>
       <c r="AZ7" s="2"/>
       <c r="BA7" s="2"/>
       <c r="BB7" s="2"/>
       <c r="BC7" s="2"/>
       <c r="BD7" s="2"/>
       <c r="BE7" s="2"/>
       <c r="BF7" s="2"/>
       <c r="BG7" s="2"/>
       <c r="BH7" s="2"/>
       <c r="BI7" s="2"/>
       <c r="BJ7" s="2"/>
       <c r="BK7" s="2"/>
       <c r="BL7" s="2"/>
       <c r="BM7" s="2"/>
       <c r="BN7" s="2"/>
       <c r="BO7" s="2"/>
       <c r="BP7" s="2"/>
       <c r="BQ7" s="2"/>
       <c r="BR7" s="2"/>
       <c r="BS7" s="2"/>
-      <c r="BT7" s="1"/>
+      <c r="BT7" s="2"/>
       <c r="BU7" s="1"/>
       <c r="BV7" s="1"/>
       <c r="BW7" s="1"/>
       <c r="BX7" s="1"/>
       <c r="BY7" s="1"/>
       <c r="BZ7" s="1"/>
       <c r="CA7" s="1"/>
       <c r="CB7" s="1"/>
       <c r="CC7" s="1"/>
       <c r="CD7" s="1"/>
       <c r="CE7" s="1"/>
       <c r="CF7" s="1"/>
       <c r="CG7" s="1"/>
       <c r="CH7" s="1"/>
       <c r="CI7" s="1"/>
       <c r="CJ7" s="1"/>
       <c r="CK7" s="1"/>
       <c r="CL7" s="1"/>
       <c r="CM7" s="1"/>
       <c r="CN7" s="1"/>
       <c r="CO7" s="1"/>
       <c r="CP7" s="1"/>
       <c r="CQ7" s="1"/>
       <c r="CR7" s="1"/>
       <c r="CS7" s="1"/>
@@ -2023,144 +2036,147 @@
       <c r="DP7" s="1"/>
       <c r="DQ7" s="1"/>
       <c r="DR7" s="1"/>
       <c r="DS7" s="1"/>
       <c r="DT7" s="1"/>
       <c r="DU7" s="1"/>
       <c r="DV7" s="1"/>
       <c r="DW7" s="1"/>
       <c r="DX7" s="1"/>
       <c r="DY7" s="1"/>
       <c r="DZ7" s="1"/>
       <c r="EA7" s="1"/>
       <c r="EB7" s="1"/>
       <c r="EC7" s="1"/>
       <c r="ED7" s="1"/>
       <c r="EE7" s="1"/>
       <c r="EF7" s="1"/>
       <c r="EG7" s="1"/>
       <c r="EH7" s="1"/>
       <c r="EI7" s="1"/>
       <c r="EJ7" s="1"/>
       <c r="EK7" s="1"/>
       <c r="EL7" s="1"/>
       <c r="EM7" s="1"/>
       <c r="EN7" s="1"/>
-      <c r="EO7" s="2"/>
+      <c r="EO7" s="1"/>
       <c r="EP7" s="2"/>
       <c r="EQ7" s="2"/>
       <c r="ER7" s="2"/>
       <c r="ES7" s="2"/>
       <c r="ET7" s="2"/>
       <c r="EU7" s="2"/>
       <c r="EV7" s="2"/>
       <c r="EW7" s="2"/>
       <c r="EX7" s="2"/>
       <c r="EY7" s="2"/>
       <c r="EZ7" s="2"/>
       <c r="FA7" s="2"/>
       <c r="FB7" s="2"/>
       <c r="FC7" s="2"/>
       <c r="FD7" s="2"/>
       <c r="FE7" s="2"/>
       <c r="FF7" s="2"/>
       <c r="FG7" s="2"/>
       <c r="FH7" s="2"/>
       <c r="FI7" s="2"/>
       <c r="FJ7" s="2"/>
       <c r="FK7" s="2"/>
       <c r="FL7" s="2"/>
       <c r="FM7" s="2"/>
       <c r="FN7" s="2"/>
       <c r="FO7" s="2"/>
       <c r="FP7" s="2"/>
       <c r="FQ7" s="2"/>
       <c r="FR7" s="2"/>
       <c r="FS7" s="2"/>
       <c r="FT7" s="2"/>
       <c r="FU7" s="2"/>
       <c r="FV7" s="2"/>
       <c r="FW7" s="2"/>
       <c r="FX7" s="2"/>
       <c r="FY7" s="2"/>
       <c r="FZ7" s="2"/>
       <c r="GA7" s="2"/>
       <c r="GB7" s="2"/>
       <c r="GC7" s="2"/>
-      <c r="GD7" s="1"/>
+      <c r="GD7" s="2"/>
       <c r="GE7" s="1"/>
       <c r="GF7" s="1"/>
       <c r="GG7" s="1"/>
       <c r="GH7" s="1"/>
       <c r="GI7" s="1"/>
       <c r="GJ7" s="1"/>
       <c r="GK7" s="1"/>
       <c r="GL7" s="1"/>
       <c r="GM7" s="1"/>
       <c r="GN7" s="1"/>
       <c r="GO7" s="1"/>
       <c r="GP7" s="1"/>
       <c r="GQ7" s="1"/>
       <c r="GR7" s="1"/>
       <c r="GS7" s="1"/>
       <c r="GT7" s="1"/>
       <c r="GU7" s="1"/>
       <c r="GV7" s="1"/>
       <c r="GW7" s="1"/>
       <c r="GX7" s="1"/>
       <c r="GY7" s="1"/>
       <c r="GZ7" s="1"/>
       <c r="HA7" s="1"/>
       <c r="HB7" s="1"/>
       <c r="HC7" s="1"/>
       <c r="HD7" s="1"/>
       <c r="HE7" s="1"/>
       <c r="HF7" s="1"/>
       <c r="HG7" s="1"/>
       <c r="HH7" s="1"/>
       <c r="HI7" s="1"/>
       <c r="HJ7" s="1"/>
       <c r="HK7" s="1"/>
       <c r="HL7" s="1"/>
       <c r="HM7" s="1"/>
       <c r="HN7" s="1"/>
       <c r="HO7" s="1"/>
       <c r="HP7" s="1"/>
       <c r="HQ7" s="1"/>
       <c r="HR7" s="1"/>
       <c r="HS7" s="1"/>
       <c r="HT7" s="1"/>
       <c r="HU7" s="1"/>
       <c r="HV7" s="1"/>
       <c r="HW7" s="1"/>
       <c r="HX7" s="1"/>
       <c r="HY7" s="1"/>
       <c r="HZ7" s="1"/>
       <c r="IA7" s="1"/>
       <c r="IB7" s="1"/>
+      <c r="IC7" s="1"/>
+      <c r="ID7" s="1"/>
+      <c r="IE7" s="1"/>
     </row>
-    <row r="8" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="7">
         <v>-42.03</v>
       </c>
       <c r="E8" s="7">
         <v>-19.690000000000001</v>
       </c>
       <c r="F8" s="7">
         <v>64.02</v>
       </c>
       <c r="G8" s="7">
         <v>70.5</v>
       </c>
       <c r="H8" s="7">
         <v>339.66</v>
       </c>
       <c r="I8" s="7">
         <v>292.82</v>
       </c>
       <c r="J8" s="7">
@@ -2327,547 +2343,556 @@
       </c>
       <c r="BL8" s="9">
         <v>-30.810000000000002</v>
       </c>
       <c r="BM8" s="9">
         <v>115.55</v>
       </c>
       <c r="BN8" s="9">
         <v>5.1900000000000013</v>
       </c>
       <c r="BO8" s="9">
         <v>-21.119999999999997</v>
       </c>
       <c r="BP8" s="9">
         <v>34.97</v>
       </c>
       <c r="BQ8" s="9">
         <v>42.7</v>
       </c>
       <c r="BR8" s="9">
         <v>15.439999999999998</v>
       </c>
       <c r="BS8" s="9">
         <v>-51.480000000000004</v>
       </c>
-      <c r="BT8" s="7" t="s">
-[...3 lines deleted...]
-        <v>-13.18</v>
+      <c r="BT8" s="9">
+        <v>21.5</v>
+      </c>
+      <c r="BU8" s="7" t="s">
+        <v>0</v>
       </c>
       <c r="BV8" s="7">
         <v>-13.18</v>
       </c>
       <c r="BW8" s="7">
+        <v>-13.18</v>
+      </c>
+      <c r="BX8" s="7">
         <v>-0.62</v>
       </c>
-      <c r="BX8" s="7">
+      <c r="BY8" s="7">
         <v>-1.26</v>
       </c>
-      <c r="BY8" s="7">
+      <c r="BZ8" s="7">
         <v>-4.26</v>
       </c>
-      <c r="BZ8" s="7">
+      <c r="CA8" s="7">
         <v>-0.71</v>
       </c>
-      <c r="CA8" s="7">
+      <c r="CB8" s="7">
         <v>0.82</v>
       </c>
-      <c r="CB8" s="7">
+      <c r="CC8" s="7">
         <v>3.78</v>
       </c>
-      <c r="CC8" s="7">
+      <c r="CD8" s="7">
         <v>-3.8</v>
       </c>
-      <c r="CD8" s="7">
+      <c r="CE8" s="7">
         <v>-2.3199999999999998</v>
       </c>
-      <c r="CE8" s="7">
+      <c r="CF8" s="7">
         <v>-5.87</v>
       </c>
-      <c r="CF8" s="7">
+      <c r="CG8" s="7">
         <v>-1.44</v>
       </c>
-      <c r="CG8" s="7">
+      <c r="CH8" s="7">
         <v>0.32</v>
       </c>
-      <c r="CH8" s="7">
+      <c r="CI8" s="7">
         <v>-1.17</v>
       </c>
-      <c r="CI8" s="7">
+      <c r="CJ8" s="7">
         <v>-1.23</v>
       </c>
-      <c r="CJ8" s="7">
+      <c r="CK8" s="7">
         <v>-1.32</v>
       </c>
-      <c r="CK8" s="7">
+      <c r="CL8" s="7">
         <v>-1.03</v>
       </c>
-      <c r="CL8" s="7">
+      <c r="CM8" s="7">
         <v>-2.25</v>
       </c>
-      <c r="CM8" s="7">
+      <c r="CN8" s="7">
         <v>-3.94</v>
       </c>
-      <c r="CN8" s="7">
+      <c r="CO8" s="7">
         <v>-1.71</v>
       </c>
-      <c r="CO8" s="7">
+      <c r="CP8" s="7">
         <v>-1.62</v>
       </c>
-      <c r="CP8" s="7">
+      <c r="CQ8" s="7">
         <v>-2.88</v>
       </c>
-      <c r="CQ8" s="7">
+      <c r="CR8" s="7">
         <v>-0.4</v>
       </c>
-      <c r="CR8" s="7">
+      <c r="CS8" s="7">
         <v>-2.46</v>
       </c>
-      <c r="CS8" s="7">
+      <c r="CT8" s="7">
         <v>-0.05</v>
       </c>
-      <c r="CT8" s="7">
+      <c r="CU8" s="7">
         <v>0.69</v>
       </c>
-      <c r="CU8" s="7">
+      <c r="CV8" s="7">
         <v>2.83</v>
       </c>
-      <c r="CV8" s="7">
+      <c r="CW8" s="7">
         <v>3.98</v>
       </c>
-      <c r="CW8" s="7">
+      <c r="CX8" s="7">
         <v>8.84</v>
       </c>
-      <c r="CX8" s="7">
+      <c r="CY8" s="7">
         <v>5.1100000000000003</v>
       </c>
-      <c r="CY8" s="7">
+      <c r="CZ8" s="7">
         <v>5.65</v>
       </c>
-      <c r="CZ8" s="7">
+      <c r="DA8" s="7">
         <v>2.78</v>
       </c>
-      <c r="DA8" s="7">
+      <c r="DB8" s="7">
         <v>6.18</v>
       </c>
-      <c r="DB8" s="7">
+      <c r="DC8" s="7">
         <v>15.38</v>
       </c>
-      <c r="DC8" s="7">
+      <c r="DD8" s="7">
         <v>7.9</v>
       </c>
-      <c r="DD8" s="7">
+      <c r="DE8" s="7">
         <v>4.74</v>
       </c>
-      <c r="DE8" s="7">
+      <c r="DF8" s="7">
         <v>9.75</v>
       </c>
-      <c r="DF8" s="7">
+      <c r="DG8" s="7">
         <v>9.3800000000000008</v>
       </c>
-      <c r="DG8" s="7">
+      <c r="DH8" s="7">
         <v>15.66</v>
       </c>
-      <c r="DH8" s="7">
+      <c r="DI8" s="7">
         <v>12.29</v>
       </c>
-      <c r="DI8" s="7">
+      <c r="DJ8" s="7">
         <v>8.82</v>
       </c>
-      <c r="DJ8" s="7">
+      <c r="DK8" s="7">
         <v>-4.43</v>
       </c>
-      <c r="DK8" s="7">
+      <c r="DL8" s="7">
         <v>-1.02</v>
       </c>
-      <c r="DL8" s="7">
+      <c r="DM8" s="7">
         <v>0.79</v>
       </c>
-      <c r="DM8" s="7">
+      <c r="DN8" s="7">
         <v>5.0199999999999996</v>
       </c>
-      <c r="DN8" s="7">
+      <c r="DO8" s="7">
         <v>-0.81</v>
       </c>
-      <c r="DO8" s="7">
+      <c r="DP8" s="7">
         <v>-0.39</v>
       </c>
-      <c r="DP8" s="7">
+      <c r="DQ8" s="7">
         <v>15.45</v>
       </c>
-      <c r="DQ8" s="7">
+      <c r="DR8" s="7">
         <v>17.41</v>
       </c>
-      <c r="DR8" s="7">
+      <c r="DS8" s="7">
         <v>6.22</v>
       </c>
-      <c r="DS8" s="7">
+      <c r="DT8" s="7">
         <v>27.08</v>
       </c>
-      <c r="DT8" s="7">
+      <c r="DU8" s="7">
         <v>16.28</v>
       </c>
-      <c r="DU8" s="7">
+      <c r="DV8" s="7">
         <v>20.76</v>
       </c>
-      <c r="DV8" s="7">
+      <c r="DW8" s="7">
         <v>16.420000000000002</v>
       </c>
-      <c r="DW8" s="7">
+      <c r="DX8" s="7">
         <v>23.69</v>
       </c>
-      <c r="DX8" s="7">
+      <c r="DY8" s="7">
         <v>30.4</v>
       </c>
-      <c r="DY8" s="7">
+      <c r="DZ8" s="7">
         <v>56.16</v>
       </c>
-      <c r="DZ8" s="7">
+      <c r="EA8" s="7">
         <v>75.52</v>
       </c>
-      <c r="EA8" s="7">
+      <c r="EB8" s="7">
         <v>26.26</v>
       </c>
-      <c r="EB8" s="7">
+      <c r="EC8" s="7">
         <v>23.46</v>
       </c>
-      <c r="EC8" s="7">
+      <c r="ED8" s="7">
         <v>66.5</v>
       </c>
-      <c r="ED8" s="7">
+      <c r="EE8" s="7">
         <v>52.29</v>
       </c>
-      <c r="EE8" s="7">
+      <c r="EF8" s="7">
         <v>46.52</v>
       </c>
-      <c r="EF8" s="7">
+      <c r="EG8" s="7">
         <v>-6.83</v>
       </c>
-      <c r="EG8" s="7">
+      <c r="EH8" s="7">
         <v>-26.13</v>
       </c>
-      <c r="EH8" s="7">
+      <c r="EI8" s="7">
         <v>9.84</v>
       </c>
-      <c r="EI8" s="7">
+      <c r="EJ8" s="7">
         <v>24.82</v>
       </c>
-      <c r="EJ8" s="7">
+      <c r="EK8" s="7">
         <v>24.08</v>
       </c>
-      <c r="EK8" s="7">
+      <c r="EL8" s="7">
         <v>34.24</v>
       </c>
-      <c r="EL8" s="7">
+      <c r="EM8" s="7">
         <v>26.72</v>
       </c>
-      <c r="EM8" s="7">
+      <c r="EN8" s="7">
         <v>2.59</v>
       </c>
-      <c r="EN8" s="7">
+      <c r="EO8" s="7">
         <v>38.19</v>
       </c>
-      <c r="EO8" s="9">
+      <c r="EP8" s="9">
         <v>58.92</v>
       </c>
-      <c r="EP8" s="9">
+      <c r="EQ8" s="9">
         <v>45.53</v>
       </c>
-      <c r="EQ8" s="9">
+      <c r="ER8" s="9">
         <v>44.82</v>
       </c>
-      <c r="ER8" s="9">
+      <c r="ES8" s="9">
         <v>47.29</v>
       </c>
-      <c r="ES8" s="9">
+      <c r="ET8" s="9">
         <v>32.07</v>
       </c>
-      <c r="ET8" s="9">
+      <c r="EU8" s="9">
         <v>27.31</v>
       </c>
-      <c r="EU8" s="9">
+      <c r="EV8" s="9">
         <v>27.8</v>
       </c>
-      <c r="EV8" s="9">
+      <c r="EW8" s="9">
         <v>26.84</v>
       </c>
-      <c r="EW8" s="9">
+      <c r="EX8" s="9">
         <v>29.89</v>
       </c>
-      <c r="EX8" s="9">
+      <c r="EY8" s="9">
         <v>8.16</v>
       </c>
-      <c r="EY8" s="9">
+      <c r="EZ8" s="9">
         <v>7.59</v>
       </c>
-      <c r="EZ8" s="9">
+      <c r="FA8" s="9">
         <v>-2.36</v>
       </c>
-      <c r="FA8" s="9">
+      <c r="FB8" s="9">
         <v>-1.74</v>
       </c>
-      <c r="FB8" s="9">
+      <c r="FC8" s="9">
         <v>27.97</v>
       </c>
-      <c r="FC8" s="9">
+      <c r="FD8" s="9">
         <v>28.66</v>
       </c>
-      <c r="FD8" s="9">
+      <c r="FE8" s="9">
         <v>-11.95</v>
       </c>
-      <c r="FE8" s="9">
+      <c r="FF8" s="9">
         <v>9.2899999999999991</v>
       </c>
-      <c r="FF8" s="9">
+      <c r="FG8" s="9">
         <v>74.61</v>
       </c>
-      <c r="FG8" s="9">
+      <c r="FH8" s="9">
         <v>73.47</v>
       </c>
-      <c r="FH8" s="9">
+      <c r="FI8" s="9">
         <v>98.34</v>
       </c>
-      <c r="FI8" s="9">
+      <c r="FJ8" s="9">
         <v>43.61</v>
       </c>
-      <c r="FJ8" s="9">
+      <c r="FK8" s="9">
         <v>39.119999999999997</v>
       </c>
-      <c r="FK8" s="9">
+      <c r="FL8" s="9">
         <v>-60.6</v>
       </c>
-      <c r="FL8" s="9">
+      <c r="FM8" s="9">
         <v>50.01</v>
       </c>
-      <c r="FM8" s="9">
+      <c r="FN8" s="9">
         <v>31.4</v>
       </c>
-      <c r="FN8" s="9">
+      <c r="FO8" s="9">
         <v>36.590000000000003</v>
       </c>
-      <c r="FO8" s="9">
+      <c r="FP8" s="9">
         <v>-815.55</v>
       </c>
-      <c r="FP8" s="9">
+      <c r="FQ8" s="9">
         <v>12.7</v>
       </c>
-      <c r="FQ8" s="9">
+      <c r="FR8" s="9">
         <v>1.55</v>
       </c>
-      <c r="FR8" s="9">
+      <c r="FS8" s="9">
         <v>52.22</v>
       </c>
-      <c r="FS8" s="9">
+      <c r="FT8" s="9">
         <v>30.41</v>
       </c>
-      <c r="FT8" s="9">
+      <c r="FU8" s="9">
         <v>-6.29</v>
       </c>
-      <c r="FU8" s="9">
+      <c r="FV8" s="9">
         <v>45.72</v>
       </c>
-      <c r="FV8" s="9">
+      <c r="FW8" s="9">
         <v>7.27</v>
       </c>
-      <c r="FW8" s="9">
+      <c r="FX8" s="9">
         <v>24.85</v>
       </c>
-      <c r="FX8" s="9">
+      <c r="FY8" s="9">
         <v>54.93</v>
       </c>
-      <c r="FY8" s="9">
+      <c r="FZ8" s="9">
         <v>30.19</v>
       </c>
-      <c r="FZ8" s="9">
+      <c r="GA8" s="9">
         <v>37.35</v>
       </c>
-      <c r="GA8" s="9">
+      <c r="GB8" s="9">
         <v>17.3</v>
       </c>
-      <c r="GB8" s="9">
+      <c r="GC8" s="9">
         <v>30.15</v>
       </c>
-      <c r="GC8" s="9">
+      <c r="GD8" s="9">
         <v>9.9700000000000006</v>
       </c>
-      <c r="GD8" s="9">
+      <c r="GE8" s="9">
         <v>13.87</v>
       </c>
-      <c r="GE8" s="9">
+      <c r="GF8" s="9">
         <v>34.159999999999997</v>
       </c>
-      <c r="GF8" s="9">
+      <c r="GG8" s="9">
         <v>27.52</v>
       </c>
-      <c r="GG8" s="9">
+      <c r="GH8" s="9">
         <v>46.03</v>
       </c>
-      <c r="GH8" s="9">
+      <c r="GI8" s="9">
         <v>-5.4</v>
       </c>
-      <c r="GI8" s="9">
+      <c r="GJ8" s="9">
         <v>-21.45</v>
       </c>
-      <c r="GJ8" s="9">
+      <c r="GK8" s="9">
         <v>-39.72</v>
       </c>
-      <c r="GK8" s="9">
+      <c r="GL8" s="9">
         <v>-35.770000000000003</v>
       </c>
-      <c r="GL8" s="9">
+      <c r="GM8" s="9">
         <v>-167.13</v>
       </c>
-      <c r="GM8" s="9">
+      <c r="GN8" s="9">
         <v>-111.67</v>
       </c>
-      <c r="GN8" s="9">
+      <c r="GO8" s="9">
         <v>-41.32</v>
       </c>
-      <c r="GO8" s="9">
+      <c r="GP8" s="9">
         <v>-38.26</v>
       </c>
-      <c r="GP8" s="9">
+      <c r="GQ8" s="9">
         <v>-4.37</v>
       </c>
-      <c r="GQ8" s="9">
+      <c r="GR8" s="9">
         <v>-36.270000000000003</v>
       </c>
-      <c r="GR8" s="9">
+      <c r="GS8" s="9">
         <v>19.52</v>
       </c>
-      <c r="GS8" s="9">
+      <c r="GT8" s="9">
         <v>2.12</v>
       </c>
-      <c r="GT8" s="9">
+      <c r="GU8" s="9">
         <v>-25.38</v>
       </c>
-      <c r="GU8" s="9">
+      <c r="GV8" s="9">
         <v>-170.39</v>
       </c>
-      <c r="GV8" s="9">
+      <c r="GW8" s="9">
         <v>-36.68</v>
       </c>
-      <c r="GW8" s="9">
+      <c r="GX8" s="9">
         <v>-45.42</v>
       </c>
-      <c r="GX8" s="9">
+      <c r="GY8" s="9">
         <v>-65.459999999999994</v>
       </c>
-      <c r="GY8" s="9">
+      <c r="GZ8" s="9">
         <v>-73.7</v>
       </c>
-      <c r="GZ8" s="9">
+      <c r="HA8" s="9">
         <v>-93.12</v>
       </c>
-      <c r="HA8" s="9">
+      <c r="HB8" s="9">
         <v>-14.27</v>
       </c>
-      <c r="HB8" s="9">
+      <c r="HC8" s="9">
         <v>5.0999999999999996</v>
       </c>
-      <c r="HC8" s="9">
+      <c r="HD8" s="9">
         <v>-30.96</v>
       </c>
-      <c r="HD8" s="9">
+      <c r="HE8" s="9">
         <v>0.54</v>
       </c>
-      <c r="HE8" s="9">
+      <c r="HF8" s="9">
         <v>-0.39</v>
       </c>
-      <c r="HF8" s="9">
+      <c r="HG8" s="9">
         <v>24.4</v>
       </c>
-      <c r="HG8" s="9">
+      <c r="HH8" s="9">
         <v>-4.5199999999999996</v>
       </c>
-      <c r="HH8" s="9">
+      <c r="HI8" s="9">
         <v>95.67</v>
       </c>
-      <c r="HI8" s="9">
+      <c r="HJ8" s="9">
         <v>27.25</v>
       </c>
-      <c r="HJ8" s="9">
+      <c r="HK8" s="9">
         <v>-32.65</v>
       </c>
-      <c r="HK8" s="9">
+      <c r="HL8" s="9">
         <v>10.59</v>
       </c>
-      <c r="HL8" s="9">
+      <c r="HM8" s="9">
         <v>-7.32</v>
       </c>
-      <c r="HM8" s="9">
+      <c r="HN8" s="9">
         <v>-5.68</v>
       </c>
-      <c r="HN8" s="9">
+      <c r="HO8" s="9">
         <v>-8.1199999999999992</v>
       </c>
-      <c r="HO8" s="9">
+      <c r="HP8" s="9">
         <v>-3.48</v>
       </c>
-      <c r="HP8" s="9">
+      <c r="HQ8" s="9">
         <v>23.99</v>
       </c>
-      <c r="HQ8" s="9">
+      <c r="HR8" s="9">
         <v>14.46</v>
       </c>
-      <c r="HR8" s="9">
+      <c r="HS8" s="9">
         <v>20.45</v>
       </c>
-      <c r="HS8" s="9">
+      <c r="HT8" s="9">
         <v>38.340000000000003</v>
       </c>
-      <c r="HT8" s="9">
+      <c r="HU8" s="9">
         <v>-16.09</v>
       </c>
-      <c r="HU8" s="9">
+      <c r="HV8" s="9">
         <v>-3.97</v>
       </c>
-      <c r="HV8" s="9">
+      <c r="HW8" s="9">
         <v>-0.88</v>
       </c>
-      <c r="HW8" s="9">
+      <c r="HX8" s="9">
         <v>20.29</v>
       </c>
-      <c r="HX8" s="9">
+      <c r="HY8" s="9">
         <v>-16.91</v>
       </c>
-      <c r="HY8" s="9">
+      <c r="HZ8" s="9">
         <v>0.35</v>
       </c>
-      <c r="HZ8" s="9">
+      <c r="IA8" s="9">
         <v>-34.92</v>
       </c>
-      <c r="IA8" s="9">
+      <c r="IB8" s="9">
         <v>-9.07</v>
       </c>
-      <c r="IB8" s="9">
+      <c r="IC8" s="9">
         <v>25.9</v>
       </c>
+      <c r="ID8" s="9">
+        <v>4.67</v>
+      </c>
+      <c r="IE8" s="9">
+        <v>14.13</v>
+      </c>
     </row>
-    <row r="9" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="7">
         <v>-50.51</v>
       </c>
       <c r="E9" s="7">
         <v>-46.43</v>
       </c>
       <c r="F9" s="7">
         <v>-19.84</v>
       </c>
       <c r="G9" s="7">
         <v>-22.97</v>
       </c>
       <c r="H9" s="7">
         <v>-4.84</v>
       </c>
       <c r="I9" s="7">
         <v>21.82</v>
       </c>
       <c r="J9" s="7">
@@ -3034,547 +3059,556 @@
       </c>
       <c r="BL9" s="9">
         <v>22.73</v>
       </c>
       <c r="BM9" s="9">
         <v>-4.92</v>
       </c>
       <c r="BN9" s="9">
         <v>6.7</v>
       </c>
       <c r="BO9" s="9">
         <v>40.590000000000003</v>
       </c>
       <c r="BP9" s="9">
         <v>12.46</v>
       </c>
       <c r="BQ9" s="9">
         <v>7.57</v>
       </c>
       <c r="BR9" s="9">
         <v>9.1300000000000026</v>
       </c>
       <c r="BS9" s="9">
         <v>9.07</v>
       </c>
-      <c r="BT9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BU9" s="7">
+      <c r="BT9" s="9">
+        <v>40.419999999999995</v>
+      </c>
+      <c r="BU9" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV9" s="7">
         <v>-1.96</v>
       </c>
-      <c r="BV9" s="7">
+      <c r="BW9" s="7">
         <v>-7.56</v>
       </c>
-      <c r="BW9" s="7">
+      <c r="BX9" s="7">
         <v>-4.07</v>
       </c>
-      <c r="BX9" s="7">
+      <c r="BY9" s="7">
         <v>-9.1300000000000008</v>
       </c>
-      <c r="BY9" s="7">
+      <c r="BZ9" s="7">
         <v>-1.57</v>
       </c>
-      <c r="BZ9" s="7">
+      <c r="CA9" s="7">
         <v>-6.72</v>
       </c>
-      <c r="CA9" s="7">
+      <c r="CB9" s="7">
         <v>-5.28</v>
       </c>
-      <c r="CB9" s="7">
+      <c r="CC9" s="7">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="CC9" s="7">
+      <c r="CD9" s="7">
         <v>-3.58</v>
       </c>
-      <c r="CD9" s="7">
+      <c r="CE9" s="7">
         <v>-2.68</v>
       </c>
-      <c r="CE9" s="7">
+      <c r="CF9" s="7">
         <v>-4.3899999999999997</v>
       </c>
-      <c r="CF9" s="7">
+      <c r="CG9" s="7">
         <v>-2.4700000000000002</v>
       </c>
-      <c r="CG9" s="7">
+      <c r="CH9" s="7">
         <v>-3.26</v>
       </c>
-      <c r="CH9" s="7">
+      <c r="CI9" s="7">
         <v>-6.16</v>
       </c>
-      <c r="CI9" s="7">
+      <c r="CJ9" s="7">
         <v>7.81</v>
       </c>
-      <c r="CJ9" s="7">
+      <c r="CK9" s="7">
         <v>-17.79</v>
       </c>
-      <c r="CK9" s="7">
+      <c r="CL9" s="7">
         <v>-4.71</v>
       </c>
-      <c r="CL9" s="7">
+      <c r="CM9" s="7">
         <v>1.24</v>
       </c>
-      <c r="CM9" s="7">
+      <c r="CN9" s="7">
         <v>-4.5999999999999996</v>
       </c>
-      <c r="CN9" s="7">
+      <c r="CO9" s="7">
         <v>-3.25</v>
       </c>
-      <c r="CO9" s="7">
+      <c r="CP9" s="7">
         <v>-4.7300000000000004</v>
       </c>
-      <c r="CP9" s="7">
+      <c r="CQ9" s="7">
         <v>-0.61</v>
       </c>
-      <c r="CQ9" s="7">
+      <c r="CR9" s="7">
         <v>-6.25</v>
       </c>
-      <c r="CR9" s="7">
+      <c r="CS9" s="7">
         <v>-4.13</v>
       </c>
-      <c r="CS9" s="7">
+      <c r="CT9" s="7">
         <v>0.13</v>
       </c>
-      <c r="CT9" s="7">
+      <c r="CU9" s="7">
         <v>-7.98</v>
       </c>
-      <c r="CU9" s="7">
+      <c r="CV9" s="7">
         <v>-1.68</v>
       </c>
-      <c r="CV9" s="7">
+      <c r="CW9" s="7">
         <v>0.6</v>
       </c>
-      <c r="CW9" s="7">
+      <c r="CX9" s="7">
         <v>-5.99</v>
       </c>
-      <c r="CX9" s="7">
+      <c r="CY9" s="7">
         <v>6.05</v>
       </c>
-      <c r="CY9" s="7">
+      <c r="CZ9" s="7">
         <v>0.91</v>
       </c>
-      <c r="CZ9" s="7">
+      <c r="DA9" s="7">
         <v>-6.84</v>
       </c>
-      <c r="DA9" s="7">
+      <c r="DB9" s="7">
         <v>-1.26</v>
       </c>
-      <c r="DB9" s="7">
+      <c r="DC9" s="7">
         <v>-1.1399999999999999</v>
       </c>
-      <c r="DC9" s="7">
+      <c r="DD9" s="7">
         <v>-3.39</v>
       </c>
-      <c r="DD9" s="7">
+      <c r="DE9" s="7">
         <v>0.76</v>
       </c>
-      <c r="DE9" s="7">
+      <c r="DF9" s="7">
         <v>-5.29</v>
       </c>
-      <c r="DF9" s="7">
+      <c r="DG9" s="7">
         <v>-5.94</v>
       </c>
-      <c r="DG9" s="7">
+      <c r="DH9" s="7">
         <v>3.41</v>
       </c>
-      <c r="DH9" s="7">
+      <c r="DI9" s="7">
         <v>0.92</v>
       </c>
-      <c r="DI9" s="7">
+      <c r="DJ9" s="7">
         <v>-3.78</v>
       </c>
-      <c r="DJ9" s="7">
+      <c r="DK9" s="7">
         <v>1.59</v>
       </c>
-      <c r="DK9" s="7">
+      <c r="DL9" s="7">
         <v>-9.9600000000000009</v>
       </c>
-      <c r="DL9" s="7">
+      <c r="DM9" s="7">
         <v>0.1</v>
       </c>
-      <c r="DM9" s="7">
+      <c r="DN9" s="7">
         <v>1.1000000000000001</v>
       </c>
-      <c r="DN9" s="7">
+      <c r="DO9" s="7">
         <v>-6.98</v>
       </c>
-      <c r="DO9" s="7">
+      <c r="DP9" s="7">
         <v>0.95</v>
       </c>
-      <c r="DP9" s="7">
+      <c r="DQ9" s="7">
         <v>0.91</v>
       </c>
-      <c r="DQ9" s="7">
+      <c r="DR9" s="7">
         <v>-5.29</v>
       </c>
-      <c r="DR9" s="7">
+      <c r="DS9" s="7">
         <v>-3.19</v>
       </c>
-      <c r="DS9" s="7">
+      <c r="DT9" s="7">
         <v>7.14</v>
       </c>
-      <c r="DT9" s="7">
+      <c r="DU9" s="7">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="DU9" s="7">
+      <c r="DV9" s="7">
         <v>-2.7</v>
       </c>
-      <c r="DV9" s="7">
+      <c r="DW9" s="7">
         <v>1.58</v>
       </c>
-      <c r="DW9" s="7">
+      <c r="DX9" s="7">
         <v>-1.39</v>
       </c>
-      <c r="DX9" s="7">
+      <c r="DY9" s="7">
         <v>-0.36</v>
       </c>
-      <c r="DY9" s="7">
+      <c r="DZ9" s="7">
         <v>3.15</v>
       </c>
-      <c r="DZ9" s="7">
+      <c r="EA9" s="7">
         <v>1.84</v>
       </c>
-      <c r="EA9" s="7">
+      <c r="EB9" s="7">
         <v>2.61</v>
       </c>
-      <c r="EB9" s="7">
+      <c r="EC9" s="7">
         <v>-7.13</v>
       </c>
-      <c r="EC9" s="7">
+      <c r="ED9" s="7">
         <v>6.81</v>
       </c>
-      <c r="ED9" s="7">
+      <c r="EE9" s="7">
         <v>13.89</v>
       </c>
-      <c r="EE9" s="7">
+      <c r="EF9" s="7">
         <v>-10.1</v>
       </c>
-      <c r="EF9" s="7">
+      <c r="EG9" s="7">
         <v>-1.88</v>
       </c>
-      <c r="EG9" s="7">
+      <c r="EH9" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="EH9" s="7">
+      <c r="EI9" s="7">
         <v>6.34</v>
       </c>
-      <c r="EI9" s="7">
+      <c r="EJ9" s="7">
         <v>8.02</v>
       </c>
-      <c r="EJ9" s="7">
+      <c r="EK9" s="7">
         <v>2.85</v>
       </c>
-      <c r="EK9" s="7">
+      <c r="EL9" s="7">
         <v>-3.53</v>
       </c>
-      <c r="EL9" s="7">
+      <c r="EM9" s="7">
         <v>1</v>
       </c>
-      <c r="EM9" s="7">
+      <c r="EN9" s="7">
         <v>1.39</v>
       </c>
-      <c r="EN9" s="7">
+      <c r="EO9" s="7">
         <v>-3.24</v>
       </c>
-      <c r="EO9" s="9">
+      <c r="EP9" s="9">
         <v>-5.45</v>
       </c>
-      <c r="EP9" s="9">
+      <c r="EQ9" s="9">
         <v>-3</v>
       </c>
-      <c r="EQ9" s="9">
+      <c r="ER9" s="9">
         <v>0.41</v>
       </c>
-      <c r="ER9" s="9">
+      <c r="ES9" s="9">
         <v>-1.75</v>
       </c>
-      <c r="ES9" s="9">
+      <c r="ET9" s="9">
         <v>-7.76</v>
       </c>
-      <c r="ET9" s="9">
+      <c r="EU9" s="9">
         <v>4.83</v>
       </c>
-      <c r="EU9" s="9">
+      <c r="EV9" s="9">
         <v>3.25</v>
       </c>
-      <c r="EV9" s="9">
+      <c r="EW9" s="9">
         <v>1.23</v>
       </c>
-      <c r="EW9" s="9">
+      <c r="EX9" s="9">
         <v>-3.45</v>
       </c>
-      <c r="EX9" s="9">
+      <c r="EY9" s="9">
         <v>-1.55</v>
       </c>
-      <c r="EY9" s="9">
+      <c r="EZ9" s="9">
         <v>1.64</v>
       </c>
-      <c r="EZ9" s="9">
+      <c r="FA9" s="9">
         <v>-3.25</v>
       </c>
-      <c r="FA9" s="9">
+      <c r="FB9" s="9">
         <v>-5.73</v>
       </c>
-      <c r="FB9" s="9">
+      <c r="FC9" s="9">
         <v>-4.08</v>
       </c>
-      <c r="FC9" s="9">
+      <c r="FD9" s="9">
         <v>-5.61</v>
       </c>
-      <c r="FD9" s="9">
+      <c r="FE9" s="9">
         <v>0.25</v>
       </c>
-      <c r="FE9" s="9">
+      <c r="FF9" s="9">
         <v>-1.42</v>
       </c>
-      <c r="FF9" s="9">
+      <c r="FG9" s="9">
         <v>5.0999999999999996</v>
       </c>
-      <c r="FG9" s="9">
+      <c r="FH9" s="9">
         <v>1.03</v>
       </c>
-      <c r="FH9" s="9">
+      <c r="FI9" s="9">
         <v>-1.83</v>
       </c>
-      <c r="FI9" s="9">
+      <c r="FJ9" s="9">
         <v>-2.96</v>
       </c>
-      <c r="FJ9" s="9">
+      <c r="FK9" s="9">
         <v>-0.04</v>
       </c>
-      <c r="FK9" s="9">
+      <c r="FL9" s="9">
         <v>0.11</v>
       </c>
-      <c r="FL9" s="9">
+      <c r="FM9" s="9">
         <v>-1.46</v>
       </c>
-      <c r="FM9" s="9">
+      <c r="FN9" s="9">
         <v>5.79</v>
       </c>
-      <c r="FN9" s="9">
+      <c r="FO9" s="9">
         <v>-9.0500000000000007</v>
       </c>
-      <c r="FO9" s="9">
+      <c r="FP9" s="9">
         <v>-8.48</v>
       </c>
-      <c r="FP9" s="9">
+      <c r="FQ9" s="9">
         <v>5.17</v>
       </c>
-      <c r="FQ9" s="9">
+      <c r="FR9" s="9">
         <v>1.96</v>
       </c>
-      <c r="FR9" s="9">
+      <c r="FS9" s="9">
         <v>0.38</v>
       </c>
-      <c r="FS9" s="9">
+      <c r="FT9" s="9">
         <v>0.98</v>
       </c>
-      <c r="FT9" s="9">
+      <c r="FU9" s="9">
         <v>-2.81</v>
       </c>
-      <c r="FU9" s="9">
+      <c r="FV9" s="9">
         <v>1.04</v>
       </c>
-      <c r="FV9" s="9">
+      <c r="FW9" s="9">
         <v>-3.69</v>
       </c>
-      <c r="FW9" s="9">
+      <c r="FX9" s="9">
         <v>2.54</v>
       </c>
-      <c r="FX9" s="9">
+      <c r="FY9" s="9">
         <v>0.16</v>
       </c>
-      <c r="FY9" s="9">
+      <c r="FZ9" s="9">
         <v>-0.25</v>
       </c>
-      <c r="FZ9" s="9">
+      <c r="GA9" s="9">
         <v>2.39</v>
       </c>
-      <c r="GA9" s="9">
+      <c r="GB9" s="9">
         <v>5.83</v>
       </c>
-      <c r="GB9" s="9">
+      <c r="GC9" s="9">
         <v>4.2</v>
       </c>
-      <c r="GC9" s="9">
+      <c r="GD9" s="9">
         <v>6</v>
       </c>
-      <c r="GD9" s="9">
+      <c r="GE9" s="9">
         <v>12.84</v>
       </c>
-      <c r="GE9" s="9">
+      <c r="GF9" s="9">
         <v>8.64</v>
       </c>
-      <c r="GF9" s="9">
+      <c r="GG9" s="9">
         <v>6.96</v>
       </c>
-      <c r="GG9" s="9">
+      <c r="GH9" s="9">
         <v>4.78</v>
       </c>
-      <c r="GH9" s="9">
+      <c r="GI9" s="9">
         <v>5.86</v>
       </c>
-      <c r="GI9" s="9">
+      <c r="GJ9" s="9">
         <v>7.07</v>
       </c>
-      <c r="GJ9" s="9">
+      <c r="GK9" s="9">
         <v>-1.81</v>
       </c>
-      <c r="GK9" s="9">
+      <c r="GL9" s="9">
         <v>4.49</v>
       </c>
-      <c r="GL9" s="9">
+      <c r="GM9" s="9">
         <v>-10.11</v>
       </c>
-      <c r="GM9" s="9">
+      <c r="GN9" s="9">
         <v>-0.62</v>
       </c>
-      <c r="GN9" s="9">
+      <c r="GO9" s="9">
         <v>4.2</v>
       </c>
-      <c r="GO9" s="9">
+      <c r="GP9" s="9">
         <v>3.32</v>
       </c>
-      <c r="GP9" s="9">
+      <c r="GQ9" s="9">
         <v>5.77</v>
       </c>
-      <c r="GQ9" s="9">
+      <c r="GR9" s="9">
         <v>-9.75</v>
       </c>
-      <c r="GR9" s="9">
+      <c r="GS9" s="9">
         <v>-2.13</v>
       </c>
-      <c r="GS9" s="9">
+      <c r="GT9" s="9">
         <v>-1.08</v>
       </c>
-      <c r="GT9" s="9">
+      <c r="GU9" s="9">
         <v>-5.41</v>
       </c>
-      <c r="GU9" s="9">
+      <c r="GV9" s="9">
         <v>-0.56999999999999995</v>
       </c>
-      <c r="GV9" s="9">
+      <c r="GW9" s="9">
         <v>-0.84</v>
       </c>
-      <c r="GW9" s="9">
+      <c r="GX9" s="9">
         <v>-1.67</v>
       </c>
-      <c r="GX9" s="9">
+      <c r="GY9" s="9">
         <v>0.1</v>
       </c>
-      <c r="GY9" s="9">
+      <c r="GZ9" s="9">
         <v>2.46</v>
       </c>
-      <c r="GZ9" s="9">
+      <c r="HA9" s="9">
         <v>1.1200000000000001</v>
       </c>
-      <c r="HA9" s="9">
+      <c r="HB9" s="9">
         <v>5.46</v>
       </c>
-      <c r="HB9" s="9">
+      <c r="HC9" s="9">
         <v>14.17</v>
       </c>
-      <c r="HC9" s="9">
+      <c r="HD9" s="9">
         <v>9.75</v>
       </c>
-      <c r="HD9" s="9">
+      <c r="HE9" s="9">
         <v>-0.24</v>
       </c>
-      <c r="HE9" s="9">
+      <c r="HF9" s="9">
         <v>13.22</v>
       </c>
-      <c r="HF9" s="9">
+      <c r="HG9" s="9">
         <v>-4.5999999999999996</v>
       </c>
-      <c r="HG9" s="9">
+      <c r="HH9" s="9">
         <v>-0.91</v>
       </c>
-      <c r="HH9" s="9">
+      <c r="HI9" s="9">
         <v>0.59</v>
       </c>
-      <c r="HI9" s="9">
+      <c r="HJ9" s="9">
         <v>-0.32</v>
       </c>
-      <c r="HJ9" s="9">
+      <c r="HK9" s="9">
         <v>0.87</v>
       </c>
-      <c r="HK9" s="9">
+      <c r="HL9" s="9">
         <v>6.15</v>
       </c>
-      <c r="HL9" s="9">
+      <c r="HM9" s="9">
         <v>3.29</v>
       </c>
-      <c r="HM9" s="9">
+      <c r="HN9" s="9">
         <v>17.600000000000001</v>
       </c>
-      <c r="HN9" s="9">
+      <c r="HO9" s="9">
         <v>19.7</v>
       </c>
-      <c r="HO9" s="9">
+      <c r="HP9" s="9">
         <v>4.57</v>
       </c>
-      <c r="HP9" s="9">
+      <c r="HQ9" s="9">
         <v>0.01</v>
       </c>
-      <c r="HQ9" s="9">
+      <c r="HR9" s="9">
         <v>7.88</v>
       </c>
-      <c r="HR9" s="9">
+      <c r="HS9" s="9">
         <v>-0.43</v>
       </c>
-      <c r="HS9" s="9">
+      <c r="HT9" s="9">
         <v>7.73</v>
       </c>
-      <c r="HT9" s="9">
+      <c r="HU9" s="9">
         <v>0.27</v>
       </c>
-      <c r="HU9" s="9">
+      <c r="HV9" s="9">
         <v>-0.45</v>
       </c>
-      <c r="HV9" s="9">
+      <c r="HW9" s="9">
         <v>20.51</v>
       </c>
-      <c r="HW9" s="9">
+      <c r="HX9" s="9">
         <v>-10.93</v>
       </c>
-      <c r="HX9" s="9">
+      <c r="HY9" s="9">
         <v>-28.83</v>
       </c>
-      <c r="HY9" s="9">
+      <c r="HZ9" s="9">
         <v>21.88</v>
       </c>
-      <c r="HZ9" s="9">
+      <c r="IA9" s="9">
         <v>16.02</v>
       </c>
-      <c r="IA9" s="9">
+      <c r="IB9" s="9">
         <v>22.06</v>
       </c>
-      <c r="IB9" s="9">
+      <c r="IC9" s="9">
         <v>12.99</v>
       </c>
+      <c r="ID9" s="9">
+        <v>5.37</v>
+      </c>
+      <c r="IE9" s="9">
+        <v>9.6999999999999993</v>
+      </c>
     </row>
-    <row r="10" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="24" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="7">
         <v>-44.96</v>
       </c>
       <c r="E10" s="7">
         <v>-18.579999999999998</v>
       </c>
       <c r="F10" s="7">
         <v>-0.82</v>
       </c>
       <c r="G10" s="7">
         <v>43.71</v>
       </c>
       <c r="H10" s="7">
         <v>-19.399999999999999</v>
       </c>
       <c r="I10" s="7">
         <v>30.94</v>
       </c>
       <c r="J10" s="7">
@@ -3741,547 +3775,556 @@
       </c>
       <c r="BL10" s="9">
         <v>-7.16</v>
       </c>
       <c r="BM10" s="9">
         <v>411.74</v>
       </c>
       <c r="BN10" s="9">
         <v>-5.5699999999999994</v>
       </c>
       <c r="BO10" s="9">
         <v>-5.4</v>
       </c>
       <c r="BP10" s="9">
         <v>4.6399999999999997</v>
       </c>
       <c r="BQ10" s="9">
         <v>5.26</v>
       </c>
       <c r="BR10" s="9">
         <v>-4.34</v>
       </c>
       <c r="BS10" s="9">
         <v>-20.92</v>
       </c>
-      <c r="BT10" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BU10" s="7">
+      <c r="BT10" s="9">
+        <v>2.09</v>
+      </c>
+      <c r="BU10" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV10" s="7">
         <v>-5.0999999999999996</v>
       </c>
-      <c r="BV10" s="7">
+      <c r="BW10" s="7">
         <v>-4.66</v>
       </c>
-      <c r="BW10" s="7">
+      <c r="BX10" s="7">
         <v>-8.01</v>
       </c>
-      <c r="BX10" s="7">
+      <c r="BY10" s="7">
         <v>-1.37</v>
       </c>
-      <c r="BY10" s="7">
+      <c r="BZ10" s="7">
         <v>-3.63</v>
       </c>
-      <c r="BZ10" s="7">
+      <c r="CA10" s="7">
         <v>-2.14</v>
       </c>
-      <c r="CA10" s="7">
+      <c r="CB10" s="7">
         <v>-1.75</v>
       </c>
-      <c r="CB10" s="7">
+      <c r="CC10" s="7">
         <v>-4.99</v>
       </c>
-      <c r="CC10" s="7">
+      <c r="CD10" s="7">
         <v>-2.46</v>
       </c>
-      <c r="CD10" s="7">
+      <c r="CE10" s="7">
         <v>-3.17</v>
       </c>
-      <c r="CE10" s="7">
+      <c r="CF10" s="7">
         <v>-2.91</v>
       </c>
-      <c r="CF10" s="7">
+      <c r="CG10" s="7">
         <v>-4.78</v>
       </c>
-      <c r="CG10" s="7">
+      <c r="CH10" s="7">
         <v>-1.73</v>
       </c>
-      <c r="CH10" s="7">
+      <c r="CI10" s="7">
         <v>-1.79</v>
       </c>
-      <c r="CI10" s="7">
+      <c r="CJ10" s="7">
         <v>-0.87</v>
       </c>
-      <c r="CJ10" s="7">
+      <c r="CK10" s="7">
         <v>-0.68</v>
       </c>
-      <c r="CK10" s="7">
+      <c r="CL10" s="7">
         <v>-2.29</v>
       </c>
-      <c r="CL10" s="7">
+      <c r="CM10" s="7">
         <v>-1.56</v>
       </c>
-      <c r="CM10" s="7">
+      <c r="CN10" s="7">
         <v>-2.7</v>
       </c>
-      <c r="CN10" s="7">
+      <c r="CO10" s="7">
         <v>-0.69</v>
       </c>
-      <c r="CO10" s="7">
+      <c r="CP10" s="7">
         <v>-1.38</v>
       </c>
-      <c r="CP10" s="7">
+      <c r="CQ10" s="7">
         <v>-1.56</v>
       </c>
-      <c r="CQ10" s="7">
+      <c r="CR10" s="7">
         <v>-2.11</v>
       </c>
-      <c r="CR10" s="7">
+      <c r="CS10" s="7">
         <v>-1.2</v>
       </c>
-      <c r="CS10" s="7">
+      <c r="CT10" s="7">
         <v>-1.53</v>
       </c>
-      <c r="CT10" s="7">
+      <c r="CU10" s="7">
         <v>-3.63</v>
       </c>
-      <c r="CU10" s="7">
+      <c r="CV10" s="7">
         <v>-1.6</v>
       </c>
-      <c r="CV10" s="7">
+      <c r="CW10" s="7">
         <v>-1.21</v>
       </c>
-      <c r="CW10" s="7">
+      <c r="CX10" s="7">
         <v>-0.73</v>
       </c>
-      <c r="CX10" s="7">
+      <c r="CY10" s="7">
         <v>0.7</v>
       </c>
-      <c r="CY10" s="7">
+      <c r="CZ10" s="7">
         <v>-2.44</v>
       </c>
-      <c r="CZ10" s="7">
+      <c r="DA10" s="7">
         <v>-0.18</v>
       </c>
-      <c r="DA10" s="7">
+      <c r="DB10" s="7">
         <v>1.79</v>
       </c>
-      <c r="DB10" s="7">
+      <c r="DC10" s="7">
         <v>-3.48</v>
       </c>
-      <c r="DC10" s="7">
+      <c r="DD10" s="7">
         <v>3.07</v>
       </c>
-      <c r="DD10" s="7">
+      <c r="DE10" s="7">
         <v>8.42</v>
       </c>
-      <c r="DE10" s="7">
+      <c r="DF10" s="7">
         <v>3.29</v>
       </c>
-      <c r="DF10" s="7">
+      <c r="DG10" s="7">
         <v>8.2200000000000006</v>
       </c>
-      <c r="DG10" s="7">
+      <c r="DH10" s="7">
         <v>10.68</v>
       </c>
-      <c r="DH10" s="7">
+      <c r="DI10" s="7">
         <v>6.66</v>
       </c>
-      <c r="DI10" s="7">
+      <c r="DJ10" s="7">
         <v>-0.1</v>
       </c>
-      <c r="DJ10" s="7">
+      <c r="DK10" s="7">
         <v>-2.14</v>
       </c>
-      <c r="DK10" s="7">
+      <c r="DL10" s="7">
         <v>4.54</v>
       </c>
-      <c r="DL10" s="7">
+      <c r="DM10" s="7">
         <v>-1.02</v>
       </c>
-      <c r="DM10" s="7">
+      <c r="DN10" s="7">
         <v>-2.57</v>
       </c>
-      <c r="DN10" s="7">
+      <c r="DO10" s="7">
         <v>1.21</v>
       </c>
-      <c r="DO10" s="7">
+      <c r="DP10" s="7">
         <v>0.5</v>
       </c>
-      <c r="DP10" s="7">
+      <c r="DQ10" s="7">
         <v>14.43</v>
       </c>
-      <c r="DQ10" s="7">
+      <c r="DR10" s="7">
         <v>-4.76</v>
       </c>
-      <c r="DR10" s="7">
+      <c r="DS10" s="7">
         <v>-3.56</v>
       </c>
-      <c r="DS10" s="7">
+      <c r="DT10" s="7">
         <v>-1.97</v>
       </c>
-      <c r="DT10" s="7">
+      <c r="DU10" s="7">
         <v>3.12</v>
       </c>
-      <c r="DU10" s="7">
+      <c r="DV10" s="7">
         <v>0.28000000000000003</v>
       </c>
-      <c r="DV10" s="7">
+      <c r="DW10" s="7">
         <v>-12.99</v>
       </c>
-      <c r="DW10" s="7">
+      <c r="DX10" s="7">
         <v>-3.03</v>
       </c>
-      <c r="DX10" s="7">
+      <c r="DY10" s="7">
         <v>1.04</v>
       </c>
-      <c r="DY10" s="7">
+      <c r="DZ10" s="7">
         <v>1.52</v>
       </c>
-      <c r="DZ10" s="7">
+      <c r="EA10" s="7">
         <v>0.99</v>
       </c>
-      <c r="EA10" s="7">
+      <c r="EB10" s="7">
         <v>-0.16</v>
       </c>
-      <c r="EB10" s="7">
+      <c r="EC10" s="7">
         <v>0.12</v>
       </c>
-      <c r="EC10" s="7">
+      <c r="ED10" s="7">
         <v>4.32</v>
       </c>
-      <c r="ED10" s="7">
+      <c r="EE10" s="7">
         <v>3.25</v>
       </c>
-      <c r="EE10" s="7">
+      <c r="EF10" s="7">
         <v>0.66</v>
       </c>
-      <c r="EF10" s="7">
+      <c r="EG10" s="7">
         <v>-1.29</v>
       </c>
-      <c r="EG10" s="7">
+      <c r="EH10" s="7">
         <v>5.94</v>
       </c>
-      <c r="EH10" s="7">
+      <c r="EI10" s="7">
         <v>8.1999999999999993</v>
       </c>
-      <c r="EI10" s="7">
+      <c r="EJ10" s="7">
         <v>0.09</v>
       </c>
-      <c r="EJ10" s="7">
+      <c r="EK10" s="7">
         <v>0.18</v>
       </c>
-      <c r="EK10" s="7">
+      <c r="EL10" s="7">
         <v>-0.53</v>
       </c>
-      <c r="EL10" s="7">
+      <c r="EM10" s="7">
         <v>1.61</v>
       </c>
-      <c r="EM10" s="7">
+      <c r="EN10" s="7">
         <v>2.11</v>
       </c>
-      <c r="EN10" s="7">
+      <c r="EO10" s="7">
         <v>6.38</v>
       </c>
-      <c r="EO10" s="9">
+      <c r="EP10" s="9">
         <v>4.7</v>
       </c>
-      <c r="EP10" s="9">
+      <c r="EQ10" s="9">
         <v>0.3</v>
       </c>
-      <c r="EQ10" s="9">
+      <c r="ER10" s="9">
         <v>0.16</v>
       </c>
-      <c r="ER10" s="9">
+      <c r="ES10" s="9">
         <v>26.1</v>
       </c>
-      <c r="ES10" s="9">
+      <c r="ET10" s="9">
         <v>1.64</v>
       </c>
-      <c r="ET10" s="9">
+      <c r="EU10" s="9">
         <v>13.84</v>
       </c>
-      <c r="EU10" s="9">
+      <c r="EV10" s="9">
         <v>-9.1300000000000008</v>
       </c>
-      <c r="EV10" s="9">
+      <c r="EW10" s="9">
         <v>1.33</v>
       </c>
-      <c r="EW10" s="9">
+      <c r="EX10" s="9">
         <v>-0.03</v>
       </c>
-      <c r="EX10" s="9">
+      <c r="EY10" s="9">
         <v>-1.62</v>
       </c>
-      <c r="EY10" s="9">
+      <c r="EZ10" s="9">
         <v>1.1499999999999999</v>
       </c>
-      <c r="EZ10" s="9">
+      <c r="FA10" s="9">
         <v>-2.4</v>
       </c>
-      <c r="FA10" s="9">
+      <c r="FB10" s="9">
         <v>34.880000000000003</v>
       </c>
-      <c r="FB10" s="9">
+      <c r="FC10" s="9">
         <v>5.55</v>
       </c>
-      <c r="FC10" s="9">
+      <c r="FD10" s="9">
         <v>5.89</v>
       </c>
-      <c r="FD10" s="9">
+      <c r="FE10" s="9">
         <v>1.28</v>
       </c>
-      <c r="FE10" s="9">
+      <c r="FF10" s="9">
         <v>25.41</v>
       </c>
-      <c r="FF10" s="9">
+      <c r="FG10" s="9">
         <v>-5.44</v>
       </c>
-      <c r="FG10" s="9">
+      <c r="FH10" s="9">
         <v>3.87</v>
       </c>
-      <c r="FH10" s="9">
+      <c r="FI10" s="9">
         <v>2.0099999999999998</v>
       </c>
-      <c r="FI10" s="9">
+      <c r="FJ10" s="9">
         <v>3.26</v>
       </c>
-      <c r="FJ10" s="9">
+      <c r="FK10" s="9">
         <v>2.2000000000000002</v>
       </c>
-      <c r="FK10" s="9">
+      <c r="FL10" s="9">
         <v>6.59</v>
       </c>
-      <c r="FL10" s="9">
+      <c r="FM10" s="9">
         <v>10.19</v>
       </c>
-      <c r="FM10" s="9">
+      <c r="FN10" s="9">
         <v>71.34</v>
       </c>
-      <c r="FN10" s="9">
+      <c r="FO10" s="9">
         <v>12.18</v>
       </c>
-      <c r="FO10" s="9">
+      <c r="FP10" s="9">
         <v>-33.340000000000003</v>
       </c>
-      <c r="FP10" s="9">
+      <c r="FQ10" s="9">
         <v>6.84</v>
       </c>
-      <c r="FQ10" s="9">
+      <c r="FR10" s="9">
         <v>3.72</v>
       </c>
-      <c r="FR10" s="9">
+      <c r="FS10" s="9">
         <v>8.11</v>
       </c>
-      <c r="FS10" s="9">
+      <c r="FT10" s="9">
         <v>2.17</v>
       </c>
-      <c r="FT10" s="9">
+      <c r="FU10" s="9">
         <v>0.87</v>
       </c>
-      <c r="FU10" s="9">
+      <c r="FV10" s="9">
         <v>3.74</v>
       </c>
-      <c r="FV10" s="9">
+      <c r="FW10" s="9">
         <v>0.23</v>
       </c>
-      <c r="FW10" s="9">
+      <c r="FX10" s="9">
         <v>5.71</v>
       </c>
-      <c r="FX10" s="9">
+      <c r="FY10" s="9">
         <v>12.86</v>
       </c>
-      <c r="FY10" s="9">
+      <c r="FZ10" s="9">
         <v>5.3</v>
       </c>
-      <c r="FZ10" s="9">
+      <c r="GA10" s="9">
         <v>13.24</v>
       </c>
-      <c r="GA10" s="9">
+      <c r="GB10" s="9">
         <v>26.76</v>
       </c>
-      <c r="GB10" s="9">
+      <c r="GC10" s="9">
         <v>-18.510000000000002</v>
       </c>
-      <c r="GC10" s="9">
+      <c r="GD10" s="9">
         <v>3.52</v>
       </c>
-      <c r="GD10" s="9">
+      <c r="GE10" s="9">
         <v>17.96</v>
       </c>
-      <c r="GE10" s="9">
+      <c r="GF10" s="9">
         <v>9.1300000000000008</v>
       </c>
-      <c r="GF10" s="9">
+      <c r="GG10" s="9">
         <v>7.66</v>
       </c>
-      <c r="GG10" s="9">
+      <c r="GH10" s="9">
         <v>11.98</v>
       </c>
-      <c r="GH10" s="9">
+      <c r="GI10" s="9">
         <v>9.1199999999999992</v>
       </c>
-      <c r="GI10" s="9">
+      <c r="GJ10" s="9">
         <v>11.89</v>
       </c>
-      <c r="GJ10" s="9">
+      <c r="GK10" s="9">
         <v>12.51</v>
       </c>
-      <c r="GK10" s="9">
+      <c r="GL10" s="9">
         <v>8.75</v>
       </c>
-      <c r="GL10" s="9">
+      <c r="GM10" s="9">
         <v>-24.24</v>
       </c>
-      <c r="GM10" s="9">
+      <c r="GN10" s="9">
         <v>-16.23</v>
       </c>
-      <c r="GN10" s="9">
+      <c r="GO10" s="9">
         <v>4.24</v>
       </c>
-      <c r="GO10" s="9">
+      <c r="GP10" s="9">
         <v>176.99</v>
       </c>
-      <c r="GP10" s="9">
+      <c r="GQ10" s="9">
         <v>-153.72999999999999</v>
       </c>
-      <c r="GQ10" s="9">
+      <c r="GR10" s="9">
         <v>-3.14</v>
       </c>
-      <c r="GR10" s="9">
+      <c r="GS10" s="9">
         <v>0.48</v>
       </c>
-      <c r="GS10" s="9">
+      <c r="GT10" s="9">
         <v>-5.53</v>
       </c>
-      <c r="GT10" s="9">
+      <c r="GU10" s="9">
         <v>-3.5</v>
       </c>
-      <c r="GU10" s="9">
+      <c r="GV10" s="9">
         <v>137.56</v>
       </c>
-      <c r="GV10" s="9">
+      <c r="GW10" s="9">
         <v>-3.09</v>
       </c>
-      <c r="GW10" s="9">
+      <c r="GX10" s="9">
         <v>-231.07</v>
       </c>
-      <c r="GX10" s="9">
+      <c r="GY10" s="9">
         <v>-7.88</v>
       </c>
-      <c r="GY10" s="9">
+      <c r="GZ10" s="9">
         <v>-8.09</v>
       </c>
-      <c r="GZ10" s="9">
+      <c r="HA10" s="9">
         <v>-4</v>
       </c>
-      <c r="HA10" s="9">
+      <c r="HB10" s="9">
         <v>-1.92</v>
       </c>
-      <c r="HB10" s="9">
+      <c r="HC10" s="9">
         <v>0.4</v>
       </c>
-      <c r="HC10" s="9">
+      <c r="HD10" s="9">
         <v>-3.05</v>
       </c>
-      <c r="HD10" s="9">
+      <c r="HE10" s="9">
         <v>-1.58</v>
       </c>
-      <c r="HE10" s="9">
+      <c r="HF10" s="9">
         <v>-2.5299999999999998</v>
       </c>
-      <c r="HF10" s="9">
+      <c r="HG10" s="9">
         <v>-12.24</v>
       </c>
-      <c r="HG10" s="9">
+      <c r="HH10" s="9">
         <v>428.62</v>
       </c>
-      <c r="HH10" s="9">
+      <c r="HI10" s="9">
         <v>-4.6399999999999997</v>
       </c>
-      <c r="HI10" s="9">
+      <c r="HJ10" s="9">
         <v>-2.1</v>
       </c>
-      <c r="HJ10" s="9">
+      <c r="HK10" s="9">
         <v>-3.17</v>
       </c>
-      <c r="HK10" s="9">
+      <c r="HL10" s="9">
         <v>-0.3</v>
       </c>
-      <c r="HL10" s="9">
+      <c r="HM10" s="9">
         <v>-4.08</v>
       </c>
-      <c r="HM10" s="9">
+      <c r="HN10" s="9">
         <v>-0.78</v>
       </c>
-      <c r="HN10" s="9">
+      <c r="HO10" s="9">
         <v>-0.54</v>
       </c>
-      <c r="HO10" s="9">
+      <c r="HP10" s="9">
         <v>4.8499999999999996</v>
       </c>
-      <c r="HP10" s="9">
+      <c r="HQ10" s="9">
         <v>-1.31</v>
       </c>
-      <c r="HQ10" s="9">
+      <c r="HR10" s="9">
         <v>1.1000000000000001</v>
       </c>
-      <c r="HR10" s="9">
+      <c r="HS10" s="9">
         <v>-0.18</v>
       </c>
-      <c r="HS10" s="9">
+      <c r="HT10" s="9">
         <v>1.82</v>
       </c>
-      <c r="HT10" s="9">
+      <c r="HU10" s="9">
         <v>3.62</v>
       </c>
-      <c r="HU10" s="9">
+      <c r="HV10" s="9">
         <v>2.11</v>
       </c>
-      <c r="HV10" s="9">
+      <c r="HW10" s="9">
         <v>0.32</v>
       </c>
-      <c r="HW10" s="9">
+      <c r="HX10" s="9">
         <v>-6.77</v>
       </c>
-      <c r="HX10" s="9">
+      <c r="HY10" s="9">
         <v>-17.670000000000002</v>
       </c>
-      <c r="HY10" s="9">
+      <c r="HZ10" s="9">
         <v>0.73</v>
       </c>
-      <c r="HZ10" s="9">
+      <c r="IA10" s="9">
         <v>-3.98</v>
       </c>
-      <c r="IA10" s="9">
+      <c r="IB10" s="9">
         <v>-0.35</v>
       </c>
-      <c r="IB10" s="9">
+      <c r="IC10" s="9">
         <v>0.46</v>
       </c>
+      <c r="ID10" s="9">
+        <v>1.98</v>
+      </c>
+      <c r="IE10" s="9">
+        <v>2.58</v>
+      </c>
     </row>
-    <row r="11" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D11" s="7">
         <v>-9.5</v>
       </c>
       <c r="E11" s="7">
         <v>-1.0900000000000001</v>
       </c>
       <c r="F11" s="7">
         <v>-0.27</v>
       </c>
       <c r="G11" s="7">
         <v>-5.64</v>
       </c>
       <c r="H11" s="7">
         <v>-0.77</v>
       </c>
       <c r="I11" s="7">
         <v>1.31</v>
       </c>
       <c r="J11" s="7">
@@ -4448,319 +4491,319 @@
       </c>
       <c r="BL11" s="9">
         <v>0</v>
       </c>
       <c r="BM11" s="9">
         <v>0</v>
       </c>
       <c r="BN11" s="9">
         <v>0</v>
       </c>
       <c r="BO11" s="9">
         <v>2.11</v>
       </c>
       <c r="BP11" s="9">
         <v>0.03</v>
       </c>
       <c r="BQ11" s="9">
         <v>-0.01</v>
       </c>
       <c r="BR11" s="9">
         <v>0.76</v>
       </c>
       <c r="BS11" s="9">
         <v>29.619999999999997</v>
       </c>
-      <c r="BT11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BU11" s="7">
+      <c r="BT11" s="9">
+        <v>6.64</v>
+      </c>
+      <c r="BU11" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="BV11" s="7">
+      <c r="BW11" s="7">
         <v>0.02</v>
       </c>
-      <c r="BW11" s="7">
+      <c r="BX11" s="7">
         <v>0.53</v>
       </c>
-      <c r="BX11" s="7">
+      <c r="BY11" s="7">
         <v>1.34</v>
       </c>
-      <c r="BY11" s="7">
+      <c r="BZ11" s="7">
         <v>0.03</v>
       </c>
-      <c r="BZ11" s="7">
+      <c r="CA11" s="7">
         <v>-4.21</v>
       </c>
-      <c r="CA11" s="7">
+      <c r="CB11" s="7">
         <v>-0.11</v>
       </c>
-      <c r="CB11" s="7">
+      <c r="CC11" s="7">
         <v>-0.54</v>
       </c>
-      <c r="CC11" s="7">
+      <c r="CD11" s="7">
         <v>-5.0999999999999996</v>
       </c>
-      <c r="CD11" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="CE11" s="7">
+        <v>0</v>
+      </c>
+      <c r="CF11" s="7">
         <v>-0.12</v>
       </c>
-      <c r="CF11" s="7">
+      <c r="CG11" s="7">
         <v>-1.32</v>
       </c>
-      <c r="CG11" s="7">
+      <c r="CH11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="CH11" s="7">
+      <c r="CI11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="CI11" s="7">
+      <c r="CJ11" s="7">
         <v>-0.38</v>
       </c>
-      <c r="CJ11" s="7">
+      <c r="CK11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="CK11" s="7">
+      <c r="CL11" s="7">
         <v>-0.05</v>
       </c>
-      <c r="CL11" s="7">
+      <c r="CM11" s="7">
         <v>-0.08</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.02</v>
       </c>
       <c r="CN11" s="7">
         <v>-0.02</v>
       </c>
       <c r="CO11" s="7">
-        <v>0</v>
+        <v>-0.02</v>
       </c>
       <c r="CP11" s="7">
+        <v>0</v>
+      </c>
+      <c r="CQ11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="CQ11" s="7">
+      <c r="CR11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="CR11" s="7">
+      <c r="CS11" s="7">
         <v>-0.42</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.01</v>
       </c>
       <c r="CT11" s="7">
         <v>-0.01</v>
       </c>
       <c r="CU11" s="7">
+        <v>-0.01</v>
+      </c>
+      <c r="CV11" s="7">
         <v>-0.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.03</v>
       </c>
       <c r="CW11" s="7">
         <v>-0.03</v>
       </c>
       <c r="CX11" s="7">
         <v>-0.03</v>
       </c>
       <c r="CY11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="CZ11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="CZ11" s="7">
+      <c r="DA11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="DA11" s="7">
+      <c r="DB11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DB11" s="7">
+      <c r="DC11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="DC11" s="7">
+      <c r="DD11" s="7">
         <v>-0.04</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.03</v>
       </c>
       <c r="DE11" s="7">
         <v>-0.03</v>
       </c>
       <c r="DF11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="DG11" s="7">
         <v>-0.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.03</v>
       </c>
       <c r="DH11" s="7">
         <v>-0.03</v>
       </c>
       <c r="DI11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="DJ11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="DJ11" s="7">
+      <c r="DK11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DK11" s="7">
+      <c r="DL11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="DL11" s="7">
+      <c r="DM11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DM11" s="7">
+      <c r="DN11" s="7">
         <v>-3.22</v>
       </c>
-      <c r="DN11" s="7">
+      <c r="DO11" s="7">
         <v>-1.65</v>
       </c>
-      <c r="DO11" s="7">
+      <c r="DP11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="DP11" s="7">
+      <c r="DQ11" s="7">
         <v>-0.15</v>
       </c>
-      <c r="DQ11" s="7">
+      <c r="DR11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DR11" s="7">
+      <c r="DS11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="DS11" s="7">
+      <c r="DT11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="DT11" s="7">
+      <c r="DU11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DU11" s="7">
+      <c r="DV11" s="7">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="DV11" s="7">
+      <c r="DW11" s="7">
         <v>-0.2</v>
       </c>
-      <c r="DW11" s="7">
+      <c r="DX11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="DX11" s="7">
+      <c r="DY11" s="7">
         <v>-0.19</v>
       </c>
-      <c r="DY11" s="7">
+      <c r="DZ11" s="7">
         <v>-0.05</v>
       </c>
-      <c r="DZ11" s="7">
+      <c r="EA11" s="7">
         <v>-0.13</v>
       </c>
-      <c r="EA11" s="7">
+      <c r="EB11" s="7">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="EB11" s="7">
+      <c r="EC11" s="7">
         <v>0.08</v>
       </c>
-      <c r="EC11" s="7">
+      <c r="ED11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="ED11" s="7">
+      <c r="EE11" s="7">
         <v>-0.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.03</v>
       </c>
       <c r="EF11" s="7">
         <v>-0.03</v>
       </c>
       <c r="EG11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="EH11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="EH11" s="7">
+      <c r="EI11" s="7">
         <v>0.95</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.03</v>
       </c>
       <c r="EJ11" s="7">
         <v>-0.03</v>
       </c>
       <c r="EK11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="EL11" s="7">
         <v>-0.05</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.03</v>
       </c>
       <c r="EM11" s="7">
         <v>-0.03</v>
       </c>
       <c r="EN11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="EO11" s="7">
         <v>0.65</v>
       </c>
-      <c r="EO11" s="9">
+      <c r="EP11" s="9">
         <v>0.01</v>
       </c>
-      <c r="EP11" s="9">
+      <c r="EQ11" s="9">
         <v>-0.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.01</v>
       </c>
       <c r="ER11" s="9">
         <v>-0.01</v>
       </c>
       <c r="ES11" s="9">
-        <v>0</v>
+        <v>-0.01</v>
       </c>
       <c r="ET11" s="9">
         <v>0</v>
       </c>
       <c r="EU11" s="9">
+        <v>0</v>
+      </c>
+      <c r="EV11" s="9">
         <v>-0.04</v>
       </c>
-      <c r="EV11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="EW11" s="9">
+        <v>0</v>
+      </c>
+      <c r="EX11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="EX11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="EY11" s="9">
+        <v>0</v>
+      </c>
+      <c r="EZ11" s="9">
         <v>-0.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.01</v>
       </c>
       <c r="FA11" s="9">
         <v>-0.01</v>
       </c>
       <c r="FB11" s="9">
         <v>-0.01</v>
       </c>
       <c r="FC11" s="9">
         <v>-0.01</v>
       </c>
       <c r="FD11" s="9">
         <v>-0.01</v>
       </c>
       <c r="FE11" s="9">
-        <v>0</v>
+        <v>-0.01</v>
       </c>
       <c r="FF11" s="9">
         <v>0</v>
       </c>
       <c r="FG11" s="9">
         <v>0</v>
       </c>
       <c r="FH11" s="9">
         <v>0</v>
       </c>
       <c r="FI11" s="9">
         <v>0</v>
       </c>
       <c r="FJ11" s="9">
         <v>0</v>
       </c>
       <c r="FK11" s="9">
         <v>0</v>
       </c>
       <c r="FL11" s="9">
         <v>0</v>
       </c>
       <c r="FM11" s="9">
         <v>0</v>
       </c>
@@ -4893,102 +4936,111 @@
       <c r="HD11" s="9">
         <v>0</v>
       </c>
       <c r="HE11" s="9">
         <v>0</v>
       </c>
       <c r="HF11" s="9">
         <v>0</v>
       </c>
       <c r="HG11" s="9">
         <v>0</v>
       </c>
       <c r="HH11" s="9">
         <v>0</v>
       </c>
       <c r="HI11" s="9">
         <v>0</v>
       </c>
       <c r="HJ11" s="9">
         <v>0</v>
       </c>
       <c r="HK11" s="9">
         <v>0</v>
       </c>
       <c r="HL11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HM11" s="9">
         <v>2.11</v>
       </c>
-      <c r="HM11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="HN11" s="9">
         <v>0</v>
       </c>
       <c r="HO11" s="9">
         <v>0</v>
       </c>
       <c r="HP11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HQ11" s="9">
         <v>0.03</v>
       </c>
-      <c r="HQ11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="HR11" s="9">
         <v>0</v>
       </c>
       <c r="HS11" s="9">
         <v>0</v>
       </c>
       <c r="HT11" s="9">
-        <v>-0.01</v>
+        <v>0</v>
       </c>
       <c r="HU11" s="9">
         <v>-0.01</v>
       </c>
       <c r="HV11" s="9">
+        <v>-0.01</v>
+      </c>
+      <c r="HW11" s="9">
         <v>0.5</v>
       </c>
-      <c r="HW11" s="9">
+      <c r="HX11" s="9">
         <v>0.27</v>
       </c>
-      <c r="HX11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="HY11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HZ11" s="9">
         <v>1.63</v>
       </c>
-      <c r="HZ11" s="9">
+      <c r="IA11" s="9">
         <v>27.99</v>
       </c>
-      <c r="IA11" s="9">
+      <c r="IB11" s="9">
         <v>5.71</v>
       </c>
-      <c r="IB11" s="9">
+      <c r="IC11" s="9">
         <v>0.13</v>
       </c>
+      <c r="ID11" s="9">
+        <v>0.8</v>
+      </c>
+      <c r="IE11" s="9">
+        <v>-7.0000000000000007E-2</v>
+      </c>
     </row>
-    <row r="12" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="24" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D12" s="7">
         <v>24.43</v>
       </c>
       <c r="E12" s="7">
         <v>6.08</v>
       </c>
       <c r="F12" s="7">
         <v>59</v>
       </c>
       <c r="G12" s="7">
         <v>32.82</v>
       </c>
       <c r="H12" s="7">
         <v>24.67</v>
       </c>
       <c r="I12" s="7">
         <v>32.659999999999997</v>
       </c>
       <c r="J12" s="7">
@@ -5155,547 +5207,556 @@
       </c>
       <c r="BL12" s="9">
         <v>81.539999999999992</v>
       </c>
       <c r="BM12" s="9">
         <v>52.7</v>
       </c>
       <c r="BN12" s="9">
         <v>52.19</v>
       </c>
       <c r="BO12" s="9">
         <v>3.1300000000000003</v>
       </c>
       <c r="BP12" s="9">
         <v>15.77</v>
       </c>
       <c r="BQ12" s="9">
         <v>33.130000000000003</v>
       </c>
       <c r="BR12" s="9">
         <v>25.54</v>
       </c>
       <c r="BS12" s="9">
         <v>25.48</v>
       </c>
-      <c r="BT12" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BU12" s="7">
+      <c r="BT12" s="9">
+        <v>19.880000000000003</v>
+      </c>
+      <c r="BU12" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV12" s="7">
         <v>0.7</v>
       </c>
-      <c r="BV12" s="7">
+      <c r="BW12" s="7">
         <v>-0.1</v>
       </c>
-      <c r="BW12" s="7">
+      <c r="BX12" s="7">
         <v>1.58</v>
       </c>
-      <c r="BX12" s="7">
+      <c r="BY12" s="7">
         <v>3.75</v>
       </c>
-      <c r="BY12" s="7">
+      <c r="BZ12" s="7">
         <v>5.94</v>
       </c>
-      <c r="BZ12" s="7">
+      <c r="CA12" s="7">
         <v>7.65</v>
       </c>
-      <c r="CA12" s="7">
+      <c r="CB12" s="7">
         <v>0.36</v>
       </c>
-      <c r="CB12" s="7">
+      <c r="CC12" s="7">
         <v>0.39</v>
       </c>
-      <c r="CC12" s="7">
+      <c r="CD12" s="7">
         <v>3.8</v>
       </c>
-      <c r="CD12" s="7">
+      <c r="CE12" s="7">
         <v>0.43</v>
       </c>
-      <c r="CE12" s="7">
+      <c r="CF12" s="7">
         <v>-0.18</v>
       </c>
-      <c r="CF12" s="7">
+      <c r="CG12" s="7">
         <v>0.1</v>
       </c>
-      <c r="CG12" s="7">
+      <c r="CH12" s="7">
         <v>6.51</v>
       </c>
-      <c r="CH12" s="7">
+      <c r="CI12" s="7">
         <v>1.97</v>
       </c>
-      <c r="CI12" s="7">
+      <c r="CJ12" s="7">
         <v>-2.02</v>
       </c>
-      <c r="CJ12" s="7">
+      <c r="CK12" s="7">
         <v>-2.15</v>
       </c>
-      <c r="CK12" s="7">
+      <c r="CL12" s="7">
         <v>-0.18</v>
       </c>
-      <c r="CL12" s="7">
+      <c r="CM12" s="7">
         <v>-0.63</v>
       </c>
-      <c r="CM12" s="7">
+      <c r="CN12" s="7">
         <v>0.77</v>
       </c>
-      <c r="CN12" s="7">
+      <c r="CO12" s="7">
         <v>-12.94</v>
       </c>
-      <c r="CO12" s="7">
+      <c r="CP12" s="7">
         <v>-0.04</v>
       </c>
-      <c r="CP12" s="7">
+      <c r="CQ12" s="7">
         <v>0.89</v>
       </c>
-      <c r="CQ12" s="7">
+      <c r="CR12" s="7">
         <v>-0.02</v>
       </c>
-      <c r="CR12" s="7">
+      <c r="CS12" s="7">
         <v>13.93</v>
       </c>
-      <c r="CS12" s="7">
+      <c r="CT12" s="7">
         <v>8.7799999999999994</v>
       </c>
-      <c r="CT12" s="7">
+      <c r="CU12" s="7">
         <v>10.199999999999999</v>
       </c>
-      <c r="CU12" s="7">
+      <c r="CV12" s="7">
         <v>-1.24</v>
       </c>
-      <c r="CV12" s="7">
+      <c r="CW12" s="7">
         <v>3.83</v>
       </c>
-      <c r="CW12" s="7">
+      <c r="CX12" s="7">
         <v>0.15</v>
       </c>
-      <c r="CX12" s="7">
+      <c r="CY12" s="7">
         <v>9.9</v>
       </c>
-      <c r="CY12" s="7">
+      <c r="CZ12" s="7">
         <v>10.79</v>
       </c>
-      <c r="CZ12" s="7">
+      <c r="DA12" s="7">
         <v>0.48</v>
       </c>
-      <c r="DA12" s="7">
+      <c r="DB12" s="7">
         <v>0.51</v>
       </c>
-      <c r="DB12" s="7">
+      <c r="DC12" s="7">
         <v>3.77</v>
       </c>
-      <c r="DC12" s="7">
+      <c r="DD12" s="7">
         <v>17.02</v>
       </c>
-      <c r="DD12" s="7">
+      <c r="DE12" s="7">
         <v>-5.17</v>
       </c>
-      <c r="DE12" s="7">
+      <c r="DF12" s="7">
         <v>-0.14000000000000001</v>
       </c>
-      <c r="DF12" s="7">
+      <c r="DG12" s="7">
         <v>4.04</v>
       </c>
-      <c r="DG12" s="7">
+      <c r="DH12" s="7">
         <v>7.29</v>
       </c>
-      <c r="DH12" s="7">
+      <c r="DI12" s="7">
         <v>0.74</v>
       </c>
-      <c r="DI12" s="7">
+      <c r="DJ12" s="7">
         <v>3.73</v>
       </c>
-      <c r="DJ12" s="7">
+      <c r="DK12" s="7">
         <v>17.55</v>
       </c>
-      <c r="DK12" s="7">
+      <c r="DL12" s="7">
         <v>0.01</v>
       </c>
-      <c r="DL12" s="7">
+      <c r="DM12" s="7">
         <v>0.2</v>
       </c>
-      <c r="DM12" s="7">
+      <c r="DN12" s="7">
         <v>11.16</v>
       </c>
-      <c r="DN12" s="7">
+      <c r="DO12" s="7">
         <v>-10.31</v>
       </c>
-      <c r="DO12" s="7">
+      <c r="DP12" s="7">
         <v>-0.33</v>
       </c>
-      <c r="DP12" s="7">
+      <c r="DQ12" s="7">
         <v>-1.1200000000000001</v>
       </c>
-      <c r="DQ12" s="7">
+      <c r="DR12" s="7">
         <v>-0.05</v>
       </c>
-      <c r="DR12" s="7">
+      <c r="DS12" s="7">
         <v>0.5</v>
       </c>
-      <c r="DS12" s="7">
+      <c r="DT12" s="7">
         <v>-0.76</v>
       </c>
-      <c r="DT12" s="7">
+      <c r="DU12" s="7">
         <v>0.87</v>
       </c>
-      <c r="DU12" s="7">
+      <c r="DV12" s="7">
         <v>-0.13</v>
       </c>
-      <c r="DV12" s="7">
+      <c r="DW12" s="7">
         <v>-2.1</v>
       </c>
-      <c r="DW12" s="7">
+      <c r="DX12" s="7">
         <v>15.32</v>
       </c>
-      <c r="DX12" s="7">
+      <c r="DY12" s="7">
         <v>5.42</v>
       </c>
-      <c r="DY12" s="7">
+      <c r="DZ12" s="7">
         <v>0.53</v>
       </c>
-      <c r="DZ12" s="7">
+      <c r="EA12" s="7">
         <v>0.51</v>
       </c>
-      <c r="EA12" s="7">
+      <c r="EB12" s="7">
         <v>-0.96</v>
       </c>
-      <c r="EB12" s="7">
+      <c r="EC12" s="7">
         <v>5.53</v>
       </c>
-      <c r="EC12" s="7">
+      <c r="ED12" s="7">
         <v>5.78</v>
       </c>
-      <c r="ED12" s="7">
+      <c r="EE12" s="7">
         <v>3.75</v>
       </c>
-      <c r="EE12" s="7">
+      <c r="EF12" s="7">
         <v>-4.24</v>
       </c>
-      <c r="EF12" s="7">
+      <c r="EG12" s="7">
         <v>10.039999999999999</v>
       </c>
-      <c r="EG12" s="7">
+      <c r="EH12" s="7">
         <v>-0.28999999999999998</v>
       </c>
-      <c r="EH12" s="7">
+      <c r="EI12" s="7">
         <v>7.94</v>
       </c>
-      <c r="EI12" s="7">
+      <c r="EJ12" s="7">
         <v>2.25</v>
       </c>
-      <c r="EJ12" s="7">
+      <c r="EK12" s="7">
         <v>-1.05</v>
       </c>
-      <c r="EK12" s="7">
+      <c r="EL12" s="7">
         <v>0.82</v>
       </c>
-      <c r="EL12" s="7">
+      <c r="EM12" s="7">
         <v>3.27</v>
       </c>
-      <c r="EM12" s="7">
+      <c r="EN12" s="7">
         <v>1.06</v>
       </c>
-      <c r="EN12" s="7">
+      <c r="EO12" s="7">
         <v>3.3</v>
       </c>
-      <c r="EO12" s="9">
+      <c r="EP12" s="9">
         <v>-2.97</v>
       </c>
-      <c r="EP12" s="9">
+      <c r="EQ12" s="9">
         <v>1.53</v>
       </c>
-      <c r="EQ12" s="9">
+      <c r="ER12" s="9">
         <v>-0.22</v>
       </c>
-      <c r="ER12" s="9">
+      <c r="ES12" s="9">
         <v>5.21</v>
       </c>
-      <c r="ES12" s="9">
+      <c r="ET12" s="9">
         <v>2.44</v>
       </c>
-      <c r="ET12" s="9">
+      <c r="EU12" s="9">
         <v>-0.83</v>
       </c>
-      <c r="EU12" s="9">
+      <c r="EV12" s="9">
         <v>13.6</v>
       </c>
-      <c r="EV12" s="9">
+      <c r="EW12" s="9">
         <v>0.3</v>
       </c>
-      <c r="EW12" s="9">
+      <c r="EX12" s="9">
         <v>-3.21</v>
       </c>
-      <c r="EX12" s="9">
+      <c r="EY12" s="9">
         <v>-3.36</v>
       </c>
-      <c r="EY12" s="9">
+      <c r="EZ12" s="9">
         <v>2.02</v>
       </c>
-      <c r="EZ12" s="9">
+      <c r="FA12" s="9">
         <v>-0.87</v>
       </c>
-      <c r="FA12" s="9">
+      <c r="FB12" s="9">
         <v>-3.76</v>
       </c>
-      <c r="FB12" s="9">
+      <c r="FC12" s="9">
         <v>4.43</v>
       </c>
-      <c r="FC12" s="9">
+      <c r="FD12" s="9">
         <v>-2.0699999999999998</v>
       </c>
-      <c r="FD12" s="9">
+      <c r="FE12" s="9">
         <v>-0.94</v>
       </c>
-      <c r="FE12" s="9">
+      <c r="FF12" s="9">
         <v>-1.0900000000000001</v>
       </c>
-      <c r="FF12" s="9">
+      <c r="FG12" s="9">
         <v>-0.21</v>
       </c>
-      <c r="FG12" s="9">
+      <c r="FH12" s="9">
         <v>26.8</v>
       </c>
-      <c r="FH12" s="9">
+      <c r="FI12" s="9">
         <v>1.53</v>
       </c>
-      <c r="FI12" s="9">
+      <c r="FJ12" s="9">
         <v>68.14</v>
       </c>
-      <c r="FJ12" s="9">
+      <c r="FK12" s="9">
         <v>2.14</v>
       </c>
-      <c r="FK12" s="9">
+      <c r="FL12" s="9">
         <v>0.33</v>
       </c>
-      <c r="FL12" s="9">
+      <c r="FM12" s="9">
         <v>6.15</v>
       </c>
-      <c r="FM12" s="9">
+      <c r="FN12" s="9">
         <v>7.29</v>
       </c>
-      <c r="FN12" s="9">
+      <c r="FO12" s="9">
         <v>4.46</v>
       </c>
-      <c r="FO12" s="9">
+      <c r="FP12" s="9">
         <v>-26.09</v>
       </c>
-      <c r="FP12" s="9">
+      <c r="FQ12" s="9">
         <v>2.04</v>
       </c>
-      <c r="FQ12" s="9">
+      <c r="FR12" s="9">
         <v>-16.48</v>
       </c>
-      <c r="FR12" s="9">
+      <c r="FS12" s="9">
         <v>-16.940000000000001</v>
       </c>
-      <c r="FS12" s="9">
+      <c r="FT12" s="9">
         <v>-4.8899999999999997</v>
       </c>
-      <c r="FT12" s="9">
+      <c r="FU12" s="9">
         <v>5.45</v>
       </c>
-      <c r="FU12" s="9">
+      <c r="FV12" s="9">
         <v>1.74</v>
       </c>
-      <c r="FV12" s="9">
+      <c r="FW12" s="9">
         <v>1.65</v>
       </c>
-      <c r="FW12" s="9">
+      <c r="FX12" s="9">
         <v>3.83</v>
       </c>
-      <c r="FX12" s="9">
+      <c r="FY12" s="9">
         <v>-2.23</v>
       </c>
-      <c r="FY12" s="9">
+      <c r="FZ12" s="9">
         <v>-18.329999999999998</v>
       </c>
-      <c r="FZ12" s="9">
+      <c r="GA12" s="9">
         <v>7.47</v>
       </c>
-      <c r="GA12" s="9">
+      <c r="GB12" s="9">
         <v>8.14</v>
       </c>
-      <c r="GB12" s="9">
+      <c r="GC12" s="9">
         <v>-77.83</v>
       </c>
-      <c r="GC12" s="9">
+      <c r="GD12" s="9">
         <v>3.62</v>
       </c>
-      <c r="GD12" s="9">
+      <c r="GE12" s="9">
         <v>8.25</v>
       </c>
-      <c r="GE12" s="9">
+      <c r="GF12" s="9">
         <v>3.81</v>
       </c>
-      <c r="GF12" s="9">
+      <c r="GG12" s="9">
         <v>7.88</v>
       </c>
-      <c r="GG12" s="9">
+      <c r="GH12" s="9">
         <v>12.29</v>
       </c>
-      <c r="GH12" s="9">
+      <c r="GI12" s="9">
         <v>21.08</v>
       </c>
-      <c r="GI12" s="9">
+      <c r="GJ12" s="9">
         <v>8.65</v>
       </c>
-      <c r="GJ12" s="9">
+      <c r="GK12" s="9">
         <v>11.53</v>
       </c>
-      <c r="GK12" s="9">
+      <c r="GL12" s="9">
         <v>3.36</v>
       </c>
-      <c r="GL12" s="9">
+      <c r="GM12" s="9">
         <v>3.02</v>
       </c>
-      <c r="GM12" s="9">
+      <c r="GN12" s="9">
         <v>-5.1100000000000003</v>
       </c>
-      <c r="GN12" s="9">
+      <c r="GO12" s="9">
         <v>6.73</v>
       </c>
-      <c r="GO12" s="9">
+      <c r="GP12" s="9">
         <v>10.09</v>
       </c>
-      <c r="GP12" s="9">
+      <c r="GQ12" s="9">
         <v>3.25</v>
       </c>
-      <c r="GQ12" s="9">
+      <c r="GR12" s="9">
         <v>21.8</v>
       </c>
-      <c r="GR12" s="9">
+      <c r="GS12" s="9">
         <v>15.79</v>
       </c>
-      <c r="GS12" s="9">
+      <c r="GT12" s="9">
         <v>19.809999999999999</v>
       </c>
-      <c r="GT12" s="9">
+      <c r="GU12" s="9">
         <v>12.3</v>
       </c>
-      <c r="GU12" s="9">
+      <c r="GV12" s="9">
         <v>64.16</v>
       </c>
-      <c r="GV12" s="9">
+      <c r="GW12" s="9">
         <v>10.039999999999999</v>
       </c>
-      <c r="GW12" s="9">
+      <c r="GX12" s="9">
         <v>32.229999999999997</v>
       </c>
-      <c r="GX12" s="9">
+      <c r="GY12" s="9">
         <v>-4.96</v>
       </c>
-      <c r="GY12" s="9">
+      <c r="GZ12" s="9">
         <v>4.29</v>
       </c>
-      <c r="GZ12" s="9">
+      <c r="HA12" s="9">
         <v>65.44</v>
       </c>
-      <c r="HA12" s="9">
+      <c r="HB12" s="9">
         <v>38.35</v>
       </c>
-      <c r="HB12" s="9">
+      <c r="HC12" s="9">
         <v>14.28</v>
       </c>
-      <c r="HC12" s="9">
+      <c r="HD12" s="9">
         <v>63.18</v>
       </c>
-      <c r="HD12" s="9">
+      <c r="HE12" s="9">
         <v>3.67</v>
       </c>
-      <c r="HE12" s="9">
+      <c r="HF12" s="9">
         <v>14.69</v>
       </c>
-      <c r="HF12" s="9">
+      <c r="HG12" s="9">
         <v>39.1</v>
       </c>
-      <c r="HG12" s="9">
+      <c r="HH12" s="9">
         <v>9.14</v>
       </c>
-      <c r="HH12" s="9">
+      <c r="HI12" s="9">
         <v>4.46</v>
       </c>
-      <c r="HI12" s="9">
+      <c r="HJ12" s="9">
         <v>20.13</v>
       </c>
-      <c r="HJ12" s="9">
+      <c r="HK12" s="9">
         <v>-3.07</v>
       </c>
-      <c r="HK12" s="9">
+      <c r="HL12" s="9">
         <v>35.130000000000003</v>
       </c>
-      <c r="HL12" s="9">
+      <c r="HM12" s="9">
         <v>-3.9</v>
       </c>
-      <c r="HM12" s="9">
+      <c r="HN12" s="9">
         <v>10.050000000000001</v>
       </c>
-      <c r="HN12" s="9">
+      <c r="HO12" s="9">
         <v>-3.02</v>
       </c>
-      <c r="HO12" s="9">
+      <c r="HP12" s="9">
         <v>9.61</v>
       </c>
-      <c r="HP12" s="9">
+      <c r="HQ12" s="9">
         <v>3.52</v>
       </c>
-      <c r="HQ12" s="9">
+      <c r="HR12" s="9">
         <v>2.64</v>
       </c>
-      <c r="HR12" s="9">
+      <c r="HS12" s="9">
         <v>2.77</v>
       </c>
-      <c r="HS12" s="9">
+      <c r="HT12" s="9">
         <v>1.56</v>
       </c>
-      <c r="HT12" s="9">
+      <c r="HU12" s="9">
         <v>28.8</v>
       </c>
-      <c r="HU12" s="9">
+      <c r="HV12" s="9">
         <v>25.05</v>
       </c>
-      <c r="HV12" s="9">
+      <c r="HW12" s="9">
         <v>-9.85</v>
       </c>
-      <c r="HW12" s="9">
+      <c r="HX12" s="9">
         <v>10.34</v>
       </c>
-      <c r="HX12" s="9">
+      <c r="HY12" s="9">
         <v>6.11</v>
       </c>
-      <c r="HY12" s="9">
+      <c r="HZ12" s="9">
         <v>-12.95</v>
       </c>
-      <c r="HZ12" s="9">
+      <c r="IA12" s="9">
         <v>32.32</v>
       </c>
-      <c r="IA12" s="9">
+      <c r="IB12" s="9">
         <v>3.97</v>
       </c>
-      <c r="IB12" s="9">
+      <c r="IC12" s="9">
         <v>2.0299999999999998</v>
       </c>
+      <c r="ID12" s="9">
+        <v>13.88</v>
+      </c>
+      <c r="IE12" s="9">
+        <v>-6.7</v>
+      </c>
     </row>
-    <row r="13" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>0</v>
       </c>
       <c r="D13" s="16">
         <v>-122.57</v>
       </c>
       <c r="E13" s="16">
         <v>-79.7</v>
       </c>
       <c r="F13" s="16">
         <v>102.1</v>
       </c>
       <c r="G13" s="16">
         <v>118.43</v>
       </c>
       <c r="H13" s="16">
         <v>339.33</v>
       </c>
       <c r="I13" s="16">
         <v>379.55</v>
       </c>
       <c r="J13" s="16">
@@ -5862,547 +5923,556 @@
       </c>
       <c r="BL13" s="16">
         <v>66.31</v>
       </c>
       <c r="BM13" s="16">
         <v>575.05999999999995</v>
       </c>
       <c r="BN13" s="16">
         <v>58.5</v>
       </c>
       <c r="BO13" s="16">
         <v>19.299999999999997</v>
       </c>
       <c r="BP13" s="16">
         <v>67.87</v>
       </c>
       <c r="BQ13" s="16">
         <v>88.63000000000001</v>
       </c>
       <c r="BR13" s="16">
         <v>46.539999999999992</v>
       </c>
       <c r="BS13" s="16">
         <v>-8.2199999999999989</v>
       </c>
-      <c r="BT13" s="16" t="s">
-[...2 lines deleted...]
-      <c r="BU13" s="16">
+      <c r="BT13" s="16">
+        <v>90.53</v>
+      </c>
+      <c r="BU13" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV13" s="16">
         <v>-19.57</v>
       </c>
-      <c r="BV13" s="16">
+      <c r="BW13" s="16">
         <v>-25.47</v>
       </c>
-      <c r="BW13" s="16">
+      <c r="BX13" s="16">
         <v>-10.59</v>
       </c>
-      <c r="BX13" s="16">
+      <c r="BY13" s="16">
         <v>-6.67</v>
       </c>
-      <c r="BY13" s="16">
+      <c r="BZ13" s="16">
         <v>-3.48</v>
       </c>
-      <c r="BZ13" s="16">
+      <c r="CA13" s="16">
         <v>-6.12</v>
       </c>
-      <c r="CA13" s="16">
+      <c r="CB13" s="16">
         <v>-5.97</v>
       </c>
-      <c r="CB13" s="16">
+      <c r="CC13" s="16">
         <v>-2.4500000000000002</v>
       </c>
-      <c r="CC13" s="16">
+      <c r="CD13" s="16">
         <v>-11.14</v>
       </c>
-      <c r="CD13" s="16">
+      <c r="CE13" s="16">
         <v>-7.75</v>
       </c>
-      <c r="CE13" s="16">
+      <c r="CF13" s="16">
         <v>-13.46</v>
       </c>
-      <c r="CF13" s="16">
+      <c r="CG13" s="16">
         <v>-9.9</v>
       </c>
-      <c r="CG13" s="16">
+      <c r="CH13" s="16">
         <v>1.82</v>
       </c>
-      <c r="CH13" s="16">
+      <c r="CI13" s="16">
         <v>-7.18</v>
       </c>
-      <c r="CI13" s="16">
+      <c r="CJ13" s="16">
         <v>3.31</v>
       </c>
-      <c r="CJ13" s="16">
+      <c r="CK13" s="16">
         <v>-21.97</v>
       </c>
-      <c r="CK13" s="16">
+      <c r="CL13" s="16">
         <v>-8.26</v>
       </c>
-      <c r="CL13" s="16">
+      <c r="CM13" s="16">
         <v>-3.28</v>
       </c>
-      <c r="CM13" s="16">
+      <c r="CN13" s="16">
         <v>-10.5</v>
       </c>
-      <c r="CN13" s="16">
+      <c r="CO13" s="16">
         <v>-18.600000000000001</v>
       </c>
-      <c r="CO13" s="16">
+      <c r="CP13" s="16">
         <v>-7.78</v>
       </c>
-      <c r="CP13" s="16">
+      <c r="CQ13" s="16">
         <v>-4.17</v>
       </c>
-      <c r="CQ13" s="16">
+      <c r="CR13" s="16">
         <v>-8.8000000000000007</v>
       </c>
-      <c r="CR13" s="16">
+      <c r="CS13" s="16">
         <v>5.73</v>
       </c>
-      <c r="CS13" s="16">
+      <c r="CT13" s="16">
         <v>7.32</v>
       </c>
-      <c r="CT13" s="16">
+      <c r="CU13" s="16">
         <v>-0.74</v>
       </c>
-      <c r="CU13" s="16">
+      <c r="CV13" s="16">
         <v>-1.7</v>
       </c>
-      <c r="CV13" s="16">
+      <c r="CW13" s="16">
         <v>7.16</v>
       </c>
-      <c r="CW13" s="16">
+      <c r="CX13" s="16">
         <v>2.2400000000000002</v>
       </c>
-      <c r="CX13" s="16">
+      <c r="CY13" s="16">
         <v>21.72</v>
       </c>
-      <c r="CY13" s="16">
+      <c r="CZ13" s="16">
         <v>14.89</v>
       </c>
-      <c r="CZ13" s="16">
+      <c r="DA13" s="16">
         <v>-3.78</v>
       </c>
-      <c r="DA13" s="16">
+      <c r="DB13" s="16">
         <v>7.18</v>
       </c>
-      <c r="DB13" s="16">
+      <c r="DC13" s="16">
         <v>14.53</v>
       </c>
-      <c r="DC13" s="16">
+      <c r="DD13" s="16">
         <v>24.56</v>
       </c>
-      <c r="DD13" s="16">
+      <c r="DE13" s="16">
         <v>8.7200000000000006</v>
       </c>
-      <c r="DE13" s="16">
+      <c r="DF13" s="16">
         <v>7.58</v>
       </c>
-      <c r="DF13" s="16">
+      <c r="DG13" s="16">
         <v>15.29</v>
       </c>
-      <c r="DG13" s="16">
+      <c r="DH13" s="16">
         <v>37</v>
       </c>
-      <c r="DH13" s="16">
+      <c r="DI13" s="16">
         <v>20.59</v>
       </c>
-      <c r="DI13" s="16">
+      <c r="DJ13" s="16">
         <v>8.65</v>
       </c>
-      <c r="DJ13" s="16">
+      <c r="DK13" s="16">
         <v>12.54</v>
       </c>
-      <c r="DK13" s="16">
+      <c r="DL13" s="16">
         <v>-6.43</v>
       </c>
-      <c r="DL13" s="16">
+      <c r="DM13" s="16">
         <v>0.03</v>
       </c>
-      <c r="DM13" s="16">
+      <c r="DN13" s="16">
         <v>11.5</v>
       </c>
-      <c r="DN13" s="16">
+      <c r="DO13" s="16">
         <v>-18.54</v>
       </c>
-      <c r="DO13" s="16">
+      <c r="DP13" s="16">
         <v>0.69</v>
       </c>
-      <c r="DP13" s="16">
+      <c r="DQ13" s="16">
         <v>29.52</v>
       </c>
-      <c r="DQ13" s="16">
+      <c r="DR13" s="16">
         <v>7.28</v>
       </c>
-      <c r="DR13" s="16">
+      <c r="DS13" s="16">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="DS13" s="16">
+      <c r="DT13" s="16">
         <v>31.48</v>
       </c>
-      <c r="DT13" s="16">
+      <c r="DU13" s="16">
         <v>19.14</v>
       </c>
-      <c r="DU13" s="16">
+      <c r="DV13" s="16">
         <v>18.16</v>
       </c>
-      <c r="DV13" s="16">
+      <c r="DW13" s="16">
         <v>2.71</v>
       </c>
-      <c r="DW13" s="16">
+      <c r="DX13" s="16">
         <v>34.549999999999997</v>
       </c>
-      <c r="DX13" s="16">
+      <c r="DY13" s="16">
         <v>36.299999999999997</v>
       </c>
-      <c r="DY13" s="16">
+      <c r="DZ13" s="16">
         <v>61.3</v>
       </c>
-      <c r="DZ13" s="16">
+      <c r="EA13" s="16">
         <v>78.73</v>
       </c>
-      <c r="EA13" s="16">
+      <c r="EB13" s="16">
         <v>27.68</v>
       </c>
-      <c r="EB13" s="16">
+      <c r="EC13" s="16">
         <v>22.06</v>
       </c>
-      <c r="EC13" s="16">
+      <c r="ED13" s="16">
         <v>83.37</v>
       </c>
-      <c r="ED13" s="16">
+      <c r="EE13" s="16">
         <v>73.16</v>
       </c>
-      <c r="EE13" s="16">
+      <c r="EF13" s="16">
         <v>32.81</v>
       </c>
-      <c r="EF13" s="16">
+      <c r="EG13" s="16">
         <v>0.01</v>
       </c>
-      <c r="EG13" s="16">
+      <c r="EH13" s="16">
         <v>-20.21</v>
       </c>
-      <c r="EH13" s="16">
+      <c r="EI13" s="16">
         <v>33.28</v>
       </c>
-      <c r="EI13" s="16">
+      <c r="EJ13" s="16">
         <v>35.159999999999997</v>
       </c>
-      <c r="EJ13" s="16">
+      <c r="EK13" s="16">
         <v>26.04</v>
       </c>
-      <c r="EK13" s="16">
+      <c r="EL13" s="16">
         <v>30.96</v>
       </c>
-      <c r="EL13" s="16">
+      <c r="EM13" s="16">
         <v>32.57</v>
       </c>
-      <c r="EM13" s="16">
+      <c r="EN13" s="16">
         <v>7.12</v>
       </c>
-      <c r="EN13" s="16">
+      <c r="EO13" s="16">
         <v>45.28</v>
       </c>
-      <c r="EO13" s="16">
+      <c r="EP13" s="16">
         <v>55.21</v>
       </c>
-      <c r="EP13" s="16">
+      <c r="EQ13" s="16">
         <v>44.34</v>
       </c>
-      <c r="EQ13" s="16">
+      <c r="ER13" s="16">
         <v>45.16</v>
       </c>
-      <c r="ER13" s="16">
+      <c r="ES13" s="16">
         <v>76.849999999999994</v>
       </c>
-      <c r="ES13" s="16">
+      <c r="ET13" s="16">
         <v>28.38</v>
       </c>
-      <c r="ET13" s="16">
+      <c r="EU13" s="16">
         <v>45.16</v>
       </c>
-      <c r="EU13" s="16">
+      <c r="EV13" s="16">
         <v>35.479999999999997</v>
       </c>
-      <c r="EV13" s="16">
+      <c r="EW13" s="16">
         <v>29.7</v>
       </c>
-      <c r="EW13" s="16">
+      <c r="EX13" s="16">
         <v>23.19</v>
       </c>
-      <c r="EX13" s="16">
+      <c r="EY13" s="16">
         <v>1.63</v>
       </c>
-      <c r="EY13" s="16">
+      <c r="EZ13" s="16">
         <v>12.37</v>
       </c>
-      <c r="EZ13" s="16">
+      <c r="FA13" s="16">
         <v>-8.8800000000000008</v>
       </c>
-      <c r="FA13" s="16">
+      <c r="FB13" s="16">
         <v>23.65</v>
       </c>
-      <c r="FB13" s="16">
+      <c r="FC13" s="16">
         <v>33.85</v>
       </c>
-      <c r="FC13" s="16">
+      <c r="FD13" s="16">
         <v>26.86</v>
       </c>
-      <c r="FD13" s="16">
+      <c r="FE13" s="16">
         <v>-11.37</v>
       </c>
-      <c r="FE13" s="16">
+      <c r="FF13" s="16">
         <v>32.19</v>
       </c>
-      <c r="FF13" s="16">
+      <c r="FG13" s="16">
         <v>74.05</v>
       </c>
-      <c r="FG13" s="16">
+      <c r="FH13" s="16">
         <v>105.17</v>
       </c>
-      <c r="FH13" s="16">
+      <c r="FI13" s="16">
         <v>100.05</v>
       </c>
-      <c r="FI13" s="16">
+      <c r="FJ13" s="16">
         <v>112.06</v>
       </c>
-      <c r="FJ13" s="16">
+      <c r="FK13" s="16">
         <v>43.42</v>
       </c>
-      <c r="FK13" s="16">
+      <c r="FL13" s="16">
         <v>-53.57</v>
       </c>
-      <c r="FL13" s="16">
+      <c r="FM13" s="16">
         <v>64.89</v>
       </c>
-      <c r="FM13" s="16">
+      <c r="FN13" s="16">
         <v>115.82</v>
       </c>
-      <c r="FN13" s="16">
+      <c r="FO13" s="16">
         <v>44.18</v>
       </c>
-      <c r="FO13" s="16">
+      <c r="FP13" s="16">
         <v>-883.46</v>
       </c>
-      <c r="FP13" s="16">
+      <c r="FQ13" s="16">
         <v>26.75</v>
       </c>
-      <c r="FQ13" s="16">
+      <c r="FR13" s="16">
         <v>-9.25</v>
       </c>
-      <c r="FR13" s="16">
+      <c r="FS13" s="16">
         <v>43.77</v>
       </c>
-      <c r="FS13" s="16">
+      <c r="FT13" s="16">
         <v>28.68</v>
       </c>
-      <c r="FT13" s="16">
+      <c r="FU13" s="16">
         <v>-2.78</v>
       </c>
-      <c r="FU13" s="16">
+      <c r="FV13" s="16">
         <v>52.23</v>
       </c>
-      <c r="FV13" s="16">
+      <c r="FW13" s="16">
         <v>5.46</v>
       </c>
-      <c r="FW13" s="16">
+      <c r="FX13" s="16">
         <v>36.93</v>
       </c>
-      <c r="FX13" s="16">
+      <c r="FY13" s="16">
         <v>65.72</v>
       </c>
-      <c r="FY13" s="16">
+      <c r="FZ13" s="16">
         <v>16.91</v>
       </c>
-      <c r="FZ13" s="16">
+      <c r="GA13" s="16">
         <v>60.45</v>
       </c>
-      <c r="GA13" s="16">
+      <c r="GB13" s="16">
         <v>58.04</v>
       </c>
-      <c r="GB13" s="16">
+      <c r="GC13" s="16">
         <v>-61.99</v>
       </c>
-      <c r="GC13" s="16">
+      <c r="GD13" s="16">
         <v>23.1</v>
       </c>
-      <c r="GD13" s="16">
+      <c r="GE13" s="16">
         <v>52.92</v>
       </c>
-      <c r="GE13" s="16">
+      <c r="GF13" s="16">
         <v>55.74</v>
       </c>
-      <c r="GF13" s="16">
+      <c r="GG13" s="16">
         <v>50.02</v>
       </c>
-      <c r="GG13" s="16">
+      <c r="GH13" s="16">
         <v>75.08</v>
       </c>
-      <c r="GH13" s="16">
+      <c r="GI13" s="16">
         <v>30.68</v>
       </c>
-      <c r="GI13" s="16">
+      <c r="GJ13" s="16">
         <v>6.16</v>
       </c>
-      <c r="GJ13" s="16">
+      <c r="GK13" s="16">
         <v>-17.489999999999998</v>
       </c>
-      <c r="GK13" s="16">
+      <c r="GL13" s="16">
         <v>-19.16</v>
       </c>
-      <c r="GL13" s="16">
+      <c r="GM13" s="16">
         <v>-198.46</v>
       </c>
-      <c r="GM13" s="16">
+      <c r="GN13" s="16">
         <v>-133.63</v>
       </c>
-      <c r="GN13" s="16">
+      <c r="GO13" s="16">
         <v>-26.15</v>
       </c>
-      <c r="GO13" s="16">
+      <c r="GP13" s="16">
         <v>152.13999999999999</v>
       </c>
-      <c r="GP13" s="16">
+      <c r="GQ13" s="16">
         <v>-149.07</v>
       </c>
-      <c r="GQ13" s="16">
+      <c r="GR13" s="16">
         <v>-27.37</v>
       </c>
-      <c r="GR13" s="16">
+      <c r="GS13" s="16">
         <v>33.67</v>
       </c>
-      <c r="GS13" s="16">
+      <c r="GT13" s="16">
         <v>15.32</v>
       </c>
-      <c r="GT13" s="16">
+      <c r="GU13" s="16">
         <v>-21.99</v>
       </c>
-      <c r="GU13" s="16">
+      <c r="GV13" s="16">
         <v>30.77</v>
       </c>
-      <c r="GV13" s="16">
+      <c r="GW13" s="16">
         <v>-30.58</v>
       </c>
-      <c r="GW13" s="16">
+      <c r="GX13" s="16">
         <v>-245.94</v>
       </c>
-      <c r="GX13" s="16">
+      <c r="GY13" s="16">
         <v>-78.2</v>
       </c>
-      <c r="GY13" s="16">
+      <c r="GZ13" s="16">
         <v>-75.040000000000006</v>
       </c>
-      <c r="GZ13" s="16">
+      <c r="HA13" s="16">
         <v>-30.56</v>
       </c>
-      <c r="HA13" s="16">
+      <c r="HB13" s="16">
         <v>27.62</v>
       </c>
-      <c r="HB13" s="16">
+      <c r="HC13" s="16">
         <v>33.950000000000003</v>
       </c>
-      <c r="HC13" s="16">
+      <c r="HD13" s="16">
         <v>38.93</v>
       </c>
-      <c r="HD13" s="16">
+      <c r="HE13" s="16">
         <v>2.39</v>
       </c>
-      <c r="HE13" s="16">
+      <c r="HF13" s="16">
         <v>24.99</v>
       </c>
-      <c r="HF13" s="16">
+      <c r="HG13" s="16">
         <v>46.66</v>
       </c>
-      <c r="HG13" s="16">
+      <c r="HH13" s="16">
         <v>432.33</v>
       </c>
-      <c r="HH13" s="16">
+      <c r="HI13" s="16">
         <v>96.07</v>
       </c>
-      <c r="HI13" s="16">
+      <c r="HJ13" s="16">
         <v>44.96</v>
       </c>
-      <c r="HJ13" s="16">
+      <c r="HK13" s="16">
         <v>-38.020000000000003</v>
       </c>
-      <c r="HK13" s="16">
+      <c r="HL13" s="16">
         <v>51.56</v>
       </c>
-      <c r="HL13" s="16">
+      <c r="HM13" s="16">
         <v>-9.9</v>
       </c>
-      <c r="HM13" s="16">
+      <c r="HN13" s="16">
         <v>21.18</v>
       </c>
-      <c r="HN13" s="16">
+      <c r="HO13" s="16">
         <v>8.02</v>
       </c>
-      <c r="HO13" s="16">
+      <c r="HP13" s="16">
         <v>15.54</v>
       </c>
-      <c r="HP13" s="16">
+      <c r="HQ13" s="16">
         <v>26.24</v>
       </c>
-      <c r="HQ13" s="16">
+      <c r="HR13" s="16">
         <v>26.09</v>
       </c>
-      <c r="HR13" s="16">
+      <c r="HS13" s="16">
         <v>22.59</v>
       </c>
-      <c r="HS13" s="16">
+      <c r="HT13" s="16">
         <v>49.45</v>
       </c>
-      <c r="HT13" s="16">
+      <c r="HU13" s="16">
         <v>16.59</v>
       </c>
-      <c r="HU13" s="16">
+      <c r="HV13" s="16">
         <v>22.74</v>
       </c>
-      <c r="HV13" s="16">
+      <c r="HW13" s="16">
         <v>10.6</v>
       </c>
-      <c r="HW13" s="16">
+      <c r="HX13" s="16">
         <v>13.2</v>
       </c>
-      <c r="HX13" s="16">
+      <c r="HY13" s="16">
         <v>-57.3</v>
       </c>
-      <c r="HY13" s="16">
+      <c r="HZ13" s="16">
         <v>11.64</v>
       </c>
-      <c r="HZ13" s="16">
+      <c r="IA13" s="16">
         <v>37.44</v>
       </c>
-      <c r="IA13" s="16">
+      <c r="IB13" s="16">
         <v>22.33</v>
       </c>
-      <c r="IB13" s="16">
+      <c r="IC13" s="16">
         <v>41.5</v>
       </c>
+      <c r="ID13" s="16">
+        <v>26.7</v>
+      </c>
+      <c r="IE13" s="16">
+        <v>19.64</v>
+      </c>
     </row>
-    <row r="14" spans="2:236" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:239" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1">
         <v>0</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
@@ -6433,51 +6503,51 @@
       <c r="AU14" s="2"/>
       <c r="AV14" s="2"/>
       <c r="AW14" s="2"/>
       <c r="AX14" s="2"/>
       <c r="AY14" s="2"/>
       <c r="AZ14" s="2"/>
       <c r="BA14" s="2"/>
       <c r="BB14" s="2"/>
       <c r="BC14" s="2"/>
       <c r="BD14" s="2"/>
       <c r="BE14" s="2"/>
       <c r="BF14" s="2"/>
       <c r="BG14" s="2"/>
       <c r="BH14" s="2"/>
       <c r="BI14" s="2"/>
       <c r="BJ14" s="2"/>
       <c r="BK14" s="2"/>
       <c r="BL14" s="2"/>
       <c r="BM14" s="2"/>
       <c r="BN14" s="2"/>
       <c r="BO14" s="2"/>
       <c r="BP14" s="2"/>
       <c r="BQ14" s="2"/>
       <c r="BR14" s="2"/>
       <c r="BS14" s="2"/>
-      <c r="BT14" s="1"/>
+      <c r="BT14" s="2"/>
       <c r="BU14" s="1"/>
       <c r="BV14" s="1"/>
       <c r="BW14" s="1"/>
       <c r="BX14" s="1"/>
       <c r="BY14" s="1"/>
       <c r="BZ14" s="1"/>
       <c r="CA14" s="1"/>
       <c r="CB14" s="1"/>
       <c r="CC14" s="1"/>
       <c r="CD14" s="1"/>
       <c r="CE14" s="1"/>
       <c r="CF14" s="1"/>
       <c r="CG14" s="1"/>
       <c r="CH14" s="1"/>
       <c r="CI14" s="1"/>
       <c r="CJ14" s="1"/>
       <c r="CK14" s="1"/>
       <c r="CL14" s="1"/>
       <c r="CM14" s="1"/>
       <c r="CN14" s="1"/>
       <c r="CO14" s="1"/>
       <c r="CP14" s="1"/>
       <c r="CQ14" s="1"/>
       <c r="CR14" s="1"/>
       <c r="CS14" s="1"/>
@@ -6506,51 +6576,51 @@
       <c r="DP14" s="1"/>
       <c r="DQ14" s="1"/>
       <c r="DR14" s="1"/>
       <c r="DS14" s="1"/>
       <c r="DT14" s="1"/>
       <c r="DU14" s="1"/>
       <c r="DV14" s="1"/>
       <c r="DW14" s="1"/>
       <c r="DX14" s="1"/>
       <c r="DY14" s="1"/>
       <c r="DZ14" s="1"/>
       <c r="EA14" s="1"/>
       <c r="EB14" s="1"/>
       <c r="EC14" s="1"/>
       <c r="ED14" s="1"/>
       <c r="EE14" s="1"/>
       <c r="EF14" s="1"/>
       <c r="EG14" s="1"/>
       <c r="EH14" s="1"/>
       <c r="EI14" s="1"/>
       <c r="EJ14" s="1"/>
       <c r="EK14" s="1"/>
       <c r="EL14" s="1"/>
       <c r="EM14" s="1"/>
       <c r="EN14" s="1"/>
-      <c r="EO14" s="2"/>
+      <c r="EO14" s="1"/>
       <c r="EP14" s="2"/>
       <c r="EQ14" s="2"/>
       <c r="ER14" s="2"/>
       <c r="ES14" s="2"/>
       <c r="ET14" s="2"/>
       <c r="EU14" s="2"/>
       <c r="EV14" s="2"/>
       <c r="EW14" s="2"/>
       <c r="EX14" s="2"/>
       <c r="EY14" s="2"/>
       <c r="EZ14" s="2"/>
       <c r="FA14" s="2"/>
       <c r="FB14" s="2"/>
       <c r="FC14" s="2"/>
       <c r="FD14" s="2"/>
       <c r="FE14" s="2"/>
       <c r="FF14" s="2"/>
       <c r="FG14" s="2"/>
       <c r="FH14" s="2"/>
       <c r="FI14" s="2"/>
       <c r="FJ14" s="2"/>
       <c r="FK14" s="2"/>
       <c r="FL14" s="2"/>
       <c r="FM14" s="2"/>
       <c r="FN14" s="2"/>
@@ -6598,52 +6668,55 @@
       <c r="HD14" s="2"/>
       <c r="HE14" s="2"/>
       <c r="HF14" s="2"/>
       <c r="HG14" s="2"/>
       <c r="HH14" s="2"/>
       <c r="HI14" s="2"/>
       <c r="HJ14" s="2"/>
       <c r="HK14" s="2"/>
       <c r="HL14" s="2"/>
       <c r="HM14" s="2"/>
       <c r="HN14" s="2"/>
       <c r="HO14" s="2"/>
       <c r="HP14" s="2"/>
       <c r="HQ14" s="2"/>
       <c r="HR14" s="2"/>
       <c r="HS14" s="2"/>
       <c r="HT14" s="2"/>
       <c r="HU14" s="2"/>
       <c r="HV14" s="2"/>
       <c r="HW14" s="2"/>
       <c r="HX14" s="2"/>
       <c r="HY14" s="2"/>
       <c r="HZ14" s="2"/>
       <c r="IA14" s="2"/>
       <c r="IB14" s="2"/>
+      <c r="IC14" s="2"/>
+      <c r="ID14" s="2"/>
+      <c r="IE14" s="2"/>
     </row>
-    <row r="15" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D15" s="7">
         <v>-114.77</v>
       </c>
       <c r="E15" s="7">
         <v>-64.45</v>
       </c>
       <c r="F15" s="7">
         <v>102.78</v>
       </c>
       <c r="G15" s="7">
         <v>126.8</v>
       </c>
       <c r="H15" s="7">
         <v>347.06</v>
       </c>
       <c r="I15" s="7">
         <v>382.04</v>
       </c>
       <c r="J15" s="7">
@@ -6810,547 +6883,556 @@
       </c>
       <c r="BL15" s="8">
         <v>60.849999999999994</v>
       </c>
       <c r="BM15" s="8">
         <v>577.33999999999992</v>
       </c>
       <c r="BN15" s="8">
         <v>70.849999999999994</v>
       </c>
       <c r="BO15" s="8">
         <v>5.59</v>
       </c>
       <c r="BP15" s="8">
         <v>80.7</v>
       </c>
       <c r="BQ15" s="8">
         <v>95.12</v>
       </c>
       <c r="BR15" s="8">
         <v>47.64</v>
       </c>
       <c r="BS15" s="8">
         <v>-8.6999999999999993</v>
       </c>
-      <c r="BT15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BU15" s="7">
+      <c r="BT15" s="8">
+        <v>98.329999999999984</v>
+      </c>
+      <c r="BU15" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV15" s="7">
         <v>-18.12</v>
       </c>
-      <c r="BV15" s="7">
+      <c r="BW15" s="7">
         <v>-27.57</v>
       </c>
-      <c r="BW15" s="7">
+      <c r="BX15" s="7">
         <v>-11.5</v>
       </c>
-      <c r="BX15" s="7">
+      <c r="BY15" s="7">
         <v>-7.96</v>
       </c>
-      <c r="BY15" s="7">
+      <c r="BZ15" s="7">
         <v>-3.19</v>
       </c>
-      <c r="BZ15" s="7">
+      <c r="CA15" s="7">
         <v>-2.46</v>
       </c>
-      <c r="CA15" s="7">
+      <c r="CB15" s="7">
         <v>-6</v>
       </c>
-      <c r="CB15" s="7">
+      <c r="CC15" s="7">
         <v>-2.11</v>
       </c>
-      <c r="CC15" s="7">
+      <c r="CD15" s="7">
         <v>-5.9</v>
       </c>
-      <c r="CD15" s="7">
+      <c r="CE15" s="7">
         <v>-8.5</v>
       </c>
-      <c r="CE15" s="7">
+      <c r="CF15" s="7">
         <v>-13.46</v>
       </c>
-      <c r="CF15" s="7">
+      <c r="CG15" s="7">
         <v>-8.01</v>
       </c>
-      <c r="CG15" s="7">
+      <c r="CH15" s="7">
         <v>1.3</v>
       </c>
-      <c r="CH15" s="7">
+      <c r="CI15" s="7">
         <v>-6.55</v>
       </c>
-      <c r="CI15" s="7">
+      <c r="CJ15" s="7">
         <v>3.26</v>
       </c>
-      <c r="CJ15" s="7">
+      <c r="CK15" s="7">
         <v>-8.39</v>
       </c>
-      <c r="CK15" s="7">
+      <c r="CL15" s="7">
         <v>-8.89</v>
       </c>
-      <c r="CL15" s="7">
+      <c r="CM15" s="7">
         <v>-6.33</v>
       </c>
-      <c r="CM15" s="7">
+      <c r="CN15" s="7">
         <v>-9.14</v>
       </c>
-      <c r="CN15" s="7">
+      <c r="CO15" s="7">
         <v>-16.04</v>
       </c>
-      <c r="CO15" s="7">
+      <c r="CP15" s="7">
         <v>-6.82</v>
       </c>
-      <c r="CP15" s="7">
+      <c r="CQ15" s="7">
         <v>-4.18</v>
       </c>
-      <c r="CQ15" s="7">
+      <c r="CR15" s="7">
         <v>-8.3000000000000007</v>
       </c>
-      <c r="CR15" s="7">
+      <c r="CS15" s="7">
         <v>5.62</v>
       </c>
-      <c r="CS15" s="7">
+      <c r="CT15" s="7">
         <v>7.01</v>
       </c>
-      <c r="CT15" s="7">
+      <c r="CU15" s="7">
         <v>-1.04</v>
       </c>
-      <c r="CU15" s="7">
+      <c r="CV15" s="7">
         <v>-2.0299999999999998</v>
       </c>
-      <c r="CV15" s="7">
+      <c r="CW15" s="7">
         <v>7.38</v>
       </c>
-      <c r="CW15" s="7">
+      <c r="CX15" s="7">
         <v>3</v>
       </c>
-      <c r="CX15" s="7">
+      <c r="CY15" s="7">
         <v>20.6</v>
       </c>
-      <c r="CY15" s="7">
+      <c r="CZ15" s="7">
         <v>15.99</v>
       </c>
-      <c r="CZ15" s="7">
+      <c r="DA15" s="7">
         <v>-2.21</v>
       </c>
-      <c r="DA15" s="7">
+      <c r="DB15" s="7">
         <v>9.4</v>
       </c>
-      <c r="DB15" s="7">
+      <c r="DC15" s="7">
         <v>13.16</v>
       </c>
-      <c r="DC15" s="7">
+      <c r="DD15" s="7">
         <v>23.44</v>
       </c>
-      <c r="DD15" s="7">
+      <c r="DE15" s="7">
         <v>8.07</v>
       </c>
-      <c r="DE15" s="7">
+      <c r="DF15" s="7">
         <v>8.7100000000000009</v>
       </c>
-      <c r="DF15" s="7">
+      <c r="DG15" s="7">
         <v>15.01</v>
       </c>
-      <c r="DG15" s="7">
+      <c r="DH15" s="7">
         <v>36.79</v>
       </c>
-      <c r="DH15" s="7">
+      <c r="DI15" s="7">
         <v>22.53</v>
       </c>
-      <c r="DI15" s="7">
+      <c r="DJ15" s="7">
         <v>7.99</v>
       </c>
-      <c r="DJ15" s="7">
+      <c r="DK15" s="7">
         <v>12.45</v>
       </c>
-      <c r="DK15" s="7">
+      <c r="DL15" s="7">
         <v>-6.29</v>
       </c>
-      <c r="DL15" s="7">
+      <c r="DM15" s="7">
         <v>-1.27</v>
       </c>
-      <c r="DM15" s="7">
+      <c r="DN15" s="7">
         <v>13.95</v>
       </c>
-      <c r="DN15" s="7">
+      <c r="DO15" s="7">
         <v>-15.73</v>
       </c>
-      <c r="DO15" s="7">
+      <c r="DP15" s="7">
         <v>0.14000000000000001</v>
       </c>
-      <c r="DP15" s="7">
+      <c r="DQ15" s="7">
         <v>32.54</v>
       </c>
-      <c r="DQ15" s="7">
+      <c r="DR15" s="7">
         <v>6.39</v>
       </c>
-      <c r="DR15" s="7">
+      <c r="DS15" s="7">
         <v>-0.73</v>
       </c>
-      <c r="DS15" s="7">
+      <c r="DT15" s="7">
         <v>25.79</v>
       </c>
-      <c r="DT15" s="7">
+      <c r="DU15" s="7">
         <v>19.79</v>
       </c>
-      <c r="DU15" s="7">
+      <c r="DV15" s="7">
         <v>21.35</v>
       </c>
-      <c r="DV15" s="7">
+      <c r="DW15" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="DW15" s="7">
+      <c r="DX15" s="7">
         <v>34.44</v>
       </c>
-      <c r="DX15" s="7">
+      <c r="DY15" s="7">
         <v>37.28</v>
       </c>
-      <c r="DY15" s="7">
+      <c r="DZ15" s="7">
         <v>61.3</v>
       </c>
-      <c r="DZ15" s="7">
+      <c r="EA15" s="7">
         <v>79.44</v>
       </c>
-      <c r="EA15" s="7">
+      <c r="EB15" s="7">
         <v>28.24</v>
       </c>
-      <c r="EB15" s="7">
+      <c r="EC15" s="7">
         <v>33.47</v>
       </c>
-      <c r="EC15" s="7">
+      <c r="ED15" s="7">
         <v>86.93</v>
       </c>
-      <c r="ED15" s="7">
+      <c r="EE15" s="7">
         <v>74.89</v>
       </c>
-      <c r="EE15" s="7">
+      <c r="EF15" s="7">
         <v>31.43</v>
       </c>
-      <c r="EF15" s="7">
+      <c r="EG15" s="7">
         <v>1.19</v>
       </c>
-      <c r="EG15" s="7">
+      <c r="EH15" s="7">
         <v>-18.03</v>
       </c>
-      <c r="EH15" s="7">
+      <c r="EI15" s="7">
         <v>30.18</v>
       </c>
-      <c r="EI15" s="7">
+      <c r="EJ15" s="7">
         <v>32.9</v>
       </c>
-      <c r="EJ15" s="7">
+      <c r="EK15" s="7">
         <v>26.42</v>
       </c>
-      <c r="EK15" s="7">
+      <c r="EL15" s="7">
         <v>30.65</v>
       </c>
-      <c r="EL15" s="7">
+      <c r="EM15" s="7">
         <v>32.94</v>
       </c>
-      <c r="EM15" s="7">
+      <c r="EN15" s="7">
         <v>7.54</v>
       </c>
-      <c r="EN15" s="7">
+      <c r="EO15" s="7">
         <v>45</v>
       </c>
-      <c r="EO15" s="9">
+      <c r="EP15" s="9">
         <v>56.07</v>
       </c>
-      <c r="EP15" s="9">
+      <c r="EQ15" s="9">
         <v>44.25</v>
       </c>
-      <c r="EQ15" s="9">
+      <c r="ER15" s="9">
         <v>44.75</v>
       </c>
-      <c r="ER15" s="9">
+      <c r="ES15" s="9">
         <v>77.489999999999995</v>
       </c>
-      <c r="ES15" s="9">
+      <c r="ET15" s="9">
         <v>28.26</v>
       </c>
-      <c r="ET15" s="9">
+      <c r="EU15" s="9">
         <v>42.74</v>
       </c>
-      <c r="EU15" s="9">
+      <c r="EV15" s="9">
         <v>34.04</v>
       </c>
-      <c r="EV15" s="9">
+      <c r="EW15" s="9">
         <v>29.39</v>
       </c>
-      <c r="EW15" s="9">
+      <c r="EX15" s="9">
         <v>23.2</v>
       </c>
-      <c r="EX15" s="9">
+      <c r="EY15" s="9">
         <v>0.59</v>
       </c>
-      <c r="EY15" s="9">
+      <c r="EZ15" s="9">
         <v>12.36</v>
       </c>
-      <c r="EZ15" s="9">
+      <c r="FA15" s="9">
         <v>-9.67</v>
       </c>
-      <c r="FA15" s="9">
+      <c r="FB15" s="9">
         <v>25.64</v>
       </c>
-      <c r="FB15" s="9">
+      <c r="FC15" s="9">
         <v>34.729999999999997</v>
       </c>
-      <c r="FC15" s="9">
+      <c r="FD15" s="9">
         <v>28.3</v>
       </c>
-      <c r="FD15" s="9">
+      <c r="FE15" s="9">
         <v>-9.9700000000000006</v>
       </c>
-      <c r="FE15" s="9">
+      <c r="FF15" s="9">
         <v>31.95</v>
       </c>
-      <c r="FF15" s="9">
+      <c r="FG15" s="9">
         <v>70.89</v>
       </c>
-      <c r="FG15" s="9">
+      <c r="FH15" s="9">
         <v>103.6</v>
       </c>
-      <c r="FH15" s="9">
+      <c r="FI15" s="9">
         <v>99.53</v>
       </c>
-      <c r="FI15" s="9">
+      <c r="FJ15" s="9">
         <v>114.59</v>
       </c>
-      <c r="FJ15" s="9">
+      <c r="FK15" s="9">
         <v>43.71</v>
       </c>
-      <c r="FK15" s="9">
+      <c r="FL15" s="9">
         <v>-52.72</v>
       </c>
-      <c r="FL15" s="9">
+      <c r="FM15" s="9">
         <v>65.39</v>
       </c>
-      <c r="FM15" s="9">
+      <c r="FN15" s="9">
         <v>116.26</v>
       </c>
-      <c r="FN15" s="9">
+      <c r="FO15" s="9">
         <v>42.58</v>
       </c>
-      <c r="FO15" s="9">
+      <c r="FP15" s="9">
         <v>-889.62</v>
       </c>
-      <c r="FP15" s="9">
+      <c r="FQ15" s="9">
         <v>28.48</v>
       </c>
-      <c r="FQ15" s="9">
+      <c r="FR15" s="9">
         <v>-8.7899999999999991</v>
       </c>
-      <c r="FR15" s="9">
+      <c r="FS15" s="9">
         <v>43.79</v>
       </c>
-      <c r="FS15" s="9">
+      <c r="FT15" s="9">
         <v>28.64</v>
       </c>
-      <c r="FT15" s="9">
+      <c r="FU15" s="9">
         <v>-0.65</v>
       </c>
-      <c r="FU15" s="9">
+      <c r="FV15" s="9">
         <v>52.73</v>
       </c>
-      <c r="FV15" s="9">
+      <c r="FW15" s="9">
         <v>4.5999999999999996</v>
       </c>
-      <c r="FW15" s="9">
+      <c r="FX15" s="9">
         <v>39.43</v>
       </c>
-      <c r="FX15" s="9">
+      <c r="FY15" s="9">
         <v>66.680000000000007</v>
       </c>
-      <c r="FY15" s="9">
+      <c r="FZ15" s="9">
         <v>18.940000000000001</v>
       </c>
-      <c r="FZ15" s="9">
+      <c r="GA15" s="9">
         <v>62.03</v>
       </c>
-      <c r="GA15" s="9">
+      <c r="GB15" s="9">
         <v>59.45</v>
       </c>
-      <c r="GB15" s="9">
+      <c r="GC15" s="9">
         <v>-60.51</v>
       </c>
-      <c r="GC15" s="9">
+      <c r="GD15" s="9">
         <v>23.52</v>
       </c>
-      <c r="GD15" s="9">
+      <c r="GE15" s="9">
         <v>49.55</v>
       </c>
-      <c r="GE15" s="9">
+      <c r="GF15" s="9">
         <v>54.6</v>
       </c>
-      <c r="GF15" s="9">
+      <c r="GG15" s="9">
         <v>50.66</v>
       </c>
-      <c r="GG15" s="9">
+      <c r="GH15" s="9">
         <v>75.650000000000006</v>
       </c>
-      <c r="GH15" s="9">
+      <c r="GI15" s="9">
         <v>30.05</v>
       </c>
-      <c r="GI15" s="9">
+      <c r="GJ15" s="9">
         <v>6.25</v>
       </c>
-      <c r="GJ15" s="9">
+      <c r="GK15" s="9">
         <v>-17.22</v>
       </c>
-      <c r="GK15" s="9">
+      <c r="GL15" s="9">
         <v>-18.53</v>
       </c>
-      <c r="GL15" s="9">
+      <c r="GM15" s="9">
         <v>-201.81</v>
       </c>
-      <c r="GM15" s="9">
+      <c r="GN15" s="9">
         <v>-131.62</v>
       </c>
-      <c r="GN15" s="9">
+      <c r="GO15" s="9">
         <v>-27.21</v>
       </c>
-      <c r="GO15" s="9">
+      <c r="GP15" s="9">
         <v>152.97999999999999</v>
       </c>
-      <c r="GP15" s="9">
+      <c r="GQ15" s="9">
         <v>-153.29</v>
       </c>
-      <c r="GQ15" s="9">
+      <c r="GR15" s="9">
         <v>-19.170000000000002</v>
       </c>
-      <c r="GR15" s="9">
+      <c r="GS15" s="9">
         <v>33</v>
       </c>
-      <c r="GS15" s="9">
+      <c r="GT15" s="9">
         <v>12.87</v>
       </c>
-      <c r="GT15" s="9">
+      <c r="GU15" s="9">
         <v>-20.91</v>
       </c>
-      <c r="GU15" s="9">
+      <c r="GV15" s="9">
         <v>25.92</v>
       </c>
-      <c r="GV15" s="9">
+      <c r="GW15" s="9">
         <v>-36.46</v>
       </c>
-      <c r="GW15" s="9">
+      <c r="GX15" s="9">
         <v>-243.27</v>
       </c>
-      <c r="GX15" s="9">
+      <c r="GY15" s="9">
         <v>-75.849999999999994</v>
       </c>
-      <c r="GY15" s="9">
+      <c r="GZ15" s="9">
         <v>-76.98</v>
       </c>
-      <c r="GZ15" s="9">
+      <c r="HA15" s="9">
         <v>-29.86</v>
       </c>
-      <c r="HA15" s="9">
+      <c r="HB15" s="9">
         <v>21.27</v>
       </c>
-      <c r="HB15" s="9">
+      <c r="HC15" s="9">
         <v>33.950000000000003</v>
       </c>
-      <c r="HC15" s="9">
+      <c r="HD15" s="9">
         <v>37.58</v>
       </c>
-      <c r="HD15" s="9">
+      <c r="HE15" s="9">
         <v>3.83</v>
       </c>
-      <c r="HE15" s="9">
+      <c r="HF15" s="9">
         <v>19.440000000000001</v>
       </c>
-      <c r="HF15" s="9">
+      <c r="HG15" s="9">
         <v>46.01</v>
       </c>
-      <c r="HG15" s="9">
+      <c r="HH15" s="9">
         <v>434.71</v>
       </c>
-      <c r="HH15" s="9">
+      <c r="HI15" s="9">
         <v>96.62</v>
       </c>
-      <c r="HI15" s="9">
+      <c r="HJ15" s="9">
         <v>31.09</v>
       </c>
-      <c r="HJ15" s="9">
+      <c r="HK15" s="9">
         <v>-14.92</v>
       </c>
-      <c r="HK15" s="9">
+      <c r="HL15" s="9">
         <v>54.68</v>
       </c>
-      <c r="HL15" s="9">
+      <c r="HM15" s="9">
         <v>-10.14</v>
       </c>
-      <c r="HM15" s="9">
+      <c r="HN15" s="9">
         <v>9.81</v>
       </c>
-      <c r="HN15" s="9">
+      <c r="HO15" s="9">
         <v>5.92</v>
       </c>
-      <c r="HO15" s="9">
+      <c r="HP15" s="9">
         <v>28.76</v>
       </c>
-      <c r="HP15" s="9">
+      <c r="HQ15" s="9">
         <v>26.02</v>
       </c>
-      <c r="HQ15" s="9">
+      <c r="HR15" s="9">
         <v>25.92</v>
       </c>
-      <c r="HR15" s="9">
+      <c r="HS15" s="9">
         <v>28.49</v>
       </c>
-      <c r="HS15" s="9">
+      <c r="HT15" s="9">
         <v>49.03</v>
       </c>
-      <c r="HT15" s="9">
+      <c r="HU15" s="9">
         <v>17.600000000000001</v>
       </c>
-      <c r="HU15" s="9">
+      <c r="HV15" s="9">
         <v>37.880000000000003</v>
       </c>
-      <c r="HV15" s="9">
+      <c r="HW15" s="9">
         <v>3.49</v>
       </c>
-      <c r="HW15" s="9">
+      <c r="HX15" s="9">
         <v>6.27</v>
       </c>
-      <c r="HX15" s="9">
+      <c r="HY15" s="9">
         <v>-56.6</v>
       </c>
-      <c r="HY15" s="9">
+      <c r="HZ15" s="9">
         <v>19.63</v>
       </c>
-      <c r="HZ15" s="9">
+      <c r="IA15" s="9">
         <v>28.27</v>
       </c>
-      <c r="IA15" s="9">
+      <c r="IB15" s="9">
         <v>27.14</v>
       </c>
-      <c r="IB15" s="9">
+      <c r="IC15" s="9">
         <v>42.15</v>
       </c>
+      <c r="ID15" s="9">
+        <v>29.04</v>
+      </c>
+      <c r="IE15" s="9">
+        <v>25.07</v>
+      </c>
     </row>
-    <row r="16" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="24" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="7">
         <v>-7.8</v>
       </c>
       <c r="E16" s="7">
         <v>-15.26</v>
       </c>
       <c r="F16" s="7">
         <v>-0.68</v>
       </c>
       <c r="G16" s="7">
         <v>-8.3800000000000008</v>
       </c>
       <c r="H16" s="7">
         <v>-7.72</v>
       </c>
       <c r="I16" s="7">
         <v>-2.48</v>
       </c>
       <c r="J16" s="7">
@@ -7517,547 +7599,556 @@
       </c>
       <c r="BL16" s="8">
         <v>5.46</v>
       </c>
       <c r="BM16" s="8">
         <v>-2.29</v>
       </c>
       <c r="BN16" s="8">
         <v>-12.350000000000001</v>
       </c>
       <c r="BO16" s="8">
         <v>13.7</v>
       </c>
       <c r="BP16" s="8">
         <v>-12.84</v>
       </c>
       <c r="BQ16" s="8">
         <v>-6.5</v>
       </c>
       <c r="BR16" s="8">
         <v>-1.1100000000000012</v>
       </c>
       <c r="BS16" s="8">
         <v>0.49000000000000021</v>
       </c>
-      <c r="BT16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BU16" s="7">
+      <c r="BT16" s="8">
+        <v>-7.7899999999999991</v>
+      </c>
+      <c r="BU16" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV16" s="7">
         <v>-1.45</v>
       </c>
-      <c r="BV16" s="7">
+      <c r="BW16" s="7">
         <v>2.1</v>
       </c>
-      <c r="BW16" s="7">
+      <c r="BX16" s="7">
         <v>0.91</v>
       </c>
-      <c r="BX16" s="7">
+      <c r="BY16" s="7">
         <v>1.29</v>
       </c>
-      <c r="BY16" s="7">
+      <c r="BZ16" s="7">
         <v>-0.28999999999999998</v>
       </c>
-      <c r="BZ16" s="7">
+      <c r="CA16" s="7">
         <v>-3.66</v>
       </c>
-      <c r="CA16" s="7">
+      <c r="CB16" s="7">
         <v>0.04</v>
       </c>
-      <c r="CB16" s="7">
+      <c r="CC16" s="7">
         <v>-0.35</v>
       </c>
-      <c r="CC16" s="7">
+      <c r="CD16" s="7">
         <v>-5.25</v>
       </c>
-      <c r="CD16" s="7">
+      <c r="CE16" s="7">
         <v>0.75</v>
       </c>
-      <c r="CE16" s="7">
+      <c r="CF16" s="7">
         <v>-0.01</v>
       </c>
-      <c r="CF16" s="7">
+      <c r="CG16" s="7">
         <v>-1.89</v>
       </c>
-      <c r="CG16" s="7">
+      <c r="CH16" s="7">
         <v>0.51</v>
       </c>
-      <c r="CH16" s="7">
+      <c r="CI16" s="7">
         <v>-0.63</v>
       </c>
-      <c r="CI16" s="7">
+      <c r="CJ16" s="7">
         <v>0.04</v>
       </c>
-      <c r="CJ16" s="7">
+      <c r="CK16" s="7">
         <v>-13.58</v>
       </c>
-      <c r="CK16" s="7">
+      <c r="CL16" s="7">
         <v>0.62</v>
       </c>
-      <c r="CL16" s="7">
+      <c r="CM16" s="7">
         <v>3.05</v>
       </c>
-      <c r="CM16" s="7">
+      <c r="CN16" s="7">
         <v>-1.36</v>
       </c>
-      <c r="CN16" s="7">
+      <c r="CO16" s="7">
         <v>-2.56</v>
       </c>
-      <c r="CO16" s="7">
+      <c r="CP16" s="7">
         <v>-0.96</v>
       </c>
-      <c r="CP16" s="7">
+      <c r="CQ16" s="7">
         <v>0.01</v>
       </c>
-      <c r="CQ16" s="7">
+      <c r="CR16" s="7">
         <v>-0.5</v>
       </c>
-      <c r="CR16" s="7">
+      <c r="CS16" s="7">
         <v>0.11</v>
       </c>
-      <c r="CS16" s="7">
+      <c r="CT16" s="7">
         <v>0.31</v>
       </c>
-      <c r="CT16" s="7">
+      <c r="CU16" s="7">
         <v>0.3</v>
       </c>
-      <c r="CU16" s="7">
+      <c r="CV16" s="7">
         <v>0.33</v>
       </c>
-      <c r="CV16" s="7">
+      <c r="CW16" s="7">
         <v>-0.22</v>
       </c>
-      <c r="CW16" s="7">
+      <c r="CX16" s="7">
         <v>-0.76</v>
       </c>
-      <c r="CX16" s="7">
+      <c r="CY16" s="7">
         <v>1.1200000000000001</v>
       </c>
-      <c r="CY16" s="7">
+      <c r="CZ16" s="7">
         <v>-1.1100000000000001</v>
       </c>
-      <c r="CZ16" s="7">
+      <c r="DA16" s="7">
         <v>-1.57</v>
       </c>
-      <c r="DA16" s="7">
+      <c r="DB16" s="7">
         <v>-2.2200000000000002</v>
       </c>
-      <c r="DB16" s="7">
+      <c r="DC16" s="7">
         <v>1.36</v>
       </c>
-      <c r="DC16" s="7">
+      <c r="DD16" s="7">
         <v>1.1200000000000001</v>
       </c>
-      <c r="DD16" s="7">
+      <c r="DE16" s="7">
         <v>0.65</v>
       </c>
-      <c r="DE16" s="7">
+      <c r="DF16" s="7">
         <v>-1.1200000000000001</v>
       </c>
-      <c r="DF16" s="7">
+      <c r="DG16" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="DG16" s="7">
+      <c r="DH16" s="7">
         <v>0.21</v>
       </c>
-      <c r="DH16" s="7">
+      <c r="DI16" s="7">
         <v>-1.94</v>
       </c>
-      <c r="DI16" s="7">
+      <c r="DJ16" s="7">
         <v>0.65</v>
       </c>
-      <c r="DJ16" s="7">
+      <c r="DK16" s="7">
         <v>0.1</v>
       </c>
-      <c r="DK16" s="7">
+      <c r="DL16" s="7">
         <v>-0.14000000000000001</v>
       </c>
-      <c r="DL16" s="7">
+      <c r="DM16" s="7">
         <v>1.3</v>
       </c>
-      <c r="DM16" s="7">
+      <c r="DN16" s="7">
         <v>-2.4500000000000002</v>
       </c>
-      <c r="DN16" s="7">
+      <c r="DO16" s="7">
         <v>-2.81</v>
       </c>
-      <c r="DO16" s="7">
+      <c r="DP16" s="7">
         <v>0.55000000000000004</v>
       </c>
-      <c r="DP16" s="7">
+      <c r="DQ16" s="7">
         <v>-3.02</v>
       </c>
-      <c r="DQ16" s="7">
+      <c r="DR16" s="7">
         <v>0.89</v>
       </c>
-      <c r="DR16" s="7">
+      <c r="DS16" s="7">
         <v>0.66</v>
       </c>
-      <c r="DS16" s="7">
+      <c r="DT16" s="7">
         <v>5.69</v>
       </c>
-      <c r="DT16" s="7">
+      <c r="DU16" s="7">
         <v>-0.65</v>
       </c>
-      <c r="DU16" s="7">
+      <c r="DV16" s="7">
         <v>-3.19</v>
       </c>
-      <c r="DV16" s="7">
+      <c r="DW16" s="7">
         <v>2.42</v>
       </c>
-      <c r="DW16" s="7">
+      <c r="DX16" s="7">
         <v>0.11</v>
       </c>
-      <c r="DX16" s="7">
+      <c r="DY16" s="7">
         <v>-0.97</v>
       </c>
-      <c r="DY16" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="DZ16" s="7">
+        <v>0</v>
+      </c>
+      <c r="EA16" s="7">
         <v>-0.7</v>
       </c>
-      <c r="EA16" s="7">
+      <c r="EB16" s="7">
         <v>-0.56000000000000005</v>
       </c>
-      <c r="EB16" s="7">
+      <c r="EC16" s="7">
         <v>-11.41</v>
       </c>
-      <c r="EC16" s="7">
+      <c r="ED16" s="7">
         <v>-3.56</v>
       </c>
-      <c r="ED16" s="7">
+      <c r="EE16" s="7">
         <v>-1.73</v>
       </c>
-      <c r="EE16" s="7">
+      <c r="EF16" s="7">
         <v>1.38</v>
       </c>
-      <c r="EF16" s="7">
+      <c r="EG16" s="7">
         <v>-1.19</v>
       </c>
-      <c r="EG16" s="7">
+      <c r="EH16" s="7">
         <v>-2.1800000000000002</v>
       </c>
-      <c r="EH16" s="7">
+      <c r="EI16" s="7">
         <v>3.1</v>
       </c>
-      <c r="EI16" s="7">
+      <c r="EJ16" s="7">
         <v>2.2599999999999998</v>
       </c>
-      <c r="EJ16" s="7">
+      <c r="EK16" s="7">
         <v>-0.37</v>
       </c>
-      <c r="EK16" s="7">
+      <c r="EL16" s="7">
         <v>0.31</v>
       </c>
-      <c r="EL16" s="7">
+      <c r="EM16" s="7">
         <v>-0.37</v>
       </c>
-      <c r="EM16" s="7">
+      <c r="EN16" s="7">
         <v>-0.42</v>
       </c>
-      <c r="EN16" s="7">
+      <c r="EO16" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="EO16" s="9">
+      <c r="EP16" s="9">
         <v>-0.86</v>
       </c>
-      <c r="EP16" s="9">
+      <c r="EQ16" s="9">
         <v>0.09</v>
       </c>
-      <c r="EQ16" s="9">
+      <c r="ER16" s="9">
         <v>0.41</v>
       </c>
-      <c r="ER16" s="9">
+      <c r="ES16" s="9">
         <v>-0.64</v>
       </c>
-      <c r="ES16" s="9">
+      <c r="ET16" s="9">
         <v>0.11</v>
       </c>
-      <c r="ET16" s="9">
+      <c r="EU16" s="9">
         <v>2.42</v>
       </c>
-      <c r="EU16" s="9">
+      <c r="EV16" s="9">
         <v>1.44</v>
       </c>
-      <c r="EV16" s="9">
+      <c r="EW16" s="9">
         <v>0.32</v>
       </c>
-      <c r="EW16" s="9">
+      <c r="EX16" s="9">
         <v>-0.01</v>
       </c>
-      <c r="EX16" s="9">
+      <c r="EY16" s="9">
         <v>1.05</v>
       </c>
-      <c r="EY16" s="9">
+      <c r="EZ16" s="9">
         <v>0.01</v>
       </c>
-      <c r="EZ16" s="9">
+      <c r="FA16" s="9">
         <v>0.79</v>
       </c>
-      <c r="FA16" s="9">
+      <c r="FB16" s="9">
         <v>-2</v>
       </c>
-      <c r="FB16" s="9">
+      <c r="FC16" s="9">
         <v>-0.87</v>
       </c>
-      <c r="FC16" s="9">
+      <c r="FD16" s="9">
         <v>-1.44</v>
       </c>
-      <c r="FD16" s="9">
+      <c r="FE16" s="9">
         <v>-1.4</v>
       </c>
-      <c r="FE16" s="9">
+      <c r="FF16" s="9">
         <v>0.23</v>
       </c>
-      <c r="FF16" s="9">
+      <c r="FG16" s="9">
         <v>3.17</v>
       </c>
-      <c r="FG16" s="9">
+      <c r="FH16" s="9">
         <v>1.57</v>
       </c>
-      <c r="FH16" s="9">
+      <c r="FI16" s="9">
         <v>0.52</v>
       </c>
-      <c r="FI16" s="9">
+      <c r="FJ16" s="9">
         <v>-2.5299999999999998</v>
       </c>
-      <c r="FJ16" s="9">
+      <c r="FK16" s="9">
         <v>-0.28999999999999998</v>
       </c>
-      <c r="FK16" s="9">
+      <c r="FL16" s="9">
         <v>-0.85</v>
       </c>
-      <c r="FL16" s="9">
+      <c r="FM16" s="9">
         <v>-0.5</v>
       </c>
-      <c r="FM16" s="9">
+      <c r="FN16" s="9">
         <v>-0.44</v>
       </c>
-      <c r="FN16" s="9">
+      <c r="FO16" s="9">
         <v>1.59</v>
       </c>
-      <c r="FO16" s="9">
+      <c r="FP16" s="9">
         <v>6.16</v>
       </c>
-      <c r="FP16" s="9">
+      <c r="FQ16" s="9">
         <v>-1.74</v>
       </c>
-      <c r="FQ16" s="9">
+      <c r="FR16" s="9">
         <v>-0.46</v>
       </c>
-      <c r="FR16" s="9">
+      <c r="FS16" s="9">
         <v>-0.02</v>
       </c>
-      <c r="FS16" s="9">
+      <c r="FT16" s="9">
         <v>0.04</v>
       </c>
-      <c r="FT16" s="9">
+      <c r="FU16" s="9">
         <v>-2.13</v>
       </c>
-      <c r="FU16" s="9">
+      <c r="FV16" s="9">
         <v>-0.5</v>
       </c>
-      <c r="FV16" s="9">
+      <c r="FW16" s="9">
         <v>0.86</v>
       </c>
-      <c r="FW16" s="9">
+      <c r="FX16" s="9">
         <v>-2.5099999999999998</v>
       </c>
-      <c r="FX16" s="9">
+      <c r="FY16" s="9">
         <v>-0.96</v>
       </c>
-      <c r="FY16" s="9">
+      <c r="FZ16" s="9">
         <v>-2.0299999999999998</v>
       </c>
-      <c r="FZ16" s="9">
+      <c r="GA16" s="9">
         <v>-1.58</v>
       </c>
-      <c r="GA16" s="9">
+      <c r="GB16" s="9">
         <v>-1.42</v>
       </c>
-      <c r="GB16" s="9">
+      <c r="GC16" s="9">
         <v>-1.48</v>
       </c>
-      <c r="GC16" s="9">
+      <c r="GD16" s="9">
         <v>-0.42</v>
       </c>
-      <c r="GD16" s="9">
+      <c r="GE16" s="9">
         <v>3.37</v>
       </c>
-      <c r="GE16" s="9">
+      <c r="GF16" s="9">
         <v>1.1399999999999999</v>
       </c>
-      <c r="GF16" s="9">
+      <c r="GG16" s="9">
         <v>-0.64</v>
       </c>
-      <c r="GG16" s="9">
+      <c r="GH16" s="9">
         <v>-0.57999999999999996</v>
       </c>
-      <c r="GH16" s="9">
+      <c r="GI16" s="9">
         <v>0.63</v>
       </c>
-      <c r="GI16" s="9">
+      <c r="GJ16" s="9">
         <v>-0.09</v>
       </c>
-      <c r="GJ16" s="9">
+      <c r="GK16" s="9">
         <v>-0.26</v>
       </c>
-      <c r="GK16" s="9">
+      <c r="GL16" s="9">
         <v>-0.63</v>
       </c>
-      <c r="GL16" s="9">
+      <c r="GM16" s="9">
         <v>3.35</v>
       </c>
-      <c r="GM16" s="9">
+      <c r="GN16" s="9">
         <v>-2.0099999999999998</v>
       </c>
-      <c r="GN16" s="9">
+      <c r="GO16" s="9">
         <v>1.05</v>
       </c>
-      <c r="GO16" s="9">
+      <c r="GP16" s="9">
         <v>-0.85</v>
       </c>
-      <c r="GP16" s="9">
+      <c r="GQ16" s="9">
         <v>4.21</v>
       </c>
-      <c r="GQ16" s="9">
+      <c r="GR16" s="9">
         <v>-8.1999999999999993</v>
       </c>
-      <c r="GR16" s="9">
+      <c r="GS16" s="9">
         <v>0.67</v>
       </c>
-      <c r="GS16" s="9">
+      <c r="GT16" s="9">
         <v>2.4500000000000002</v>
       </c>
-      <c r="GT16" s="9">
+      <c r="GU16" s="9">
         <v>-1.08</v>
       </c>
-      <c r="GU16" s="9">
+      <c r="GV16" s="9">
         <v>4.8499999999999996</v>
       </c>
-      <c r="GV16" s="9">
+      <c r="GW16" s="9">
         <v>5.88</v>
       </c>
-      <c r="GW16" s="9">
+      <c r="GX16" s="9">
         <v>-2.66</v>
       </c>
-      <c r="GX16" s="9">
+      <c r="GY16" s="9">
         <v>-2.35</v>
       </c>
-      <c r="GY16" s="9">
+      <c r="GZ16" s="9">
         <v>1.94</v>
       </c>
-      <c r="GZ16" s="9">
+      <c r="HA16" s="9">
         <v>-0.7</v>
       </c>
-      <c r="HA16" s="9">
+      <c r="HB16" s="9">
         <v>6.36</v>
       </c>
-      <c r="HB16" s="9">
+      <c r="HC16" s="9">
         <v>0.01</v>
       </c>
-      <c r="HC16" s="9">
+      <c r="HD16" s="9">
         <v>1.35</v>
       </c>
-      <c r="HD16" s="9">
+      <c r="HE16" s="9">
         <v>-1.44</v>
       </c>
-      <c r="HE16" s="9">
+      <c r="HF16" s="9">
         <v>5.55</v>
       </c>
-      <c r="HF16" s="9">
+      <c r="HG16" s="9">
         <v>0.65</v>
       </c>
-      <c r="HG16" s="9">
+      <c r="HH16" s="9">
         <v>-2.39</v>
       </c>
-      <c r="HH16" s="9">
+      <c r="HI16" s="9">
         <v>-0.55000000000000004</v>
       </c>
-      <c r="HI16" s="9">
+      <c r="HJ16" s="9">
         <v>13.87</v>
       </c>
-      <c r="HJ16" s="9">
+      <c r="HK16" s="9">
         <v>-23.1</v>
       </c>
-      <c r="HK16" s="9">
+      <c r="HL16" s="9">
         <v>-3.12</v>
       </c>
-      <c r="HL16" s="9">
+      <c r="HM16" s="9">
         <v>0.24</v>
       </c>
-      <c r="HM16" s="9">
+      <c r="HN16" s="9">
         <v>11.37</v>
       </c>
-      <c r="HN16" s="9">
+      <c r="HO16" s="9">
         <v>2.09</v>
       </c>
-      <c r="HO16" s="9">
+      <c r="HP16" s="9">
         <v>-13.22</v>
       </c>
-      <c r="HP16" s="9">
+      <c r="HQ16" s="9">
         <v>0.22</v>
       </c>
-      <c r="HQ16" s="9">
+      <c r="HR16" s="9">
         <v>0.16</v>
       </c>
-      <c r="HR16" s="9">
+      <c r="HS16" s="9">
         <v>-5.9</v>
       </c>
-      <c r="HS16" s="9">
+      <c r="HT16" s="9">
         <v>0.42</v>
       </c>
-      <c r="HT16" s="9">
+      <c r="HU16" s="9">
         <v>-1.02</v>
       </c>
-      <c r="HU16" s="9">
+      <c r="HV16" s="9">
         <v>-15.14</v>
       </c>
-      <c r="HV16" s="9">
+      <c r="HW16" s="9">
         <v>7.11</v>
       </c>
-      <c r="HW16" s="9">
+      <c r="HX16" s="9">
         <v>6.92</v>
       </c>
-      <c r="HX16" s="9">
+      <c r="HY16" s="9">
         <v>-0.7</v>
       </c>
-      <c r="HY16" s="9">
+      <c r="HZ16" s="9">
         <v>-7.99</v>
       </c>
-      <c r="HZ16" s="9">
+      <c r="IA16" s="9">
         <v>9.18</v>
       </c>
-      <c r="IA16" s="9">
+      <c r="IB16" s="9">
         <v>-4.8099999999999996</v>
       </c>
-      <c r="IB16" s="9">
+      <c r="IC16" s="9">
         <v>-0.64</v>
       </c>
+      <c r="ID16" s="9">
+        <v>-2.34</v>
+      </c>
+      <c r="IE16" s="9">
+        <v>-5.43</v>
+      </c>
     </row>
-    <row r="17" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D17" s="12">
         <v>-122.57</v>
       </c>
       <c r="E17" s="12">
         <v>-79.7</v>
       </c>
       <c r="F17" s="12">
         <v>102.1</v>
       </c>
       <c r="G17" s="12">
         <v>118.43</v>
       </c>
       <c r="H17" s="12">
         <v>339.33</v>
       </c>
       <c r="I17" s="12">
         <v>379.55</v>
       </c>
       <c r="J17" s="12">
@@ -8224,576 +8315,585 @@
       </c>
       <c r="BL17" s="12">
         <v>66.31</v>
       </c>
       <c r="BM17" s="12">
         <v>575.05999999999995</v>
       </c>
       <c r="BN17" s="12">
         <v>58.5</v>
       </c>
       <c r="BO17" s="12">
         <v>19.299999999999997</v>
       </c>
       <c r="BP17" s="12">
         <v>67.87</v>
       </c>
       <c r="BQ17" s="12">
         <v>88.63000000000001</v>
       </c>
       <c r="BR17" s="12">
         <v>46.539999999999992</v>
       </c>
       <c r="BS17" s="12">
         <v>-8.2199999999999989</v>
       </c>
-      <c r="BT17" s="12" t="s">
-[...2 lines deleted...]
-      <c r="BU17" s="12">
+      <c r="BT17" s="12">
+        <v>90.53</v>
+      </c>
+      <c r="BU17" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="BV17" s="12">
         <v>-19.57</v>
       </c>
-      <c r="BV17" s="12">
+      <c r="BW17" s="12">
         <v>-25.47</v>
       </c>
-      <c r="BW17" s="12">
+      <c r="BX17" s="12">
         <v>-10.59</v>
       </c>
-      <c r="BX17" s="12">
+      <c r="BY17" s="12">
         <v>-6.67</v>
       </c>
-      <c r="BY17" s="12">
+      <c r="BZ17" s="12">
         <v>-3.48</v>
       </c>
-      <c r="BZ17" s="12">
+      <c r="CA17" s="12">
         <v>-6.12</v>
       </c>
-      <c r="CA17" s="12">
+      <c r="CB17" s="12">
         <v>-5.97</v>
       </c>
-      <c r="CB17" s="12">
+      <c r="CC17" s="12">
         <v>-2.4500000000000002</v>
       </c>
-      <c r="CC17" s="12">
+      <c r="CD17" s="12">
         <v>-11.14</v>
       </c>
-      <c r="CD17" s="12">
+      <c r="CE17" s="12">
         <v>-7.75</v>
       </c>
-      <c r="CE17" s="12">
+      <c r="CF17" s="12">
         <v>-13.46</v>
       </c>
-      <c r="CF17" s="12">
+      <c r="CG17" s="12">
         <v>-9.9</v>
       </c>
-      <c r="CG17" s="12">
+      <c r="CH17" s="12">
         <v>1.82</v>
       </c>
-      <c r="CH17" s="12">
+      <c r="CI17" s="12">
         <v>-7.18</v>
       </c>
-      <c r="CI17" s="12">
+      <c r="CJ17" s="12">
         <v>3.31</v>
       </c>
-      <c r="CJ17" s="12">
+      <c r="CK17" s="12">
         <v>-21.97</v>
       </c>
-      <c r="CK17" s="12">
+      <c r="CL17" s="12">
         <v>-8.26</v>
       </c>
-      <c r="CL17" s="12">
+      <c r="CM17" s="12">
         <v>-3.28</v>
       </c>
-      <c r="CM17" s="12">
+      <c r="CN17" s="12">
         <v>-10.5</v>
       </c>
-      <c r="CN17" s="12">
+      <c r="CO17" s="12">
         <v>-18.600000000000001</v>
       </c>
-      <c r="CO17" s="12">
+      <c r="CP17" s="12">
         <v>-7.78</v>
       </c>
-      <c r="CP17" s="12">
+      <c r="CQ17" s="12">
         <v>-4.17</v>
       </c>
-      <c r="CQ17" s="12">
+      <c r="CR17" s="12">
         <v>-8.8000000000000007</v>
       </c>
-      <c r="CR17" s="12">
+      <c r="CS17" s="12">
         <v>5.73</v>
       </c>
-      <c r="CS17" s="12">
+      <c r="CT17" s="12">
         <v>7.32</v>
       </c>
-      <c r="CT17" s="12">
+      <c r="CU17" s="12">
         <v>-0.74</v>
       </c>
-      <c r="CU17" s="12">
+      <c r="CV17" s="12">
         <v>-1.7</v>
       </c>
-      <c r="CV17" s="12">
+      <c r="CW17" s="12">
         <v>7.16</v>
       </c>
-      <c r="CW17" s="12">
+      <c r="CX17" s="12">
         <v>2.2400000000000002</v>
       </c>
-      <c r="CX17" s="12">
+      <c r="CY17" s="12">
         <v>21.72</v>
       </c>
-      <c r="CY17" s="12">
+      <c r="CZ17" s="12">
         <v>14.89</v>
       </c>
-      <c r="CZ17" s="12">
+      <c r="DA17" s="12">
         <v>-3.78</v>
       </c>
-      <c r="DA17" s="12">
+      <c r="DB17" s="12">
         <v>7.18</v>
       </c>
-      <c r="DB17" s="12">
+      <c r="DC17" s="12">
         <v>14.53</v>
       </c>
-      <c r="DC17" s="12">
+      <c r="DD17" s="12">
         <v>24.56</v>
       </c>
-      <c r="DD17" s="12">
+      <c r="DE17" s="12">
         <v>8.7200000000000006</v>
       </c>
-      <c r="DE17" s="12">
+      <c r="DF17" s="12">
         <v>7.58</v>
       </c>
-      <c r="DF17" s="12">
+      <c r="DG17" s="12">
         <v>15.29</v>
       </c>
-      <c r="DG17" s="12">
+      <c r="DH17" s="12">
         <v>37</v>
       </c>
-      <c r="DH17" s="12">
+      <c r="DI17" s="12">
         <v>20.59</v>
       </c>
-      <c r="DI17" s="12">
+      <c r="DJ17" s="12">
         <v>8.65</v>
       </c>
-      <c r="DJ17" s="12">
+      <c r="DK17" s="12">
         <v>12.54</v>
       </c>
-      <c r="DK17" s="12">
+      <c r="DL17" s="12">
         <v>-6.43</v>
       </c>
-      <c r="DL17" s="12">
+      <c r="DM17" s="12">
         <v>0.03</v>
       </c>
-      <c r="DM17" s="12">
+      <c r="DN17" s="12">
         <v>11.5</v>
       </c>
-      <c r="DN17" s="12">
+      <c r="DO17" s="12">
         <v>-18.54</v>
       </c>
-      <c r="DO17" s="12">
+      <c r="DP17" s="12">
         <v>0.69</v>
       </c>
-      <c r="DP17" s="12">
+      <c r="DQ17" s="12">
         <v>29.52</v>
       </c>
-      <c r="DQ17" s="12">
+      <c r="DR17" s="12">
         <v>7.28</v>
       </c>
-      <c r="DR17" s="12">
+      <c r="DS17" s="12">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="DS17" s="12">
+      <c r="DT17" s="12">
         <v>31.48</v>
       </c>
-      <c r="DT17" s="12">
+      <c r="DU17" s="12">
         <v>19.14</v>
       </c>
-      <c r="DU17" s="12">
+      <c r="DV17" s="12">
         <v>18.16</v>
       </c>
-      <c r="DV17" s="12">
+      <c r="DW17" s="12">
         <v>2.71</v>
       </c>
-      <c r="DW17" s="12">
+      <c r="DX17" s="12">
         <v>34.549999999999997</v>
       </c>
-      <c r="DX17" s="12">
+      <c r="DY17" s="12">
         <v>36.299999999999997</v>
       </c>
-      <c r="DY17" s="12">
+      <c r="DZ17" s="12">
         <v>61.3</v>
       </c>
-      <c r="DZ17" s="12">
+      <c r="EA17" s="12">
         <v>78.73</v>
       </c>
-      <c r="EA17" s="12">
+      <c r="EB17" s="12">
         <v>27.68</v>
       </c>
-      <c r="EB17" s="12">
+      <c r="EC17" s="12">
         <v>22.06</v>
       </c>
-      <c r="EC17" s="12">
+      <c r="ED17" s="12">
         <v>83.37</v>
       </c>
-      <c r="ED17" s="12">
+      <c r="EE17" s="12">
         <v>73.16</v>
       </c>
-      <c r="EE17" s="12">
+      <c r="EF17" s="12">
         <v>32.81</v>
       </c>
-      <c r="EF17" s="12">
+      <c r="EG17" s="12">
         <v>0.01</v>
       </c>
-      <c r="EG17" s="12">
+      <c r="EH17" s="12">
         <v>-20.21</v>
       </c>
-      <c r="EH17" s="12">
+      <c r="EI17" s="12">
         <v>33.28</v>
       </c>
-      <c r="EI17" s="12">
+      <c r="EJ17" s="12">
         <v>35.159999999999997</v>
       </c>
-      <c r="EJ17" s="12">
+      <c r="EK17" s="12">
         <v>26.04</v>
       </c>
-      <c r="EK17" s="12">
+      <c r="EL17" s="12">
         <v>30.96</v>
       </c>
-      <c r="EL17" s="12">
+      <c r="EM17" s="12">
         <v>32.57</v>
       </c>
-      <c r="EM17" s="12">
+      <c r="EN17" s="12">
         <v>7.12</v>
       </c>
-      <c r="EN17" s="12">
+      <c r="EO17" s="12">
         <v>45.28</v>
       </c>
-      <c r="EO17" s="12">
+      <c r="EP17" s="12">
         <v>55.21</v>
       </c>
-      <c r="EP17" s="12">
+      <c r="EQ17" s="12">
         <v>44.34</v>
       </c>
-      <c r="EQ17" s="12">
+      <c r="ER17" s="12">
         <v>45.16</v>
       </c>
-      <c r="ER17" s="12">
+      <c r="ES17" s="12">
         <v>76.849999999999994</v>
       </c>
-      <c r="ES17" s="12">
+      <c r="ET17" s="12">
         <v>28.38</v>
       </c>
-      <c r="ET17" s="12">
+      <c r="EU17" s="12">
         <v>45.16</v>
       </c>
-      <c r="EU17" s="12">
+      <c r="EV17" s="12">
         <v>35.479999999999997</v>
       </c>
-      <c r="EV17" s="12">
+      <c r="EW17" s="12">
         <v>29.7</v>
       </c>
-      <c r="EW17" s="12">
+      <c r="EX17" s="12">
         <v>23.19</v>
       </c>
-      <c r="EX17" s="12">
+      <c r="EY17" s="12">
         <v>1.63</v>
       </c>
-      <c r="EY17" s="12">
+      <c r="EZ17" s="12">
         <v>12.37</v>
       </c>
-      <c r="EZ17" s="12">
+      <c r="FA17" s="12">
         <v>-8.8800000000000008</v>
       </c>
-      <c r="FA17" s="12">
+      <c r="FB17" s="12">
         <v>23.65</v>
       </c>
-      <c r="FB17" s="12">
+      <c r="FC17" s="12">
         <v>33.85</v>
       </c>
-      <c r="FC17" s="12">
+      <c r="FD17" s="12">
         <v>26.86</v>
       </c>
-      <c r="FD17" s="12">
+      <c r="FE17" s="12">
         <v>-11.37</v>
       </c>
-      <c r="FE17" s="12">
+      <c r="FF17" s="12">
         <v>32.19</v>
       </c>
-      <c r="FF17" s="12">
+      <c r="FG17" s="12">
         <v>74.05</v>
       </c>
-      <c r="FG17" s="12">
+      <c r="FH17" s="12">
         <v>105.17</v>
       </c>
-      <c r="FH17" s="12">
+      <c r="FI17" s="12">
         <v>100.05</v>
       </c>
-      <c r="FI17" s="12">
+      <c r="FJ17" s="12">
         <v>112.06</v>
       </c>
-      <c r="FJ17" s="12">
+      <c r="FK17" s="12">
         <v>43.42</v>
       </c>
-      <c r="FK17" s="12">
+      <c r="FL17" s="12">
         <v>-53.57</v>
       </c>
-      <c r="FL17" s="12">
+      <c r="FM17" s="12">
         <v>64.89</v>
       </c>
-      <c r="FM17" s="12">
+      <c r="FN17" s="12">
         <v>115.82</v>
       </c>
-      <c r="FN17" s="12">
+      <c r="FO17" s="12">
         <v>44.18</v>
       </c>
-      <c r="FO17" s="12">
+      <c r="FP17" s="12">
         <v>-883.46</v>
       </c>
-      <c r="FP17" s="12">
+      <c r="FQ17" s="12">
         <v>26.75</v>
       </c>
-      <c r="FQ17" s="12">
+      <c r="FR17" s="12">
         <v>-9.25</v>
       </c>
-      <c r="FR17" s="12">
+      <c r="FS17" s="12">
         <v>43.77</v>
       </c>
-      <c r="FS17" s="12">
+      <c r="FT17" s="12">
         <v>28.68</v>
       </c>
-      <c r="FT17" s="12">
+      <c r="FU17" s="12">
         <v>-2.78</v>
       </c>
-      <c r="FU17" s="12">
+      <c r="FV17" s="12">
         <v>52.23</v>
       </c>
-      <c r="FV17" s="12">
+      <c r="FW17" s="12">
         <v>5.46</v>
       </c>
-      <c r="FW17" s="12">
+      <c r="FX17" s="12">
         <v>36.93</v>
       </c>
-      <c r="FX17" s="12">
+      <c r="FY17" s="12">
         <v>65.72</v>
       </c>
-      <c r="FY17" s="12">
+      <c r="FZ17" s="12">
         <v>16.91</v>
       </c>
-      <c r="FZ17" s="12">
+      <c r="GA17" s="12">
         <v>60.45</v>
       </c>
-      <c r="GA17" s="12">
+      <c r="GB17" s="12">
         <v>58.04</v>
       </c>
-      <c r="GB17" s="12">
+      <c r="GC17" s="12">
         <v>-61.99</v>
       </c>
-      <c r="GC17" s="12">
+      <c r="GD17" s="12">
         <v>23.1</v>
       </c>
-      <c r="GD17" s="12">
+      <c r="GE17" s="12">
         <v>52.92</v>
       </c>
-      <c r="GE17" s="12">
+      <c r="GF17" s="12">
         <v>55.74</v>
       </c>
-      <c r="GF17" s="12">
+      <c r="GG17" s="12">
         <v>50.02</v>
       </c>
-      <c r="GG17" s="12">
+      <c r="GH17" s="12">
         <v>75.08</v>
       </c>
-      <c r="GH17" s="12">
+      <c r="GI17" s="12">
         <v>30.68</v>
       </c>
-      <c r="GI17" s="12">
+      <c r="GJ17" s="12">
         <v>6.16</v>
       </c>
-      <c r="GJ17" s="12">
+      <c r="GK17" s="12">
         <v>-17.489999999999998</v>
       </c>
-      <c r="GK17" s="12">
+      <c r="GL17" s="12">
         <v>-19.16</v>
       </c>
-      <c r="GL17" s="12">
+      <c r="GM17" s="12">
         <v>-198.46</v>
       </c>
-      <c r="GM17" s="12">
+      <c r="GN17" s="12">
         <v>-133.63</v>
       </c>
-      <c r="GN17" s="12">
+      <c r="GO17" s="12">
         <v>-26.15</v>
       </c>
-      <c r="GO17" s="12">
+      <c r="GP17" s="12">
         <v>152.13999999999999</v>
       </c>
-      <c r="GP17" s="12">
+      <c r="GQ17" s="12">
         <v>-149.07</v>
       </c>
-      <c r="GQ17" s="12">
+      <c r="GR17" s="12">
         <v>-27.37</v>
       </c>
-      <c r="GR17" s="12">
+      <c r="GS17" s="12">
         <v>33.67</v>
       </c>
-      <c r="GS17" s="12">
+      <c r="GT17" s="12">
         <v>15.32</v>
       </c>
-      <c r="GT17" s="12">
+      <c r="GU17" s="12">
         <v>-21.99</v>
       </c>
-      <c r="GU17" s="12">
+      <c r="GV17" s="12">
         <v>30.77</v>
       </c>
-      <c r="GV17" s="12">
+      <c r="GW17" s="12">
         <v>-30.58</v>
       </c>
-      <c r="GW17" s="12">
+      <c r="GX17" s="12">
         <v>-245.94</v>
       </c>
-      <c r="GX17" s="12">
+      <c r="GY17" s="12">
         <v>-78.2</v>
       </c>
-      <c r="GY17" s="12">
+      <c r="GZ17" s="12">
         <v>-75.040000000000006</v>
       </c>
-      <c r="GZ17" s="12">
+      <c r="HA17" s="12">
         <v>-30.56</v>
       </c>
-      <c r="HA17" s="12">
+      <c r="HB17" s="12">
         <v>27.62</v>
       </c>
-      <c r="HB17" s="12">
+      <c r="HC17" s="12">
         <v>33.950000000000003</v>
       </c>
-      <c r="HC17" s="12">
+      <c r="HD17" s="12">
         <v>38.93</v>
       </c>
-      <c r="HD17" s="12">
+      <c r="HE17" s="12">
         <v>2.39</v>
       </c>
-      <c r="HE17" s="12">
+      <c r="HF17" s="12">
         <v>24.99</v>
       </c>
-      <c r="HF17" s="12">
+      <c r="HG17" s="12">
         <v>46.66</v>
       </c>
-      <c r="HG17" s="12">
+      <c r="HH17" s="12">
         <v>432.33</v>
       </c>
-      <c r="HH17" s="12">
+      <c r="HI17" s="12">
         <v>96.07</v>
       </c>
-      <c r="HI17" s="12">
+      <c r="HJ17" s="12">
         <v>44.96</v>
       </c>
-      <c r="HJ17" s="12">
+      <c r="HK17" s="12">
         <v>-38.020000000000003</v>
       </c>
-      <c r="HK17" s="12">
+      <c r="HL17" s="12">
         <v>51.56</v>
       </c>
-      <c r="HL17" s="12">
+      <c r="HM17" s="12">
         <v>-9.9</v>
       </c>
-      <c r="HM17" s="12">
+      <c r="HN17" s="12">
         <v>21.18</v>
       </c>
-      <c r="HN17" s="12">
+      <c r="HO17" s="12">
         <v>8.02</v>
       </c>
-      <c r="HO17" s="12">
+      <c r="HP17" s="12">
         <v>15.54</v>
       </c>
-      <c r="HP17" s="12">
+      <c r="HQ17" s="12">
         <v>26.24</v>
       </c>
-      <c r="HQ17" s="12">
+      <c r="HR17" s="12">
         <v>26.09</v>
       </c>
-      <c r="HR17" s="12">
+      <c r="HS17" s="12">
         <v>22.59</v>
       </c>
-      <c r="HS17" s="12">
+      <c r="HT17" s="12">
         <v>49.45</v>
       </c>
-      <c r="HT17" s="12">
+      <c r="HU17" s="12">
         <v>16.59</v>
       </c>
-      <c r="HU17" s="12">
+      <c r="HV17" s="12">
         <v>22.74</v>
       </c>
-      <c r="HV17" s="12">
+      <c r="HW17" s="12">
         <v>10.6</v>
       </c>
-      <c r="HW17" s="12">
+      <c r="HX17" s="12">
         <v>13.2</v>
       </c>
-      <c r="HX17" s="12">
+      <c r="HY17" s="12">
         <v>-57.3</v>
       </c>
-      <c r="HY17" s="12">
+      <c r="HZ17" s="12">
         <v>11.64</v>
       </c>
-      <c r="HZ17" s="12">
+      <c r="IA17" s="12">
         <v>37.44</v>
       </c>
-      <c r="IA17" s="12">
+      <c r="IB17" s="12">
         <v>22.33</v>
       </c>
-      <c r="IB17" s="12">
+      <c r="IC17" s="12">
         <v>41.5</v>
       </c>
+      <c r="ID17" s="12">
+        <v>26.7</v>
+      </c>
+      <c r="IE17" s="12">
+        <v>19.64</v>
+      </c>
     </row>
-    <row r="18" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="FC18" s="14"/>
+    <row r="18" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="FD18" s="14"/>
       <c r="FE18" s="14"/>
       <c r="FF18" s="14"/>
       <c r="FG18" s="14"/>
       <c r="FH18" s="14"/>
       <c r="FI18" s="14"/>
       <c r="FJ18" s="14"/>
       <c r="FK18" s="14"/>
       <c r="FL18" s="14"/>
       <c r="FM18" s="14"/>
       <c r="FN18" s="14"/>
       <c r="FO18" s="14"/>
       <c r="FP18" s="14"/>
       <c r="FQ18" s="14"/>
       <c r="FR18" s="14"/>
       <c r="FS18" s="14"/>
       <c r="FT18" s="14"/>
       <c r="FU18" s="14"/>
       <c r="FV18" s="14"/>
       <c r="FW18" s="14"/>
       <c r="FX18" s="14"/>
       <c r="FY18" s="14"/>
       <c r="FZ18" s="14"/>
       <c r="GA18" s="14"/>
       <c r="GB18" s="14"/>
       <c r="GC18" s="14"/>
+      <c r="GD18" s="14"/>
     </row>
-    <row r="19" spans="2:236" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>