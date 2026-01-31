--- v2 (2026-01-03)
+++ v3 (2026-01-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251031 - objava 20251231\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251130 - objava 20260131\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="465" windowWidth="38400" windowHeight="20160" tabRatio="421"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="85">
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti ulaganja</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti fonda</t>
   </si>
   <si>
     <t>2011.</t>
@@ -962,83 +962,83 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:IE19"/>
+  <dimension ref="B1:IF19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="10" customWidth="1"/>
     <col min="2" max="2" width="65.6640625" style="10" customWidth="1"/>
     <col min="3" max="16" width="10.1640625" style="10" customWidth="1"/>
     <col min="17" max="17" width="15.6640625" style="10" customWidth="1"/>
     <col min="18" max="42" width="10.6640625" style="10"/>
     <col min="43" max="72" width="10.6640625" style="13"/>
     <col min="73" max="73" width="15.6640625" style="10" customWidth="1"/>
     <col min="74" max="150" width="10.6640625" style="10"/>
     <col min="151" max="186" width="10.6640625" style="13"/>
     <col min="187" max="16384" width="10.6640625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="23"/>
     </row>
-    <row r="2" spans="2:239" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:240" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="26" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="3" spans="2:239" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:240" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="25" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="4" spans="2:239" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:239" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:240" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:240" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
       <c r="Z5" s="1"/>
@@ -1176,51 +1176,51 @@
       <c r="FG5" s="5"/>
       <c r="FH5" s="5"/>
       <c r="FI5" s="5"/>
       <c r="FJ5" s="5"/>
       <c r="FK5" s="5"/>
       <c r="FL5" s="5"/>
       <c r="FM5" s="5"/>
       <c r="FN5" s="5"/>
       <c r="FO5" s="5"/>
       <c r="FP5" s="5"/>
       <c r="FQ5" s="5"/>
       <c r="FR5" s="5"/>
       <c r="FS5" s="5"/>
       <c r="FT5" s="5"/>
       <c r="FU5" s="5"/>
       <c r="FV5" s="5"/>
       <c r="FW5" s="5"/>
       <c r="FX5" s="5"/>
       <c r="FY5" s="5"/>
       <c r="FZ5" s="5"/>
       <c r="GA5" s="5"/>
       <c r="GB5" s="5"/>
       <c r="GC5" s="5"/>
       <c r="GD5" s="5"/>
     </row>
-    <row r="6" spans="2:239" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:240" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="17"/>
       <c r="C6" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="18" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="18" t="s">
         <v>10</v>
       </c>
       <c r="J6" s="18" t="s">
         <v>9</v>
       </c>
@@ -1889,52 +1889,55 @@
       </c>
       <c r="HX6" s="21">
         <v>45747</v>
       </c>
       <c r="HY6" s="21">
         <v>45777</v>
       </c>
       <c r="HZ6" s="21">
         <v>45808</v>
       </c>
       <c r="IA6" s="21">
         <v>45838</v>
       </c>
       <c r="IB6" s="21">
         <v>45869</v>
       </c>
       <c r="IC6" s="21">
         <v>45900</v>
       </c>
       <c r="ID6" s="21">
         <v>45930</v>
       </c>
       <c r="IE6" s="21">
         <v>45961</v>
       </c>
+      <c r="IF6" s="21">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:239" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:240" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
@@ -2131,52 +2134,53 @@
       <c r="HG7" s="1"/>
       <c r="HH7" s="1"/>
       <c r="HI7" s="1"/>
       <c r="HJ7" s="1"/>
       <c r="HK7" s="1"/>
       <c r="HL7" s="1"/>
       <c r="HM7" s="1"/>
       <c r="HN7" s="1"/>
       <c r="HO7" s="1"/>
       <c r="HP7" s="1"/>
       <c r="HQ7" s="1"/>
       <c r="HR7" s="1"/>
       <c r="HS7" s="1"/>
       <c r="HT7" s="1"/>
       <c r="HU7" s="1"/>
       <c r="HV7" s="1"/>
       <c r="HW7" s="1"/>
       <c r="HX7" s="1"/>
       <c r="HY7" s="1"/>
       <c r="HZ7" s="1"/>
       <c r="IA7" s="1"/>
       <c r="IB7" s="1"/>
       <c r="IC7" s="1"/>
       <c r="ID7" s="1"/>
       <c r="IE7" s="1"/>
+      <c r="IF7" s="1"/>
     </row>
-    <row r="8" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="7">
         <v>-42.03</v>
       </c>
       <c r="E8" s="7">
         <v>-19.690000000000001</v>
       </c>
       <c r="F8" s="7">
         <v>64.02</v>
       </c>
       <c r="G8" s="7">
         <v>70.5</v>
       </c>
       <c r="H8" s="7">
         <v>339.66</v>
       </c>
       <c r="I8" s="7">
         <v>292.82</v>
       </c>
       <c r="J8" s="7">
@@ -2847,52 +2851,55 @@
       </c>
       <c r="HX8" s="9">
         <v>20.29</v>
       </c>
       <c r="HY8" s="9">
         <v>-16.91</v>
       </c>
       <c r="HZ8" s="9">
         <v>0.35</v>
       </c>
       <c r="IA8" s="9">
         <v>-34.92</v>
       </c>
       <c r="IB8" s="9">
         <v>-9.07</v>
       </c>
       <c r="IC8" s="9">
         <v>25.9</v>
       </c>
       <c r="ID8" s="9">
         <v>4.67</v>
       </c>
       <c r="IE8" s="9">
         <v>14.13</v>
       </c>
+      <c r="IF8" s="9">
+        <v>-9.52</v>
+      </c>
     </row>
-    <row r="9" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="7">
         <v>-50.51</v>
       </c>
       <c r="E9" s="7">
         <v>-46.43</v>
       </c>
       <c r="F9" s="7">
         <v>-19.84</v>
       </c>
       <c r="G9" s="7">
         <v>-22.97</v>
       </c>
       <c r="H9" s="7">
         <v>-4.84</v>
       </c>
       <c r="I9" s="7">
         <v>21.82</v>
       </c>
       <c r="J9" s="7">
@@ -3563,52 +3570,55 @@
       </c>
       <c r="HX9" s="9">
         <v>-10.93</v>
       </c>
       <c r="HY9" s="9">
         <v>-28.83</v>
       </c>
       <c r="HZ9" s="9">
         <v>21.88</v>
       </c>
       <c r="IA9" s="9">
         <v>16.02</v>
       </c>
       <c r="IB9" s="9">
         <v>22.06</v>
       </c>
       <c r="IC9" s="9">
         <v>12.99</v>
       </c>
       <c r="ID9" s="9">
         <v>5.37</v>
       </c>
       <c r="IE9" s="9">
         <v>9.6999999999999993</v>
       </c>
+      <c r="IF9" s="9">
+        <v>12.76</v>
+      </c>
     </row>
-    <row r="10" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="24" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="7">
         <v>-44.96</v>
       </c>
       <c r="E10" s="7">
         <v>-18.579999999999998</v>
       </c>
       <c r="F10" s="7">
         <v>-0.82</v>
       </c>
       <c r="G10" s="7">
         <v>43.71</v>
       </c>
       <c r="H10" s="7">
         <v>-19.399999999999999</v>
       </c>
       <c r="I10" s="7">
         <v>30.94</v>
       </c>
       <c r="J10" s="7">
@@ -4279,52 +4289,55 @@
       </c>
       <c r="HX10" s="9">
         <v>-6.77</v>
       </c>
       <c r="HY10" s="9">
         <v>-17.670000000000002</v>
       </c>
       <c r="HZ10" s="9">
         <v>0.73</v>
       </c>
       <c r="IA10" s="9">
         <v>-3.98</v>
       </c>
       <c r="IB10" s="9">
         <v>-0.35</v>
       </c>
       <c r="IC10" s="9">
         <v>0.46</v>
       </c>
       <c r="ID10" s="9">
         <v>1.98</v>
       </c>
       <c r="IE10" s="9">
         <v>2.58</v>
       </c>
+      <c r="IF10" s="9">
+        <v>4.45</v>
+      </c>
     </row>
-    <row r="11" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D11" s="7">
         <v>-9.5</v>
       </c>
       <c r="E11" s="7">
         <v>-1.0900000000000001</v>
       </c>
       <c r="F11" s="7">
         <v>-0.27</v>
       </c>
       <c r="G11" s="7">
         <v>-5.64</v>
       </c>
       <c r="H11" s="7">
         <v>-0.77</v>
       </c>
       <c r="I11" s="7">
         <v>1.31</v>
       </c>
       <c r="J11" s="7">
@@ -4995,52 +5008,55 @@
       </c>
       <c r="HX11" s="9">
         <v>0.27</v>
       </c>
       <c r="HY11" s="9">
         <v>0</v>
       </c>
       <c r="HZ11" s="9">
         <v>1.63</v>
       </c>
       <c r="IA11" s="9">
         <v>27.99</v>
       </c>
       <c r="IB11" s="9">
         <v>5.71</v>
       </c>
       <c r="IC11" s="9">
         <v>0.13</v>
       </c>
       <c r="ID11" s="9">
         <v>0.8</v>
       </c>
       <c r="IE11" s="9">
         <v>-7.0000000000000007E-2</v>
       </c>
+      <c r="IF11" s="9">
+        <v>0.61</v>
+      </c>
     </row>
-    <row r="12" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="24" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D12" s="7">
         <v>24.43</v>
       </c>
       <c r="E12" s="7">
         <v>6.08</v>
       </c>
       <c r="F12" s="7">
         <v>59</v>
       </c>
       <c r="G12" s="7">
         <v>32.82</v>
       </c>
       <c r="H12" s="7">
         <v>24.67</v>
       </c>
       <c r="I12" s="7">
         <v>32.659999999999997</v>
       </c>
       <c r="J12" s="7">
@@ -5711,52 +5727,55 @@
       </c>
       <c r="HX12" s="9">
         <v>10.34</v>
       </c>
       <c r="HY12" s="9">
         <v>6.11</v>
       </c>
       <c r="HZ12" s="9">
         <v>-12.95</v>
       </c>
       <c r="IA12" s="9">
         <v>32.32</v>
       </c>
       <c r="IB12" s="9">
         <v>3.97</v>
       </c>
       <c r="IC12" s="9">
         <v>2.0299999999999998</v>
       </c>
       <c r="ID12" s="9">
         <v>13.88</v>
       </c>
       <c r="IE12" s="9">
         <v>-6.7</v>
       </c>
+      <c r="IF12" s="9">
+        <v>-82.03</v>
+      </c>
     </row>
-    <row r="13" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>0</v>
       </c>
       <c r="D13" s="16">
         <v>-122.57</v>
       </c>
       <c r="E13" s="16">
         <v>-79.7</v>
       </c>
       <c r="F13" s="16">
         <v>102.1</v>
       </c>
       <c r="G13" s="16">
         <v>118.43</v>
       </c>
       <c r="H13" s="16">
         <v>339.33</v>
       </c>
       <c r="I13" s="16">
         <v>379.55</v>
       </c>
       <c r="J13" s="16">
@@ -6427,52 +6446,55 @@
       </c>
       <c r="HX13" s="16">
         <v>13.2</v>
       </c>
       <c r="HY13" s="16">
         <v>-57.3</v>
       </c>
       <c r="HZ13" s="16">
         <v>11.64</v>
       </c>
       <c r="IA13" s="16">
         <v>37.44</v>
       </c>
       <c r="IB13" s="16">
         <v>22.33</v>
       </c>
       <c r="IC13" s="16">
         <v>41.5</v>
       </c>
       <c r="ID13" s="16">
         <v>26.7</v>
       </c>
       <c r="IE13" s="16">
         <v>19.64</v>
       </c>
+      <c r="IF13" s="16">
+        <v>-73.73</v>
+      </c>
     </row>
-    <row r="14" spans="2:239" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:240" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1">
         <v>0</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
@@ -6671,52 +6693,53 @@
       <c r="HG14" s="2"/>
       <c r="HH14" s="2"/>
       <c r="HI14" s="2"/>
       <c r="HJ14" s="2"/>
       <c r="HK14" s="2"/>
       <c r="HL14" s="2"/>
       <c r="HM14" s="2"/>
       <c r="HN14" s="2"/>
       <c r="HO14" s="2"/>
       <c r="HP14" s="2"/>
       <c r="HQ14" s="2"/>
       <c r="HR14" s="2"/>
       <c r="HS14" s="2"/>
       <c r="HT14" s="2"/>
       <c r="HU14" s="2"/>
       <c r="HV14" s="2"/>
       <c r="HW14" s="2"/>
       <c r="HX14" s="2"/>
       <c r="HY14" s="2"/>
       <c r="HZ14" s="2"/>
       <c r="IA14" s="2"/>
       <c r="IB14" s="2"/>
       <c r="IC14" s="2"/>
       <c r="ID14" s="2"/>
       <c r="IE14" s="2"/>
+      <c r="IF14" s="2"/>
     </row>
-    <row r="15" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D15" s="7">
         <v>-114.77</v>
       </c>
       <c r="E15" s="7">
         <v>-64.45</v>
       </c>
       <c r="F15" s="7">
         <v>102.78</v>
       </c>
       <c r="G15" s="7">
         <v>126.8</v>
       </c>
       <c r="H15" s="7">
         <v>347.06</v>
       </c>
       <c r="I15" s="7">
         <v>382.04</v>
       </c>
       <c r="J15" s="7">
@@ -7387,52 +7410,55 @@
       </c>
       <c r="HX15" s="9">
         <v>6.27</v>
       </c>
       <c r="HY15" s="9">
         <v>-56.6</v>
       </c>
       <c r="HZ15" s="9">
         <v>19.63</v>
       </c>
       <c r="IA15" s="9">
         <v>28.27</v>
       </c>
       <c r="IB15" s="9">
         <v>27.14</v>
       </c>
       <c r="IC15" s="9">
         <v>42.15</v>
       </c>
       <c r="ID15" s="9">
         <v>29.04</v>
       </c>
       <c r="IE15" s="9">
         <v>25.07</v>
       </c>
+      <c r="IF15" s="9">
+        <v>-76.95</v>
+      </c>
     </row>
-    <row r="16" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="24" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="7">
         <v>-7.8</v>
       </c>
       <c r="E16" s="7">
         <v>-15.26</v>
       </c>
       <c r="F16" s="7">
         <v>-0.68</v>
       </c>
       <c r="G16" s="7">
         <v>-8.3800000000000008</v>
       </c>
       <c r="H16" s="7">
         <v>-7.72</v>
       </c>
       <c r="I16" s="7">
         <v>-2.48</v>
       </c>
       <c r="J16" s="7">
@@ -8103,52 +8129,55 @@
       </c>
       <c r="HX16" s="9">
         <v>6.92</v>
       </c>
       <c r="HY16" s="9">
         <v>-0.7</v>
       </c>
       <c r="HZ16" s="9">
         <v>-7.99</v>
       </c>
       <c r="IA16" s="9">
         <v>9.18</v>
       </c>
       <c r="IB16" s="9">
         <v>-4.8099999999999996</v>
       </c>
       <c r="IC16" s="9">
         <v>-0.64</v>
       </c>
       <c r="ID16" s="9">
         <v>-2.34</v>
       </c>
       <c r="IE16" s="9">
         <v>-5.43</v>
       </c>
+      <c r="IF16" s="9">
+        <v>3.23</v>
+      </c>
     </row>
-    <row r="17" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D17" s="12">
         <v>-122.57</v>
       </c>
       <c r="E17" s="12">
         <v>-79.7</v>
       </c>
       <c r="F17" s="12">
         <v>102.1</v>
       </c>
       <c r="G17" s="12">
         <v>118.43</v>
       </c>
       <c r="H17" s="12">
         <v>339.33</v>
       </c>
       <c r="I17" s="12">
         <v>379.55</v>
       </c>
       <c r="J17" s="12">
@@ -8819,81 +8848,84 @@
       </c>
       <c r="HX17" s="12">
         <v>13.2</v>
       </c>
       <c r="HY17" s="12">
         <v>-57.3</v>
       </c>
       <c r="HZ17" s="12">
         <v>11.64</v>
       </c>
       <c r="IA17" s="12">
         <v>37.44</v>
       </c>
       <c r="IB17" s="12">
         <v>22.33</v>
       </c>
       <c r="IC17" s="12">
         <v>41.5</v>
       </c>
       <c r="ID17" s="12">
         <v>26.7</v>
       </c>
       <c r="IE17" s="12">
         <v>19.64</v>
       </c>
+      <c r="IF17" s="12">
+        <v>-73.73</v>
+      </c>
     </row>
-    <row r="18" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="FD18" s="14"/>
       <c r="FE18" s="14"/>
       <c r="FF18" s="14"/>
       <c r="FG18" s="14"/>
       <c r="FH18" s="14"/>
       <c r="FI18" s="14"/>
       <c r="FJ18" s="14"/>
       <c r="FK18" s="14"/>
       <c r="FL18" s="14"/>
       <c r="FM18" s="14"/>
       <c r="FN18" s="14"/>
       <c r="FO18" s="14"/>
       <c r="FP18" s="14"/>
       <c r="FQ18" s="14"/>
       <c r="FR18" s="14"/>
       <c r="FS18" s="14"/>
       <c r="FT18" s="14"/>
       <c r="FU18" s="14"/>
       <c r="FV18" s="14"/>
       <c r="FW18" s="14"/>
       <c r="FX18" s="14"/>
       <c r="FY18" s="14"/>
       <c r="FZ18" s="14"/>
       <c r="GA18" s="14"/>
       <c r="GB18" s="14"/>
       <c r="GC18" s="14"/>
       <c r="GD18" s="14"/>
     </row>
-    <row r="19" spans="2:239" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>