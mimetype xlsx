--- v3 (2026-01-31)
+++ v4 (2026-03-05)
@@ -1,65 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251130 - objava 20260131\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251231 - objava 20260228\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="465" windowWidth="38400" windowHeight="20160" tabRatio="421"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="87">
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti ulaganja</t>
   </si>
   <si>
     <t>Izdani udjeli/dionice investicijskih fondova prema vrsti fonda</t>
   </si>
   <si>
     <t>2011.</t>
   </si>
   <si>
     <t>2012.</t>
   </si>
   <si>
     <t>2013.</t>
   </si>
   <si>
     <t>2014.</t>
   </si>
   <si>
     <t>2015.</t>
   </si>
   <si>
@@ -424,50 +424,56 @@
     <t>4. tr. 23.</t>
   </si>
   <si>
     <t>1. tr. 24.</t>
   </si>
   <si>
     <t>2. tr. 24.</t>
   </si>
   <si>
     <t>3. tr. 24.</t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t>4. tr. 24.</t>
   </si>
   <si>
     <t xml:space="preserve">1. tr. 25. </t>
   </si>
   <si>
     <t xml:space="preserve">2. tr. 25. </t>
   </si>
   <si>
     <t xml:space="preserve">3. tr. 25. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4. tr. 25. </t>
+  </si>
+  <si>
+    <t>2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="yyyy\."/>
     <numFmt numFmtId="166" formatCode="mm\.yy\."/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
@@ -962,156 +968,156 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:IF19"/>
+  <dimension ref="B1:II19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="10" customWidth="1"/>
     <col min="2" max="2" width="65.6640625" style="10" customWidth="1"/>
-    <col min="3" max="16" width="10.1640625" style="10" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="187" max="16384" width="10.6640625" style="10"/>
+    <col min="3" max="17" width="10.1640625" style="10" customWidth="1"/>
+    <col min="18" max="18" width="15.6640625" style="10" customWidth="1"/>
+    <col min="19" max="43" width="10.6640625" style="10"/>
+    <col min="44" max="74" width="10.6640625" style="13"/>
+    <col min="75" max="75" width="15.6640625" style="10" customWidth="1"/>
+    <col min="76" max="152" width="10.6640625" style="10"/>
+    <col min="153" max="188" width="10.6640625" style="13"/>
+    <col min="189" max="16384" width="10.6640625" style="10"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="23"/>
     </row>
-    <row r="2" spans="2:240" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:243" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="26" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="3" spans="2:240" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:243" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="25" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="4" spans="2:240" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="5" spans="2:240" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:243" s="22" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:243" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="4"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
       <c r="Z5" s="1"/>
       <c r="AA5" s="1"/>
       <c r="AB5" s="1"/>
       <c r="AC5" s="1"/>
       <c r="AD5" s="1"/>
       <c r="AE5" s="1"/>
       <c r="AF5" s="1"/>
       <c r="AG5" s="1"/>
       <c r="AH5" s="1"/>
       <c r="AI5" s="1"/>
       <c r="AJ5" s="1"/>
       <c r="AK5" s="1"/>
       <c r="AL5" s="1"/>
       <c r="AM5" s="1"/>
       <c r="AN5" s="1"/>
       <c r="AO5" s="1"/>
       <c r="AP5" s="1"/>
-      <c r="AQ5" s="5"/>
+      <c r="AQ5" s="1"/>
       <c r="AR5" s="5"/>
       <c r="AS5" s="5"/>
       <c r="AT5" s="5"/>
       <c r="AU5" s="5"/>
       <c r="AV5" s="5"/>
       <c r="AW5" s="5"/>
       <c r="AX5" s="5"/>
       <c r="AY5" s="5"/>
       <c r="AZ5" s="5"/>
       <c r="BA5" s="5"/>
       <c r="BB5" s="5"/>
       <c r="BC5" s="5"/>
       <c r="BD5" s="5"/>
       <c r="BE5" s="5"/>
       <c r="BF5" s="5"/>
       <c r="BG5" s="5"/>
       <c r="BH5" s="5"/>
       <c r="BI5" s="5"/>
       <c r="BJ5" s="5"/>
       <c r="BK5" s="5"/>
       <c r="BL5" s="5"/>
       <c r="BM5" s="5"/>
       <c r="BN5" s="5"/>
       <c r="BO5" s="5"/>
       <c r="BP5" s="5"/>
       <c r="BQ5" s="5"/>
       <c r="BR5" s="5"/>
       <c r="BS5" s="5"/>
       <c r="BT5" s="5"/>
-      <c r="BU5" s="1"/>
-      <c r="BV5" s="1"/>
+      <c r="BU5" s="5"/>
+      <c r="BV5" s="5"/>
       <c r="BW5" s="1"/>
       <c r="BX5" s="1"/>
       <c r="BY5" s="1"/>
       <c r="BZ5" s="1"/>
       <c r="CA5" s="1"/>
       <c r="CB5" s="1"/>
       <c r="CC5" s="1"/>
       <c r="CD5" s="1"/>
       <c r="CE5" s="1"/>
       <c r="CF5" s="1"/>
       <c r="CG5" s="1"/>
       <c r="CH5" s="1"/>
       <c r="CI5" s="1"/>
       <c r="CJ5" s="1"/>
       <c r="CK5" s="1"/>
       <c r="CL5" s="1"/>
       <c r="CM5" s="1"/>
       <c r="CN5" s="1"/>
       <c r="CO5" s="1"/>
       <c r="CP5" s="1"/>
       <c r="CQ5" s="1"/>
       <c r="CR5" s="1"/>
       <c r="CS5" s="1"/>
       <c r="CT5" s="1"/>
       <c r="CU5" s="1"/>
@@ -1139,880 +1145,891 @@
       <c r="DQ5" s="1"/>
       <c r="DR5" s="1"/>
       <c r="DS5" s="1"/>
       <c r="DT5" s="1"/>
       <c r="DU5" s="1"/>
       <c r="DV5" s="1"/>
       <c r="DW5" s="1"/>
       <c r="DX5" s="1"/>
       <c r="DY5" s="1"/>
       <c r="DZ5" s="1"/>
       <c r="EA5" s="1"/>
       <c r="EB5" s="1"/>
       <c r="EC5" s="1"/>
       <c r="ED5" s="1"/>
       <c r="EE5" s="1"/>
       <c r="EF5" s="1"/>
       <c r="EG5" s="1"/>
       <c r="EH5" s="1"/>
       <c r="EI5" s="1"/>
       <c r="EJ5" s="1"/>
       <c r="EK5" s="1"/>
       <c r="EL5" s="1"/>
       <c r="EM5" s="1"/>
       <c r="EN5" s="1"/>
       <c r="EO5" s="1"/>
-      <c r="EU5" s="5"/>
-      <c r="EV5" s="5"/>
+      <c r="EP5" s="1"/>
+      <c r="EQ5" s="1"/>
       <c r="EW5" s="5"/>
       <c r="EX5" s="5"/>
       <c r="EY5" s="5"/>
       <c r="EZ5" s="5"/>
       <c r="FA5" s="5"/>
       <c r="FB5" s="5"/>
       <c r="FC5" s="5"/>
       <c r="FD5" s="5"/>
       <c r="FE5" s="5"/>
       <c r="FF5" s="5"/>
       <c r="FG5" s="5"/>
       <c r="FH5" s="5"/>
       <c r="FI5" s="5"/>
       <c r="FJ5" s="5"/>
       <c r="FK5" s="5"/>
       <c r="FL5" s="5"/>
       <c r="FM5" s="5"/>
       <c r="FN5" s="5"/>
       <c r="FO5" s="5"/>
       <c r="FP5" s="5"/>
       <c r="FQ5" s="5"/>
       <c r="FR5" s="5"/>
       <c r="FS5" s="5"/>
       <c r="FT5" s="5"/>
       <c r="FU5" s="5"/>
       <c r="FV5" s="5"/>
       <c r="FW5" s="5"/>
       <c r="FX5" s="5"/>
       <c r="FY5" s="5"/>
       <c r="FZ5" s="5"/>
       <c r="GA5" s="5"/>
       <c r="GB5" s="5"/>
       <c r="GC5" s="5"/>
       <c r="GD5" s="5"/>
+      <c r="GE5" s="5"/>
+      <c r="GF5" s="5"/>
     </row>
-    <row r="6" spans="2:240" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:243" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="17"/>
       <c r="C6" s="18" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="18" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="18" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="18" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="18" t="s">
         <v>10</v>
       </c>
       <c r="J6" s="18" t="s">
         <v>9</v>
       </c>
       <c r="K6" s="18" t="s">
         <v>11</v>
       </c>
       <c r="L6" s="18" t="s">
         <v>12</v>
       </c>
       <c r="M6" s="18" t="s">
         <v>55</v>
       </c>
       <c r="N6" s="18" t="s">
         <v>61</v>
       </c>
       <c r="O6" s="18" t="s">
         <v>75</v>
       </c>
       <c r="P6" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="Q6" s="17" t="s">
+      <c r="Q6" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="R6" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="R6" s="17" t="s">
+      <c r="S6" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="S6" s="17" t="s">
+      <c r="T6" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="T6" s="17" t="s">
+      <c r="U6" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="U6" s="17" t="s">
+      <c r="V6" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="V6" s="17" t="s">
+      <c r="W6" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="W6" s="17" t="s">
+      <c r="X6" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="X6" s="17" t="s">
+      <c r="Y6" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="Y6" s="17" t="s">
+      <c r="Z6" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="Z6" s="17" t="s">
+      <c r="AA6" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="AA6" s="17" t="s">
+      <c r="AB6" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="AB6" s="17" t="s">
+      <c r="AC6" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="AC6" s="17" t="s">
+      <c r="AD6" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="AD6" s="17" t="s">
+      <c r="AE6" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="AE6" s="17" t="s">
+      <c r="AF6" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="AF6" s="17" t="s">
+      <c r="AG6" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="AG6" s="19" t="s">
+      <c r="AH6" s="19" t="s">
         <v>29</v>
       </c>
-      <c r="AH6" s="17" t="s">
+      <c r="AI6" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="AI6" s="17" t="s">
+      <c r="AJ6" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="AJ6" s="20" t="s">
+      <c r="AK6" s="20" t="s">
         <v>32</v>
       </c>
-      <c r="AK6" s="20" t="s">
+      <c r="AL6" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="AL6" s="20" t="s">
+      <c r="AM6" s="20" t="s">
         <v>34</v>
       </c>
-      <c r="AM6" s="20" t="s">
+      <c r="AN6" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="AN6" s="20" t="s">
+      <c r="AO6" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="AO6" s="20" t="s">
+      <c r="AP6" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="AP6" s="20" t="s">
+      <c r="AQ6" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="AQ6" s="20" t="s">
+      <c r="AR6" s="20" t="s">
         <v>39</v>
       </c>
-      <c r="AR6" s="20" t="s">
+      <c r="AS6" s="20" t="s">
         <v>40</v>
       </c>
-      <c r="AS6" s="20" t="s">
+      <c r="AT6" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="AT6" s="20" t="s">
+      <c r="AU6" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="AU6" s="20" t="s">
+      <c r="AV6" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="AV6" s="20" t="s">
+      <c r="AW6" s="20" t="s">
         <v>44</v>
       </c>
-      <c r="AW6" s="20" t="s">
+      <c r="AX6" s="20" t="s">
         <v>45</v>
       </c>
-      <c r="AX6" s="20" t="s">
+      <c r="AY6" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="AY6" s="20" t="s">
+      <c r="AZ6" s="20" t="s">
         <v>47</v>
       </c>
-      <c r="AZ6" s="20" t="s">
+      <c r="BA6" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="BA6" s="20" t="s">
+      <c r="BB6" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="BB6" s="20" t="s">
+      <c r="BC6" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="BC6" s="20" t="s">
+      <c r="BD6" s="20" t="s">
         <v>53</v>
       </c>
-      <c r="BD6" s="20" t="s">
+      <c r="BE6" s="20" t="s">
         <v>54</v>
       </c>
-      <c r="BE6" s="20" t="s">
+      <c r="BF6" s="20" t="s">
         <v>56</v>
       </c>
-      <c r="BF6" s="20" t="s">
+      <c r="BG6" s="20" t="s">
         <v>57</v>
       </c>
-      <c r="BG6" s="20" t="s">
+      <c r="BH6" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="BH6" s="20" t="s">
+      <c r="BI6" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="BI6" s="20" t="s">
+      <c r="BJ6" s="20" t="s">
         <v>62</v>
       </c>
-      <c r="BJ6" s="20" t="s">
+      <c r="BK6" s="20" t="s">
         <v>70</v>
       </c>
-      <c r="BK6" s="20" t="s">
+      <c r="BL6" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="BL6" s="20" t="s">
+      <c r="BM6" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="BM6" s="20" t="s">
+      <c r="BN6" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="BN6" s="20" t="s">
+      <c r="BO6" s="20" t="s">
         <v>77</v>
       </c>
-      <c r="BO6" s="20" t="s">
+      <c r="BP6" s="20" t="s">
         <v>78</v>
       </c>
-      <c r="BP6" s="20" t="s">
+      <c r="BQ6" s="20" t="s">
         <v>79</v>
       </c>
-      <c r="BQ6" s="20" t="s">
+      <c r="BR6" s="20" t="s">
         <v>81</v>
       </c>
-      <c r="BR6" s="20" t="s">
+      <c r="BS6" s="20" t="s">
         <v>82</v>
       </c>
-      <c r="BS6" s="20" t="s">
+      <c r="BT6" s="20" t="s">
         <v>83</v>
       </c>
-      <c r="BT6" s="20" t="s">
+      <c r="BU6" s="20" t="s">
         <v>84</v>
       </c>
-      <c r="BU6" s="21">
+      <c r="BV6" s="20" t="s">
+        <v>85</v>
+      </c>
+      <c r="BW6" s="21">
         <v>40908</v>
       </c>
-      <c r="BV6" s="21">
+      <c r="BX6" s="21">
         <v>40939</v>
       </c>
-      <c r="BW6" s="21">
+      <c r="BY6" s="21">
         <v>40968</v>
       </c>
-      <c r="BX6" s="21">
+      <c r="BZ6" s="21">
         <v>40999</v>
       </c>
-      <c r="BY6" s="21">
+      <c r="CA6" s="21">
         <v>41029</v>
       </c>
-      <c r="BZ6" s="21">
+      <c r="CB6" s="21">
         <v>41060</v>
       </c>
-      <c r="CA6" s="21">
+      <c r="CC6" s="21">
         <v>41090</v>
       </c>
-      <c r="CB6" s="21">
+      <c r="CD6" s="21">
         <v>41121</v>
       </c>
-      <c r="CC6" s="21">
+      <c r="CE6" s="21">
         <v>41152</v>
       </c>
-      <c r="CD6" s="21">
+      <c r="CF6" s="21">
         <v>41182</v>
       </c>
-      <c r="CE6" s="21">
+      <c r="CG6" s="21">
         <v>41213</v>
       </c>
-      <c r="CF6" s="21">
+      <c r="CH6" s="21">
         <v>41243</v>
       </c>
-      <c r="CG6" s="21">
+      <c r="CI6" s="21">
         <v>41274</v>
       </c>
-      <c r="CH6" s="21">
+      <c r="CJ6" s="21">
         <v>41305</v>
       </c>
-      <c r="CI6" s="21">
+      <c r="CK6" s="21">
         <v>41333</v>
       </c>
-      <c r="CJ6" s="21">
+      <c r="CL6" s="21">
         <v>41364</v>
       </c>
-      <c r="CK6" s="21">
+      <c r="CM6" s="21">
         <v>41394</v>
       </c>
-      <c r="CL6" s="21">
+      <c r="CN6" s="21">
         <v>41425</v>
       </c>
-      <c r="CM6" s="21">
+      <c r="CO6" s="21">
         <v>41455</v>
       </c>
-      <c r="CN6" s="21">
+      <c r="CP6" s="21">
         <v>41486</v>
       </c>
-      <c r="CO6" s="21">
+      <c r="CQ6" s="21">
         <v>41517</v>
       </c>
-      <c r="CP6" s="21">
+      <c r="CR6" s="21">
         <v>41547</v>
       </c>
-      <c r="CQ6" s="21">
+      <c r="CS6" s="21">
         <v>41578</v>
       </c>
-      <c r="CR6" s="21">
+      <c r="CT6" s="21">
         <v>41608</v>
       </c>
-      <c r="CS6" s="21">
+      <c r="CU6" s="21">
         <v>41639</v>
       </c>
-      <c r="CT6" s="21">
+      <c r="CV6" s="21">
         <v>41670</v>
       </c>
-      <c r="CU6" s="21">
+      <c r="CW6" s="21">
         <v>41698</v>
       </c>
-      <c r="CV6" s="21">
+      <c r="CX6" s="21">
         <v>41729</v>
       </c>
-      <c r="CW6" s="21">
+      <c r="CY6" s="21">
         <v>41759</v>
       </c>
-      <c r="CX6" s="21">
+      <c r="CZ6" s="21">
         <v>41790</v>
       </c>
-      <c r="CY6" s="21">
+      <c r="DA6" s="21">
         <v>41820</v>
       </c>
-      <c r="CZ6" s="21">
+      <c r="DB6" s="21">
         <v>41851</v>
       </c>
-      <c r="DA6" s="21">
+      <c r="DC6" s="21">
         <v>41882</v>
       </c>
-      <c r="DB6" s="21">
+      <c r="DD6" s="21">
         <v>41912</v>
       </c>
-      <c r="DC6" s="21">
+      <c r="DE6" s="21">
         <v>41943</v>
       </c>
-      <c r="DD6" s="21">
+      <c r="DF6" s="21">
         <v>41973</v>
       </c>
-      <c r="DE6" s="21">
+      <c r="DG6" s="21">
         <v>42004</v>
       </c>
-      <c r="DF6" s="21">
+      <c r="DH6" s="21">
         <v>42035</v>
       </c>
-      <c r="DG6" s="21">
+      <c r="DI6" s="21">
         <v>42063</v>
       </c>
-      <c r="DH6" s="21">
+      <c r="DJ6" s="21">
         <v>42094</v>
       </c>
-      <c r="DI6" s="21">
+      <c r="DK6" s="21">
         <v>42124</v>
       </c>
-      <c r="DJ6" s="21">
+      <c r="DL6" s="21">
         <v>42155</v>
       </c>
-      <c r="DK6" s="21">
+      <c r="DM6" s="21">
         <v>42185</v>
       </c>
-      <c r="DL6" s="21">
+      <c r="DN6" s="21">
         <v>42216</v>
       </c>
-      <c r="DM6" s="21">
+      <c r="DO6" s="21">
         <v>42247</v>
       </c>
-      <c r="DN6" s="21">
+      <c r="DP6" s="21">
         <v>42277</v>
       </c>
-      <c r="DO6" s="21">
+      <c r="DQ6" s="21">
         <v>42308</v>
       </c>
-      <c r="DP6" s="21">
+      <c r="DR6" s="21">
         <v>42338</v>
       </c>
-      <c r="DQ6" s="21">
+      <c r="DS6" s="21">
         <v>42369</v>
       </c>
-      <c r="DR6" s="21">
+      <c r="DT6" s="21">
         <v>42400</v>
       </c>
-      <c r="DS6" s="21">
+      <c r="DU6" s="21">
         <v>42429</v>
       </c>
-      <c r="DT6" s="21">
+      <c r="DV6" s="21">
         <v>42460</v>
       </c>
-      <c r="DU6" s="21">
+      <c r="DW6" s="21">
         <v>42490</v>
       </c>
-      <c r="DV6" s="21">
+      <c r="DX6" s="21">
         <v>42521</v>
       </c>
-      <c r="DW6" s="21">
+      <c r="DY6" s="21">
         <v>42551</v>
       </c>
-      <c r="DX6" s="21">
+      <c r="DZ6" s="21">
         <v>42582</v>
       </c>
-      <c r="DY6" s="21">
+      <c r="EA6" s="21">
         <v>42613</v>
       </c>
-      <c r="DZ6" s="21">
+      <c r="EB6" s="21">
         <v>42643</v>
       </c>
-      <c r="EA6" s="21">
+      <c r="EC6" s="21">
         <v>42674</v>
       </c>
-      <c r="EB6" s="21">
+      <c r="ED6" s="21">
         <v>42704</v>
       </c>
-      <c r="EC6" s="21">
+      <c r="EE6" s="21">
         <v>42735</v>
       </c>
-      <c r="ED6" s="21">
+      <c r="EF6" s="21">
         <v>42766</v>
       </c>
-      <c r="EE6" s="21">
+      <c r="EG6" s="21">
         <v>42794</v>
       </c>
-      <c r="EF6" s="21">
+      <c r="EH6" s="21">
         <v>42825</v>
       </c>
-      <c r="EG6" s="21">
+      <c r="EI6" s="21">
         <v>42855</v>
       </c>
-      <c r="EH6" s="21">
+      <c r="EJ6" s="21">
         <v>42886</v>
       </c>
-      <c r="EI6" s="21">
+      <c r="EK6" s="21">
         <v>42916</v>
       </c>
-      <c r="EJ6" s="21">
+      <c r="EL6" s="21">
         <v>42947</v>
       </c>
-      <c r="EK6" s="21">
+      <c r="EM6" s="21">
         <v>42978</v>
       </c>
-      <c r="EL6" s="21">
+      <c r="EN6" s="21">
         <v>43008</v>
       </c>
-      <c r="EM6" s="21">
+      <c r="EO6" s="21">
         <v>43039</v>
       </c>
-      <c r="EN6" s="21">
+      <c r="EP6" s="21">
         <v>43069</v>
       </c>
-      <c r="EO6" s="21">
+      <c r="EQ6" s="21">
         <v>43100</v>
       </c>
-      <c r="EP6" s="21">
+      <c r="ER6" s="21">
         <v>43131</v>
       </c>
-      <c r="EQ6" s="21">
+      <c r="ES6" s="21">
         <v>43159</v>
       </c>
-      <c r="ER6" s="21">
+      <c r="ET6" s="21">
         <v>43190</v>
       </c>
-      <c r="ES6" s="21">
+      <c r="EU6" s="21">
         <v>43220</v>
       </c>
-      <c r="ET6" s="21">
+      <c r="EV6" s="21">
         <v>43251</v>
       </c>
-      <c r="EU6" s="21">
+      <c r="EW6" s="21">
         <v>43281</v>
       </c>
-      <c r="EV6" s="21">
+      <c r="EX6" s="21">
         <v>43312</v>
       </c>
-      <c r="EW6" s="21">
+      <c r="EY6" s="21">
         <v>43343</v>
       </c>
-      <c r="EX6" s="21">
+      <c r="EZ6" s="21">
         <v>43373</v>
       </c>
-      <c r="EY6" s="21">
+      <c r="FA6" s="21">
         <v>43404</v>
       </c>
-      <c r="EZ6" s="21">
+      <c r="FB6" s="21">
         <v>43434</v>
       </c>
-      <c r="FA6" s="21">
+      <c r="FC6" s="21">
         <v>43465</v>
       </c>
-      <c r="FB6" s="21">
+      <c r="FD6" s="21">
         <v>43496</v>
       </c>
-      <c r="FC6" s="21">
+      <c r="FE6" s="21">
         <v>43524</v>
       </c>
-      <c r="FD6" s="21">
+      <c r="FF6" s="21">
         <v>43555</v>
       </c>
-      <c r="FE6" s="21">
+      <c r="FG6" s="21">
         <v>43585</v>
       </c>
-      <c r="FF6" s="21">
+      <c r="FH6" s="21">
         <v>43616</v>
       </c>
-      <c r="FG6" s="21">
+      <c r="FI6" s="21">
         <v>43646</v>
       </c>
-      <c r="FH6" s="21">
+      <c r="FJ6" s="21">
         <v>43677</v>
       </c>
-      <c r="FI6" s="21">
+      <c r="FK6" s="21">
         <v>43708</v>
       </c>
-      <c r="FJ6" s="21">
+      <c r="FL6" s="21">
         <v>43738</v>
       </c>
-      <c r="FK6" s="21">
+      <c r="FM6" s="21">
         <v>43769</v>
       </c>
-      <c r="FL6" s="21">
+      <c r="FN6" s="21">
         <v>43799</v>
       </c>
-      <c r="FM6" s="21">
+      <c r="FO6" s="21">
         <v>43830</v>
       </c>
-      <c r="FN6" s="21">
+      <c r="FP6" s="21">
         <v>43861</v>
       </c>
-      <c r="FO6" s="21">
+      <c r="FQ6" s="21">
         <v>43890</v>
       </c>
-      <c r="FP6" s="21">
+      <c r="FR6" s="21">
         <v>43921</v>
       </c>
-      <c r="FQ6" s="21">
+      <c r="FS6" s="21">
         <v>43951</v>
       </c>
-      <c r="FR6" s="21">
+      <c r="FT6" s="21">
         <v>43982</v>
       </c>
-      <c r="FS6" s="21">
+      <c r="FU6" s="21">
         <v>44012</v>
       </c>
-      <c r="FT6" s="21">
+      <c r="FV6" s="21">
         <v>44043</v>
       </c>
-      <c r="FU6" s="21">
+      <c r="FW6" s="21">
         <v>44074</v>
       </c>
-      <c r="FV6" s="21">
+      <c r="FX6" s="21">
         <v>44104</v>
       </c>
-      <c r="FW6" s="21">
+      <c r="FY6" s="21">
         <v>44135</v>
       </c>
-      <c r="FX6" s="21">
+      <c r="FZ6" s="21">
         <v>44165</v>
       </c>
-      <c r="FY6" s="21">
+      <c r="GA6" s="21">
         <v>44196</v>
       </c>
-      <c r="FZ6" s="21">
+      <c r="GB6" s="21">
         <v>44227</v>
       </c>
-      <c r="GA6" s="21">
+      <c r="GC6" s="21">
         <v>44255</v>
       </c>
-      <c r="GB6" s="21">
+      <c r="GD6" s="21">
         <v>44286</v>
       </c>
-      <c r="GC6" s="21">
+      <c r="GE6" s="21">
         <v>44316</v>
       </c>
-      <c r="GD6" s="21">
+      <c r="GF6" s="21">
         <v>44347</v>
       </c>
-      <c r="GE6" s="21">
+      <c r="GG6" s="21">
         <v>44377</v>
       </c>
-      <c r="GF6" s="21">
+      <c r="GH6" s="21">
         <v>44408</v>
       </c>
-      <c r="GG6" s="21">
+      <c r="GI6" s="21">
         <v>44439</v>
       </c>
-      <c r="GH6" s="21">
+      <c r="GJ6" s="21">
         <v>44469</v>
       </c>
-      <c r="GI6" s="21">
+      <c r="GK6" s="21">
         <v>44500</v>
       </c>
-      <c r="GJ6" s="21">
+      <c r="GL6" s="21">
         <v>44530</v>
       </c>
-      <c r="GK6" s="21">
+      <c r="GM6" s="21">
         <v>44561</v>
       </c>
-      <c r="GL6" s="21">
+      <c r="GN6" s="21">
         <v>44592</v>
       </c>
-      <c r="GM6" s="21">
+      <c r="GO6" s="21">
         <v>44620</v>
       </c>
-      <c r="GN6" s="21">
+      <c r="GP6" s="21">
         <v>44651</v>
       </c>
-      <c r="GO6" s="21">
+      <c r="GQ6" s="21">
         <v>44681</v>
       </c>
-      <c r="GP6" s="21">
+      <c r="GR6" s="21">
         <v>44712</v>
       </c>
-      <c r="GQ6" s="21">
+      <c r="GS6" s="21">
         <v>44742</v>
       </c>
-      <c r="GR6" s="21">
+      <c r="GT6" s="21">
         <v>44773</v>
       </c>
-      <c r="GS6" s="21">
+      <c r="GU6" s="21">
         <v>44804</v>
       </c>
-      <c r="GT6" s="21">
+      <c r="GV6" s="21">
         <v>44834</v>
       </c>
-      <c r="GU6" s="21">
+      <c r="GW6" s="21">
         <v>44865</v>
       </c>
-      <c r="GV6" s="21">
+      <c r="GX6" s="21">
         <v>44895</v>
       </c>
-      <c r="GW6" s="21">
+      <c r="GY6" s="21">
         <v>44926</v>
       </c>
-      <c r="GX6" s="21">
+      <c r="GZ6" s="21">
         <v>44957</v>
       </c>
-      <c r="GY6" s="21">
+      <c r="HA6" s="21">
         <v>44985</v>
       </c>
-      <c r="GZ6" s="21">
+      <c r="HB6" s="21">
         <v>45016</v>
       </c>
-      <c r="HA6" s="21">
+      <c r="HC6" s="21">
         <v>45046</v>
       </c>
-      <c r="HB6" s="21">
+      <c r="HD6" s="21">
         <v>45077</v>
       </c>
-      <c r="HC6" s="21">
+      <c r="HE6" s="21">
         <v>45107</v>
       </c>
-      <c r="HD6" s="21">
+      <c r="HF6" s="21">
         <v>45138</v>
       </c>
-      <c r="HE6" s="21">
+      <c r="HG6" s="21">
         <v>45169</v>
       </c>
-      <c r="HF6" s="21">
+      <c r="HH6" s="21">
         <v>45199</v>
       </c>
-      <c r="HG6" s="21">
+      <c r="HI6" s="21">
         <v>45230</v>
       </c>
-      <c r="HH6" s="21">
+      <c r="HJ6" s="21">
         <v>45260</v>
       </c>
-      <c r="HI6" s="21">
+      <c r="HK6" s="21">
         <v>45291</v>
       </c>
-      <c r="HJ6" s="21">
+      <c r="HL6" s="21">
         <v>45322</v>
       </c>
-      <c r="HK6" s="21">
+      <c r="HM6" s="21">
         <v>45351</v>
       </c>
-      <c r="HL6" s="21">
+      <c r="HN6" s="21">
         <v>45382</v>
       </c>
-      <c r="HM6" s="21">
+      <c r="HO6" s="21">
         <v>45412</v>
       </c>
-      <c r="HN6" s="21">
+      <c r="HP6" s="21">
         <v>45443</v>
       </c>
-      <c r="HO6" s="21">
+      <c r="HQ6" s="21">
         <v>45473</v>
       </c>
-      <c r="HP6" s="21">
+      <c r="HR6" s="21">
         <v>45504</v>
       </c>
-      <c r="HQ6" s="21">
+      <c r="HS6" s="21">
         <v>45535</v>
       </c>
-      <c r="HR6" s="21">
+      <c r="HT6" s="21">
         <v>45565</v>
       </c>
-      <c r="HS6" s="21">
+      <c r="HU6" s="21">
         <v>45596</v>
       </c>
-      <c r="HT6" s="21">
+      <c r="HV6" s="21">
         <v>45626</v>
       </c>
-      <c r="HU6" s="21">
+      <c r="HW6" s="21">
         <v>45657</v>
       </c>
-      <c r="HV6" s="21">
+      <c r="HX6" s="21">
         <v>45688</v>
       </c>
-      <c r="HW6" s="21">
+      <c r="HY6" s="21">
         <v>45716</v>
       </c>
-      <c r="HX6" s="21">
+      <c r="HZ6" s="21">
         <v>45747</v>
       </c>
-      <c r="HY6" s="21">
+      <c r="IA6" s="21">
         <v>45777</v>
       </c>
-      <c r="HZ6" s="21">
+      <c r="IB6" s="21">
         <v>45808</v>
       </c>
-      <c r="IA6" s="21">
+      <c r="IC6" s="21">
         <v>45838</v>
       </c>
-      <c r="IB6" s="21">
+      <c r="ID6" s="21">
         <v>45869</v>
       </c>
-      <c r="IC6" s="21">
+      <c r="IE6" s="21">
         <v>45900</v>
       </c>
-      <c r="ID6" s="21">
+      <c r="IF6" s="21">
         <v>45930</v>
       </c>
-      <c r="IE6" s="21">
+      <c r="IG6" s="21">
         <v>45961</v>
       </c>
-      <c r="IF6" s="21">
+      <c r="IH6" s="21">
         <v>45991</v>
       </c>
+      <c r="II6" s="21">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:240" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:243" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
       <c r="X7" s="1"/>
       <c r="Y7" s="1"/>
       <c r="Z7" s="1"/>
       <c r="AA7" s="1"/>
       <c r="AB7" s="1"/>
       <c r="AC7" s="1"/>
       <c r="AD7" s="1"/>
       <c r="AE7" s="1"/>
       <c r="AF7" s="1"/>
       <c r="AG7" s="1"/>
       <c r="AH7" s="1"/>
       <c r="AI7" s="1"/>
       <c r="AJ7" s="1"/>
       <c r="AK7" s="1"/>
       <c r="AL7" s="1"/>
       <c r="AM7" s="1"/>
       <c r="AN7" s="1"/>
       <c r="AO7" s="1"/>
       <c r="AP7" s="1"/>
-      <c r="AQ7" s="2"/>
+      <c r="AQ7" s="1"/>
       <c r="AR7" s="2"/>
       <c r="AS7" s="2"/>
       <c r="AT7" s="2"/>
       <c r="AU7" s="2"/>
       <c r="AV7" s="2"/>
       <c r="AW7" s="2"/>
       <c r="AX7" s="2"/>
       <c r="AY7" s="2"/>
       <c r="AZ7" s="2"/>
       <c r="BA7" s="2"/>
       <c r="BB7" s="2"/>
       <c r="BC7" s="2"/>
       <c r="BD7" s="2"/>
       <c r="BE7" s="2"/>
       <c r="BF7" s="2"/>
       <c r="BG7" s="2"/>
       <c r="BH7" s="2"/>
       <c r="BI7" s="2"/>
       <c r="BJ7" s="2"/>
       <c r="BK7" s="2"/>
       <c r="BL7" s="2"/>
       <c r="BM7" s="2"/>
       <c r="BN7" s="2"/>
       <c r="BO7" s="2"/>
       <c r="BP7" s="2"/>
       <c r="BQ7" s="2"/>
       <c r="BR7" s="2"/>
       <c r="BS7" s="2"/>
       <c r="BT7" s="2"/>
-      <c r="BU7" s="1"/>
-      <c r="BV7" s="1"/>
+      <c r="BU7" s="2"/>
+      <c r="BV7" s="2"/>
       <c r="BW7" s="1"/>
       <c r="BX7" s="1"/>
       <c r="BY7" s="1"/>
       <c r="BZ7" s="1"/>
       <c r="CA7" s="1"/>
       <c r="CB7" s="1"/>
       <c r="CC7" s="1"/>
       <c r="CD7" s="1"/>
       <c r="CE7" s="1"/>
       <c r="CF7" s="1"/>
       <c r="CG7" s="1"/>
       <c r="CH7" s="1"/>
       <c r="CI7" s="1"/>
       <c r="CJ7" s="1"/>
       <c r="CK7" s="1"/>
       <c r="CL7" s="1"/>
       <c r="CM7" s="1"/>
       <c r="CN7" s="1"/>
       <c r="CO7" s="1"/>
       <c r="CP7" s="1"/>
       <c r="CQ7" s="1"/>
       <c r="CR7" s="1"/>
       <c r="CS7" s="1"/>
       <c r="CT7" s="1"/>
       <c r="CU7" s="1"/>
@@ -2040,93 +2057,93 @@
       <c r="DQ7" s="1"/>
       <c r="DR7" s="1"/>
       <c r="DS7" s="1"/>
       <c r="DT7" s="1"/>
       <c r="DU7" s="1"/>
       <c r="DV7" s="1"/>
       <c r="DW7" s="1"/>
       <c r="DX7" s="1"/>
       <c r="DY7" s="1"/>
       <c r="DZ7" s="1"/>
       <c r="EA7" s="1"/>
       <c r="EB7" s="1"/>
       <c r="EC7" s="1"/>
       <c r="ED7" s="1"/>
       <c r="EE7" s="1"/>
       <c r="EF7" s="1"/>
       <c r="EG7" s="1"/>
       <c r="EH7" s="1"/>
       <c r="EI7" s="1"/>
       <c r="EJ7" s="1"/>
       <c r="EK7" s="1"/>
       <c r="EL7" s="1"/>
       <c r="EM7" s="1"/>
       <c r="EN7" s="1"/>
       <c r="EO7" s="1"/>
-      <c r="EP7" s="2"/>
-      <c r="EQ7" s="2"/>
+      <c r="EP7" s="1"/>
+      <c r="EQ7" s="1"/>
       <c r="ER7" s="2"/>
       <c r="ES7" s="2"/>
       <c r="ET7" s="2"/>
       <c r="EU7" s="2"/>
       <c r="EV7" s="2"/>
       <c r="EW7" s="2"/>
       <c r="EX7" s="2"/>
       <c r="EY7" s="2"/>
       <c r="EZ7" s="2"/>
       <c r="FA7" s="2"/>
       <c r="FB7" s="2"/>
       <c r="FC7" s="2"/>
       <c r="FD7" s="2"/>
       <c r="FE7" s="2"/>
       <c r="FF7" s="2"/>
       <c r="FG7" s="2"/>
       <c r="FH7" s="2"/>
       <c r="FI7" s="2"/>
       <c r="FJ7" s="2"/>
       <c r="FK7" s="2"/>
       <c r="FL7" s="2"/>
       <c r="FM7" s="2"/>
       <c r="FN7" s="2"/>
       <c r="FO7" s="2"/>
       <c r="FP7" s="2"/>
       <c r="FQ7" s="2"/>
       <c r="FR7" s="2"/>
       <c r="FS7" s="2"/>
       <c r="FT7" s="2"/>
       <c r="FU7" s="2"/>
       <c r="FV7" s="2"/>
       <c r="FW7" s="2"/>
       <c r="FX7" s="2"/>
       <c r="FY7" s="2"/>
       <c r="FZ7" s="2"/>
       <c r="GA7" s="2"/>
       <c r="GB7" s="2"/>
       <c r="GC7" s="2"/>
       <c r="GD7" s="2"/>
-      <c r="GE7" s="1"/>
-      <c r="GF7" s="1"/>
+      <c r="GE7" s="2"/>
+      <c r="GF7" s="2"/>
       <c r="GG7" s="1"/>
       <c r="GH7" s="1"/>
       <c r="GI7" s="1"/>
       <c r="GJ7" s="1"/>
       <c r="GK7" s="1"/>
       <c r="GL7" s="1"/>
       <c r="GM7" s="1"/>
       <c r="GN7" s="1"/>
       <c r="GO7" s="1"/>
       <c r="GP7" s="1"/>
       <c r="GQ7" s="1"/>
       <c r="GR7" s="1"/>
       <c r="GS7" s="1"/>
       <c r="GT7" s="1"/>
       <c r="GU7" s="1"/>
       <c r="GV7" s="1"/>
       <c r="GW7" s="1"/>
       <c r="GX7" s="1"/>
       <c r="GY7" s="1"/>
       <c r="GZ7" s="1"/>
       <c r="HA7" s="1"/>
       <c r="HB7" s="1"/>
       <c r="HC7" s="1"/>
       <c r="HD7" s="1"/>
       <c r="HE7" s="1"/>
@@ -2135,2350 +2152,2380 @@
       <c r="HH7" s="1"/>
       <c r="HI7" s="1"/>
       <c r="HJ7" s="1"/>
       <c r="HK7" s="1"/>
       <c r="HL7" s="1"/>
       <c r="HM7" s="1"/>
       <c r="HN7" s="1"/>
       <c r="HO7" s="1"/>
       <c r="HP7" s="1"/>
       <c r="HQ7" s="1"/>
       <c r="HR7" s="1"/>
       <c r="HS7" s="1"/>
       <c r="HT7" s="1"/>
       <c r="HU7" s="1"/>
       <c r="HV7" s="1"/>
       <c r="HW7" s="1"/>
       <c r="HX7" s="1"/>
       <c r="HY7" s="1"/>
       <c r="HZ7" s="1"/>
       <c r="IA7" s="1"/>
       <c r="IB7" s="1"/>
       <c r="IC7" s="1"/>
       <c r="ID7" s="1"/>
       <c r="IE7" s="1"/>
       <c r="IF7" s="1"/>
+      <c r="IG7" s="1"/>
+      <c r="IH7" s="1"/>
+      <c r="II7" s="1"/>
     </row>
-    <row r="8" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D8" s="7">
         <v>-42.03</v>
       </c>
       <c r="E8" s="7">
         <v>-19.690000000000001</v>
       </c>
       <c r="F8" s="7">
         <v>64.02</v>
       </c>
       <c r="G8" s="7">
         <v>70.5</v>
       </c>
       <c r="H8" s="7">
         <v>339.66</v>
       </c>
       <c r="I8" s="7">
         <v>292.82</v>
       </c>
       <c r="J8" s="7">
         <v>353.87</v>
       </c>
       <c r="K8" s="7">
         <v>370.77</v>
       </c>
       <c r="L8" s="7">
         <v>-524.21</v>
       </c>
       <c r="M8" s="7">
         <v>179.97</v>
       </c>
       <c r="N8" s="7">
         <v>-645.59999999999991</v>
       </c>
       <c r="O8" s="7">
         <v>-202.13</v>
       </c>
       <c r="P8" s="7">
         <v>61.740000000000009</v>
       </c>
-      <c r="Q8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R8" s="7">
+      <c r="Q8" s="7">
+        <v>-3.0500000000000043</v>
+      </c>
+      <c r="R8" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="S8" s="7">
         <v>-26.98</v>
       </c>
-      <c r="S8" s="7">
+      <c r="T8" s="7">
         <v>-6.23</v>
       </c>
-      <c r="T8" s="7">
+      <c r="U8" s="7">
         <v>0.8</v>
       </c>
-      <c r="U8" s="7">
+      <c r="V8" s="7">
         <v>-9.6300000000000008</v>
       </c>
-      <c r="V8" s="7">
+      <c r="W8" s="7">
         <v>-2.08</v>
       </c>
-      <c r="W8" s="7">
+      <c r="X8" s="7">
         <v>-4.5999999999999996</v>
       </c>
-      <c r="X8" s="7">
+      <c r="Y8" s="7">
         <v>-7.28</v>
       </c>
-      <c r="Y8" s="7">
+      <c r="Z8" s="7">
         <v>-5.73</v>
       </c>
-      <c r="Z8" s="7">
+      <c r="AA8" s="7">
         <v>3.47</v>
       </c>
-      <c r="AA8" s="7">
+      <c r="AB8" s="7">
         <v>17.920000000000002</v>
       </c>
-      <c r="AB8" s="7">
+      <c r="AC8" s="7">
         <v>14.6</v>
       </c>
-      <c r="AC8" s="7">
+      <c r="AD8" s="7">
         <v>28.02</v>
       </c>
-      <c r="AD8" s="7">
+      <c r="AE8" s="7">
         <v>34.79</v>
       </c>
-      <c r="AE8" s="7">
+      <c r="AF8" s="7">
         <v>16.68</v>
       </c>
-      <c r="AF8" s="7">
+      <c r="AG8" s="7">
         <v>4.79</v>
       </c>
-      <c r="AG8" s="7">
+      <c r="AH8" s="7">
         <v>14.25</v>
       </c>
-      <c r="AH8" s="7">
+      <c r="AI8" s="7">
         <v>50.71</v>
       </c>
-      <c r="AI8" s="7">
+      <c r="AJ8" s="7">
         <v>53.47</v>
       </c>
-      <c r="AJ8" s="7">
+      <c r="AK8" s="7">
         <v>110.25</v>
       </c>
-      <c r="AK8" s="7">
+      <c r="AL8" s="7">
         <v>125.24</v>
       </c>
-      <c r="AL8" s="7">
+      <c r="AM8" s="7">
         <v>165.3</v>
       </c>
-      <c r="AM8" s="7">
+      <c r="AN8" s="7">
         <v>-23.13</v>
       </c>
-      <c r="AN8" s="7">
+      <c r="AO8" s="7">
         <v>83.15</v>
       </c>
-      <c r="AO8" s="7">
+      <c r="AP8" s="7">
         <v>67.5</v>
       </c>
-      <c r="AP8" s="7">
+      <c r="AQ8" s="7">
         <v>149.27000000000001</v>
       </c>
-      <c r="AQ8" s="9">
+      <c r="AR8" s="9">
         <v>106.67</v>
       </c>
-      <c r="AR8" s="9">
+      <c r="AS8" s="9">
         <v>84.54</v>
       </c>
-      <c r="AS8" s="9">
+      <c r="AT8" s="9">
         <v>13.4</v>
       </c>
-      <c r="AT8" s="9">
+      <c r="AU8" s="9">
         <v>54.89</v>
       </c>
-      <c r="AU8" s="9">
+      <c r="AV8" s="9">
         <v>71.94</v>
       </c>
-      <c r="AV8" s="9">
+      <c r="AW8" s="9">
         <v>215.42</v>
       </c>
-      <c r="AW8" s="9">
+      <c r="AX8" s="9">
         <v>28.53</v>
       </c>
-      <c r="AX8" s="9">
+      <c r="AY8" s="9">
         <v>-747.57</v>
       </c>
-      <c r="AY8" s="9">
+      <c r="AZ8" s="9">
         <v>66.47</v>
       </c>
-      <c r="AZ8" s="9">
+      <c r="BA8" s="9">
         <v>69.849999999999994</v>
       </c>
-      <c r="BA8" s="9">
+      <c r="BB8" s="9">
         <v>87.04</v>
       </c>
-      <c r="BB8" s="9">
+      <c r="BC8" s="9">
         <v>84.85</v>
       </c>
-      <c r="BC8" s="9">
+      <c r="BD8" s="9">
         <v>53.99</v>
       </c>
-      <c r="BD8" s="9">
+      <c r="BE8" s="9">
         <v>107.71</v>
       </c>
-      <c r="BE8" s="9">
+      <c r="BF8" s="9">
         <v>-66.569999999999993</v>
       </c>
-      <c r="BF8" s="9">
+      <c r="BG8" s="9">
         <v>-314.57</v>
       </c>
-      <c r="BG8" s="9">
+      <c r="BH8" s="9">
         <v>-83.94</v>
       </c>
-      <c r="BH8" s="9">
+      <c r="BI8" s="9">
         <v>-14.630000000000003</v>
       </c>
-      <c r="BI8" s="9">
+      <c r="BJ8" s="9">
         <v>-232.45</v>
       </c>
-      <c r="BJ8" s="9">
+      <c r="BK8" s="9">
         <v>-184.57999999999998</v>
       </c>
-      <c r="BK8" s="9">
+      <c r="BL8" s="9">
         <v>-102.29</v>
       </c>
-      <c r="BL8" s="9">
+      <c r="BM8" s="9">
         <v>-30.810000000000002</v>
       </c>
-      <c r="BM8" s="9">
+      <c r="BN8" s="9">
         <v>115.55</v>
       </c>
-      <c r="BN8" s="9">
+      <c r="BO8" s="9">
         <v>5.1900000000000013</v>
       </c>
-      <c r="BO8" s="9">
+      <c r="BP8" s="9">
         <v>-21.119999999999997</v>
       </c>
-      <c r="BP8" s="9">
+      <c r="BQ8" s="9">
         <v>34.97</v>
       </c>
-      <c r="BQ8" s="9">
+      <c r="BR8" s="9">
         <v>42.7</v>
       </c>
-      <c r="BR8" s="9">
+      <c r="BS8" s="9">
         <v>15.439999999999998</v>
       </c>
-      <c r="BS8" s="9">
+      <c r="BT8" s="9">
         <v>-51.480000000000004</v>
       </c>
-      <c r="BT8" s="9">
+      <c r="BU8" s="9">
         <v>21.5</v>
       </c>
-      <c r="BU8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV8" s="7">
+      <c r="BV8" s="9">
+        <v>11.490000000000002</v>
+      </c>
+      <c r="BW8" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX8" s="7">
         <v>-13.18</v>
       </c>
-      <c r="BW8" s="7">
+      <c r="BY8" s="7">
         <v>-13.18</v>
       </c>
-      <c r="BX8" s="7">
+      <c r="BZ8" s="7">
         <v>-0.62</v>
       </c>
-      <c r="BY8" s="7">
+      <c r="CA8" s="7">
         <v>-1.26</v>
       </c>
-      <c r="BZ8" s="7">
+      <c r="CB8" s="7">
         <v>-4.26</v>
       </c>
-      <c r="CA8" s="7">
+      <c r="CC8" s="7">
         <v>-0.71</v>
       </c>
-      <c r="CB8" s="7">
+      <c r="CD8" s="7">
         <v>0.82</v>
       </c>
-      <c r="CC8" s="7">
+      <c r="CE8" s="7">
         <v>3.78</v>
       </c>
-      <c r="CD8" s="7">
+      <c r="CF8" s="7">
         <v>-3.8</v>
       </c>
-      <c r="CE8" s="7">
+      <c r="CG8" s="7">
         <v>-2.3199999999999998</v>
       </c>
-      <c r="CF8" s="7">
+      <c r="CH8" s="7">
         <v>-5.87</v>
       </c>
-      <c r="CG8" s="7">
+      <c r="CI8" s="7">
         <v>-1.44</v>
       </c>
-      <c r="CH8" s="7">
+      <c r="CJ8" s="7">
         <v>0.32</v>
       </c>
-      <c r="CI8" s="7">
+      <c r="CK8" s="7">
         <v>-1.17</v>
       </c>
-      <c r="CJ8" s="7">
+      <c r="CL8" s="7">
         <v>-1.23</v>
       </c>
-      <c r="CK8" s="7">
+      <c r="CM8" s="7">
         <v>-1.32</v>
       </c>
-      <c r="CL8" s="7">
+      <c r="CN8" s="7">
         <v>-1.03</v>
       </c>
-      <c r="CM8" s="7">
+      <c r="CO8" s="7">
         <v>-2.25</v>
       </c>
-      <c r="CN8" s="7">
+      <c r="CP8" s="7">
         <v>-3.94</v>
       </c>
-      <c r="CO8" s="7">
+      <c r="CQ8" s="7">
         <v>-1.71</v>
       </c>
-      <c r="CP8" s="7">
+      <c r="CR8" s="7">
         <v>-1.62</v>
       </c>
-      <c r="CQ8" s="7">
+      <c r="CS8" s="7">
         <v>-2.88</v>
       </c>
-      <c r="CR8" s="7">
+      <c r="CT8" s="7">
         <v>-0.4</v>
       </c>
-      <c r="CS8" s="7">
+      <c r="CU8" s="7">
         <v>-2.46</v>
       </c>
-      <c r="CT8" s="7">
+      <c r="CV8" s="7">
         <v>-0.05</v>
       </c>
-      <c r="CU8" s="7">
+      <c r="CW8" s="7">
         <v>0.69</v>
       </c>
-      <c r="CV8" s="7">
+      <c r="CX8" s="7">
         <v>2.83</v>
       </c>
-      <c r="CW8" s="7">
+      <c r="CY8" s="7">
         <v>3.98</v>
       </c>
-      <c r="CX8" s="7">
+      <c r="CZ8" s="7">
         <v>8.84</v>
       </c>
-      <c r="CY8" s="7">
+      <c r="DA8" s="7">
         <v>5.1100000000000003</v>
       </c>
-      <c r="CZ8" s="7">
+      <c r="DB8" s="7">
         <v>5.65</v>
       </c>
-      <c r="DA8" s="7">
+      <c r="DC8" s="7">
         <v>2.78</v>
       </c>
-      <c r="DB8" s="7">
+      <c r="DD8" s="7">
         <v>6.18</v>
       </c>
-      <c r="DC8" s="7">
+      <c r="DE8" s="7">
         <v>15.38</v>
       </c>
-      <c r="DD8" s="7">
+      <c r="DF8" s="7">
         <v>7.9</v>
       </c>
-      <c r="DE8" s="7">
+      <c r="DG8" s="7">
         <v>4.74</v>
       </c>
-      <c r="DF8" s="7">
+      <c r="DH8" s="7">
         <v>9.75</v>
       </c>
-      <c r="DG8" s="7">
+      <c r="DI8" s="7">
         <v>9.3800000000000008</v>
       </c>
-      <c r="DH8" s="7">
+      <c r="DJ8" s="7">
         <v>15.66</v>
       </c>
-      <c r="DI8" s="7">
+      <c r="DK8" s="7">
         <v>12.29</v>
       </c>
-      <c r="DJ8" s="7">
+      <c r="DL8" s="7">
         <v>8.82</v>
       </c>
-      <c r="DK8" s="7">
+      <c r="DM8" s="7">
         <v>-4.43</v>
       </c>
-      <c r="DL8" s="7">
+      <c r="DN8" s="7">
         <v>-1.02</v>
       </c>
-      <c r="DM8" s="7">
+      <c r="DO8" s="7">
         <v>0.79</v>
       </c>
-      <c r="DN8" s="7">
+      <c r="DP8" s="7">
         <v>5.0199999999999996</v>
       </c>
-      <c r="DO8" s="7">
+      <c r="DQ8" s="7">
         <v>-0.81</v>
       </c>
-      <c r="DP8" s="7">
+      <c r="DR8" s="7">
         <v>-0.39</v>
       </c>
-      <c r="DQ8" s="7">
+      <c r="DS8" s="7">
         <v>15.45</v>
       </c>
-      <c r="DR8" s="7">
+      <c r="DT8" s="7">
         <v>17.41</v>
       </c>
-      <c r="DS8" s="7">
+      <c r="DU8" s="7">
         <v>6.22</v>
       </c>
-      <c r="DT8" s="7">
+      <c r="DV8" s="7">
         <v>27.08</v>
       </c>
-      <c r="DU8" s="7">
+      <c r="DW8" s="7">
         <v>16.28</v>
       </c>
-      <c r="DV8" s="7">
+      <c r="DX8" s="7">
         <v>20.76</v>
       </c>
-      <c r="DW8" s="7">
+      <c r="DY8" s="7">
         <v>16.420000000000002</v>
       </c>
-      <c r="DX8" s="7">
+      <c r="DZ8" s="7">
         <v>23.69</v>
       </c>
-      <c r="DY8" s="7">
+      <c r="EA8" s="7">
         <v>30.4</v>
       </c>
-      <c r="DZ8" s="7">
+      <c r="EB8" s="7">
         <v>56.16</v>
       </c>
-      <c r="EA8" s="7">
+      <c r="EC8" s="7">
         <v>75.52</v>
       </c>
-      <c r="EB8" s="7">
+      <c r="ED8" s="7">
         <v>26.26</v>
       </c>
-      <c r="EC8" s="7">
+      <c r="EE8" s="7">
         <v>23.46</v>
       </c>
-      <c r="ED8" s="7">
+      <c r="EF8" s="7">
         <v>66.5</v>
       </c>
-      <c r="EE8" s="7">
+      <c r="EG8" s="7">
         <v>52.29</v>
       </c>
-      <c r="EF8" s="7">
+      <c r="EH8" s="7">
         <v>46.52</v>
       </c>
-      <c r="EG8" s="7">
+      <c r="EI8" s="7">
         <v>-6.83</v>
       </c>
-      <c r="EH8" s="7">
+      <c r="EJ8" s="7">
         <v>-26.13</v>
       </c>
-      <c r="EI8" s="7">
+      <c r="EK8" s="7">
         <v>9.84</v>
       </c>
-      <c r="EJ8" s="7">
+      <c r="EL8" s="7">
         <v>24.82</v>
       </c>
-      <c r="EK8" s="7">
+      <c r="EM8" s="7">
         <v>24.08</v>
       </c>
-      <c r="EL8" s="7">
+      <c r="EN8" s="7">
         <v>34.24</v>
       </c>
-      <c r="EM8" s="7">
+      <c r="EO8" s="7">
         <v>26.72</v>
       </c>
-      <c r="EN8" s="7">
+      <c r="EP8" s="7">
         <v>2.59</v>
       </c>
-      <c r="EO8" s="7">
+      <c r="EQ8" s="7">
         <v>38.19</v>
       </c>
-      <c r="EP8" s="9">
+      <c r="ER8" s="9">
         <v>58.92</v>
       </c>
-      <c r="EQ8" s="9">
+      <c r="ES8" s="9">
         <v>45.53</v>
       </c>
-      <c r="ER8" s="9">
+      <c r="ET8" s="9">
         <v>44.82</v>
       </c>
-      <c r="ES8" s="9">
+      <c r="EU8" s="9">
         <v>47.29</v>
       </c>
-      <c r="ET8" s="9">
+      <c r="EV8" s="9">
         <v>32.07</v>
       </c>
-      <c r="EU8" s="9">
+      <c r="EW8" s="9">
         <v>27.31</v>
       </c>
-      <c r="EV8" s="9">
+      <c r="EX8" s="9">
         <v>27.8</v>
       </c>
-      <c r="EW8" s="9">
+      <c r="EY8" s="9">
         <v>26.84</v>
       </c>
-      <c r="EX8" s="9">
+      <c r="EZ8" s="9">
         <v>29.89</v>
       </c>
-      <c r="EY8" s="9">
+      <c r="FA8" s="9">
         <v>8.16</v>
       </c>
-      <c r="EZ8" s="9">
+      <c r="FB8" s="9">
         <v>7.59</v>
       </c>
-      <c r="FA8" s="9">
+      <c r="FC8" s="9">
         <v>-2.36</v>
       </c>
-      <c r="FB8" s="9">
+      <c r="FD8" s="9">
         <v>-1.74</v>
       </c>
-      <c r="FC8" s="9">
+      <c r="FE8" s="9">
         <v>27.97</v>
       </c>
-      <c r="FD8" s="9">
+      <c r="FF8" s="9">
         <v>28.66</v>
       </c>
-      <c r="FE8" s="9">
+      <c r="FG8" s="9">
         <v>-11.95</v>
       </c>
-      <c r="FF8" s="9">
+      <c r="FH8" s="9">
         <v>9.2899999999999991</v>
       </c>
-      <c r="FG8" s="9">
+      <c r="FI8" s="9">
         <v>74.61</v>
       </c>
-      <c r="FH8" s="9">
+      <c r="FJ8" s="9">
         <v>73.47</v>
       </c>
-      <c r="FI8" s="9">
+      <c r="FK8" s="9">
         <v>98.34</v>
       </c>
-      <c r="FJ8" s="9">
+      <c r="FL8" s="9">
         <v>43.61</v>
       </c>
-      <c r="FK8" s="9">
+      <c r="FM8" s="9">
         <v>39.119999999999997</v>
       </c>
-      <c r="FL8" s="9">
+      <c r="FN8" s="9">
         <v>-60.6</v>
       </c>
-      <c r="FM8" s="9">
+      <c r="FO8" s="9">
         <v>50.01</v>
       </c>
-      <c r="FN8" s="9">
+      <c r="FP8" s="9">
         <v>31.4</v>
       </c>
-      <c r="FO8" s="9">
+      <c r="FQ8" s="9">
         <v>36.590000000000003</v>
       </c>
-      <c r="FP8" s="9">
+      <c r="FR8" s="9">
         <v>-815.55</v>
       </c>
-      <c r="FQ8" s="9">
+      <c r="FS8" s="9">
         <v>12.7</v>
       </c>
-      <c r="FR8" s="9">
+      <c r="FT8" s="9">
         <v>1.55</v>
       </c>
-      <c r="FS8" s="9">
+      <c r="FU8" s="9">
         <v>52.22</v>
       </c>
-      <c r="FT8" s="9">
+      <c r="FV8" s="9">
         <v>30.41</v>
       </c>
-      <c r="FU8" s="9">
+      <c r="FW8" s="9">
         <v>-6.29</v>
       </c>
-      <c r="FV8" s="9">
+      <c r="FX8" s="9">
         <v>45.72</v>
       </c>
-      <c r="FW8" s="9">
+      <c r="FY8" s="9">
         <v>7.27</v>
       </c>
-      <c r="FX8" s="9">
+      <c r="FZ8" s="9">
         <v>24.85</v>
       </c>
-      <c r="FY8" s="9">
+      <c r="GA8" s="9">
         <v>54.93</v>
       </c>
-      <c r="FZ8" s="9">
+      <c r="GB8" s="9">
         <v>30.19</v>
       </c>
-      <c r="GA8" s="9">
+      <c r="GC8" s="9">
         <v>37.35</v>
       </c>
-      <c r="GB8" s="9">
+      <c r="GD8" s="9">
         <v>17.3</v>
       </c>
-      <c r="GC8" s="9">
+      <c r="GE8" s="9">
         <v>30.15</v>
       </c>
-      <c r="GD8" s="9">
+      <c r="GF8" s="9">
         <v>9.9700000000000006</v>
       </c>
-      <c r="GE8" s="9">
+      <c r="GG8" s="9">
         <v>13.87</v>
       </c>
-      <c r="GF8" s="9">
+      <c r="GH8" s="9">
         <v>34.159999999999997</v>
       </c>
-      <c r="GG8" s="9">
+      <c r="GI8" s="9">
         <v>27.52</v>
       </c>
-      <c r="GH8" s="9">
+      <c r="GJ8" s="9">
         <v>46.03</v>
       </c>
-      <c r="GI8" s="9">
+      <c r="GK8" s="9">
         <v>-5.4</v>
       </c>
-      <c r="GJ8" s="9">
+      <c r="GL8" s="9">
         <v>-21.45</v>
       </c>
-      <c r="GK8" s="9">
+      <c r="GM8" s="9">
         <v>-39.72</v>
       </c>
-      <c r="GL8" s="9">
+      <c r="GN8" s="9">
         <v>-35.770000000000003</v>
       </c>
-      <c r="GM8" s="9">
+      <c r="GO8" s="9">
         <v>-167.13</v>
       </c>
-      <c r="GN8" s="9">
+      <c r="GP8" s="9">
         <v>-111.67</v>
       </c>
-      <c r="GO8" s="9">
+      <c r="GQ8" s="9">
         <v>-41.32</v>
       </c>
-      <c r="GP8" s="9">
+      <c r="GR8" s="9">
         <v>-38.26</v>
       </c>
-      <c r="GQ8" s="9">
+      <c r="GS8" s="9">
         <v>-4.37</v>
       </c>
-      <c r="GR8" s="9">
+      <c r="GT8" s="9">
         <v>-36.270000000000003</v>
       </c>
-      <c r="GS8" s="9">
+      <c r="GU8" s="9">
         <v>19.52</v>
       </c>
-      <c r="GT8" s="9">
+      <c r="GV8" s="9">
         <v>2.12</v>
       </c>
-      <c r="GU8" s="9">
+      <c r="GW8" s="9">
         <v>-25.38</v>
       </c>
-      <c r="GV8" s="9">
+      <c r="GX8" s="9">
         <v>-170.39</v>
       </c>
-      <c r="GW8" s="9">
+      <c r="GY8" s="9">
         <v>-36.68</v>
       </c>
-      <c r="GX8" s="9">
+      <c r="GZ8" s="9">
         <v>-45.42</v>
       </c>
-      <c r="GY8" s="9">
+      <c r="HA8" s="9">
         <v>-65.459999999999994</v>
       </c>
-      <c r="GZ8" s="9">
+      <c r="HB8" s="9">
         <v>-73.7</v>
       </c>
-      <c r="HA8" s="9">
+      <c r="HC8" s="9">
         <v>-93.12</v>
       </c>
-      <c r="HB8" s="9">
+      <c r="HD8" s="9">
         <v>-14.27</v>
       </c>
-      <c r="HC8" s="9">
+      <c r="HE8" s="9">
         <v>5.0999999999999996</v>
       </c>
-      <c r="HD8" s="9">
+      <c r="HF8" s="9">
         <v>-30.96</v>
       </c>
-      <c r="HE8" s="9">
+      <c r="HG8" s="9">
         <v>0.54</v>
       </c>
-      <c r="HF8" s="9">
+      <c r="HH8" s="9">
         <v>-0.39</v>
       </c>
-      <c r="HG8" s="9">
+      <c r="HI8" s="9">
         <v>24.4</v>
       </c>
-      <c r="HH8" s="9">
+      <c r="HJ8" s="9">
         <v>-4.5199999999999996</v>
       </c>
-      <c r="HI8" s="9">
+      <c r="HK8" s="9">
         <v>95.67</v>
       </c>
-      <c r="HJ8" s="9">
+      <c r="HL8" s="9">
         <v>27.25</v>
       </c>
-      <c r="HK8" s="9">
+      <c r="HM8" s="9">
         <v>-32.65</v>
       </c>
-      <c r="HL8" s="9">
+      <c r="HN8" s="9">
         <v>10.59</v>
       </c>
-      <c r="HM8" s="9">
+      <c r="HO8" s="9">
         <v>-7.32</v>
       </c>
-      <c r="HN8" s="9">
+      <c r="HP8" s="9">
         <v>-5.68</v>
       </c>
-      <c r="HO8" s="9">
+      <c r="HQ8" s="9">
         <v>-8.1199999999999992</v>
       </c>
-      <c r="HP8" s="9">
+      <c r="HR8" s="9">
         <v>-3.48</v>
       </c>
-      <c r="HQ8" s="9">
+      <c r="HS8" s="9">
         <v>23.99</v>
       </c>
-      <c r="HR8" s="9">
+      <c r="HT8" s="9">
         <v>14.46</v>
       </c>
-      <c r="HS8" s="9">
+      <c r="HU8" s="9">
         <v>20.45</v>
       </c>
-      <c r="HT8" s="9">
+      <c r="HV8" s="9">
         <v>38.340000000000003</v>
       </c>
-      <c r="HU8" s="9">
+      <c r="HW8" s="9">
         <v>-16.09</v>
       </c>
-      <c r="HV8" s="9">
+      <c r="HX8" s="9">
         <v>-3.97</v>
       </c>
-      <c r="HW8" s="9">
+      <c r="HY8" s="9">
         <v>-0.88</v>
       </c>
-      <c r="HX8" s="9">
+      <c r="HZ8" s="9">
         <v>20.29</v>
       </c>
-      <c r="HY8" s="9">
+      <c r="IA8" s="9">
         <v>-16.91</v>
       </c>
-      <c r="HZ8" s="9">
+      <c r="IB8" s="9">
         <v>0.35</v>
       </c>
-      <c r="IA8" s="9">
+      <c r="IC8" s="9">
         <v>-34.92</v>
       </c>
-      <c r="IB8" s="9">
+      <c r="ID8" s="9">
         <v>-9.07</v>
       </c>
-      <c r="IC8" s="9">
+      <c r="IE8" s="9">
         <v>25.9</v>
       </c>
-      <c r="ID8" s="9">
+      <c r="IF8" s="9">
         <v>4.67</v>
       </c>
-      <c r="IE8" s="9">
+      <c r="IG8" s="9">
         <v>14.13</v>
       </c>
-      <c r="IF8" s="9">
+      <c r="IH8" s="9">
         <v>-9.52</v>
       </c>
+      <c r="II8" s="9">
+        <v>6.88</v>
+      </c>
     </row>
-    <row r="9" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C9" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D9" s="7">
         <v>-50.51</v>
       </c>
       <c r="E9" s="7">
         <v>-46.43</v>
       </c>
       <c r="F9" s="7">
         <v>-19.84</v>
       </c>
       <c r="G9" s="7">
         <v>-22.97</v>
       </c>
       <c r="H9" s="7">
         <v>-4.84</v>
       </c>
       <c r="I9" s="7">
         <v>21.82</v>
       </c>
       <c r="J9" s="7">
         <v>-14.86</v>
       </c>
       <c r="K9" s="7">
         <v>-16.64</v>
       </c>
       <c r="L9" s="7">
         <v>-6</v>
       </c>
       <c r="M9" s="7">
         <v>62.52</v>
       </c>
       <c r="N9" s="7">
         <v>-12.73</v>
       </c>
       <c r="O9" s="7">
         <v>39.450000000000003</v>
       </c>
       <c r="P9" s="7">
         <v>67.320000000000007</v>
       </c>
-      <c r="Q9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R9" s="7">
+      <c r="Q9" s="7">
+        <v>86.82</v>
+      </c>
+      <c r="R9" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="S9" s="7">
         <v>-13.59</v>
       </c>
-      <c r="S9" s="7">
+      <c r="T9" s="7">
         <v>-17.420000000000002</v>
       </c>
-      <c r="T9" s="7">
+      <c r="U9" s="7">
         <v>-9.9600000000000009</v>
       </c>
-      <c r="U9" s="7">
+      <c r="V9" s="7">
         <v>-9.5399999999999991</v>
       </c>
-      <c r="V9" s="7">
+      <c r="W9" s="7">
         <v>-1.61</v>
       </c>
-      <c r="W9" s="7">
+      <c r="X9" s="7">
         <v>-21.26</v>
       </c>
-      <c r="X9" s="7">
+      <c r="Y9" s="7">
         <v>-12.58</v>
       </c>
-      <c r="Y9" s="7">
+      <c r="Z9" s="7">
         <v>-10.99</v>
       </c>
-      <c r="Z9" s="7">
+      <c r="AA9" s="7">
         <v>-9.5399999999999991</v>
       </c>
-      <c r="AA9" s="7">
+      <c r="AB9" s="7">
         <v>0.66</v>
       </c>
-      <c r="AB9" s="7">
+      <c r="AC9" s="7">
         <v>-7.19</v>
       </c>
-      <c r="AC9" s="7">
+      <c r="AD9" s="7">
         <v>-3.77</v>
       </c>
-      <c r="AD9" s="7">
+      <c r="AE9" s="7">
         <v>-7.82</v>
       </c>
-      <c r="AE9" s="7">
+      <c r="AF9" s="7">
         <v>-1.27</v>
       </c>
-      <c r="AF9" s="7">
+      <c r="AG9" s="7">
         <v>-8.75</v>
       </c>
-      <c r="AG9" s="7">
+      <c r="AH9" s="7">
         <v>-5.12</v>
       </c>
-      <c r="AH9" s="7">
+      <c r="AI9" s="7">
         <v>-1.34</v>
       </c>
-      <c r="AI9" s="7">
+      <c r="AJ9" s="7">
         <v>-2.2200000000000002</v>
       </c>
-      <c r="AJ9" s="7">
+      <c r="AK9" s="7">
         <v>1.39</v>
       </c>
-      <c r="AK9" s="7">
+      <c r="AL9" s="7">
         <v>-2.68</v>
       </c>
-      <c r="AL9" s="7">
+      <c r="AM9" s="7">
         <v>10.6</v>
       </c>
-      <c r="AM9" s="7">
+      <c r="AN9" s="7">
         <v>4.74</v>
       </c>
-      <c r="AN9" s="7">
+      <c r="AO9" s="7">
         <v>7.33</v>
       </c>
-      <c r="AO9" s="7">
+      <c r="AP9" s="7">
         <v>-0.85</v>
       </c>
-      <c r="AP9" s="7">
+      <c r="AQ9" s="7">
         <v>-8.0500000000000007</v>
       </c>
-      <c r="AQ9" s="9">
+      <c r="AR9" s="9">
         <v>-4.67</v>
       </c>
-      <c r="AR9" s="9">
+      <c r="AS9" s="9">
         <v>1.02</v>
       </c>
-      <c r="AS9" s="9">
+      <c r="AT9" s="9">
         <v>-3.17</v>
       </c>
-      <c r="AT9" s="9">
+      <c r="AU9" s="9">
         <v>-15.42</v>
       </c>
-      <c r="AU9" s="9">
+      <c r="AV9" s="9">
         <v>3.93</v>
       </c>
-      <c r="AV9" s="9">
+      <c r="AW9" s="9">
         <v>-3.76</v>
       </c>
-      <c r="AW9" s="9">
+      <c r="AX9" s="9">
         <v>-1.39</v>
       </c>
-      <c r="AX9" s="9">
+      <c r="AY9" s="9">
         <v>-11.74</v>
       </c>
-      <c r="AY9" s="9">
+      <c r="AZ9" s="9">
         <v>7.51</v>
       </c>
-      <c r="AZ9" s="9">
+      <c r="BA9" s="9">
         <v>-0.79</v>
       </c>
-      <c r="BA9" s="9">
+      <c r="BB9" s="9">
         <v>-0.98</v>
       </c>
-      <c r="BB9" s="9">
+      <c r="BC9" s="9">
         <v>7.97</v>
       </c>
-      <c r="BC9" s="9">
+      <c r="BD9" s="9">
         <v>23.04</v>
       </c>
-      <c r="BD9" s="9">
+      <c r="BE9" s="9">
         <v>20.38</v>
       </c>
-      <c r="BE9" s="9">
+      <c r="BF9" s="9">
         <v>11.12</v>
       </c>
-      <c r="BF9" s="9">
+      <c r="BG9" s="9">
         <v>-6.24</v>
       </c>
-      <c r="BG9" s="9">
+      <c r="BH9" s="9">
         <v>13.29</v>
       </c>
-      <c r="BH9" s="9">
+      <c r="BI9" s="9">
         <v>-12.959999999999999</v>
       </c>
-      <c r="BI9" s="9">
+      <c r="BJ9" s="9">
         <v>-6.82</v>
       </c>
-      <c r="BJ9" s="9">
+      <c r="BK9" s="9">
         <v>0.89000000000000012</v>
       </c>
-      <c r="BK9" s="9">
+      <c r="BL9" s="9">
         <v>20.75</v>
       </c>
-      <c r="BL9" s="9">
+      <c r="BM9" s="9">
         <v>22.73</v>
       </c>
-      <c r="BM9" s="9">
+      <c r="BN9" s="9">
         <v>-4.92</v>
       </c>
-      <c r="BN9" s="9">
+      <c r="BO9" s="9">
         <v>6.7</v>
       </c>
-      <c r="BO9" s="9">
+      <c r="BP9" s="9">
         <v>40.590000000000003</v>
       </c>
-      <c r="BP9" s="9">
+      <c r="BQ9" s="9">
         <v>12.46</v>
       </c>
-      <c r="BQ9" s="9">
+      <c r="BR9" s="9">
         <v>7.57</v>
       </c>
-      <c r="BR9" s="9">
+      <c r="BS9" s="9">
         <v>9.1300000000000026</v>
       </c>
-      <c r="BS9" s="9">
+      <c r="BT9" s="9">
         <v>9.07</v>
       </c>
-      <c r="BT9" s="9">
+      <c r="BU9" s="9">
         <v>40.419999999999995</v>
       </c>
-      <c r="BU9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV9" s="7">
+      <c r="BV9" s="9">
+        <v>28.200000000000003</v>
+      </c>
+      <c r="BW9" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX9" s="7">
         <v>-1.96</v>
       </c>
-      <c r="BW9" s="7">
+      <c r="BY9" s="7">
         <v>-7.56</v>
       </c>
-      <c r="BX9" s="7">
+      <c r="BZ9" s="7">
         <v>-4.07</v>
       </c>
-      <c r="BY9" s="7">
+      <c r="CA9" s="7">
         <v>-9.1300000000000008</v>
       </c>
-      <c r="BZ9" s="7">
+      <c r="CB9" s="7">
         <v>-1.57</v>
       </c>
-      <c r="CA9" s="7">
+      <c r="CC9" s="7">
         <v>-6.72</v>
       </c>
-      <c r="CB9" s="7">
+      <c r="CD9" s="7">
         <v>-5.28</v>
       </c>
-      <c r="CC9" s="7">
+      <c r="CE9" s="7">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="CD9" s="7">
+      <c r="CF9" s="7">
         <v>-3.58</v>
       </c>
-      <c r="CE9" s="7">
+      <c r="CG9" s="7">
         <v>-2.68</v>
       </c>
-      <c r="CF9" s="7">
+      <c r="CH9" s="7">
         <v>-4.3899999999999997</v>
       </c>
-      <c r="CG9" s="7">
+      <c r="CI9" s="7">
         <v>-2.4700000000000002</v>
       </c>
-      <c r="CH9" s="7">
+      <c r="CJ9" s="7">
         <v>-3.26</v>
       </c>
-      <c r="CI9" s="7">
+      <c r="CK9" s="7">
         <v>-6.16</v>
       </c>
-      <c r="CJ9" s="7">
+      <c r="CL9" s="7">
         <v>7.81</v>
       </c>
-      <c r="CK9" s="7">
+      <c r="CM9" s="7">
         <v>-17.79</v>
       </c>
-      <c r="CL9" s="7">
+      <c r="CN9" s="7">
         <v>-4.71</v>
       </c>
-      <c r="CM9" s="7">
+      <c r="CO9" s="7">
         <v>1.24</v>
       </c>
-      <c r="CN9" s="7">
+      <c r="CP9" s="7">
         <v>-4.5999999999999996</v>
       </c>
-      <c r="CO9" s="7">
+      <c r="CQ9" s="7">
         <v>-3.25</v>
       </c>
-      <c r="CP9" s="7">
+      <c r="CR9" s="7">
         <v>-4.7300000000000004</v>
       </c>
-      <c r="CQ9" s="7">
+      <c r="CS9" s="7">
         <v>-0.61</v>
       </c>
-      <c r="CR9" s="7">
+      <c r="CT9" s="7">
         <v>-6.25</v>
       </c>
-      <c r="CS9" s="7">
+      <c r="CU9" s="7">
         <v>-4.13</v>
       </c>
-      <c r="CT9" s="7">
+      <c r="CV9" s="7">
         <v>0.13</v>
       </c>
-      <c r="CU9" s="7">
+      <c r="CW9" s="7">
         <v>-7.98</v>
       </c>
-      <c r="CV9" s="7">
+      <c r="CX9" s="7">
         <v>-1.68</v>
       </c>
-      <c r="CW9" s="7">
+      <c r="CY9" s="7">
         <v>0.6</v>
       </c>
-      <c r="CX9" s="7">
+      <c r="CZ9" s="7">
         <v>-5.99</v>
       </c>
-      <c r="CY9" s="7">
+      <c r="DA9" s="7">
         <v>6.05</v>
       </c>
-      <c r="CZ9" s="7">
+      <c r="DB9" s="7">
         <v>0.91</v>
       </c>
-      <c r="DA9" s="7">
+      <c r="DC9" s="7">
         <v>-6.84</v>
       </c>
-      <c r="DB9" s="7">
+      <c r="DD9" s="7">
         <v>-1.26</v>
       </c>
-      <c r="DC9" s="7">
+      <c r="DE9" s="7">
         <v>-1.1399999999999999</v>
       </c>
-      <c r="DD9" s="7">
+      <c r="DF9" s="7">
         <v>-3.39</v>
       </c>
-      <c r="DE9" s="7">
+      <c r="DG9" s="7">
         <v>0.76</v>
       </c>
-      <c r="DF9" s="7">
+      <c r="DH9" s="7">
         <v>-5.29</v>
       </c>
-      <c r="DG9" s="7">
+      <c r="DI9" s="7">
         <v>-5.94</v>
       </c>
-      <c r="DH9" s="7">
+      <c r="DJ9" s="7">
         <v>3.41</v>
       </c>
-      <c r="DI9" s="7">
+      <c r="DK9" s="7">
         <v>0.92</v>
       </c>
-      <c r="DJ9" s="7">
+      <c r="DL9" s="7">
         <v>-3.78</v>
       </c>
-      <c r="DK9" s="7">
+      <c r="DM9" s="7">
         <v>1.59</v>
       </c>
-      <c r="DL9" s="7">
+      <c r="DN9" s="7">
         <v>-9.9600000000000009</v>
       </c>
-      <c r="DM9" s="7">
+      <c r="DO9" s="7">
         <v>0.1</v>
       </c>
-      <c r="DN9" s="7">
+      <c r="DP9" s="7">
         <v>1.1000000000000001</v>
       </c>
-      <c r="DO9" s="7">
+      <c r="DQ9" s="7">
         <v>-6.98</v>
       </c>
-      <c r="DP9" s="7">
+      <c r="DR9" s="7">
         <v>0.95</v>
       </c>
-      <c r="DQ9" s="7">
+      <c r="DS9" s="7">
         <v>0.91</v>
       </c>
-      <c r="DR9" s="7">
+      <c r="DT9" s="7">
         <v>-5.29</v>
       </c>
-      <c r="DS9" s="7">
+      <c r="DU9" s="7">
         <v>-3.19</v>
       </c>
-      <c r="DT9" s="7">
+      <c r="DV9" s="7">
         <v>7.14</v>
       </c>
-      <c r="DU9" s="7">
+      <c r="DW9" s="7">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="DV9" s="7">
+      <c r="DX9" s="7">
         <v>-2.7</v>
       </c>
-      <c r="DW9" s="7">
+      <c r="DY9" s="7">
         <v>1.58</v>
       </c>
-      <c r="DX9" s="7">
+      <c r="DZ9" s="7">
         <v>-1.39</v>
       </c>
-      <c r="DY9" s="7">
+      <c r="EA9" s="7">
         <v>-0.36</v>
       </c>
-      <c r="DZ9" s="7">
+      <c r="EB9" s="7">
         <v>3.15</v>
       </c>
-      <c r="EA9" s="7">
+      <c r="EC9" s="7">
         <v>1.84</v>
       </c>
-      <c r="EB9" s="7">
+      <c r="ED9" s="7">
         <v>2.61</v>
       </c>
-      <c r="EC9" s="7">
+      <c r="EE9" s="7">
         <v>-7.13</v>
       </c>
-      <c r="ED9" s="7">
+      <c r="EF9" s="7">
         <v>6.81</v>
       </c>
-      <c r="EE9" s="7">
+      <c r="EG9" s="7">
         <v>13.89</v>
       </c>
-      <c r="EF9" s="7">
+      <c r="EH9" s="7">
         <v>-10.1</v>
       </c>
-      <c r="EG9" s="7">
+      <c r="EI9" s="7">
         <v>-1.88</v>
       </c>
-      <c r="EH9" s="7">
+      <c r="EJ9" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="EI9" s="7">
+      <c r="EK9" s="7">
         <v>6.34</v>
       </c>
-      <c r="EJ9" s="7">
+      <c r="EL9" s="7">
         <v>8.02</v>
       </c>
-      <c r="EK9" s="7">
+      <c r="EM9" s="7">
         <v>2.85</v>
       </c>
-      <c r="EL9" s="7">
+      <c r="EN9" s="7">
         <v>-3.53</v>
       </c>
-      <c r="EM9" s="7">
+      <c r="EO9" s="7">
         <v>1</v>
       </c>
-      <c r="EN9" s="7">
+      <c r="EP9" s="7">
         <v>1.39</v>
       </c>
-      <c r="EO9" s="7">
+      <c r="EQ9" s="7">
         <v>-3.24</v>
       </c>
-      <c r="EP9" s="9">
+      <c r="ER9" s="9">
         <v>-5.45</v>
       </c>
-      <c r="EQ9" s="9">
+      <c r="ES9" s="9">
         <v>-3</v>
       </c>
-      <c r="ER9" s="9">
+      <c r="ET9" s="9">
         <v>0.41</v>
       </c>
-      <c r="ES9" s="9">
+      <c r="EU9" s="9">
         <v>-1.75</v>
       </c>
-      <c r="ET9" s="9">
+      <c r="EV9" s="9">
         <v>-7.76</v>
       </c>
-      <c r="EU9" s="9">
+      <c r="EW9" s="9">
         <v>4.83</v>
       </c>
-      <c r="EV9" s="9">
+      <c r="EX9" s="9">
         <v>3.25</v>
       </c>
-      <c r="EW9" s="9">
+      <c r="EY9" s="9">
         <v>1.23</v>
       </c>
-      <c r="EX9" s="9">
+      <c r="EZ9" s="9">
         <v>-3.45</v>
       </c>
-      <c r="EY9" s="9">
+      <c r="FA9" s="9">
         <v>-1.55</v>
       </c>
-      <c r="EZ9" s="9">
+      <c r="FB9" s="9">
         <v>1.64</v>
       </c>
-      <c r="FA9" s="9">
+      <c r="FC9" s="9">
         <v>-3.25</v>
       </c>
-      <c r="FB9" s="9">
+      <c r="FD9" s="9">
         <v>-5.73</v>
       </c>
-      <c r="FC9" s="9">
+      <c r="FE9" s="9">
         <v>-4.08</v>
       </c>
-      <c r="FD9" s="9">
+      <c r="FF9" s="9">
         <v>-5.61</v>
       </c>
-      <c r="FE9" s="9">
+      <c r="FG9" s="9">
         <v>0.25</v>
       </c>
-      <c r="FF9" s="9">
+      <c r="FH9" s="9">
         <v>-1.42</v>
       </c>
-      <c r="FG9" s="9">
+      <c r="FI9" s="9">
         <v>5.0999999999999996</v>
       </c>
-      <c r="FH9" s="9">
+      <c r="FJ9" s="9">
         <v>1.03</v>
       </c>
-      <c r="FI9" s="9">
+      <c r="FK9" s="9">
         <v>-1.83</v>
       </c>
-      <c r="FJ9" s="9">
+      <c r="FL9" s="9">
         <v>-2.96</v>
       </c>
-      <c r="FK9" s="9">
+      <c r="FM9" s="9">
         <v>-0.04</v>
       </c>
-      <c r="FL9" s="9">
+      <c r="FN9" s="9">
         <v>0.11</v>
       </c>
-      <c r="FM9" s="9">
+      <c r="FO9" s="9">
         <v>-1.46</v>
       </c>
-      <c r="FN9" s="9">
+      <c r="FP9" s="9">
         <v>5.79</v>
       </c>
-      <c r="FO9" s="9">
+      <c r="FQ9" s="9">
         <v>-9.0500000000000007</v>
       </c>
-      <c r="FP9" s="9">
+      <c r="FR9" s="9">
         <v>-8.48</v>
       </c>
-      <c r="FQ9" s="9">
+      <c r="FS9" s="9">
         <v>5.17</v>
       </c>
-      <c r="FR9" s="9">
+      <c r="FT9" s="9">
         <v>1.96</v>
       </c>
-      <c r="FS9" s="9">
+      <c r="FU9" s="9">
         <v>0.38</v>
       </c>
-      <c r="FT9" s="9">
+      <c r="FV9" s="9">
         <v>0.98</v>
       </c>
-      <c r="FU9" s="9">
+      <c r="FW9" s="9">
         <v>-2.81</v>
       </c>
-      <c r="FV9" s="9">
+      <c r="FX9" s="9">
         <v>1.04</v>
       </c>
-      <c r="FW9" s="9">
+      <c r="FY9" s="9">
         <v>-3.69</v>
       </c>
-      <c r="FX9" s="9">
+      <c r="FZ9" s="9">
         <v>2.54</v>
       </c>
-      <c r="FY9" s="9">
+      <c r="GA9" s="9">
         <v>0.16</v>
       </c>
-      <c r="FZ9" s="9">
+      <c r="GB9" s="9">
         <v>-0.25</v>
       </c>
-      <c r="GA9" s="9">
+      <c r="GC9" s="9">
         <v>2.39</v>
       </c>
-      <c r="GB9" s="9">
+      <c r="GD9" s="9">
         <v>5.83</v>
       </c>
-      <c r="GC9" s="9">
+      <c r="GE9" s="9">
         <v>4.2</v>
       </c>
-      <c r="GD9" s="9">
+      <c r="GF9" s="9">
         <v>6</v>
       </c>
-      <c r="GE9" s="9">
+      <c r="GG9" s="9">
         <v>12.84</v>
       </c>
-      <c r="GF9" s="9">
+      <c r="GH9" s="9">
         <v>8.64</v>
       </c>
-      <c r="GG9" s="9">
+      <c r="GI9" s="9">
         <v>6.96</v>
       </c>
-      <c r="GH9" s="9">
+      <c r="GJ9" s="9">
         <v>4.78</v>
       </c>
-      <c r="GI9" s="9">
+      <c r="GK9" s="9">
         <v>5.86</v>
       </c>
-      <c r="GJ9" s="9">
+      <c r="GL9" s="9">
         <v>7.07</v>
       </c>
-      <c r="GK9" s="9">
+      <c r="GM9" s="9">
         <v>-1.81</v>
       </c>
-      <c r="GL9" s="9">
+      <c r="GN9" s="9">
         <v>4.49</v>
       </c>
-      <c r="GM9" s="9">
+      <c r="GO9" s="9">
         <v>-10.11</v>
       </c>
-      <c r="GN9" s="9">
+      <c r="GP9" s="9">
         <v>-0.62</v>
       </c>
-      <c r="GO9" s="9">
+      <c r="GQ9" s="9">
         <v>4.2</v>
       </c>
-      <c r="GP9" s="9">
+      <c r="GR9" s="9">
         <v>3.32</v>
       </c>
-      <c r="GQ9" s="9">
+      <c r="GS9" s="9">
         <v>5.77</v>
       </c>
-      <c r="GR9" s="9">
+      <c r="GT9" s="9">
         <v>-9.75</v>
       </c>
-      <c r="GS9" s="9">
+      <c r="GU9" s="9">
         <v>-2.13</v>
       </c>
-      <c r="GT9" s="9">
+      <c r="GV9" s="9">
         <v>-1.08</v>
       </c>
-      <c r="GU9" s="9">
+      <c r="GW9" s="9">
         <v>-5.41</v>
       </c>
-      <c r="GV9" s="9">
+      <c r="GX9" s="9">
         <v>-0.56999999999999995</v>
       </c>
-      <c r="GW9" s="9">
+      <c r="GY9" s="9">
         <v>-0.84</v>
       </c>
-      <c r="GX9" s="9">
+      <c r="GZ9" s="9">
         <v>-1.67</v>
       </c>
-      <c r="GY9" s="9">
+      <c r="HA9" s="9">
         <v>0.1</v>
       </c>
-      <c r="GZ9" s="9">
+      <c r="HB9" s="9">
         <v>2.46</v>
       </c>
-      <c r="HA9" s="9">
+      <c r="HC9" s="9">
         <v>1.1200000000000001</v>
       </c>
-      <c r="HB9" s="9">
+      <c r="HD9" s="9">
         <v>5.46</v>
       </c>
-      <c r="HC9" s="9">
+      <c r="HE9" s="9">
         <v>14.17</v>
       </c>
-      <c r="HD9" s="9">
+      <c r="HF9" s="9">
         <v>9.75</v>
       </c>
-      <c r="HE9" s="9">
+      <c r="HG9" s="9">
         <v>-0.24</v>
       </c>
-      <c r="HF9" s="9">
+      <c r="HH9" s="9">
         <v>13.22</v>
       </c>
-      <c r="HG9" s="9">
+      <c r="HI9" s="9">
         <v>-4.5999999999999996</v>
       </c>
-      <c r="HH9" s="9">
+      <c r="HJ9" s="9">
         <v>-0.91</v>
       </c>
-      <c r="HI9" s="9">
+      <c r="HK9" s="9">
         <v>0.59</v>
       </c>
-      <c r="HJ9" s="9">
+      <c r="HL9" s="9">
         <v>-0.32</v>
       </c>
-      <c r="HK9" s="9">
+      <c r="HM9" s="9">
         <v>0.87</v>
       </c>
-      <c r="HL9" s="9">
+      <c r="HN9" s="9">
         <v>6.15</v>
       </c>
-      <c r="HM9" s="9">
+      <c r="HO9" s="9">
         <v>3.29</v>
       </c>
-      <c r="HN9" s="9">
+      <c r="HP9" s="9">
         <v>17.600000000000001</v>
       </c>
-      <c r="HO9" s="9">
+      <c r="HQ9" s="9">
         <v>19.7</v>
       </c>
-      <c r="HP9" s="9">
+      <c r="HR9" s="9">
         <v>4.57</v>
       </c>
-      <c r="HQ9" s="9">
+      <c r="HS9" s="9">
         <v>0.01</v>
       </c>
-      <c r="HR9" s="9">
+      <c r="HT9" s="9">
         <v>7.88</v>
       </c>
-      <c r="HS9" s="9">
+      <c r="HU9" s="9">
         <v>-0.43</v>
       </c>
-      <c r="HT9" s="9">
+      <c r="HV9" s="9">
         <v>7.73</v>
       </c>
-      <c r="HU9" s="9">
+      <c r="HW9" s="9">
         <v>0.27</v>
       </c>
-      <c r="HV9" s="9">
+      <c r="HX9" s="9">
         <v>-0.45</v>
       </c>
-      <c r="HW9" s="9">
+      <c r="HY9" s="9">
         <v>20.51</v>
       </c>
-      <c r="HX9" s="9">
+      <c r="HZ9" s="9">
         <v>-10.93</v>
       </c>
-      <c r="HY9" s="9">
+      <c r="IA9" s="9">
         <v>-28.83</v>
       </c>
-      <c r="HZ9" s="9">
+      <c r="IB9" s="9">
         <v>21.88</v>
       </c>
-      <c r="IA9" s="9">
+      <c r="IC9" s="9">
         <v>16.02</v>
       </c>
-      <c r="IB9" s="9">
+      <c r="ID9" s="9">
         <v>22.06</v>
       </c>
-      <c r="IC9" s="9">
+      <c r="IE9" s="9">
         <v>12.99</v>
       </c>
-      <c r="ID9" s="9">
+      <c r="IF9" s="9">
         <v>5.37</v>
       </c>
-      <c r="IE9" s="9">
+      <c r="IG9" s="9">
         <v>9.6999999999999993</v>
       </c>
-      <c r="IF9" s="9">
+      <c r="IH9" s="9">
         <v>12.76</v>
       </c>
+      <c r="II9" s="9">
+        <v>5.74</v>
+      </c>
     </row>
-    <row r="10" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="24" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D10" s="7">
         <v>-44.96</v>
       </c>
       <c r="E10" s="7">
         <v>-18.579999999999998</v>
       </c>
       <c r="F10" s="7">
         <v>-0.82</v>
       </c>
       <c r="G10" s="7">
         <v>43.71</v>
       </c>
       <c r="H10" s="7">
         <v>-19.399999999999999</v>
       </c>
       <c r="I10" s="7">
         <v>30.94</v>
       </c>
       <c r="J10" s="7">
         <v>36.049999999999997</v>
       </c>
       <c r="K10" s="7">
         <v>95.69</v>
       </c>
       <c r="L10" s="7">
         <v>94.42</v>
       </c>
       <c r="M10" s="7">
         <v>110.56</v>
       </c>
       <c r="N10" s="7">
         <v>118.56000000000003</v>
       </c>
       <c r="O10" s="7">
         <v>152.01999999999998</v>
       </c>
       <c r="P10" s="7">
         <v>-1.0699999999999994</v>
       </c>
-      <c r="Q10" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R10" s="7">
+      <c r="Q10" s="7">
+        <v>-12.430000000000001</v>
+      </c>
+      <c r="R10" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="S10" s="7">
         <v>-17.77</v>
       </c>
-      <c r="S10" s="7">
+      <c r="T10" s="7">
         <v>-7.13</v>
       </c>
-      <c r="T10" s="7">
+      <c r="U10" s="7">
         <v>-9.1999999999999993</v>
       </c>
-      <c r="U10" s="7">
+      <c r="V10" s="7">
         <v>-10.85</v>
       </c>
-      <c r="V10" s="7">
+      <c r="W10" s="7">
         <v>-4.3899999999999997</v>
       </c>
-      <c r="W10" s="7">
+      <c r="X10" s="7">
         <v>-4.54</v>
       </c>
-      <c r="X10" s="7">
+      <c r="Y10" s="7">
         <v>-4.7699999999999996</v>
       </c>
-      <c r="Y10" s="7">
+      <c r="Z10" s="7">
         <v>-4.87</v>
       </c>
-      <c r="Z10" s="7">
+      <c r="AA10" s="7">
         <v>-6.76</v>
       </c>
-      <c r="AA10" s="7">
+      <c r="AB10" s="7">
         <v>-1.24</v>
       </c>
-      <c r="AB10" s="7">
+      <c r="AC10" s="7">
         <v>-0.83</v>
       </c>
-      <c r="AC10" s="7">
+      <c r="AD10" s="7">
         <v>8.01</v>
       </c>
-      <c r="AD10" s="7">
+      <c r="AE10" s="7">
         <v>22.19</v>
       </c>
-      <c r="AE10" s="7">
+      <c r="AF10" s="7">
         <v>4.42</v>
       </c>
-      <c r="AF10" s="7">
+      <c r="AG10" s="7">
         <v>0.95</v>
       </c>
-      <c r="AG10" s="7">
+      <c r="AH10" s="7">
         <v>16.14</v>
       </c>
-      <c r="AH10" s="7">
+      <c r="AI10" s="7">
         <v>-10.3</v>
       </c>
-      <c r="AI10" s="7">
+      <c r="AJ10" s="7">
         <v>-9.59</v>
       </c>
-      <c r="AJ10" s="7">
+      <c r="AK10" s="7">
         <v>-0.47</v>
       </c>
-      <c r="AK10" s="7">
+      <c r="AL10" s="7">
         <v>0.96</v>
       </c>
-      <c r="AL10" s="7">
+      <c r="AM10" s="7">
         <v>8.23</v>
       </c>
-      <c r="AM10" s="7">
+      <c r="AN10" s="7">
         <v>12.86</v>
       </c>
-      <c r="AN10" s="7">
+      <c r="AO10" s="7">
         <v>-0.25</v>
       </c>
-      <c r="AO10" s="7">
+      <c r="AP10" s="7">
         <v>10.1</v>
       </c>
-      <c r="AP10" s="7">
+      <c r="AQ10" s="7">
         <v>5.16</v>
       </c>
-      <c r="AQ10" s="9">
+      <c r="AR10" s="9">
         <v>41.58</v>
       </c>
-      <c r="AR10" s="9">
+      <c r="AS10" s="9">
         <v>-7.84</v>
       </c>
-      <c r="AS10" s="9">
+      <c r="AT10" s="9">
         <v>-2.86</v>
       </c>
-      <c r="AT10" s="9">
+      <c r="AU10" s="9">
         <v>46.31</v>
       </c>
-      <c r="AU10" s="9">
+      <c r="AV10" s="9">
         <v>21.25</v>
       </c>
-      <c r="AV10" s="9">
+      <c r="AW10" s="9">
         <v>9.15</v>
       </c>
-      <c r="AW10" s="9">
+      <c r="AX10" s="9">
         <v>18.98</v>
       </c>
-      <c r="AX10" s="9">
+      <c r="AY10" s="9">
         <v>50.18</v>
       </c>
-      <c r="AY10" s="9">
+      <c r="AZ10" s="9">
         <v>18.670000000000002</v>
       </c>
-      <c r="AZ10" s="9">
+      <c r="BA10" s="9">
         <v>6.77</v>
       </c>
-      <c r="BA10" s="9">
+      <c r="BB10" s="9">
         <v>18.8</v>
       </c>
-      <c r="BB10" s="9">
+      <c r="BC10" s="9">
         <v>45.3</v>
       </c>
-      <c r="BC10" s="9">
+      <c r="BD10" s="9">
         <v>2.97</v>
       </c>
-      <c r="BD10" s="9">
+      <c r="BE10" s="9">
         <v>28.77</v>
       </c>
-      <c r="BE10" s="9">
+      <c r="BF10" s="9">
         <v>33.520000000000003</v>
       </c>
-      <c r="BF10" s="9">
+      <c r="BG10" s="9">
         <v>-31.71</v>
       </c>
-      <c r="BG10" s="9">
+      <c r="BH10" s="9">
         <v>27.5</v>
       </c>
-      <c r="BH10" s="9">
+      <c r="BI10" s="9">
         <v>-8.1900000000000013</v>
       </c>
-      <c r="BI10" s="9">
+      <c r="BJ10" s="9">
         <v>130.97</v>
       </c>
-      <c r="BJ10" s="9">
+      <c r="BK10" s="9">
         <v>-247.04</v>
       </c>
-      <c r="BK10" s="9">
+      <c r="BL10" s="9">
         <v>-5.52</v>
       </c>
-      <c r="BL10" s="9">
+      <c r="BM10" s="9">
         <v>-7.16</v>
       </c>
-      <c r="BM10" s="9">
+      <c r="BN10" s="9">
         <v>411.74</v>
       </c>
-      <c r="BN10" s="9">
+      <c r="BO10" s="9">
         <v>-5.5699999999999994</v>
       </c>
-      <c r="BO10" s="9">
+      <c r="BP10" s="9">
         <v>-5.4</v>
       </c>
-      <c r="BP10" s="9">
+      <c r="BQ10" s="9">
         <v>4.6399999999999997</v>
       </c>
-      <c r="BQ10" s="9">
+      <c r="BR10" s="9">
         <v>5.26</v>
       </c>
-      <c r="BR10" s="9">
+      <c r="BS10" s="9">
         <v>-4.34</v>
       </c>
-      <c r="BS10" s="9">
+      <c r="BT10" s="9">
         <v>-20.92</v>
       </c>
-      <c r="BT10" s="9">
+      <c r="BU10" s="9">
         <v>2.09</v>
       </c>
-      <c r="BU10" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV10" s="7">
+      <c r="BV10" s="9">
+        <v>10.74</v>
+      </c>
+      <c r="BW10" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX10" s="7">
         <v>-5.0999999999999996</v>
       </c>
-      <c r="BW10" s="7">
+      <c r="BY10" s="7">
         <v>-4.66</v>
       </c>
-      <c r="BX10" s="7">
+      <c r="BZ10" s="7">
         <v>-8.01</v>
       </c>
-      <c r="BY10" s="7">
+      <c r="CA10" s="7">
         <v>-1.37</v>
       </c>
-      <c r="BZ10" s="7">
+      <c r="CB10" s="7">
         <v>-3.63</v>
       </c>
-      <c r="CA10" s="7">
+      <c r="CC10" s="7">
         <v>-2.14</v>
       </c>
-      <c r="CB10" s="7">
+      <c r="CD10" s="7">
         <v>-1.75</v>
       </c>
-      <c r="CC10" s="7">
+      <c r="CE10" s="7">
         <v>-4.99</v>
       </c>
-      <c r="CD10" s="7">
+      <c r="CF10" s="7">
         <v>-2.46</v>
       </c>
-      <c r="CE10" s="7">
+      <c r="CG10" s="7">
         <v>-3.17</v>
       </c>
-      <c r="CF10" s="7">
+      <c r="CH10" s="7">
         <v>-2.91</v>
       </c>
-      <c r="CG10" s="7">
+      <c r="CI10" s="7">
         <v>-4.78</v>
       </c>
-      <c r="CH10" s="7">
+      <c r="CJ10" s="7">
         <v>-1.73</v>
       </c>
-      <c r="CI10" s="7">
+      <c r="CK10" s="7">
         <v>-1.79</v>
       </c>
-      <c r="CJ10" s="7">
+      <c r="CL10" s="7">
         <v>-0.87</v>
       </c>
-      <c r="CK10" s="7">
+      <c r="CM10" s="7">
         <v>-0.68</v>
       </c>
-      <c r="CL10" s="7">
+      <c r="CN10" s="7">
         <v>-2.29</v>
       </c>
-      <c r="CM10" s="7">
+      <c r="CO10" s="7">
         <v>-1.56</v>
       </c>
-      <c r="CN10" s="7">
+      <c r="CP10" s="7">
         <v>-2.7</v>
       </c>
-      <c r="CO10" s="7">
+      <c r="CQ10" s="7">
         <v>-0.69</v>
       </c>
-      <c r="CP10" s="7">
+      <c r="CR10" s="7">
         <v>-1.38</v>
       </c>
-      <c r="CQ10" s="7">
+      <c r="CS10" s="7">
         <v>-1.56</v>
       </c>
-      <c r="CR10" s="7">
+      <c r="CT10" s="7">
         <v>-2.11</v>
       </c>
-      <c r="CS10" s="7">
+      <c r="CU10" s="7">
         <v>-1.2</v>
       </c>
-      <c r="CT10" s="7">
+      <c r="CV10" s="7">
         <v>-1.53</v>
       </c>
-      <c r="CU10" s="7">
+      <c r="CW10" s="7">
         <v>-3.63</v>
       </c>
-      <c r="CV10" s="7">
+      <c r="CX10" s="7">
         <v>-1.6</v>
       </c>
-      <c r="CW10" s="7">
+      <c r="CY10" s="7">
         <v>-1.21</v>
       </c>
-      <c r="CX10" s="7">
+      <c r="CZ10" s="7">
         <v>-0.73</v>
       </c>
-      <c r="CY10" s="7">
+      <c r="DA10" s="7">
         <v>0.7</v>
       </c>
-      <c r="CZ10" s="7">
+      <c r="DB10" s="7">
         <v>-2.44</v>
       </c>
-      <c r="DA10" s="7">
+      <c r="DC10" s="7">
         <v>-0.18</v>
       </c>
-      <c r="DB10" s="7">
+      <c r="DD10" s="7">
         <v>1.79</v>
       </c>
-      <c r="DC10" s="7">
+      <c r="DE10" s="7">
         <v>-3.48</v>
       </c>
-      <c r="DD10" s="7">
+      <c r="DF10" s="7">
         <v>3.07</v>
       </c>
-      <c r="DE10" s="7">
+      <c r="DG10" s="7">
         <v>8.42</v>
       </c>
-      <c r="DF10" s="7">
+      <c r="DH10" s="7">
         <v>3.29</v>
       </c>
-      <c r="DG10" s="7">
+      <c r="DI10" s="7">
         <v>8.2200000000000006</v>
       </c>
-      <c r="DH10" s="7">
+      <c r="DJ10" s="7">
         <v>10.68</v>
       </c>
-      <c r="DI10" s="7">
+      <c r="DK10" s="7">
         <v>6.66</v>
       </c>
-      <c r="DJ10" s="7">
+      <c r="DL10" s="7">
         <v>-0.1</v>
       </c>
-      <c r="DK10" s="7">
+      <c r="DM10" s="7">
         <v>-2.14</v>
       </c>
-      <c r="DL10" s="7">
+      <c r="DN10" s="7">
         <v>4.54</v>
       </c>
-      <c r="DM10" s="7">
+      <c r="DO10" s="7">
         <v>-1.02</v>
       </c>
-      <c r="DN10" s="7">
+      <c r="DP10" s="7">
         <v>-2.57</v>
       </c>
-      <c r="DO10" s="7">
+      <c r="DQ10" s="7">
         <v>1.21</v>
       </c>
-      <c r="DP10" s="7">
+      <c r="DR10" s="7">
         <v>0.5</v>
       </c>
-      <c r="DQ10" s="7">
+      <c r="DS10" s="7">
         <v>14.43</v>
       </c>
-      <c r="DR10" s="7">
+      <c r="DT10" s="7">
         <v>-4.76</v>
       </c>
-      <c r="DS10" s="7">
+      <c r="DU10" s="7">
         <v>-3.56</v>
       </c>
-      <c r="DT10" s="7">
+      <c r="DV10" s="7">
         <v>-1.97</v>
       </c>
-      <c r="DU10" s="7">
+      <c r="DW10" s="7">
         <v>3.12</v>
       </c>
-      <c r="DV10" s="7">
+      <c r="DX10" s="7">
         <v>0.28000000000000003</v>
       </c>
-      <c r="DW10" s="7">
+      <c r="DY10" s="7">
         <v>-12.99</v>
       </c>
-      <c r="DX10" s="7">
+      <c r="DZ10" s="7">
         <v>-3.03</v>
       </c>
-      <c r="DY10" s="7">
+      <c r="EA10" s="7">
         <v>1.04</v>
       </c>
-      <c r="DZ10" s="7">
+      <c r="EB10" s="7">
         <v>1.52</v>
       </c>
-      <c r="EA10" s="7">
+      <c r="EC10" s="7">
         <v>0.99</v>
       </c>
-      <c r="EB10" s="7">
+      <c r="ED10" s="7">
         <v>-0.16</v>
       </c>
-      <c r="EC10" s="7">
+      <c r="EE10" s="7">
         <v>0.12</v>
       </c>
-      <c r="ED10" s="7">
+      <c r="EF10" s="7">
         <v>4.32</v>
       </c>
-      <c r="EE10" s="7">
+      <c r="EG10" s="7">
         <v>3.25</v>
       </c>
-      <c r="EF10" s="7">
+      <c r="EH10" s="7">
         <v>0.66</v>
       </c>
-      <c r="EG10" s="7">
+      <c r="EI10" s="7">
         <v>-1.29</v>
       </c>
-      <c r="EH10" s="7">
+      <c r="EJ10" s="7">
         <v>5.94</v>
       </c>
-      <c r="EI10" s="7">
+      <c r="EK10" s="7">
         <v>8.1999999999999993</v>
       </c>
-      <c r="EJ10" s="7">
+      <c r="EL10" s="7">
         <v>0.09</v>
       </c>
-      <c r="EK10" s="7">
+      <c r="EM10" s="7">
         <v>0.18</v>
       </c>
-      <c r="EL10" s="7">
+      <c r="EN10" s="7">
         <v>-0.53</v>
       </c>
-      <c r="EM10" s="7">
+      <c r="EO10" s="7">
         <v>1.61</v>
       </c>
-      <c r="EN10" s="7">
+      <c r="EP10" s="7">
         <v>2.11</v>
       </c>
-      <c r="EO10" s="7">
+      <c r="EQ10" s="7">
         <v>6.38</v>
       </c>
-      <c r="EP10" s="9">
+      <c r="ER10" s="9">
         <v>4.7</v>
       </c>
-      <c r="EQ10" s="9">
+      <c r="ES10" s="9">
         <v>0.3</v>
       </c>
-      <c r="ER10" s="9">
+      <c r="ET10" s="9">
         <v>0.16</v>
       </c>
-      <c r="ES10" s="9">
+      <c r="EU10" s="9">
         <v>26.1</v>
       </c>
-      <c r="ET10" s="9">
+      <c r="EV10" s="9">
         <v>1.64</v>
       </c>
-      <c r="EU10" s="9">
+      <c r="EW10" s="9">
         <v>13.84</v>
       </c>
-      <c r="EV10" s="9">
+      <c r="EX10" s="9">
         <v>-9.1300000000000008</v>
       </c>
-      <c r="EW10" s="9">
+      <c r="EY10" s="9">
         <v>1.33</v>
       </c>
-      <c r="EX10" s="9">
+      <c r="EZ10" s="9">
         <v>-0.03</v>
       </c>
-      <c r="EY10" s="9">
+      <c r="FA10" s="9">
         <v>-1.62</v>
       </c>
-      <c r="EZ10" s="9">
+      <c r="FB10" s="9">
         <v>1.1499999999999999</v>
       </c>
-      <c r="FA10" s="9">
+      <c r="FC10" s="9">
         <v>-2.4</v>
       </c>
-      <c r="FB10" s="9">
+      <c r="FD10" s="9">
         <v>34.880000000000003</v>
       </c>
-      <c r="FC10" s="9">
+      <c r="FE10" s="9">
         <v>5.55</v>
       </c>
-      <c r="FD10" s="9">
+      <c r="FF10" s="9">
         <v>5.89</v>
       </c>
-      <c r="FE10" s="9">
+      <c r="FG10" s="9">
         <v>1.28</v>
       </c>
-      <c r="FF10" s="9">
+      <c r="FH10" s="9">
         <v>25.41</v>
       </c>
-      <c r="FG10" s="9">
+      <c r="FI10" s="9">
         <v>-5.44</v>
       </c>
-      <c r="FH10" s="9">
+      <c r="FJ10" s="9">
         <v>3.87</v>
       </c>
-      <c r="FI10" s="9">
+      <c r="FK10" s="9">
         <v>2.0099999999999998</v>
       </c>
-      <c r="FJ10" s="9">
+      <c r="FL10" s="9">
         <v>3.26</v>
       </c>
-      <c r="FK10" s="9">
+      <c r="FM10" s="9">
         <v>2.2000000000000002</v>
       </c>
-      <c r="FL10" s="9">
+      <c r="FN10" s="9">
         <v>6.59</v>
       </c>
-      <c r="FM10" s="9">
+      <c r="FO10" s="9">
         <v>10.19</v>
       </c>
-      <c r="FN10" s="9">
+      <c r="FP10" s="9">
         <v>71.34</v>
       </c>
-      <c r="FO10" s="9">
+      <c r="FQ10" s="9">
         <v>12.18</v>
       </c>
-      <c r="FP10" s="9">
+      <c r="FR10" s="9">
         <v>-33.340000000000003</v>
       </c>
-      <c r="FQ10" s="9">
+      <c r="FS10" s="9">
         <v>6.84</v>
       </c>
-      <c r="FR10" s="9">
+      <c r="FT10" s="9">
         <v>3.72</v>
       </c>
-      <c r="FS10" s="9">
+      <c r="FU10" s="9">
         <v>8.11</v>
       </c>
-      <c r="FT10" s="9">
+      <c r="FV10" s="9">
         <v>2.17</v>
       </c>
-      <c r="FU10" s="9">
+      <c r="FW10" s="9">
         <v>0.87</v>
       </c>
-      <c r="FV10" s="9">
+      <c r="FX10" s="9">
         <v>3.74</v>
       </c>
-      <c r="FW10" s="9">
+      <c r="FY10" s="9">
         <v>0.23</v>
       </c>
-      <c r="FX10" s="9">
+      <c r="FZ10" s="9">
         <v>5.71</v>
       </c>
-      <c r="FY10" s="9">
+      <c r="GA10" s="9">
         <v>12.86</v>
       </c>
-      <c r="FZ10" s="9">
+      <c r="GB10" s="9">
         <v>5.3</v>
       </c>
-      <c r="GA10" s="9">
+      <c r="GC10" s="9">
         <v>13.24</v>
       </c>
-      <c r="GB10" s="9">
+      <c r="GD10" s="9">
         <v>26.76</v>
       </c>
-      <c r="GC10" s="9">
+      <c r="GE10" s="9">
         <v>-18.510000000000002</v>
       </c>
-      <c r="GD10" s="9">
+      <c r="GF10" s="9">
         <v>3.52</v>
       </c>
-      <c r="GE10" s="9">
+      <c r="GG10" s="9">
         <v>17.96</v>
       </c>
-      <c r="GF10" s="9">
+      <c r="GH10" s="9">
         <v>9.1300000000000008</v>
       </c>
-      <c r="GG10" s="9">
+      <c r="GI10" s="9">
         <v>7.66</v>
       </c>
-      <c r="GH10" s="9">
+      <c r="GJ10" s="9">
         <v>11.98</v>
       </c>
-      <c r="GI10" s="9">
+      <c r="GK10" s="9">
         <v>9.1199999999999992</v>
       </c>
-      <c r="GJ10" s="9">
+      <c r="GL10" s="9">
         <v>11.89</v>
       </c>
-      <c r="GK10" s="9">
+      <c r="GM10" s="9">
         <v>12.51</v>
       </c>
-      <c r="GL10" s="9">
+      <c r="GN10" s="9">
         <v>8.75</v>
       </c>
-      <c r="GM10" s="9">
+      <c r="GO10" s="9">
         <v>-24.24</v>
       </c>
-      <c r="GN10" s="9">
+      <c r="GP10" s="9">
         <v>-16.23</v>
       </c>
-      <c r="GO10" s="9">
+      <c r="GQ10" s="9">
         <v>4.24</v>
       </c>
-      <c r="GP10" s="9">
+      <c r="GR10" s="9">
         <v>176.99</v>
       </c>
-      <c r="GQ10" s="9">
+      <c r="GS10" s="9">
         <v>-153.72999999999999</v>
       </c>
-      <c r="GR10" s="9">
+      <c r="GT10" s="9">
         <v>-3.14</v>
       </c>
-      <c r="GS10" s="9">
+      <c r="GU10" s="9">
         <v>0.48</v>
       </c>
-      <c r="GT10" s="9">
+      <c r="GV10" s="9">
         <v>-5.53</v>
       </c>
-      <c r="GU10" s="9">
+      <c r="GW10" s="9">
         <v>-3.5</v>
       </c>
-      <c r="GV10" s="9">
+      <c r="GX10" s="9">
         <v>137.56</v>
       </c>
-      <c r="GW10" s="9">
+      <c r="GY10" s="9">
         <v>-3.09</v>
       </c>
-      <c r="GX10" s="9">
+      <c r="GZ10" s="9">
         <v>-231.07</v>
       </c>
-      <c r="GY10" s="9">
+      <c r="HA10" s="9">
         <v>-7.88</v>
       </c>
-      <c r="GZ10" s="9">
+      <c r="HB10" s="9">
         <v>-8.09</v>
       </c>
-      <c r="HA10" s="9">
+      <c r="HC10" s="9">
         <v>-4</v>
       </c>
-      <c r="HB10" s="9">
+      <c r="HD10" s="9">
         <v>-1.92</v>
       </c>
-      <c r="HC10" s="9">
+      <c r="HE10" s="9">
         <v>0.4</v>
       </c>
-      <c r="HD10" s="9">
+      <c r="HF10" s="9">
         <v>-3.05</v>
       </c>
-      <c r="HE10" s="9">
+      <c r="HG10" s="9">
         <v>-1.58</v>
       </c>
-      <c r="HF10" s="9">
+      <c r="HH10" s="9">
         <v>-2.5299999999999998</v>
       </c>
-      <c r="HG10" s="9">
+      <c r="HI10" s="9">
         <v>-12.24</v>
       </c>
-      <c r="HH10" s="9">
+      <c r="HJ10" s="9">
         <v>428.62</v>
       </c>
-      <c r="HI10" s="9">
+      <c r="HK10" s="9">
         <v>-4.6399999999999997</v>
       </c>
-      <c r="HJ10" s="9">
+      <c r="HL10" s="9">
         <v>-2.1</v>
       </c>
-      <c r="HK10" s="9">
+      <c r="HM10" s="9">
         <v>-3.17</v>
       </c>
-      <c r="HL10" s="9">
+      <c r="HN10" s="9">
         <v>-0.3</v>
       </c>
-      <c r="HM10" s="9">
+      <c r="HO10" s="9">
         <v>-4.08</v>
       </c>
-      <c r="HN10" s="9">
+      <c r="HP10" s="9">
         <v>-0.78</v>
       </c>
-      <c r="HO10" s="9">
+      <c r="HQ10" s="9">
         <v>-0.54</v>
       </c>
-      <c r="HP10" s="9">
+      <c r="HR10" s="9">
         <v>4.8499999999999996</v>
       </c>
-      <c r="HQ10" s="9">
+      <c r="HS10" s="9">
         <v>-1.31</v>
       </c>
-      <c r="HR10" s="9">
+      <c r="HT10" s="9">
         <v>1.1000000000000001</v>
       </c>
-      <c r="HS10" s="9">
+      <c r="HU10" s="9">
         <v>-0.18</v>
       </c>
-      <c r="HT10" s="9">
+      <c r="HV10" s="9">
         <v>1.82</v>
       </c>
-      <c r="HU10" s="9">
+      <c r="HW10" s="9">
         <v>3.62</v>
       </c>
-      <c r="HV10" s="9">
+      <c r="HX10" s="9">
         <v>2.11</v>
       </c>
-      <c r="HW10" s="9">
+      <c r="HY10" s="9">
         <v>0.32</v>
       </c>
-      <c r="HX10" s="9">
+      <c r="HZ10" s="9">
         <v>-6.77</v>
       </c>
-      <c r="HY10" s="9">
+      <c r="IA10" s="9">
         <v>-17.670000000000002</v>
       </c>
-      <c r="HZ10" s="9">
+      <c r="IB10" s="9">
         <v>0.73</v>
       </c>
-      <c r="IA10" s="9">
+      <c r="IC10" s="9">
         <v>-3.98</v>
       </c>
-      <c r="IB10" s="9">
+      <c r="ID10" s="9">
         <v>-0.35</v>
       </c>
-      <c r="IC10" s="9">
+      <c r="IE10" s="9">
         <v>0.46</v>
       </c>
-      <c r="ID10" s="9">
+      <c r="IF10" s="9">
         <v>1.98</v>
       </c>
-      <c r="IE10" s="9">
+      <c r="IG10" s="9">
         <v>2.58</v>
       </c>
-      <c r="IF10" s="9">
+      <c r="IH10" s="9">
         <v>4.45</v>
       </c>
+      <c r="II10" s="9">
+        <v>3.71</v>
+      </c>
     </row>
-    <row r="11" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D11" s="7">
         <v>-9.5</v>
       </c>
       <c r="E11" s="7">
         <v>-1.0900000000000001</v>
       </c>
       <c r="F11" s="7">
         <v>-0.27</v>
       </c>
       <c r="G11" s="7">
         <v>-5.64</v>
       </c>
       <c r="H11" s="7">
         <v>-0.77</v>
       </c>
       <c r="I11" s="7">
         <v>1.31</v>
       </c>
       <c r="J11" s="7">
         <v>-0.13</v>
       </c>
       <c r="K11" s="7">
         <v>-0.03</v>
       </c>
       <c r="L11" s="7">
         <v>0</v>
       </c>
       <c r="M11" s="7">
         <v>0</v>
       </c>
       <c r="N11" s="7">
         <v>0</v>
       </c>
       <c r="O11" s="7">
         <v>0</v>
       </c>
       <c r="P11" s="7">
         <v>2.13</v>
       </c>
-      <c r="Q11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R11" s="7">
+      <c r="Q11" s="7">
+        <v>52.47</v>
+      </c>
+      <c r="R11" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="S11" s="7">
         <v>0.53</v>
       </c>
-      <c r="S11" s="7">
+      <c r="T11" s="7">
         <v>-2.84</v>
       </c>
-      <c r="T11" s="7">
+      <c r="U11" s="7">
         <v>-5.76</v>
       </c>
-      <c r="U11" s="7">
+      <c r="V11" s="7">
         <v>-1.44</v>
       </c>
-      <c r="V11" s="7">
+      <c r="W11" s="7">
         <v>-0.43</v>
       </c>
-      <c r="W11" s="7">
+      <c r="X11" s="7">
         <v>-0.16</v>
       </c>
-      <c r="X11" s="7">
+      <c r="Y11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="Y11" s="7">
+      <c r="Z11" s="7">
         <v>-0.45</v>
       </c>
-      <c r="Z11" s="7">
+      <c r="AA11" s="7">
         <v>-0.05</v>
       </c>
-      <c r="AA11" s="7">
+      <c r="AB11" s="7">
         <v>-0.09</v>
       </c>
-      <c r="AB11" s="7">
+      <c r="AC11" s="7">
         <v>-0.06</v>
       </c>
-      <c r="AC11" s="7">
+      <c r="AD11" s="7">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="AD11" s="7">
+      <c r="AE11" s="7">
         <v>-0.46</v>
       </c>
-      <c r="AE11" s="7">
+      <c r="AF11" s="7">
         <v>-0.08</v>
       </c>
-      <c r="AF11" s="7">
+      <c r="AG11" s="7">
         <v>-3.26</v>
       </c>
-      <c r="AG11" s="7">
+      <c r="AH11" s="7">
         <v>-1.84</v>
       </c>
-      <c r="AH11" s="7">
+      <c r="AI11" s="7">
         <v>-0.08</v>
       </c>
-      <c r="AI11" s="7">
+      <c r="AJ11" s="7">
         <v>-0.28999999999999998</v>
       </c>
-      <c r="AJ11" s="7">
+      <c r="AK11" s="7">
         <v>-0.28000000000000003</v>
       </c>
-      <c r="AK11" s="7">
+      <c r="AL11" s="7">
         <v>-0.11</v>
       </c>
-      <c r="AL11" s="7">
+      <c r="AM11" s="7">
         <v>-0.08</v>
       </c>
-      <c r="AM11" s="7">
+      <c r="AN11" s="7">
         <v>0.91</v>
       </c>
-      <c r="AN11" s="7">
+      <c r="AO11" s="7">
         <v>-0.1</v>
       </c>
-      <c r="AO11" s="7">
+      <c r="AP11" s="7">
         <v>0.59</v>
       </c>
-      <c r="AP11" s="7">
+      <c r="AQ11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="AQ11" s="9">
+      <c r="AR11" s="9">
         <v>-0.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.05</v>
       </c>
       <c r="AS11" s="9">
         <v>-0.05</v>
       </c>
       <c r="AT11" s="9">
+        <v>-0.05</v>
+      </c>
+      <c r="AU11" s="9">
         <v>-0.02</v>
       </c>
-      <c r="AU11" s="9">
+      <c r="AV11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="AV11" s="9">
-[...1 lines deleted...]
-      </c>
       <c r="AW11" s="9">
         <v>0</v>
       </c>
       <c r="AX11" s="9">
         <v>0</v>
       </c>
       <c r="AY11" s="9">
         <v>0</v>
       </c>
       <c r="AZ11" s="9">
         <v>0</v>
       </c>
       <c r="BA11" s="9">
         <v>0</v>
       </c>
       <c r="BB11" s="9">
         <v>0</v>
       </c>
       <c r="BC11" s="9">
         <v>0</v>
       </c>
       <c r="BD11" s="9">
         <v>0</v>
       </c>
       <c r="BE11" s="9">
@@ -4490,339 +4537,339 @@
       <c r="BG11" s="9">
         <v>0</v>
       </c>
       <c r="BH11" s="9">
         <v>0</v>
       </c>
       <c r="BI11" s="9">
         <v>0</v>
       </c>
       <c r="BJ11" s="9">
         <v>0</v>
       </c>
       <c r="BK11" s="9">
         <v>0</v>
       </c>
       <c r="BL11" s="9">
         <v>0</v>
       </c>
       <c r="BM11" s="9">
         <v>0</v>
       </c>
       <c r="BN11" s="9">
         <v>0</v>
       </c>
       <c r="BO11" s="9">
+        <v>0</v>
+      </c>
+      <c r="BP11" s="9">
         <v>2.11</v>
       </c>
-      <c r="BP11" s="9">
+      <c r="BQ11" s="9">
         <v>0.03</v>
       </c>
-      <c r="BQ11" s="9">
+      <c r="BR11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="BR11" s="9">
+      <c r="BS11" s="9">
         <v>0.76</v>
       </c>
-      <c r="BS11" s="9">
+      <c r="BT11" s="9">
         <v>29.619999999999997</v>
       </c>
-      <c r="BT11" s="9">
+      <c r="BU11" s="9">
         <v>6.64</v>
       </c>
-      <c r="BU11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV11" s="7">
+      <c r="BV11" s="9">
+        <v>15.45</v>
+      </c>
+      <c r="BW11" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="BW11" s="7">
+      <c r="BY11" s="7">
         <v>0.02</v>
       </c>
-      <c r="BX11" s="7">
+      <c r="BZ11" s="7">
         <v>0.53</v>
       </c>
-      <c r="BY11" s="7">
+      <c r="CA11" s="7">
         <v>1.34</v>
       </c>
-      <c r="BZ11" s="7">
+      <c r="CB11" s="7">
         <v>0.03</v>
       </c>
-      <c r="CA11" s="7">
+      <c r="CC11" s="7">
         <v>-4.21</v>
       </c>
-      <c r="CB11" s="7">
+      <c r="CD11" s="7">
         <v>-0.11</v>
       </c>
-      <c r="CC11" s="7">
+      <c r="CE11" s="7">
         <v>-0.54</v>
       </c>
-      <c r="CD11" s="7">
+      <c r="CF11" s="7">
         <v>-5.0999999999999996</v>
       </c>
-      <c r="CE11" s="7">
-[...2 lines deleted...]
-      <c r="CF11" s="7">
+      <c r="CG11" s="7">
+        <v>0</v>
+      </c>
+      <c r="CH11" s="7">
         <v>-0.12</v>
       </c>
-      <c r="CG11" s="7">
+      <c r="CI11" s="7">
         <v>-1.32</v>
       </c>
-      <c r="CH11" s="7">
+      <c r="CJ11" s="7">
         <v>-0.02</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.38</v>
       </c>
       <c r="CK11" s="7">
         <v>-0.03</v>
       </c>
       <c r="CL11" s="7">
+        <v>-0.38</v>
+      </c>
+      <c r="CM11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="CN11" s="7">
         <v>-0.05</v>
       </c>
-      <c r="CM11" s="7">
+      <c r="CO11" s="7">
         <v>-0.08</v>
       </c>
-      <c r="CN11" s="7">
+      <c r="CP11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="CO11" s="7">
+      <c r="CQ11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="CP11" s="7">
-[...2 lines deleted...]
-      <c r="CQ11" s="7">
+      <c r="CR11" s="7">
+        <v>0</v>
+      </c>
+      <c r="CS11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="CR11" s="7">
+      <c r="CT11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="CS11" s="7">
+      <c r="CU11" s="7">
         <v>-0.42</v>
       </c>
-      <c r="CT11" s="7">
+      <c r="CV11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="CU11" s="7">
+      <c r="CW11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="CV11" s="7">
+      <c r="CX11" s="7">
         <v>-0.02</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.03</v>
       </c>
       <c r="CY11" s="7">
         <v>-0.03</v>
       </c>
       <c r="CZ11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="DA11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="DB11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="DA11" s="7">
+      <c r="DC11" s="7">
         <v>-0.02</v>
       </c>
-      <c r="DB11" s="7">
+      <c r="DD11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DC11" s="7">
+      <c r="DE11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="DD11" s="7">
+      <c r="DF11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="DE11" s="7">
+      <c r="DG11" s="7">
         <v>-0.03</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.4</v>
       </c>
       <c r="DH11" s="7">
         <v>-0.03</v>
       </c>
       <c r="DI11" s="7">
+        <v>-0.4</v>
+      </c>
+      <c r="DJ11" s="7">
         <v>-0.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.02</v>
       </c>
       <c r="DK11" s="7">
         <v>-0.03</v>
       </c>
       <c r="DL11" s="7">
-        <v>-0.01</v>
+        <v>-0.02</v>
       </c>
       <c r="DM11" s="7">
         <v>-0.03</v>
       </c>
       <c r="DN11" s="7">
+        <v>-0.01</v>
+      </c>
+      <c r="DO11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="DP11" s="7">
         <v>-3.22</v>
       </c>
-      <c r="DO11" s="7">
+      <c r="DQ11" s="7">
         <v>-1.65</v>
       </c>
-      <c r="DP11" s="7">
+      <c r="DR11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="DQ11" s="7">
+      <c r="DS11" s="7">
         <v>-0.15</v>
       </c>
-      <c r="DR11" s="7">
+      <c r="DT11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DS11" s="7">
+      <c r="DU11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="DT11" s="7">
+      <c r="DV11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="DU11" s="7">
+      <c r="DW11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="DV11" s="7">
+      <c r="DX11" s="7">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="DW11" s="7">
+      <c r="DY11" s="7">
         <v>-0.2</v>
       </c>
-      <c r="DX11" s="7">
+      <c r="DZ11" s="7">
         <v>-0.04</v>
       </c>
-      <c r="DY11" s="7">
+      <c r="EA11" s="7">
         <v>-0.19</v>
       </c>
-      <c r="DZ11" s="7">
+      <c r="EB11" s="7">
         <v>-0.05</v>
       </c>
-      <c r="EA11" s="7">
+      <c r="EC11" s="7">
         <v>-0.13</v>
       </c>
-      <c r="EB11" s="7">
+      <c r="ED11" s="7">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="EC11" s="7">
+      <c r="EE11" s="7">
         <v>0.08</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.02</v>
       </c>
       <c r="EF11" s="7">
         <v>-0.03</v>
       </c>
       <c r="EG11" s="7">
+        <v>-0.02</v>
+      </c>
+      <c r="EH11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="EH11" s="7">
+      <c r="EI11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="EJ11" s="7">
         <v>-0.01</v>
       </c>
-      <c r="EI11" s="7">
+      <c r="EK11" s="7">
         <v>0.95</v>
       </c>
-      <c r="EJ11" s="7">
+      <c r="EL11" s="7">
         <v>-0.03</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.05</v>
       </c>
       <c r="EM11" s="7">
         <v>-0.03</v>
       </c>
       <c r="EN11" s="7">
+        <v>-0.05</v>
+      </c>
+      <c r="EO11" s="7">
         <v>-0.03</v>
       </c>
-      <c r="EO11" s="7">
+      <c r="EP11" s="7">
+        <v>-0.03</v>
+      </c>
+      <c r="EQ11" s="7">
         <v>0.65</v>
       </c>
-      <c r="EP11" s="9">
+      <c r="ER11" s="9">
         <v>0.01</v>
       </c>
-      <c r="EQ11" s="9">
+      <c r="ES11" s="9">
         <v>-0.02</v>
       </c>
-      <c r="ER11" s="9">
+      <c r="ET11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="ES11" s="9">
+      <c r="EU11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="ET11" s="9">
-[...4 lines deleted...]
-      </c>
       <c r="EV11" s="9">
+        <v>0</v>
+      </c>
+      <c r="EW11" s="9">
+        <v>0</v>
+      </c>
+      <c r="EX11" s="9">
         <v>-0.04</v>
       </c>
-      <c r="EW11" s="9">
-[...2 lines deleted...]
-      <c r="EX11" s="9">
+      <c r="EY11" s="9">
+        <v>0</v>
+      </c>
+      <c r="EZ11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="EY11" s="9">
-[...2 lines deleted...]
-      <c r="EZ11" s="9">
+      <c r="FA11" s="9">
+        <v>0</v>
+      </c>
+      <c r="FB11" s="9">
         <v>-0.03</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.01</v>
       </c>
       <c r="FC11" s="9">
         <v>-0.01</v>
       </c>
       <c r="FD11" s="9">
         <v>-0.01</v>
       </c>
       <c r="FE11" s="9">
         <v>-0.01</v>
       </c>
       <c r="FF11" s="9">
-        <v>0</v>
+        <v>-0.01</v>
       </c>
       <c r="FG11" s="9">
-        <v>0</v>
+        <v>-0.01</v>
       </c>
       <c r="FH11" s="9">
         <v>0</v>
       </c>
       <c r="FI11" s="9">
         <v>0</v>
       </c>
       <c r="FJ11" s="9">
         <v>0</v>
       </c>
       <c r="FK11" s="9">
         <v>0</v>
       </c>
       <c r="FL11" s="9">
         <v>0</v>
       </c>
       <c r="FM11" s="9">
         <v>0</v>
       </c>
       <c r="FN11" s="9">
         <v>0</v>
       </c>
       <c r="FO11" s="9">
         <v>0</v>
       </c>
@@ -4952,1626 +4999,1653 @@
       <c r="HE11" s="9">
         <v>0</v>
       </c>
       <c r="HF11" s="9">
         <v>0</v>
       </c>
       <c r="HG11" s="9">
         <v>0</v>
       </c>
       <c r="HH11" s="9">
         <v>0</v>
       </c>
       <c r="HI11" s="9">
         <v>0</v>
       </c>
       <c r="HJ11" s="9">
         <v>0</v>
       </c>
       <c r="HK11" s="9">
         <v>0</v>
       </c>
       <c r="HL11" s="9">
         <v>0</v>
       </c>
       <c r="HM11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HN11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HO11" s="9">
         <v>2.11</v>
       </c>
-      <c r="HN11" s="9">
-[...4 lines deleted...]
-      </c>
       <c r="HP11" s="9">
         <v>0</v>
       </c>
       <c r="HQ11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HR11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HS11" s="9">
         <v>0.03</v>
       </c>
-      <c r="HR11" s="9">
-[...4 lines deleted...]
-      </c>
       <c r="HT11" s="9">
         <v>0</v>
       </c>
       <c r="HU11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HV11" s="9">
+        <v>0</v>
+      </c>
+      <c r="HW11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="HV11" s="9">
+      <c r="HX11" s="9">
         <v>-0.01</v>
       </c>
-      <c r="HW11" s="9">
+      <c r="HY11" s="9">
         <v>0.5</v>
       </c>
-      <c r="HX11" s="9">
+      <c r="HZ11" s="9">
         <v>0.27</v>
       </c>
-      <c r="HY11" s="9">
-[...2 lines deleted...]
-      <c r="HZ11" s="9">
+      <c r="IA11" s="9">
+        <v>0</v>
+      </c>
+      <c r="IB11" s="9">
         <v>1.63</v>
       </c>
-      <c r="IA11" s="9">
+      <c r="IC11" s="9">
         <v>27.99</v>
       </c>
-      <c r="IB11" s="9">
+      <c r="ID11" s="9">
         <v>5.71</v>
       </c>
-      <c r="IC11" s="9">
+      <c r="IE11" s="9">
         <v>0.13</v>
       </c>
-      <c r="ID11" s="9">
+      <c r="IF11" s="9">
         <v>0.8</v>
       </c>
-      <c r="IE11" s="9">
+      <c r="IG11" s="9">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="IF11" s="9">
+      <c r="IH11" s="9">
         <v>0.61</v>
       </c>
+      <c r="II11" s="9">
+        <v>14.91</v>
+      </c>
     </row>
-    <row r="12" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="24" t="s">
         <v>67</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D12" s="7">
         <v>24.43</v>
       </c>
       <c r="E12" s="7">
         <v>6.08</v>
       </c>
       <c r="F12" s="7">
         <v>59</v>
       </c>
       <c r="G12" s="7">
         <v>32.82</v>
       </c>
       <c r="H12" s="7">
         <v>24.67</v>
       </c>
       <c r="I12" s="7">
         <v>32.659999999999997</v>
       </c>
       <c r="J12" s="7">
         <v>13.65</v>
       </c>
       <c r="K12" s="7">
         <v>101.46</v>
       </c>
       <c r="L12" s="7">
         <v>-40.18</v>
       </c>
       <c r="M12" s="7">
         <v>-3.43</v>
       </c>
       <c r="N12" s="7">
         <v>165.24</v>
       </c>
       <c r="O12" s="7">
         <v>283.87</v>
       </c>
       <c r="P12" s="7">
         <v>104.22</v>
       </c>
-      <c r="Q12" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R12" s="7">
+      <c r="Q12" s="7">
+        <v>-12.480000000000004</v>
+      </c>
+      <c r="R12" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="S12" s="7">
         <v>2.1800000000000002</v>
       </c>
-      <c r="S12" s="7">
+      <c r="T12" s="7">
         <v>17.350000000000001</v>
       </c>
-      <c r="T12" s="7">
+      <c r="U12" s="7">
         <v>4.55</v>
       </c>
-      <c r="U12" s="7">
+      <c r="V12" s="7">
         <v>0.35</v>
       </c>
-      <c r="V12" s="7">
+      <c r="W12" s="7">
         <v>6.45</v>
       </c>
-      <c r="W12" s="7">
+      <c r="X12" s="7">
         <v>-2.96</v>
       </c>
-      <c r="X12" s="7">
+      <c r="Y12" s="7">
         <v>-12.22</v>
       </c>
-      <c r="Y12" s="7">
+      <c r="Z12" s="7">
         <v>14.8</v>
       </c>
-      <c r="Z12" s="7">
+      <c r="AA12" s="7">
         <v>17.75</v>
       </c>
-      <c r="AA12" s="7">
+      <c r="AB12" s="7">
         <v>13.87</v>
       </c>
-      <c r="AB12" s="7">
+      <c r="AC12" s="7">
         <v>11.77</v>
       </c>
-      <c r="AC12" s="7">
+      <c r="AD12" s="7">
         <v>15.61</v>
       </c>
-      <c r="AD12" s="7">
+      <c r="AE12" s="7">
         <v>11.18</v>
       </c>
-      <c r="AE12" s="7">
+      <c r="AF12" s="7">
         <v>22.02</v>
       </c>
-      <c r="AF12" s="7">
+      <c r="AG12" s="7">
         <v>11.38</v>
       </c>
-      <c r="AG12" s="7">
+      <c r="AH12" s="7">
         <v>-11.76</v>
       </c>
-      <c r="AH12" s="7">
+      <c r="AI12" s="7">
         <v>-0.31</v>
       </c>
-      <c r="AI12" s="7">
+      <c r="AJ12" s="7">
         <v>-1.36</v>
       </c>
-      <c r="AJ12" s="7">
+      <c r="AK12" s="7">
         <v>21.27</v>
       </c>
-      <c r="AK12" s="7">
+      <c r="AL12" s="7">
         <v>5.08</v>
       </c>
-      <c r="AL12" s="7">
+      <c r="AM12" s="7">
         <v>5.29</v>
       </c>
-      <c r="AM12" s="7">
+      <c r="AN12" s="7">
         <v>17.7</v>
       </c>
-      <c r="AN12" s="7">
+      <c r="AO12" s="7">
         <v>2.0299999999999998</v>
       </c>
-      <c r="AO12" s="7">
+      <c r="AP12" s="7">
         <v>7.63</v>
       </c>
-      <c r="AP12" s="7">
+      <c r="AQ12" s="7">
         <v>-1.66</v>
       </c>
-      <c r="AQ12" s="9">
+      <c r="AR12" s="9">
         <v>6.83</v>
       </c>
-      <c r="AR12" s="9">
+      <c r="AS12" s="9">
         <v>10.69</v>
       </c>
-      <c r="AS12" s="9">
+      <c r="AT12" s="9">
         <v>-2.21</v>
       </c>
-      <c r="AT12" s="9">
+      <c r="AU12" s="9">
         <v>-1.4</v>
       </c>
-      <c r="AU12" s="9">
+      <c r="AV12" s="9">
         <v>-2.2400000000000002</v>
       </c>
-      <c r="AV12" s="9">
+      <c r="AW12" s="9">
         <v>96.48</v>
       </c>
-      <c r="AW12" s="9">
+      <c r="AX12" s="9">
         <v>8.6199999999999992</v>
       </c>
-      <c r="AX12" s="9">
+      <c r="AY12" s="9">
         <v>-14.34</v>
       </c>
-      <c r="AY12" s="9">
+      <c r="AZ12" s="9">
         <v>-31.39</v>
       </c>
-      <c r="AZ12" s="9">
+      <c r="BA12" s="9">
         <v>2.2999999999999998</v>
       </c>
-      <c r="BA12" s="9">
+      <c r="BB12" s="9">
         <v>3.25</v>
       </c>
-      <c r="BB12" s="9">
+      <c r="BC12" s="9">
         <v>-2.72</v>
       </c>
-      <c r="BC12" s="9">
+      <c r="BD12" s="9">
         <v>-65.959999999999994</v>
       </c>
-      <c r="BD12" s="9">
+      <c r="BE12" s="9">
         <v>23.98</v>
       </c>
-      <c r="BE12" s="9">
+      <c r="BF12" s="9">
         <v>41.27</v>
       </c>
-      <c r="BF12" s="9">
+      <c r="BG12" s="9">
         <v>1.27</v>
       </c>
-      <c r="BG12" s="9">
+      <c r="BH12" s="9">
         <v>20.059999999999999</v>
       </c>
-      <c r="BH12" s="9">
+      <c r="BI12" s="9">
         <v>57.400000000000006</v>
       </c>
-      <c r="BI12" s="9">
+      <c r="BJ12" s="9">
         <v>86.5</v>
       </c>
-      <c r="BJ12" s="9">
+      <c r="BK12" s="9">
         <v>31.559999999999995</v>
       </c>
-      <c r="BK12" s="9">
+      <c r="BL12" s="9">
         <v>118.07</v>
       </c>
-      <c r="BL12" s="9">
+      <c r="BM12" s="9">
         <v>81.539999999999992</v>
       </c>
-      <c r="BM12" s="9">
+      <c r="BN12" s="9">
         <v>52.7</v>
       </c>
-      <c r="BN12" s="9">
+      <c r="BO12" s="9">
         <v>52.19</v>
       </c>
-      <c r="BO12" s="9">
+      <c r="BP12" s="9">
         <v>3.1300000000000003</v>
       </c>
-      <c r="BP12" s="9">
+      <c r="BQ12" s="9">
         <v>15.77</v>
       </c>
-      <c r="BQ12" s="9">
+      <c r="BR12" s="9">
         <v>33.130000000000003</v>
       </c>
-      <c r="BR12" s="9">
+      <c r="BS12" s="9">
         <v>25.54</v>
       </c>
-      <c r="BS12" s="9">
+      <c r="BT12" s="9">
         <v>25.48</v>
       </c>
-      <c r="BT12" s="9">
+      <c r="BU12" s="9">
         <v>19.880000000000003</v>
       </c>
-      <c r="BU12" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV12" s="7">
+      <c r="BV12" s="9">
+        <v>-83.38000000000001</v>
+      </c>
+      <c r="BW12" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX12" s="7">
         <v>0.7</v>
       </c>
-      <c r="BW12" s="7">
+      <c r="BY12" s="7">
         <v>-0.1</v>
       </c>
-      <c r="BX12" s="7">
+      <c r="BZ12" s="7">
         <v>1.58</v>
       </c>
-      <c r="BY12" s="7">
+      <c r="CA12" s="7">
         <v>3.75</v>
       </c>
-      <c r="BZ12" s="7">
+      <c r="CB12" s="7">
         <v>5.94</v>
       </c>
-      <c r="CA12" s="7">
+      <c r="CC12" s="7">
         <v>7.65</v>
       </c>
-      <c r="CB12" s="7">
+      <c r="CD12" s="7">
         <v>0.36</v>
       </c>
-      <c r="CC12" s="7">
+      <c r="CE12" s="7">
         <v>0.39</v>
       </c>
-      <c r="CD12" s="7">
+      <c r="CF12" s="7">
         <v>3.8</v>
       </c>
-      <c r="CE12" s="7">
+      <c r="CG12" s="7">
         <v>0.43</v>
       </c>
-      <c r="CF12" s="7">
+      <c r="CH12" s="7">
         <v>-0.18</v>
       </c>
-      <c r="CG12" s="7">
+      <c r="CI12" s="7">
         <v>0.1</v>
       </c>
-      <c r="CH12" s="7">
+      <c r="CJ12" s="7">
         <v>6.51</v>
       </c>
-      <c r="CI12" s="7">
+      <c r="CK12" s="7">
         <v>1.97</v>
       </c>
-      <c r="CJ12" s="7">
+      <c r="CL12" s="7">
         <v>-2.02</v>
       </c>
-      <c r="CK12" s="7">
+      <c r="CM12" s="7">
         <v>-2.15</v>
       </c>
-      <c r="CL12" s="7">
+      <c r="CN12" s="7">
         <v>-0.18</v>
       </c>
-      <c r="CM12" s="7">
+      <c r="CO12" s="7">
         <v>-0.63</v>
       </c>
-      <c r="CN12" s="7">
+      <c r="CP12" s="7">
         <v>0.77</v>
       </c>
-      <c r="CO12" s="7">
+      <c r="CQ12" s="7">
         <v>-12.94</v>
       </c>
-      <c r="CP12" s="7">
+      <c r="CR12" s="7">
         <v>-0.04</v>
       </c>
-      <c r="CQ12" s="7">
+      <c r="CS12" s="7">
         <v>0.89</v>
       </c>
-      <c r="CR12" s="7">
+      <c r="CT12" s="7">
         <v>-0.02</v>
       </c>
-      <c r="CS12" s="7">
+      <c r="CU12" s="7">
         <v>13.93</v>
       </c>
-      <c r="CT12" s="7">
+      <c r="CV12" s="7">
         <v>8.7799999999999994</v>
       </c>
-      <c r="CU12" s="7">
+      <c r="CW12" s="7">
         <v>10.199999999999999</v>
       </c>
-      <c r="CV12" s="7">
+      <c r="CX12" s="7">
         <v>-1.24</v>
       </c>
-      <c r="CW12" s="7">
+      <c r="CY12" s="7">
         <v>3.83</v>
       </c>
-      <c r="CX12" s="7">
+      <c r="CZ12" s="7">
         <v>0.15</v>
       </c>
-      <c r="CY12" s="7">
+      <c r="DA12" s="7">
         <v>9.9</v>
       </c>
-      <c r="CZ12" s="7">
+      <c r="DB12" s="7">
         <v>10.79</v>
       </c>
-      <c r="DA12" s="7">
+      <c r="DC12" s="7">
         <v>0.48</v>
       </c>
-      <c r="DB12" s="7">
+      <c r="DD12" s="7">
         <v>0.51</v>
       </c>
-      <c r="DC12" s="7">
+      <c r="DE12" s="7">
         <v>3.77</v>
       </c>
-      <c r="DD12" s="7">
+      <c r="DF12" s="7">
         <v>17.02</v>
       </c>
-      <c r="DE12" s="7">
+      <c r="DG12" s="7">
         <v>-5.17</v>
       </c>
-      <c r="DF12" s="7">
+      <c r="DH12" s="7">
         <v>-0.14000000000000001</v>
       </c>
-      <c r="DG12" s="7">
+      <c r="DI12" s="7">
         <v>4.04</v>
       </c>
-      <c r="DH12" s="7">
+      <c r="DJ12" s="7">
         <v>7.29</v>
       </c>
-      <c r="DI12" s="7">
+      <c r="DK12" s="7">
         <v>0.74</v>
       </c>
-      <c r="DJ12" s="7">
+      <c r="DL12" s="7">
         <v>3.73</v>
       </c>
-      <c r="DK12" s="7">
+      <c r="DM12" s="7">
         <v>17.55</v>
       </c>
-      <c r="DL12" s="7">
+      <c r="DN12" s="7">
         <v>0.01</v>
       </c>
-      <c r="DM12" s="7">
+      <c r="DO12" s="7">
         <v>0.2</v>
       </c>
-      <c r="DN12" s="7">
+      <c r="DP12" s="7">
         <v>11.16</v>
       </c>
-      <c r="DO12" s="7">
+      <c r="DQ12" s="7">
         <v>-10.31</v>
       </c>
-      <c r="DP12" s="7">
+      <c r="DR12" s="7">
         <v>-0.33</v>
       </c>
-      <c r="DQ12" s="7">
+      <c r="DS12" s="7">
         <v>-1.1200000000000001</v>
       </c>
-      <c r="DR12" s="7">
+      <c r="DT12" s="7">
         <v>-0.05</v>
       </c>
-      <c r="DS12" s="7">
+      <c r="DU12" s="7">
         <v>0.5</v>
       </c>
-      <c r="DT12" s="7">
+      <c r="DV12" s="7">
         <v>-0.76</v>
       </c>
-      <c r="DU12" s="7">
+      <c r="DW12" s="7">
         <v>0.87</v>
       </c>
-      <c r="DV12" s="7">
+      <c r="DX12" s="7">
         <v>-0.13</v>
       </c>
-      <c r="DW12" s="7">
+      <c r="DY12" s="7">
         <v>-2.1</v>
       </c>
-      <c r="DX12" s="7">
+      <c r="DZ12" s="7">
         <v>15.32</v>
       </c>
-      <c r="DY12" s="7">
+      <c r="EA12" s="7">
         <v>5.42</v>
       </c>
-      <c r="DZ12" s="7">
+      <c r="EB12" s="7">
         <v>0.53</v>
       </c>
-      <c r="EA12" s="7">
+      <c r="EC12" s="7">
         <v>0.51</v>
       </c>
-      <c r="EB12" s="7">
+      <c r="ED12" s="7">
         <v>-0.96</v>
       </c>
-      <c r="EC12" s="7">
+      <c r="EE12" s="7">
         <v>5.53</v>
       </c>
-      <c r="ED12" s="7">
+      <c r="EF12" s="7">
         <v>5.78</v>
       </c>
-      <c r="EE12" s="7">
+      <c r="EG12" s="7">
         <v>3.75</v>
       </c>
-      <c r="EF12" s="7">
+      <c r="EH12" s="7">
         <v>-4.24</v>
       </c>
-      <c r="EG12" s="7">
+      <c r="EI12" s="7">
         <v>10.039999999999999</v>
       </c>
-      <c r="EH12" s="7">
+      <c r="EJ12" s="7">
         <v>-0.28999999999999998</v>
       </c>
-      <c r="EI12" s="7">
+      <c r="EK12" s="7">
         <v>7.94</v>
       </c>
-      <c r="EJ12" s="7">
+      <c r="EL12" s="7">
         <v>2.25</v>
       </c>
-      <c r="EK12" s="7">
+      <c r="EM12" s="7">
         <v>-1.05</v>
       </c>
-      <c r="EL12" s="7">
+      <c r="EN12" s="7">
         <v>0.82</v>
       </c>
-      <c r="EM12" s="7">
+      <c r="EO12" s="7">
         <v>3.27</v>
       </c>
-      <c r="EN12" s="7">
+      <c r="EP12" s="7">
         <v>1.06</v>
       </c>
-      <c r="EO12" s="7">
+      <c r="EQ12" s="7">
         <v>3.3</v>
       </c>
-      <c r="EP12" s="9">
+      <c r="ER12" s="9">
         <v>-2.97</v>
       </c>
-      <c r="EQ12" s="9">
+      <c r="ES12" s="9">
         <v>1.53</v>
       </c>
-      <c r="ER12" s="9">
+      <c r="ET12" s="9">
         <v>-0.22</v>
       </c>
-      <c r="ES12" s="9">
+      <c r="EU12" s="9">
         <v>5.21</v>
       </c>
-      <c r="ET12" s="9">
+      <c r="EV12" s="9">
         <v>2.44</v>
       </c>
-      <c r="EU12" s="9">
+      <c r="EW12" s="9">
         <v>-0.83</v>
       </c>
-      <c r="EV12" s="9">
+      <c r="EX12" s="9">
         <v>13.6</v>
       </c>
-      <c r="EW12" s="9">
+      <c r="EY12" s="9">
         <v>0.3</v>
       </c>
-      <c r="EX12" s="9">
+      <c r="EZ12" s="9">
         <v>-3.21</v>
       </c>
-      <c r="EY12" s="9">
+      <c r="FA12" s="9">
         <v>-3.36</v>
       </c>
-      <c r="EZ12" s="9">
+      <c r="FB12" s="9">
         <v>2.02</v>
       </c>
-      <c r="FA12" s="9">
+      <c r="FC12" s="9">
         <v>-0.87</v>
       </c>
-      <c r="FB12" s="9">
+      <c r="FD12" s="9">
         <v>-3.76</v>
       </c>
-      <c r="FC12" s="9">
+      <c r="FE12" s="9">
         <v>4.43</v>
       </c>
-      <c r="FD12" s="9">
+      <c r="FF12" s="9">
         <v>-2.0699999999999998</v>
       </c>
-      <c r="FE12" s="9">
+      <c r="FG12" s="9">
         <v>-0.94</v>
       </c>
-      <c r="FF12" s="9">
+      <c r="FH12" s="9">
         <v>-1.0900000000000001</v>
       </c>
-      <c r="FG12" s="9">
+      <c r="FI12" s="9">
         <v>-0.21</v>
       </c>
-      <c r="FH12" s="9">
+      <c r="FJ12" s="9">
         <v>26.8</v>
       </c>
-      <c r="FI12" s="9">
+      <c r="FK12" s="9">
         <v>1.53</v>
       </c>
-      <c r="FJ12" s="9">
+      <c r="FL12" s="9">
         <v>68.14</v>
       </c>
-      <c r="FK12" s="9">
+      <c r="FM12" s="9">
         <v>2.14</v>
       </c>
-      <c r="FL12" s="9">
+      <c r="FN12" s="9">
         <v>0.33</v>
       </c>
-      <c r="FM12" s="9">
+      <c r="FO12" s="9">
         <v>6.15</v>
       </c>
-      <c r="FN12" s="9">
+      <c r="FP12" s="9">
         <v>7.29</v>
       </c>
-      <c r="FO12" s="9">
+      <c r="FQ12" s="9">
         <v>4.46</v>
       </c>
-      <c r="FP12" s="9">
+      <c r="FR12" s="9">
         <v>-26.09</v>
       </c>
-      <c r="FQ12" s="9">
+      <c r="FS12" s="9">
         <v>2.04</v>
       </c>
-      <c r="FR12" s="9">
+      <c r="FT12" s="9">
         <v>-16.48</v>
       </c>
-      <c r="FS12" s="9">
+      <c r="FU12" s="9">
         <v>-16.940000000000001</v>
       </c>
-      <c r="FT12" s="9">
+      <c r="FV12" s="9">
         <v>-4.8899999999999997</v>
       </c>
-      <c r="FU12" s="9">
+      <c r="FW12" s="9">
         <v>5.45</v>
       </c>
-      <c r="FV12" s="9">
+      <c r="FX12" s="9">
         <v>1.74</v>
       </c>
-      <c r="FW12" s="9">
+      <c r="FY12" s="9">
         <v>1.65</v>
       </c>
-      <c r="FX12" s="9">
+      <c r="FZ12" s="9">
         <v>3.83</v>
       </c>
-      <c r="FY12" s="9">
+      <c r="GA12" s="9">
         <v>-2.23</v>
       </c>
-      <c r="FZ12" s="9">
+      <c r="GB12" s="9">
         <v>-18.329999999999998</v>
       </c>
-      <c r="GA12" s="9">
+      <c r="GC12" s="9">
         <v>7.47</v>
       </c>
-      <c r="GB12" s="9">
+      <c r="GD12" s="9">
         <v>8.14</v>
       </c>
-      <c r="GC12" s="9">
+      <c r="GE12" s="9">
         <v>-77.83</v>
       </c>
-      <c r="GD12" s="9">
+      <c r="GF12" s="9">
         <v>3.62</v>
       </c>
-      <c r="GE12" s="9">
+      <c r="GG12" s="9">
         <v>8.25</v>
       </c>
-      <c r="GF12" s="9">
+      <c r="GH12" s="9">
         <v>3.81</v>
       </c>
-      <c r="GG12" s="9">
+      <c r="GI12" s="9">
         <v>7.88</v>
       </c>
-      <c r="GH12" s="9">
+      <c r="GJ12" s="9">
         <v>12.29</v>
       </c>
-      <c r="GI12" s="9">
+      <c r="GK12" s="9">
         <v>21.08</v>
       </c>
-      <c r="GJ12" s="9">
+      <c r="GL12" s="9">
         <v>8.65</v>
       </c>
-      <c r="GK12" s="9">
+      <c r="GM12" s="9">
         <v>11.53</v>
       </c>
-      <c r="GL12" s="9">
+      <c r="GN12" s="9">
         <v>3.36</v>
       </c>
-      <c r="GM12" s="9">
+      <c r="GO12" s="9">
         <v>3.02</v>
       </c>
-      <c r="GN12" s="9">
+      <c r="GP12" s="9">
         <v>-5.1100000000000003</v>
       </c>
-      <c r="GO12" s="9">
+      <c r="GQ12" s="9">
         <v>6.73</v>
       </c>
-      <c r="GP12" s="9">
+      <c r="GR12" s="9">
         <v>10.09</v>
       </c>
-      <c r="GQ12" s="9">
+      <c r="GS12" s="9">
         <v>3.25</v>
       </c>
-      <c r="GR12" s="9">
+      <c r="GT12" s="9">
         <v>21.8</v>
       </c>
-      <c r="GS12" s="9">
+      <c r="GU12" s="9">
         <v>15.79</v>
       </c>
-      <c r="GT12" s="9">
+      <c r="GV12" s="9">
         <v>19.809999999999999</v>
       </c>
-      <c r="GU12" s="9">
+      <c r="GW12" s="9">
         <v>12.3</v>
       </c>
-      <c r="GV12" s="9">
+      <c r="GX12" s="9">
         <v>64.16</v>
       </c>
-      <c r="GW12" s="9">
+      <c r="GY12" s="9">
         <v>10.039999999999999</v>
       </c>
-      <c r="GX12" s="9">
+      <c r="GZ12" s="9">
         <v>32.229999999999997</v>
       </c>
-      <c r="GY12" s="9">
+      <c r="HA12" s="9">
         <v>-4.96</v>
       </c>
-      <c r="GZ12" s="9">
+      <c r="HB12" s="9">
         <v>4.29</v>
       </c>
-      <c r="HA12" s="9">
+      <c r="HC12" s="9">
         <v>65.44</v>
       </c>
-      <c r="HB12" s="9">
+      <c r="HD12" s="9">
         <v>38.35</v>
       </c>
-      <c r="HC12" s="9">
+      <c r="HE12" s="9">
         <v>14.28</v>
       </c>
-      <c r="HD12" s="9">
+      <c r="HF12" s="9">
         <v>63.18</v>
       </c>
-      <c r="HE12" s="9">
+      <c r="HG12" s="9">
         <v>3.67</v>
       </c>
-      <c r="HF12" s="9">
+      <c r="HH12" s="9">
         <v>14.69</v>
       </c>
-      <c r="HG12" s="9">
+      <c r="HI12" s="9">
         <v>39.1</v>
       </c>
-      <c r="HH12" s="9">
+      <c r="HJ12" s="9">
         <v>9.14</v>
       </c>
-      <c r="HI12" s="9">
+      <c r="HK12" s="9">
         <v>4.46</v>
       </c>
-      <c r="HJ12" s="9">
+      <c r="HL12" s="9">
         <v>20.13</v>
       </c>
-      <c r="HK12" s="9">
+      <c r="HM12" s="9">
         <v>-3.07</v>
       </c>
-      <c r="HL12" s="9">
+      <c r="HN12" s="9">
         <v>35.130000000000003</v>
       </c>
-      <c r="HM12" s="9">
+      <c r="HO12" s="9">
         <v>-3.9</v>
       </c>
-      <c r="HN12" s="9">
+      <c r="HP12" s="9">
         <v>10.050000000000001</v>
       </c>
-      <c r="HO12" s="9">
+      <c r="HQ12" s="9">
         <v>-3.02</v>
       </c>
-      <c r="HP12" s="9">
+      <c r="HR12" s="9">
         <v>9.61</v>
       </c>
-      <c r="HQ12" s="9">
+      <c r="HS12" s="9">
         <v>3.52</v>
       </c>
-      <c r="HR12" s="9">
+      <c r="HT12" s="9">
         <v>2.64</v>
       </c>
-      <c r="HS12" s="9">
+      <c r="HU12" s="9">
         <v>2.77</v>
       </c>
-      <c r="HT12" s="9">
+      <c r="HV12" s="9">
         <v>1.56</v>
       </c>
-      <c r="HU12" s="9">
+      <c r="HW12" s="9">
         <v>28.8</v>
       </c>
-      <c r="HV12" s="9">
+      <c r="HX12" s="9">
         <v>25.05</v>
       </c>
-      <c r="HW12" s="9">
+      <c r="HY12" s="9">
         <v>-9.85</v>
       </c>
-      <c r="HX12" s="9">
+      <c r="HZ12" s="9">
         <v>10.34</v>
       </c>
-      <c r="HY12" s="9">
+      <c r="IA12" s="9">
         <v>6.11</v>
       </c>
-      <c r="HZ12" s="9">
+      <c r="IB12" s="9">
         <v>-12.95</v>
       </c>
-      <c r="IA12" s="9">
+      <c r="IC12" s="9">
         <v>32.32</v>
       </c>
-      <c r="IB12" s="9">
+      <c r="ID12" s="9">
         <v>3.97</v>
       </c>
-      <c r="IC12" s="9">
+      <c r="IE12" s="9">
         <v>2.0299999999999998</v>
       </c>
-      <c r="ID12" s="9">
+      <c r="IF12" s="9">
         <v>13.88</v>
       </c>
-      <c r="IE12" s="9">
+      <c r="IG12" s="9">
         <v>-6.7</v>
       </c>
-      <c r="IF12" s="9">
+      <c r="IH12" s="9">
         <v>-82.03</v>
       </c>
+      <c r="II12" s="9">
+        <v>5.35</v>
+      </c>
     </row>
-    <row r="13" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="15" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>0</v>
       </c>
       <c r="D13" s="16">
         <v>-122.57</v>
       </c>
       <c r="E13" s="16">
         <v>-79.7</v>
       </c>
       <c r="F13" s="16">
         <v>102.1</v>
       </c>
       <c r="G13" s="16">
         <v>118.43</v>
       </c>
       <c r="H13" s="16">
         <v>339.33</v>
       </c>
       <c r="I13" s="16">
         <v>379.55</v>
       </c>
       <c r="J13" s="16">
         <v>388.58</v>
       </c>
       <c r="K13" s="16">
         <v>551.26</v>
       </c>
       <c r="L13" s="16">
         <v>-475.96</v>
       </c>
       <c r="M13" s="16">
         <v>349.62</v>
       </c>
       <c r="N13" s="16">
         <v>-374.51000000000005</v>
       </c>
       <c r="O13" s="16">
         <v>273.19999999999993</v>
       </c>
       <c r="P13" s="16">
         <v>234.3</v>
       </c>
-      <c r="Q13" s="16" t="s">
-[...2 lines deleted...]
-      <c r="R13" s="16">
+      <c r="Q13" s="16">
+        <v>111.35</v>
+      </c>
+      <c r="R13" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="S13" s="16">
         <v>-55.63</v>
       </c>
-      <c r="S13" s="16">
+      <c r="T13" s="16">
         <v>-16.27</v>
       </c>
-      <c r="T13" s="16">
+      <c r="U13" s="16">
         <v>-19.57</v>
       </c>
-      <c r="U13" s="16">
+      <c r="V13" s="16">
         <v>-31.11</v>
       </c>
-      <c r="V13" s="16">
+      <c r="W13" s="16">
         <v>-2.06</v>
       </c>
-      <c r="W13" s="16">
+      <c r="X13" s="16">
         <v>-33.51</v>
       </c>
-      <c r="X13" s="16">
+      <c r="Y13" s="16">
         <v>-36.880000000000003</v>
       </c>
-      <c r="Y13" s="16">
+      <c r="Z13" s="16">
         <v>-7.25</v>
       </c>
-      <c r="Z13" s="16">
+      <c r="AA13" s="16">
         <v>4.88</v>
       </c>
-      <c r="AA13" s="16">
+      <c r="AB13" s="16">
         <v>31.13</v>
       </c>
-      <c r="AB13" s="16">
+      <c r="AC13" s="16">
         <v>18.29</v>
       </c>
-      <c r="AC13" s="16">
+      <c r="AD13" s="16">
         <v>47.8</v>
       </c>
-      <c r="AD13" s="16">
+      <c r="AE13" s="16">
         <v>59.88</v>
       </c>
-      <c r="AE13" s="16">
+      <c r="AF13" s="16">
         <v>41.78</v>
       </c>
-      <c r="AF13" s="16">
+      <c r="AG13" s="16">
         <v>5.0999999999999996</v>
       </c>
-      <c r="AG13" s="16">
+      <c r="AH13" s="16">
         <v>11.67</v>
       </c>
-      <c r="AH13" s="16">
+      <c r="AI13" s="16">
         <v>38.69</v>
       </c>
-      <c r="AI13" s="16">
+      <c r="AJ13" s="16">
         <v>40.01</v>
       </c>
-      <c r="AJ13" s="16">
+      <c r="AK13" s="16">
         <v>132.15</v>
       </c>
-      <c r="AK13" s="16">
+      <c r="AL13" s="16">
         <v>128.47999999999999</v>
       </c>
-      <c r="AL13" s="16">
+      <c r="AM13" s="16">
         <v>189.35</v>
       </c>
-      <c r="AM13" s="16">
+      <c r="AN13" s="16">
         <v>13.08</v>
       </c>
-      <c r="AN13" s="16">
+      <c r="AO13" s="16">
         <v>92.16</v>
       </c>
-      <c r="AO13" s="16">
+      <c r="AP13" s="16">
         <v>84.97</v>
       </c>
-      <c r="AP13" s="16">
+      <c r="AQ13" s="16">
         <v>144.71</v>
       </c>
-      <c r="AQ13" s="16">
+      <c r="AR13" s="16">
         <v>150.38</v>
       </c>
-      <c r="AR13" s="16">
+      <c r="AS13" s="16">
         <v>88.37</v>
       </c>
-      <c r="AS13" s="16">
+      <c r="AT13" s="16">
         <v>5.12</v>
       </c>
-      <c r="AT13" s="16">
+      <c r="AU13" s="16">
         <v>84.36</v>
       </c>
-      <c r="AU13" s="16">
+      <c r="AV13" s="16">
         <v>94.87</v>
       </c>
-      <c r="AV13" s="16">
+      <c r="AW13" s="16">
         <v>317.29000000000002</v>
       </c>
-      <c r="AW13" s="16">
+      <c r="AX13" s="16">
         <v>54.74</v>
       </c>
-      <c r="AX13" s="16">
+      <c r="AY13" s="16">
         <v>-723.47</v>
       </c>
-      <c r="AY13" s="16">
+      <c r="AZ13" s="16">
         <v>61.27</v>
       </c>
-      <c r="AZ13" s="16">
+      <c r="BA13" s="16">
         <v>78.12</v>
       </c>
-      <c r="BA13" s="16">
+      <c r="BB13" s="16">
         <v>108.11</v>
       </c>
-      <c r="BB13" s="16">
+      <c r="BC13" s="16">
         <v>135.4</v>
       </c>
-      <c r="BC13" s="16">
+      <c r="BD13" s="16">
         <v>14.04</v>
       </c>
-      <c r="BD13" s="16">
+      <c r="BE13" s="16">
         <v>180.84</v>
       </c>
-      <c r="BE13" s="16">
+      <c r="BF13" s="16">
         <v>19.350000000000001</v>
       </c>
-      <c r="BF13" s="16">
+      <c r="BG13" s="16">
         <v>-351.25</v>
       </c>
-      <c r="BG13" s="16">
+      <c r="BH13" s="16">
         <v>-23.09</v>
       </c>
-      <c r="BH13" s="16">
+      <c r="BI13" s="16">
         <v>21.62</v>
       </c>
-      <c r="BI13" s="16">
+      <c r="BJ13" s="16">
         <v>-21.799999999999997</v>
       </c>
-      <c r="BJ13" s="16">
+      <c r="BK13" s="16">
         <v>-399.18</v>
       </c>
-      <c r="BK13" s="16">
+      <c r="BL13" s="16">
         <v>31.010000000000005</v>
       </c>
-      <c r="BL13" s="16">
+      <c r="BM13" s="16">
         <v>66.31</v>
       </c>
-      <c r="BM13" s="16">
+      <c r="BN13" s="16">
         <v>575.05999999999995</v>
       </c>
-      <c r="BN13" s="16">
+      <c r="BO13" s="16">
         <v>58.5</v>
       </c>
-      <c r="BO13" s="16">
+      <c r="BP13" s="16">
         <v>19.299999999999997</v>
       </c>
-      <c r="BP13" s="16">
+      <c r="BQ13" s="16">
         <v>67.87</v>
       </c>
-      <c r="BQ13" s="16">
+      <c r="BR13" s="16">
         <v>88.63000000000001</v>
       </c>
-      <c r="BR13" s="16">
+      <c r="BS13" s="16">
         <v>46.539999999999992</v>
       </c>
-      <c r="BS13" s="16">
+      <c r="BT13" s="16">
         <v>-8.2199999999999989</v>
       </c>
-      <c r="BT13" s="16">
+      <c r="BU13" s="16">
         <v>90.53</v>
       </c>
-      <c r="BU13" s="16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BV13" s="16">
+        <v>-17.5</v>
+      </c>
+      <c r="BW13" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX13" s="16">
         <v>-19.57</v>
       </c>
-      <c r="BW13" s="16">
+      <c r="BY13" s="16">
         <v>-25.47</v>
       </c>
-      <c r="BX13" s="16">
+      <c r="BZ13" s="16">
         <v>-10.59</v>
       </c>
-      <c r="BY13" s="16">
+      <c r="CA13" s="16">
         <v>-6.67</v>
       </c>
-      <c r="BZ13" s="16">
+      <c r="CB13" s="16">
         <v>-3.48</v>
       </c>
-      <c r="CA13" s="16">
+      <c r="CC13" s="16">
         <v>-6.12</v>
       </c>
-      <c r="CB13" s="16">
+      <c r="CD13" s="16">
         <v>-5.97</v>
       </c>
-      <c r="CC13" s="16">
+      <c r="CE13" s="16">
         <v>-2.4500000000000002</v>
       </c>
-      <c r="CD13" s="16">
+      <c r="CF13" s="16">
         <v>-11.14</v>
       </c>
-      <c r="CE13" s="16">
+      <c r="CG13" s="16">
         <v>-7.75</v>
       </c>
-      <c r="CF13" s="16">
+      <c r="CH13" s="16">
         <v>-13.46</v>
       </c>
-      <c r="CG13" s="16">
+      <c r="CI13" s="16">
         <v>-9.9</v>
       </c>
-      <c r="CH13" s="16">
+      <c r="CJ13" s="16">
         <v>1.82</v>
       </c>
-      <c r="CI13" s="16">
+      <c r="CK13" s="16">
         <v>-7.18</v>
       </c>
-      <c r="CJ13" s="16">
+      <c r="CL13" s="16">
         <v>3.31</v>
       </c>
-      <c r="CK13" s="16">
+      <c r="CM13" s="16">
         <v>-21.97</v>
       </c>
-      <c r="CL13" s="16">
+      <c r="CN13" s="16">
         <v>-8.26</v>
       </c>
-      <c r="CM13" s="16">
+      <c r="CO13" s="16">
         <v>-3.28</v>
       </c>
-      <c r="CN13" s="16">
+      <c r="CP13" s="16">
         <v>-10.5</v>
       </c>
-      <c r="CO13" s="16">
+      <c r="CQ13" s="16">
         <v>-18.600000000000001</v>
       </c>
-      <c r="CP13" s="16">
+      <c r="CR13" s="16">
         <v>-7.78</v>
       </c>
-      <c r="CQ13" s="16">
+      <c r="CS13" s="16">
         <v>-4.17</v>
       </c>
-      <c r="CR13" s="16">
+      <c r="CT13" s="16">
         <v>-8.8000000000000007</v>
       </c>
-      <c r="CS13" s="16">
+      <c r="CU13" s="16">
         <v>5.73</v>
       </c>
-      <c r="CT13" s="16">
+      <c r="CV13" s="16">
         <v>7.32</v>
       </c>
-      <c r="CU13" s="16">
+      <c r="CW13" s="16">
         <v>-0.74</v>
       </c>
-      <c r="CV13" s="16">
+      <c r="CX13" s="16">
         <v>-1.7</v>
       </c>
-      <c r="CW13" s="16">
+      <c r="CY13" s="16">
         <v>7.16</v>
       </c>
-      <c r="CX13" s="16">
+      <c r="CZ13" s="16">
         <v>2.2400000000000002</v>
       </c>
-      <c r="CY13" s="16">
+      <c r="DA13" s="16">
         <v>21.72</v>
       </c>
-      <c r="CZ13" s="16">
+      <c r="DB13" s="16">
         <v>14.89</v>
       </c>
-      <c r="DA13" s="16">
+      <c r="DC13" s="16">
         <v>-3.78</v>
       </c>
-      <c r="DB13" s="16">
+      <c r="DD13" s="16">
         <v>7.18</v>
       </c>
-      <c r="DC13" s="16">
+      <c r="DE13" s="16">
         <v>14.53</v>
       </c>
-      <c r="DD13" s="16">
+      <c r="DF13" s="16">
         <v>24.56</v>
       </c>
-      <c r="DE13" s="16">
+      <c r="DG13" s="16">
         <v>8.7200000000000006</v>
       </c>
-      <c r="DF13" s="16">
+      <c r="DH13" s="16">
         <v>7.58</v>
       </c>
-      <c r="DG13" s="16">
+      <c r="DI13" s="16">
         <v>15.29</v>
       </c>
-      <c r="DH13" s="16">
+      <c r="DJ13" s="16">
         <v>37</v>
       </c>
-      <c r="DI13" s="16">
+      <c r="DK13" s="16">
         <v>20.59</v>
       </c>
-      <c r="DJ13" s="16">
+      <c r="DL13" s="16">
         <v>8.65</v>
       </c>
-      <c r="DK13" s="16">
+      <c r="DM13" s="16">
         <v>12.54</v>
       </c>
-      <c r="DL13" s="16">
+      <c r="DN13" s="16">
         <v>-6.43</v>
       </c>
-      <c r="DM13" s="16">
+      <c r="DO13" s="16">
         <v>0.03</v>
       </c>
-      <c r="DN13" s="16">
+      <c r="DP13" s="16">
         <v>11.5</v>
       </c>
-      <c r="DO13" s="16">
+      <c r="DQ13" s="16">
         <v>-18.54</v>
       </c>
-      <c r="DP13" s="16">
+      <c r="DR13" s="16">
         <v>0.69</v>
       </c>
-      <c r="DQ13" s="16">
+      <c r="DS13" s="16">
         <v>29.52</v>
       </c>
-      <c r="DR13" s="16">
+      <c r="DT13" s="16">
         <v>7.28</v>
       </c>
-      <c r="DS13" s="16">
+      <c r="DU13" s="16">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="DT13" s="16">
+      <c r="DV13" s="16">
         <v>31.48</v>
       </c>
-      <c r="DU13" s="16">
+      <c r="DW13" s="16">
         <v>19.14</v>
       </c>
-      <c r="DV13" s="16">
+      <c r="DX13" s="16">
         <v>18.16</v>
       </c>
-      <c r="DW13" s="16">
+      <c r="DY13" s="16">
         <v>2.71</v>
       </c>
-      <c r="DX13" s="16">
+      <c r="DZ13" s="16">
         <v>34.549999999999997</v>
       </c>
-      <c r="DY13" s="16">
+      <c r="EA13" s="16">
         <v>36.299999999999997</v>
       </c>
-      <c r="DZ13" s="16">
+      <c r="EB13" s="16">
         <v>61.3</v>
       </c>
-      <c r="EA13" s="16">
+      <c r="EC13" s="16">
         <v>78.73</v>
       </c>
-      <c r="EB13" s="16">
+      <c r="ED13" s="16">
         <v>27.68</v>
       </c>
-      <c r="EC13" s="16">
+      <c r="EE13" s="16">
         <v>22.06</v>
       </c>
-      <c r="ED13" s="16">
+      <c r="EF13" s="16">
         <v>83.37</v>
       </c>
-      <c r="EE13" s="16">
+      <c r="EG13" s="16">
         <v>73.16</v>
       </c>
-      <c r="EF13" s="16">
+      <c r="EH13" s="16">
         <v>32.81</v>
       </c>
-      <c r="EG13" s="16">
+      <c r="EI13" s="16">
         <v>0.01</v>
       </c>
-      <c r="EH13" s="16">
+      <c r="EJ13" s="16">
         <v>-20.21</v>
       </c>
-      <c r="EI13" s="16">
+      <c r="EK13" s="16">
         <v>33.28</v>
       </c>
-      <c r="EJ13" s="16">
+      <c r="EL13" s="16">
         <v>35.159999999999997</v>
       </c>
-      <c r="EK13" s="16">
+      <c r="EM13" s="16">
         <v>26.04</v>
       </c>
-      <c r="EL13" s="16">
+      <c r="EN13" s="16">
         <v>30.96</v>
       </c>
-      <c r="EM13" s="16">
+      <c r="EO13" s="16">
         <v>32.57</v>
       </c>
-      <c r="EN13" s="16">
+      <c r="EP13" s="16">
         <v>7.12</v>
       </c>
-      <c r="EO13" s="16">
+      <c r="EQ13" s="16">
         <v>45.28</v>
       </c>
-      <c r="EP13" s="16">
+      <c r="ER13" s="16">
         <v>55.21</v>
       </c>
-      <c r="EQ13" s="16">
+      <c r="ES13" s="16">
         <v>44.34</v>
       </c>
-      <c r="ER13" s="16">
+      <c r="ET13" s="16">
         <v>45.16</v>
       </c>
-      <c r="ES13" s="16">
+      <c r="EU13" s="16">
         <v>76.849999999999994</v>
       </c>
-      <c r="ET13" s="16">
+      <c r="EV13" s="16">
         <v>28.38</v>
       </c>
-      <c r="EU13" s="16">
+      <c r="EW13" s="16">
         <v>45.16</v>
       </c>
-      <c r="EV13" s="16">
+      <c r="EX13" s="16">
         <v>35.479999999999997</v>
       </c>
-      <c r="EW13" s="16">
+      <c r="EY13" s="16">
         <v>29.7</v>
       </c>
-      <c r="EX13" s="16">
+      <c r="EZ13" s="16">
         <v>23.19</v>
       </c>
-      <c r="EY13" s="16">
+      <c r="FA13" s="16">
         <v>1.63</v>
       </c>
-      <c r="EZ13" s="16">
+      <c r="FB13" s="16">
         <v>12.37</v>
       </c>
-      <c r="FA13" s="16">
+      <c r="FC13" s="16">
         <v>-8.8800000000000008</v>
       </c>
-      <c r="FB13" s="16">
+      <c r="FD13" s="16">
         <v>23.65</v>
       </c>
-      <c r="FC13" s="16">
+      <c r="FE13" s="16">
         <v>33.85</v>
       </c>
-      <c r="FD13" s="16">
+      <c r="FF13" s="16">
         <v>26.86</v>
       </c>
-      <c r="FE13" s="16">
+      <c r="FG13" s="16">
         <v>-11.37</v>
       </c>
-      <c r="FF13" s="16">
+      <c r="FH13" s="16">
         <v>32.19</v>
       </c>
-      <c r="FG13" s="16">
+      <c r="FI13" s="16">
         <v>74.05</v>
       </c>
-      <c r="FH13" s="16">
+      <c r="FJ13" s="16">
         <v>105.17</v>
       </c>
-      <c r="FI13" s="16">
+      <c r="FK13" s="16">
         <v>100.05</v>
       </c>
-      <c r="FJ13" s="16">
+      <c r="FL13" s="16">
         <v>112.06</v>
       </c>
-      <c r="FK13" s="16">
+      <c r="FM13" s="16">
         <v>43.42</v>
       </c>
-      <c r="FL13" s="16">
+      <c r="FN13" s="16">
         <v>-53.57</v>
       </c>
-      <c r="FM13" s="16">
+      <c r="FO13" s="16">
         <v>64.89</v>
       </c>
-      <c r="FN13" s="16">
+      <c r="FP13" s="16">
         <v>115.82</v>
       </c>
-      <c r="FO13" s="16">
+      <c r="FQ13" s="16">
         <v>44.18</v>
       </c>
-      <c r="FP13" s="16">
+      <c r="FR13" s="16">
         <v>-883.46</v>
       </c>
-      <c r="FQ13" s="16">
+      <c r="FS13" s="16">
         <v>26.75</v>
       </c>
-      <c r="FR13" s="16">
+      <c r="FT13" s="16">
         <v>-9.25</v>
       </c>
-      <c r="FS13" s="16">
+      <c r="FU13" s="16">
         <v>43.77</v>
       </c>
-      <c r="FT13" s="16">
+      <c r="FV13" s="16">
         <v>28.68</v>
       </c>
-      <c r="FU13" s="16">
+      <c r="FW13" s="16">
         <v>-2.78</v>
       </c>
-      <c r="FV13" s="16">
+      <c r="FX13" s="16">
         <v>52.23</v>
       </c>
-      <c r="FW13" s="16">
+      <c r="FY13" s="16">
         <v>5.46</v>
       </c>
-      <c r="FX13" s="16">
+      <c r="FZ13" s="16">
         <v>36.93</v>
       </c>
-      <c r="FY13" s="16">
+      <c r="GA13" s="16">
         <v>65.72</v>
       </c>
-      <c r="FZ13" s="16">
+      <c r="GB13" s="16">
         <v>16.91</v>
       </c>
-      <c r="GA13" s="16">
+      <c r="GC13" s="16">
         <v>60.45</v>
       </c>
-      <c r="GB13" s="16">
+      <c r="GD13" s="16">
         <v>58.04</v>
       </c>
-      <c r="GC13" s="16">
+      <c r="GE13" s="16">
         <v>-61.99</v>
       </c>
-      <c r="GD13" s="16">
+      <c r="GF13" s="16">
         <v>23.1</v>
       </c>
-      <c r="GE13" s="16">
+      <c r="GG13" s="16">
         <v>52.92</v>
       </c>
-      <c r="GF13" s="16">
+      <c r="GH13" s="16">
         <v>55.74</v>
       </c>
-      <c r="GG13" s="16">
+      <c r="GI13" s="16">
         <v>50.02</v>
       </c>
-      <c r="GH13" s="16">
+      <c r="GJ13" s="16">
         <v>75.08</v>
       </c>
-      <c r="GI13" s="16">
+      <c r="GK13" s="16">
         <v>30.68</v>
       </c>
-      <c r="GJ13" s="16">
+      <c r="GL13" s="16">
         <v>6.16</v>
       </c>
-      <c r="GK13" s="16">
+      <c r="GM13" s="16">
         <v>-17.489999999999998</v>
       </c>
-      <c r="GL13" s="16">
+      <c r="GN13" s="16">
         <v>-19.16</v>
       </c>
-      <c r="GM13" s="16">
+      <c r="GO13" s="16">
         <v>-198.46</v>
       </c>
-      <c r="GN13" s="16">
+      <c r="GP13" s="16">
         <v>-133.63</v>
       </c>
-      <c r="GO13" s="16">
+      <c r="GQ13" s="16">
         <v>-26.15</v>
       </c>
-      <c r="GP13" s="16">
+      <c r="GR13" s="16">
         <v>152.13999999999999</v>
       </c>
-      <c r="GQ13" s="16">
+      <c r="GS13" s="16">
         <v>-149.07</v>
       </c>
-      <c r="GR13" s="16">
+      <c r="GT13" s="16">
         <v>-27.37</v>
       </c>
-      <c r="GS13" s="16">
+      <c r="GU13" s="16">
         <v>33.67</v>
       </c>
-      <c r="GT13" s="16">
+      <c r="GV13" s="16">
         <v>15.32</v>
       </c>
-      <c r="GU13" s="16">
+      <c r="GW13" s="16">
         <v>-21.99</v>
       </c>
-      <c r="GV13" s="16">
+      <c r="GX13" s="16">
         <v>30.77</v>
       </c>
-      <c r="GW13" s="16">
+      <c r="GY13" s="16">
         <v>-30.58</v>
       </c>
-      <c r="GX13" s="16">
+      <c r="GZ13" s="16">
         <v>-245.94</v>
       </c>
-      <c r="GY13" s="16">
+      <c r="HA13" s="16">
         <v>-78.2</v>
       </c>
-      <c r="GZ13" s="16">
+      <c r="HB13" s="16">
         <v>-75.040000000000006</v>
       </c>
-      <c r="HA13" s="16">
+      <c r="HC13" s="16">
         <v>-30.56</v>
       </c>
-      <c r="HB13" s="16">
+      <c r="HD13" s="16">
         <v>27.62</v>
       </c>
-      <c r="HC13" s="16">
+      <c r="HE13" s="16">
         <v>33.950000000000003</v>
       </c>
-      <c r="HD13" s="16">
+      <c r="HF13" s="16">
         <v>38.93</v>
       </c>
-      <c r="HE13" s="16">
+      <c r="HG13" s="16">
         <v>2.39</v>
       </c>
-      <c r="HF13" s="16">
+      <c r="HH13" s="16">
         <v>24.99</v>
       </c>
-      <c r="HG13" s="16">
+      <c r="HI13" s="16">
         <v>46.66</v>
       </c>
-      <c r="HH13" s="16">
+      <c r="HJ13" s="16">
         <v>432.33</v>
       </c>
-      <c r="HI13" s="16">
+      <c r="HK13" s="16">
         <v>96.07</v>
       </c>
-      <c r="HJ13" s="16">
+      <c r="HL13" s="16">
         <v>44.96</v>
       </c>
-      <c r="HK13" s="16">
+      <c r="HM13" s="16">
         <v>-38.020000000000003</v>
       </c>
-      <c r="HL13" s="16">
+      <c r="HN13" s="16">
         <v>51.56</v>
       </c>
-      <c r="HM13" s="16">
+      <c r="HO13" s="16">
         <v>-9.9</v>
       </c>
-      <c r="HN13" s="16">
+      <c r="HP13" s="16">
         <v>21.18</v>
       </c>
-      <c r="HO13" s="16">
+      <c r="HQ13" s="16">
         <v>8.02</v>
       </c>
-      <c r="HP13" s="16">
+      <c r="HR13" s="16">
         <v>15.54</v>
       </c>
-      <c r="HQ13" s="16">
+      <c r="HS13" s="16">
         <v>26.24</v>
       </c>
-      <c r="HR13" s="16">
+      <c r="HT13" s="16">
         <v>26.09</v>
       </c>
-      <c r="HS13" s="16">
+      <c r="HU13" s="16">
         <v>22.59</v>
       </c>
-      <c r="HT13" s="16">
+      <c r="HV13" s="16">
         <v>49.45</v>
       </c>
-      <c r="HU13" s="16">
+      <c r="HW13" s="16">
         <v>16.59</v>
       </c>
-      <c r="HV13" s="16">
+      <c r="HX13" s="16">
         <v>22.74</v>
       </c>
-      <c r="HW13" s="16">
+      <c r="HY13" s="16">
         <v>10.6</v>
       </c>
-      <c r="HX13" s="16">
+      <c r="HZ13" s="16">
         <v>13.2</v>
       </c>
-      <c r="HY13" s="16">
+      <c r="IA13" s="16">
         <v>-57.3</v>
       </c>
-      <c r="HZ13" s="16">
+      <c r="IB13" s="16">
         <v>11.64</v>
       </c>
-      <c r="IA13" s="16">
+      <c r="IC13" s="16">
         <v>37.44</v>
       </c>
-      <c r="IB13" s="16">
+      <c r="ID13" s="16">
         <v>22.33</v>
       </c>
-      <c r="IC13" s="16">
+      <c r="IE13" s="16">
         <v>41.5</v>
       </c>
-      <c r="ID13" s="16">
+      <c r="IF13" s="16">
         <v>26.7</v>
       </c>
-      <c r="IE13" s="16">
+      <c r="IG13" s="16">
         <v>19.64</v>
       </c>
-      <c r="IF13" s="16">
+      <c r="IH13" s="16">
         <v>-73.73</v>
       </c>
+      <c r="II13" s="16">
+        <v>36.590000000000003</v>
+      </c>
     </row>
-    <row r="14" spans="2:240" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:243" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1">
         <v>0</v>
       </c>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1"/>
       <c r="AN14" s="1"/>
       <c r="AO14" s="1"/>
       <c r="AP14" s="1"/>
-      <c r="AQ14" s="2"/>
+      <c r="AQ14" s="1"/>
       <c r="AR14" s="2"/>
       <c r="AS14" s="2"/>
       <c r="AT14" s="2"/>
       <c r="AU14" s="2"/>
       <c r="AV14" s="2"/>
       <c r="AW14" s="2"/>
       <c r="AX14" s="2"/>
       <c r="AY14" s="2"/>
       <c r="AZ14" s="2"/>
       <c r="BA14" s="2"/>
       <c r="BB14" s="2"/>
       <c r="BC14" s="2"/>
       <c r="BD14" s="2"/>
       <c r="BE14" s="2"/>
       <c r="BF14" s="2"/>
       <c r="BG14" s="2"/>
       <c r="BH14" s="2"/>
       <c r="BI14" s="2"/>
       <c r="BJ14" s="2"/>
       <c r="BK14" s="2"/>
       <c r="BL14" s="2"/>
       <c r="BM14" s="2"/>
       <c r="BN14" s="2"/>
       <c r="BO14" s="2"/>
       <c r="BP14" s="2"/>
       <c r="BQ14" s="2"/>
       <c r="BR14" s="2"/>
       <c r="BS14" s="2"/>
       <c r="BT14" s="2"/>
-      <c r="BU14" s="1"/>
-      <c r="BV14" s="1"/>
+      <c r="BU14" s="2"/>
+      <c r="BV14" s="2"/>
       <c r="BW14" s="1"/>
       <c r="BX14" s="1"/>
       <c r="BY14" s="1"/>
       <c r="BZ14" s="1"/>
       <c r="CA14" s="1"/>
       <c r="CB14" s="1"/>
       <c r="CC14" s="1"/>
       <c r="CD14" s="1"/>
       <c r="CE14" s="1"/>
       <c r="CF14" s="1"/>
       <c r="CG14" s="1"/>
       <c r="CH14" s="1"/>
       <c r="CI14" s="1"/>
       <c r="CJ14" s="1"/>
       <c r="CK14" s="1"/>
       <c r="CL14" s="1"/>
       <c r="CM14" s="1"/>
       <c r="CN14" s="1"/>
       <c r="CO14" s="1"/>
       <c r="CP14" s="1"/>
       <c r="CQ14" s="1"/>
       <c r="CR14" s="1"/>
       <c r="CS14" s="1"/>
       <c r="CT14" s="1"/>
       <c r="CU14" s="1"/>
@@ -6599,52 +6673,52 @@
       <c r="DQ14" s="1"/>
       <c r="DR14" s="1"/>
       <c r="DS14" s="1"/>
       <c r="DT14" s="1"/>
       <c r="DU14" s="1"/>
       <c r="DV14" s="1"/>
       <c r="DW14" s="1"/>
       <c r="DX14" s="1"/>
       <c r="DY14" s="1"/>
       <c r="DZ14" s="1"/>
       <c r="EA14" s="1"/>
       <c r="EB14" s="1"/>
       <c r="EC14" s="1"/>
       <c r="ED14" s="1"/>
       <c r="EE14" s="1"/>
       <c r="EF14" s="1"/>
       <c r="EG14" s="1"/>
       <c r="EH14" s="1"/>
       <c r="EI14" s="1"/>
       <c r="EJ14" s="1"/>
       <c r="EK14" s="1"/>
       <c r="EL14" s="1"/>
       <c r="EM14" s="1"/>
       <c r="EN14" s="1"/>
       <c r="EO14" s="1"/>
-      <c r="EP14" s="2"/>
-      <c r="EQ14" s="2"/>
+      <c r="EP14" s="1"/>
+      <c r="EQ14" s="1"/>
       <c r="ER14" s="2"/>
       <c r="ES14" s="2"/>
       <c r="ET14" s="2"/>
       <c r="EU14" s="2"/>
       <c r="EV14" s="2"/>
       <c r="EW14" s="2"/>
       <c r="EX14" s="2"/>
       <c r="EY14" s="2"/>
       <c r="EZ14" s="2"/>
       <c r="FA14" s="2"/>
       <c r="FB14" s="2"/>
       <c r="FC14" s="2"/>
       <c r="FD14" s="2"/>
       <c r="FE14" s="2"/>
       <c r="FF14" s="2"/>
       <c r="FG14" s="2"/>
       <c r="FH14" s="2"/>
       <c r="FI14" s="2"/>
       <c r="FJ14" s="2"/>
       <c r="FK14" s="2"/>
       <c r="FL14" s="2"/>
       <c r="FM14" s="2"/>
       <c r="FN14" s="2"/>
       <c r="FO14" s="2"/>
       <c r="FP14" s="2"/>
@@ -6694,2238 +6768,2268 @@
       <c r="HH14" s="2"/>
       <c r="HI14" s="2"/>
       <c r="HJ14" s="2"/>
       <c r="HK14" s="2"/>
       <c r="HL14" s="2"/>
       <c r="HM14" s="2"/>
       <c r="HN14" s="2"/>
       <c r="HO14" s="2"/>
       <c r="HP14" s="2"/>
       <c r="HQ14" s="2"/>
       <c r="HR14" s="2"/>
       <c r="HS14" s="2"/>
       <c r="HT14" s="2"/>
       <c r="HU14" s="2"/>
       <c r="HV14" s="2"/>
       <c r="HW14" s="2"/>
       <c r="HX14" s="2"/>
       <c r="HY14" s="2"/>
       <c r="HZ14" s="2"/>
       <c r="IA14" s="2"/>
       <c r="IB14" s="2"/>
       <c r="IC14" s="2"/>
       <c r="ID14" s="2"/>
       <c r="IE14" s="2"/>
       <c r="IF14" s="2"/>
+      <c r="IG14" s="2"/>
+      <c r="IH14" s="2"/>
+      <c r="II14" s="2"/>
     </row>
-    <row r="15" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D15" s="7">
         <v>-114.77</v>
       </c>
       <c r="E15" s="7">
         <v>-64.45</v>
       </c>
       <c r="F15" s="7">
         <v>102.78</v>
       </c>
       <c r="G15" s="7">
         <v>126.8</v>
       </c>
       <c r="H15" s="7">
         <v>347.06</v>
       </c>
       <c r="I15" s="7">
         <v>382.04</v>
       </c>
       <c r="J15" s="7">
         <v>383.46</v>
       </c>
       <c r="K15" s="7">
         <v>555.63</v>
       </c>
       <c r="L15" s="7">
         <v>-475.85</v>
       </c>
       <c r="M15" s="7">
         <v>352.97</v>
       </c>
       <c r="N15" s="7">
         <v>-384.23</v>
       </c>
       <c r="O15" s="7">
         <v>267.44999999999993</v>
       </c>
       <c r="P15" s="7">
         <v>252.26</v>
       </c>
-      <c r="Q15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R15" s="7">
+      <c r="Q15" s="7">
+        <v>114.41999999999999</v>
+      </c>
+      <c r="R15" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="S15" s="7">
         <v>-57.18</v>
       </c>
-      <c r="S15" s="7">
+      <c r="T15" s="7">
         <v>-13.61</v>
       </c>
-      <c r="T15" s="7">
+      <c r="U15" s="7">
         <v>-14.01</v>
       </c>
-      <c r="U15" s="7">
+      <c r="V15" s="7">
         <v>-29.96</v>
       </c>
-      <c r="V15" s="7">
+      <c r="W15" s="7">
         <v>-1.99</v>
       </c>
-      <c r="W15" s="7">
+      <c r="X15" s="7">
         <v>-23.6</v>
       </c>
-      <c r="X15" s="7">
+      <c r="Y15" s="7">
         <v>-32</v>
       </c>
-      <c r="Y15" s="7">
+      <c r="Z15" s="7">
         <v>-6.86</v>
       </c>
-      <c r="Z15" s="7">
+      <c r="AA15" s="7">
         <v>3.94</v>
       </c>
-      <c r="AA15" s="7">
+      <c r="AB15" s="7">
         <v>30.99</v>
       </c>
-      <c r="AB15" s="7">
+      <c r="AC15" s="7">
         <v>23.18</v>
       </c>
-      <c r="AC15" s="7">
+      <c r="AD15" s="7">
         <v>44.67</v>
       </c>
-      <c r="AD15" s="7">
+      <c r="AE15" s="7">
         <v>60.5</v>
       </c>
-      <c r="AE15" s="7">
+      <c r="AF15" s="7">
         <v>42.97</v>
       </c>
-      <c r="AF15" s="7">
+      <c r="AG15" s="7">
         <v>6.39</v>
       </c>
-      <c r="AG15" s="7">
+      <c r="AH15" s="7">
         <v>16.940000000000001</v>
       </c>
-      <c r="AH15" s="7">
+      <c r="AI15" s="7">
         <v>31.46</v>
       </c>
-      <c r="AI15" s="7">
+      <c r="AJ15" s="7">
         <v>41.43</v>
       </c>
-      <c r="AJ15" s="7">
+      <c r="AK15" s="7">
         <v>133.02000000000001</v>
       </c>
-      <c r="AK15" s="7">
+      <c r="AL15" s="7">
         <v>141.15</v>
       </c>
-      <c r="AL15" s="7">
+      <c r="AM15" s="7">
         <v>193.25</v>
       </c>
-      <c r="AM15" s="7">
+      <c r="AN15" s="7">
         <v>13.35</v>
       </c>
-      <c r="AN15" s="7">
+      <c r="AO15" s="7">
         <v>89.96</v>
       </c>
-      <c r="AO15" s="7">
+      <c r="AP15" s="7">
         <v>85.48</v>
       </c>
-      <c r="AP15" s="7">
+      <c r="AQ15" s="7">
         <v>145.07</v>
       </c>
-      <c r="AQ15" s="8">
+      <c r="AR15" s="8">
         <v>148.49</v>
       </c>
-      <c r="AR15" s="8">
+      <c r="AS15" s="8">
         <v>86.63</v>
       </c>
-      <c r="AS15" s="8">
+      <c r="AT15" s="8">
         <v>3.28</v>
       </c>
-      <c r="AT15" s="8">
+      <c r="AU15" s="8">
         <v>88.67</v>
       </c>
-      <c r="AU15" s="8">
+      <c r="AV15" s="8">
         <v>92.87</v>
       </c>
-      <c r="AV15" s="8">
+      <c r="AW15" s="8">
         <v>317.72000000000003</v>
       </c>
-      <c r="AW15" s="8">
+      <c r="AX15" s="8">
         <v>56.37</v>
       </c>
-      <c r="AX15" s="8">
+      <c r="AY15" s="8">
         <v>-730.77</v>
       </c>
-      <c r="AY15" s="8">
+      <c r="AZ15" s="8">
         <v>63.48</v>
       </c>
-      <c r="AZ15" s="8">
+      <c r="BA15" s="8">
         <v>80.72</v>
       </c>
-      <c r="BA15" s="8">
+      <c r="BB15" s="8">
         <v>110.71</v>
       </c>
-      <c r="BB15" s="8">
+      <c r="BC15" s="8">
         <v>140.41999999999999</v>
       </c>
-      <c r="BC15" s="8">
+      <c r="BD15" s="8">
         <v>12.56</v>
       </c>
-      <c r="BD15" s="8">
+      <c r="BE15" s="8">
         <v>180.91</v>
       </c>
-      <c r="BE15" s="8">
+      <c r="BF15" s="8">
         <v>19.07</v>
       </c>
-      <c r="BF15" s="8">
+      <c r="BG15" s="8">
         <v>-351.95</v>
       </c>
-      <c r="BG15" s="8">
+      <c r="BH15" s="8">
         <v>-27.51</v>
       </c>
-      <c r="BH15" s="8">
+      <c r="BI15" s="8">
         <v>26.699999999999996</v>
       </c>
-      <c r="BI15" s="8">
+      <c r="BJ15" s="8">
         <v>-31.45</v>
       </c>
-      <c r="BJ15" s="8">
+      <c r="BK15" s="8">
         <v>-396.1</v>
       </c>
-      <c r="BK15" s="8">
+      <c r="BL15" s="8">
         <v>25.360000000000003</v>
       </c>
-      <c r="BL15" s="8">
+      <c r="BM15" s="8">
         <v>60.849999999999994</v>
       </c>
-      <c r="BM15" s="8">
+      <c r="BN15" s="8">
         <v>577.33999999999992</v>
       </c>
-      <c r="BN15" s="8">
+      <c r="BO15" s="8">
         <v>70.849999999999994</v>
       </c>
-      <c r="BO15" s="8">
+      <c r="BP15" s="8">
         <v>5.59</v>
       </c>
-      <c r="BP15" s="8">
+      <c r="BQ15" s="8">
         <v>80.7</v>
       </c>
-      <c r="BQ15" s="8">
+      <c r="BR15" s="8">
         <v>95.12</v>
       </c>
-      <c r="BR15" s="8">
+      <c r="BS15" s="8">
         <v>47.64</v>
       </c>
-      <c r="BS15" s="8">
+      <c r="BT15" s="8">
         <v>-8.6999999999999993</v>
       </c>
-      <c r="BT15" s="8">
+      <c r="BU15" s="8">
         <v>98.329999999999984</v>
       </c>
-      <c r="BU15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV15" s="7">
+      <c r="BV15" s="8">
+        <v>-22.85</v>
+      </c>
+      <c r="BW15" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX15" s="7">
         <v>-18.12</v>
       </c>
-      <c r="BW15" s="7">
+      <c r="BY15" s="7">
         <v>-27.57</v>
       </c>
-      <c r="BX15" s="7">
+      <c r="BZ15" s="7">
         <v>-11.5</v>
       </c>
-      <c r="BY15" s="7">
+      <c r="CA15" s="7">
         <v>-7.96</v>
       </c>
-      <c r="BZ15" s="7">
+      <c r="CB15" s="7">
         <v>-3.19</v>
       </c>
-      <c r="CA15" s="7">
+      <c r="CC15" s="7">
         <v>-2.46</v>
       </c>
-      <c r="CB15" s="7">
+      <c r="CD15" s="7">
         <v>-6</v>
       </c>
-      <c r="CC15" s="7">
+      <c r="CE15" s="7">
         <v>-2.11</v>
       </c>
-      <c r="CD15" s="7">
+      <c r="CF15" s="7">
         <v>-5.9</v>
       </c>
-      <c r="CE15" s="7">
+      <c r="CG15" s="7">
         <v>-8.5</v>
       </c>
-      <c r="CF15" s="7">
+      <c r="CH15" s="7">
         <v>-13.46</v>
       </c>
-      <c r="CG15" s="7">
+      <c r="CI15" s="7">
         <v>-8.01</v>
       </c>
-      <c r="CH15" s="7">
+      <c r="CJ15" s="7">
         <v>1.3</v>
       </c>
-      <c r="CI15" s="7">
+      <c r="CK15" s="7">
         <v>-6.55</v>
       </c>
-      <c r="CJ15" s="7">
+      <c r="CL15" s="7">
         <v>3.26</v>
       </c>
-      <c r="CK15" s="7">
+      <c r="CM15" s="7">
         <v>-8.39</v>
       </c>
-      <c r="CL15" s="7">
+      <c r="CN15" s="7">
         <v>-8.89</v>
       </c>
-      <c r="CM15" s="7">
+      <c r="CO15" s="7">
         <v>-6.33</v>
       </c>
-      <c r="CN15" s="7">
+      <c r="CP15" s="7">
         <v>-9.14</v>
       </c>
-      <c r="CO15" s="7">
+      <c r="CQ15" s="7">
         <v>-16.04</v>
       </c>
-      <c r="CP15" s="7">
+      <c r="CR15" s="7">
         <v>-6.82</v>
       </c>
-      <c r="CQ15" s="7">
+      <c r="CS15" s="7">
         <v>-4.18</v>
       </c>
-      <c r="CR15" s="7">
+      <c r="CT15" s="7">
         <v>-8.3000000000000007</v>
       </c>
-      <c r="CS15" s="7">
+      <c r="CU15" s="7">
         <v>5.62</v>
       </c>
-      <c r="CT15" s="7">
+      <c r="CV15" s="7">
         <v>7.01</v>
       </c>
-      <c r="CU15" s="7">
+      <c r="CW15" s="7">
         <v>-1.04</v>
       </c>
-      <c r="CV15" s="7">
+      <c r="CX15" s="7">
         <v>-2.0299999999999998</v>
       </c>
-      <c r="CW15" s="7">
+      <c r="CY15" s="7">
         <v>7.38</v>
       </c>
-      <c r="CX15" s="7">
+      <c r="CZ15" s="7">
         <v>3</v>
       </c>
-      <c r="CY15" s="7">
+      <c r="DA15" s="7">
         <v>20.6</v>
       </c>
-      <c r="CZ15" s="7">
+      <c r="DB15" s="7">
         <v>15.99</v>
       </c>
-      <c r="DA15" s="7">
+      <c r="DC15" s="7">
         <v>-2.21</v>
       </c>
-      <c r="DB15" s="7">
+      <c r="DD15" s="7">
         <v>9.4</v>
       </c>
-      <c r="DC15" s="7">
+      <c r="DE15" s="7">
         <v>13.16</v>
       </c>
-      <c r="DD15" s="7">
+      <c r="DF15" s="7">
         <v>23.44</v>
       </c>
-      <c r="DE15" s="7">
+      <c r="DG15" s="7">
         <v>8.07</v>
       </c>
-      <c r="DF15" s="7">
+      <c r="DH15" s="7">
         <v>8.7100000000000009</v>
       </c>
-      <c r="DG15" s="7">
+      <c r="DI15" s="7">
         <v>15.01</v>
       </c>
-      <c r="DH15" s="7">
+      <c r="DJ15" s="7">
         <v>36.79</v>
       </c>
-      <c r="DI15" s="7">
+      <c r="DK15" s="7">
         <v>22.53</v>
       </c>
-      <c r="DJ15" s="7">
+      <c r="DL15" s="7">
         <v>7.99</v>
       </c>
-      <c r="DK15" s="7">
+      <c r="DM15" s="7">
         <v>12.45</v>
       </c>
-      <c r="DL15" s="7">
+      <c r="DN15" s="7">
         <v>-6.29</v>
       </c>
-      <c r="DM15" s="7">
+      <c r="DO15" s="7">
         <v>-1.27</v>
       </c>
-      <c r="DN15" s="7">
+      <c r="DP15" s="7">
         <v>13.95</v>
       </c>
-      <c r="DO15" s="7">
+      <c r="DQ15" s="7">
         <v>-15.73</v>
       </c>
-      <c r="DP15" s="7">
+      <c r="DR15" s="7">
         <v>0.14000000000000001</v>
       </c>
-      <c r="DQ15" s="7">
+      <c r="DS15" s="7">
         <v>32.54</v>
       </c>
-      <c r="DR15" s="7">
+      <c r="DT15" s="7">
         <v>6.39</v>
       </c>
-      <c r="DS15" s="7">
+      <c r="DU15" s="7">
         <v>-0.73</v>
       </c>
-      <c r="DT15" s="7">
+      <c r="DV15" s="7">
         <v>25.79</v>
       </c>
-      <c r="DU15" s="7">
+      <c r="DW15" s="7">
         <v>19.79</v>
       </c>
-      <c r="DV15" s="7">
+      <c r="DX15" s="7">
         <v>21.35</v>
       </c>
-      <c r="DW15" s="7">
+      <c r="DY15" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="DX15" s="7">
+      <c r="DZ15" s="7">
         <v>34.44</v>
       </c>
-      <c r="DY15" s="7">
+      <c r="EA15" s="7">
         <v>37.28</v>
       </c>
-      <c r="DZ15" s="7">
+      <c r="EB15" s="7">
         <v>61.3</v>
       </c>
-      <c r="EA15" s="7">
+      <c r="EC15" s="7">
         <v>79.44</v>
       </c>
-      <c r="EB15" s="7">
+      <c r="ED15" s="7">
         <v>28.24</v>
       </c>
-      <c r="EC15" s="7">
+      <c r="EE15" s="7">
         <v>33.47</v>
       </c>
-      <c r="ED15" s="7">
+      <c r="EF15" s="7">
         <v>86.93</v>
       </c>
-      <c r="EE15" s="7">
+      <c r="EG15" s="7">
         <v>74.89</v>
       </c>
-      <c r="EF15" s="7">
+      <c r="EH15" s="7">
         <v>31.43</v>
       </c>
-      <c r="EG15" s="7">
+      <c r="EI15" s="7">
         <v>1.19</v>
       </c>
-      <c r="EH15" s="7">
+      <c r="EJ15" s="7">
         <v>-18.03</v>
       </c>
-      <c r="EI15" s="7">
+      <c r="EK15" s="7">
         <v>30.18</v>
       </c>
-      <c r="EJ15" s="7">
+      <c r="EL15" s="7">
         <v>32.9</v>
       </c>
-      <c r="EK15" s="7">
+      <c r="EM15" s="7">
         <v>26.42</v>
       </c>
-      <c r="EL15" s="7">
+      <c r="EN15" s="7">
         <v>30.65</v>
       </c>
-      <c r="EM15" s="7">
+      <c r="EO15" s="7">
         <v>32.94</v>
       </c>
-      <c r="EN15" s="7">
+      <c r="EP15" s="7">
         <v>7.54</v>
       </c>
-      <c r="EO15" s="7">
+      <c r="EQ15" s="7">
         <v>45</v>
       </c>
-      <c r="EP15" s="9">
+      <c r="ER15" s="9">
         <v>56.07</v>
       </c>
-      <c r="EQ15" s="9">
+      <c r="ES15" s="9">
         <v>44.25</v>
       </c>
-      <c r="ER15" s="9">
+      <c r="ET15" s="9">
         <v>44.75</v>
       </c>
-      <c r="ES15" s="9">
+      <c r="EU15" s="9">
         <v>77.489999999999995</v>
       </c>
-      <c r="ET15" s="9">
+      <c r="EV15" s="9">
         <v>28.26</v>
       </c>
-      <c r="EU15" s="9">
+      <c r="EW15" s="9">
         <v>42.74</v>
       </c>
-      <c r="EV15" s="9">
+      <c r="EX15" s="9">
         <v>34.04</v>
       </c>
-      <c r="EW15" s="9">
+      <c r="EY15" s="9">
         <v>29.39</v>
       </c>
-      <c r="EX15" s="9">
+      <c r="EZ15" s="9">
         <v>23.2</v>
       </c>
-      <c r="EY15" s="9">
+      <c r="FA15" s="9">
         <v>0.59</v>
       </c>
-      <c r="EZ15" s="9">
+      <c r="FB15" s="9">
         <v>12.36</v>
       </c>
-      <c r="FA15" s="9">
+      <c r="FC15" s="9">
         <v>-9.67</v>
       </c>
-      <c r="FB15" s="9">
+      <c r="FD15" s="9">
         <v>25.64</v>
       </c>
-      <c r="FC15" s="9">
+      <c r="FE15" s="9">
         <v>34.729999999999997</v>
       </c>
-      <c r="FD15" s="9">
+      <c r="FF15" s="9">
         <v>28.3</v>
       </c>
-      <c r="FE15" s="9">
+      <c r="FG15" s="9">
         <v>-9.9700000000000006</v>
       </c>
-      <c r="FF15" s="9">
+      <c r="FH15" s="9">
         <v>31.95</v>
       </c>
-      <c r="FG15" s="9">
+      <c r="FI15" s="9">
         <v>70.89</v>
       </c>
-      <c r="FH15" s="9">
+      <c r="FJ15" s="9">
         <v>103.6</v>
       </c>
-      <c r="FI15" s="9">
+      <c r="FK15" s="9">
         <v>99.53</v>
       </c>
-      <c r="FJ15" s="9">
+      <c r="FL15" s="9">
         <v>114.59</v>
       </c>
-      <c r="FK15" s="9">
+      <c r="FM15" s="9">
         <v>43.71</v>
       </c>
-      <c r="FL15" s="9">
+      <c r="FN15" s="9">
         <v>-52.72</v>
       </c>
-      <c r="FM15" s="9">
+      <c r="FO15" s="9">
         <v>65.39</v>
       </c>
-      <c r="FN15" s="9">
+      <c r="FP15" s="9">
         <v>116.26</v>
       </c>
-      <c r="FO15" s="9">
+      <c r="FQ15" s="9">
         <v>42.58</v>
       </c>
-      <c r="FP15" s="9">
+      <c r="FR15" s="9">
         <v>-889.62</v>
       </c>
-      <c r="FQ15" s="9">
+      <c r="FS15" s="9">
         <v>28.48</v>
       </c>
-      <c r="FR15" s="9">
+      <c r="FT15" s="9">
         <v>-8.7899999999999991</v>
       </c>
-      <c r="FS15" s="9">
+      <c r="FU15" s="9">
         <v>43.79</v>
       </c>
-      <c r="FT15" s="9">
+      <c r="FV15" s="9">
         <v>28.64</v>
       </c>
-      <c r="FU15" s="9">
+      <c r="FW15" s="9">
         <v>-0.65</v>
       </c>
-      <c r="FV15" s="9">
+      <c r="FX15" s="9">
         <v>52.73</v>
       </c>
-      <c r="FW15" s="9">
+      <c r="FY15" s="9">
         <v>4.5999999999999996</v>
       </c>
-      <c r="FX15" s="9">
+      <c r="FZ15" s="9">
         <v>39.43</v>
       </c>
-      <c r="FY15" s="9">
+      <c r="GA15" s="9">
         <v>66.680000000000007</v>
       </c>
-      <c r="FZ15" s="9">
+      <c r="GB15" s="9">
         <v>18.940000000000001</v>
       </c>
-      <c r="GA15" s="9">
+      <c r="GC15" s="9">
         <v>62.03</v>
       </c>
-      <c r="GB15" s="9">
+      <c r="GD15" s="9">
         <v>59.45</v>
       </c>
-      <c r="GC15" s="9">
+      <c r="GE15" s="9">
         <v>-60.51</v>
       </c>
-      <c r="GD15" s="9">
+      <c r="GF15" s="9">
         <v>23.52</v>
       </c>
-      <c r="GE15" s="9">
+      <c r="GG15" s="9">
         <v>49.55</v>
       </c>
-      <c r="GF15" s="9">
+      <c r="GH15" s="9">
         <v>54.6</v>
       </c>
-      <c r="GG15" s="9">
+      <c r="GI15" s="9">
         <v>50.66</v>
       </c>
-      <c r="GH15" s="9">
+      <c r="GJ15" s="9">
         <v>75.650000000000006</v>
       </c>
-      <c r="GI15" s="9">
+      <c r="GK15" s="9">
         <v>30.05</v>
       </c>
-      <c r="GJ15" s="9">
+      <c r="GL15" s="9">
         <v>6.25</v>
       </c>
-      <c r="GK15" s="9">
+      <c r="GM15" s="9">
         <v>-17.22</v>
       </c>
-      <c r="GL15" s="9">
+      <c r="GN15" s="9">
         <v>-18.53</v>
       </c>
-      <c r="GM15" s="9">
+      <c r="GO15" s="9">
         <v>-201.81</v>
       </c>
-      <c r="GN15" s="9">
+      <c r="GP15" s="9">
         <v>-131.62</v>
       </c>
-      <c r="GO15" s="9">
+      <c r="GQ15" s="9">
         <v>-27.21</v>
       </c>
-      <c r="GP15" s="9">
+      <c r="GR15" s="9">
         <v>152.97999999999999</v>
       </c>
-      <c r="GQ15" s="9">
+      <c r="GS15" s="9">
         <v>-153.29</v>
       </c>
-      <c r="GR15" s="9">
+      <c r="GT15" s="9">
         <v>-19.170000000000002</v>
       </c>
-      <c r="GS15" s="9">
+      <c r="GU15" s="9">
         <v>33</v>
       </c>
-      <c r="GT15" s="9">
+      <c r="GV15" s="9">
         <v>12.87</v>
       </c>
-      <c r="GU15" s="9">
+      <c r="GW15" s="9">
         <v>-20.91</v>
       </c>
-      <c r="GV15" s="9">
+      <c r="GX15" s="9">
         <v>25.92</v>
       </c>
-      <c r="GW15" s="9">
+      <c r="GY15" s="9">
         <v>-36.46</v>
       </c>
-      <c r="GX15" s="9">
+      <c r="GZ15" s="9">
         <v>-243.27</v>
       </c>
-      <c r="GY15" s="9">
+      <c r="HA15" s="9">
         <v>-75.849999999999994</v>
       </c>
-      <c r="GZ15" s="9">
+      <c r="HB15" s="9">
         <v>-76.98</v>
       </c>
-      <c r="HA15" s="9">
+      <c r="HC15" s="9">
         <v>-29.86</v>
       </c>
-      <c r="HB15" s="9">
+      <c r="HD15" s="9">
         <v>21.27</v>
       </c>
-      <c r="HC15" s="9">
+      <c r="HE15" s="9">
         <v>33.950000000000003</v>
       </c>
-      <c r="HD15" s="9">
+      <c r="HF15" s="9">
         <v>37.58</v>
       </c>
-      <c r="HE15" s="9">
+      <c r="HG15" s="9">
         <v>3.83</v>
       </c>
-      <c r="HF15" s="9">
+      <c r="HH15" s="9">
         <v>19.440000000000001</v>
       </c>
-      <c r="HG15" s="9">
+      <c r="HI15" s="9">
         <v>46.01</v>
       </c>
-      <c r="HH15" s="9">
+      <c r="HJ15" s="9">
         <v>434.71</v>
       </c>
-      <c r="HI15" s="9">
+      <c r="HK15" s="9">
         <v>96.62</v>
       </c>
-      <c r="HJ15" s="9">
+      <c r="HL15" s="9">
         <v>31.09</v>
       </c>
-      <c r="HK15" s="9">
+      <c r="HM15" s="9">
         <v>-14.92</v>
       </c>
-      <c r="HL15" s="9">
+      <c r="HN15" s="9">
         <v>54.68</v>
       </c>
-      <c r="HM15" s="9">
+      <c r="HO15" s="9">
         <v>-10.14</v>
       </c>
-      <c r="HN15" s="9">
+      <c r="HP15" s="9">
         <v>9.81</v>
       </c>
-      <c r="HO15" s="9">
+      <c r="HQ15" s="9">
         <v>5.92</v>
       </c>
-      <c r="HP15" s="9">
+      <c r="HR15" s="9">
         <v>28.76</v>
       </c>
-      <c r="HQ15" s="9">
+      <c r="HS15" s="9">
         <v>26.02</v>
       </c>
-      <c r="HR15" s="9">
+      <c r="HT15" s="9">
         <v>25.92</v>
       </c>
-      <c r="HS15" s="9">
+      <c r="HU15" s="9">
         <v>28.49</v>
       </c>
-      <c r="HT15" s="9">
+      <c r="HV15" s="9">
         <v>49.03</v>
       </c>
-      <c r="HU15" s="9">
+      <c r="HW15" s="9">
         <v>17.600000000000001</v>
       </c>
-      <c r="HV15" s="9">
+      <c r="HX15" s="9">
         <v>37.880000000000003</v>
       </c>
-      <c r="HW15" s="9">
+      <c r="HY15" s="9">
         <v>3.49</v>
       </c>
-      <c r="HX15" s="9">
+      <c r="HZ15" s="9">
         <v>6.27</v>
       </c>
-      <c r="HY15" s="9">
+      <c r="IA15" s="9">
         <v>-56.6</v>
       </c>
-      <c r="HZ15" s="9">
+      <c r="IB15" s="9">
         <v>19.63</v>
       </c>
-      <c r="IA15" s="9">
+      <c r="IC15" s="9">
         <v>28.27</v>
       </c>
-      <c r="IB15" s="9">
+      <c r="ID15" s="9">
         <v>27.14</v>
       </c>
-      <c r="IC15" s="9">
+      <c r="IE15" s="9">
         <v>42.15</v>
       </c>
-      <c r="ID15" s="9">
+      <c r="IF15" s="9">
         <v>29.04</v>
       </c>
-      <c r="IE15" s="9">
+      <c r="IG15" s="9">
         <v>25.07</v>
       </c>
-      <c r="IF15" s="9">
+      <c r="IH15" s="9">
         <v>-76.95</v>
       </c>
+      <c r="II15" s="9">
+        <v>29.03</v>
+      </c>
     </row>
-    <row r="16" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="24" t="s">
         <v>69</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D16" s="7">
         <v>-7.8</v>
       </c>
       <c r="E16" s="7">
         <v>-15.26</v>
       </c>
       <c r="F16" s="7">
         <v>-0.68</v>
       </c>
       <c r="G16" s="7">
         <v>-8.3800000000000008</v>
       </c>
       <c r="H16" s="7">
         <v>-7.72</v>
       </c>
       <c r="I16" s="7">
         <v>-2.48</v>
       </c>
       <c r="J16" s="7">
         <v>5.12</v>
       </c>
       <c r="K16" s="7">
         <v>-4.38</v>
       </c>
       <c r="L16" s="7">
         <v>-0.11</v>
       </c>
       <c r="M16" s="7">
         <v>-3.36</v>
       </c>
       <c r="N16" s="7">
         <v>9.6900000000000013</v>
       </c>
       <c r="O16" s="7">
         <v>5.7700000000000005</v>
       </c>
       <c r="P16" s="7">
         <v>-17.990000000000002</v>
       </c>
-      <c r="Q16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R16" s="7">
+      <c r="Q16" s="7">
+        <v>-3.0399999999999991</v>
+      </c>
+      <c r="R16" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="S16" s="7">
         <v>1.56</v>
       </c>
-      <c r="S16" s="7">
+      <c r="T16" s="7">
         <v>-2.66</v>
       </c>
-      <c r="T16" s="7">
+      <c r="U16" s="7">
         <v>-5.55</v>
       </c>
-      <c r="U16" s="7">
+      <c r="V16" s="7">
         <v>-1.1499999999999999</v>
       </c>
-      <c r="V16" s="7">
+      <c r="W16" s="7">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="W16" s="7">
+      <c r="X16" s="7">
         <v>-9.91</v>
       </c>
-      <c r="X16" s="7">
+      <c r="Y16" s="7">
         <v>-4.88</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Z16" s="7">
         <v>-0.39</v>
       </c>
-      <c r="Z16" s="7">
+      <c r="AA16" s="7">
         <v>0.94</v>
       </c>
-      <c r="AA16" s="7">
+      <c r="AB16" s="7">
         <v>0.14000000000000001</v>
       </c>
-      <c r="AB16" s="7">
+      <c r="AC16" s="7">
         <v>-4.8899999999999997</v>
       </c>
-      <c r="AC16" s="7">
+      <c r="AD16" s="7">
         <v>3.13</v>
       </c>
-      <c r="AD16" s="7">
+      <c r="AE16" s="7">
         <v>-0.62</v>
       </c>
-      <c r="AE16" s="7">
+      <c r="AF16" s="7">
         <v>-1.19</v>
       </c>
-      <c r="AF16" s="7">
+      <c r="AG16" s="7">
         <v>-1.29</v>
       </c>
-      <c r="AG16" s="7">
+      <c r="AH16" s="7">
         <v>-5.28</v>
       </c>
-      <c r="AH16" s="7">
+      <c r="AI16" s="7">
         <v>7.23</v>
       </c>
-      <c r="AI16" s="7">
+      <c r="AJ16" s="7">
         <v>-1.42</v>
       </c>
-      <c r="AJ16" s="7">
+      <c r="AK16" s="7">
         <v>-0.86</v>
       </c>
-      <c r="AK16" s="7">
+      <c r="AL16" s="7">
         <v>-12.68</v>
       </c>
-      <c r="AL16" s="7">
+      <c r="AM16" s="7">
         <v>-3.9</v>
       </c>
-      <c r="AM16" s="7">
+      <c r="AN16" s="7">
         <v>-0.27</v>
       </c>
-      <c r="AN16" s="7">
+      <c r="AO16" s="7">
         <v>2.19</v>
       </c>
-      <c r="AO16" s="7">
+      <c r="AP16" s="7">
         <v>-0.5</v>
       </c>
-      <c r="AP16" s="7">
+      <c r="AQ16" s="7">
         <v>-0.36</v>
       </c>
-      <c r="AQ16" s="8">
+      <c r="AR16" s="8">
         <v>1.89</v>
       </c>
-      <c r="AR16" s="8">
+      <c r="AS16" s="8">
         <v>1.74</v>
       </c>
-      <c r="AS16" s="8">
+      <c r="AT16" s="8">
         <v>1.84</v>
       </c>
-      <c r="AT16" s="8">
+      <c r="AU16" s="8">
         <v>-4.3099999999999996</v>
       </c>
-      <c r="AU16" s="8">
+      <c r="AV16" s="8">
         <v>2</v>
       </c>
-      <c r="AV16" s="8">
+      <c r="AW16" s="8">
         <v>-0.44</v>
       </c>
-      <c r="AW16" s="8">
+      <c r="AX16" s="8">
         <v>-1.63</v>
       </c>
-      <c r="AX16" s="8">
+      <c r="AY16" s="8">
         <v>7.3</v>
       </c>
-      <c r="AY16" s="8">
+      <c r="AZ16" s="8">
         <v>-2.2200000000000002</v>
       </c>
-      <c r="AZ16" s="8">
+      <c r="BA16" s="8">
         <v>-2.59</v>
       </c>
-      <c r="BA16" s="8">
+      <c r="BB16" s="8">
         <v>-2.6</v>
       </c>
-      <c r="BB16" s="8">
+      <c r="BC16" s="8">
         <v>-5.0199999999999996</v>
       </c>
-      <c r="BC16" s="8">
+      <c r="BD16" s="8">
         <v>1.48</v>
       </c>
-      <c r="BD16" s="8">
+      <c r="BE16" s="8">
         <v>-0.08</v>
       </c>
-      <c r="BE16" s="8">
+      <c r="BF16" s="8">
         <v>0.27</v>
       </c>
-      <c r="BF16" s="8">
+      <c r="BG16" s="8">
         <v>0.7</v>
       </c>
-      <c r="BG16" s="8">
+      <c r="BH16" s="8">
         <v>4.42</v>
       </c>
-      <c r="BH16" s="8">
+      <c r="BI16" s="8">
         <v>-5.0799999999999992</v>
       </c>
-      <c r="BI16" s="8">
+      <c r="BJ16" s="8">
         <v>9.6499999999999986</v>
       </c>
-      <c r="BJ16" s="8">
+      <c r="BK16" s="8">
         <v>-3.07</v>
       </c>
-      <c r="BK16" s="8">
+      <c r="BL16" s="8">
         <v>5.67</v>
       </c>
-      <c r="BL16" s="8">
+      <c r="BM16" s="8">
         <v>5.46</v>
       </c>
-      <c r="BM16" s="8">
+      <c r="BN16" s="8">
         <v>-2.29</v>
       </c>
-      <c r="BN16" s="8">
+      <c r="BO16" s="8">
         <v>-12.350000000000001</v>
       </c>
-      <c r="BO16" s="8">
+      <c r="BP16" s="8">
         <v>13.7</v>
       </c>
-      <c r="BP16" s="8">
+      <c r="BQ16" s="8">
         <v>-12.84</v>
       </c>
-      <c r="BQ16" s="8">
+      <c r="BR16" s="8">
         <v>-6.5</v>
       </c>
-      <c r="BR16" s="8">
+      <c r="BS16" s="8">
         <v>-1.1100000000000012</v>
       </c>
-      <c r="BS16" s="8">
+      <c r="BT16" s="8">
         <v>0.49000000000000021</v>
       </c>
-      <c r="BT16" s="8">
+      <c r="BU16" s="8">
         <v>-7.7899999999999991</v>
       </c>
-      <c r="BU16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV16" s="7">
+      <c r="BV16" s="8">
+        <v>5.370000000000001</v>
+      </c>
+      <c r="BW16" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX16" s="7">
         <v>-1.45</v>
       </c>
-      <c r="BW16" s="7">
+      <c r="BY16" s="7">
         <v>2.1</v>
       </c>
-      <c r="BX16" s="7">
+      <c r="BZ16" s="7">
         <v>0.91</v>
       </c>
-      <c r="BY16" s="7">
+      <c r="CA16" s="7">
         <v>1.29</v>
       </c>
-      <c r="BZ16" s="7">
+      <c r="CB16" s="7">
         <v>-0.28999999999999998</v>
       </c>
-      <c r="CA16" s="7">
+      <c r="CC16" s="7">
         <v>-3.66</v>
       </c>
-      <c r="CB16" s="7">
+      <c r="CD16" s="7">
         <v>0.04</v>
       </c>
-      <c r="CC16" s="7">
+      <c r="CE16" s="7">
         <v>-0.35</v>
       </c>
-      <c r="CD16" s="7">
+      <c r="CF16" s="7">
         <v>-5.25</v>
       </c>
-      <c r="CE16" s="7">
+      <c r="CG16" s="7">
         <v>0.75</v>
       </c>
-      <c r="CF16" s="7">
+      <c r="CH16" s="7">
         <v>-0.01</v>
       </c>
-      <c r="CG16" s="7">
+      <c r="CI16" s="7">
         <v>-1.89</v>
       </c>
-      <c r="CH16" s="7">
+      <c r="CJ16" s="7">
         <v>0.51</v>
       </c>
-      <c r="CI16" s="7">
+      <c r="CK16" s="7">
         <v>-0.63</v>
       </c>
-      <c r="CJ16" s="7">
+      <c r="CL16" s="7">
         <v>0.04</v>
       </c>
-      <c r="CK16" s="7">
+      <c r="CM16" s="7">
         <v>-13.58</v>
       </c>
-      <c r="CL16" s="7">
+      <c r="CN16" s="7">
         <v>0.62</v>
       </c>
-      <c r="CM16" s="7">
+      <c r="CO16" s="7">
         <v>3.05</v>
       </c>
-      <c r="CN16" s="7">
+      <c r="CP16" s="7">
         <v>-1.36</v>
       </c>
-      <c r="CO16" s="7">
+      <c r="CQ16" s="7">
         <v>-2.56</v>
       </c>
-      <c r="CP16" s="7">
+      <c r="CR16" s="7">
         <v>-0.96</v>
       </c>
-      <c r="CQ16" s="7">
+      <c r="CS16" s="7">
         <v>0.01</v>
       </c>
-      <c r="CR16" s="7">
+      <c r="CT16" s="7">
         <v>-0.5</v>
       </c>
-      <c r="CS16" s="7">
+      <c r="CU16" s="7">
         <v>0.11</v>
       </c>
-      <c r="CT16" s="7">
+      <c r="CV16" s="7">
         <v>0.31</v>
       </c>
-      <c r="CU16" s="7">
+      <c r="CW16" s="7">
         <v>0.3</v>
       </c>
-      <c r="CV16" s="7">
+      <c r="CX16" s="7">
         <v>0.33</v>
       </c>
-      <c r="CW16" s="7">
+      <c r="CY16" s="7">
         <v>-0.22</v>
       </c>
-      <c r="CX16" s="7">
+      <c r="CZ16" s="7">
         <v>-0.76</v>
       </c>
-      <c r="CY16" s="7">
+      <c r="DA16" s="7">
         <v>1.1200000000000001</v>
       </c>
-      <c r="CZ16" s="7">
+      <c r="DB16" s="7">
         <v>-1.1100000000000001</v>
       </c>
-      <c r="DA16" s="7">
+      <c r="DC16" s="7">
         <v>-1.57</v>
       </c>
-      <c r="DB16" s="7">
+      <c r="DD16" s="7">
         <v>-2.2200000000000002</v>
       </c>
-      <c r="DC16" s="7">
+      <c r="DE16" s="7">
         <v>1.36</v>
       </c>
-      <c r="DD16" s="7">
+      <c r="DF16" s="7">
         <v>1.1200000000000001</v>
       </c>
-      <c r="DE16" s="7">
+      <c r="DG16" s="7">
         <v>0.65</v>
       </c>
-      <c r="DF16" s="7">
+      <c r="DH16" s="7">
         <v>-1.1200000000000001</v>
       </c>
-      <c r="DG16" s="7">
+      <c r="DI16" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="DH16" s="7">
+      <c r="DJ16" s="7">
         <v>0.21</v>
       </c>
-      <c r="DI16" s="7">
+      <c r="DK16" s="7">
         <v>-1.94</v>
       </c>
-      <c r="DJ16" s="7">
+      <c r="DL16" s="7">
         <v>0.65</v>
       </c>
-      <c r="DK16" s="7">
+      <c r="DM16" s="7">
         <v>0.1</v>
       </c>
-      <c r="DL16" s="7">
+      <c r="DN16" s="7">
         <v>-0.14000000000000001</v>
       </c>
-      <c r="DM16" s="7">
+      <c r="DO16" s="7">
         <v>1.3</v>
       </c>
-      <c r="DN16" s="7">
+      <c r="DP16" s="7">
         <v>-2.4500000000000002</v>
       </c>
-      <c r="DO16" s="7">
+      <c r="DQ16" s="7">
         <v>-2.81</v>
       </c>
-      <c r="DP16" s="7">
+      <c r="DR16" s="7">
         <v>0.55000000000000004</v>
       </c>
-      <c r="DQ16" s="7">
+      <c r="DS16" s="7">
         <v>-3.02</v>
       </c>
-      <c r="DR16" s="7">
+      <c r="DT16" s="7">
         <v>0.89</v>
       </c>
-      <c r="DS16" s="7">
+      <c r="DU16" s="7">
         <v>0.66</v>
       </c>
-      <c r="DT16" s="7">
+      <c r="DV16" s="7">
         <v>5.69</v>
       </c>
-      <c r="DU16" s="7">
+      <c r="DW16" s="7">
         <v>-0.65</v>
       </c>
-      <c r="DV16" s="7">
+      <c r="DX16" s="7">
         <v>-3.19</v>
       </c>
-      <c r="DW16" s="7">
+      <c r="DY16" s="7">
         <v>2.42</v>
       </c>
-      <c r="DX16" s="7">
+      <c r="DZ16" s="7">
         <v>0.11</v>
       </c>
-      <c r="DY16" s="7">
+      <c r="EA16" s="7">
         <v>-0.97</v>
       </c>
-      <c r="DZ16" s="7">
-[...2 lines deleted...]
-      <c r="EA16" s="7">
+      <c r="EB16" s="7">
+        <v>0</v>
+      </c>
+      <c r="EC16" s="7">
         <v>-0.7</v>
       </c>
-      <c r="EB16" s="7">
+      <c r="ED16" s="7">
         <v>-0.56000000000000005</v>
       </c>
-      <c r="EC16" s="7">
+      <c r="EE16" s="7">
         <v>-11.41</v>
       </c>
-      <c r="ED16" s="7">
+      <c r="EF16" s="7">
         <v>-3.56</v>
       </c>
-      <c r="EE16" s="7">
+      <c r="EG16" s="7">
         <v>-1.73</v>
       </c>
-      <c r="EF16" s="7">
+      <c r="EH16" s="7">
         <v>1.38</v>
       </c>
-      <c r="EG16" s="7">
+      <c r="EI16" s="7">
         <v>-1.19</v>
       </c>
-      <c r="EH16" s="7">
+      <c r="EJ16" s="7">
         <v>-2.1800000000000002</v>
       </c>
-      <c r="EI16" s="7">
+      <c r="EK16" s="7">
         <v>3.1</v>
       </c>
-      <c r="EJ16" s="7">
+      <c r="EL16" s="7">
         <v>2.2599999999999998</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.31</v>
       </c>
       <c r="EM16" s="7">
         <v>-0.37</v>
       </c>
       <c r="EN16" s="7">
+        <v>0.31</v>
+      </c>
+      <c r="EO16" s="7">
+        <v>-0.37</v>
+      </c>
+      <c r="EP16" s="7">
         <v>-0.42</v>
       </c>
-      <c r="EO16" s="7">
+      <c r="EQ16" s="7">
         <v>0.28999999999999998</v>
       </c>
-      <c r="EP16" s="9">
+      <c r="ER16" s="9">
         <v>-0.86</v>
       </c>
-      <c r="EQ16" s="9">
+      <c r="ES16" s="9">
         <v>0.09</v>
       </c>
-      <c r="ER16" s="9">
+      <c r="ET16" s="9">
         <v>0.41</v>
       </c>
-      <c r="ES16" s="9">
+      <c r="EU16" s="9">
         <v>-0.64</v>
       </c>
-      <c r="ET16" s="9">
+      <c r="EV16" s="9">
         <v>0.11</v>
       </c>
-      <c r="EU16" s="9">
+      <c r="EW16" s="9">
         <v>2.42</v>
       </c>
-      <c r="EV16" s="9">
+      <c r="EX16" s="9">
         <v>1.44</v>
       </c>
-      <c r="EW16" s="9">
+      <c r="EY16" s="9">
         <v>0.32</v>
       </c>
-      <c r="EX16" s="9">
+      <c r="EZ16" s="9">
         <v>-0.01</v>
       </c>
-      <c r="EY16" s="9">
+      <c r="FA16" s="9">
         <v>1.05</v>
       </c>
-      <c r="EZ16" s="9">
+      <c r="FB16" s="9">
         <v>0.01</v>
       </c>
-      <c r="FA16" s="9">
+      <c r="FC16" s="9">
         <v>0.79</v>
       </c>
-      <c r="FB16" s="9">
+      <c r="FD16" s="9">
         <v>-2</v>
       </c>
-      <c r="FC16" s="9">
+      <c r="FE16" s="9">
         <v>-0.87</v>
       </c>
-      <c r="FD16" s="9">
+      <c r="FF16" s="9">
         <v>-1.44</v>
       </c>
-      <c r="FE16" s="9">
+      <c r="FG16" s="9">
         <v>-1.4</v>
       </c>
-      <c r="FF16" s="9">
+      <c r="FH16" s="9">
         <v>0.23</v>
       </c>
-      <c r="FG16" s="9">
+      <c r="FI16" s="9">
         <v>3.17</v>
       </c>
-      <c r="FH16" s="9">
+      <c r="FJ16" s="9">
         <v>1.57</v>
       </c>
-      <c r="FI16" s="9">
+      <c r="FK16" s="9">
         <v>0.52</v>
       </c>
-      <c r="FJ16" s="9">
+      <c r="FL16" s="9">
         <v>-2.5299999999999998</v>
       </c>
-      <c r="FK16" s="9">
+      <c r="FM16" s="9">
         <v>-0.28999999999999998</v>
       </c>
-      <c r="FL16" s="9">
+      <c r="FN16" s="9">
         <v>-0.85</v>
       </c>
-      <c r="FM16" s="9">
+      <c r="FO16" s="9">
         <v>-0.5</v>
       </c>
-      <c r="FN16" s="9">
+      <c r="FP16" s="9">
         <v>-0.44</v>
       </c>
-      <c r="FO16" s="9">
+      <c r="FQ16" s="9">
         <v>1.59</v>
       </c>
-      <c r="FP16" s="9">
+      <c r="FR16" s="9">
         <v>6.16</v>
       </c>
-      <c r="FQ16" s="9">
+      <c r="FS16" s="9">
         <v>-1.74</v>
       </c>
-      <c r="FR16" s="9">
+      <c r="FT16" s="9">
         <v>-0.46</v>
       </c>
-      <c r="FS16" s="9">
+      <c r="FU16" s="9">
         <v>-0.02</v>
       </c>
-      <c r="FT16" s="9">
+      <c r="FV16" s="9">
         <v>0.04</v>
       </c>
-      <c r="FU16" s="9">
+      <c r="FW16" s="9">
         <v>-2.13</v>
       </c>
-      <c r="FV16" s="9">
+      <c r="FX16" s="9">
         <v>-0.5</v>
       </c>
-      <c r="FW16" s="9">
+      <c r="FY16" s="9">
         <v>0.86</v>
       </c>
-      <c r="FX16" s="9">
+      <c r="FZ16" s="9">
         <v>-2.5099999999999998</v>
       </c>
-      <c r="FY16" s="9">
+      <c r="GA16" s="9">
         <v>-0.96</v>
       </c>
-      <c r="FZ16" s="9">
+      <c r="GB16" s="9">
         <v>-2.0299999999999998</v>
       </c>
-      <c r="GA16" s="9">
+      <c r="GC16" s="9">
         <v>-1.58</v>
       </c>
-      <c r="GB16" s="9">
+      <c r="GD16" s="9">
         <v>-1.42</v>
       </c>
-      <c r="GC16" s="9">
+      <c r="GE16" s="9">
         <v>-1.48</v>
       </c>
-      <c r="GD16" s="9">
+      <c r="GF16" s="9">
         <v>-0.42</v>
       </c>
-      <c r="GE16" s="9">
+      <c r="GG16" s="9">
         <v>3.37</v>
       </c>
-      <c r="GF16" s="9">
+      <c r="GH16" s="9">
         <v>1.1399999999999999</v>
       </c>
-      <c r="GG16" s="9">
+      <c r="GI16" s="9">
         <v>-0.64</v>
       </c>
-      <c r="GH16" s="9">
+      <c r="GJ16" s="9">
         <v>-0.57999999999999996</v>
       </c>
-      <c r="GI16" s="9">
+      <c r="GK16" s="9">
         <v>0.63</v>
       </c>
-      <c r="GJ16" s="9">
+      <c r="GL16" s="9">
         <v>-0.09</v>
       </c>
-      <c r="GK16" s="9">
+      <c r="GM16" s="9">
         <v>-0.26</v>
       </c>
-      <c r="GL16" s="9">
+      <c r="GN16" s="9">
         <v>-0.63</v>
       </c>
-      <c r="GM16" s="9">
+      <c r="GO16" s="9">
         <v>3.35</v>
       </c>
-      <c r="GN16" s="9">
+      <c r="GP16" s="9">
         <v>-2.0099999999999998</v>
       </c>
-      <c r="GO16" s="9">
+      <c r="GQ16" s="9">
         <v>1.05</v>
       </c>
-      <c r="GP16" s="9">
+      <c r="GR16" s="9">
         <v>-0.85</v>
       </c>
-      <c r="GQ16" s="9">
+      <c r="GS16" s="9">
         <v>4.21</v>
       </c>
-      <c r="GR16" s="9">
+      <c r="GT16" s="9">
         <v>-8.1999999999999993</v>
       </c>
-      <c r="GS16" s="9">
+      <c r="GU16" s="9">
         <v>0.67</v>
       </c>
-      <c r="GT16" s="9">
+      <c r="GV16" s="9">
         <v>2.4500000000000002</v>
       </c>
-      <c r="GU16" s="9">
+      <c r="GW16" s="9">
         <v>-1.08</v>
       </c>
-      <c r="GV16" s="9">
+      <c r="GX16" s="9">
         <v>4.8499999999999996</v>
       </c>
-      <c r="GW16" s="9">
+      <c r="GY16" s="9">
         <v>5.88</v>
       </c>
-      <c r="GX16" s="9">
+      <c r="GZ16" s="9">
         <v>-2.66</v>
       </c>
-      <c r="GY16" s="9">
+      <c r="HA16" s="9">
         <v>-2.35</v>
       </c>
-      <c r="GZ16" s="9">
+      <c r="HB16" s="9">
         <v>1.94</v>
       </c>
-      <c r="HA16" s="9">
+      <c r="HC16" s="9">
         <v>-0.7</v>
       </c>
-      <c r="HB16" s="9">
+      <c r="HD16" s="9">
         <v>6.36</v>
       </c>
-      <c r="HC16" s="9">
+      <c r="HE16" s="9">
         <v>0.01</v>
       </c>
-      <c r="HD16" s="9">
+      <c r="HF16" s="9">
         <v>1.35</v>
       </c>
-      <c r="HE16" s="9">
+      <c r="HG16" s="9">
         <v>-1.44</v>
       </c>
-      <c r="HF16" s="9">
+      <c r="HH16" s="9">
         <v>5.55</v>
       </c>
-      <c r="HG16" s="9">
+      <c r="HI16" s="9">
         <v>0.65</v>
       </c>
-      <c r="HH16" s="9">
+      <c r="HJ16" s="9">
         <v>-2.39</v>
       </c>
-      <c r="HI16" s="9">
+      <c r="HK16" s="9">
         <v>-0.55000000000000004</v>
       </c>
-      <c r="HJ16" s="9">
+      <c r="HL16" s="9">
         <v>13.87</v>
       </c>
-      <c r="HK16" s="9">
+      <c r="HM16" s="9">
         <v>-23.1</v>
       </c>
-      <c r="HL16" s="9">
+      <c r="HN16" s="9">
         <v>-3.12</v>
       </c>
-      <c r="HM16" s="9">
+      <c r="HO16" s="9">
         <v>0.24</v>
       </c>
-      <c r="HN16" s="9">
+      <c r="HP16" s="9">
         <v>11.37</v>
       </c>
-      <c r="HO16" s="9">
+      <c r="HQ16" s="9">
         <v>2.09</v>
       </c>
-      <c r="HP16" s="9">
+      <c r="HR16" s="9">
         <v>-13.22</v>
       </c>
-      <c r="HQ16" s="9">
+      <c r="HS16" s="9">
         <v>0.22</v>
       </c>
-      <c r="HR16" s="9">
+      <c r="HT16" s="9">
         <v>0.16</v>
       </c>
-      <c r="HS16" s="9">
+      <c r="HU16" s="9">
         <v>-5.9</v>
       </c>
-      <c r="HT16" s="9">
+      <c r="HV16" s="9">
         <v>0.42</v>
       </c>
-      <c r="HU16" s="9">
+      <c r="HW16" s="9">
         <v>-1.02</v>
       </c>
-      <c r="HV16" s="9">
+      <c r="HX16" s="9">
         <v>-15.14</v>
       </c>
-      <c r="HW16" s="9">
+      <c r="HY16" s="9">
         <v>7.11</v>
       </c>
-      <c r="HX16" s="9">
+      <c r="HZ16" s="9">
         <v>6.92</v>
       </c>
-      <c r="HY16" s="9">
+      <c r="IA16" s="9">
         <v>-0.7</v>
       </c>
-      <c r="HZ16" s="9">
+      <c r="IB16" s="9">
         <v>-7.99</v>
       </c>
-      <c r="IA16" s="9">
+      <c r="IC16" s="9">
         <v>9.18</v>
       </c>
-      <c r="IB16" s="9">
+      <c r="ID16" s="9">
         <v>-4.8099999999999996</v>
       </c>
-      <c r="IC16" s="9">
+      <c r="IE16" s="9">
         <v>-0.64</v>
       </c>
-      <c r="ID16" s="9">
+      <c r="IF16" s="9">
         <v>-2.34</v>
       </c>
-      <c r="IE16" s="9">
+      <c r="IG16" s="9">
         <v>-5.43</v>
       </c>
-      <c r="IF16" s="9">
+      <c r="IH16" s="9">
         <v>3.23</v>
       </c>
+      <c r="II16" s="9">
+        <v>7.57</v>
+      </c>
     </row>
-    <row r="17" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="11" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D17" s="12">
         <v>-122.57</v>
       </c>
       <c r="E17" s="12">
         <v>-79.7</v>
       </c>
       <c r="F17" s="12">
         <v>102.1</v>
       </c>
       <c r="G17" s="12">
         <v>118.43</v>
       </c>
       <c r="H17" s="12">
         <v>339.33</v>
       </c>
       <c r="I17" s="12">
         <v>379.55</v>
       </c>
       <c r="J17" s="12">
         <v>388.58</v>
       </c>
       <c r="K17" s="12">
         <v>551.26</v>
       </c>
       <c r="L17" s="12">
         <v>-475.96</v>
       </c>
       <c r="M17" s="12">
         <v>349.62</v>
       </c>
       <c r="N17" s="12">
         <v>-374.51000000000005</v>
       </c>
       <c r="O17" s="12">
         <v>273.19999999999993</v>
       </c>
       <c r="P17" s="12">
         <v>234.3</v>
       </c>
-      <c r="Q17" s="12" t="s">
-[...2 lines deleted...]
-      <c r="R17" s="12">
+      <c r="Q17" s="12">
+        <v>111.35</v>
+      </c>
+      <c r="R17" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="S17" s="12">
         <v>-55.63</v>
       </c>
-      <c r="S17" s="12">
+      <c r="T17" s="12">
         <v>-16.27</v>
       </c>
-      <c r="T17" s="12">
+      <c r="U17" s="12">
         <v>-19.57</v>
       </c>
-      <c r="U17" s="12">
+      <c r="V17" s="12">
         <v>-31.11</v>
       </c>
-      <c r="V17" s="12">
+      <c r="W17" s="12">
         <v>-2.06</v>
       </c>
-      <c r="W17" s="12">
+      <c r="X17" s="12">
         <v>-33.51</v>
       </c>
-      <c r="X17" s="12">
+      <c r="Y17" s="12">
         <v>-36.880000000000003</v>
       </c>
-      <c r="Y17" s="12">
+      <c r="Z17" s="12">
         <v>-7.25</v>
       </c>
-      <c r="Z17" s="12">
+      <c r="AA17" s="12">
         <v>4.88</v>
       </c>
-      <c r="AA17" s="12">
+      <c r="AB17" s="12">
         <v>31.13</v>
       </c>
-      <c r="AB17" s="12">
+      <c r="AC17" s="12">
         <v>18.29</v>
       </c>
-      <c r="AC17" s="12">
+      <c r="AD17" s="12">
         <v>47.8</v>
       </c>
-      <c r="AD17" s="12">
+      <c r="AE17" s="12">
         <v>59.88</v>
       </c>
-      <c r="AE17" s="12">
+      <c r="AF17" s="12">
         <v>41.78</v>
       </c>
-      <c r="AF17" s="12">
+      <c r="AG17" s="12">
         <v>5.0999999999999996</v>
       </c>
-      <c r="AG17" s="12">
+      <c r="AH17" s="12">
         <v>11.67</v>
       </c>
-      <c r="AH17" s="12">
+      <c r="AI17" s="12">
         <v>38.69</v>
       </c>
-      <c r="AI17" s="12">
+      <c r="AJ17" s="12">
         <v>40.01</v>
       </c>
-      <c r="AJ17" s="12">
+      <c r="AK17" s="12">
         <v>132.15</v>
       </c>
-      <c r="AK17" s="12">
+      <c r="AL17" s="12">
         <v>128.47999999999999</v>
       </c>
-      <c r="AL17" s="12">
+      <c r="AM17" s="12">
         <v>189.35</v>
       </c>
-      <c r="AM17" s="12">
+      <c r="AN17" s="12">
         <v>13.08</v>
       </c>
-      <c r="AN17" s="12">
+      <c r="AO17" s="12">
         <v>92.16</v>
       </c>
-      <c r="AO17" s="12">
+      <c r="AP17" s="12">
         <v>84.97</v>
       </c>
-      <c r="AP17" s="12">
+      <c r="AQ17" s="12">
         <v>144.71</v>
       </c>
-      <c r="AQ17" s="12">
+      <c r="AR17" s="12">
         <v>150.38</v>
       </c>
-      <c r="AR17" s="12">
+      <c r="AS17" s="12">
         <v>88.37</v>
       </c>
-      <c r="AS17" s="12">
+      <c r="AT17" s="12">
         <v>5.12</v>
       </c>
-      <c r="AT17" s="12">
+      <c r="AU17" s="12">
         <v>84.36</v>
       </c>
-      <c r="AU17" s="12">
+      <c r="AV17" s="12">
         <v>94.87</v>
       </c>
-      <c r="AV17" s="12">
+      <c r="AW17" s="12">
         <v>317.29000000000002</v>
       </c>
-      <c r="AW17" s="12">
+      <c r="AX17" s="12">
         <v>54.74</v>
       </c>
-      <c r="AX17" s="12">
+      <c r="AY17" s="12">
         <v>-723.47</v>
       </c>
-      <c r="AY17" s="12">
+      <c r="AZ17" s="12">
         <v>61.27</v>
       </c>
-      <c r="AZ17" s="12">
+      <c r="BA17" s="12">
         <v>78.12</v>
       </c>
-      <c r="BA17" s="12">
+      <c r="BB17" s="12">
         <v>108.11</v>
       </c>
-      <c r="BB17" s="12">
+      <c r="BC17" s="12">
         <v>135.4</v>
       </c>
-      <c r="BC17" s="12">
+      <c r="BD17" s="12">
         <v>14.04</v>
       </c>
-      <c r="BD17" s="12">
+      <c r="BE17" s="12">
         <v>180.84</v>
       </c>
-      <c r="BE17" s="12">
+      <c r="BF17" s="12">
         <v>19.350000000000001</v>
       </c>
-      <c r="BF17" s="12">
+      <c r="BG17" s="12">
         <v>-351.25</v>
       </c>
-      <c r="BG17" s="12">
+      <c r="BH17" s="12">
         <v>-23.09</v>
       </c>
-      <c r="BH17" s="12">
+      <c r="BI17" s="12">
         <v>21.62</v>
       </c>
-      <c r="BI17" s="12">
+      <c r="BJ17" s="12">
         <v>-21.799999999999997</v>
       </c>
-      <c r="BJ17" s="12">
+      <c r="BK17" s="12">
         <v>-399.18</v>
       </c>
-      <c r="BK17" s="12">
+      <c r="BL17" s="12">
         <v>31.010000000000005</v>
       </c>
-      <c r="BL17" s="12">
+      <c r="BM17" s="12">
         <v>66.31</v>
       </c>
-      <c r="BM17" s="12">
+      <c r="BN17" s="12">
         <v>575.05999999999995</v>
       </c>
-      <c r="BN17" s="12">
+      <c r="BO17" s="12">
         <v>58.5</v>
       </c>
-      <c r="BO17" s="12">
+      <c r="BP17" s="12">
         <v>19.299999999999997</v>
       </c>
-      <c r="BP17" s="12">
+      <c r="BQ17" s="12">
         <v>67.87</v>
       </c>
-      <c r="BQ17" s="12">
+      <c r="BR17" s="12">
         <v>88.63000000000001</v>
       </c>
-      <c r="BR17" s="12">
+      <c r="BS17" s="12">
         <v>46.539999999999992</v>
       </c>
-      <c r="BS17" s="12">
+      <c r="BT17" s="12">
         <v>-8.2199999999999989</v>
       </c>
-      <c r="BT17" s="12">
+      <c r="BU17" s="12">
         <v>90.53</v>
       </c>
-      <c r="BU17" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BV17" s="12">
+        <v>-17.5</v>
+      </c>
+      <c r="BW17" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="BX17" s="12">
         <v>-19.57</v>
       </c>
-      <c r="BW17" s="12">
+      <c r="BY17" s="12">
         <v>-25.47</v>
       </c>
-      <c r="BX17" s="12">
+      <c r="BZ17" s="12">
         <v>-10.59</v>
       </c>
-      <c r="BY17" s="12">
+      <c r="CA17" s="12">
         <v>-6.67</v>
       </c>
-      <c r="BZ17" s="12">
+      <c r="CB17" s="12">
         <v>-3.48</v>
       </c>
-      <c r="CA17" s="12">
+      <c r="CC17" s="12">
         <v>-6.12</v>
       </c>
-      <c r="CB17" s="12">
+      <c r="CD17" s="12">
         <v>-5.97</v>
       </c>
-      <c r="CC17" s="12">
+      <c r="CE17" s="12">
         <v>-2.4500000000000002</v>
       </c>
-      <c r="CD17" s="12">
+      <c r="CF17" s="12">
         <v>-11.14</v>
       </c>
-      <c r="CE17" s="12">
+      <c r="CG17" s="12">
         <v>-7.75</v>
       </c>
-      <c r="CF17" s="12">
+      <c r="CH17" s="12">
         <v>-13.46</v>
       </c>
-      <c r="CG17" s="12">
+      <c r="CI17" s="12">
         <v>-9.9</v>
       </c>
-      <c r="CH17" s="12">
+      <c r="CJ17" s="12">
         <v>1.82</v>
       </c>
-      <c r="CI17" s="12">
+      <c r="CK17" s="12">
         <v>-7.18</v>
       </c>
-      <c r="CJ17" s="12">
+      <c r="CL17" s="12">
         <v>3.31</v>
       </c>
-      <c r="CK17" s="12">
+      <c r="CM17" s="12">
         <v>-21.97</v>
       </c>
-      <c r="CL17" s="12">
+      <c r="CN17" s="12">
         <v>-8.26</v>
       </c>
-      <c r="CM17" s="12">
+      <c r="CO17" s="12">
         <v>-3.28</v>
       </c>
-      <c r="CN17" s="12">
+      <c r="CP17" s="12">
         <v>-10.5</v>
       </c>
-      <c r="CO17" s="12">
+      <c r="CQ17" s="12">
         <v>-18.600000000000001</v>
       </c>
-      <c r="CP17" s="12">
+      <c r="CR17" s="12">
         <v>-7.78</v>
       </c>
-      <c r="CQ17" s="12">
+      <c r="CS17" s="12">
         <v>-4.17</v>
       </c>
-      <c r="CR17" s="12">
+      <c r="CT17" s="12">
         <v>-8.8000000000000007</v>
       </c>
-      <c r="CS17" s="12">
+      <c r="CU17" s="12">
         <v>5.73</v>
       </c>
-      <c r="CT17" s="12">
+      <c r="CV17" s="12">
         <v>7.32</v>
       </c>
-      <c r="CU17" s="12">
+      <c r="CW17" s="12">
         <v>-0.74</v>
       </c>
-      <c r="CV17" s="12">
+      <c r="CX17" s="12">
         <v>-1.7</v>
       </c>
-      <c r="CW17" s="12">
+      <c r="CY17" s="12">
         <v>7.16</v>
       </c>
-      <c r="CX17" s="12">
+      <c r="CZ17" s="12">
         <v>2.2400000000000002</v>
       </c>
-      <c r="CY17" s="12">
+      <c r="DA17" s="12">
         <v>21.72</v>
       </c>
-      <c r="CZ17" s="12">
+      <c r="DB17" s="12">
         <v>14.89</v>
       </c>
-      <c r="DA17" s="12">
+      <c r="DC17" s="12">
         <v>-3.78</v>
       </c>
-      <c r="DB17" s="12">
+      <c r="DD17" s="12">
         <v>7.18</v>
       </c>
-      <c r="DC17" s="12">
+      <c r="DE17" s="12">
         <v>14.53</v>
       </c>
-      <c r="DD17" s="12">
+      <c r="DF17" s="12">
         <v>24.56</v>
       </c>
-      <c r="DE17" s="12">
+      <c r="DG17" s="12">
         <v>8.7200000000000006</v>
       </c>
-      <c r="DF17" s="12">
+      <c r="DH17" s="12">
         <v>7.58</v>
       </c>
-      <c r="DG17" s="12">
+      <c r="DI17" s="12">
         <v>15.29</v>
       </c>
-      <c r="DH17" s="12">
+      <c r="DJ17" s="12">
         <v>37</v>
       </c>
-      <c r="DI17" s="12">
+      <c r="DK17" s="12">
         <v>20.59</v>
       </c>
-      <c r="DJ17" s="12">
+      <c r="DL17" s="12">
         <v>8.65</v>
       </c>
-      <c r="DK17" s="12">
+      <c r="DM17" s="12">
         <v>12.54</v>
       </c>
-      <c r="DL17" s="12">
+      <c r="DN17" s="12">
         <v>-6.43</v>
       </c>
-      <c r="DM17" s="12">
+      <c r="DO17" s="12">
         <v>0.03</v>
       </c>
-      <c r="DN17" s="12">
+      <c r="DP17" s="12">
         <v>11.5</v>
       </c>
-      <c r="DO17" s="12">
+      <c r="DQ17" s="12">
         <v>-18.54</v>
       </c>
-      <c r="DP17" s="12">
+      <c r="DR17" s="12">
         <v>0.69</v>
       </c>
-      <c r="DQ17" s="12">
+      <c r="DS17" s="12">
         <v>29.52</v>
       </c>
-      <c r="DR17" s="12">
+      <c r="DT17" s="12">
         <v>7.28</v>
       </c>
-      <c r="DS17" s="12">
+      <c r="DU17" s="12">
         <v>-7.0000000000000007E-2</v>
       </c>
-      <c r="DT17" s="12">
+      <c r="DV17" s="12">
         <v>31.48</v>
       </c>
-      <c r="DU17" s="12">
+      <c r="DW17" s="12">
         <v>19.14</v>
       </c>
-      <c r="DV17" s="12">
+      <c r="DX17" s="12">
         <v>18.16</v>
       </c>
-      <c r="DW17" s="12">
+      <c r="DY17" s="12">
         <v>2.71</v>
       </c>
-      <c r="DX17" s="12">
+      <c r="DZ17" s="12">
         <v>34.549999999999997</v>
       </c>
-      <c r="DY17" s="12">
+      <c r="EA17" s="12">
         <v>36.299999999999997</v>
       </c>
-      <c r="DZ17" s="12">
+      <c r="EB17" s="12">
         <v>61.3</v>
       </c>
-      <c r="EA17" s="12">
+      <c r="EC17" s="12">
         <v>78.73</v>
       </c>
-      <c r="EB17" s="12">
+      <c r="ED17" s="12">
         <v>27.68</v>
       </c>
-      <c r="EC17" s="12">
+      <c r="EE17" s="12">
         <v>22.06</v>
       </c>
-      <c r="ED17" s="12">
+      <c r="EF17" s="12">
         <v>83.37</v>
       </c>
-      <c r="EE17" s="12">
+      <c r="EG17" s="12">
         <v>73.16</v>
       </c>
-      <c r="EF17" s="12">
+      <c r="EH17" s="12">
         <v>32.81</v>
       </c>
-      <c r="EG17" s="12">
+      <c r="EI17" s="12">
         <v>0.01</v>
       </c>
-      <c r="EH17" s="12">
+      <c r="EJ17" s="12">
         <v>-20.21</v>
       </c>
-      <c r="EI17" s="12">
+      <c r="EK17" s="12">
         <v>33.28</v>
       </c>
-      <c r="EJ17" s="12">
+      <c r="EL17" s="12">
         <v>35.159999999999997</v>
       </c>
-      <c r="EK17" s="12">
+      <c r="EM17" s="12">
         <v>26.04</v>
       </c>
-      <c r="EL17" s="12">
+      <c r="EN17" s="12">
         <v>30.96</v>
       </c>
-      <c r="EM17" s="12">
+      <c r="EO17" s="12">
         <v>32.57</v>
       </c>
-      <c r="EN17" s="12">
+      <c r="EP17" s="12">
         <v>7.12</v>
       </c>
-      <c r="EO17" s="12">
+      <c r="EQ17" s="12">
         <v>45.28</v>
       </c>
-      <c r="EP17" s="12">
+      <c r="ER17" s="12">
         <v>55.21</v>
       </c>
-      <c r="EQ17" s="12">
+      <c r="ES17" s="12">
         <v>44.34</v>
       </c>
-      <c r="ER17" s="12">
+      <c r="ET17" s="12">
         <v>45.16</v>
       </c>
-      <c r="ES17" s="12">
+      <c r="EU17" s="12">
         <v>76.849999999999994</v>
       </c>
-      <c r="ET17" s="12">
+      <c r="EV17" s="12">
         <v>28.38</v>
       </c>
-      <c r="EU17" s="12">
+      <c r="EW17" s="12">
         <v>45.16</v>
       </c>
-      <c r="EV17" s="12">
+      <c r="EX17" s="12">
         <v>35.479999999999997</v>
       </c>
-      <c r="EW17" s="12">
+      <c r="EY17" s="12">
         <v>29.7</v>
       </c>
-      <c r="EX17" s="12">
+      <c r="EZ17" s="12">
         <v>23.19</v>
       </c>
-      <c r="EY17" s="12">
+      <c r="FA17" s="12">
         <v>1.63</v>
       </c>
-      <c r="EZ17" s="12">
+      <c r="FB17" s="12">
         <v>12.37</v>
       </c>
-      <c r="FA17" s="12">
+      <c r="FC17" s="12">
         <v>-8.8800000000000008</v>
       </c>
-      <c r="FB17" s="12">
+      <c r="FD17" s="12">
         <v>23.65</v>
       </c>
-      <c r="FC17" s="12">
+      <c r="FE17" s="12">
         <v>33.85</v>
       </c>
-      <c r="FD17" s="12">
+      <c r="FF17" s="12">
         <v>26.86</v>
       </c>
-      <c r="FE17" s="12">
+      <c r="FG17" s="12">
         <v>-11.37</v>
       </c>
-      <c r="FF17" s="12">
+      <c r="FH17" s="12">
         <v>32.19</v>
       </c>
-      <c r="FG17" s="12">
+      <c r="FI17" s="12">
         <v>74.05</v>
       </c>
-      <c r="FH17" s="12">
+      <c r="FJ17" s="12">
         <v>105.17</v>
       </c>
-      <c r="FI17" s="12">
+      <c r="FK17" s="12">
         <v>100.05</v>
       </c>
-      <c r="FJ17" s="12">
+      <c r="FL17" s="12">
         <v>112.06</v>
       </c>
-      <c r="FK17" s="12">
+      <c r="FM17" s="12">
         <v>43.42</v>
       </c>
-      <c r="FL17" s="12">
+      <c r="FN17" s="12">
         <v>-53.57</v>
       </c>
-      <c r="FM17" s="12">
+      <c r="FO17" s="12">
         <v>64.89</v>
       </c>
-      <c r="FN17" s="12">
+      <c r="FP17" s="12">
         <v>115.82</v>
       </c>
-      <c r="FO17" s="12">
+      <c r="FQ17" s="12">
         <v>44.18</v>
       </c>
-      <c r="FP17" s="12">
+      <c r="FR17" s="12">
         <v>-883.46</v>
       </c>
-      <c r="FQ17" s="12">
+      <c r="FS17" s="12">
         <v>26.75</v>
       </c>
-      <c r="FR17" s="12">
+      <c r="FT17" s="12">
         <v>-9.25</v>
       </c>
-      <c r="FS17" s="12">
+      <c r="FU17" s="12">
         <v>43.77</v>
       </c>
-      <c r="FT17" s="12">
+      <c r="FV17" s="12">
         <v>28.68</v>
       </c>
-      <c r="FU17" s="12">
+      <c r="FW17" s="12">
         <v>-2.78</v>
       </c>
-      <c r="FV17" s="12">
+      <c r="FX17" s="12">
         <v>52.23</v>
       </c>
-      <c r="FW17" s="12">
+      <c r="FY17" s="12">
         <v>5.46</v>
       </c>
-      <c r="FX17" s="12">
+      <c r="FZ17" s="12">
         <v>36.93</v>
       </c>
-      <c r="FY17" s="12">
+      <c r="GA17" s="12">
         <v>65.72</v>
       </c>
-      <c r="FZ17" s="12">
+      <c r="GB17" s="12">
         <v>16.91</v>
       </c>
-      <c r="GA17" s="12">
+      <c r="GC17" s="12">
         <v>60.45</v>
       </c>
-      <c r="GB17" s="12">
+      <c r="GD17" s="12">
         <v>58.04</v>
       </c>
-      <c r="GC17" s="12">
+      <c r="GE17" s="12">
         <v>-61.99</v>
       </c>
-      <c r="GD17" s="12">
+      <c r="GF17" s="12">
         <v>23.1</v>
       </c>
-      <c r="GE17" s="12">
+      <c r="GG17" s="12">
         <v>52.92</v>
       </c>
-      <c r="GF17" s="12">
+      <c r="GH17" s="12">
         <v>55.74</v>
       </c>
-      <c r="GG17" s="12">
+      <c r="GI17" s="12">
         <v>50.02</v>
       </c>
-      <c r="GH17" s="12">
+      <c r="GJ17" s="12">
         <v>75.08</v>
       </c>
-      <c r="GI17" s="12">
+      <c r="GK17" s="12">
         <v>30.68</v>
       </c>
-      <c r="GJ17" s="12">
+      <c r="GL17" s="12">
         <v>6.16</v>
       </c>
-      <c r="GK17" s="12">
+      <c r="GM17" s="12">
         <v>-17.489999999999998</v>
       </c>
-      <c r="GL17" s="12">
+      <c r="GN17" s="12">
         <v>-19.16</v>
       </c>
-      <c r="GM17" s="12">
+      <c r="GO17" s="12">
         <v>-198.46</v>
       </c>
-      <c r="GN17" s="12">
+      <c r="GP17" s="12">
         <v>-133.63</v>
       </c>
-      <c r="GO17" s="12">
+      <c r="GQ17" s="12">
         <v>-26.15</v>
       </c>
-      <c r="GP17" s="12">
+      <c r="GR17" s="12">
         <v>152.13999999999999</v>
       </c>
-      <c r="GQ17" s="12">
+      <c r="GS17" s="12">
         <v>-149.07</v>
       </c>
-      <c r="GR17" s="12">
+      <c r="GT17" s="12">
         <v>-27.37</v>
       </c>
-      <c r="GS17" s="12">
+      <c r="GU17" s="12">
         <v>33.67</v>
       </c>
-      <c r="GT17" s="12">
+      <c r="GV17" s="12">
         <v>15.32</v>
       </c>
-      <c r="GU17" s="12">
+      <c r="GW17" s="12">
         <v>-21.99</v>
       </c>
-      <c r="GV17" s="12">
+      <c r="GX17" s="12">
         <v>30.77</v>
       </c>
-      <c r="GW17" s="12">
+      <c r="GY17" s="12">
         <v>-30.58</v>
       </c>
-      <c r="GX17" s="12">
+      <c r="GZ17" s="12">
         <v>-245.94</v>
       </c>
-      <c r="GY17" s="12">
+      <c r="HA17" s="12">
         <v>-78.2</v>
       </c>
-      <c r="GZ17" s="12">
+      <c r="HB17" s="12">
         <v>-75.040000000000006</v>
       </c>
-      <c r="HA17" s="12">
+      <c r="HC17" s="12">
         <v>-30.56</v>
       </c>
-      <c r="HB17" s="12">
+      <c r="HD17" s="12">
         <v>27.62</v>
       </c>
-      <c r="HC17" s="12">
+      <c r="HE17" s="12">
         <v>33.950000000000003</v>
       </c>
-      <c r="HD17" s="12">
+      <c r="HF17" s="12">
         <v>38.93</v>
       </c>
-      <c r="HE17" s="12">
+      <c r="HG17" s="12">
         <v>2.39</v>
       </c>
-      <c r="HF17" s="12">
+      <c r="HH17" s="12">
         <v>24.99</v>
       </c>
-      <c r="HG17" s="12">
+      <c r="HI17" s="12">
         <v>46.66</v>
       </c>
-      <c r="HH17" s="12">
+      <c r="HJ17" s="12">
         <v>432.33</v>
       </c>
-      <c r="HI17" s="12">
+      <c r="HK17" s="12">
         <v>96.07</v>
       </c>
-      <c r="HJ17" s="12">
+      <c r="HL17" s="12">
         <v>44.96</v>
       </c>
-      <c r="HK17" s="12">
+      <c r="HM17" s="12">
         <v>-38.020000000000003</v>
       </c>
-      <c r="HL17" s="12">
+      <c r="HN17" s="12">
         <v>51.56</v>
       </c>
-      <c r="HM17" s="12">
+      <c r="HO17" s="12">
         <v>-9.9</v>
       </c>
-      <c r="HN17" s="12">
+      <c r="HP17" s="12">
         <v>21.18</v>
       </c>
-      <c r="HO17" s="12">
+      <c r="HQ17" s="12">
         <v>8.02</v>
       </c>
-      <c r="HP17" s="12">
+      <c r="HR17" s="12">
         <v>15.54</v>
       </c>
-      <c r="HQ17" s="12">
+      <c r="HS17" s="12">
         <v>26.24</v>
       </c>
-      <c r="HR17" s="12">
+      <c r="HT17" s="12">
         <v>26.09</v>
       </c>
-      <c r="HS17" s="12">
+      <c r="HU17" s="12">
         <v>22.59</v>
       </c>
-      <c r="HT17" s="12">
+      <c r="HV17" s="12">
         <v>49.45</v>
       </c>
-      <c r="HU17" s="12">
+      <c r="HW17" s="12">
         <v>16.59</v>
       </c>
-      <c r="HV17" s="12">
+      <c r="HX17" s="12">
         <v>22.74</v>
       </c>
-      <c r="HW17" s="12">
+      <c r="HY17" s="12">
         <v>10.6</v>
       </c>
-      <c r="HX17" s="12">
+      <c r="HZ17" s="12">
         <v>13.2</v>
       </c>
-      <c r="HY17" s="12">
+      <c r="IA17" s="12">
         <v>-57.3</v>
       </c>
-      <c r="HZ17" s="12">
+      <c r="IB17" s="12">
         <v>11.64</v>
       </c>
-      <c r="IA17" s="12">
+      <c r="IC17" s="12">
         <v>37.44</v>
       </c>
-      <c r="IB17" s="12">
+      <c r="ID17" s="12">
         <v>22.33</v>
       </c>
-      <c r="IC17" s="12">
+      <c r="IE17" s="12">
         <v>41.5</v>
       </c>
-      <c r="ID17" s="12">
+      <c r="IF17" s="12">
         <v>26.7</v>
       </c>
-      <c r="IE17" s="12">
+      <c r="IG17" s="12">
         <v>19.64</v>
       </c>
-      <c r="IF17" s="12">
+      <c r="IH17" s="12">
         <v>-73.73</v>
       </c>
+      <c r="II17" s="12">
+        <v>36.590000000000003</v>
+      </c>
     </row>
-    <row r="18" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="FE18" s="14"/>
+    <row r="18" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="FF18" s="14"/>
       <c r="FG18" s="14"/>
       <c r="FH18" s="14"/>
       <c r="FI18" s="14"/>
       <c r="FJ18" s="14"/>
       <c r="FK18" s="14"/>
       <c r="FL18" s="14"/>
       <c r="FM18" s="14"/>
       <c r="FN18" s="14"/>
       <c r="FO18" s="14"/>
       <c r="FP18" s="14"/>
       <c r="FQ18" s="14"/>
       <c r="FR18" s="14"/>
       <c r="FS18" s="14"/>
       <c r="FT18" s="14"/>
       <c r="FU18" s="14"/>
       <c r="FV18" s="14"/>
       <c r="FW18" s="14"/>
       <c r="FX18" s="14"/>
       <c r="FY18" s="14"/>
       <c r="FZ18" s="14"/>
       <c r="GA18" s="14"/>
       <c r="GB18" s="14"/>
       <c r="GC18" s="14"/>
       <c r="GD18" s="14"/>
+      <c r="GE18" s="14"/>
+      <c r="GF18" s="14"/>
     </row>
-    <row r="19" spans="2:240" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:243" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>