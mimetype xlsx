--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -1,160 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PASSPORTING\EVIDENCIJA zaprimljenih notifikacija (POPIS)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C554F4B-BB7B-4683-9ED9-9E4F03DE4B75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B405E0B-7548-4A5A-88B2-D2A29F785546}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PI" sheetId="5" r:id="rId1"/>
     <sheet name="EMI" sheetId="6" r:id="rId2"/>
     <sheet name="AISP" sheetId="7" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">PI!$B$27:$H$27</definedName>
     <definedName name="syspay">EMI!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B882" i="6" l="1"/>
+  <c r="B879" i="6" l="1"/>
+  <c r="B39" i="7"/>
+  <c r="B876" i="6"/>
+  <c r="B873" i="6"/>
+  <c r="B870" i="6" l="1"/>
+  <c r="B867" i="6"/>
+  <c r="B864" i="6" l="1"/>
   <c r="B861" i="6" l="1"/>
   <c r="B858" i="6"/>
-  <c r="B507" i="5"/>
-[...3 lines deleted...]
-  <c r="B39" i="7" l="1"/>
   <c r="B28" i="6" l="1"/>
   <c r="B28" i="5"/>
   <c r="B31" i="6" l="1"/>
   <c r="B11" i="7" l="1"/>
   <c r="B29" i="5"/>
   <c r="B12" i="7" l="1"/>
   <c r="B13" i="7" s="1"/>
   <c r="B14" i="7" s="1"/>
   <c r="B146" i="5"/>
   <c r="B148" i="5" s="1"/>
   <c r="B35" i="6"/>
   <c r="B15" i="7" l="1"/>
-  <c r="B16" i="7" s="1"/>
   <c r="B41" i="6"/>
   <c r="B45" i="6" s="1"/>
-  <c r="B17" i="7"/>
-  <c r="B149" i="5" l="1"/>
+  <c r="B16" i="7" l="1"/>
+  <c r="B17" i="7" s="1"/>
+  <c r="B149" i="5"/>
   <c r="B50" i="6"/>
   <c r="B18" i="7"/>
+  <c r="B150" i="5" l="1"/>
+  <c r="B53" i="6"/>
   <c r="B19" i="7" l="1"/>
-  <c r="B150" i="5"/>
-[...1 lines deleted...]
-  <c r="B20" i="7" l="1"/>
   <c r="B151" i="5"/>
   <c r="B57" i="6"/>
   <c r="B61" i="6" l="1"/>
   <c r="B64" i="6" s="1"/>
-  <c r="B21" i="7"/>
+  <c r="B20" i="7"/>
   <c r="B153" i="5"/>
-  <c r="B22" i="7" l="1"/>
-  <c r="B23" i="7" s="1"/>
+  <c r="B21" i="7" l="1"/>
+  <c r="B22" i="7" s="1"/>
   <c r="B67" i="6"/>
   <c r="B70" i="6" s="1"/>
   <c r="B156" i="5"/>
   <c r="B157" i="5" s="1"/>
   <c r="B73" i="6" l="1"/>
   <c r="B77" i="6" s="1"/>
   <c r="B82" i="6" s="1"/>
   <c r="B85" i="6" s="1"/>
-  <c r="B24" i="7"/>
-  <c r="B25" i="7" s="1"/>
+  <c r="B23" i="7"/>
+  <c r="B24" i="7" s="1"/>
   <c r="B158" i="5"/>
-  <c r="B26" i="7" l="1"/>
+  <c r="B25" i="7" l="1"/>
   <c r="B88" i="6"/>
   <c r="B91" i="6" s="1"/>
-  <c r="B27" i="7"/>
-  <c r="B28" i="7" s="1"/>
+  <c r="B26" i="7"/>
+  <c r="B27" i="7" s="1"/>
   <c r="B159" i="5"/>
   <c r="B94" i="6" l="1"/>
-  <c r="B29" i="7"/>
-  <c r="B30" i="7" s="1"/>
+  <c r="B28" i="7"/>
   <c r="B160" i="5"/>
-  <c r="B100" i="6" l="1"/>
+  <c r="B29" i="7" l="1"/>
+  <c r="B100" i="6"/>
   <c r="B103" i="6" s="1"/>
   <c r="B106" i="6" s="1"/>
   <c r="B109" i="6" s="1"/>
-  <c r="B31" i="7"/>
+  <c r="B163" i="5"/>
+  <c r="B30" i="7" l="1"/>
+  <c r="B31" i="7" s="1"/>
   <c r="B32" i="7" s="1"/>
-  <c r="B33" i="7" s="1"/>
-[...1 lines deleted...]
-  <c r="B112" i="6" l="1"/>
+  <c r="B112" i="6"/>
   <c r="B116" i="6" s="1"/>
   <c r="B119" i="6" s="1"/>
+  <c r="B33" i="7"/>
   <c r="B34" i="7"/>
   <c r="B35" i="7" s="1"/>
-  <c r="B36" i="7"/>
+  <c r="B36" i="7" s="1"/>
   <c r="B37" i="7" s="1"/>
   <c r="B38" i="7" s="1"/>
   <c r="B165" i="5"/>
   <c r="B166" i="5" s="1"/>
   <c r="B168" i="5" s="1"/>
   <c r="B170" i="5" s="1"/>
   <c r="B172" i="5" s="1"/>
   <c r="B173" i="5" s="1"/>
   <c r="B174" i="5" s="1"/>
   <c r="B175" i="5" s="1"/>
   <c r="B177" i="5" s="1"/>
   <c r="B178" i="5" s="1"/>
   <c r="B179" i="5" s="1"/>
   <c r="B180" i="5" s="1"/>
   <c r="B126" i="6" l="1"/>
   <c r="B132" i="6" s="1"/>
   <c r="B140" i="6" s="1"/>
   <c r="B143" i="6" s="1"/>
   <c r="B181" i="5"/>
   <c r="B182" i="5" s="1"/>
   <c r="B147" i="6" l="1"/>
   <c r="B151" i="6" s="1"/>
   <c r="B155" i="6" s="1"/>
   <c r="B183" i="5"/>
   <c r="B186" i="5" s="1"/>
@@ -312,200 +318,209 @@
   <c r="B362" i="5" s="1"/>
   <c r="B363" i="5" s="1"/>
   <c r="B365" i="5" s="1"/>
   <c r="B366" i="5" s="1"/>
   <c r="B367" i="5" s="1"/>
   <c r="B368" i="5" s="1"/>
   <c r="B369" i="5" s="1"/>
   <c r="B235" i="6"/>
   <c r="B370" i="5" l="1"/>
   <c r="B373" i="5" s="1"/>
   <c r="B238" i="6"/>
   <c r="B374" i="5" l="1"/>
   <c r="B375" i="5" s="1"/>
   <c r="B376" i="5" s="1"/>
   <c r="B377" i="5" s="1"/>
   <c r="B379" i="5" s="1"/>
   <c r="B380" i="5" s="1"/>
   <c r="B242" i="6"/>
   <c r="B245" i="6" s="1"/>
   <c r="B249" i="6" s="1"/>
   <c r="B252" i="6" s="1"/>
   <c r="B255" i="6" s="1"/>
   <c r="B258" i="6" s="1"/>
   <c r="B261" i="6" s="1"/>
   <c r="B265" i="6" s="1"/>
-  <c r="B381" i="5" l="1"/>
-  <c r="B383" i="5" s="1"/>
+  <c r="B382" i="5" l="1"/>
   <c r="B384" i="5" s="1"/>
   <c r="B385" i="5" s="1"/>
+  <c r="B386" i="5" s="1"/>
   <c r="B268" i="6"/>
   <c r="B271" i="6" s="1"/>
   <c r="B274" i="6" s="1"/>
   <c r="B277" i="6" s="1"/>
   <c r="B280" i="6" s="1"/>
   <c r="B284" i="6" s="1"/>
   <c r="B288" i="6" s="1"/>
-  <c r="B386" i="5" l="1"/>
-  <c r="B387" i="5" s="1"/>
+  <c r="B387" i="5" l="1"/>
   <c r="B388" i="5" s="1"/>
   <c r="B389" i="5" s="1"/>
   <c r="B390" i="5" s="1"/>
-  <c r="B392" i="5" s="1"/>
-  <c r="B394" i="5" s="1"/>
+  <c r="B391" i="5" s="1"/>
+  <c r="B393" i="5" s="1"/>
+  <c r="B395" i="5" s="1"/>
   <c r="B291" i="6"/>
   <c r="B294" i="6" s="1"/>
   <c r="B297" i="6" s="1"/>
   <c r="B301" i="6" s="1"/>
-  <c r="B395" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B398" i="5" s="1"/>
+  <c r="B396" i="5" l="1"/>
+  <c r="B397" i="5" s="1"/>
   <c r="B399" i="5" s="1"/>
   <c r="B400" i="5" s="1"/>
+  <c r="B401" i="5" s="1"/>
   <c r="B305" i="6"/>
-  <c r="B401" i="5" l="1"/>
-  <c r="B402" i="5" s="1"/>
+  <c r="B402" i="5" l="1"/>
   <c r="B403" i="5" s="1"/>
   <c r="B404" i="5" s="1"/>
   <c r="B405" i="5" s="1"/>
   <c r="B406" i="5" s="1"/>
   <c r="B407" i="5" s="1"/>
   <c r="B408" i="5" s="1"/>
   <c r="B409" i="5" s="1"/>
   <c r="B410" i="5" s="1"/>
   <c r="B411" i="5" s="1"/>
   <c r="B412" i="5" s="1"/>
   <c r="B413" i="5" s="1"/>
   <c r="B414" i="5" s="1"/>
+  <c r="B415" i="5" s="1"/>
   <c r="B308" i="6"/>
   <c r="B313" i="6" s="1"/>
   <c r="B319" i="6" s="1"/>
   <c r="B322" i="6" l="1"/>
   <c r="B325" i="6" s="1"/>
   <c r="B328" i="6" s="1"/>
   <c r="B331" i="6" s="1"/>
   <c r="B334" i="6" s="1"/>
   <c r="B337" i="6" s="1"/>
   <c r="B340" i="6" s="1"/>
   <c r="B343" i="6" s="1"/>
   <c r="B347" i="6" s="1"/>
   <c r="B350" i="6" s="1"/>
   <c r="B353" i="6" s="1"/>
-  <c r="B415" i="5"/>
-  <c r="B416" i="5" s="1"/>
+  <c r="B416" i="5"/>
   <c r="B417" i="5" s="1"/>
-  <c r="B420" i="5" s="1"/>
+  <c r="B418" i="5" s="1"/>
   <c r="B421" i="5" s="1"/>
-  <c r="B422" i="5" s="1"/>
+  <c r="B422" i="5" l="1"/>
   <c r="B423" i="5" s="1"/>
   <c r="B424" i="5" s="1"/>
   <c r="B425" i="5" s="1"/>
   <c r="B426" i="5" s="1"/>
   <c r="B427" i="5" s="1"/>
   <c r="B428" i="5" s="1"/>
   <c r="B429" i="5" s="1"/>
   <c r="B430" i="5" s="1"/>
   <c r="B431" i="5" s="1"/>
   <c r="B432" i="5" s="1"/>
   <c r="B433" i="5" s="1"/>
   <c r="B434" i="5" s="1"/>
   <c r="B436" i="5" s="1"/>
   <c r="B437" i="5" s="1"/>
   <c r="B438" i="5" s="1"/>
   <c r="B439" i="5" s="1"/>
   <c r="B440" i="5" s="1"/>
   <c r="B441" i="5" s="1"/>
   <c r="B442" i="5" s="1"/>
   <c r="B443" i="5" s="1"/>
   <c r="B444" i="5" s="1"/>
   <c r="B445" i="5" s="1"/>
   <c r="B446" i="5" s="1"/>
   <c r="B447" i="5" s="1"/>
   <c r="B448" i="5" s="1"/>
   <c r="B449" i="5" s="1"/>
   <c r="B451" i="5" s="1"/>
   <c r="B452" i="5" s="1"/>
   <c r="B453" i="5" s="1"/>
   <c r="B455" i="5" s="1"/>
   <c r="B456" i="5" s="1"/>
   <c r="B457" i="5" s="1"/>
   <c r="B458" i="5" s="1"/>
   <c r="B460" i="5" s="1"/>
   <c r="B462" i="5" s="1"/>
   <c r="B463" i="5" s="1"/>
   <c r="B464" i="5" s="1"/>
   <c r="B465" i="5" s="1"/>
   <c r="B466" i="5" s="1"/>
   <c r="B467" i="5" s="1"/>
   <c r="B468" i="5" s="1"/>
   <c r="B469" i="5" s="1"/>
-  <c r="B470" i="5" s="1"/>
   <c r="B471" i="5" s="1"/>
   <c r="B472" i="5" s="1"/>
   <c r="B473" i="5" s="1"/>
   <c r="B474" i="5" s="1"/>
-  <c r="B479" i="5" s="1"/>
-[...1 lines deleted...]
-  <c r="B481" i="5" s="1"/>
+  <c r="B475" i="5" s="1"/>
   <c r="B482" i="5" s="1"/>
   <c r="B483" i="5" s="1"/>
   <c r="B484" i="5" s="1"/>
   <c r="B485" i="5" s="1"/>
-  <c r="B356" i="6" l="1"/>
+  <c r="B486" i="5" s="1"/>
+  <c r="B487" i="5" s="1"/>
+  <c r="B488" i="5" s="1"/>
+  <c r="B356" i="6"/>
   <c r="B359" i="6" s="1"/>
   <c r="B362" i="6" s="1"/>
   <c r="B370" i="6" s="1"/>
   <c r="B374" i="6" s="1"/>
   <c r="B377" i="6" s="1"/>
-  <c r="B486" i="5"/>
-[...2 lines deleted...]
-  <c r="B489" i="5" s="1"/>
+  <c r="B489" i="5" l="1"/>
   <c r="B490" i="5" s="1"/>
   <c r="B491" i="5" s="1"/>
   <c r="B492" i="5" s="1"/>
   <c r="B493" i="5" s="1"/>
   <c r="B494" i="5" s="1"/>
   <c r="B495" i="5" s="1"/>
   <c r="B496" i="5" s="1"/>
   <c r="B497" i="5" s="1"/>
   <c r="B498" i="5" s="1"/>
   <c r="B499" i="5" s="1"/>
   <c r="B500" i="5" s="1"/>
+  <c r="B501" i="5" s="1"/>
   <c r="B502" i="5" s="1"/>
   <c r="B503" i="5" s="1"/>
-  <c r="B504" i="5" s="1"/>
-  <c r="B380" i="6" l="1"/>
+  <c r="B505" i="5" s="1"/>
+  <c r="B506" i="5" s="1"/>
+  <c r="B507" i="5" s="1"/>
+  <c r="B380" i="6"/>
   <c r="B383" i="6" s="1"/>
   <c r="B386" i="6" s="1"/>
   <c r="B389" i="6" s="1"/>
   <c r="B394" i="6" s="1"/>
   <c r="B397" i="6" s="1"/>
-  <c r="B400" i="6" l="1"/>
+  <c r="B508" i="5" l="1"/>
+  <c r="B509" i="5" s="1"/>
+  <c r="B400" i="6"/>
   <c r="B403" i="6" s="1"/>
   <c r="B406" i="6" s="1"/>
-  <c r="B409" i="6" l="1"/>
+  <c r="B510" i="5" l="1"/>
+  <c r="B511" i="5" s="1"/>
+  <c r="B513" i="5" s="1"/>
+  <c r="B514" i="5" s="1"/>
+  <c r="B515" i="5" s="1"/>
+  <c r="B516" i="5" s="1"/>
+  <c r="B517" i="5" s="1"/>
+  <c r="B518" i="5" s="1"/>
+  <c r="B409" i="6"/>
   <c r="B412" i="6" s="1"/>
   <c r="B415" i="6" s="1"/>
   <c r="B419" i="6" l="1"/>
   <c r="B422" i="6" s="1"/>
   <c r="B425" i="6" s="1"/>
   <c r="B428" i="6" l="1"/>
   <c r="B431" i="6" s="1"/>
   <c r="B434" i="6" l="1"/>
   <c r="B437" i="6" l="1"/>
   <c r="B440" i="6" l="1"/>
   <c r="B443" i="6" l="1"/>
   <c r="B447" i="6" l="1"/>
   <c r="B450" i="6" l="1"/>
   <c r="B453" i="6" s="1"/>
   <c r="B456" i="6" s="1"/>
   <c r="B459" i="6" s="1"/>
   <c r="B462" i="6" s="1"/>
   <c r="B465" i="6" s="1"/>
   <c r="B469" i="6" s="1"/>
   <c r="B472" i="6" s="1"/>
   <c r="B475" i="6" s="1"/>
   <c r="B478" i="6" s="1"/>
   <c r="B481" i="6" s="1"/>
   <c r="B484" i="6" l="1"/>
   <c r="B487" i="6" s="1"/>
@@ -606,51 +621,51 @@
   <c r="B792" i="6" s="1"/>
   <c r="B795" i="6" s="1"/>
   <c r="B798" i="6" s="1"/>
   <c r="B801" i="6" s="1"/>
   <c r="B804" i="6" s="1"/>
   <c r="B807" i="6" s="1"/>
   <c r="B810" i="6" s="1"/>
   <c r="B813" i="6" s="1"/>
   <c r="B816" i="6" s="1"/>
   <c r="B819" i="6" s="1"/>
   <c r="B822" i="6" s="1"/>
   <c r="B825" i="6" s="1"/>
   <c r="B828" i="6" s="1"/>
   <c r="B831" i="6" s="1"/>
   <c r="B834" i="6" s="1"/>
   <c r="B837" i="6" s="1"/>
   <c r="B843" i="6" s="1"/>
   <c r="B846" i="6" s="1"/>
   <c r="B849" i="6" s="1"/>
   <c r="B852" i="6" s="1"/>
   <c r="B855" i="6" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3571" uniqueCount="1314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3652" uniqueCount="1335">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> services enabling cash withdrawals from a payment account as well as all the operations required for operating a payment account;</t>
     </r>
   </si>
   <si>
     <r>
@@ -3227,53 +3242,50 @@
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Malta</t>
     </r>
   </si>
   <si>
     <t>Malta Financial Services Authority,</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>du Secteur Financier, Luxembourg</t>
     </r>
   </si>
   <si>
-    <t>Alipay (Europe) Limited S.A.</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Commission de Surveillance</t>
     </r>
   </si>
   <si>
     <t>3,5,7 and 8</t>
   </si>
   <si>
     <t>Google Payment Lithuania UAB</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Oro Pay Ltd</t>
   </si>
   <si>
     <t xml:space="preserve">UAB Paytend Europe </t>
@@ -3860,65 +3872,50 @@
   </si>
   <si>
     <t>Competent authority</t>
   </si>
   <si>
     <t>Name of the Electronic Money 
 Institution (EMI)</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t xml:space="preserve">     telecommunication, IT system or network operator, acting only as an intermediary between the payment service user and the supplier of goods and services (according to PSD1);</t>
   </si>
   <si>
     <t>Budgetbakers s.r.o.</t>
   </si>
   <si>
     <t>Name of the Payment Institution (PI)</t>
   </si>
   <si>
     <t>Name of the Account Information Service Provider (AISP)</t>
   </si>
   <si>
     <t xml:space="preserve">Payment service that may be provided in the Republic of Croatia </t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>8</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Account information services</t>
     </r>
   </si>
   <si>
@@ -4298,53 +4295,50 @@
     <t>Nikulipe UAB</t>
   </si>
   <si>
     <t>Moneycorp Technologies Limited</t>
   </si>
   <si>
     <t>3b, 3c and 5a</t>
   </si>
   <si>
     <t>Payscout Limited</t>
   </si>
   <si>
     <t>UAB „Finansinės paslaugos „Contis“</t>
   </si>
   <si>
     <t>REVOLUPAY E.P., S.L.</t>
   </si>
   <si>
     <t>MORPHEUS AIOLOS, S.L.</t>
   </si>
   <si>
     <t>LEMONWAY SAS</t>
   </si>
   <si>
     <t>*additional remark: until 30/7/2020 operated under the name LEMON WAY SAS</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ambr Payments, UAB</t>
   </si>
   <si>
     <t>AXEPTA S.p.A</t>
   </si>
   <si>
     <t>Currencycloud BV</t>
   </si>
   <si>
     <t>Central Bank of Hungary, Hungary</t>
   </si>
   <si>
     <t>cflox GmbH</t>
   </si>
   <si>
     <r>
       <t>3) Erste &amp; Staierm</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0" tint="-0.34998626667073579"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
@@ -4723,53 +4717,50 @@
     <t>3a, 3c and 5</t>
   </si>
   <si>
     <t xml:space="preserve"> 1/4/2021</t>
   </si>
   <si>
     <t>3a, 3b and 5a</t>
   </si>
   <si>
     <t xml:space="preserve">SnapSwap International S.A. </t>
   </si>
   <si>
     <t>82) Sandmih Projekt d.o.o., Zagreb</t>
   </si>
   <si>
     <t>Fenige Sp. z o. o.</t>
   </si>
   <si>
     <t>1, 2, 3c, 5b and 6</t>
   </si>
   <si>
     <t xml:space="preserve"> 15/5/2021</t>
   </si>
   <si>
     <t>Unzer Luxembourg S.A.</t>
-  </si>
-[...1 lines deleted...]
-    <t>UPLATA EU, UAB</t>
   </si>
   <si>
     <t>Wallester AS</t>
   </si>
   <si>
     <t>Finantsinspektsioon, Estonia</t>
   </si>
   <si>
     <t>distribution, redemption
 distribution, redemption</t>
   </si>
   <si>
     <t>21/5/2021
 21/5/2021</t>
   </si>
   <si>
     <t>1, 2, 3 and 5
 3b, 3c and 5</t>
   </si>
   <si>
     <t>1,2,3,4,5 and 7*</t>
   </si>
   <si>
     <t xml:space="preserve">Airwallex (Netherlands) B.V. </t>
   </si>
@@ -5753,56 +5744,50 @@
   <si>
     <t>Juni Technology AB</t>
   </si>
   <si>
     <t>2, 3, 4 and 5</t>
   </si>
   <si>
     <t>NT Services AS</t>
   </si>
   <si>
     <t xml:space="preserve">Aplauz NL B.V. </t>
   </si>
   <si>
     <t>UAB “Nuvei”</t>
   </si>
   <si>
     <t>*additional remark: until 24/2/2023 operated under the name UAB "Simplex Payment Services"</t>
   </si>
   <si>
     <t xml:space="preserve">Payplug Enterprise </t>
   </si>
   <si>
     <t>*additional remark: until 27/6/2016 operated under the name RENTABILIWEB EUROPE and until 20/2/2023 under the name Dalenys Payment</t>
   </si>
   <si>
-    <t>Frink AB</t>
-[...4 lines deleted...]
-  <si>
     <t>UAB TeslaPay</t>
   </si>
   <si>
     <t>90) Ineltours d.o.o.</t>
   </si>
   <si>
     <t>91) Dabo d.o.o.</t>
   </si>
   <si>
     <t>92) Saiva Plemeniti Metali d.o.o.</t>
   </si>
   <si>
     <t>93) Vuckovic Travel Collections j.d.o.o.</t>
   </si>
   <si>
     <t>94) Draganovic-Netprom d.o.o.</t>
   </si>
   <si>
     <t>Lydia Solutions</t>
   </si>
   <si>
     <t>2, 3, 4, 5, 7 and 8</t>
   </si>
   <si>
     <t xml:space="preserve">June Technologies B.V. </t>
@@ -6032,56 +6017,50 @@
   <si>
     <t>UAB Fintegry</t>
   </si>
   <si>
     <t xml:space="preserve">Aether Financial Services </t>
   </si>
   <si>
     <t xml:space="preserve">Safenetpay ApS </t>
   </si>
   <si>
     <t>*additional remark: from 3/7/2023 until 26/10/2023 did not operate</t>
   </si>
   <si>
     <t>Financial and Capital Market Commission,</t>
   </si>
   <si>
     <t>SIA "xpate"</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t xml:space="preserve"> 3, 4 and 5</t>
   </si>
   <si>
-    <t>*additional remark: until 9/12/2020 operated under the name Recash Alkalmazás Üzemeltető Korlátolt Felelősségű Társaság  and until 11/10/2023 under the name Statosfera Korlátolt Felelősségű Társaság</t>
-[...4 lines deleted...]
-  <si>
     <t>COMO DL S.A.</t>
   </si>
   <si>
     <t>*additional remark: until 24/12/2020 operated under the name ONPEX S.A. and until 14/11/2023 under the name iBAN-X S.A.</t>
   </si>
   <si>
     <t>Payoma Ireland Limited</t>
   </si>
   <si>
     <t>Solid Processing Limited</t>
   </si>
   <si>
     <t>Ifthenpay, Lda.</t>
   </si>
   <si>
     <t>Banco de Portugal, Portugal</t>
   </si>
   <si>
     <t>3c and 5a</t>
   </si>
   <si>
     <t>Plum Fintech CY Limited</t>
   </si>
   <si>
     <t xml:space="preserve">3b and 3c </t>
@@ -6212,53 +6191,50 @@
   <si>
     <t>AUTOPAY SPÓŁKA AKCYJNA</t>
   </si>
   <si>
     <t>Etsy Payments Ireland Limited</t>
   </si>
   <si>
     <t xml:space="preserve">MPS SAS </t>
   </si>
   <si>
     <t xml:space="preserve">EFFYIS EUROPE </t>
   </si>
   <si>
     <t>SMITH&amp;SMITH S.R.L.</t>
   </si>
   <si>
     <t>FinCause, UAB</t>
   </si>
   <si>
     <t>1,2,3c, 4c, 5 and 6</t>
   </si>
   <si>
     <t>TITANES TELECOMUNICACIONES, S.A.</t>
   </si>
   <si>
-    <t>ACE Money Transfer Limited</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">BCB Payments Europe SASU </t>
   </si>
   <si>
     <t>101) Reina d.o.o.</t>
   </si>
   <si>
     <t>102) Aventa d.o.o.</t>
   </si>
   <si>
     <t>103) Smart Doctor d.o.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Payaut B.V. </t>
   </si>
   <si>
     <t xml:space="preserve">Katanox Financial Technology B.V. </t>
   </si>
   <si>
     <t>La Orange CY Limited</t>
   </si>
   <si>
     <t xml:space="preserve">Mastercard Services OB A/S </t>
   </si>
   <si>
     <t>*additional remark: until 29/4/2021 operated under the name Spiir A/S and until 3/6/2024 under the name Aiia A/S</t>
@@ -6324,89 +6300,50 @@
     <t>SCALAPAY IP S.p.A.</t>
   </si>
   <si>
     <t>NoFrixion Limited</t>
   </si>
   <si>
     <t>Wamo Solutions Oy</t>
   </si>
   <si>
     <t>1.,2., 3., 4. and 5.</t>
   </si>
   <si>
     <t>Norwegian Block Exchange AS</t>
   </si>
   <si>
     <t>Novalnet AG</t>
   </si>
   <si>
     <t>PAYSURF</t>
   </si>
   <si>
     <t>3a, 3c, 5b and 7</t>
   </si>
   <si>
     <t>PricewaterhouseCoopers Kft.</t>
-  </si>
-[...37 lines deleted...]
-    </r>
   </si>
   <si>
     <t xml:space="preserve">104) Videoteka Net d.o.o. </t>
   </si>
   <si>
     <t xml:space="preserve">105) TOBACCO SHOP ILICA j.d.o.o. </t>
   </si>
   <si>
     <t xml:space="preserve">106) COPY TURBO, OBRT ZA USLUGE FOTOKOPIRANJA </t>
   </si>
   <si>
     <t>Deblock SAS</t>
   </si>
   <si>
     <t>BUD FINANCIAL UAB</t>
   </si>
   <si>
     <t>Finantsinspektsioon,</t>
   </si>
   <si>
     <t>Monemon AS</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
@@ -7015,59 +6952,198 @@
   </si>
   <si>
     <t>3a, 5b and 6</t>
   </si>
   <si>
     <t>TOKEN PAYMENT SERVICES S.R.L.</t>
   </si>
   <si>
     <t>Kvarn Capital Oy</t>
   </si>
   <si>
     <t>GP Payments Acquiring International GmbH</t>
   </si>
   <si>
     <t>*additional remark: until 25/9/2025 operated under the name EVO Payment International GmbH</t>
   </si>
   <si>
     <t>Accomplish(D) ApS</t>
   </si>
   <si>
     <t>PayDo EU Ltd</t>
   </si>
   <si>
     <t>1, 3, 5, 6, 7 and 8</t>
   </si>
+  <si>
+    <t xml:space="preserve">Central Bank of Hungary, </t>
+  </si>
+  <si>
+    <t>Barion Payment Zrt.</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>UINKU PAYMENTS, ENTIDAD DE PAGO, S.L.</t>
+  </si>
+  <si>
+    <t>*additional remark: until 3/11/2025 operated under the name ACE Money Transfer Limited</t>
+  </si>
+  <si>
+    <t>ACE Money Transfer IE Limited</t>
+  </si>
+  <si>
+    <t>Calida Financial Limited</t>
+  </si>
+  <si>
+    <t>1POINT6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Remote Payment Services Europe B.V.  </t>
+  </si>
+  <si>
+    <t>Hapic Limited</t>
+  </si>
+  <si>
+    <t>ZEBEDEE EUROPE B.V.</t>
+  </si>
+  <si>
+    <t>Fiserv Polska S.A.</t>
+  </si>
+  <si>
+    <t>ALGOAN</t>
+  </si>
+  <si>
+    <t>Authorite de Controle Prudentiel et de Resolution, Francuska</t>
+  </si>
+  <si>
+    <t>PAYMENT SERVICE:</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>directly</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Bank of Greece, Greece</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="238"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Bank of Lithuania, Lithuania</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>directly</t>
+    </r>
+  </si>
+  <si>
+    <t>SALVUS , SAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kardynał&amp;Kardynał sp. z o.o. </t>
+  </si>
+  <si>
+    <t>*additional remark: until 29/12/2022 operated under the name UPLATA EU, UAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paylar UAB </t>
+  </si>
+  <si>
+    <t>TMF Escrow and Payment Services B.V.</t>
+  </si>
+  <si>
+    <t>*additional remark: until 8/12/2025 operated under the name Intersolve Alipay (Europe) Limited S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AIEU Services Limited S.A. </t>
+  </si>
+  <si>
+    <t>*additional remark: until 8/12/2025 operated under the name Ambr Payments UAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Newrails UAB </t>
+  </si>
+  <si>
+    <t>*additional remark: since 29/12/2025 the institution is temporarily obliged not to provide financial services by through the distributor Amnis Europe
+AG</t>
+  </si>
+  <si>
+    <t>Altery EU Limited</t>
+  </si>
+  <si>
+    <t>Hubject Financial Services GmbH</t>
+  </si>
+  <si>
+    <t>through the agent from Bulgaria:            1) La Orange BG EOOD</t>
+  </si>
+  <si>
+    <t>through the agent from Malta:            1) Ventures Pay LTD</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d\/m\/yyyy"/>
   </numFmts>
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
@@ -7273,66 +7349,50 @@
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
-[...14 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF3F3F3F"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <i/>
@@ -7361,71 +7421,98 @@
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <u/>
       <sz val="12"/>
       <color rgb="FF002060"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color indexed="8"/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="10"/>
+      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="238"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
@@ -8170,53 +8257,53 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="dashed">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="26" fillId="6" borderId="21" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="37" fillId="6" borderId="21" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="6" borderId="21" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="1248">
+  <cellXfs count="1236">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -8895,59 +8982,50 @@
     <xf numFmtId="0" fontId="7" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="1" xfId="3" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
@@ -9078,51 +9156,51 @@
     <xf numFmtId="164" fontId="13" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -10132,51 +10210,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -10184,51 +10262,51 @@
     <xf numFmtId="0" fontId="22" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
@@ -10339,137 +10417,50 @@
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...85 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="2" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -10566,100 +10557,53 @@
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -10762,181 +10706,166 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="23" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="39" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="37" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="39" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="39" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="37" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="39" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="24" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -11026,407 +10955,528 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="2" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="2" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="43" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="46" fillId="2" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="43" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...46 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...136 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -11570,53 +11620,50 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hiperveza 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Izlaz" xfId="1" builtinId="21"/>
     <cellStyle name="Izlaz 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normalno 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF1D1D"/>
     </mruColors>
   </colors>
   <extLst>
@@ -11945,10950 +11992,11169 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Em@ney%20plc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:K515"/>
+  <dimension ref="A2:K518"/>
   <sheetViews>
-    <sheetView topLeftCell="A463" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="F489" sqref="F489"/>
+    <sheetView tabSelected="1" topLeftCell="A466" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="G477" sqref="G477"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.44140625" customWidth="1"/>
-    <col min="2" max="2" width="5.21875" customWidth="1"/>
+    <col min="1" max="1" width="2.4609375" customWidth="1"/>
+    <col min="2" max="2" width="5.23046875" customWidth="1"/>
     <col min="3" max="3" width="45" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="46.109375" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="8.44140625" customWidth="1"/>
+    <col min="4" max="4" width="46.07421875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="23" style="893" customWidth="1"/>
+    <col min="6" max="6" width="15.23046875" customWidth="1"/>
+    <col min="7" max="7" width="16.4609375" customWidth="1"/>
+    <col min="8" max="8" width="24.4609375" style="632" customWidth="1"/>
+    <col min="9" max="9" width="8.4609375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>581</v>
+    <row r="2" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B2" s="537" t="s">
+        <v>579</v>
       </c>
       <c r="C2" s="75"/>
       <c r="D2" s="75"/>
-      <c r="E2" s="936"/>
+      <c r="E2" s="885"/>
       <c r="F2" s="75"/>
       <c r="G2" s="1"/>
     </row>
-    <row r="3" spans="2:8" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:8" ht="20.5" x14ac:dyDescent="0.45">
       <c r="B3" s="75"/>
       <c r="C3" s="39"/>
       <c r="D3" s="39"/>
-      <c r="E3" s="937"/>
+      <c r="E3" s="886"/>
       <c r="F3" s="39"/>
       <c r="G3" s="1"/>
     </row>
-    <row r="5" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B5" s="77" t="s">
         <v>181</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
-      <c r="E5" s="938"/>
+      <c r="E5" s="887"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
-      <c r="H5" s="638"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H5" s="633"/>
+    </row>
+    <row r="6" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B6" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
-      <c r="E6" s="939"/>
+      <c r="E6" s="888"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
-      <c r="H6" s="639"/>
-[...1 lines deleted...]
-    <row r="7" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H6" s="634"/>
+    </row>
+    <row r="7" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
-      <c r="E7" s="939"/>
+      <c r="E7" s="888"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
-      <c r="H7" s="639"/>
-[...1 lines deleted...]
-    <row r="8" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H7" s="634"/>
+    </row>
+    <row r="8" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
-      <c r="E8" s="939"/>
+      <c r="E8" s="888"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
-      <c r="H8" s="639"/>
-[...1 lines deleted...]
-    <row r="9" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H8" s="634"/>
+    </row>
+    <row r="9" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B9" s="33" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
-      <c r="E9" s="939"/>
+      <c r="E9" s="888"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
-      <c r="H9" s="639"/>
-[...1 lines deleted...]
-    <row r="10" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H9" s="634"/>
+    </row>
+    <row r="10" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B10" s="34" t="s">
         <v>183</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
-      <c r="E10" s="939"/>
+      <c r="E10" s="888"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
-      <c r="H10" s="639"/>
-[...1 lines deleted...]
-    <row r="11" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H10" s="634"/>
+    </row>
+    <row r="11" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
-      <c r="E11" s="939"/>
+      <c r="E11" s="888"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
-      <c r="H11" s="639"/>
-[...1 lines deleted...]
-    <row r="12" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H11" s="634"/>
+    </row>
+    <row r="12" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
-      <c r="E12" s="939"/>
+      <c r="E12" s="888"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
-      <c r="H12" s="639"/>
-[...1 lines deleted...]
-    <row r="13" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H12" s="634"/>
+    </row>
+    <row r="13" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B13" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
-      <c r="E13" s="939"/>
+      <c r="E13" s="888"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
-      <c r="H13" s="639"/>
-[...1 lines deleted...]
-    <row r="14" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H13" s="634"/>
+    </row>
+    <row r="14" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
-      <c r="E14" s="939"/>
+      <c r="E14" s="888"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
-      <c r="H14" s="639"/>
-[...1 lines deleted...]
-    <row r="15" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H14" s="634"/>
+    </row>
+    <row r="15" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
-      <c r="E15" s="939"/>
+      <c r="E15" s="888"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
-      <c r="H15" s="639"/>
-[...1 lines deleted...]
-    <row r="16" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H15" s="634"/>
+    </row>
+    <row r="16" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B16" s="34" t="s">
         <v>197</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
-      <c r="E16" s="939"/>
+      <c r="E16" s="888"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
-      <c r="H16" s="639"/>
-[...1 lines deleted...]
-    <row r="17" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H16" s="634"/>
+    </row>
+    <row r="17" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B17" s="4" t="s">
         <v>196</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
-      <c r="E17" s="939"/>
+      <c r="E17" s="888"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
-      <c r="H17" s="639"/>
-[...1 lines deleted...]
-    <row r="18" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H17" s="634"/>
+    </row>
+    <row r="18" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B18" s="4" t="s">
         <v>198</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
-      <c r="E18" s="939"/>
+      <c r="E18" s="888"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
-      <c r="H18" s="639"/>
-[...1 lines deleted...]
-    <row r="19" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H18" s="634"/>
+    </row>
+    <row r="19" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B19" s="34" t="s">
         <v>184</v>
       </c>
       <c r="C19" s="78"/>
       <c r="D19" s="4"/>
-      <c r="E19" s="939"/>
+      <c r="E19" s="888"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
-      <c r="H19" s="639"/>
-[...1 lines deleted...]
-    <row r="20" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H19" s="634"/>
+    </row>
+    <row r="20" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B20" s="33" t="s">
         <v>177</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
-      <c r="E20" s="939"/>
+      <c r="E20" s="888"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
-      <c r="H20" s="639"/>
-[...1 lines deleted...]
-    <row r="21" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H20" s="634"/>
+    </row>
+    <row r="21" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B21" s="79" t="s">
         <v>185</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
-      <c r="E21" s="939"/>
+      <c r="E21" s="888"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
-      <c r="H21" s="639"/>
-[...1 lines deleted...]
-    <row r="22" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H21" s="634"/>
+    </row>
+    <row r="22" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B22" s="4" t="s">
         <v>187</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
-      <c r="E22" s="939"/>
+      <c r="E22" s="888"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
-      <c r="H22" s="639"/>
-[...1 lines deleted...]
-    <row r="23" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H22" s="634"/>
+    </row>
+    <row r="23" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B23" s="4" t="s">
         <v>186</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
-      <c r="E23" s="939"/>
+      <c r="E23" s="888"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
-      <c r="H23" s="639"/>
-[...1 lines deleted...]
-    <row r="24" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H23" s="634"/>
+    </row>
+    <row r="24" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
-      <c r="E24" s="939"/>
+      <c r="E24" s="888"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
-      <c r="H24" s="639"/>
-[...1 lines deleted...]
-    <row r="25" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H24" s="634"/>
+    </row>
+    <row r="25" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B25" s="4" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
-      <c r="E25" s="939"/>
+      <c r="E25" s="888"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
-      <c r="H25" s="639"/>
-[...1 lines deleted...]
-    <row r="26" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H25" s="634"/>
+    </row>
+    <row r="26" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B26" s="5"/>
-      <c r="C26" s="354"/>
-[...7 lines deleted...]
-      <c r="B27" s="356" t="s">
+      <c r="C26" s="349"/>
+      <c r="D26" s="349"/>
+      <c r="E26" s="889"/>
+      <c r="F26" s="349"/>
+      <c r="G26" s="350"/>
+      <c r="H26" s="635"/>
+    </row>
+    <row r="27" spans="2:8" ht="65" x14ac:dyDescent="0.35">
+      <c r="B27" s="351" t="s">
         <v>109</v>
       </c>
-      <c r="C27" s="357" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="356" t="s">
+      <c r="C27" s="352" t="s">
+        <v>512</v>
+      </c>
+      <c r="D27" s="351" t="s">
         <v>110</v>
       </c>
-      <c r="E27" s="356" t="s">
+      <c r="E27" s="351" t="s">
         <v>111</v>
       </c>
-      <c r="F27" s="358" t="s">
+      <c r="F27" s="353" t="s">
         <v>112</v>
       </c>
-      <c r="G27" s="359" t="s">
+      <c r="G27" s="354" t="s">
         <v>191</v>
       </c>
-      <c r="H27" s="359" t="s">
+      <c r="H27" s="354" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="28" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="351">
+    <row r="28" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="346">
         <f>MAX(B$27:B27)+1</f>
         <v>1</v>
       </c>
-      <c r="C28" s="352" t="s">
+      <c r="C28" s="347" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="E28" s="437" t="s">
+      <c r="E28" s="432" t="s">
         <v>9</v>
       </c>
-      <c r="F28" s="351" t="s">
+      <c r="F28" s="346" t="s">
         <v>10</v>
       </c>
-      <c r="G28" s="353">
+      <c r="G28" s="348">
         <v>41451</v>
       </c>
-      <c r="H28" s="447"/>
-[...2 lines deleted...]
-      <c r="B29" s="1132">
+      <c r="H28" s="442"/>
+    </row>
+    <row r="29" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="1119">
         <f>MAX(B$27:B28)+1</f>
         <v>2</v>
       </c>
-      <c r="C29" s="1128" t="s">
+      <c r="C29" s="1065" t="s">
         <v>302</v>
       </c>
-      <c r="D29" s="1128" t="s">
+      <c r="D29" s="1065" t="s">
         <v>206</v>
       </c>
-      <c r="E29" s="941" t="s">
-        <v>1221</v>
+      <c r="E29" s="890" t="s">
+        <v>1209</v>
       </c>
       <c r="F29" s="61" t="s">
         <v>169</v>
       </c>
       <c r="G29" s="81">
         <v>41460</v>
       </c>
-      <c r="H29" s="641"/>
-[...6 lines deleted...]
-        <v>580</v>
+      <c r="H29" s="636"/>
+    </row>
+    <row r="30" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="1120"/>
+      <c r="C30" s="1087"/>
+      <c r="D30" s="1087"/>
+      <c r="E30" s="580" t="s">
+        <v>578</v>
       </c>
       <c r="F30" s="108" t="s">
         <v>210</v>
       </c>
       <c r="G30" s="109">
         <v>41815</v>
       </c>
-      <c r="H30" s="642">
+      <c r="H30" s="637">
         <v>44440</v>
       </c>
     </row>
-    <row r="31" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>647</v>
+    <row r="31" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="1120"/>
+      <c r="C31" s="1115"/>
+      <c r="D31" s="1087"/>
+      <c r="E31" s="580" t="s">
+        <v>644</v>
       </c>
       <c r="F31" s="108" t="s">
         <v>210</v>
       </c>
       <c r="G31" s="109">
         <v>41831</v>
       </c>
-      <c r="H31" s="642">
+      <c r="H31" s="637">
         <v>44069</v>
       </c>
     </row>
-    <row r="32" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B32" s="1133"/>
+    <row r="32" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="1120"/>
       <c r="C32" s="66"/>
       <c r="D32" s="67"/>
-      <c r="E32" s="586" t="s">
+      <c r="E32" s="581" t="s">
         <v>168</v>
       </c>
       <c r="F32" s="61" t="s">
         <v>11</v>
       </c>
       <c r="G32" s="81">
         <v>42074</v>
       </c>
-      <c r="H32" s="643"/>
-[...2 lines deleted...]
-      <c r="B33" s="1133"/>
+      <c r="H32" s="638"/>
+    </row>
+    <row r="33" spans="2:9" ht="52" x14ac:dyDescent="0.35">
+      <c r="B33" s="1120"/>
       <c r="C33" s="66"/>
       <c r="D33" s="67"/>
-      <c r="E33" s="587" t="s">
+      <c r="E33" s="582" t="s">
         <v>274</v>
       </c>
       <c r="F33" s="108" t="s">
         <v>210</v>
       </c>
       <c r="G33" s="109">
         <v>42305</v>
       </c>
       <c r="H33" s="104" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="34" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B34" s="1133"/>
+    <row r="34" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="1120"/>
       <c r="C34" s="66"/>
       <c r="D34" s="67"/>
-      <c r="E34" s="588" t="s">
+      <c r="E34" s="583" t="s">
         <v>273</v>
       </c>
       <c r="F34" s="61">
         <v>6</v>
       </c>
       <c r="G34" s="81">
         <v>42438</v>
       </c>
-      <c r="H34" s="641"/>
-[...2 lines deleted...]
-      <c r="B35" s="1133"/>
+      <c r="H34" s="636"/>
+    </row>
+    <row r="35" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="1120"/>
       <c r="C35" s="66"/>
       <c r="D35" s="67"/>
-      <c r="E35" s="589" t="s">
+      <c r="E35" s="584" t="s">
         <v>166</v>
       </c>
       <c r="F35" s="61">
         <v>6</v>
       </c>
       <c r="G35" s="81">
         <v>42445</v>
       </c>
-      <c r="H35" s="641"/>
-[...2 lines deleted...]
-      <c r="B36" s="1133"/>
+      <c r="H35" s="636"/>
+    </row>
+    <row r="36" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="1120"/>
       <c r="C36" s="66"/>
       <c r="D36" s="67"/>
-      <c r="E36" s="587" t="s">
+      <c r="E36" s="582" t="s">
         <v>272</v>
       </c>
       <c r="F36" s="102">
         <v>6</v>
       </c>
       <c r="G36" s="103">
         <v>42537</v>
       </c>
-      <c r="H36" s="642">
+      <c r="H36" s="637">
         <v>42907</v>
       </c>
     </row>
-    <row r="37" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B37" s="1133"/>
+    <row r="37" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="1120"/>
       <c r="C37" s="66"/>
       <c r="D37" s="67"/>
-      <c r="E37" s="590" t="s">
+      <c r="E37" s="585" t="s">
         <v>271</v>
       </c>
       <c r="F37" s="63">
         <v>6</v>
       </c>
       <c r="G37" s="82">
         <v>42642</v>
       </c>
-      <c r="H37" s="641"/>
-[...2 lines deleted...]
-      <c r="B38" s="1133"/>
+      <c r="H37" s="636"/>
+    </row>
+    <row r="38" spans="2:9" ht="78" x14ac:dyDescent="0.35">
+      <c r="B38" s="1120"/>
       <c r="C38" s="66"/>
       <c r="D38" s="67"/>
-      <c r="E38" s="591" t="s">
+      <c r="E38" s="586" t="s">
         <v>270</v>
       </c>
       <c r="F38" s="105">
         <v>6</v>
       </c>
       <c r="G38" s="106">
         <v>42684</v>
       </c>
-      <c r="H38" s="642">
+      <c r="H38" s="637">
         <v>42781</v>
       </c>
     </row>
-    <row r="39" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B39" s="1133"/>
+    <row r="39" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="1120"/>
       <c r="C39" s="66"/>
       <c r="D39" s="67"/>
-      <c r="E39" s="587" t="s">
+      <c r="E39" s="582" t="s">
         <v>269</v>
       </c>
       <c r="F39" s="102">
         <v>6</v>
       </c>
       <c r="G39" s="103">
         <v>42655</v>
       </c>
       <c r="H39" s="103">
         <v>45133</v>
       </c>
     </row>
-    <row r="40" spans="2:9" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="B40" s="1133"/>
+    <row r="40" spans="2:9" ht="65" x14ac:dyDescent="0.35">
+      <c r="B40" s="1120"/>
       <c r="C40" s="66"/>
       <c r="D40" s="67"/>
-      <c r="E40" s="587" t="s">
+      <c r="E40" s="582" t="s">
         <v>268</v>
       </c>
       <c r="F40" s="102">
         <v>6</v>
       </c>
       <c r="G40" s="103">
         <v>42655</v>
       </c>
       <c r="H40" s="103">
         <v>43341</v>
       </c>
     </row>
-    <row r="41" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B41" s="1133"/>
+    <row r="41" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="1120"/>
       <c r="C41" s="66"/>
       <c r="D41" s="67"/>
-      <c r="E41" s="587" t="s">
+      <c r="E41" s="582" t="s">
         <v>277</v>
       </c>
       <c r="F41" s="102">
         <v>6</v>
       </c>
       <c r="G41" s="103">
         <v>42655</v>
       </c>
-      <c r="H41" s="644">
+      <c r="H41" s="639">
         <v>43495</v>
       </c>
     </row>
-    <row r="42" spans="2:9" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="B42" s="1133"/>
+    <row r="42" spans="2:9" ht="39" x14ac:dyDescent="0.35">
+      <c r="B42" s="1120"/>
       <c r="C42" s="66"/>
       <c r="D42" s="67"/>
-      <c r="E42" s="590" t="s">
+      <c r="E42" s="585" t="s">
         <v>266</v>
       </c>
       <c r="F42" s="64">
         <v>6</v>
       </c>
       <c r="G42" s="82">
         <v>42815</v>
       </c>
-      <c r="H42" s="641"/>
-[...2 lines deleted...]
-      <c r="B43" s="1133"/>
+      <c r="H42" s="636"/>
+    </row>
+    <row r="43" spans="2:9" ht="55.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="1120"/>
       <c r="C43" s="66"/>
       <c r="D43" s="67"/>
-      <c r="E43" s="587" t="s">
+      <c r="E43" s="582" t="s">
         <v>265</v>
       </c>
       <c r="F43" s="107">
         <v>6</v>
       </c>
       <c r="G43" s="103">
         <v>42815</v>
       </c>
       <c r="H43" s="103">
         <v>43369</v>
       </c>
     </row>
-    <row r="44" spans="2:9" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="B44" s="1133"/>
+    <row r="44" spans="2:9" ht="39" x14ac:dyDescent="0.35">
+      <c r="B44" s="1120"/>
       <c r="C44" s="66"/>
       <c r="D44" s="67"/>
-      <c r="E44" s="587" t="s">
+      <c r="E44" s="582" t="s">
         <v>264</v>
       </c>
       <c r="F44" s="107">
         <v>6</v>
       </c>
       <c r="G44" s="103">
         <v>42815</v>
       </c>
-      <c r="H44" s="812" t="s">
-[...4 lines deleted...]
-      <c r="B45" s="1133"/>
+      <c r="H44" s="807" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="45" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="1120"/>
       <c r="C45" s="66"/>
       <c r="D45" s="67"/>
-      <c r="E45" s="587" t="s">
+      <c r="E45" s="582" t="s">
         <v>263</v>
       </c>
       <c r="F45" s="107">
         <v>6</v>
       </c>
       <c r="G45" s="103">
         <v>42815</v>
       </c>
-      <c r="H45" s="644" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="755" t="s">
+      <c r="H45" s="639" t="s">
         <v>1004</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B46" s="1133"/>
+      <c r="I45" s="750" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="46" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="1120"/>
       <c r="C46" s="66"/>
       <c r="D46" s="67"/>
-      <c r="E46" s="587" t="s">
+      <c r="E46" s="582" t="s">
         <v>262</v>
       </c>
       <c r="F46" s="107">
         <v>6</v>
       </c>
       <c r="G46" s="103">
         <v>42815</v>
       </c>
-      <c r="H46" s="644">
+      <c r="H46" s="639">
         <v>44958</v>
       </c>
     </row>
-    <row r="47" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="1133"/>
+    <row r="47" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="1120"/>
       <c r="C47" s="66"/>
       <c r="D47" s="67"/>
-      <c r="E47" s="587" t="s">
+      <c r="E47" s="582" t="s">
         <v>261</v>
       </c>
       <c r="F47" s="107">
         <v>6</v>
       </c>
       <c r="G47" s="103">
         <v>42815</v>
       </c>
-      <c r="H47" s="644">
+      <c r="H47" s="639">
         <v>43922</v>
       </c>
     </row>
-    <row r="48" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B48" s="1133"/>
+    <row r="48" spans="2:9" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="1120"/>
       <c r="C48" s="66"/>
       <c r="D48" s="67"/>
-      <c r="E48" s="587" t="s">
+      <c r="E48" s="582" t="s">
         <v>260</v>
       </c>
       <c r="F48" s="107">
         <v>6</v>
       </c>
       <c r="G48" s="103">
         <v>42815</v>
       </c>
       <c r="H48" s="103">
         <v>45133</v>
       </c>
     </row>
-    <row r="49" spans="2:8" ht="51" x14ac:dyDescent="0.2">
-      <c r="B49" s="1133"/>
+    <row r="49" spans="2:8" ht="52" x14ac:dyDescent="0.35">
+      <c r="B49" s="1120"/>
       <c r="C49" s="66"/>
       <c r="D49" s="67"/>
-      <c r="E49" s="587" t="s">
+      <c r="E49" s="582" t="s">
         <v>267</v>
       </c>
       <c r="F49" s="107">
         <v>6</v>
       </c>
       <c r="G49" s="103">
         <v>42815</v>
       </c>
       <c r="H49" s="103">
         <v>44013</v>
       </c>
     </row>
-    <row r="50" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B50" s="1133"/>
+    <row r="50" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="1120"/>
       <c r="C50" s="66"/>
       <c r="D50" s="67"/>
-      <c r="E50" s="587" t="s">
+      <c r="E50" s="582" t="s">
         <v>259</v>
       </c>
       <c r="F50" s="107">
         <v>6</v>
       </c>
       <c r="G50" s="103">
         <v>42832</v>
       </c>
       <c r="H50" s="103">
         <v>43369</v>
       </c>
     </row>
-    <row r="51" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="1133"/>
+    <row r="51" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="1120"/>
       <c r="C51" s="66"/>
       <c r="D51" s="67"/>
-      <c r="E51" s="587" t="s">
+      <c r="E51" s="582" t="s">
         <v>258</v>
       </c>
       <c r="F51" s="107">
         <v>6</v>
       </c>
       <c r="G51" s="103">
         <v>42832</v>
       </c>
-      <c r="H51" s="644">
+      <c r="H51" s="639">
         <v>44616</v>
       </c>
     </row>
-    <row r="52" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B52" s="1133"/>
+    <row r="52" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="1120"/>
       <c r="C52" s="66"/>
       <c r="D52" s="67"/>
-      <c r="E52" s="587" t="s">
+      <c r="E52" s="582" t="s">
         <v>257</v>
       </c>
       <c r="F52" s="107">
         <v>6</v>
       </c>
       <c r="G52" s="103">
         <v>42837</v>
       </c>
-      <c r="H52" s="644">
+      <c r="H52" s="639">
         <v>43922</v>
       </c>
     </row>
-    <row r="53" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="1133"/>
+    <row r="53" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="1120"/>
       <c r="C53" s="66"/>
       <c r="D53" s="67"/>
-      <c r="E53" s="590" t="s">
+      <c r="E53" s="585" t="s">
         <v>256</v>
       </c>
       <c r="F53" s="64">
         <v>6</v>
       </c>
       <c r="G53" s="82">
         <v>42837</v>
       </c>
-      <c r="H53" s="641"/>
-[...2 lines deleted...]
-      <c r="B54" s="1133"/>
+      <c r="H53" s="636"/>
+    </row>
+    <row r="54" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="1120"/>
       <c r="C54" s="66"/>
       <c r="D54" s="67"/>
-      <c r="E54" s="587" t="s">
+      <c r="E54" s="582" t="s">
         <v>255</v>
       </c>
       <c r="F54" s="107">
         <v>6</v>
       </c>
       <c r="G54" s="103">
         <v>42828</v>
       </c>
-      <c r="H54" s="644">
+      <c r="H54" s="639">
         <v>43201</v>
       </c>
     </row>
-    <row r="55" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B55" s="1133"/>
+    <row r="55" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="1120"/>
       <c r="C55" s="66"/>
       <c r="D55" s="67"/>
-      <c r="E55" s="587" t="s">
+      <c r="E55" s="582" t="s">
         <v>254</v>
       </c>
       <c r="F55" s="107">
         <v>6</v>
       </c>
       <c r="G55" s="103">
         <v>42860</v>
       </c>
-      <c r="H55" s="644">
+      <c r="H55" s="639">
         <v>43341</v>
       </c>
     </row>
-    <row r="56" spans="2:8" ht="128.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B56" s="1133"/>
+    <row r="56" spans="2:8" ht="128.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="1120"/>
       <c r="C56" s="66"/>
       <c r="D56" s="67"/>
-      <c r="E56" s="587" t="s">
+      <c r="E56" s="582" t="s">
         <v>253</v>
       </c>
       <c r="F56" s="107">
         <v>6</v>
       </c>
       <c r="G56" s="103">
         <v>42860</v>
       </c>
-      <c r="H56" s="812" t="s">
-[...4 lines deleted...]
-      <c r="B57" s="1133"/>
+      <c r="H56" s="807" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="57" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B57" s="1120"/>
       <c r="C57" s="66"/>
       <c r="D57" s="67"/>
-      <c r="E57" s="590" t="s">
-        <v>889</v>
+      <c r="E57" s="585" t="s">
+        <v>885</v>
       </c>
       <c r="F57" s="64">
         <v>6</v>
       </c>
       <c r="G57" s="82">
         <v>42886</v>
       </c>
-      <c r="H57" s="641"/>
-[...2 lines deleted...]
-      <c r="B58" s="1133"/>
+      <c r="H57" s="636"/>
+    </row>
+    <row r="58" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="1120"/>
       <c r="C58" s="66"/>
       <c r="D58" s="67"/>
-      <c r="E58" s="587" t="s">
+      <c r="E58" s="582" t="s">
         <v>252</v>
       </c>
       <c r="F58" s="107">
         <v>6</v>
       </c>
       <c r="G58" s="103">
         <v>42886</v>
       </c>
-      <c r="H58" s="644">
+      <c r="H58" s="639">
         <v>43341</v>
       </c>
     </row>
-    <row r="59" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="B59" s="1133"/>
+    <row r="59" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="B59" s="1120"/>
       <c r="C59" s="66"/>
       <c r="D59" s="67"/>
-      <c r="E59" s="587" t="s">
-        <v>1045</v>
+      <c r="E59" s="582" t="s">
+        <v>1039</v>
       </c>
       <c r="F59" s="107">
         <v>6</v>
       </c>
       <c r="G59" s="103">
         <v>42886</v>
       </c>
-      <c r="H59" s="644">
+      <c r="H59" s="639">
         <v>45258</v>
       </c>
     </row>
-    <row r="60" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="1133"/>
+    <row r="60" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B60" s="1120"/>
       <c r="C60" s="66"/>
       <c r="D60" s="67"/>
-      <c r="E60" s="587" t="s">
+      <c r="E60" s="582" t="s">
         <v>251</v>
       </c>
       <c r="F60" s="107">
         <v>6</v>
       </c>
       <c r="G60" s="103">
         <v>42886</v>
       </c>
-      <c r="H60" s="644">
+      <c r="H60" s="639">
         <v>43922</v>
       </c>
     </row>
-    <row r="61" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B61" s="1133"/>
+    <row r="61" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B61" s="1120"/>
       <c r="C61" s="66"/>
       <c r="D61" s="67"/>
-      <c r="E61" s="590" t="s">
+      <c r="E61" s="585" t="s">
         <v>250</v>
       </c>
       <c r="F61" s="64">
         <v>6</v>
       </c>
       <c r="G61" s="82">
         <v>42886</v>
       </c>
-      <c r="H61" s="641"/>
-[...2 lines deleted...]
-      <c r="B62" s="1133"/>
+      <c r="H61" s="636"/>
+    </row>
+    <row r="62" spans="2:8" ht="54.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B62" s="1120"/>
       <c r="C62" s="66"/>
       <c r="D62" s="67"/>
-      <c r="E62" s="587" t="s">
+      <c r="E62" s="582" t="s">
         <v>275</v>
       </c>
       <c r="F62" s="107">
         <v>6</v>
       </c>
       <c r="G62" s="103">
         <v>42891</v>
       </c>
       <c r="H62" s="103">
         <v>45133</v>
       </c>
     </row>
-    <row r="63" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="1133"/>
+    <row r="63" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B63" s="1120"/>
       <c r="C63" s="66"/>
       <c r="D63" s="67"/>
-      <c r="E63" s="587" t="s">
+      <c r="E63" s="582" t="s">
         <v>249</v>
       </c>
       <c r="F63" s="107">
         <v>6</v>
       </c>
       <c r="G63" s="103">
         <v>42905</v>
       </c>
       <c r="H63" s="103">
         <v>44013</v>
       </c>
     </row>
-    <row r="64" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="1133"/>
+    <row r="64" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B64" s="1120"/>
       <c r="C64" s="69"/>
       <c r="D64" s="62"/>
-      <c r="E64" s="587" t="s">
+      <c r="E64" s="582" t="s">
         <v>248</v>
       </c>
       <c r="F64" s="107">
         <v>6</v>
       </c>
       <c r="G64" s="103">
         <v>42912</v>
       </c>
       <c r="H64" s="103">
         <v>44013</v>
       </c>
     </row>
-    <row r="65" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E65" s="587" t="s">
+    <row r="65" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B65" s="1120"/>
+      <c r="C65" s="1116"/>
+      <c r="D65" s="1116"/>
+      <c r="E65" s="582" t="s">
         <v>247</v>
       </c>
       <c r="F65" s="107">
         <v>6</v>
       </c>
       <c r="G65" s="103">
         <v>42912</v>
       </c>
-      <c r="H65" s="644">
+      <c r="H65" s="639">
         <v>44103</v>
       </c>
     </row>
-    <row r="66" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E66" s="587" t="s">
+    <row r="66" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B66" s="1120"/>
+      <c r="C66" s="1116"/>
+      <c r="D66" s="1116"/>
+      <c r="E66" s="582" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="107">
         <v>6</v>
       </c>
       <c r="G66" s="103">
         <v>42944</v>
       </c>
       <c r="H66" s="103">
         <v>44013</v>
       </c>
     </row>
-    <row r="67" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B67" s="1133"/>
+    <row r="67" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B67" s="1120"/>
       <c r="C67" s="72"/>
       <c r="D67" s="72"/>
-      <c r="E67" s="587" t="s">
+      <c r="E67" s="582" t="s">
         <v>276</v>
       </c>
       <c r="F67" s="107">
         <v>6</v>
       </c>
       <c r="G67" s="103">
         <v>42944</v>
       </c>
       <c r="H67" s="103">
         <v>45258</v>
       </c>
     </row>
-    <row r="68" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B68" s="1133"/>
+    <row r="68" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B68" s="1120"/>
       <c r="C68" s="69"/>
       <c r="D68" s="69"/>
-      <c r="E68" s="587" t="s">
+      <c r="E68" s="582" t="s">
         <v>245</v>
       </c>
       <c r="F68" s="107">
         <v>6</v>
       </c>
       <c r="G68" s="103">
         <v>43073</v>
       </c>
-      <c r="H68" s="644">
+      <c r="H68" s="639">
         <v>44545</v>
       </c>
     </row>
-    <row r="69" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B69" s="1133"/>
+    <row r="69" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B69" s="1120"/>
       <c r="C69" s="74"/>
       <c r="D69" s="73"/>
-      <c r="E69" s="587" t="s">
+      <c r="E69" s="582" t="s">
         <v>244</v>
       </c>
       <c r="F69" s="107">
         <v>6</v>
       </c>
       <c r="G69" s="103">
         <v>43108</v>
       </c>
       <c r="H69" s="103">
         <v>44013</v>
       </c>
     </row>
-    <row r="70" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B70" s="1133"/>
+    <row r="70" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="1120"/>
       <c r="C70" s="74"/>
       <c r="D70" s="73"/>
-      <c r="E70" s="587" t="s">
+      <c r="E70" s="582" t="s">
         <v>243</v>
       </c>
       <c r="F70" s="107">
         <v>6</v>
       </c>
       <c r="G70" s="103">
         <v>43108</v>
       </c>
       <c r="H70" s="103">
         <v>43277</v>
       </c>
     </row>
-    <row r="71" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B71" s="1133"/>
+    <row r="71" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B71" s="1120"/>
       <c r="C71" s="74"/>
       <c r="D71" s="73"/>
-      <c r="E71" s="587" t="s">
+      <c r="E71" s="582" t="s">
         <v>242</v>
       </c>
       <c r="F71" s="107">
         <v>6</v>
       </c>
       <c r="G71" s="103">
         <v>43108</v>
       </c>
-      <c r="H71" s="644">
+      <c r="H71" s="639">
         <v>43858</v>
       </c>
     </row>
-    <row r="72" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B72" s="1133"/>
+    <row r="72" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B72" s="1120"/>
       <c r="C72" s="74"/>
       <c r="D72" s="76"/>
-      <c r="E72" s="590" t="s">
+      <c r="E72" s="585" t="s">
         <v>241</v>
       </c>
       <c r="F72" s="64">
         <v>6</v>
       </c>
       <c r="G72" s="82">
         <v>43129</v>
       </c>
       <c r="H72" s="41"/>
     </row>
-    <row r="73" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B73" s="1133"/>
+    <row r="73" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="1120"/>
       <c r="C73" s="74"/>
       <c r="D73" s="80"/>
-      <c r="E73" s="587" t="s">
+      <c r="E73" s="582" t="s">
         <v>240</v>
       </c>
       <c r="F73" s="107">
         <v>6</v>
       </c>
       <c r="G73" s="103">
         <v>43153</v>
       </c>
-      <c r="H73" s="644">
+      <c r="H73" s="639">
         <v>44181</v>
       </c>
     </row>
-    <row r="74" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B74" s="1133"/>
+    <row r="74" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="1120"/>
       <c r="C74" s="74"/>
       <c r="D74" s="80"/>
-      <c r="E74" s="590" t="s">
+      <c r="E74" s="585" t="s">
         <v>239</v>
       </c>
       <c r="F74" s="64">
         <v>6</v>
       </c>
       <c r="G74" s="82">
         <v>43159</v>
       </c>
       <c r="H74" s="41"/>
     </row>
-    <row r="75" spans="2:8" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="B75" s="1133"/>
+    <row r="75" spans="2:8" ht="65" x14ac:dyDescent="0.35">
+      <c r="B75" s="1120"/>
       <c r="C75" s="74"/>
       <c r="D75" s="80"/>
-      <c r="E75" s="587" t="s">
+      <c r="E75" s="582" t="s">
         <v>278</v>
       </c>
       <c r="F75" s="107">
         <v>6</v>
       </c>
       <c r="G75" s="103">
         <v>43159</v>
       </c>
-      <c r="H75" s="644">
+      <c r="H75" s="639">
         <v>44958</v>
       </c>
     </row>
-    <row r="76" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B76" s="1133"/>
+    <row r="76" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B76" s="1120"/>
       <c r="C76" s="74"/>
       <c r="D76" s="97"/>
-      <c r="E76" s="587" t="s">
+      <c r="E76" s="582" t="s">
         <v>238</v>
       </c>
       <c r="F76" s="107">
         <v>6</v>
       </c>
       <c r="G76" s="103">
         <v>43175</v>
       </c>
-      <c r="H76" s="644">
+      <c r="H76" s="639">
         <v>44377</v>
       </c>
     </row>
-    <row r="77" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B77" s="1133"/>
+    <row r="77" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B77" s="1120"/>
       <c r="C77" s="74"/>
       <c r="D77" s="97"/>
-      <c r="E77" s="590" t="s">
+      <c r="E77" s="585" t="s">
         <v>237</v>
       </c>
       <c r="F77" s="64">
         <v>6</v>
       </c>
       <c r="G77" s="82">
         <v>43292</v>
       </c>
       <c r="H77" s="41"/>
     </row>
-    <row r="78" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B78" s="1133"/>
+    <row r="78" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B78" s="1120"/>
       <c r="C78" s="74"/>
       <c r="D78" s="97"/>
-      <c r="E78" s="587" t="s">
+      <c r="E78" s="582" t="s">
         <v>236</v>
       </c>
       <c r="F78" s="107">
         <v>6</v>
       </c>
       <c r="G78" s="103">
         <v>43292</v>
       </c>
-      <c r="H78" s="644">
+      <c r="H78" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="79" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B79" s="1133"/>
+    <row r="79" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B79" s="1120"/>
       <c r="C79" s="74"/>
       <c r="D79" s="97"/>
-      <c r="E79" s="587" t="s">
+      <c r="E79" s="582" t="s">
         <v>235</v>
       </c>
       <c r="F79" s="107">
         <v>6</v>
       </c>
       <c r="G79" s="103">
         <v>43292</v>
       </c>
       <c r="H79" s="103">
         <v>45133</v>
       </c>
     </row>
-    <row r="80" spans="2:8" ht="66" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B80" s="1133"/>
+    <row r="80" spans="2:8" ht="66" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B80" s="1120"/>
       <c r="C80" s="74"/>
       <c r="D80" s="97"/>
-      <c r="E80" s="587" t="s">
+      <c r="E80" s="582" t="s">
         <v>234</v>
       </c>
       <c r="F80" s="107">
         <v>6</v>
       </c>
       <c r="G80" s="103">
         <v>43292</v>
       </c>
-      <c r="H80" s="644">
+      <c r="H80" s="639">
         <v>44958</v>
       </c>
     </row>
-    <row r="81" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B81" s="1133"/>
+    <row r="81" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="1120"/>
       <c r="C81" s="74"/>
       <c r="D81" s="97"/>
-      <c r="E81" s="587" t="s">
+      <c r="E81" s="582" t="s">
         <v>233</v>
       </c>
       <c r="F81" s="107">
         <v>6</v>
       </c>
       <c r="G81" s="103">
         <v>43292</v>
       </c>
-      <c r="H81" s="645">
+      <c r="H81" s="640">
         <v>44398</v>
       </c>
     </row>
-    <row r="82" spans="2:8" ht="48" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B82" s="1133"/>
+    <row r="82" spans="2:8" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B82" s="1120"/>
       <c r="C82" s="74"/>
       <c r="D82" s="97"/>
-      <c r="E82" s="587" t="s">
+      <c r="E82" s="582" t="s">
         <v>279</v>
       </c>
       <c r="F82" s="107">
         <v>6</v>
       </c>
       <c r="G82" s="103">
         <v>43292</v>
       </c>
-      <c r="H82" s="644">
+      <c r="H82" s="639">
         <v>44251</v>
       </c>
     </row>
-    <row r="83" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B83" s="1133"/>
+    <row r="83" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B83" s="1120"/>
       <c r="C83" s="74"/>
       <c r="D83" s="98"/>
-      <c r="E83" s="587" t="s">
+      <c r="E83" s="582" t="s">
         <v>232</v>
       </c>
       <c r="F83" s="107">
         <v>6</v>
       </c>
       <c r="G83" s="103">
         <v>43292</v>
       </c>
-      <c r="H83" s="644">
+      <c r="H83" s="639">
         <v>44223</v>
       </c>
     </row>
-    <row r="84" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B84" s="1133"/>
+    <row r="84" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B84" s="1120"/>
       <c r="C84" s="74"/>
       <c r="D84" s="98"/>
-      <c r="E84" s="587" t="s">
+      <c r="E84" s="582" t="s">
         <v>231</v>
       </c>
       <c r="F84" s="107">
         <v>6</v>
       </c>
       <c r="G84" s="103">
         <v>43314</v>
       </c>
-      <c r="H84" s="644">
+      <c r="H84" s="639">
         <v>44013</v>
       </c>
     </row>
-    <row r="85" spans="2:8" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B85" s="1133"/>
+    <row r="85" spans="2:8" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B85" s="1120"/>
       <c r="C85" s="74"/>
       <c r="D85" s="98"/>
-      <c r="E85" s="587" t="s">
+      <c r="E85" s="582" t="s">
         <v>230</v>
       </c>
       <c r="F85" s="107">
         <v>6</v>
       </c>
       <c r="G85" s="103">
         <v>43314</v>
       </c>
-      <c r="H85" s="644">
+      <c r="H85" s="639">
         <v>44398</v>
       </c>
     </row>
-    <row r="86" spans="2:8" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B86" s="1133"/>
+    <row r="86" spans="2:8" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B86" s="1120"/>
       <c r="C86" s="74"/>
       <c r="D86" s="98"/>
-      <c r="E86" s="587" t="s">
+      <c r="E86" s="582" t="s">
         <v>229</v>
       </c>
       <c r="F86" s="107">
         <v>6</v>
       </c>
       <c r="G86" s="103">
         <v>43314</v>
       </c>
-      <c r="H86" s="644">
+      <c r="H86" s="639">
         <v>44398</v>
       </c>
     </row>
-    <row r="87" spans="2:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B87" s="1133"/>
+    <row r="87" spans="2:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="1120"/>
       <c r="C87" s="74"/>
       <c r="D87" s="99"/>
-      <c r="E87" s="587" t="s">
+      <c r="E87" s="582" t="s">
         <v>228</v>
       </c>
       <c r="F87" s="107">
         <v>6</v>
       </c>
       <c r="G87" s="103">
         <v>43314</v>
       </c>
-      <c r="H87" s="644">
+      <c r="H87" s="639">
         <v>45258</v>
       </c>
     </row>
-    <row r="88" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B88" s="1133"/>
+    <row r="88" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B88" s="1120"/>
       <c r="C88" s="74"/>
       <c r="D88" s="99"/>
-      <c r="E88" s="587" t="s">
+      <c r="E88" s="582" t="s">
         <v>227</v>
       </c>
       <c r="F88" s="107">
         <v>6</v>
       </c>
       <c r="G88" s="103">
         <v>43347</v>
       </c>
-      <c r="H88" s="644">
+      <c r="H88" s="639">
         <v>44013</v>
       </c>
     </row>
-    <row r="89" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B89" s="1133"/>
+    <row r="89" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B89" s="1120"/>
       <c r="C89" s="74"/>
       <c r="D89" s="116"/>
-      <c r="E89" s="587" t="s">
+      <c r="E89" s="582" t="s">
         <v>225</v>
       </c>
       <c r="F89" s="107">
         <v>6</v>
       </c>
       <c r="G89" s="103">
         <v>43347</v>
       </c>
-      <c r="H89" s="644">
+      <c r="H89" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="90" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B90" s="1133"/>
+    <row r="90" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B90" s="1120"/>
       <c r="C90" s="74"/>
       <c r="D90" s="116"/>
-      <c r="E90" s="587" t="s">
+      <c r="E90" s="582" t="s">
         <v>226</v>
       </c>
       <c r="F90" s="107">
         <v>6</v>
       </c>
       <c r="G90" s="103">
         <v>43374</v>
       </c>
-      <c r="H90" s="644">
+      <c r="H90" s="639">
         <v>45258</v>
       </c>
     </row>
-    <row r="91" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B91" s="1133"/>
+    <row r="91" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="1120"/>
       <c r="C91" s="74"/>
       <c r="D91" s="116"/>
-      <c r="E91" s="587" t="s">
+      <c r="E91" s="582" t="s">
         <v>223</v>
       </c>
       <c r="F91" s="107">
         <v>6</v>
       </c>
       <c r="G91" s="103">
         <v>43440</v>
       </c>
-      <c r="H91" s="644">
+      <c r="H91" s="639">
         <v>45258</v>
       </c>
     </row>
-    <row r="92" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B92" s="1133"/>
+    <row r="92" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B92" s="1120"/>
       <c r="C92" s="116"/>
       <c r="D92" s="116"/>
-      <c r="E92" s="587" t="s">
+      <c r="E92" s="582" t="s">
         <v>224</v>
       </c>
       <c r="F92" s="107">
         <v>6</v>
       </c>
       <c r="G92" s="103">
         <v>43440</v>
       </c>
-      <c r="H92" s="644">
+      <c r="H92" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="93" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B93" s="1133"/>
+    <row r="93" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B93" s="1120"/>
       <c r="C93" s="116"/>
       <c r="D93" s="116"/>
-      <c r="E93" s="587" t="s">
+      <c r="E93" s="582" t="s">
         <v>285</v>
       </c>
       <c r="F93" s="107">
         <v>6</v>
       </c>
       <c r="G93" s="103">
         <v>43499</v>
       </c>
-      <c r="H93" s="644">
+      <c r="H93" s="639">
         <v>44181</v>
       </c>
     </row>
-    <row r="94" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B94" s="1133"/>
+    <row r="94" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B94" s="1120"/>
       <c r="C94" s="131"/>
       <c r="D94" s="131"/>
-      <c r="E94" s="587" t="s">
+      <c r="E94" s="582" t="s">
         <v>289</v>
       </c>
       <c r="F94" s="107">
         <v>6</v>
       </c>
       <c r="G94" s="103">
         <v>43528</v>
       </c>
-      <c r="H94" s="644">
+      <c r="H94" s="639">
         <v>44713</v>
       </c>
     </row>
-    <row r="95" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B95" s="1133"/>
+    <row r="95" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B95" s="1120"/>
       <c r="C95" s="131"/>
       <c r="D95" s="131"/>
-      <c r="E95" s="587" t="s">
+      <c r="E95" s="582" t="s">
         <v>310</v>
       </c>
       <c r="F95" s="107">
         <v>6</v>
       </c>
       <c r="G95" s="103">
         <v>43557</v>
       </c>
-      <c r="H95" s="644">
+      <c r="H95" s="639">
         <v>45133</v>
       </c>
     </row>
-    <row r="96" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B96" s="1133"/>
+    <row r="96" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="1120"/>
       <c r="C96" s="131"/>
       <c r="D96" s="131"/>
-      <c r="E96" s="587" t="s">
+      <c r="E96" s="582" t="s">
         <v>311</v>
       </c>
       <c r="F96" s="107">
         <v>6</v>
       </c>
       <c r="G96" s="103">
         <v>43585</v>
       </c>
-      <c r="H96" s="644">
+      <c r="H96" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="97" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B97" s="1133"/>
+    <row r="97" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="1120"/>
       <c r="C97" s="131"/>
       <c r="D97" s="131"/>
-      <c r="E97" s="587" t="s">
+      <c r="E97" s="582" t="s">
         <v>312</v>
       </c>
       <c r="F97" s="107">
         <v>6</v>
       </c>
       <c r="G97" s="103">
         <v>43585</v>
       </c>
-      <c r="H97" s="644">
+      <c r="H97" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="98" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B98" s="1133"/>
+    <row r="98" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B98" s="1120"/>
       <c r="C98" s="136"/>
       <c r="D98" s="136"/>
-      <c r="E98" s="587" t="s">
+      <c r="E98" s="582" t="s">
         <v>313</v>
       </c>
       <c r="F98" s="107">
         <v>6</v>
       </c>
       <c r="G98" s="103">
         <v>43585</v>
       </c>
-      <c r="H98" s="644">
+      <c r="H98" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="99" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B99" s="1133"/>
+    <row r="99" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="1120"/>
       <c r="C99" s="136"/>
       <c r="D99" s="136"/>
-      <c r="E99" s="590" t="s">
+      <c r="E99" s="585" t="s">
         <v>321</v>
       </c>
       <c r="F99" s="64">
         <v>6</v>
       </c>
       <c r="G99" s="82">
         <v>43620</v>
       </c>
-      <c r="H99" s="644"/>
-[...2 lines deleted...]
-      <c r="B100" s="1133"/>
+      <c r="H99" s="639"/>
+    </row>
+    <row r="100" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B100" s="1120"/>
       <c r="C100" s="136"/>
       <c r="D100" s="136"/>
-      <c r="E100" s="587" t="s">
+      <c r="E100" s="582" t="s">
         <v>320</v>
       </c>
       <c r="F100" s="107">
         <v>6</v>
       </c>
       <c r="G100" s="103">
         <v>43620</v>
       </c>
-      <c r="H100" s="644">
+      <c r="H100" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="101" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B101" s="1133"/>
+    <row r="101" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B101" s="1120"/>
       <c r="C101" s="138"/>
       <c r="D101" s="138"/>
-      <c r="E101" s="587" t="s">
+      <c r="E101" s="582" t="s">
         <v>322</v>
       </c>
       <c r="F101" s="107">
         <v>6</v>
       </c>
       <c r="G101" s="103">
         <v>43620</v>
       </c>
-      <c r="H101" s="644">
+      <c r="H101" s="639">
         <v>44377</v>
       </c>
     </row>
-    <row r="102" spans="2:8" x14ac:dyDescent="0.2">
-      <c r="B102" s="1133"/>
+    <row r="102" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B102" s="1120"/>
       <c r="C102" s="138"/>
       <c r="D102" s="138"/>
-      <c r="E102" s="587" t="s">
+      <c r="E102" s="582" t="s">
         <v>333</v>
       </c>
       <c r="F102" s="107">
         <v>6</v>
       </c>
       <c r="G102" s="103">
         <v>43648</v>
       </c>
-      <c r="H102" s="644">
+      <c r="H102" s="639">
         <v>44013</v>
       </c>
     </row>
-    <row r="103" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E103" s="587" t="s">
+    <row r="103" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B103" s="1120"/>
+      <c r="C103" s="333"/>
+      <c r="D103" s="332"/>
+      <c r="E103" s="582" t="s">
         <v>334</v>
       </c>
       <c r="F103" s="107">
         <v>6</v>
       </c>
       <c r="G103" s="103">
         <v>43648</v>
       </c>
-      <c r="H103" s="644">
+      <c r="H103" s="639">
         <v>45133</v>
       </c>
     </row>
-    <row r="104" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>564</v>
+    <row r="104" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="B104" s="1120"/>
+      <c r="C104" s="332"/>
+      <c r="D104" s="333"/>
+      <c r="E104" s="587" t="s">
+        <v>562</v>
       </c>
       <c r="F104" s="107">
         <v>6</v>
       </c>
       <c r="G104" s="103">
         <v>43678</v>
       </c>
-      <c r="H104" s="644">
+      <c r="H104" s="639">
         <v>44587</v>
       </c>
     </row>
-    <row r="105" spans="2:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>609</v>
+    <row r="105" spans="2:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="1120"/>
+      <c r="C105" s="335"/>
+      <c r="D105" s="336"/>
+      <c r="E105" s="588" t="s">
+        <v>607</v>
       </c>
       <c r="F105" s="64">
         <v>6</v>
       </c>
       <c r="G105" s="82">
         <v>43832</v>
       </c>
-      <c r="H105" s="646"/>
-[...6 lines deleted...]
-        <v>567</v>
+      <c r="H105" s="641"/>
+    </row>
+    <row r="106" spans="2:8" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B106" s="1120"/>
+      <c r="C106" s="383"/>
+      <c r="D106" s="383"/>
+      <c r="E106" s="589" t="s">
+        <v>565</v>
       </c>
       <c r="F106" s="107">
         <v>6</v>
       </c>
       <c r="G106" s="103">
         <v>43864</v>
       </c>
-      <c r="H106" s="644">
+      <c r="H106" s="639">
         <v>44314</v>
       </c>
     </row>
-    <row r="107" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>630</v>
+    <row r="107" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="1120"/>
+      <c r="C107" s="414"/>
+      <c r="D107" s="414"/>
+      <c r="E107" s="587" t="s">
+        <v>628</v>
       </c>
       <c r="F107" s="107">
         <v>6</v>
       </c>
       <c r="G107" s="103">
         <v>44015</v>
       </c>
       <c r="H107" s="103">
         <v>45133</v>
       </c>
     </row>
-    <row r="108" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="F108" s="763">
+    <row r="108" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B108" s="1120"/>
+      <c r="C108" s="346"/>
+      <c r="D108" s="482"/>
+      <c r="E108" s="589" t="s">
+        <v>664</v>
+      </c>
+      <c r="F108" s="758">
         <v>6</v>
       </c>
-      <c r="G108" s="765">
+      <c r="G108" s="760">
         <v>44078</v>
       </c>
       <c r="H108" s="103">
         <v>45741</v>
       </c>
     </row>
-    <row r="109" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>785</v>
+    <row r="109" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B109" s="483"/>
+      <c r="C109" s="346"/>
+      <c r="D109" s="482"/>
+      <c r="E109" s="587" t="s">
+        <v>781</v>
       </c>
       <c r="F109" s="107">
         <v>6</v>
       </c>
       <c r="G109" s="103">
         <v>44321</v>
       </c>
       <c r="H109" s="103">
         <v>45133</v>
       </c>
     </row>
-    <row r="110" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="F110" s="763">
+    <row r="110" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="514"/>
+      <c r="C110" s="346"/>
+      <c r="D110" s="513"/>
+      <c r="E110" s="589" t="s">
+        <v>735</v>
+      </c>
+      <c r="F110" s="758">
         <v>6</v>
       </c>
       <c r="G110" s="103">
         <v>44321</v>
       </c>
       <c r="H110" s="103">
         <v>45133</v>
       </c>
     </row>
-    <row r="111" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>790</v>
+    <row r="111" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B111" s="578"/>
+      <c r="C111" s="346"/>
+      <c r="D111" s="577"/>
+      <c r="E111" s="587" t="s">
+        <v>786</v>
       </c>
       <c r="F111" s="107">
         <v>6</v>
       </c>
       <c r="G111" s="103">
         <v>44398</v>
       </c>
       <c r="H111" s="103">
         <v>45076</v>
       </c>
     </row>
-    <row r="112" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="F112" s="764">
+    <row r="112" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B112" s="597"/>
+      <c r="C112" s="346"/>
+      <c r="D112" s="596"/>
+      <c r="E112" s="589" t="s">
+        <v>832</v>
+      </c>
+      <c r="F112" s="759">
         <v>6</v>
       </c>
-      <c r="G112" s="765">
+      <c r="G112" s="760">
         <v>44565</v>
       </c>
-      <c r="H112" s="765">
+      <c r="H112" s="760">
         <v>45133</v>
       </c>
     </row>
-    <row r="113" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="F113" s="584">
+    <row r="113" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B113" s="597"/>
+      <c r="C113" s="346"/>
+      <c r="D113" s="596"/>
+      <c r="E113" s="590" t="s">
+        <v>834</v>
+      </c>
+      <c r="F113" s="579">
         <v>6</v>
       </c>
       <c r="G113" s="82">
         <v>44593</v>
       </c>
-      <c r="H113" s="646"/>
-[...8 lines deleted...]
-      <c r="F114" s="584">
+      <c r="H113" s="641"/>
+    </row>
+    <row r="114" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B114" s="597"/>
+      <c r="C114" s="346"/>
+      <c r="D114" s="596"/>
+      <c r="E114" s="590" t="s">
+        <v>835</v>
+      </c>
+      <c r="F114" s="579">
         <v>6</v>
       </c>
       <c r="G114" s="82">
         <v>44593</v>
       </c>
-      <c r="H114" s="646"/>
-[...6 lines deleted...]
-        <v>852</v>
+      <c r="H114" s="641"/>
+    </row>
+    <row r="115" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B115" s="604"/>
+      <c r="C115" s="346"/>
+      <c r="D115" s="603"/>
+      <c r="E115" s="587" t="s">
+        <v>848</v>
       </c>
       <c r="F115" s="107">
         <v>6</v>
       </c>
       <c r="G115" s="103">
         <v>44630</v>
       </c>
-      <c r="H115" s="765">
+      <c r="H115" s="760">
         <v>45713</v>
       </c>
     </row>
-    <row r="116" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>950</v>
+    <row r="116" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B116" s="690"/>
+      <c r="C116" s="346"/>
+      <c r="D116" s="689"/>
+      <c r="E116" s="587" t="s">
+        <v>946</v>
       </c>
       <c r="F116" s="107">
         <v>6</v>
       </c>
       <c r="G116" s="103">
         <v>44903</v>
       </c>
-      <c r="H116" s="765">
+      <c r="H116" s="760">
         <v>45685</v>
       </c>
     </row>
-    <row r="117" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>951</v>
+    <row r="117" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B117" s="690"/>
+      <c r="C117" s="346"/>
+      <c r="D117" s="689"/>
+      <c r="E117" s="590" t="s">
+        <v>947</v>
       </c>
       <c r="F117" s="64">
         <v>6</v>
       </c>
       <c r="G117" s="82">
         <v>44903</v>
       </c>
-      <c r="H117" s="646"/>
-[...6 lines deleted...]
-        <v>974</v>
+      <c r="H117" s="641"/>
+    </row>
+    <row r="118" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B118" s="709"/>
+      <c r="C118" s="346"/>
+      <c r="D118" s="708"/>
+      <c r="E118" s="590" t="s">
+        <v>968</v>
       </c>
       <c r="F118" s="64">
         <v>6</v>
       </c>
       <c r="G118" s="82">
         <v>45019</v>
       </c>
-      <c r="H118" s="646"/>
-[...6 lines deleted...]
-        <v>975</v>
+      <c r="H118" s="641"/>
+    </row>
+    <row r="119" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B119" s="709"/>
+      <c r="C119" s="346"/>
+      <c r="D119" s="708"/>
+      <c r="E119" s="587" t="s">
+        <v>969</v>
       </c>
       <c r="F119" s="107">
         <v>6</v>
       </c>
       <c r="G119" s="103">
         <v>45019</v>
       </c>
       <c r="H119" s="103">
         <v>45643</v>
       </c>
     </row>
-    <row r="120" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>976</v>
+    <row r="120" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B120" s="709"/>
+      <c r="C120" s="346"/>
+      <c r="D120" s="708"/>
+      <c r="E120" s="587" t="s">
+        <v>970</v>
       </c>
       <c r="F120" s="107">
         <v>6</v>
       </c>
       <c r="G120" s="103">
         <v>45019</v>
       </c>
       <c r="H120" s="103">
         <v>45741</v>
       </c>
     </row>
-    <row r="121" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>977</v>
+    <row r="121" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B121" s="709"/>
+      <c r="C121" s="346"/>
+      <c r="D121" s="708"/>
+      <c r="E121" s="590" t="s">
+        <v>971</v>
       </c>
       <c r="F121" s="64">
         <v>6</v>
       </c>
       <c r="G121" s="82">
         <v>45019</v>
       </c>
-      <c r="H121" s="646"/>
-[...6 lines deleted...]
-        <v>978</v>
+      <c r="H121" s="641"/>
+    </row>
+    <row r="122" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B122" s="709"/>
+      <c r="C122" s="346"/>
+      <c r="D122" s="708"/>
+      <c r="E122" s="590" t="s">
+        <v>972</v>
       </c>
       <c r="F122" s="64">
         <v>6</v>
       </c>
       <c r="G122" s="82">
         <v>45019</v>
       </c>
-      <c r="H122" s="646"/>
-[...8 lines deleted...]
-      <c r="F123" s="760">
+      <c r="H122" s="641"/>
+    </row>
+    <row r="123" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B123" s="752"/>
+      <c r="C123" s="346"/>
+      <c r="D123" s="751"/>
+      <c r="E123" s="754" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F123" s="755">
         <v>6</v>
       </c>
       <c r="G123" s="82">
         <v>45104</v>
       </c>
-      <c r="H123" s="646"/>
-[...8 lines deleted...]
-      <c r="F124" s="760">
+      <c r="H123" s="641"/>
+    </row>
+    <row r="124" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B124" s="757"/>
+      <c r="C124" s="346"/>
+      <c r="D124" s="756"/>
+      <c r="E124" s="754" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F124" s="755">
         <v>6</v>
       </c>
       <c r="G124" s="82">
         <v>45133</v>
       </c>
-      <c r="H124" s="646"/>
-[...8 lines deleted...]
-      <c r="F125" s="760">
+      <c r="H124" s="641"/>
+    </row>
+    <row r="125" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B125" s="766"/>
+      <c r="C125" s="346"/>
+      <c r="D125" s="765"/>
+      <c r="E125" s="754" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F125" s="755">
         <v>6</v>
       </c>
       <c r="G125" s="82">
         <v>45173</v>
       </c>
-      <c r="H125" s="646"/>
-[...8 lines deleted...]
-      <c r="F126" s="760">
+      <c r="H125" s="641"/>
+    </row>
+    <row r="126" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B126" s="797"/>
+      <c r="C126" s="346"/>
+      <c r="D126" s="796"/>
+      <c r="E126" s="754" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F126" s="755">
         <v>6</v>
       </c>
       <c r="G126" s="82">
         <v>45272</v>
       </c>
-      <c r="H126" s="646"/>
-[...8 lines deleted...]
-      <c r="F127" s="760">
+      <c r="H126" s="641"/>
+    </row>
+    <row r="127" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B127" s="806"/>
+      <c r="C127" s="346"/>
+      <c r="D127" s="805"/>
+      <c r="E127" s="754" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F127" s="755">
         <v>6</v>
       </c>
       <c r="G127" s="82">
         <v>45330</v>
       </c>
-      <c r="H127" s="646"/>
-[...8 lines deleted...]
-      <c r="F128" s="760">
+      <c r="H127" s="641"/>
+    </row>
+    <row r="128" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B128" s="809"/>
+      <c r="C128" s="346"/>
+      <c r="D128" s="808"/>
+      <c r="E128" s="754" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F128" s="755">
         <v>6</v>
       </c>
       <c r="G128" s="82">
         <v>45390</v>
       </c>
-      <c r="H128" s="646"/>
-[...8 lines deleted...]
-      <c r="F129" s="760">
+      <c r="H128" s="641"/>
+    </row>
+    <row r="129" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B129" s="813"/>
+      <c r="C129" s="346"/>
+      <c r="D129" s="812"/>
+      <c r="E129" s="754" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F129" s="755">
         <v>6</v>
       </c>
       <c r="G129" s="82">
         <v>45427</v>
       </c>
-      <c r="H129" s="646"/>
-[...8 lines deleted...]
-      <c r="F130" s="760">
+      <c r="H129" s="641"/>
+    </row>
+    <row r="130" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B130" s="813"/>
+      <c r="C130" s="346"/>
+      <c r="D130" s="812"/>
+      <c r="E130" s="754" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F130" s="755">
         <v>6</v>
       </c>
       <c r="G130" s="82">
         <v>45427</v>
       </c>
-      <c r="H130" s="646"/>
-[...8 lines deleted...]
-      <c r="F131" s="760">
+      <c r="H130" s="641"/>
+    </row>
+    <row r="131" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B131" s="813"/>
+      <c r="C131" s="346"/>
+      <c r="D131" s="812"/>
+      <c r="E131" s="754" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F131" s="755">
         <v>6</v>
       </c>
       <c r="G131" s="82">
         <v>45427</v>
       </c>
-      <c r="H131" s="646"/>
-[...8 lines deleted...]
-      <c r="F132" s="760">
+      <c r="H131" s="641"/>
+    </row>
+    <row r="132" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B132" s="824"/>
+      <c r="C132" s="346"/>
+      <c r="D132" s="823"/>
+      <c r="E132" s="754" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F132" s="755">
         <v>6</v>
       </c>
       <c r="G132" s="82">
         <v>45504</v>
       </c>
-      <c r="H132" s="646"/>
-[...8 lines deleted...]
-      <c r="F133" s="760">
+      <c r="H132" s="641"/>
+    </row>
+    <row r="133" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B133" s="824"/>
+      <c r="C133" s="346"/>
+      <c r="D133" s="823"/>
+      <c r="E133" s="754" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F133" s="755">
         <v>6</v>
       </c>
       <c r="G133" s="82">
         <v>45537</v>
       </c>
-      <c r="H133" s="646"/>
-[...8 lines deleted...]
-      <c r="F134" s="760">
+      <c r="H133" s="641"/>
+    </row>
+    <row r="134" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B134" s="824"/>
+      <c r="C134" s="346"/>
+      <c r="D134" s="823"/>
+      <c r="E134" s="754" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F134" s="755">
         <v>6</v>
       </c>
       <c r="G134" s="82">
         <v>45537</v>
       </c>
-      <c r="H134" s="646"/>
-[...8 lines deleted...]
-      <c r="F135" s="760">
+      <c r="H134" s="641"/>
+    </row>
+    <row r="135" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B135" s="845"/>
+      <c r="C135" s="346"/>
+      <c r="D135" s="844"/>
+      <c r="E135" s="754" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F135" s="755">
         <v>6</v>
       </c>
       <c r="G135" s="82">
         <v>45566</v>
       </c>
-      <c r="H135" s="646"/>
-[...8 lines deleted...]
-      <c r="F136" s="760">
+      <c r="H135" s="641"/>
+    </row>
+    <row r="136" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B136" s="854"/>
+      <c r="C136" s="346"/>
+      <c r="D136" s="853"/>
+      <c r="E136" s="754" t="s">
+        <v>1177</v>
+      </c>
+      <c r="F136" s="755">
         <v>6</v>
       </c>
       <c r="G136" s="82">
         <v>45623</v>
       </c>
-      <c r="H136" s="646"/>
-[...8 lines deleted...]
-      <c r="F137" s="760">
+      <c r="H136" s="641"/>
+    </row>
+    <row r="137" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B137" s="859"/>
+      <c r="C137" s="346"/>
+      <c r="D137" s="858"/>
+      <c r="E137" s="754" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F137" s="755">
         <v>6</v>
       </c>
       <c r="G137" s="82">
         <v>45659</v>
       </c>
-      <c r="H137" s="646"/>
-[...8 lines deleted...]
-      <c r="F138" s="760">
+      <c r="H137" s="641"/>
+    </row>
+    <row r="138" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B138" s="865"/>
+      <c r="C138" s="346"/>
+      <c r="D138" s="864"/>
+      <c r="E138" s="754" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F138" s="755">
         <v>6</v>
       </c>
       <c r="G138" s="82">
         <v>45693</v>
       </c>
-      <c r="H138" s="646"/>
-[...8 lines deleted...]
-      <c r="F139" s="760">
+      <c r="H138" s="641"/>
+    </row>
+    <row r="139" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B139" s="865"/>
+      <c r="C139" s="346"/>
+      <c r="D139" s="864"/>
+      <c r="E139" s="754" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F139" s="755">
         <v>6</v>
       </c>
       <c r="G139" s="82">
         <v>45693</v>
       </c>
-      <c r="H139" s="646"/>
-[...8 lines deleted...]
-      <c r="F140" s="760">
+      <c r="H139" s="641"/>
+    </row>
+    <row r="140" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B140" s="882"/>
+      <c r="C140" s="346"/>
+      <c r="D140" s="881"/>
+      <c r="E140" s="754" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F140" s="755">
         <v>6</v>
       </c>
       <c r="G140" s="82">
         <v>45741</v>
       </c>
-      <c r="H140" s="646"/>
-[...8 lines deleted...]
-      <c r="F141" s="760">
+      <c r="H140" s="641"/>
+    </row>
+    <row r="141" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B141" s="882"/>
+      <c r="C141" s="346"/>
+      <c r="D141" s="881"/>
+      <c r="E141" s="754" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F141" s="755">
         <v>6</v>
       </c>
       <c r="G141" s="82">
         <v>45741</v>
       </c>
-      <c r="H141" s="646"/>
-[...8 lines deleted...]
-      <c r="F142" s="760">
+      <c r="H141" s="641"/>
+    </row>
+    <row r="142" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="B142" s="916"/>
+      <c r="C142" s="346"/>
+      <c r="D142" s="915"/>
+      <c r="E142" s="754" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F142" s="755">
         <v>6</v>
       </c>
       <c r="G142" s="82">
         <v>45785</v>
       </c>
-      <c r="H142" s="646"/>
-[...8 lines deleted...]
-      <c r="F143" s="760">
+      <c r="H142" s="641"/>
+    </row>
+    <row r="143" spans="2:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="B143" s="925"/>
+      <c r="C143" s="346"/>
+      <c r="D143" s="924"/>
+      <c r="E143" s="754" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F143" s="755">
         <v>6</v>
       </c>
       <c r="G143" s="82">
         <v>45834</v>
       </c>
-      <c r="H143" s="646"/>
-[...8 lines deleted...]
-      <c r="F144" s="760">
+      <c r="H143" s="641"/>
+    </row>
+    <row r="144" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B144" s="934"/>
+      <c r="C144" s="346"/>
+      <c r="D144" s="933"/>
+      <c r="E144" s="754" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F144" s="755">
         <v>6</v>
       </c>
       <c r="G144" s="82">
         <v>45840</v>
       </c>
-      <c r="H144" s="646"/>
-[...8 lines deleted...]
-      <c r="F145" s="760">
+      <c r="H144" s="641"/>
+    </row>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B145" s="939"/>
+      <c r="C145" s="346"/>
+      <c r="D145" s="938"/>
+      <c r="E145" s="754" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F145" s="755">
         <v>6</v>
       </c>
       <c r="G145" s="82">
         <v>45867</v>
       </c>
-      <c r="H145" s="646"/>
-[...2 lines deleted...]
-      <c r="B146" s="1106">
+      <c r="H145" s="641"/>
+    </row>
+    <row r="146" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B146" s="1067">
         <f>MAX(B$27:B108)+1</f>
         <v>3</v>
       </c>
-      <c r="C146" s="1100" t="s">
-[...2 lines deleted...]
-      <c r="D146" s="1128" t="s">
+      <c r="C146" s="1085" t="s">
+        <v>729</v>
+      </c>
+      <c r="D146" s="1065" t="s">
         <v>102</v>
       </c>
-      <c r="E146" s="1115" t="s">
+      <c r="E146" s="1107" t="s">
         <v>12</v>
       </c>
-      <c r="F146" s="477" t="s">
-[...2 lines deleted...]
-      <c r="G146" s="478">
+      <c r="F146" s="472" t="s">
+        <v>709</v>
+      </c>
+      <c r="G146" s="473">
         <v>41575</v>
       </c>
-      <c r="H146" s="647"/>
-[...9 lines deleted...]
-      <c r="G147" s="476">
+      <c r="H146" s="642"/>
+    </row>
+    <row r="147" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B147" s="1116"/>
+      <c r="C147" s="1087"/>
+      <c r="D147" s="1121"/>
+      <c r="E147" s="1128"/>
+      <c r="F147" s="470" t="s">
+        <v>708</v>
+      </c>
+      <c r="G147" s="471">
         <v>41575</v>
       </c>
-      <c r="H147" s="648">
+      <c r="H147" s="643">
         <v>44215</v>
       </c>
     </row>
-    <row r="148" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="148" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B148" s="20">
         <f>MAX(B$27:B146)+1</f>
         <v>4</v>
       </c>
       <c r="C148" s="23" t="s">
         <v>13</v>
       </c>
       <c r="D148" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="E148" s="438" t="s">
+      <c r="E148" s="433" t="s">
         <v>15</v>
       </c>
       <c r="F148" s="20" t="s">
         <v>16</v>
       </c>
       <c r="G148" s="81">
         <v>41614</v>
       </c>
-      <c r="H148" s="393"/>
-[...1 lines deleted...]
-    <row r="149" spans="2:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H148" s="388"/>
+    </row>
+    <row r="149" spans="2:10" ht="26" x14ac:dyDescent="0.35">
       <c r="B149" s="61">
         <f>MAX(B$27:B148)+1</f>
         <v>5</v>
       </c>
       <c r="C149" s="21" t="s">
         <v>18</v>
       </c>
       <c r="D149" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="E149" s="438" t="s">
+      <c r="E149" s="433" t="s">
         <v>20</v>
       </c>
       <c r="F149" s="20" t="s">
         <v>21</v>
       </c>
       <c r="G149" s="81">
         <v>41641</v>
       </c>
       <c r="H149" s="41"/>
     </row>
-    <row r="150" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="150" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B150" s="20">
         <f>MAX(B$27:B149)+1</f>
         <v>6</v>
       </c>
       <c r="C150" s="23" t="s">
         <v>22</v>
       </c>
       <c r="D150" s="35" t="s">
         <v>318</v>
       </c>
-      <c r="E150" s="438" t="s">
+      <c r="E150" s="433" t="s">
         <v>23</v>
       </c>
       <c r="F150" s="20" t="s">
         <v>24</v>
       </c>
       <c r="G150" s="81">
         <v>41642</v>
       </c>
       <c r="H150" s="41"/>
     </row>
-    <row r="151" spans="2:10" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B151" s="1106">
+    <row r="151" spans="2:10" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B151" s="1067">
         <f>MAX(B$27:B150)+1</f>
         <v>7</v>
       </c>
-      <c r="C151" s="1100" t="s">
+      <c r="C151" s="1085" t="s">
         <v>25</v>
       </c>
-      <c r="D151" s="1100" t="s">
+      <c r="D151" s="1085" t="s">
         <v>26</v>
       </c>
-      <c r="E151" s="1115" t="s">
+      <c r="E151" s="1107" t="s">
         <v>27</v>
       </c>
-      <c r="F151" s="479" t="s">
+      <c r="F151" s="474" t="s">
         <v>28</v>
       </c>
-      <c r="G151" s="478">
+      <c r="G151" s="473">
         <v>41654</v>
       </c>
-      <c r="H151" s="1146"/>
-[...6 lines deleted...]
-      <c r="F152" s="351">
+      <c r="H151" s="1134"/>
+    </row>
+    <row r="152" spans="2:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B152" s="1068"/>
+      <c r="C152" s="1086"/>
+      <c r="D152" s="1086"/>
+      <c r="E152" s="1108"/>
+      <c r="F152" s="346">
         <v>5</v>
       </c>
-      <c r="G152" s="353">
+      <c r="G152" s="348">
         <v>42636</v>
       </c>
-      <c r="H152" s="1147"/>
-[...2 lines deleted...]
-      <c r="B153" s="1106">
+      <c r="H152" s="1135"/>
+    </row>
+    <row r="153" spans="2:10" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B153" s="1067">
         <f>MAX(B$27:B152)+1</f>
         <v>8</v>
       </c>
-      <c r="C153" s="1100" t="s">
-[...2 lines deleted...]
-      <c r="D153" s="1100" t="s">
+      <c r="C153" s="1085" t="s">
+        <v>851</v>
+      </c>
+      <c r="D153" s="1085" t="s">
         <v>29</v>
       </c>
-      <c r="E153" s="1115" t="s">
+      <c r="E153" s="1107" t="s">
         <v>30</v>
       </c>
-      <c r="F153" s="688" t="s">
-        <v>931</v>
+      <c r="F153" s="683" t="s">
+        <v>927</v>
       </c>
       <c r="G153" s="81">
         <v>41659</v>
       </c>
-      <c r="H153" s="1110" t="s">
-[...9 lines deleted...]
-        <v>1065</v>
+      <c r="H153" s="1097" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="154" spans="2:10" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B154" s="1116"/>
+      <c r="C154" s="1087"/>
+      <c r="D154" s="1087"/>
+      <c r="E154" s="1128"/>
+      <c r="F154" s="683" t="s">
+        <v>1057</v>
       </c>
       <c r="G154" s="81">
         <v>45282</v>
       </c>
-      <c r="H154" s="1148"/>
-[...6 lines deleted...]
-      <c r="F155" s="688" t="s">
+      <c r="H154" s="1127"/>
+    </row>
+    <row r="155" spans="2:10" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B155" s="1068"/>
+      <c r="C155" s="1086"/>
+      <c r="D155" s="1086"/>
+      <c r="E155" s="1108"/>
+      <c r="F155" s="683" t="s">
         <v>203</v>
       </c>
       <c r="G155" s="81">
         <v>45600</v>
       </c>
-      <c r="H155" s="1111"/>
-[...1 lines deleted...]
-    <row r="156" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H155" s="1098"/>
+    </row>
+    <row r="156" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B156" s="20">
         <f>MAX(B$27:B153)+1</f>
         <v>9</v>
       </c>
       <c r="C156" s="23" t="s">
         <v>32</v>
       </c>
       <c r="D156" s="46" t="s">
         <v>129</v>
       </c>
-      <c r="E156" s="438" t="s">
+      <c r="E156" s="433" t="s">
         <v>33</v>
       </c>
       <c r="F156" s="32" t="s">
         <v>34</v>
       </c>
       <c r="G156" s="81">
         <v>41729</v>
       </c>
       <c r="H156" s="41"/>
     </row>
-    <row r="157" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="157" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B157" s="61">
         <f>MAX(B$27:B156)+1</f>
         <v>10</v>
       </c>
       <c r="C157" s="9" t="s">
         <v>35</v>
       </c>
       <c r="D157" s="9" t="s">
         <v>36</v>
       </c>
       <c r="E157" s="8" t="s">
         <v>37</v>
       </c>
       <c r="F157" s="8" t="s">
         <v>38</v>
       </c>
       <c r="G157" s="84">
         <v>41732</v>
       </c>
       <c r="H157" s="41"/>
     </row>
-    <row r="158" spans="2:10" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="158" spans="2:10" ht="39" x14ac:dyDescent="0.35">
       <c r="B158" s="61">
         <f>MAX(B$27:B157)+1</f>
         <v>11</v>
       </c>
       <c r="C158" s="7" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="D158" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="E158" s="346" t="s">
+      <c r="E158" s="341" t="s">
         <v>40</v>
       </c>
       <c r="F158" s="6" t="s">
         <v>41</v>
       </c>
       <c r="G158" s="83">
         <v>41739</v>
       </c>
       <c r="H158" s="41" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
       <c r="J158" s="30"/>
     </row>
-    <row r="159" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B159" s="61">
         <f>MAX(B$27:B158)+1</f>
         <v>12</v>
       </c>
       <c r="C159" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D159" s="55" t="s">
         <v>138</v>
       </c>
       <c r="E159" s="10" t="s">
         <v>43</v>
       </c>
       <c r="F159" s="12" t="s">
         <v>44</v>
       </c>
       <c r="G159" s="84">
         <v>41794</v>
       </c>
       <c r="H159" s="41"/>
     </row>
-    <row r="160" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B160" s="1138">
+    <row r="160" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B160" s="1125">
         <f>MAX(B$27:B159)+1</f>
         <v>13</v>
       </c>
-      <c r="C160" s="1135" t="s">
-[...2 lines deleted...]
-      <c r="D160" s="1144" t="s">
+      <c r="C160" s="1122" t="s">
+        <v>739</v>
+      </c>
+      <c r="D160" s="1132" t="s">
         <v>103</v>
       </c>
-      <c r="E160" s="1074" t="s">
+      <c r="E160" s="1055" t="s">
         <v>45</v>
       </c>
-      <c r="F160" s="492" t="s">
-        <v>670</v>
+      <c r="F160" s="487" t="s">
+        <v>667</v>
       </c>
       <c r="G160" s="110">
         <v>41904</v>
       </c>
-      <c r="H160" s="649">
+      <c r="H160" s="644">
         <v>44309</v>
       </c>
     </row>
-    <row r="161" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F161" s="493" t="s">
+    <row r="161" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B161" s="1126"/>
+      <c r="C161" s="1131"/>
+      <c r="D161" s="1133"/>
+      <c r="E161" s="1059"/>
+      <c r="F161" s="488" t="s">
         <v>199</v>
       </c>
-      <c r="G161" s="446" t="s">
+      <c r="G161" s="441" t="s">
         <v>105</v>
       </c>
-      <c r="H161" s="1110" t="s">
-[...8 lines deleted...]
-      <c r="F162" s="626">
+      <c r="H161" s="1097" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="162" spans="2:8" ht="48" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B162" s="1126"/>
+      <c r="C162" s="1131"/>
+      <c r="D162" s="1133"/>
+      <c r="E162" s="1059"/>
+      <c r="F162" s="621">
         <v>3</v>
       </c>
-      <c r="G162" s="445">
+      <c r="G162" s="440">
         <v>42074</v>
       </c>
-      <c r="H162" s="1148"/>
-[...2 lines deleted...]
-      <c r="B163" s="1074">
+      <c r="H162" s="1127"/>
+    </row>
+    <row r="163" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B163" s="1055">
         <f>MAX(B$27:B162)+1</f>
         <v>14</v>
       </c>
-      <c r="C163" s="1137" t="s">
-[...2 lines deleted...]
-      <c r="D163" s="1137" t="s">
+      <c r="C163" s="1124" t="s">
+        <v>965</v>
+      </c>
+      <c r="D163" s="1124" t="s">
         <v>102</v>
       </c>
-      <c r="E163" s="1074" t="s">
+      <c r="E163" s="1055" t="s">
         <v>46</v>
       </c>
       <c r="F163" s="40" t="s">
         <v>141</v>
       </c>
       <c r="G163" s="84">
         <v>41907</v>
       </c>
-      <c r="H163" s="1112" t="s">
-[...7 lines deleted...]
-      <c r="E164" s="1078"/>
+      <c r="H163" s="1099" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="164" spans="2:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B164" s="1059"/>
+      <c r="C164" s="1131"/>
+      <c r="D164" s="1131"/>
+      <c r="E164" s="1059"/>
       <c r="F164" s="58" t="s">
         <v>146</v>
       </c>
       <c r="G164" s="85">
         <v>42724</v>
       </c>
-      <c r="H164" s="1113"/>
-[...1 lines deleted...]
-    <row r="165" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H164" s="1100"/>
+    </row>
+    <row r="165" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B165" s="14">
         <f>MAX(B$27:B164)+1</f>
         <v>15</v>
       </c>
       <c r="C165" s="11" t="s">
         <v>47</v>
       </c>
       <c r="D165" s="11" t="s">
         <v>48</v>
       </c>
       <c r="E165" s="8" t="s">
         <v>49</v>
       </c>
       <c r="F165" s="40" t="s">
         <v>116</v>
       </c>
       <c r="G165" s="86">
         <v>41947</v>
       </c>
       <c r="H165" s="41"/>
     </row>
-    <row r="166" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B166" s="1104">
+    <row r="166" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B166" s="1093">
         <f>MAX(B$27:B165)+1</f>
         <v>16</v>
       </c>
-      <c r="C166" s="1135" t="s">
+      <c r="C166" s="1122" t="s">
         <v>50</v>
       </c>
-      <c r="D166" s="1137" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="1074" t="s">
+      <c r="D166" s="1124" t="s">
+        <v>534</v>
+      </c>
+      <c r="E166" s="1055" t="s">
         <v>51</v>
       </c>
-      <c r="F166" s="367" t="s">
+      <c r="F166" s="362" t="s">
         <v>115</v>
       </c>
-      <c r="G166" s="368">
+      <c r="G166" s="363">
         <v>41968</v>
       </c>
-      <c r="H166" s="646"/>
-[...9 lines deleted...]
-      <c r="G167" s="366">
+      <c r="H166" s="641"/>
+    </row>
+    <row r="167" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B167" s="1094"/>
+      <c r="C167" s="1123"/>
+      <c r="D167" s="1123"/>
+      <c r="E167" s="1056"/>
+      <c r="F167" s="359" t="s">
+        <v>542</v>
+      </c>
+      <c r="G167" s="361">
         <v>43766</v>
       </c>
-      <c r="H167" s="447"/>
-[...2 lines deleted...]
-      <c r="B168" s="1063">
+      <c r="H167" s="442"/>
+    </row>
+    <row r="168" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B168" s="1053">
         <f>MAX(B$27:B167)+1</f>
         <v>17</v>
       </c>
-      <c r="C168" s="1086" t="s">
+      <c r="C168" s="1072" t="s">
         <v>52</v>
       </c>
-      <c r="D168" s="1086" t="s">
+      <c r="D168" s="1072" t="s">
         <v>53</v>
       </c>
-      <c r="E168" s="1063" t="s">
+      <c r="E168" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F168" s="15">
         <v>5</v>
       </c>
       <c r="G168" s="86">
         <v>41969</v>
       </c>
       <c r="H168" s="41"/>
     </row>
-    <row r="169" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E169" s="1064"/>
+    <row r="169" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B169" s="1069"/>
+      <c r="C169" s="1073"/>
+      <c r="D169" s="1073"/>
+      <c r="E169" s="1069"/>
       <c r="F169" s="15" t="s">
         <v>188</v>
       </c>
       <c r="G169" s="86">
         <v>45717</v>
       </c>
       <c r="H169" s="41"/>
     </row>
-    <row r="170" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B170" s="1063">
+    <row r="170" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B170" s="1053">
         <f>MAX(B$27:B168)+1</f>
         <v>18</v>
       </c>
-      <c r="C170" s="1086" t="s">
+      <c r="C170" s="1072" t="s">
         <v>55</v>
       </c>
-      <c r="D170" s="1086" t="s">
+      <c r="D170" s="1072" t="s">
         <v>56</v>
       </c>
-      <c r="E170" s="1063" t="s">
+      <c r="E170" s="1053" t="s">
         <v>57</v>
       </c>
       <c r="F170" s="15" t="s">
         <v>58</v>
       </c>
       <c r="G170" s="86">
         <v>41996</v>
       </c>
       <c r="H170" s="41"/>
     </row>
-    <row r="171" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E171" s="1064"/>
+    <row r="171" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B171" s="1069"/>
+      <c r="C171" s="1073"/>
+      <c r="D171" s="1073"/>
+      <c r="E171" s="1069"/>
       <c r="F171" s="15" t="s">
         <v>203</v>
       </c>
       <c r="G171" s="86">
         <v>44774</v>
       </c>
       <c r="H171" s="41"/>
     </row>
-    <row r="172" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="172" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B172" s="15">
         <f>MAX(B$27:B170)+1</f>
         <v>19</v>
       </c>
       <c r="C172" s="13" t="s">
         <v>59</v>
       </c>
       <c r="D172" s="13" t="s">
         <v>60</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F172" s="40" t="s">
         <v>114</v>
       </c>
       <c r="G172" s="86" t="s">
         <v>107</v>
       </c>
       <c r="H172" s="41"/>
     </row>
-    <row r="173" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="173" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B173" s="14">
         <f>MAX(B$27:B172)+1</f>
         <v>20</v>
       </c>
       <c r="C173" s="16" t="s">
         <v>62</v>
       </c>
       <c r="D173" s="16" t="s">
         <v>63</v>
       </c>
       <c r="E173" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F173" s="40" t="s">
         <v>113</v>
       </c>
       <c r="G173" s="86" t="s">
         <v>106</v>
       </c>
       <c r="H173" s="41"/>
     </row>
-    <row r="174" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="174" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B174" s="15">
         <f>MAX(B$27:B173)+1</f>
         <v>21</v>
       </c>
       <c r="C174" s="16" t="s">
         <v>65</v>
       </c>
       <c r="D174" s="16" t="s">
         <v>66</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F174" s="15" t="s">
         <v>68</v>
       </c>
       <c r="G174" s="86" t="s">
         <v>108</v>
       </c>
       <c r="H174" s="41"/>
     </row>
-    <row r="175" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B175" s="1063">
+    <row r="175" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B175" s="1053">
         <f>MAX(B$27:B174)+1</f>
         <v>22</v>
       </c>
-      <c r="C175" s="1086" t="s">
+      <c r="C175" s="1072" t="s">
         <v>69</v>
       </c>
-      <c r="D175" s="1086" t="s">
+      <c r="D175" s="1072" t="s">
         <v>70</v>
       </c>
-      <c r="E175" s="1063" t="s">
+      <c r="E175" s="1053" t="s">
         <v>71</v>
       </c>
       <c r="F175" s="123">
         <v>3</v>
       </c>
       <c r="G175" s="124">
         <v>42061</v>
       </c>
-      <c r="H175" s="632"/>
-[...5 lines deleted...]
-      <c r="E176" s="1064"/>
+      <c r="H175" s="627"/>
+    </row>
+    <row r="176" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B176" s="1069"/>
+      <c r="C176" s="1073"/>
+      <c r="D176" s="1073"/>
+      <c r="E176" s="1069"/>
       <c r="F176" s="121">
         <v>5</v>
       </c>
       <c r="G176" s="122">
         <v>43524</v>
       </c>
-      <c r="H176" s="633"/>
-[...1 lines deleted...]
-    <row r="177" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H176" s="628"/>
+    </row>
+    <row r="177" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B177" s="15">
         <f>MAX(B$27:B176)+1</f>
         <v>23</v>
       </c>
       <c r="C177" s="13" t="s">
         <v>72</v>
       </c>
       <c r="D177" s="36" t="s">
         <v>132</v>
       </c>
       <c r="E177" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F177" s="15" t="s">
         <v>74</v>
       </c>
       <c r="G177" s="88">
         <v>42062</v>
       </c>
-      <c r="H177" s="527"/>
-[...1 lines deleted...]
-    <row r="178" spans="2:8" ht="51" x14ac:dyDescent="0.2">
+      <c r="H177" s="522"/>
+    </row>
+    <row r="178" spans="2:8" ht="52" x14ac:dyDescent="0.35">
       <c r="B178" s="15">
         <f>MAX(B$27:B177)+1</f>
         <v>24</v>
       </c>
       <c r="C178" s="36" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="D178" s="13" t="s">
         <v>75</v>
       </c>
       <c r="E178" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F178" s="37" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="G178" s="88">
         <v>42076</v>
       </c>
-      <c r="H178" s="551" t="s">
-[...3 lines deleted...]
-    <row r="179" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H178" s="546" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="179" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B179" s="15">
         <f>MAX(B$27:B178)+1</f>
         <v>25</v>
       </c>
       <c r="C179" s="13" t="s">
         <v>77</v>
       </c>
       <c r="D179" s="13" t="s">
         <v>78</v>
       </c>
       <c r="E179" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F179" s="15" t="s">
         <v>80</v>
       </c>
       <c r="G179" s="88">
         <v>42079</v>
       </c>
-      <c r="H179" s="527"/>
-[...1 lines deleted...]
-    <row r="180" spans="2:8" ht="107.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H179" s="522"/>
+    </row>
+    <row r="180" spans="2:8" ht="107.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B180" s="15">
         <f>MAX(B$27:B179)+1</f>
         <v>26</v>
       </c>
       <c r="C180" s="13" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="D180" s="13" t="s">
         <v>81</v>
       </c>
       <c r="E180" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F180" s="37" t="s">
-        <v>1018</v>
+        <v>1012</v>
       </c>
       <c r="G180" s="88">
         <v>42109</v>
       </c>
-      <c r="H180" s="551" t="s">
-[...3 lines deleted...]
-    <row r="181" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H180" s="546" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="181" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B181" s="15">
         <f>MAX(B$27:B180)+1</f>
         <v>27</v>
       </c>
       <c r="C181" s="17" t="s">
         <v>84</v>
       </c>
       <c r="D181" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="E181" s="439" t="s">
+      <c r="E181" s="434" t="s">
         <v>86</v>
       </c>
       <c r="F181" s="19" t="s">
         <v>87</v>
       </c>
       <c r="G181" s="91">
         <v>42221</v>
       </c>
       <c r="H181" s="41"/>
     </row>
-    <row r="182" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="182" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B182" s="15">
         <f>MAX(B$27:B181)+1</f>
         <v>28</v>
       </c>
       <c r="C182" s="13" t="s">
         <v>88</v>
       </c>
       <c r="D182" s="13" t="s">
         <v>89</v>
       </c>
       <c r="E182" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F182" s="13" t="s">
         <v>91</v>
       </c>
       <c r="G182" s="88">
         <v>42292</v>
       </c>
-      <c r="H182" s="650"/>
-[...2 lines deleted...]
-      <c r="B183" s="1063">
+      <c r="H182" s="645"/>
+    </row>
+    <row r="183" spans="2:8" ht="46.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B183" s="1053">
         <f>MAX(B$27:B182)+1</f>
         <v>29</v>
       </c>
-      <c r="C183" s="1086" t="s">
+      <c r="C183" s="1072" t="s">
         <v>92</v>
       </c>
-      <c r="D183" s="1086" t="s">
+      <c r="D183" s="1072" t="s">
         <v>93</v>
       </c>
-      <c r="E183" s="1063" t="s">
+      <c r="E183" s="1053" t="s">
         <v>94</v>
       </c>
-      <c r="F183" s="444" t="s">
+      <c r="F183" s="439" t="s">
         <v>127</v>
       </c>
       <c r="G183" s="89">
         <v>42312</v>
       </c>
-      <c r="H183" s="441" t="s">
-[...8 lines deleted...]
-      <c r="F184" s="442">
+      <c r="H183" s="436" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="184" spans="2:8" ht="69.650000000000006" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B184" s="1095"/>
+      <c r="C184" s="1102"/>
+      <c r="D184" s="1102"/>
+      <c r="E184" s="1095"/>
+      <c r="F184" s="437">
         <v>4</v>
       </c>
-      <c r="G184" s="443">
+      <c r="G184" s="438">
         <v>42650</v>
       </c>
-      <c r="H184" s="440" t="s">
-[...7 lines deleted...]
-      <c r="E185" s="1064"/>
+      <c r="H184" s="435" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="185" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B185" s="1069"/>
+      <c r="C185" s="1073"/>
+      <c r="D185" s="1073"/>
+      <c r="E185" s="1069"/>
       <c r="F185" s="101" t="s">
         <v>211</v>
       </c>
       <c r="G185" s="90">
         <v>43305</v>
       </c>
-      <c r="H185" s="441"/>
-[...1 lines deleted...]
-    <row r="186" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H185" s="436"/>
+    </row>
+    <row r="186" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B186" s="15">
         <f>MAX(B$27:B185)+1</f>
         <v>30</v>
       </c>
       <c r="C186" s="36" t="s">
         <v>170</v>
       </c>
       <c r="D186" s="13" t="s">
         <v>95</v>
       </c>
       <c r="E186" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F186" s="15" t="s">
         <v>97</v>
       </c>
       <c r="G186" s="88">
         <v>42342</v>
       </c>
       <c r="H186" s="96" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-    <row r="187" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="187" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B187" s="25">
         <f>MAX(B$27:B186)+1</f>
         <v>31</v>
       </c>
       <c r="C187" s="24" t="s">
         <v>98</v>
       </c>
       <c r="D187" s="24" t="s">
         <v>99</v>
       </c>
       <c r="E187" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F187" s="45" t="s">
         <v>178</v>
       </c>
       <c r="G187" s="87">
         <v>42349</v>
       </c>
-      <c r="H187" s="651"/>
-[...2 lines deleted...]
-      <c r="B188" s="1063">
+      <c r="H187" s="646"/>
+    </row>
+    <row r="188" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B188" s="1053">
         <f>MAX(B$27:B187)+1</f>
         <v>32</v>
       </c>
-      <c r="C188" s="1084" t="s">
+      <c r="C188" s="1117" t="s">
         <v>291</v>
       </c>
-      <c r="D188" s="1084" t="s">
+      <c r="D188" s="1117" t="s">
         <v>104</v>
       </c>
-      <c r="E188" s="1063" t="s">
+      <c r="E188" s="1053" t="s">
         <v>101</v>
       </c>
       <c r="F188" s="68" t="s">
         <v>199</v>
       </c>
       <c r="G188" s="92">
         <v>42374</v>
       </c>
       <c r="H188" s="154"/>
     </row>
-    <row r="189" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E189" s="1064"/>
+    <row r="189" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B189" s="1069"/>
+      <c r="C189" s="1073"/>
+      <c r="D189" s="1118"/>
+      <c r="E189" s="1069"/>
       <c r="F189" s="117">
         <v>7</v>
       </c>
       <c r="G189" s="93">
         <v>43525</v>
       </c>
-      <c r="H189" s="652"/>
-[...2 lines deleted...]
-      <c r="B190" s="1063">
+      <c r="H189" s="647"/>
+    </row>
+    <row r="190" spans="2:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="B190" s="1053">
         <f>MAX(B$27:B189)+1</f>
         <v>33</v>
       </c>
-      <c r="C190" s="1086" t="s">
-[...2 lines deleted...]
-      <c r="D190" s="1086" t="s">
+      <c r="C190" s="1072" t="s">
+        <v>888</v>
+      </c>
+      <c r="D190" s="1072" t="s">
         <v>104</v>
       </c>
-      <c r="E190" s="1063" t="s">
+      <c r="E190" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F190" s="124" t="s">
         <v>179</v>
       </c>
       <c r="G190" s="124">
         <v>42411</v>
       </c>
-      <c r="H190" s="631" t="s">
+      <c r="H190" s="626" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="191" spans="2:8" ht="78" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F191" s="535" t="s">
+    <row r="191" spans="2:8" ht="78" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B191" s="1095"/>
+      <c r="C191" s="1102"/>
+      <c r="D191" s="1102"/>
+      <c r="E191" s="1095"/>
+      <c r="F191" s="530" t="s">
         <v>207</v>
       </c>
-      <c r="G191" s="536">
+      <c r="G191" s="531">
         <v>43337</v>
       </c>
-      <c r="H191" s="1122" t="s">
-[...11 lines deleted...]
-      <c r="G192" s="400">
+      <c r="H191" s="1109" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="192" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B192" s="1069"/>
+      <c r="C192" s="1073"/>
+      <c r="D192" s="1073"/>
+      <c r="E192" s="1069"/>
+      <c r="F192" s="625" t="s">
+        <v>889</v>
+      </c>
+      <c r="G192" s="395">
         <v>44707</v>
       </c>
-      <c r="H192" s="1123"/>
-[...2 lines deleted...]
-      <c r="B193" s="1063">
+      <c r="H192" s="1110"/>
+    </row>
+    <row r="193" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B193" s="1053">
         <f>MAX(B$27:B191)+1</f>
         <v>34</v>
       </c>
-      <c r="C193" s="1076" t="s">
+      <c r="C193" s="1057" t="s">
         <v>117</v>
       </c>
-      <c r="D193" s="1124" t="s">
+      <c r="D193" s="1111" t="s">
         <v>118</v>
       </c>
-      <c r="E193" s="1126" t="s">
+      <c r="E193" s="1113" t="s">
         <v>54</v>
       </c>
-      <c r="F193" s="378" t="s">
+      <c r="F193" s="373" t="s">
         <v>119</v>
       </c>
-      <c r="G193" s="379">
+      <c r="G193" s="374">
         <v>42422</v>
       </c>
-      <c r="H193" s="646"/>
-[...6 lines deleted...]
-      <c r="F194" s="377" t="s">
+      <c r="H193" s="641"/>
+    </row>
+    <row r="194" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B194" s="1069"/>
+      <c r="C194" s="1058"/>
+      <c r="D194" s="1112"/>
+      <c r="E194" s="1114"/>
+      <c r="F194" s="372" t="s">
         <v>203</v>
       </c>
       <c r="G194" s="299">
         <v>43811</v>
       </c>
-      <c r="H194" s="447"/>
-[...2 lines deleted...]
-      <c r="B195" s="1063">
+      <c r="H194" s="442"/>
+    </row>
+    <row r="195" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B195" s="1053">
         <f>MAX(B$27:B194)+1</f>
         <v>35</v>
       </c>
-      <c r="C195" s="1086" t="s">
+      <c r="C195" s="1072" t="s">
         <v>192</v>
       </c>
-      <c r="D195" s="1086" t="s">
+      <c r="D195" s="1072" t="s">
         <v>121</v>
       </c>
-      <c r="E195" s="1063" t="s">
+      <c r="E195" s="1053" t="s">
         <v>120</v>
       </c>
       <c r="F195" s="123">
         <v>3</v>
       </c>
       <c r="G195" s="124">
         <v>42436</v>
       </c>
-      <c r="H195" s="1110" t="s">
+      <c r="H195" s="1097" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="196" spans="2:8" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F196" s="532" t="s">
+    <row r="196" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B196" s="1069"/>
+      <c r="C196" s="1073"/>
+      <c r="D196" s="1073"/>
+      <c r="E196" s="1069"/>
+      <c r="F196" s="527" t="s">
         <v>199</v>
       </c>
-      <c r="G196" s="411">
+      <c r="G196" s="406">
         <v>43718</v>
       </c>
-      <c r="H196" s="1111"/>
-[...2 lines deleted...]
-      <c r="B197" s="1063">
+      <c r="H196" s="1098"/>
+    </row>
+    <row r="197" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B197" s="1053">
         <f>MAX(B$27:B196)+1</f>
         <v>36</v>
       </c>
-      <c r="C197" s="1086" t="s">
+      <c r="C197" s="1072" t="s">
         <v>125</v>
       </c>
-      <c r="D197" s="1086" t="s">
+      <c r="D197" s="1072" t="s">
         <v>180</v>
       </c>
-      <c r="E197" s="1063" t="s">
+      <c r="E197" s="1053" t="s">
         <v>120</v>
       </c>
       <c r="F197" s="118" t="s">
         <v>126</v>
       </c>
       <c r="G197" s="92">
         <v>42436</v>
       </c>
-      <c r="H197" s="654"/>
-[...6 lines deleted...]
-      <c r="F198" s="620" t="s">
+      <c r="H197" s="649"/>
+    </row>
+    <row r="198" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B198" s="1069"/>
+      <c r="C198" s="1073"/>
+      <c r="D198" s="1073"/>
+      <c r="E198" s="1069"/>
+      <c r="F198" s="615" t="s">
         <v>203</v>
       </c>
       <c r="G198" s="93">
         <v>43466</v>
       </c>
-      <c r="H198" s="655"/>
-[...2 lines deleted...]
-      <c r="B199" s="1063">
+      <c r="H198" s="650"/>
+    </row>
+    <row r="199" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B199" s="1053">
         <f>MAX(B$27:B198)+1</f>
         <v>37</v>
       </c>
-      <c r="C199" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D199" s="1124" t="s">
+      <c r="C199" s="1057" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D199" s="1111" t="s">
         <v>118</v>
       </c>
-      <c r="E199" s="1126" t="s">
+      <c r="E199" s="1113" t="s">
         <v>54</v>
       </c>
-      <c r="F199" s="378" t="s">
+      <c r="F199" s="373" t="s">
         <v>119</v>
       </c>
-      <c r="G199" s="379">
+      <c r="G199" s="374">
         <v>42650</v>
       </c>
-      <c r="H199" s="1110" t="s">
-[...8 lines deleted...]
-      <c r="F200" s="377" t="s">
+      <c r="H199" s="1097" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="200" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B200" s="1069"/>
+      <c r="C200" s="1058"/>
+      <c r="D200" s="1112"/>
+      <c r="E200" s="1114"/>
+      <c r="F200" s="372" t="s">
         <v>203</v>
       </c>
       <c r="G200" s="299">
         <v>43811</v>
       </c>
-      <c r="H200" s="1111"/>
-[...1 lines deleted...]
-    <row r="201" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H200" s="1098"/>
+    </row>
+    <row r="201" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B201" s="25">
         <f>MAX(B$27:B200)+1</f>
         <v>38</v>
       </c>
       <c r="C201" s="43" t="s">
         <v>133</v>
       </c>
       <c r="D201" s="42" t="s">
         <v>118</v>
       </c>
-      <c r="E201" s="439" t="s">
+      <c r="E201" s="434" t="s">
         <v>54</v>
       </c>
       <c r="F201" s="44">
         <v>6</v>
       </c>
       <c r="G201" s="94">
         <v>42653</v>
       </c>
       <c r="H201" s="41"/>
     </row>
-    <row r="202" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="202" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B202" s="25">
         <f>MAX(B$27:B201)+1</f>
         <v>39</v>
       </c>
       <c r="C202" s="51" t="s">
         <v>134</v>
       </c>
       <c r="D202" s="52" t="s">
         <v>135</v>
       </c>
       <c r="E202" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F202" s="6" t="s">
         <v>141</v>
       </c>
       <c r="G202" s="87">
         <v>42669</v>
       </c>
-      <c r="H202" s="393"/>
-[...2 lines deleted...]
-      <c r="B203" s="953">
+      <c r="H202" s="388"/>
+    </row>
+    <row r="203" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="B203" s="902">
         <f>MAX(B$27:B202)+1</f>
         <v>40</v>
       </c>
-      <c r="C203" s="965" t="s">
-[...2 lines deleted...]
-      <c r="D203" s="965" t="s">
+      <c r="C203" s="914" t="s">
+        <v>907</v>
+      </c>
+      <c r="D203" s="914" t="s">
         <v>122</v>
       </c>
-      <c r="E203" s="952" t="s">
-[...2 lines deleted...]
-      <c r="F203" s="952" t="s">
+      <c r="E203" s="901" t="s">
+        <v>120</v>
+      </c>
+      <c r="F203" s="901" t="s">
         <v>142</v>
       </c>
       <c r="G203" s="89">
         <v>42683</v>
       </c>
-      <c r="H203" s="646" t="s">
-[...8 lines deleted...]
-      <c r="F204" s="789">
+      <c r="H203" s="641" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="204" spans="2:8" s="30" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B204" s="903"/>
+      <c r="C204" s="788"/>
+      <c r="D204" s="788"/>
+      <c r="E204" s="905"/>
+      <c r="F204" s="784">
         <v>6</v>
       </c>
       <c r="G204" s="114">
         <v>45782</v>
       </c>
-      <c r="H204" s="957"/>
-[...2 lines deleted...]
-      <c r="B205" s="1063">
+      <c r="H204" s="906"/>
+    </row>
+    <row r="205" spans="2:8" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B205" s="1053">
         <f>MAX(B$27:B203)+1</f>
         <v>41</v>
       </c>
-      <c r="C205" s="1086" t="s">
-[...2 lines deleted...]
-      <c r="D205" s="1086" t="s">
+      <c r="C205" s="1072" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D205" s="1072" t="s">
         <v>122</v>
       </c>
-      <c r="E205" s="1063" t="s">
+      <c r="E205" s="1053" t="s">
         <v>120</v>
       </c>
       <c r="F205" s="115" t="s">
         <v>114</v>
       </c>
       <c r="G205" s="95">
         <v>42683</v>
       </c>
-      <c r="H205" s="1112" t="s">
-[...8 lines deleted...]
-      <c r="F206" s="399" t="s">
+      <c r="H205" s="1099" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="206" spans="2:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B206" s="1069"/>
+      <c r="C206" s="1073"/>
+      <c r="D206" s="1073"/>
+      <c r="E206" s="1069"/>
+      <c r="F206" s="394" t="s">
         <v>203</v>
       </c>
       <c r="G206" s="93">
         <v>43665</v>
       </c>
-      <c r="H206" s="1113"/>
-[...1 lines deleted...]
-    <row r="207" spans="2:8" ht="51" x14ac:dyDescent="0.2">
+      <c r="H206" s="1100"/>
+    </row>
+    <row r="207" spans="2:8" ht="65" x14ac:dyDescent="0.35">
       <c r="B207" s="60">
         <f>MAX(B$27:B206)+1</f>
         <v>42</v>
       </c>
       <c r="C207" s="13" t="s">
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="D207" s="470" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D207" s="465" t="s">
         <v>136</v>
       </c>
       <c r="E207" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="F207" s="471" t="s">
+      <c r="F207" s="466" t="s">
         <v>127</v>
       </c>
       <c r="G207" s="88">
         <v>42736</v>
       </c>
       <c r="H207" s="41" t="s">
-        <v>1058</v>
-[...2 lines deleted...]
-    <row r="208" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="208" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B208" s="25">
         <f>MAX(B$27:B207)+1</f>
         <v>43</v>
       </c>
       <c r="C208" s="53" t="s">
         <v>137</v>
       </c>
       <c r="D208" s="50" t="s">
         <v>138</v>
       </c>
       <c r="E208" s="10" t="s">
         <v>120</v>
       </c>
       <c r="F208" s="56" t="s">
         <v>126</v>
       </c>
       <c r="G208" s="87">
         <v>42705</v>
       </c>
-      <c r="H208" s="646"/>
-[...2 lines deleted...]
-      <c r="B209" s="1065">
+      <c r="H208" s="641"/>
+    </row>
+    <row r="209" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B209" s="1045">
         <f>MAX(B$27:B208)+1</f>
         <v>44</v>
       </c>
-      <c r="C209" s="1102" t="s">
+      <c r="C209" s="1091" t="s">
         <v>143</v>
       </c>
-      <c r="D209" s="1100" t="s">
+      <c r="D209" s="1085" t="s">
         <v>118</v>
       </c>
-      <c r="E209" s="1115" t="s">
-[...2 lines deleted...]
-      <c r="F209" s="481" t="s">
+      <c r="E209" s="1107" t="s">
+        <v>120</v>
+      </c>
+      <c r="F209" s="476" t="s">
         <v>144</v>
       </c>
       <c r="G209" s="92">
         <v>42720</v>
       </c>
-      <c r="H209" s="447"/>
-[...7 lines deleted...]
-        <v>721</v>
+      <c r="H209" s="442"/>
+    </row>
+    <row r="210" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B210" s="1046"/>
+      <c r="C210" s="1092"/>
+      <c r="D210" s="1086"/>
+      <c r="E210" s="1108"/>
+      <c r="F210" s="469" t="s">
+        <v>718</v>
       </c>
       <c r="G210" s="93">
         <v>44348</v>
       </c>
       <c r="H210" s="41"/>
     </row>
-    <row r="211" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="211" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B211" s="47">
         <f>MAX(B$27:B209)+1</f>
         <v>45</v>
       </c>
       <c r="C211" s="43" t="s">
         <v>147</v>
       </c>
       <c r="D211" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E211" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F211" s="25">
         <v>6</v>
       </c>
       <c r="G211" s="87">
         <v>42767</v>
       </c>
-      <c r="H211" s="650"/>
-[...2 lines deleted...]
-      <c r="B212" s="1065">
+      <c r="H211" s="645"/>
+    </row>
+    <row r="212" spans="2:9" ht="26" x14ac:dyDescent="0.35">
+      <c r="B212" s="1045">
         <f>MAX(B$27:B211)+1</f>
         <v>46</v>
       </c>
-      <c r="C212" s="1076" t="s">
+      <c r="C212" s="1057" t="s">
         <v>150</v>
       </c>
-      <c r="D212" s="1076" t="s">
+      <c r="D212" s="1057" t="s">
         <v>151</v>
       </c>
-      <c r="E212" s="1065" t="s">
+      <c r="E212" s="1045" t="s">
         <v>120</v>
       </c>
       <c r="F212" s="111">
         <v>3</v>
       </c>
       <c r="G212" s="100">
         <v>42768</v>
       </c>
       <c r="H212" s="41" t="s">
         <v>219</v>
       </c>
       <c r="I212" s="59"/>
     </row>
-    <row r="213" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E213" s="1066"/>
+    <row r="213" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B213" s="1046"/>
+      <c r="C213" s="1058"/>
+      <c r="D213" s="1058"/>
+      <c r="E213" s="1046"/>
       <c r="F213" s="112" t="s">
         <v>199</v>
       </c>
       <c r="G213" s="113">
         <v>43402</v>
       </c>
-      <c r="H213" s="653"/>
+      <c r="H213" s="648"/>
       <c r="I213" s="59"/>
     </row>
-    <row r="214" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B214" s="1065">
+    <row r="214" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B214" s="1045">
         <f>MAX(B$27:B213)+1</f>
         <v>47</v>
       </c>
-      <c r="C214" s="1076" t="s">
+      <c r="C214" s="1057" t="s">
         <v>152</v>
       </c>
-      <c r="D214" s="1076" t="s">
+      <c r="D214" s="1057" t="s">
         <v>148</v>
       </c>
-      <c r="E214" s="1074" t="s">
+      <c r="E214" s="1055" t="s">
         <v>120</v>
       </c>
       <c r="F214" s="118">
         <v>6</v>
       </c>
       <c r="G214" s="92">
         <v>42775</v>
       </c>
-      <c r="H214" s="654"/>
-[...6 lines deleted...]
-      <c r="F215" s="480" t="s">
+      <c r="H214" s="649"/>
+    </row>
+    <row r="215" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B215" s="1046"/>
+      <c r="C215" s="1058"/>
+      <c r="D215" s="1058"/>
+      <c r="E215" s="1056"/>
+      <c r="F215" s="475" t="s">
         <v>114</v>
       </c>
       <c r="G215" s="92">
         <v>44277</v>
       </c>
-      <c r="H215" s="655"/>
-[...2 lines deleted...]
-      <c r="B216" s="1065">
+      <c r="H215" s="650"/>
+    </row>
+    <row r="216" spans="2:9" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B216" s="1045">
         <f>MAX(B$27:B214)+1</f>
         <v>48</v>
       </c>
-      <c r="C216" s="1086" t="s">
-[...2 lines deleted...]
-      <c r="D216" s="1086" t="s">
+      <c r="C216" s="1072" t="s">
+        <v>782</v>
+      </c>
+      <c r="D216" s="1072" t="s">
         <v>154</v>
       </c>
-      <c r="E216" s="1063" t="s">
+      <c r="E216" s="1053" t="s">
         <v>120</v>
       </c>
       <c r="F216" s="123" t="s">
         <v>114</v>
       </c>
       <c r="G216" s="124">
         <v>42786</v>
       </c>
-      <c r="H216" s="1110" t="s">
+      <c r="H216" s="1097" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="217" spans="2:9" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F217" s="530" t="s">
+    <row r="217" spans="2:9" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B217" s="1046"/>
+      <c r="C217" s="1073"/>
+      <c r="D217" s="1073"/>
+      <c r="E217" s="1069"/>
+      <c r="F217" s="525" t="s">
         <v>203</v>
       </c>
-      <c r="G217" s="411">
+      <c r="G217" s="406">
         <v>44384</v>
       </c>
-      <c r="H217" s="1111"/>
-[...2 lines deleted...]
-      <c r="B218" s="1063">
+      <c r="H217" s="1098"/>
+    </row>
+    <row r="218" spans="2:9" ht="54.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B218" s="1053">
         <f>MAX(B$27:B216)+1</f>
         <v>49</v>
       </c>
-      <c r="C218" s="1100" t="s">
-[...2 lines deleted...]
-      <c r="D218" s="1106" t="s">
+      <c r="C218" s="1085" t="s">
+        <v>874</v>
+      </c>
+      <c r="D218" s="1067" t="s">
         <v>129</v>
       </c>
-      <c r="E218" s="1115" t="s">
+      <c r="E218" s="1107" t="s">
         <v>120</v>
       </c>
       <c r="F218" s="6" t="s">
         <v>123</v>
       </c>
       <c r="G218" s="88">
         <v>42786</v>
       </c>
-      <c r="H218" s="1112" t="s">
-[...7 lines deleted...]
-      <c r="E219" s="1116"/>
+      <c r="H218" s="1099" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="219" spans="2:9" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B219" s="1069"/>
+      <c r="C219" s="1086"/>
+      <c r="D219" s="1068"/>
+      <c r="E219" s="1108"/>
       <c r="F219" s="6" t="s">
         <v>203</v>
       </c>
       <c r="G219" s="88">
         <v>44683</v>
       </c>
-      <c r="H219" s="1113"/>
-[...1 lines deleted...]
-    <row r="220" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H219" s="1100"/>
+    </row>
+    <row r="220" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B220" s="60">
         <f>MAX(B$27:B218)+1</f>
         <v>50</v>
       </c>
       <c r="C220" s="31" t="s">
         <v>153</v>
       </c>
       <c r="D220" s="57" t="s">
         <v>155</v>
       </c>
       <c r="E220" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F220" s="48">
         <v>6</v>
       </c>
       <c r="G220" s="88">
         <v>42789</v>
       </c>
-      <c r="H220" s="656"/>
-[...1 lines deleted...]
-    <row r="221" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H220" s="651"/>
+    </row>
+    <row r="221" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B221" s="25">
         <f>MAX(B$27:B220)+1</f>
         <v>51</v>
       </c>
       <c r="C221" s="43" t="s">
         <v>156</v>
       </c>
       <c r="D221" s="24" t="s">
         <v>157</v>
       </c>
       <c r="E221" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F221" s="25" t="s">
         <v>163</v>
       </c>
       <c r="G221" s="88">
         <v>42793</v>
       </c>
-      <c r="H221" s="650"/>
-[...2 lines deleted...]
-      <c r="B222" s="1063">
+      <c r="H221" s="645"/>
+    </row>
+    <row r="222" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B222" s="1053">
         <f>MAX(B$27:B221)+1</f>
         <v>52</v>
       </c>
-      <c r="C222" s="1076" t="s">
+      <c r="C222" s="1057" t="s">
         <v>158</v>
       </c>
-      <c r="D222" s="1090" t="s">
+      <c r="D222" s="1070" t="s">
         <v>159</v>
       </c>
-      <c r="E222" s="1074" t="s">
-[...2 lines deleted...]
-      <c r="F222" s="739" t="s">
+      <c r="E222" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F222" s="734" t="s">
         <v>114</v>
       </c>
       <c r="G222" s="100">
         <v>42809</v>
       </c>
-      <c r="H222" s="650"/>
-[...9 lines deleted...]
-      <c r="G223" s="743">
+      <c r="H222" s="645"/>
+    </row>
+    <row r="223" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B223" s="1095"/>
+      <c r="C223" s="1101"/>
+      <c r="D223" s="1105"/>
+      <c r="E223" s="1106"/>
+      <c r="F223" s="737" t="s">
+        <v>996</v>
+      </c>
+      <c r="G223" s="738">
         <v>45139</v>
       </c>
-      <c r="H223" s="654"/>
-[...8 lines deleted...]
-      <c r="F224" s="740" t="s">
+      <c r="H223" s="649"/>
+    </row>
+    <row r="224" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B224" s="1095"/>
+      <c r="C224" s="1101"/>
+      <c r="D224" s="1105"/>
+      <c r="E224" s="894" t="s">
+        <v>988</v>
+      </c>
+      <c r="F224" s="735" t="s">
         <v>114</v>
       </c>
-      <c r="G224" s="741">
+      <c r="G224" s="736">
         <v>43578</v>
       </c>
-      <c r="H224" s="657">
+      <c r="H224" s="652">
         <v>43738</v>
       </c>
     </row>
-    <row r="225" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="F225" s="889" t="s">
+    <row r="225" spans="1:10" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B225" s="558"/>
+      <c r="C225" s="559"/>
+      <c r="D225" s="560"/>
+      <c r="E225" s="994" t="s">
+        <v>989</v>
+      </c>
+      <c r="F225" s="855" t="s">
         <v>114</v>
       </c>
-      <c r="G225" s="1051">
+      <c r="G225" s="995">
         <v>44536</v>
       </c>
-      <c r="H225" s="657">
+      <c r="H225" s="652">
         <v>45930</v>
       </c>
     </row>
-    <row r="226" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="226" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B226" s="47">
         <f>MAX(B$27:B224)+1</f>
         <v>53</v>
       </c>
       <c r="C226" s="43" t="s">
         <v>161</v>
       </c>
       <c r="D226" s="31" t="s">
         <v>154</v>
       </c>
       <c r="E226" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F226" s="48" t="s">
         <v>114</v>
       </c>
       <c r="G226" s="87">
         <v>42801</v>
       </c>
-      <c r="H226" s="650"/>
-[...1 lines deleted...]
-    <row r="227" spans="1:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H226" s="645"/>
+    </row>
+    <row r="227" spans="1:10" ht="26" x14ac:dyDescent="0.35">
       <c r="B227" s="60">
         <f>MAX(B$27:B226)+1</f>
         <v>54</v>
       </c>
       <c r="C227" s="13" t="s">
-        <v>1030</v>
+        <v>1024</v>
       </c>
       <c r="D227" s="13" t="s">
         <v>122</v>
       </c>
       <c r="E227" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F227" s="15" t="s">
         <v>114</v>
       </c>
       <c r="G227" s="88">
         <v>42838</v>
       </c>
       <c r="H227" s="41" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B228" s="25">
         <f>MAX(B$27:B227)+1</f>
         <v>55</v>
       </c>
       <c r="C228" s="24" t="s">
         <v>167</v>
       </c>
       <c r="D228" s="24" t="s">
         <v>122</v>
       </c>
       <c r="E228" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F228" s="25">
         <v>3</v>
       </c>
       <c r="G228" s="87">
         <v>42874</v>
       </c>
-      <c r="H228" s="651"/>
-[...2 lines deleted...]
-      <c r="B229" s="1063">
+      <c r="H228" s="646"/>
+    </row>
+    <row r="229" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B229" s="1053">
         <f>MAX(B$27:B228)+1</f>
         <v>56</v>
       </c>
-      <c r="C229" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D229" s="1086" t="s">
+      <c r="C229" s="1057" t="s">
+        <v>689</v>
+      </c>
+      <c r="D229" s="1072" t="s">
         <v>148</v>
       </c>
-      <c r="E229" s="1074" t="s">
-[...2 lines deleted...]
-      <c r="F229" s="448" t="s">
+      <c r="E229" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F229" s="443" t="s">
         <v>326</v>
       </c>
-      <c r="G229" s="449">
+      <c r="G229" s="444">
         <v>42902</v>
       </c>
-      <c r="H229" s="658">
+      <c r="H229" s="653">
         <v>43642</v>
       </c>
     </row>
-    <row r="230" spans="1:10" ht="54.6" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F230" s="436" t="s">
+    <row r="230" spans="1:10" ht="54.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B230" s="1069"/>
+      <c r="C230" s="1058"/>
+      <c r="D230" s="1073"/>
+      <c r="E230" s="1056"/>
+      <c r="F230" s="431" t="s">
         <v>199</v>
       </c>
       <c r="G230" s="93">
         <v>42902</v>
       </c>
-      <c r="H230" s="447" t="s">
-[...4 lines deleted...]
-      <c r="B231" s="1063">
+      <c r="H230" s="442" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B231" s="1053">
         <f>MAX(B$27:B230)+1</f>
         <v>57</v>
       </c>
-      <c r="C231" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D231" s="1086" t="s">
+      <c r="C231" s="1057" t="s">
+        <v>589</v>
+      </c>
+      <c r="D231" s="1072" t="s">
         <v>157</v>
       </c>
-      <c r="E231" s="1074" t="s">
+      <c r="E231" s="1055" t="s">
         <v>120</v>
       </c>
       <c r="F231" s="118">
         <v>6</v>
       </c>
       <c r="G231" s="92">
         <v>42950</v>
       </c>
-      <c r="H231" s="1088" t="s">
-[...10 lines deleted...]
-        <v>522</v>
+      <c r="H231" s="1075" t="s">
+        <v>590</v>
+      </c>
+      <c r="J231" s="376"/>
+    </row>
+    <row r="232" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B232" s="1069"/>
+      <c r="C232" s="1058"/>
+      <c r="D232" s="1073"/>
+      <c r="E232" s="1056"/>
+      <c r="F232" s="375" t="s">
+        <v>520</v>
       </c>
       <c r="G232" s="93">
         <v>43657</v>
       </c>
-      <c r="H232" s="1089"/>
-[...1 lines deleted...]
-    <row r="233" spans="1:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H232" s="1076"/>
+    </row>
+    <row r="233" spans="1:10" ht="39" x14ac:dyDescent="0.35">
       <c r="B233" s="125">
         <f>MAX(B$27:B232)+1</f>
         <v>58</v>
       </c>
       <c r="C233" s="126" t="s">
         <v>294</v>
       </c>
       <c r="D233" s="17" t="s">
         <v>176</v>
       </c>
       <c r="E233" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F233" s="15" t="s">
         <v>295</v>
       </c>
       <c r="G233" s="88">
         <v>42996</v>
       </c>
       <c r="H233" s="41" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="234" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="234" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B234" s="48">
         <f>MAX(B$27:B233)+1</f>
         <v>59</v>
       </c>
       <c r="C234" s="70" t="s">
         <v>173</v>
       </c>
       <c r="D234" s="71" t="s">
         <v>172</v>
       </c>
       <c r="E234" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F234" s="25">
         <v>5</v>
       </c>
       <c r="G234" s="87">
         <v>43070</v>
       </c>
-      <c r="H234" s="659"/>
-[...2 lines deleted...]
-      <c r="B235" s="1104">
+      <c r="H234" s="654"/>
+    </row>
+    <row r="235" spans="1:10" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B235" s="1093">
         <f>MAX(B$27:B234)+1</f>
         <v>60</v>
       </c>
-      <c r="C235" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D235" s="1090" t="s">
+      <c r="C235" s="1057" t="s">
+        <v>748</v>
+      </c>
+      <c r="D235" s="1070" t="s">
         <v>176</v>
       </c>
-      <c r="E235" s="1063" t="s">
+      <c r="E235" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F235" s="118">
         <v>3</v>
       </c>
       <c r="G235" s="92">
         <v>43101</v>
       </c>
-      <c r="H235" s="1112" t="s">
+      <c r="H235" s="1099" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="236" spans="1:10" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F236" s="528" t="s">
+    <row r="236" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B236" s="1094"/>
+      <c r="C236" s="1058"/>
+      <c r="D236" s="1071"/>
+      <c r="E236" s="1069"/>
+      <c r="F236" s="523" t="s">
         <v>203</v>
       </c>
       <c r="G236" s="93">
         <v>44322</v>
       </c>
-      <c r="H236" s="1113"/>
-[...1 lines deleted...]
-    <row r="237" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H236" s="1100"/>
+    </row>
+    <row r="237" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B237" s="48">
         <f>MAX(B$27:B236)+1</f>
         <v>61</v>
       </c>
       <c r="C237" s="43" t="s">
         <v>175</v>
       </c>
       <c r="D237" s="50" t="s">
         <v>138</v>
       </c>
       <c r="E237" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F237" s="25" t="s">
         <v>188</v>
       </c>
       <c r="G237" s="87">
         <v>43090</v>
       </c>
-      <c r="H237" s="650"/>
-[...1 lines deleted...]
-    <row r="238" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H237" s="645"/>
+    </row>
+    <row r="238" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B238" s="48">
         <f>MAX(B$27:B237)+1</f>
         <v>62</v>
       </c>
       <c r="C238" s="43" t="s">
         <v>194</v>
       </c>
       <c r="D238" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E238" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F238" s="25">
         <v>5</v>
       </c>
       <c r="G238" s="87">
         <v>43192</v>
       </c>
-      <c r="H238" s="660"/>
-[...1 lines deleted...]
-    <row r="239" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H238" s="655"/>
+    </row>
+    <row r="239" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B239" s="48">
         <f>MAX(B$27:B238)+1</f>
         <v>63</v>
       </c>
       <c r="C239" s="43" t="s">
         <v>195</v>
       </c>
       <c r="D239" s="24" t="s">
         <v>131</v>
       </c>
       <c r="E239" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F239" s="25" t="s">
         <v>199</v>
       </c>
       <c r="G239" s="87">
         <v>43199</v>
       </c>
-      <c r="H239" s="660"/>
-[...1 lines deleted...]
-    <row r="240" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H239" s="655"/>
+    </row>
+    <row r="240" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A240" s="48"/>
       <c r="B240" s="48">
         <f>MAX(B$27:B239)+1</f>
         <v>64</v>
       </c>
       <c r="C240" s="70" t="s">
         <v>200</v>
       </c>
       <c r="D240" s="31" t="s">
         <v>129</v>
       </c>
       <c r="E240" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F240" s="87" t="s">
         <v>201</v>
       </c>
       <c r="G240" s="87">
         <v>43206</v>
       </c>
-      <c r="H240" s="661"/>
-[...1 lines deleted...]
-    <row r="241" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H240" s="656"/>
+    </row>
+    <row r="241" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B241" s="48">
         <f>MAX(B$27:B240)+1</f>
         <v>65</v>
       </c>
       <c r="C241" s="24" t="s">
         <v>202</v>
       </c>
       <c r="D241" s="57" t="s">
         <v>149</v>
       </c>
       <c r="E241" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F241" s="25" t="s">
         <v>114</v>
       </c>
       <c r="G241" s="87">
         <v>43216</v>
       </c>
-      <c r="H241" s="661"/>
-[...1 lines deleted...]
-    <row r="242" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H241" s="656"/>
+    </row>
+    <row r="242" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B242" s="48">
         <f>MAX(B$27:B241)+1</f>
         <v>66</v>
       </c>
       <c r="C242" s="24" t="s">
         <v>204</v>
       </c>
       <c r="D242" s="71" t="s">
         <v>130</v>
       </c>
       <c r="E242" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F242" s="25" t="s">
         <v>114</v>
       </c>
       <c r="G242" s="87">
         <v>43286</v>
       </c>
-      <c r="H242" s="661"/>
-[...1 lines deleted...]
-    <row r="243" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H242" s="656"/>
+    </row>
+    <row r="243" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B243" s="48">
         <f>MAX(B$27:B242)+1</f>
         <v>67</v>
       </c>
       <c r="C243" s="26" t="s">
         <v>209</v>
       </c>
       <c r="D243" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E243" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F243" s="54" t="s">
         <v>218</v>
       </c>
       <c r="G243" s="87">
         <v>43525</v>
       </c>
-      <c r="H243" s="650"/>
-[...1 lines deleted...]
-    <row r="244" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H243" s="645"/>
+    </row>
+    <row r="244" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B244" s="48">
         <f>MAX(B$27:B243)+1</f>
         <v>68</v>
       </c>
       <c r="C244" s="26" t="s">
         <v>213</v>
       </c>
       <c r="D244" s="24" t="s">
         <v>103</v>
       </c>
       <c r="E244" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F244" s="25" t="s">
         <v>139</v>
       </c>
       <c r="G244" s="87">
         <v>43405</v>
       </c>
-      <c r="H244" s="661"/>
-[...1 lines deleted...]
-    <row r="245" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H244" s="656"/>
+    </row>
+    <row r="245" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B245" s="48">
         <f>MAX(B$27:B244)+1</f>
         <v>69</v>
       </c>
       <c r="C245" s="26" t="s">
         <v>214</v>
       </c>
       <c r="D245" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E245" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F245" s="25">
         <v>3</v>
       </c>
       <c r="G245" s="87">
         <v>43391</v>
       </c>
-      <c r="H245" s="661"/>
-[...2 lines deleted...]
-      <c r="B246" s="1104">
+      <c r="H245" s="656"/>
+    </row>
+    <row r="246" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B246" s="1093">
         <f>MAX(B$27:B245)+1</f>
         <v>70</v>
       </c>
-      <c r="C246" s="1090" t="s">
+      <c r="C246" s="1070" t="s">
         <v>215</v>
       </c>
-      <c r="D246" s="1090" t="s">
+      <c r="D246" s="1070" t="s">
         <v>206</v>
       </c>
-      <c r="E246" s="1063" t="s">
-[...2 lines deleted...]
-      <c r="F246" s="629" t="s">
+      <c r="E246" s="1053" t="s">
+        <v>120</v>
+      </c>
+      <c r="F246" s="624" t="s">
         <v>216</v>
       </c>
       <c r="G246" s="100">
         <v>43466</v>
       </c>
-      <c r="H246" s="661"/>
-[...5 lines deleted...]
-      <c r="E247" s="1064"/>
+      <c r="H246" s="656"/>
+    </row>
+    <row r="247" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B247" s="1094"/>
+      <c r="C247" s="1071"/>
+      <c r="D247" s="1071"/>
+      <c r="E247" s="1069"/>
       <c r="F247" s="112">
         <v>7</v>
       </c>
       <c r="G247" s="113">
         <v>44708</v>
       </c>
-      <c r="H247" s="661"/>
-[...2 lines deleted...]
-      <c r="B248" s="1090">
+      <c r="H247" s="656"/>
+    </row>
+    <row r="248" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B248" s="1070">
         <f>MAX(B$27:B246)+1</f>
         <v>71</v>
       </c>
-      <c r="C248" s="1086" t="s">
+      <c r="C248" s="1072" t="s">
         <v>220</v>
       </c>
-      <c r="D248" s="1086" t="s">
+      <c r="D248" s="1072" t="s">
         <v>176</v>
       </c>
-      <c r="E248" s="1063" t="s">
+      <c r="E248" s="1053" t="s">
         <v>120</v>
       </c>
       <c r="F248" s="25" t="s">
         <v>142</v>
       </c>
       <c r="G248" s="87">
         <v>43556</v>
       </c>
-      <c r="H248" s="650"/>
-[...6 lines deleted...]
-      <c r="F249" s="796">
+      <c r="H248" s="645"/>
+    </row>
+    <row r="249" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B249" s="1071"/>
+      <c r="C249" s="1073"/>
+      <c r="D249" s="1073"/>
+      <c r="E249" s="1069"/>
+      <c r="F249" s="791">
         <v>6</v>
       </c>
-      <c r="G249" s="776">
+      <c r="G249" s="771">
         <v>43556</v>
       </c>
-      <c r="H249" s="776">
+      <c r="H249" s="771">
         <v>45250</v>
       </c>
     </row>
-    <row r="250" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="250" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B250" s="48">
         <f>MAX(B$27:B248)+1</f>
         <v>72</v>
       </c>
       <c r="C250" s="26" t="s">
         <v>222</v>
       </c>
       <c r="D250" s="24" t="s">
         <v>48</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F250" s="25" t="s">
         <v>207</v>
       </c>
       <c r="G250" s="87">
         <v>43405</v>
       </c>
-      <c r="H250" s="650"/>
-[...1 lines deleted...]
-    <row r="251" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H250" s="645"/>
+    </row>
+    <row r="251" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B251" s="48">
         <f>MAX(B$27:B250)+1</f>
         <v>73</v>
       </c>
       <c r="C251" s="49" t="s">
         <v>280</v>
       </c>
       <c r="D251" s="49" t="s">
         <v>132</v>
       </c>
       <c r="E251" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F251" s="45" t="s">
         <v>286</v>
       </c>
       <c r="G251" s="87">
         <v>43466</v>
       </c>
-      <c r="H251" s="527"/>
-[...2 lines deleted...]
-      <c r="B252" s="1065">
+      <c r="H251" s="522"/>
+    </row>
+    <row r="252" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B252" s="1045">
         <f>MAX(B$27:B251)+1</f>
         <v>74</v>
       </c>
-      <c r="C252" s="1076" t="s">
+      <c r="C252" s="1057" t="s">
         <v>283</v>
       </c>
-      <c r="D252" s="1086" t="s">
+      <c r="D252" s="1072" t="s">
         <v>148</v>
       </c>
-      <c r="E252" s="927" t="s">
-[...2 lines deleted...]
-      <c r="F252" s="1063" t="s">
+      <c r="E252" s="876" t="s">
+        <v>120</v>
+      </c>
+      <c r="F252" s="1053" t="s">
         <v>199</v>
       </c>
       <c r="G252" s="100">
         <v>43525</v>
       </c>
-      <c r="H252" s="654"/>
-[...9 lines deleted...]
-      <c r="G253" s="948">
+      <c r="H252" s="649"/>
+    </row>
+    <row r="253" spans="2:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="B253" s="1096"/>
+      <c r="C253" s="1101"/>
+      <c r="D253" s="1102"/>
+      <c r="E253" s="896" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F253" s="1095"/>
+      <c r="G253" s="897">
         <v>43762</v>
       </c>
-      <c r="H253" s="701">
+      <c r="H253" s="696">
         <v>45152</v>
       </c>
     </row>
-    <row r="254" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="F254" s="780" t="s">
+    <row r="254" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B254" s="1046"/>
+      <c r="C254" s="772"/>
+      <c r="D254" s="773"/>
+      <c r="E254" s="895" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F254" s="775" t="s">
         <v>199</v>
       </c>
-      <c r="G254" s="413">
+      <c r="G254" s="408">
         <v>45183</v>
       </c>
-      <c r="H254" s="779"/>
-[...2 lines deleted...]
-      <c r="B255" s="1063">
+      <c r="H254" s="774"/>
+    </row>
+    <row r="255" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B255" s="1053">
         <f>MAX(B$27:B253)+1</f>
         <v>75</v>
       </c>
-      <c r="C255" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D255" s="1086" t="s">
+      <c r="C255" s="1057" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D255" s="1072" t="s">
         <v>180</v>
       </c>
-      <c r="E255" s="942" t="s">
+      <c r="E255" s="891" t="s">
         <v>120</v>
       </c>
       <c r="F255" s="118">
         <v>6</v>
       </c>
       <c r="G255" s="92">
         <v>43525</v>
       </c>
-      <c r="H255" s="654"/>
-[...8 lines deleted...]
-      <c r="F256" s="797">
+      <c r="H255" s="649"/>
+    </row>
+    <row r="256" spans="2:8" ht="52" x14ac:dyDescent="0.35">
+      <c r="B256" s="1095"/>
+      <c r="C256" s="1101"/>
+      <c r="D256" s="1102"/>
+      <c r="E256" s="894" t="s">
+        <v>906</v>
+      </c>
+      <c r="F256" s="792">
         <v>6</v>
       </c>
-      <c r="G256" s="741">
+      <c r="G256" s="736">
         <v>43525</v>
       </c>
-      <c r="H256" s="798" t="s">
-[...7 lines deleted...]
-      <c r="E257" s="947" t="s">
+      <c r="H256" s="793" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="257" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B257" s="1095"/>
+      <c r="C257" s="1101"/>
+      <c r="D257" s="1102"/>
+      <c r="E257" s="896" t="s">
         <v>307</v>
       </c>
       <c r="F257" s="128">
         <v>6</v>
       </c>
       <c r="G257" s="129">
         <v>43526</v>
       </c>
-      <c r="H257" s="800">
+      <c r="H257" s="795">
         <v>43549</v>
       </c>
     </row>
-    <row r="258" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E258" s="946" t="s">
+    <row r="258" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B258" s="1095"/>
+      <c r="C258" s="1101"/>
+      <c r="D258" s="1102"/>
+      <c r="E258" s="895" t="s">
         <v>306</v>
       </c>
       <c r="F258" s="130">
         <v>6</v>
       </c>
       <c r="G258" s="114">
         <v>43571</v>
       </c>
-      <c r="H258" s="799"/>
-[...8 lines deleted...]
-      <c r="F259" s="1023">
+      <c r="H258" s="794"/>
+    </row>
+    <row r="259" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B259" s="1069"/>
+      <c r="C259" s="1058"/>
+      <c r="D259" s="1073"/>
+      <c r="E259" s="966" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F259" s="967">
         <v>6</v>
       </c>
-      <c r="G259" s="1024">
+      <c r="G259" s="968">
         <v>45449</v>
       </c>
-      <c r="H259" s="1025">
+      <c r="H259" s="969">
         <v>45877</v>
       </c>
     </row>
-    <row r="260" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="260" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B260" s="25">
         <f>MAX(B$27:B258)+1</f>
         <v>76</v>
       </c>
       <c r="C260" s="43" t="s">
         <v>287</v>
       </c>
       <c r="D260" s="57" t="s">
         <v>206</v>
       </c>
       <c r="E260" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F260" s="25">
         <v>5</v>
       </c>
       <c r="G260" s="87">
         <v>43553</v>
       </c>
-      <c r="H260" s="650"/>
-[...2 lines deleted...]
-      <c r="B261" s="1063">
+      <c r="H260" s="645"/>
+    </row>
+    <row r="261" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B261" s="1053">
         <f>MAX(B$27:B260)+1</f>
         <v>77</v>
       </c>
-      <c r="C261" s="1076" t="s">
+      <c r="C261" s="1057" t="s">
         <v>292</v>
       </c>
-      <c r="D261" s="1090" t="s">
+      <c r="D261" s="1070" t="s">
         <v>129</v>
       </c>
-      <c r="E261" s="1074" t="s">
+      <c r="E261" s="1055" t="s">
         <v>9</v>
       </c>
       <c r="F261" s="115" t="s">
         <v>293</v>
       </c>
       <c r="G261" s="95">
         <v>43554</v>
       </c>
-      <c r="H261" s="1119"/>
-[...7 lines deleted...]
-        <v>576</v>
+      <c r="H261" s="1103"/>
+    </row>
+    <row r="262" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B262" s="1069"/>
+      <c r="C262" s="1058"/>
+      <c r="D262" s="1071"/>
+      <c r="E262" s="1056"/>
+      <c r="F262" s="380" t="s">
+        <v>574</v>
       </c>
       <c r="G262" s="93">
         <v>43876</v>
       </c>
-      <c r="H262" s="1120"/>
-[...1 lines deleted...]
-    <row r="263" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H262" s="1104"/>
+    </row>
+    <row r="263" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B263" s="15">
         <f>MAX(B$27:B262)+1</f>
         <v>78</v>
       </c>
       <c r="C263" s="134" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="D263" s="17" t="s">
         <v>149</v>
       </c>
       <c r="E263" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F263" s="15" t="s">
         <v>207</v>
       </c>
       <c r="G263" s="88">
         <v>43543</v>
       </c>
       <c r="H263" s="41" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-    <row r="264" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="264" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B264" s="25">
         <f>MAX(B$27:B263)+1</f>
         <v>79</v>
       </c>
       <c r="C264" s="43" t="s">
         <v>297</v>
       </c>
       <c r="D264" s="24" t="s">
         <v>180</v>
       </c>
       <c r="E264" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F264" s="25" t="s">
         <v>203</v>
       </c>
       <c r="G264" s="87">
         <v>43539</v>
       </c>
-      <c r="H264" s="650"/>
-[...1 lines deleted...]
-    <row r="265" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H264" s="645"/>
+    </row>
+    <row r="265" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B265" s="25">
         <f>MAX(B$27:B264)+1</f>
         <v>80</v>
       </c>
       <c r="C265" s="43" t="s">
         <v>305</v>
       </c>
       <c r="D265" s="24" t="s">
         <v>180</v>
       </c>
       <c r="E265" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F265" s="25">
         <v>6</v>
       </c>
       <c r="G265" s="87">
         <v>43556</v>
       </c>
-      <c r="H265" s="650"/>
-[...1 lines deleted...]
-    <row r="266" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H265" s="645"/>
+    </row>
+    <row r="266" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B266" s="25">
         <f>MAX(B$27:B265)+1</f>
         <v>81</v>
       </c>
       <c r="C266" s="43" t="s">
         <v>298</v>
       </c>
       <c r="D266" s="24" t="s">
         <v>48</v>
       </c>
       <c r="E266" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F266" s="25" t="s">
         <v>299</v>
       </c>
       <c r="G266" s="87">
         <v>43553</v>
       </c>
-      <c r="H266" s="650"/>
-[...2 lines deleted...]
-      <c r="B267" s="1063">
+      <c r="H266" s="645"/>
+    </row>
+    <row r="267" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B267" s="1053">
         <f>MAX(B$27:B266)+1</f>
         <v>82</v>
       </c>
-      <c r="C267" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D267" s="1086" t="s">
+      <c r="C267" s="1057" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D267" s="1072" t="s">
         <v>48</v>
       </c>
-      <c r="E267" s="1074" t="s">
+      <c r="E267" s="1055" t="s">
         <v>9</v>
       </c>
-      <c r="F267" s="629">
+      <c r="F267" s="624">
         <v>3</v>
       </c>
       <c r="G267" s="100">
         <v>43544</v>
       </c>
-      <c r="H267" s="1110" t="s">
-[...7 lines deleted...]
-      <c r="E268" s="1075"/>
+      <c r="H267" s="1097" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="268" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B268" s="1069"/>
+      <c r="C268" s="1058"/>
+      <c r="D268" s="1073"/>
+      <c r="E268" s="1056"/>
       <c r="F268" s="247">
         <v>5</v>
       </c>
-      <c r="G268" s="826">
+      <c r="G268" s="821">
         <v>45434</v>
       </c>
-      <c r="H268" s="1111"/>
-[...1 lines deleted...]
-    <row r="269" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H268" s="1098"/>
+    </row>
+    <row r="269" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B269" s="25">
         <f>MAX(B$27:B267)+1</f>
         <v>83</v>
       </c>
       <c r="C269" s="43" t="s">
         <v>300</v>
       </c>
       <c r="D269" s="24" t="s">
         <v>102</v>
       </c>
       <c r="E269" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F269" s="25" t="s">
         <v>288</v>
       </c>
       <c r="G269" s="87">
         <v>43553</v>
       </c>
-      <c r="H269" s="650"/>
-[...2 lines deleted...]
-      <c r="B270" s="1063">
+      <c r="H269" s="645"/>
+    </row>
+    <row r="270" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B270" s="1053">
         <f>MAX(B$27:B269)+1</f>
         <v>84</v>
       </c>
-      <c r="C270" s="1086" t="s">
-[...2 lines deleted...]
-      <c r="D270" s="1086" t="s">
+      <c r="C270" s="1072" t="s">
+        <v>854</v>
+      </c>
+      <c r="D270" s="1072" t="s">
         <v>151</v>
       </c>
-      <c r="E270" s="1074" t="s">
+      <c r="E270" s="1055" t="s">
         <v>120</v>
       </c>
       <c r="F270" s="115" t="s">
         <v>301</v>
       </c>
       <c r="G270" s="95">
         <v>43595</v>
       </c>
-      <c r="H270" s="1088" t="s">
-[...8 lines deleted...]
-      <c r="F271" s="395" t="s">
+      <c r="H270" s="1075" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="271" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B271" s="1069"/>
+      <c r="C271" s="1073"/>
+      <c r="D271" s="1073"/>
+      <c r="E271" s="1056"/>
+      <c r="F271" s="390" t="s">
         <v>203</v>
       </c>
       <c r="G271" s="93">
         <v>44042</v>
       </c>
-      <c r="H271" s="1089"/>
-[...2 lines deleted...]
-      <c r="B272" s="1067">
+      <c r="H271" s="1076"/>
+    </row>
+    <row r="272" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B272" s="1047">
         <f>MAX(B$27:B271)+1</f>
         <v>85</v>
       </c>
-      <c r="C272" s="1090" t="s">
-[...2 lines deleted...]
-      <c r="D272" s="1086" t="s">
+      <c r="C272" s="1070" t="s">
+        <v>778</v>
+      </c>
+      <c r="D272" s="1072" t="s">
         <v>180</v>
       </c>
-      <c r="E272" s="1074" t="s">
-[...2 lines deleted...]
-      <c r="F272" s="787" t="s">
+      <c r="E272" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F272" s="782" t="s">
         <v>127</v>
       </c>
       <c r="G272" s="89">
         <v>43544</v>
       </c>
-      <c r="H272" s="1088" t="s">
-[...8 lines deleted...]
-      <c r="F273" s="789">
+      <c r="H272" s="1075" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="273" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B273" s="1048"/>
+      <c r="C273" s="1071"/>
+      <c r="D273" s="1073"/>
+      <c r="E273" s="1056"/>
+      <c r="F273" s="784">
         <v>4</v>
       </c>
       <c r="G273" s="114">
         <v>45217</v>
       </c>
-      <c r="H273" s="1089"/>
-[...1 lines deleted...]
-    <row r="274" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H273" s="1076"/>
+    </row>
+    <row r="274" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B274" s="19">
         <f>MAX(B$27:B272)+1</f>
         <v>86</v>
       </c>
       <c r="C274" s="17" t="s">
-        <v>1040</v>
+        <v>1034</v>
       </c>
       <c r="D274" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E274" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="15" t="s">
         <v>203</v>
       </c>
       <c r="G274" s="88">
         <v>43558</v>
       </c>
       <c r="H274" s="41" t="s">
-        <v>1041</v>
-[...2 lines deleted...]
-    <row r="275" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="275" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B275" s="19">
         <f>MAX(B$27:B274)+1</f>
         <v>87</v>
       </c>
       <c r="C275" s="134" t="s">
         <v>308</v>
       </c>
       <c r="D275" s="57" t="s">
         <v>149</v>
       </c>
       <c r="E275" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F275" s="25">
         <v>5</v>
       </c>
       <c r="G275" s="87">
         <v>43626</v>
       </c>
-      <c r="H275" s="650"/>
-[...1 lines deleted...]
-    <row r="276" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H275" s="645"/>
+    </row>
+    <row r="276" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B276" s="19">
         <f>MAX(B$27:B275)+1</f>
         <v>88</v>
       </c>
       <c r="C276" s="13" t="s">
         <v>314</v>
       </c>
       <c r="D276" s="31" t="s">
         <v>48</v>
       </c>
       <c r="E276" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F276" s="54" t="s">
         <v>114</v>
       </c>
       <c r="G276" s="87">
         <v>43647</v>
       </c>
       <c r="H276" s="41"/>
     </row>
-    <row r="277" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="277" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B277" s="19">
         <f>MAX(B$27:B276)+1</f>
         <v>89</v>
       </c>
       <c r="C277" s="133" t="s">
         <v>315</v>
       </c>
       <c r="D277" s="135" t="s">
         <v>129</v>
       </c>
-      <c r="E277" s="346" t="s">
+      <c r="E277" s="341" t="s">
         <v>9</v>
       </c>
       <c r="F277" s="54" t="s">
         <v>139</v>
       </c>
       <c r="G277" s="137">
         <v>43800</v>
       </c>
       <c r="H277" s="41"/>
     </row>
-    <row r="278" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="278" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B278" s="19">
         <f>MAX(B$27:B277)+1</f>
         <v>90</v>
       </c>
       <c r="C278" s="134" t="s">
         <v>316</v>
       </c>
       <c r="D278" s="70" t="s">
         <v>189</v>
       </c>
       <c r="E278" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F278" s="25">
         <v>6</v>
       </c>
       <c r="G278" s="87">
         <v>43251</v>
       </c>
-      <c r="H278" s="660"/>
-[...2 lines deleted...]
-      <c r="B279" s="1067">
+      <c r="H278" s="655"/>
+    </row>
+    <row r="279" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B279" s="1047">
         <f>MAX(B$27:B278)+1</f>
         <v>91</v>
       </c>
-      <c r="C279" s="1065" t="s">
+      <c r="C279" s="1045" t="s">
         <v>317</v>
       </c>
-      <c r="D279" s="1063" t="s">
+      <c r="D279" s="1053" t="s">
         <v>318</v>
       </c>
-      <c r="E279" s="1063" t="s">
+      <c r="E279" s="1053" t="s">
         <v>9</v>
       </c>
       <c r="F279" s="25" t="s">
         <v>319</v>
       </c>
       <c r="G279" s="87">
         <v>43653</v>
       </c>
-      <c r="H279" s="660"/>
-[...5 lines deleted...]
-      <c r="E280" s="1064"/>
+      <c r="H279" s="655"/>
+    </row>
+    <row r="280" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B280" s="1048"/>
+      <c r="C280" s="1046"/>
+      <c r="D280" s="1069"/>
+      <c r="E280" s="1069"/>
       <c r="F280" s="25">
         <v>6</v>
       </c>
       <c r="G280" s="87">
         <v>45937</v>
       </c>
-      <c r="H280" s="660"/>
-[...1 lines deleted...]
-    <row r="281" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H280" s="655"/>
+    </row>
+    <row r="281" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B281" s="6">
         <f>MAX(B$27:B279)+1</f>
         <v>92</v>
       </c>
       <c r="C281" s="134" t="s">
         <v>323</v>
       </c>
       <c r="D281" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E281" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F281" s="25">
         <v>6</v>
       </c>
       <c r="G281" s="87">
         <v>43709</v>
       </c>
-      <c r="H281" s="650"/>
-[...1 lines deleted...]
-    <row r="282" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H281" s="645"/>
+    </row>
+    <row r="282" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B282" s="6">
         <f>MAX(B$27:B281)+1</f>
         <v>93</v>
       </c>
       <c r="C282" s="134" t="s">
         <v>324</v>
       </c>
       <c r="D282" s="57" t="s">
         <v>149</v>
       </c>
       <c r="E282" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F282" s="25" t="s">
         <v>325</v>
       </c>
       <c r="G282" s="87">
         <v>43667</v>
       </c>
-      <c r="H282" s="650"/>
-[...1 lines deleted...]
-    <row r="283" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H282" s="645"/>
+    </row>
+    <row r="283" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B283" s="6">
         <f>MAX(B$27:B282)+1</f>
         <v>94</v>
       </c>
       <c r="C283" s="134" t="s">
         <v>327</v>
       </c>
       <c r="D283" s="57" t="s">
         <v>129</v>
       </c>
       <c r="E283" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F283" s="25" t="s">
         <v>328</v>
       </c>
       <c r="G283" s="87">
         <v>43678</v>
       </c>
       <c r="H283" s="38"/>
     </row>
-    <row r="284" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="284" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B284" s="6">
         <f>MAX(B$27:B283)+1</f>
         <v>95</v>
       </c>
       <c r="C284" s="134" t="s">
         <v>329</v>
       </c>
       <c r="D284" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E284" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F284" s="25" t="s">
         <v>115</v>
       </c>
       <c r="G284" s="87">
         <v>43646</v>
       </c>
-      <c r="H284" s="650"/>
-[...1 lines deleted...]
-    <row r="285" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H284" s="645"/>
+    </row>
+    <row r="285" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B285" s="6">
         <f>MAX(B$27:B284)+1</f>
         <v>96</v>
       </c>
       <c r="C285" s="134" t="s">
         <v>330</v>
       </c>
       <c r="D285" s="57" t="s">
         <v>129</v>
       </c>
       <c r="E285" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F285" s="25" t="s">
         <v>203</v>
       </c>
       <c r="G285" s="87">
         <v>43679</v>
       </c>
       <c r="H285" s="38"/>
     </row>
-    <row r="286" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="286" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B286" s="6">
         <f>MAX(B$27:B285)+1</f>
         <v>97</v>
       </c>
       <c r="C286" s="134" t="s">
         <v>332</v>
       </c>
       <c r="D286" s="31" t="s">
         <v>48</v>
       </c>
       <c r="E286" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F286" s="25" t="s">
         <v>114</v>
       </c>
       <c r="G286" s="87">
         <v>43647</v>
       </c>
-      <c r="H286" s="650"/>
-[...2 lines deleted...]
-      <c r="B287" s="1106">
+      <c r="H286" s="645"/>
+    </row>
+    <row r="287" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B287" s="1067">
         <f>MAX(B$27:B286)+1</f>
         <v>98</v>
       </c>
-      <c r="C287" s="1128" t="s">
-[...2 lines deleted...]
-      <c r="D287" s="1128" t="s">
+      <c r="C287" s="1065" t="s">
+        <v>516</v>
+      </c>
+      <c r="D287" s="1065" t="s">
         <v>102</v>
       </c>
-      <c r="E287" s="1115" t="s">
+      <c r="E287" s="1107" t="s">
         <v>9</v>
       </c>
       <c r="F287" s="123" t="s">
-        <v>519</v>
-[...1 lines deleted...]
-      <c r="G287" s="478">
+        <v>517</v>
+      </c>
+      <c r="G287" s="473">
         <v>43663</v>
       </c>
-      <c r="H287" s="662"/>
-[...9 lines deleted...]
-      <c r="G288" s="533">
+      <c r="H287" s="657"/>
+    </row>
+    <row r="288" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B288" s="1068"/>
+      <c r="C288" s="1066"/>
+      <c r="D288" s="1066"/>
+      <c r="E288" s="1108"/>
+      <c r="F288" s="526" t="s">
+        <v>768</v>
+      </c>
+      <c r="G288" s="528">
         <v>44378</v>
       </c>
-      <c r="H288" s="663"/>
-[...1 lines deleted...]
-    <row r="289" spans="2:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H288" s="658"/>
+    </row>
+    <row r="289" spans="2:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B289" s="6">
         <f>MAX(B$27:B287)+1</f>
         <v>99</v>
       </c>
       <c r="C289" s="134" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D289" s="70" t="s">
         <v>318</v>
       </c>
       <c r="E289" s="15" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="15" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="G289" s="87">
         <v>43700</v>
       </c>
-      <c r="H289" s="660"/>
-[...1 lines deleted...]
-    <row r="290" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H289" s="655"/>
+    </row>
+    <row r="290" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B290" s="6">
         <f>MAX(B$27:B289)+1</f>
         <v>100</v>
       </c>
       <c r="C290" s="134" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="D290" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E290" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F290" s="25">
         <v>6</v>
       </c>
       <c r="G290" s="87">
         <v>43709</v>
       </c>
-      <c r="H290" s="650"/>
-[...1 lines deleted...]
-    <row r="291" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H290" s="645"/>
+    </row>
+    <row r="291" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B291" s="6">
         <f>MAX(B$27:B290)+1</f>
         <v>101</v>
       </c>
       <c r="C291" s="134" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="D291" s="31" t="s">
         <v>48</v>
       </c>
       <c r="E291" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F291" s="54" t="s">
         <v>114</v>
       </c>
       <c r="G291" s="87">
         <v>43709</v>
       </c>
       <c r="H291" s="41"/>
     </row>
-    <row r="292" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B292" s="1074">
+    <row r="292" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B292" s="1055">
         <f>MAX(B$27:B291)+1</f>
         <v>102</v>
       </c>
-      <c r="C292" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D292" s="1086" t="s">
+      <c r="C292" s="1057" t="s">
+        <v>683</v>
+      </c>
+      <c r="D292" s="1072" t="s">
         <v>48</v>
       </c>
-      <c r="E292" s="1063" t="s">
+      <c r="E292" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F292" s="118" t="s">
         <v>114</v>
       </c>
       <c r="G292" s="92">
         <v>43647</v>
       </c>
-      <c r="H292" s="1088" t="s">
-[...8 lines deleted...]
-      <c r="F293" s="382">
+      <c r="H292" s="1075" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="293" spans="2:8" ht="18.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B293" s="1056"/>
+      <c r="C293" s="1058"/>
+      <c r="D293" s="1073"/>
+      <c r="E293" s="1069"/>
+      <c r="F293" s="377">
         <v>8</v>
       </c>
       <c r="G293" s="93">
         <v>43831</v>
       </c>
-      <c r="H293" s="1089"/>
-[...2 lines deleted...]
-      <c r="B294" s="1158">
+      <c r="H293" s="1076"/>
+    </row>
+    <row r="294" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B294" s="1136">
         <f>MAX(B$27:B293)+1</f>
         <v>103</v>
       </c>
-      <c r="C294" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D294" s="1092" t="s">
+      <c r="C294" s="1057" t="s">
+        <v>524</v>
+      </c>
+      <c r="D294" s="1077" t="s">
         <v>83</v>
       </c>
-      <c r="E294" s="1063" t="s">
+      <c r="E294" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F294" s="37">
         <v>3</v>
       </c>
       <c r="G294" s="88">
         <v>43739</v>
       </c>
       <c r="H294" s="41"/>
     </row>
-    <row r="295" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E295" s="1064"/>
+    <row r="295" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B295" s="1137"/>
+      <c r="C295" s="1058"/>
+      <c r="D295" s="1078"/>
+      <c r="E295" s="1069"/>
       <c r="F295" s="37" t="s">
         <v>199</v>
       </c>
       <c r="G295" s="88">
         <v>43845</v>
       </c>
-      <c r="H295" s="650"/>
-[...1 lines deleted...]
-    <row r="296" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H295" s="645"/>
+    </row>
+    <row r="296" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B296" s="8">
         <f>MAX(B$27:B295)+1</f>
         <v>104</v>
       </c>
       <c r="C296" s="9" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="D296" s="55" t="s">
         <v>138</v>
       </c>
       <c r="E296" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F296" s="37">
         <v>6</v>
       </c>
       <c r="G296" s="88">
         <v>43739</v>
       </c>
-      <c r="H296" s="650"/>
-[...1 lines deleted...]
-    <row r="297" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H296" s="645"/>
+    </row>
+    <row r="297" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B297" s="8">
         <f>MAX(B$27:B296)+1</f>
         <v>105</v>
       </c>
       <c r="C297" s="134" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="D297" s="304" t="s">
         <v>206</v>
       </c>
       <c r="E297" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F297" s="25">
         <v>6</v>
       </c>
       <c r="G297" s="88">
         <v>43766</v>
       </c>
-      <c r="H297" s="650"/>
-[...1 lines deleted...]
-    <row r="298" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H297" s="645"/>
+    </row>
+    <row r="298" spans="2:8" ht="26.5" x14ac:dyDescent="0.35">
       <c r="B298" s="8">
         <f>MAX(B$27:B297)+1</f>
         <v>106</v>
       </c>
       <c r="C298" s="134" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="D298" s="17" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="E298" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F298" s="15" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="G298" s="88">
         <v>43739</v>
       </c>
-      <c r="H298" s="504" t="s">
-[...3 lines deleted...]
-    <row r="299" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H298" s="499" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="299" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B299" s="8">
         <f>MAX(B$27:B298)+1</f>
         <v>107</v>
       </c>
       <c r="C299" s="134" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D299" s="13" t="s">
         <v>48</v>
       </c>
       <c r="E299" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F299" s="54" t="s">
         <v>146</v>
       </c>
       <c r="G299" s="132">
         <v>43780</v>
       </c>
-      <c r="H299" s="650"/>
-[...1 lines deleted...]
-    <row r="300" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H299" s="645"/>
+    </row>
+    <row r="300" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B300" s="8">
         <f>MAX(B$27:B299)+1</f>
         <v>108</v>
       </c>
       <c r="C300" s="17" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="D300" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E300" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F300" s="25">
         <v>6</v>
       </c>
       <c r="G300" s="132">
         <v>43783</v>
       </c>
       <c r="H300" s="41"/>
     </row>
-    <row r="301" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="301" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B301" s="8">
         <f>MAX(B$27:B300)+1</f>
         <v>109</v>
       </c>
       <c r="C301" s="17" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D301" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E301" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F301" s="25" t="s">
         <v>319</v>
       </c>
       <c r="G301" s="132">
         <v>43814</v>
       </c>
       <c r="H301" s="41"/>
     </row>
-    <row r="302" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="302" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B302" s="8">
         <f>MAX(B$27:B301)+1</f>
         <v>110</v>
       </c>
       <c r="C302" s="17" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="D302" s="13" t="s">
         <v>103</v>
       </c>
       <c r="E302" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F302" s="15" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="G302" s="132">
         <v>43800</v>
       </c>
       <c r="H302" s="41"/>
     </row>
-    <row r="303" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="303" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B303" s="8">
         <f>MAX(B$27:B302)+1</f>
         <v>111</v>
       </c>
       <c r="C303" s="134" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="D303" s="13" t="s">
         <v>48</v>
       </c>
       <c r="E303" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F303" s="54" t="s">
         <v>364</v>
       </c>
       <c r="G303" s="132">
         <v>43861</v>
       </c>
-      <c r="H303" s="650"/>
-[...1 lines deleted...]
-    <row r="304" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H303" s="645"/>
+    </row>
+    <row r="304" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B304" s="8">
         <f>MAX(B$27:B303)+1</f>
         <v>112</v>
       </c>
       <c r="C304" s="17" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="D304" s="13" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="E304" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F304" s="15" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="G304" s="132">
         <v>43836</v>
       </c>
       <c r="H304" s="41"/>
     </row>
-    <row r="305" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="305" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B305" s="8">
         <f>MAX(B$27:B304)+1</f>
         <v>113</v>
       </c>
       <c r="C305" s="134" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="D305" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E305" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F305" s="25">
         <v>6</v>
       </c>
       <c r="G305" s="132">
         <v>43834</v>
       </c>
       <c r="H305" s="38"/>
     </row>
-    <row r="306" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B306" s="704">
+    <row r="306" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B306" s="699">
         <f>MAX(B$27:B305)+1</f>
         <v>114</v>
       </c>
-      <c r="C306" s="709" t="s">
-[...2 lines deleted...]
-      <c r="D306" s="706" t="s">
+      <c r="C306" s="704" t="s">
+        <v>558</v>
+      </c>
+      <c r="D306" s="701" t="s">
         <v>135</v>
       </c>
-      <c r="E306" s="927" t="s">
-[...2 lines deleted...]
-      <c r="F306" s="708" t="s">
+      <c r="E306" s="876" t="s">
+        <v>120</v>
+      </c>
+      <c r="F306" s="703" t="s">
         <v>203</v>
       </c>
-      <c r="G306" s="484">
+      <c r="G306" s="479">
         <v>43794</v>
       </c>
-      <c r="H306" s="662"/>
-[...5 lines deleted...]
-      <c r="E307" s="928"/>
+      <c r="H306" s="657"/>
+    </row>
+    <row r="307" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B307" s="700"/>
+      <c r="C307" s="409"/>
+      <c r="D307" s="702"/>
+      <c r="E307" s="877"/>
       <c r="F307" s="130" t="s">
         <v>341</v>
       </c>
-      <c r="G307" s="413">
+      <c r="G307" s="408">
         <v>45031</v>
       </c>
-      <c r="H307" s="663"/>
-[...2 lines deleted...]
-      <c r="B308" s="1074">
+      <c r="H307" s="658"/>
+    </row>
+    <row r="308" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B308" s="1055">
         <f>MAX(B$27:B306)+1</f>
         <v>115</v>
       </c>
-      <c r="C308" s="1094" t="s">
-[...2 lines deleted...]
-      <c r="D308" s="1090" t="s">
+      <c r="C308" s="1079" t="s">
+        <v>570</v>
+      </c>
+      <c r="D308" s="1070" t="s">
         <v>149</v>
       </c>
-      <c r="E308" s="1074" t="s">
+      <c r="E308" s="1055" t="s">
         <v>120</v>
       </c>
       <c r="F308" s="25" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="G308" s="132">
         <v>43878</v>
       </c>
-      <c r="H308" s="651"/>
-[...5 lines deleted...]
-      <c r="E309" s="1075"/>
+      <c r="H308" s="646"/>
+    </row>
+    <row r="309" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B309" s="1056"/>
+      <c r="C309" s="1080"/>
+      <c r="D309" s="1071"/>
+      <c r="E309" s="1056"/>
       <c r="F309" s="25">
         <v>6</v>
       </c>
       <c r="G309" s="132">
         <v>44875</v>
       </c>
-      <c r="H309" s="651"/>
-[...1 lines deleted...]
-    <row r="310" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H309" s="646"/>
+    </row>
+    <row r="310" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B310" s="8">
         <f>MAX(B$27:B308)+1</f>
         <v>116</v>
       </c>
       <c r="C310" s="134" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="D310" s="304" t="s">
         <v>206</v>
       </c>
       <c r="E310" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F310" s="25" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="G310" s="132">
         <v>43862</v>
       </c>
-      <c r="H310" s="650"/>
-[...2 lines deleted...]
-      <c r="B311" s="1074">
+      <c r="H310" s="645"/>
+    </row>
+    <row r="311" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B311" s="1055">
         <f>MAX(B$27:B310)+1</f>
         <v>117</v>
       </c>
-      <c r="C311" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D311" s="1086" t="s">
+      <c r="C311" s="1057" t="s">
+        <v>575</v>
+      </c>
+      <c r="D311" s="1072" t="s">
         <v>189</v>
       </c>
-      <c r="E311" s="1063" t="s">
+      <c r="E311" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F311" s="25" t="s">
         <v>115</v>
       </c>
       <c r="G311" s="87">
         <v>43935</v>
       </c>
-      <c r="H311" s="660"/>
-[...5 lines deleted...]
-      <c r="E312" s="1064"/>
+      <c r="H311" s="655"/>
+    </row>
+    <row r="312" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B312" s="1056"/>
+      <c r="C312" s="1058"/>
+      <c r="D312" s="1073"/>
+      <c r="E312" s="1069"/>
       <c r="F312" s="25" t="s">
         <v>113</v>
       </c>
       <c r="G312" s="87">
         <v>45958</v>
       </c>
-      <c r="H312" s="660"/>
-[...1 lines deleted...]
-    <row r="313" spans="2:8" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H312" s="655"/>
+    </row>
+    <row r="313" spans="2:8" ht="65.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B313" s="8">
         <f>MAX(B$27:B311)+1</f>
         <v>118</v>
       </c>
       <c r="C313" s="134" t="s">
-        <v>1122</v>
+        <v>1113</v>
       </c>
       <c r="D313" s="16" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="E313" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F313" s="15" t="s">
         <v>203</v>
       </c>
       <c r="G313" s="88">
         <v>43951</v>
       </c>
-      <c r="H313" s="393" t="s">
-[...3 lines deleted...]
-    <row r="314" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H313" s="388" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="314" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B314" s="8">
         <f>MAX(B$27:B313)+1</f>
         <v>119</v>
       </c>
-      <c r="C314" s="376" t="s">
-        <v>593</v>
+      <c r="C314" s="371" t="s">
+        <v>591</v>
       </c>
       <c r="D314" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E314" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F314" s="346" t="s">
+      <c r="F314" s="341" t="s">
         <v>165</v>
       </c>
       <c r="G314" s="132">
         <v>43951</v>
       </c>
-      <c r="H314" s="650"/>
-[...1 lines deleted...]
-    <row r="315" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H314" s="645"/>
+    </row>
+    <row r="315" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B315" s="8">
         <f>MAX(B$27:B314)+1</f>
         <v>120</v>
       </c>
       <c r="C315" s="134" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="D315" s="13" t="s">
         <v>83</v>
       </c>
       <c r="E315" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F315" s="37" t="s">
         <v>199</v>
       </c>
       <c r="G315" s="88">
         <v>43891</v>
       </c>
       <c r="H315" s="41"/>
     </row>
-    <row r="316" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="316" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B316" s="8">
         <f>MAX(B$27:B315)+1</f>
         <v>121</v>
       </c>
-      <c r="C316" s="376" t="s">
-[...2 lines deleted...]
-      <c r="D316" s="375" t="s">
+      <c r="C316" s="371" t="s">
+        <v>592</v>
+      </c>
+      <c r="D316" s="370" t="s">
         <v>157</v>
       </c>
       <c r="E316" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F316" s="346" t="s">
-        <v>595</v>
+      <c r="F316" s="341" t="s">
+        <v>593</v>
       </c>
       <c r="G316" s="132">
         <v>43915</v>
       </c>
-      <c r="H316" s="650"/>
-[...1 lines deleted...]
-    <row r="317" spans="2:8" s="383" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H316" s="645"/>
+    </row>
+    <row r="317" spans="2:8" s="378" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B317" s="8">
         <f>MAX(B$27:B316)+1</f>
         <v>122</v>
       </c>
       <c r="C317" s="134" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="D317" s="13" t="s">
         <v>131</v>
       </c>
       <c r="E317" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F317" s="25" t="s">
         <v>203</v>
       </c>
       <c r="G317" s="88">
         <v>43913</v>
       </c>
-      <c r="H317" s="664"/>
-[...1 lines deleted...]
-    <row r="318" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H317" s="659"/>
+    </row>
+    <row r="318" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B318" s="8">
         <f>MAX(B$27:B317)+1</f>
         <v>123</v>
       </c>
-      <c r="C318" s="376" t="s">
-        <v>603</v>
+      <c r="C318" s="371" t="s">
+        <v>601</v>
       </c>
       <c r="D318" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E318" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F318" s="346" t="s">
+      <c r="F318" s="341" t="s">
         <v>199</v>
       </c>
-      <c r="G318" s="386">
+      <c r="G318" s="381">
         <v>43978</v>
       </c>
-      <c r="H318" s="650"/>
-[...1 lines deleted...]
-    <row r="319" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H318" s="645"/>
+    </row>
+    <row r="319" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B319" s="8">
         <f>MAX(B$27:B318)+1</f>
         <v>124</v>
       </c>
-      <c r="C319" s="384" t="s">
-        <v>607</v>
+      <c r="C319" s="379" t="s">
+        <v>605</v>
       </c>
       <c r="D319" s="13" t="s">
         <v>48</v>
       </c>
       <c r="E319" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F319" s="54" t="s">
         <v>207</v>
       </c>
       <c r="G319" s="88">
         <v>43942</v>
       </c>
-      <c r="H319" s="665"/>
-[...1 lines deleted...]
-    <row r="320" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H319" s="660"/>
+    </row>
+    <row r="320" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B320" s="8">
         <f>MAX(B$27:B319)+1</f>
         <v>125</v>
       </c>
       <c r="C320" s="134" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D320" s="16" t="s">
         <v>318</v>
       </c>
       <c r="E320" s="15" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="15">
         <v>6</v>
       </c>
       <c r="G320" s="132">
         <v>43981</v>
       </c>
       <c r="H320" s="41"/>
     </row>
-    <row r="321" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="321" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B321" s="8">
         <f>MAX(B$27:B320)+1</f>
         <v>126</v>
       </c>
       <c r="C321" s="134" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="D321" s="16" t="s">
         <v>318</v>
       </c>
       <c r="E321" s="15" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="15">
         <v>6</v>
       </c>
-      <c r="G321" s="386">
+      <c r="G321" s="381">
         <v>43990</v>
       </c>
-      <c r="H321" s="650"/>
-[...2 lines deleted...]
-      <c r="B322" s="1074">
+      <c r="H321" s="645"/>
+    </row>
+    <row r="322" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="B322" s="1055">
         <f>MAX(B$27:B321)+1</f>
         <v>127</v>
       </c>
-      <c r="C322" s="1079" t="s">
-[...2 lines deleted...]
-      <c r="D322" s="1100" t="s">
+      <c r="C322" s="1060" t="s">
+        <v>638</v>
+      </c>
+      <c r="D322" s="1085" t="s">
         <v>135</v>
       </c>
       <c r="E322" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F322" s="6" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="G322" s="386">
+        <v>616</v>
+      </c>
+      <c r="G322" s="381">
         <v>43990</v>
       </c>
-      <c r="H322" s="393" t="s">
-[...10 lines deleted...]
-      <c r="F323" s="795" t="s">
+      <c r="H322" s="388" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="323" spans="2:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="B323" s="1059"/>
+      <c r="C323" s="1061"/>
+      <c r="D323" s="1087"/>
+      <c r="E323" s="789" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F323" s="790" t="s">
         <v>288</v>
       </c>
-      <c r="G323" s="386">
+      <c r="G323" s="381">
         <v>45260</v>
       </c>
-      <c r="H323" s="393"/>
-[...8 lines deleted...]
-      <c r="F324" s="795" t="s">
+      <c r="H323" s="388"/>
+    </row>
+    <row r="324" spans="2:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="B324" s="1056"/>
+      <c r="C324" s="1062"/>
+      <c r="D324" s="1086"/>
+      <c r="E324" s="546" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F324" s="790" t="s">
         <v>288</v>
       </c>
-      <c r="G324" s="386">
+      <c r="G324" s="381">
         <v>45580</v>
       </c>
-      <c r="H324" s="393"/>
-[...1 lines deleted...]
-    <row r="325" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H324" s="388"/>
+    </row>
+    <row r="325" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B325" s="8">
         <f>MAX(B$27:B322)+1</f>
         <v>128</v>
       </c>
-      <c r="C325" s="376" t="s">
-        <v>619</v>
+      <c r="C325" s="371" t="s">
+        <v>617</v>
       </c>
       <c r="D325" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E325" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F325" s="346" t="s">
+      <c r="F325" s="341" t="s">
         <v>199</v>
       </c>
       <c r="G325" s="132">
         <v>44044</v>
       </c>
-      <c r="H325" s="650"/>
-[...1 lines deleted...]
-    <row r="326" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H325" s="645"/>
+    </row>
+    <row r="326" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B326" s="8">
         <f>MAX(B$27:B325)+1</f>
         <v>129</v>
       </c>
-      <c r="C326" s="376" t="s">
-        <v>620</v>
+      <c r="C326" s="371" t="s">
+        <v>618</v>
       </c>
       <c r="D326" s="13" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="E326" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F326" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="G326" s="386">
+      <c r="G326" s="381">
         <v>43985</v>
       </c>
-      <c r="H326" s="666"/>
-[...1 lines deleted...]
-    <row r="327" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H326" s="661"/>
+    </row>
+    <row r="327" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B327" s="8">
         <f>MAX(B$27:B326)+1</f>
         <v>130</v>
       </c>
-      <c r="C327" s="376" t="s">
-[...2 lines deleted...]
-      <c r="D327" s="375" t="s">
+      <c r="C327" s="371" t="s">
+        <v>620</v>
+      </c>
+      <c r="D327" s="370" t="s">
         <v>157</v>
       </c>
       <c r="E327" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F327" s="346" t="s">
-[...2 lines deleted...]
-      <c r="G327" s="386">
+      <c r="F327" s="341" t="s">
+        <v>621</v>
+      </c>
+      <c r="G327" s="381">
         <v>44105</v>
       </c>
-      <c r="H327" s="650"/>
-[...1 lines deleted...]
-    <row r="328" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H327" s="645"/>
+    </row>
+    <row r="328" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B328" s="8">
         <f>MAX(B$27:B327)+1</f>
         <v>131</v>
       </c>
       <c r="C328" s="11" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="D328" s="339" t="s">
+        <v>624</v>
+      </c>
+      <c r="D328" s="334" t="s">
         <v>135</v>
       </c>
       <c r="E328" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F328" s="6" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="G328" s="132">
         <v>44021</v>
       </c>
-      <c r="H328" s="393"/>
-[...1 lines deleted...]
-    <row r="329" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H328" s="388"/>
+    </row>
+    <row r="329" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B329" s="8">
         <f>MAX(B$27:B328)+1</f>
         <v>132</v>
       </c>
       <c r="C329" s="134" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="D329" s="16" t="s">
         <v>189</v>
       </c>
       <c r="E329" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F329" s="14" t="s">
         <v>309</v>
       </c>
       <c r="G329" s="87">
         <v>44119</v>
       </c>
-      <c r="H329" s="660"/>
-[...1 lines deleted...]
-    <row r="330" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H329" s="655"/>
+    </row>
+    <row r="330" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B330" s="8">
         <f>MAX(B$27:B329)+1</f>
         <v>133</v>
       </c>
       <c r="C330" s="134" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="D330" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E330" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F330" s="25" t="s">
         <v>114</v>
       </c>
       <c r="G330" s="87">
         <v>44099</v>
       </c>
-      <c r="H330" s="650"/>
-[...1 lines deleted...]
-    <row r="331" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H330" s="645"/>
+    </row>
+    <row r="331" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B331" s="8">
         <f>MAX(B$27:B330)+1</f>
         <v>134</v>
       </c>
       <c r="C331" s="134" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="D331" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E331" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F331" s="14" t="s">
         <v>203</v>
       </c>
       <c r="G331" s="87">
         <v>44098</v>
       </c>
-      <c r="H331" s="650"/>
-[...1 lines deleted...]
-    <row r="332" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H331" s="645"/>
+    </row>
+    <row r="332" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B332" s="8">
         <f>MAX(B$27:B331)+1</f>
         <v>135</v>
       </c>
       <c r="C332" s="17" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="D332" s="57" t="s">
         <v>129</v>
       </c>
       <c r="E332" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="25" t="s">
         <v>113</v>
       </c>
       <c r="G332" s="87">
         <v>44197</v>
       </c>
-      <c r="H332" s="650"/>
-[...1 lines deleted...]
-    <row r="333" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H332" s="645"/>
+    </row>
+    <row r="333" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B333" s="8">
         <f>MAX(B$27:B332)+1</f>
         <v>136</v>
       </c>
       <c r="C333" s="17" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D333" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E333" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="15">
         <v>6</v>
       </c>
       <c r="G333" s="88">
         <v>44197</v>
       </c>
-      <c r="H333" s="393" t="s">
-[...3 lines deleted...]
-    <row r="334" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H333" s="388" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="334" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B334" s="8">
         <f>MAX(B$27:B333)+1</f>
         <v>137</v>
       </c>
-      <c r="C334" s="344" t="s">
-        <v>649</v>
+      <c r="C334" s="339" t="s">
+        <v>646</v>
       </c>
       <c r="D334" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E334" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="15" t="s">
         <v>328</v>
       </c>
       <c r="G334" s="88">
         <v>44114</v>
       </c>
-      <c r="H334" s="650"/>
-[...2 lines deleted...]
-      <c r="B335" s="1074">
+      <c r="H334" s="645"/>
+    </row>
+    <row r="335" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B335" s="1055">
         <f>MAX(B$27:B334)+1</f>
         <v>138</v>
       </c>
-      <c r="C335" s="1079" t="s">
-[...2 lines deleted...]
-      <c r="D335" s="1100" t="s">
+      <c r="C335" s="1060" t="s">
+        <v>648</v>
+      </c>
+      <c r="D335" s="1085" t="s">
         <v>135</v>
       </c>
-      <c r="E335" s="1074" t="s">
+      <c r="E335" s="1055" t="s">
         <v>120</v>
       </c>
       <c r="F335" s="15" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="G335" s="88">
         <v>44105</v>
       </c>
-      <c r="H335" s="393"/>
-[...7 lines deleted...]
-        <v>519</v>
+      <c r="H335" s="388"/>
+    </row>
+    <row r="336" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B336" s="1056"/>
+      <c r="C336" s="1062"/>
+      <c r="D336" s="1086"/>
+      <c r="E336" s="1056"/>
+      <c r="F336" s="976" t="s">
+        <v>517</v>
       </c>
       <c r="G336" s="89">
         <v>45918</v>
       </c>
-      <c r="H336" s="662"/>
-[...1 lines deleted...]
-    <row r="337" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H336" s="657"/>
+    </row>
+    <row r="337" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B337" s="8">
         <f>MAX(B$27:B335)+1</f>
         <v>139</v>
       </c>
-      <c r="C337" s="410" t="s">
-[...8 lines deleted...]
-      <c r="F337" s="409">
+      <c r="C337" s="405" t="s">
+        <v>650</v>
+      </c>
+      <c r="D337" s="571" t="s">
+        <v>830</v>
+      </c>
+      <c r="E337" s="876" t="s">
+        <v>120</v>
+      </c>
+      <c r="F337" s="404">
         <v>8</v>
       </c>
       <c r="G337" s="89">
         <v>44166</v>
       </c>
-      <c r="H337" s="646"/>
-[...1 lines deleted...]
-    <row r="338" spans="2:8" s="30" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H337" s="641"/>
+    </row>
+    <row r="338" spans="2:8" s="30" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B338" s="8">
         <f>MAX(B$27:B337)+1</f>
         <v>140</v>
       </c>
-      <c r="C338" s="406" t="s">
-        <v>654</v>
+      <c r="C338" s="401" t="s">
+        <v>651</v>
       </c>
       <c r="D338" s="7" t="s">
         <v>157</v>
       </c>
       <c r="E338" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F338" s="6" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
       <c r="G338" s="88">
         <v>44151</v>
       </c>
       <c r="H338" s="41"/>
     </row>
-    <row r="339" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B339" s="1074">
+    <row r="339" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B339" s="1055">
         <f>MAX(B$27:B338)+1</f>
         <v>141</v>
       </c>
-      <c r="C339" s="1142" t="s">
-[...2 lines deleted...]
-      <c r="D339" s="1100" t="s">
+      <c r="C339" s="1129" t="s">
+        <v>653</v>
+      </c>
+      <c r="D339" s="1085" t="s">
         <v>135</v>
       </c>
-      <c r="E339" s="1074" t="s">
-[...2 lines deleted...]
-      <c r="F339" s="578" t="s">
+      <c r="E339" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F339" s="573" t="s">
         <v>341</v>
       </c>
-      <c r="G339" s="400">
+      <c r="G339" s="395">
         <v>44106</v>
       </c>
-      <c r="H339" s="663"/>
-[...6 lines deleted...]
-      <c r="F340" s="579" t="s">
+      <c r="H339" s="658"/>
+    </row>
+    <row r="340" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B340" s="1054"/>
+      <c r="C340" s="1052"/>
+      <c r="D340" s="1130"/>
+      <c r="E340" s="1054"/>
+      <c r="F340" s="574" t="s">
         <v>203</v>
       </c>
-      <c r="G340" s="580">
+      <c r="G340" s="575">
         <v>44585</v>
       </c>
-      <c r="H340" s="663"/>
-[...1 lines deleted...]
-    <row r="341" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H340" s="658"/>
+    </row>
+    <row r="341" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B341" s="8">
         <f>MAX(B$27:B339)+1</f>
         <v>142</v>
       </c>
       <c r="C341" s="17" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="D341" s="17" t="s">
         <v>206</v>
       </c>
       <c r="E341" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F341" s="15" t="s">
         <v>288</v>
       </c>
       <c r="G341" s="88">
         <v>44173</v>
       </c>
-      <c r="H341" s="661"/>
-[...1 lines deleted...]
-    <row r="342" spans="2:8" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H341" s="656"/>
+    </row>
+    <row r="342" spans="2:8" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B342" s="8">
         <f>MAX(B$27:B341)+1</f>
         <v>143</v>
       </c>
-      <c r="C342" s="376" t="s">
-        <v>896</v>
+      <c r="C342" s="371" t="s">
+        <v>892</v>
       </c>
       <c r="D342" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E342" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F342" s="346" t="s">
+      <c r="F342" s="341" t="s">
         <v>199</v>
       </c>
-      <c r="G342" s="386">
+      <c r="G342" s="381">
         <v>44170</v>
       </c>
-      <c r="H342" s="393" t="s">
-[...3 lines deleted...]
-    <row r="343" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H342" s="388" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="343" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B343" s="8">
         <f>MAX(B$27:B342)+1</f>
         <v>144</v>
       </c>
-      <c r="C343" s="376" t="s">
-        <v>707</v>
+      <c r="C343" s="371" t="s">
+        <v>704</v>
       </c>
       <c r="D343" s="57" t="s">
         <v>129</v>
       </c>
       <c r="E343" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F343" s="346" t="s">
+      <c r="F343" s="341" t="s">
         <v>113</v>
       </c>
       <c r="G343" s="132">
         <v>44256</v>
       </c>
-      <c r="H343" s="650"/>
-[...2 lines deleted...]
-      <c r="B344" s="1074">
+      <c r="H343" s="645"/>
+    </row>
+    <row r="344" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B344" s="1055">
         <f>MAX(B$27:B343)+1</f>
         <v>145</v>
       </c>
-      <c r="C344" s="1094" t="s">
-[...2 lines deleted...]
-      <c r="D344" s="1079" t="s">
+      <c r="C344" s="1079" t="s">
+        <v>705</v>
+      </c>
+      <c r="D344" s="1060" t="s">
         <v>130</v>
       </c>
-      <c r="E344" s="1074" t="s">
-[...2 lines deleted...]
-      <c r="F344" s="482" t="s">
+      <c r="E344" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F344" s="477" t="s">
         <v>288</v>
       </c>
-      <c r="G344" s="484">
+      <c r="G344" s="479">
         <v>44136</v>
       </c>
-      <c r="H344" s="651"/>
-[...14 lines deleted...]
-    <row r="346" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H344" s="646"/>
+    </row>
+    <row r="345" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B345" s="1056"/>
+      <c r="C345" s="1080"/>
+      <c r="D345" s="1062"/>
+      <c r="E345" s="1056"/>
+      <c r="F345" s="480" t="s">
+        <v>733</v>
+      </c>
+      <c r="G345" s="408" t="s">
+        <v>732</v>
+      </c>
+      <c r="H345" s="646"/>
+    </row>
+    <row r="346" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B346" s="8">
         <f>MAX(B$27:B344)+1</f>
         <v>146</v>
       </c>
-      <c r="C346" s="339" t="s">
-[...2 lines deleted...]
-      <c r="D346" s="339" t="s">
+      <c r="C346" s="334" t="s">
+        <v>672</v>
+      </c>
+      <c r="D346" s="334" t="s">
         <v>17</v>
       </c>
       <c r="E346" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F346" s="25" t="s">
         <v>139</v>
       </c>
       <c r="G346" s="132">
         <v>44197</v>
       </c>
       <c r="H346" s="41"/>
     </row>
-    <row r="347" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="347" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B347" s="8">
         <f>MAX(B$27:B346)+1</f>
         <v>147</v>
       </c>
-      <c r="C347" s="376" t="s">
-        <v>676</v>
+      <c r="C347" s="371" t="s">
+        <v>673</v>
       </c>
       <c r="D347" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E347" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F347" s="346">
+      <c r="F347" s="341">
         <v>6</v>
       </c>
       <c r="G347" s="132">
         <v>44225</v>
       </c>
-      <c r="H347" s="650"/>
-[...1 lines deleted...]
-    <row r="348" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H347" s="645"/>
+    </row>
+    <row r="348" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B348" s="8">
         <f>MAX(B$27:B347)+1</f>
         <v>148</v>
       </c>
-      <c r="C348" s="376" t="s">
-        <v>677</v>
+      <c r="C348" s="371" t="s">
+        <v>674</v>
       </c>
       <c r="D348" s="13" t="s">
         <v>103</v>
       </c>
       <c r="E348" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F348" s="346" t="s">
+      <c r="F348" s="341" t="s">
         <v>199</v>
       </c>
       <c r="G348" s="132">
         <v>44172</v>
       </c>
-      <c r="H348" s="650"/>
-[...1 lines deleted...]
-    <row r="349" spans="2:8" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H348" s="645"/>
+    </row>
+    <row r="349" spans="2:8" ht="48.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B349" s="8">
         <f>MAX(B$27:B348)+1</f>
         <v>149</v>
       </c>
       <c r="C349" s="17" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="D349" s="17" t="s">
         <v>206</v>
       </c>
       <c r="E349" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F349" s="15">
         <v>6</v>
       </c>
-      <c r="G349" s="386">
+      <c r="G349" s="381">
         <v>44270</v>
       </c>
-      <c r="H349" s="393" t="s">
-[...3 lines deleted...]
-    <row r="350" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H349" s="388" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="350" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B350" s="8">
         <f>MAX(B$27:B349)+1</f>
         <v>150</v>
       </c>
-      <c r="C350" s="339" t="s">
-[...2 lines deleted...]
-      <c r="D350" s="339" t="s">
+      <c r="C350" s="334" t="s">
+        <v>950</v>
+      </c>
+      <c r="D350" s="334" t="s">
         <v>17</v>
       </c>
       <c r="E350" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F350" s="15">
         <v>6</v>
       </c>
-      <c r="G350" s="386">
+      <c r="G350" s="381">
         <v>44287</v>
       </c>
-      <c r="H350" s="393" t="s">
-[...3 lines deleted...]
-    <row r="351" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H350" s="388" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="351" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B351" s="8">
         <f>MAX(B$27:B350)+1</f>
         <v>151</v>
       </c>
       <c r="C351" s="17" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D351" s="17" t="s">
         <v>206</v>
       </c>
       <c r="E351" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F351" s="15">
         <v>5</v>
       </c>
       <c r="G351" s="132">
         <v>44228</v>
       </c>
-      <c r="H351" s="661"/>
-[...1 lines deleted...]
-    <row r="352" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H351" s="656"/>
+    </row>
+    <row r="352" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B352" s="8">
         <f>MAX(B$27:B351)+1</f>
         <v>152</v>
       </c>
       <c r="C352" s="17" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="D352" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E352" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="14" t="s">
         <v>203</v>
       </c>
       <c r="G352" s="132">
         <v>44236</v>
       </c>
-      <c r="H352" s="650"/>
-[...2 lines deleted...]
-      <c r="B353" s="1065">
+      <c r="H352" s="645"/>
+    </row>
+    <row r="353" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B353" s="1045">
         <f>MAX(B$27:B352)+1</f>
         <v>153</v>
       </c>
-      <c r="C353" s="982" t="s">
-[...2 lines deleted...]
-      <c r="D353" s="965" t="s">
+      <c r="C353" s="927" t="s">
+        <v>711</v>
+      </c>
+      <c r="D353" s="914" t="s">
         <v>180</v>
       </c>
-      <c r="E353" s="969" t="s">
-[...2 lines deleted...]
-      <c r="F353" s="969">
+      <c r="E353" s="918" t="s">
+        <v>120</v>
+      </c>
+      <c r="F353" s="918">
         <v>6</v>
       </c>
       <c r="G353" s="100">
         <v>44223</v>
       </c>
       <c r="H353" s="154"/>
     </row>
-    <row r="354" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F354" s="789" t="s">
+    <row r="354" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B354" s="1046"/>
+      <c r="C354" s="928"/>
+      <c r="D354" s="308"/>
+      <c r="E354" s="919"/>
+      <c r="F354" s="784" t="s">
         <v>114</v>
       </c>
-      <c r="G354" s="569">
+      <c r="G354" s="564">
         <v>45800</v>
       </c>
-      <c r="H354" s="652"/>
-[...1 lines deleted...]
-    <row r="355" spans="2:8" s="302" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H354" s="647"/>
+    </row>
+    <row r="355" spans="2:8" s="302" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B355" s="305">
         <f>MAX(B$10:B353)+1</f>
         <v>154</v>
       </c>
-      <c r="C355" s="376" t="s">
-        <v>716</v>
+      <c r="C355" s="371" t="s">
+        <v>713</v>
       </c>
       <c r="D355" s="134" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="E355" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F355" s="15" t="s">
         <v>199</v>
       </c>
       <c r="G355" s="87">
         <v>44326</v>
       </c>
-      <c r="H355" s="667"/>
-[...1 lines deleted...]
-    <row r="356" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H355" s="662"/>
+    </row>
+    <row r="356" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B356" s="8">
         <f>MAX(B$27:B355)+1</f>
         <v>155</v>
       </c>
-      <c r="C356" s="414" t="s">
-[...2 lines deleted...]
-      <c r="D356" s="468" t="s">
+      <c r="C356" s="409" t="s">
+        <v>869</v>
+      </c>
+      <c r="D356" s="463" t="s">
         <v>135</v>
       </c>
-      <c r="E356" s="928" t="s">
+      <c r="E356" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F356" s="6" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="G356" s="132">
         <v>44263</v>
       </c>
-      <c r="H356" s="393" t="s">
-[...4 lines deleted...]
-      <c r="B357" s="473">
+      <c r="H356" s="388" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="357" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B357" s="468">
         <f>MAX(B$27:B356)+1</f>
         <v>156</v>
       </c>
       <c r="C357" s="11" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="D357" s="11" t="s">
         <v>130</v>
       </c>
       <c r="E357" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F357" s="8" t="s">
         <v>203</v>
       </c>
       <c r="G357" s="132" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="H357" s="41"/>
     </row>
-    <row r="358" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="358" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B358" s="47">
         <f>MAX(B$27:B357)+1</f>
         <v>157</v>
       </c>
       <c r="C358" s="24" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="D358" s="24" t="s">
         <v>180</v>
       </c>
       <c r="E358" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F358" s="25">
         <v>6</v>
       </c>
       <c r="G358" s="87">
         <v>44284</v>
       </c>
-      <c r="H358" s="651"/>
-[...1 lines deleted...]
-    <row r="359" spans="2:8" s="30" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H358" s="646"/>
+    </row>
+    <row r="359" spans="2:8" s="30" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B359" s="8">
         <f>MAX(B$27:B358)+1</f>
         <v>158</v>
       </c>
-      <c r="C359" s="406" t="s">
-        <v>739</v>
+      <c r="C359" s="401" t="s">
+        <v>736</v>
       </c>
       <c r="D359" s="7" t="s">
         <v>157</v>
       </c>
       <c r="E359" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F359" s="6" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="G359" s="132" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="H359" s="41"/>
     </row>
-    <row r="360" spans="2:8" s="383" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B360" s="494">
+    <row r="360" spans="2:8" s="378" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B360" s="489">
         <f>MAX(B$27:B359)+1</f>
         <v>159</v>
       </c>
       <c r="C360" s="36" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="D360" s="36" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="E360" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F360" s="14" t="s">
         <v>114</v>
       </c>
       <c r="G360" s="132">
         <v>44378</v>
       </c>
-      <c r="H360" s="668"/>
-[...1 lines deleted...]
-    <row r="361" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H360" s="663"/>
+    </row>
+    <row r="361" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B361" s="8">
         <f>MAX(B$27:B360)+1</f>
         <v>160</v>
       </c>
       <c r="C361" s="17" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="D361" s="17" t="s">
         <v>206</v>
       </c>
       <c r="E361" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F361" s="15" t="s">
         <v>199</v>
       </c>
       <c r="G361" s="132">
         <v>44369</v>
       </c>
-      <c r="H361" s="661"/>
-[...1 lines deleted...]
-    <row r="362" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H361" s="656"/>
+    </row>
+    <row r="362" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B362" s="8">
         <f>MAX(B$27:B361)+1</f>
         <v>161</v>
       </c>
       <c r="C362" s="17" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="D362" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E362" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F362" s="14" t="s">
         <v>203</v>
       </c>
       <c r="G362" s="132">
         <v>44361</v>
       </c>
-      <c r="H362" s="661"/>
-[...2 lines deleted...]
-      <c r="B363" s="1074">
+      <c r="H362" s="656"/>
+    </row>
+    <row r="363" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B363" s="1055">
         <f>MAX(B$27:B362)+1</f>
         <v>162</v>
       </c>
-      <c r="C363" s="982" t="s">
-[...8 lines deleted...]
-      <c r="F363" s="976">
+      <c r="C363" s="927" t="s">
+        <v>759</v>
+      </c>
+      <c r="D363" s="927" t="s">
+        <v>758</v>
+      </c>
+      <c r="E363" s="918" t="s">
+        <v>120</v>
+      </c>
+      <c r="F363" s="921">
         <v>6</v>
       </c>
-      <c r="G363" s="484">
+      <c r="G363" s="479">
         <v>44389</v>
       </c>
-      <c r="H363" s="985"/>
-[...6 lines deleted...]
-      <c r="F364" s="789" t="s">
+      <c r="H363" s="930"/>
+    </row>
+    <row r="364" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B364" s="1056"/>
+      <c r="C364" s="928"/>
+      <c r="D364" s="928"/>
+      <c r="E364" s="919"/>
+      <c r="F364" s="784" t="s">
         <v>319</v>
       </c>
-      <c r="G364" s="413">
+      <c r="G364" s="408">
         <v>45853</v>
       </c>
-      <c r="H364" s="986"/>
-[...1 lines deleted...]
-    <row r="365" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H364" s="931"/>
+    </row>
+    <row r="365" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B365" s="8">
         <f>MAX(B$27:B363)+1</f>
         <v>163</v>
       </c>
-      <c r="C365" s="339" t="s">
-[...2 lines deleted...]
-      <c r="D365" s="339" t="s">
+      <c r="C365" s="334" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D365" s="334" t="s">
         <v>17</v>
       </c>
       <c r="E365" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F365" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="G365" s="386">
+      <c r="G365" s="381">
         <v>44391</v>
       </c>
       <c r="H365" s="41" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-    <row r="366" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="366" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B366" s="8">
         <f>MAX(B$27:B365)+1</f>
         <v>164</v>
       </c>
-      <c r="C366" s="414" t="s">
-[...2 lines deleted...]
-      <c r="D366" s="509" t="s">
+      <c r="C366" s="409" t="s">
+        <v>762</v>
+      </c>
+      <c r="D366" s="504" t="s">
         <v>135</v>
       </c>
-      <c r="E366" s="928" t="s">
+      <c r="E366" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F366" s="6" t="s">
         <v>341</v>
       </c>
       <c r="G366" s="132">
         <v>44453</v>
       </c>
-      <c r="H366" s="663"/>
-[...2 lines deleted...]
-      <c r="B367" s="473">
+      <c r="H366" s="658"/>
+    </row>
+    <row r="367" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B367" s="468">
         <f>MAX(B$27:B366)+1</f>
         <v>165</v>
       </c>
       <c r="C367" s="11" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="D367" s="11" t="s">
         <v>130</v>
       </c>
-      <c r="E367" s="928" t="s">
+      <c r="E367" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F367" s="14" t="s">
         <v>203</v>
       </c>
       <c r="G367" s="132">
         <v>44385</v>
       </c>
       <c r="H367" s="41"/>
     </row>
-    <row r="368" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B368" s="473">
+    <row r="368" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B368" s="468">
         <f>MAX(B$27:B367)+1</f>
         <v>166</v>
       </c>
       <c r="C368" s="11" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="D368" s="11" t="s">
         <v>130</v>
       </c>
-      <c r="E368" s="928" t="s">
+      <c r="E368" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F368" s="14" t="s">
         <v>203</v>
       </c>
       <c r="G368" s="132">
         <v>44378</v>
       </c>
       <c r="H368" s="41"/>
     </row>
-    <row r="369" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B369" s="473">
+    <row r="369" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B369" s="468">
         <f>MAX(B$27:B368)+1</f>
         <v>167</v>
       </c>
       <c r="C369" s="11" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="D369" s="11" t="s">
         <v>130</v>
       </c>
-      <c r="E369" s="928" t="s">
+      <c r="E369" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F369" s="14" t="s">
         <v>114</v>
       </c>
       <c r="G369" s="132">
         <v>44384</v>
       </c>
       <c r="H369" s="41"/>
     </row>
-    <row r="370" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B370" s="1149">
+    <row r="370" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B370" s="1088">
         <f>MAX(B$27:B369)+1</f>
         <v>168</v>
       </c>
-      <c r="C370" s="1094" t="s">
-[...2 lines deleted...]
-      <c r="D370" s="1096" t="s">
+      <c r="C370" s="1079" t="s">
+        <v>766</v>
+      </c>
+      <c r="D370" s="1081" t="s">
         <v>157</v>
       </c>
-      <c r="E370" s="1074" t="s">
-[...2 lines deleted...]
-      <c r="F370" s="346" t="s">
+      <c r="E370" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F370" s="341" t="s">
         <v>144</v>
       </c>
       <c r="G370" s="132">
         <v>44470</v>
       </c>
-      <c r="H370" s="650"/>
-[...7 lines deleted...]
-        <v>919</v>
+      <c r="H370" s="645"/>
+    </row>
+    <row r="371" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B371" s="1089"/>
+      <c r="C371" s="1084"/>
+      <c r="D371" s="1082"/>
+      <c r="E371" s="1059"/>
+      <c r="F371" s="520" t="s">
+        <v>915</v>
       </c>
       <c r="G371" s="132">
         <v>44866</v>
       </c>
-      <c r="H371" s="650"/>
-[...6 lines deleted...]
-      <c r="F372" s="525">
+      <c r="H371" s="645"/>
+    </row>
+    <row r="372" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B372" s="1090"/>
+      <c r="C372" s="1080"/>
+      <c r="D372" s="1083"/>
+      <c r="E372" s="1056"/>
+      <c r="F372" s="520">
         <v>6</v>
       </c>
       <c r="G372" s="132">
         <v>45748</v>
       </c>
-      <c r="H372" s="650"/>
-[...2 lines deleted...]
-      <c r="B373" s="513">
+      <c r="H372" s="645"/>
+    </row>
+    <row r="373" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B373" s="508">
         <f>MAX(B$27:B370)+1</f>
         <v>169</v>
       </c>
-      <c r="C373" s="514" t="s">
-[...2 lines deleted...]
-      <c r="D373" s="515" t="s">
+      <c r="C373" s="509" t="s">
+        <v>767</v>
+      </c>
+      <c r="D373" s="510" t="s">
         <v>318</v>
       </c>
-      <c r="E373" s="928" t="s">
-[...2 lines deleted...]
-      <c r="F373" s="516">
+      <c r="E373" s="877" t="s">
+        <v>120</v>
+      </c>
+      <c r="F373" s="511">
         <v>6</v>
       </c>
       <c r="G373" s="132">
         <v>44408</v>
       </c>
       <c r="H373" s="41"/>
     </row>
-    <row r="374" spans="2:8" s="432" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="B374" s="473">
+    <row r="374" spans="2:8" s="427" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="B374" s="468">
         <f>MAX(B$27:B373)+1</f>
         <v>170</v>
       </c>
       <c r="C374" s="134" t="s">
-        <v>773</v>
-[...1 lines deleted...]
-      <c r="D374" s="524" t="s">
+        <v>769</v>
+      </c>
+      <c r="D374" s="519" t="s">
         <v>148</v>
       </c>
-      <c r="E374" s="794" t="s">
-        <v>1227</v>
+      <c r="E374" s="789" t="s">
+        <v>1215</v>
       </c>
       <c r="F374" s="48">
         <v>6</v>
       </c>
       <c r="G374" s="132">
         <v>44406</v>
       </c>
-      <c r="H374" s="669"/>
-[...1 lines deleted...]
-    <row r="375" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H374" s="664"/>
+    </row>
+    <row r="375" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B375" s="8">
         <f>MAX(B$27:B374)+1</f>
         <v>171</v>
       </c>
-      <c r="C375" s="339" t="s">
-[...2 lines deleted...]
-      <c r="D375" s="339" t="s">
+      <c r="C375" s="334" t="s">
+        <v>770</v>
+      </c>
+      <c r="D375" s="334" t="s">
         <v>17</v>
       </c>
       <c r="E375" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F375" s="6">
         <v>6</v>
       </c>
       <c r="G375" s="132">
         <v>44438</v>
       </c>
       <c r="H375" s="41"/>
     </row>
-    <row r="376" spans="2:8" ht="22.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B376" s="494">
+    <row r="376" spans="2:8" ht="22.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B376" s="489">
         <f>MAX(B$27:B375)+1</f>
         <v>172</v>
       </c>
-      <c r="C376" s="376" t="s">
-[...2 lines deleted...]
-      <c r="D376" s="375" t="s">
+      <c r="C376" s="371" t="s">
+        <v>771</v>
+      </c>
+      <c r="D376" s="370" t="s">
         <v>157</v>
       </c>
-      <c r="E376" s="928" t="s">
+      <c r="E376" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F376" s="14" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="G376" s="132">
         <v>44440</v>
       </c>
-      <c r="H376" s="650"/>
-[...2 lines deleted...]
-      <c r="B377" s="1074">
+      <c r="H376" s="645"/>
+    </row>
+    <row r="377" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B377" s="1055">
         <f>MAX(B$27:B376)+1</f>
         <v>173</v>
       </c>
-      <c r="C377" s="1090" t="s">
-[...2 lines deleted...]
-      <c r="D377" s="1090" t="s">
+      <c r="C377" s="1070" t="s">
+        <v>773</v>
+      </c>
+      <c r="D377" s="1070" t="s">
         <v>206</v>
       </c>
-      <c r="E377" s="1063" t="s">
+      <c r="E377" s="1053" t="s">
         <v>120</v>
       </c>
       <c r="F377" s="8" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="G377" s="132">
         <v>44436</v>
       </c>
-      <c r="H377" s="661"/>
-[...5 lines deleted...]
-      <c r="E378" s="1064"/>
+      <c r="H377" s="656"/>
+    </row>
+    <row r="378" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B378" s="1056"/>
+      <c r="C378" s="1071"/>
+      <c r="D378" s="1071"/>
+      <c r="E378" s="1069"/>
       <c r="F378" s="8" t="s">
         <v>146</v>
       </c>
       <c r="G378" s="132">
         <v>45748</v>
       </c>
-      <c r="H378" s="661"/>
-[...1 lines deleted...]
-    <row r="379" spans="2:8" ht="20.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H378" s="656"/>
+    </row>
+    <row r="379" spans="2:8" ht="20.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B379" s="8">
         <f>MAX(B$27:B377)+1</f>
         <v>174</v>
       </c>
       <c r="C379" s="17" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="D379" s="17" t="s">
         <v>129</v>
       </c>
       <c r="E379" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F379" s="14" t="s">
         <v>203</v>
       </c>
       <c r="G379" s="132">
         <v>44409</v>
       </c>
-      <c r="H379" s="661"/>
-[...2 lines deleted...]
-      <c r="B380" s="8">
+      <c r="H379" s="656"/>
+    </row>
+    <row r="380" spans="2:8" ht="20.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B380" s="1055">
         <f>MAX(B$27:B379)+1</f>
         <v>175</v>
       </c>
-      <c r="C380" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D380" s="17" t="s">
+      <c r="C380" s="1070" t="s">
+        <v>777</v>
+      </c>
+      <c r="D380" s="1070" t="s">
         <v>151</v>
       </c>
-      <c r="E380" s="15" t="s">
+      <c r="E380" s="1053" t="s">
         <v>120</v>
       </c>
       <c r="F380" s="14" t="s">
         <v>203</v>
       </c>
       <c r="G380" s="132">
         <v>44501</v>
       </c>
-      <c r="H380" s="344"/>
-[...2 lines deleted...]
-      <c r="B381" s="1063">
+      <c r="H380" s="339"/>
+    </row>
+    <row r="381" spans="2:8" ht="20.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B381" s="1056"/>
+      <c r="C381" s="1071"/>
+      <c r="D381" s="1071"/>
+      <c r="E381" s="1069"/>
+      <c r="F381" s="1009">
+        <v>6</v>
+      </c>
+      <c r="G381" s="479">
+        <v>45992</v>
+      </c>
+      <c r="H381" s="1011"/>
+    </row>
+    <row r="382" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B382" s="1053">
         <f>MAX(B$27:B380)+1</f>
         <v>176</v>
       </c>
-      <c r="C381" s="237" t="s">
+      <c r="C382" s="1117" t="s">
+        <v>806</v>
+      </c>
+      <c r="D382" s="1085" t="s">
+        <v>135</v>
+      </c>
+      <c r="E382" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F382" s="920" t="s">
+        <v>807</v>
+      </c>
+      <c r="G382" s="89">
+        <v>44514</v>
+      </c>
+      <c r="H382" s="922"/>
+    </row>
+    <row r="383" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B383" s="1069"/>
+      <c r="C383" s="1118"/>
+      <c r="D383" s="1086"/>
+      <c r="E383" s="1056"/>
+      <c r="F383" s="480" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G383" s="114">
+        <v>45885</v>
+      </c>
+      <c r="H383" s="923"/>
+    </row>
+    <row r="384" spans="2:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B384" s="8">
+        <f>MAX(B$27:B382)+1</f>
+        <v>177</v>
+      </c>
+      <c r="C384" s="334" t="s">
         <v>810</v>
       </c>
-      <c r="D381" s="974" t="s">
-[...34 lines deleted...]
-      <c r="D383" s="339" t="s">
+      <c r="D384" s="334" t="s">
         <v>17</v>
       </c>
-      <c r="E383" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F383" s="8" t="s">
+      <c r="E384" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F384" s="8" t="s">
         <v>377</v>
-      </c>
-[...20 lines deleted...]
-        <v>817</v>
       </c>
       <c r="G384" s="88">
         <v>44593</v>
       </c>
-      <c r="H384" s="650"/>
-[...2 lines deleted...]
-      <c r="B385" s="15">
+      <c r="H384" s="41"/>
+    </row>
+    <row r="385" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B385" s="489">
         <f>MAX(B$27:B384)+1</f>
-        <v>179</v>
-[...11 lines deleted...]
-        <v>341</v>
+        <v>178</v>
+      </c>
+      <c r="C385" s="371" t="s">
+        <v>812</v>
+      </c>
+      <c r="D385" s="370" t="s">
+        <v>157</v>
+      </c>
+      <c r="E385" s="877" t="s">
+        <v>120</v>
+      </c>
+      <c r="F385" s="6" t="s">
+        <v>813</v>
       </c>
       <c r="G385" s="88">
-        <v>44515</v>
-[...3 lines deleted...]
-    <row r="386" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+        <v>44593</v>
+      </c>
+      <c r="H385" s="645"/>
+    </row>
+    <row r="386" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B386" s="15">
         <f>MAX(B$27:B385)+1</f>
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C386" s="36" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="D386" s="570" t="s">
+        <v>816</v>
+      </c>
+      <c r="D386" s="562" t="s">
         <v>135</v>
       </c>
-      <c r="E386" s="928" t="s">
+      <c r="E386" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F386" s="8" t="s">
-        <v>203</v>
+        <v>341</v>
       </c>
       <c r="G386" s="88">
-        <v>44562</v>
-[...5 lines deleted...]
-    <row r="387" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>44515</v>
+      </c>
+      <c r="H386" s="522"/>
+    </row>
+    <row r="387" spans="2:8" ht="39" x14ac:dyDescent="0.35">
       <c r="B387" s="15">
         <f>MAX(B$27:B386)+1</f>
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C387" s="36" t="s">
-        <v>827</v>
-[...1 lines deleted...]
-      <c r="D387" s="572" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D387" s="565" t="s">
         <v>135</v>
       </c>
-      <c r="E387" s="928" t="s">
+      <c r="E387" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F387" s="8" t="s">
-        <v>828</v>
+        <v>203</v>
       </c>
       <c r="G387" s="88">
-        <v>44621</v>
-[...3 lines deleted...]
-    <row r="388" spans="2:8" s="302" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>44562</v>
+      </c>
+      <c r="H387" s="41" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="388" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B388" s="15">
         <f>MAX(B$27:B387)+1</f>
-        <v>182</v>
-[...18 lines deleted...]
-    <row r="389" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>181</v>
+      </c>
+      <c r="C388" s="36" t="s">
+        <v>823</v>
+      </c>
+      <c r="D388" s="567" t="s">
+        <v>135</v>
+      </c>
+      <c r="E388" s="877" t="s">
+        <v>120</v>
+      </c>
+      <c r="F388" s="8" t="s">
+        <v>824</v>
+      </c>
+      <c r="G388" s="88">
+        <v>44621</v>
+      </c>
+      <c r="H388" s="522"/>
+    </row>
+    <row r="389" spans="2:8" s="302" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B389" s="15">
         <f>MAX(B$27:B388)+1</f>
+        <v>182</v>
+      </c>
+      <c r="C389" s="371" t="s">
+        <v>829</v>
+      </c>
+      <c r="D389" s="134" t="s">
+        <v>642</v>
+      </c>
+      <c r="E389" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F389" s="15">
+        <v>8</v>
+      </c>
+      <c r="G389" s="87">
+        <v>44583</v>
+      </c>
+      <c r="H389" s="662"/>
+    </row>
+    <row r="390" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B390" s="15">
+        <f>MAX(B$27:B389)+1</f>
         <v>183</v>
       </c>
-      <c r="C389" s="376" t="s">
-[...11 lines deleted...]
-      <c r="G389" s="87">
+      <c r="C390" s="371" t="s">
+        <v>826</v>
+      </c>
+      <c r="D390" s="13" t="s">
+        <v>619</v>
+      </c>
+      <c r="E390" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F390" s="15" t="s">
+        <v>718</v>
+      </c>
+      <c r="G390" s="87">
         <v>44621</v>
       </c>
-      <c r="H389" s="666"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B389)+1</f>
+      <c r="H390" s="661"/>
+    </row>
+    <row r="391" spans="2:8" ht="26.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B391" s="1053">
+        <f>MAX(B$27:B390)+1</f>
         <v>184</v>
       </c>
-      <c r="C390" s="1076" t="s">
-[...11 lines deleted...]
-      <c r="G390" s="87">
+      <c r="C391" s="1057" t="s">
+        <v>827</v>
+      </c>
+      <c r="D391" s="1070" t="s">
+        <v>534</v>
+      </c>
+      <c r="E391" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F391" s="14" t="s">
+        <v>828</v>
+      </c>
+      <c r="G391" s="87">
         <v>44713</v>
       </c>
-      <c r="H390" s="504"/>
-[...9 lines deleted...]
-      <c r="G391" s="87">
+      <c r="H391" s="499"/>
+    </row>
+    <row r="392" spans="2:8" ht="26.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B392" s="1069"/>
+      <c r="C392" s="1058"/>
+      <c r="D392" s="1071"/>
+      <c r="E392" s="1056"/>
+      <c r="F392" s="14" t="s">
+        <v>667</v>
+      </c>
+      <c r="G392" s="87">
         <v>45544</v>
       </c>
-      <c r="H391" s="504"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B390)+1</f>
+      <c r="H392" s="499"/>
+    </row>
+    <row r="393" spans="2:8" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B393" s="1053">
+        <f>MAX(B$27:B391)+1</f>
         <v>185</v>
       </c>
-      <c r="C392" s="1076" t="s">
-[...2 lines deleted...]
-      <c r="D392" s="1090" t="s">
+      <c r="C393" s="1057" t="s">
+        <v>836</v>
+      </c>
+      <c r="D393" s="1070" t="s">
         <v>206</v>
       </c>
-      <c r="E392" s="1074" t="s">
-[...5 lines deleted...]
-      <c r="G392" s="87">
+      <c r="E393" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F393" s="14" t="s">
+        <v>837</v>
+      </c>
+      <c r="G393" s="87">
         <v>44651</v>
       </c>
-      <c r="H392" s="504"/>
-[...6 lines deleted...]
-      <c r="F393" s="14" t="s">
+      <c r="H393" s="499"/>
+    </row>
+    <row r="394" spans="2:8" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B394" s="1069"/>
+      <c r="C394" s="1058"/>
+      <c r="D394" s="1071"/>
+      <c r="E394" s="1056"/>
+      <c r="F394" s="14" t="s">
         <v>319</v>
       </c>
-      <c r="G393" s="87">
+      <c r="G394" s="87">
         <v>45198</v>
       </c>
-      <c r="H393" s="504"/>
-[...23 lines deleted...]
-    <row r="395" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H394" s="499"/>
+    </row>
+    <row r="395" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B395" s="15">
         <f>MAX(B$27:B394)+1</f>
+        <v>186</v>
+      </c>
+      <c r="C395" s="11" t="s">
+        <v>879</v>
+      </c>
+      <c r="D395" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="E395" s="877" t="s">
+        <v>120</v>
+      </c>
+      <c r="F395" s="341" t="s">
+        <v>563</v>
+      </c>
+      <c r="G395" s="87">
+        <v>44713</v>
+      </c>
+      <c r="H395" s="41"/>
+    </row>
+    <row r="396" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B396" s="15">
+        <f>MAX(B$27:B395)+1</f>
         <v>187</v>
       </c>
-      <c r="C395" s="43" t="s">
-[...2 lines deleted...]
-      <c r="D395" s="24" t="s">
+      <c r="C396" s="43" t="s">
+        <v>891</v>
+      </c>
+      <c r="D396" s="24" t="s">
         <v>148</v>
       </c>
-      <c r="E395" s="8" t="s">
-[...21 lines deleted...]
-      <c r="E396" s="1074" t="s">
+      <c r="E396" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F396" s="25">
         <v>6</v>
       </c>
       <c r="G396" s="87">
+        <v>44792</v>
+      </c>
+      <c r="H396" s="645"/>
+    </row>
+    <row r="397" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B397" s="1053">
+        <f>MAX(B$27:B396)+1</f>
+        <v>188</v>
+      </c>
+      <c r="C397" s="1070" t="s">
+        <v>898</v>
+      </c>
+      <c r="D397" s="1072" t="s">
+        <v>180</v>
+      </c>
+      <c r="E397" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F397" s="25">
+        <v>6</v>
+      </c>
+      <c r="G397" s="87">
         <v>44747</v>
       </c>
-      <c r="H396" s="651"/>
-[...27 lines deleted...]
-      </c>
+      <c r="H397" s="646"/>
+    </row>
+    <row r="398" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B398" s="1069"/>
+      <c r="C398" s="1071"/>
+      <c r="D398" s="1073"/>
+      <c r="E398" s="1056"/>
       <c r="F398" s="25">
         <v>3</v>
       </c>
       <c r="G398" s="87">
-        <v>44774</v>
-[...3 lines deleted...]
-    <row r="399" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>45568</v>
+      </c>
+      <c r="H398" s="646"/>
+    </row>
+    <row r="399" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B399" s="15">
-        <f>MAX(B$27:B398)+1</f>
-        <v>190</v>
+        <f>MAX(B$27:B397)+1</f>
+        <v>189</v>
       </c>
       <c r="C399" s="17" t="s">
-        <v>907</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>901</v>
+      </c>
+      <c r="D399" s="13" t="s">
+        <v>130</v>
       </c>
       <c r="E399" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F399" s="25" t="s">
-        <v>203</v>
+      <c r="F399" s="25">
+        <v>3</v>
       </c>
       <c r="G399" s="87">
         <v>44774</v>
       </c>
-      <c r="H399" s="651"/>
-[...1 lines deleted...]
-    <row r="400" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H399" s="646"/>
+    </row>
+    <row r="400" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B400" s="15">
         <f>MAX(B$27:B399)+1</f>
+        <v>190</v>
+      </c>
+      <c r="C400" s="17" t="s">
+        <v>903</v>
+      </c>
+      <c r="D400" s="17" t="s">
+        <v>758</v>
+      </c>
+      <c r="E400" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F400" s="25" t="s">
+        <v>203</v>
+      </c>
+      <c r="G400" s="87">
+        <v>44774</v>
+      </c>
+      <c r="H400" s="646"/>
+    </row>
+    <row r="401" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B401" s="15">
+        <f>MAX(B$27:B400)+1</f>
         <v>191</v>
       </c>
-      <c r="C400" s="17" t="s">
+      <c r="C401" s="17" t="s">
+        <v>904</v>
+      </c>
+      <c r="D401" s="17" t="s">
+        <v>318</v>
+      </c>
+      <c r="E401" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F401" s="25" t="s">
+        <v>905</v>
+      </c>
+      <c r="G401" s="87">
+        <v>44780</v>
+      </c>
+      <c r="H401" s="646"/>
+    </row>
+    <row r="402" spans="2:10" ht="39" x14ac:dyDescent="0.35">
+      <c r="B402" s="8">
+        <f>MAX(B$27:B401)+1</f>
+        <v>192</v>
+      </c>
+      <c r="C402" s="334" t="s">
+        <v>942</v>
+      </c>
+      <c r="D402" s="334" t="s">
+        <v>17</v>
+      </c>
+      <c r="E402" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F402" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="G402" s="88">
+        <v>44228</v>
+      </c>
+      <c r="H402" s="388" t="s">
         <v>908</v>
       </c>
-      <c r="D400" s="17" t="s">
-[...59 lines deleted...]
-    <row r="403" spans="2:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="403" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B403" s="15">
         <f>MAX(B$27:B402)+1</f>
-        <v>194</v>
-[...20 lines deleted...]
-    <row r="404" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>193</v>
+      </c>
+      <c r="C403" s="134" t="s">
+        <v>911</v>
+      </c>
+      <c r="D403" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E403" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F403" s="25" t="s">
+        <v>199</v>
+      </c>
+      <c r="G403" s="88">
+        <v>44866</v>
+      </c>
+      <c r="H403" s="645"/>
+    </row>
+    <row r="404" spans="2:10" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B404" s="15">
         <f>MAX(B$27:B403)+1</f>
+        <v>194</v>
+      </c>
+      <c r="C404" s="370" t="s">
+        <v>913</v>
+      </c>
+      <c r="D404" s="673" t="s">
+        <v>914</v>
+      </c>
+      <c r="E404" s="489" t="s">
+        <v>120</v>
+      </c>
+      <c r="F404" s="45" t="s">
+        <v>126</v>
+      </c>
+      <c r="G404" s="132">
+        <v>44802</v>
+      </c>
+      <c r="H404" s="645"/>
+      <c r="I404" s="674"/>
+      <c r="J404" s="30"/>
+    </row>
+    <row r="405" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B405" s="15">
+        <f>MAX(B$27:B404)+1</f>
         <v>195</v>
       </c>
-      <c r="C404" s="17" t="s">
+      <c r="C405" s="17" t="s">
+        <v>918</v>
+      </c>
+      <c r="D405" s="17" t="s">
+        <v>318</v>
+      </c>
+      <c r="E405" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F405" s="15" t="s">
+        <v>919</v>
+      </c>
+      <c r="G405" s="132">
+        <v>44809</v>
+      </c>
+      <c r="H405" s="646"/>
+    </row>
+    <row r="406" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B406" s="489">
+        <f>MAX(B$27:B405)+1</f>
+        <v>196</v>
+      </c>
+      <c r="C406" s="36" t="s">
+        <v>921</v>
+      </c>
+      <c r="D406" s="36" t="s">
+        <v>741</v>
+      </c>
+      <c r="E406" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F406" s="6" t="s">
         <v>922</v>
       </c>
-      <c r="D404" s="17" t="s">
-[...30 lines deleted...]
-      <c r="G405" s="386">
+      <c r="G406" s="381">
         <v>44817</v>
       </c>
-      <c r="H405" s="668"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B405)+1</f>
+      <c r="H406" s="663"/>
+    </row>
+    <row r="407" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B407" s="15">
+        <f>MAX(B$27:B406)+1</f>
         <v>197</v>
       </c>
-      <c r="C406" s="43" t="s">
-[...2 lines deleted...]
-      <c r="D406" s="24" t="s">
+      <c r="C407" s="43" t="s">
+        <v>928</v>
+      </c>
+      <c r="D407" s="24" t="s">
         <v>148</v>
       </c>
-      <c r="E406" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F406" s="25" t="s">
+      <c r="E407" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F407" s="25" t="s">
         <v>288</v>
       </c>
-      <c r="G406" s="87">
+      <c r="G407" s="87">
         <v>44888</v>
       </c>
-      <c r="H406" s="650"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B406)+1</f>
+      <c r="H407" s="645"/>
+    </row>
+    <row r="408" spans="2:10" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B408" s="8">
+        <f>MAX(B$27:B407)+1</f>
         <v>198</v>
       </c>
-      <c r="C407" s="339" t="s">
-[...2 lines deleted...]
-      <c r="D407" s="339" t="s">
+      <c r="C408" s="334" t="s">
+        <v>570</v>
+      </c>
+      <c r="D408" s="334" t="s">
         <v>17</v>
       </c>
-      <c r="E407" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F407" s="25">
+      <c r="E408" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F408" s="25">
         <v>6</v>
       </c>
-      <c r="G407" s="86">
+      <c r="G408" s="86">
         <v>44875</v>
       </c>
-      <c r="H407" s="393"/>
-[...23 lines deleted...]
-    <row r="409" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H408" s="388"/>
+    </row>
+    <row r="409" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B409" s="15">
         <f>MAX(B$27:B408)+1</f>
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C409" s="36" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="D409" s="13" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>941</v>
+        <v>53</v>
+      </c>
+      <c r="E409" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F409" s="15">
+        <v>6</v>
       </c>
       <c r="G409" s="86">
-        <v>44848</v>
-[...3 lines deleted...]
-    <row r="410" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+        <v>44866</v>
+      </c>
+      <c r="H409" s="41"/>
+    </row>
+    <row r="410" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B410" s="15">
         <f>MAX(B$27:B409)+1</f>
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C410" s="36" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="D410" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E410" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F410" s="15" t="s">
-        <v>114</v>
+        <v>937</v>
       </c>
       <c r="G410" s="86">
         <v>44848</v>
       </c>
-      <c r="H410" s="504"/>
-[...1 lines deleted...]
-    <row r="411" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H410" s="499"/>
+    </row>
+    <row r="411" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B411" s="15">
         <f>MAX(B$27:B410)+1</f>
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="C411" s="36" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="D411" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E411" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F411" s="15" t="s">
-        <v>203</v>
+        <v>114</v>
       </c>
       <c r="G411" s="86">
-        <v>44858</v>
-[...4 lines deleted...]
-      <c r="B412" s="494">
+        <v>44848</v>
+      </c>
+      <c r="H411" s="499"/>
+    </row>
+    <row r="412" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B412" s="15">
         <f>MAX(B$27:B411)+1</f>
-        <v>203</v>
-[...5 lines deleted...]
-        <v>944</v>
+        <v>202</v>
+      </c>
+      <c r="C412" s="36" t="s">
+        <v>938</v>
+      </c>
+      <c r="D412" s="13" t="s">
+        <v>130</v>
       </c>
       <c r="E412" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F412" s="15" t="s">
         <v>203</v>
       </c>
       <c r="G412" s="86">
+        <v>44858</v>
+      </c>
+      <c r="H412" s="499"/>
+    </row>
+    <row r="413" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B413" s="489">
+        <f>MAX(B$27:B412)+1</f>
+        <v>203</v>
+      </c>
+      <c r="C413" s="16" t="s">
+        <v>939</v>
+      </c>
+      <c r="D413" s="16" t="s">
+        <v>940</v>
+      </c>
+      <c r="E413" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F413" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="G413" s="86">
         <v>44927</v>
       </c>
-      <c r="H412" s="651"/>
-[...23 lines deleted...]
-    <row r="414" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H413" s="646"/>
+    </row>
+    <row r="414" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B414" s="15">
         <f>MAX(B$27:B413)+1</f>
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C414" s="36" t="s">
-        <v>947</v>
-[...1 lines deleted...]
-      <c r="D414" s="693" t="s">
+        <v>941</v>
+      </c>
+      <c r="D414" s="687" t="s">
         <v>135</v>
       </c>
-      <c r="E414" s="928" t="s">
+      <c r="E414" s="877" t="s">
         <v>120</v>
       </c>
       <c r="F414" s="8" t="s">
-        <v>396</v>
+        <v>288</v>
       </c>
       <c r="G414" s="88">
-        <v>44925</v>
-[...3 lines deleted...]
-    <row r="415" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>44927</v>
+      </c>
+      <c r="H414" s="522"/>
+    </row>
+    <row r="415" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B415" s="15">
         <f>MAX(B$27:B414)+1</f>
+        <v>205</v>
+      </c>
+      <c r="C415" s="36" t="s">
+        <v>943</v>
+      </c>
+      <c r="D415" s="688" t="s">
+        <v>135</v>
+      </c>
+      <c r="E415" s="877" t="s">
+        <v>120</v>
+      </c>
+      <c r="F415" s="8" t="s">
+        <v>395</v>
+      </c>
+      <c r="G415" s="88">
+        <v>44925</v>
+      </c>
+      <c r="H415" s="522"/>
+    </row>
+    <row r="416" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B416" s="15">
+        <f>MAX(B$27:B415)+1</f>
         <v>206</v>
       </c>
-      <c r="C415" s="17" t="s">
-[...2 lines deleted...]
-      <c r="D415" s="17" t="s">
+      <c r="C416" s="17" t="s">
+        <v>944</v>
+      </c>
+      <c r="D416" s="17" t="s">
         <v>206</v>
       </c>
-      <c r="E415" s="8" t="s">
-[...5 lines deleted...]
-      <c r="G415" s="87">
+      <c r="E416" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F416" s="25" t="s">
+        <v>718</v>
+      </c>
+      <c r="G416" s="87">
         <v>44880</v>
       </c>
-      <c r="H415" s="651"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B415)+1</f>
+      <c r="H416" s="646"/>
+    </row>
+    <row r="417" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B417" s="515">
+        <f>MAX(B$27:B416)+1</f>
         <v>207</v>
       </c>
-      <c r="C416" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D416" s="70" t="s">
+      <c r="C417" s="36" t="s">
+        <v>958</v>
+      </c>
+      <c r="D417" s="70" t="s">
         <v>189</v>
       </c>
-      <c r="E416" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F416" s="25">
+      <c r="E417" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F417" s="25">
         <v>6</v>
       </c>
-      <c r="G416" s="87">
+      <c r="G417" s="87">
         <v>45004</v>
       </c>
-      <c r="H416" s="660"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B416)+1</f>
+      <c r="H417" s="655"/>
+    </row>
+    <row r="418" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B418" s="1088">
+        <f>MAX(B$27:B417)+1</f>
         <v>208</v>
       </c>
-      <c r="C417" s="1096" t="s">
-[...8 lines deleted...]
-      <c r="F417" s="766">
+      <c r="C418" s="1081" t="s">
+        <v>961</v>
+      </c>
+      <c r="D418" s="1072" t="s">
+        <v>619</v>
+      </c>
+      <c r="E418" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F418" s="761">
         <v>6</v>
       </c>
-      <c r="G417" s="89">
+      <c r="G418" s="89">
         <v>44986</v>
       </c>
-      <c r="H417" s="650"/>
-[...9 lines deleted...]
-      <c r="G418" s="768">
+      <c r="H418" s="645"/>
+    </row>
+    <row r="419" spans="2:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B419" s="1089"/>
+      <c r="C419" s="1082"/>
+      <c r="D419" s="1102"/>
+      <c r="E419" s="1106"/>
+      <c r="F419" s="764" t="s">
+        <v>737</v>
+      </c>
+      <c r="G419" s="763">
         <v>45155</v>
       </c>
-      <c r="H418" s="650"/>
-[...38 lines deleted...]
-    <row r="421" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H419" s="645"/>
+    </row>
+    <row r="420" spans="2:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B420" s="1090"/>
+      <c r="C420" s="1083"/>
+      <c r="D420" s="1073"/>
+      <c r="E420" s="733" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F420" s="778" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G420" s="781" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H420" s="645"/>
+    </row>
+    <row r="421" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B421" s="15">
         <f>MAX(B$27:B420)+1</f>
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C421" s="36" t="s">
-        <v>981</v>
+        <v>975</v>
       </c>
       <c r="D421" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E421" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F421" s="346" t="s">
+      <c r="F421" s="341" t="s">
         <v>207</v>
       </c>
       <c r="G421" s="86">
         <v>45139</v>
       </c>
-      <c r="H421" s="504"/>
-[...1 lines deleted...]
-    <row r="422" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H421" s="499"/>
+    </row>
+    <row r="422" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B422" s="8">
         <f>MAX(B$27:B421)+1</f>
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C422" s="11" t="s">
-        <v>982</v>
-[...1 lines deleted...]
-      <c r="D422" s="339" t="s">
+        <v>976</v>
+      </c>
+      <c r="D422" s="334" t="s">
         <v>135</v>
       </c>
       <c r="E422" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F422" s="346" t="s">
+      <c r="F422" s="341" t="s">
         <v>288</v>
       </c>
       <c r="G422" s="88">
         <v>45108</v>
       </c>
-      <c r="H422" s="393"/>
-[...2 lines deleted...]
-      <c r="B423" s="494">
+      <c r="H422" s="388"/>
+    </row>
+    <row r="423" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B423" s="489">
         <f>MAX(B$27:B422)+1</f>
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C423" s="13" t="s">
-        <v>984</v>
+        <v>978</v>
       </c>
       <c r="D423" s="13" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="E423" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F423" s="45" t="s">
         <v>115</v>
       </c>
       <c r="G423" s="88">
         <v>45135</v>
       </c>
       <c r="H423" s="41"/>
     </row>
-    <row r="424" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="424" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B424" s="15">
         <f>MAX(B$27:B423)+1</f>
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="C424" s="36" t="s">
-        <v>985</v>
+        <v>979</v>
       </c>
       <c r="D424" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E424" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F424" s="15" t="s">
-        <v>986</v>
+        <v>980</v>
       </c>
       <c r="G424" s="86">
         <v>45078</v>
       </c>
-      <c r="H424" s="504"/>
-[...2 lines deleted...]
-      <c r="B425" s="494">
+      <c r="H424" s="499"/>
+    </row>
+    <row r="425" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B425" s="489">
         <f>MAX(B$27:B424)+1</f>
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="C425" s="13" t="s">
-        <v>987</v>
+        <v>981</v>
       </c>
       <c r="D425" s="13" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="E425" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F425" s="15" t="s">
-        <v>988</v>
+        <v>982</v>
       </c>
       <c r="G425" s="86">
         <v>45078</v>
       </c>
       <c r="H425" s="41"/>
     </row>
-    <row r="426" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="426" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B426" s="15">
         <f>MAX(B$27:B425)+1</f>
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C426" s="36" t="s">
-        <v>992</v>
+        <v>986</v>
       </c>
       <c r="D426" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E426" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F426" s="15" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="G426" s="86">
         <v>45055</v>
       </c>
-      <c r="H426" s="504"/>
-[...1 lines deleted...]
-    <row r="427" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H426" s="499"/>
+    </row>
+    <row r="427" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B427" s="15">
         <f>MAX(B$27:B426)+1</f>
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C427" s="134" t="s">
-        <v>996</v>
+        <v>990</v>
       </c>
       <c r="D427" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E427" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F427" s="15" t="s">
-        <v>997</v>
+        <v>991</v>
       </c>
       <c r="G427" s="86">
         <v>45078</v>
       </c>
-      <c r="H427" s="650"/>
-[...1 lines deleted...]
-    <row r="428" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H427" s="645"/>
+    </row>
+    <row r="428" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B428" s="15">
         <f>MAX(B$27:B427)+1</f>
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C428" s="38" t="s">
-        <v>998</v>
+        <v>992</v>
       </c>
       <c r="D428" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E428" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F428" s="15">
         <v>7</v>
       </c>
       <c r="G428" s="86">
         <v>45092</v>
       </c>
-      <c r="H428" s="650"/>
-[...1 lines deleted...]
-    <row r="429" spans="2:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H428" s="645"/>
+    </row>
+    <row r="429" spans="2:8" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B429" s="8">
         <f>MAX(B$27:B428)+1</f>
-        <v>218</v>
-[...5 lines deleted...]
-        <v>834</v>
+        <v>217</v>
+      </c>
+      <c r="C429" s="334" t="s">
+        <v>997</v>
+      </c>
+      <c r="D429" s="739" t="s">
+        <v>830</v>
       </c>
       <c r="E429" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F429" s="15">
         <v>6</v>
       </c>
       <c r="G429" s="86">
         <v>45131</v>
       </c>
-      <c r="H429" s="393"/>
-[...1 lines deleted...]
-    <row r="430" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H429" s="388"/>
+    </row>
+    <row r="430" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B430" s="8">
         <f>MAX(B$27:B429)+1</f>
-        <v>219</v>
-[...2 lines deleted...]
-        <v>1005</v>
+        <v>218</v>
+      </c>
+      <c r="C430" s="334" t="s">
+        <v>999</v>
       </c>
       <c r="D430" s="13" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="E430" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F430" s="346" t="s">
+      <c r="F430" s="341" t="s">
         <v>114</v>
       </c>
       <c r="G430" s="86">
         <v>45199</v>
       </c>
-      <c r="H430" s="393"/>
-[...2 lines deleted...]
-      <c r="B431" s="494">
+      <c r="H430" s="388"/>
+    </row>
+    <row r="431" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B431" s="489">
         <f>MAX(B$27:B430)+1</f>
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C431" s="24" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="D431" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E431" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F431" s="15">
         <v>4</v>
       </c>
       <c r="G431" s="88">
         <v>45125</v>
       </c>
-      <c r="H431" s="758"/>
-[...1 lines deleted...]
-    <row r="432" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H431" s="753"/>
+    </row>
+    <row r="432" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B432" s="8">
         <f>MAX(B$27:B431)+1</f>
-        <v>221</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>220</v>
+      </c>
+      <c r="C432" s="371" t="s">
+        <v>1007</v>
       </c>
       <c r="D432" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E432" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F432" s="346">
+      <c r="F432" s="341">
         <v>6</v>
       </c>
       <c r="G432" s="88">
         <v>45126</v>
       </c>
-      <c r="H432" s="650"/>
-[...1 lines deleted...]
-    <row r="433" spans="2:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H432" s="645"/>
+    </row>
+    <row r="433" spans="2:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B433" s="8">
         <f>MAX(B$27:B432)+1</f>
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="C433" s="24" t="s">
-        <v>1017</v>
+        <v>1011</v>
       </c>
       <c r="D433" s="24" t="s">
         <v>129</v>
       </c>
       <c r="E433" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F433" s="25" t="s">
         <v>113</v>
       </c>
       <c r="G433" s="88">
         <v>45231</v>
       </c>
-      <c r="H433" s="651"/>
-[...2 lines deleted...]
-      <c r="B434" s="1067">
+      <c r="H433" s="646"/>
+    </row>
+    <row r="434" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B434" s="1047">
         <f>MAX(B$27:B433)+1</f>
-        <v>223</v>
-[...4 lines deleted...]
-      <c r="D434" s="1153" t="s">
+        <v>222</v>
+      </c>
+      <c r="C434" s="1051" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D434" s="1074" t="s">
         <v>130</v>
       </c>
-      <c r="E434" s="1082" t="s">
-[...2 lines deleted...]
-      <c r="F434" s="1030" t="s">
+      <c r="E434" s="1063" t="s">
+        <v>120</v>
+      </c>
+      <c r="F434" s="974" t="s">
         <v>114</v>
       </c>
-      <c r="G434" s="1031">
+      <c r="G434" s="975">
         <v>45153</v>
       </c>
-      <c r="H434" s="649">
+      <c r="H434" s="644">
         <v>45884</v>
       </c>
     </row>
-    <row r="435" spans="2:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F435" s="1026">
+    <row r="435" spans="2:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B435" s="1050"/>
+      <c r="C435" s="1052"/>
+      <c r="D435" s="1052"/>
+      <c r="E435" s="1064"/>
+      <c r="F435" s="970">
         <v>6</v>
       </c>
-      <c r="G435" s="411">
+      <c r="G435" s="406">
         <v>45884</v>
       </c>
-      <c r="H435" s="504"/>
-[...1 lines deleted...]
-    <row r="436" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H435" s="499"/>
+    </row>
+    <row r="436" spans="2:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B436" s="8">
         <f>MAX(B$27:B434)+1</f>
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="C436" s="11" t="s">
-        <v>1022</v>
-[...1 lines deleted...]
-      <c r="D436" s="339" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D436" s="334" t="s">
         <v>135</v>
       </c>
       <c r="E436" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F436" s="346" t="s">
+      <c r="F436" s="341" t="s">
         <v>203</v>
       </c>
       <c r="G436" s="88">
         <v>45170</v>
       </c>
-      <c r="H436" s="393"/>
-[...1 lines deleted...]
-    <row r="437" spans="2:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H436" s="388"/>
+    </row>
+    <row r="437" spans="2:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B437" s="15">
         <f>MAX(B$27:B436)+1</f>
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="C437" s="17" t="s">
-        <v>1026</v>
+        <v>1020</v>
       </c>
       <c r="D437" s="17" t="s">
         <v>206</v>
       </c>
       <c r="E437" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F437" s="25" t="s">
         <v>141</v>
       </c>
       <c r="G437" s="88">
         <v>45261</v>
       </c>
-      <c r="H437" s="651"/>
-[...2 lines deleted...]
-      <c r="B438" s="494">
+      <c r="H437" s="646"/>
+    </row>
+    <row r="438" spans="2:10" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B438" s="489">
         <f>MAX(B$27:B437)+1</f>
-        <v>226</v>
-[...4 lines deleted...]
-      <c r="D438" s="375" t="s">
+        <v>225</v>
+      </c>
+      <c r="C438" s="370" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D438" s="370" t="s">
         <v>157</v>
       </c>
       <c r="E438" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="F438" s="346" t="s">
-        <v>1033</v>
+      <c r="F438" s="341" t="s">
+        <v>1027</v>
       </c>
       <c r="G438" s="88">
         <v>45200</v>
       </c>
-      <c r="H438" s="650"/>
-[...1 lines deleted...]
-    <row r="439" spans="2:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H438" s="645"/>
+    </row>
+    <row r="439" spans="2:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B439" s="15">
         <f>MAX(B$27:B438)+1</f>
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="C439" s="36" t="s">
-        <v>1034</v>
+        <v>1028</v>
       </c>
       <c r="D439" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E439" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F439" s="15" t="s">
         <v>114</v>
       </c>
       <c r="G439" s="88">
         <v>45184</v>
       </c>
-      <c r="H439" s="504"/>
-[...1 lines deleted...]
-    <row r="440" spans="2:10" s="383" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H439" s="499"/>
+    </row>
+    <row r="440" spans="2:10" s="378" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B440" s="15">
         <f>MAX(B$27:B439)+1</f>
-        <v>228</v>
-[...7 lines deleted...]
-      <c r="E440" s="494" t="s">
+        <v>227</v>
+      </c>
+      <c r="C440" s="370" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D440" s="371" t="s">
+        <v>914</v>
+      </c>
+      <c r="E440" s="489" t="s">
         <v>120</v>
       </c>
       <c r="F440" s="37">
         <v>6</v>
       </c>
-      <c r="G440" s="386">
+      <c r="G440" s="381">
         <v>45191</v>
       </c>
-      <c r="H440" s="666"/>
-[...4 lines deleted...]
-      <c r="B441" s="494">
+      <c r="H440" s="661"/>
+      <c r="I440" s="776"/>
+      <c r="J440" s="777"/>
+    </row>
+    <row r="441" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B441" s="489">
         <f>MAX(B$27:B440)+1</f>
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C441" s="13" t="s">
-        <v>1046</v>
+        <v>1040</v>
       </c>
       <c r="D441" s="13" t="s">
         <v>176</v>
       </c>
-      <c r="E441" s="494" t="s">
+      <c r="E441" s="489" t="s">
         <v>120</v>
       </c>
       <c r="F441" s="37">
         <v>6</v>
       </c>
-      <c r="G441" s="386">
+      <c r="G441" s="381">
         <v>45231</v>
       </c>
       <c r="H441" s="41"/>
     </row>
-    <row r="442" spans="2:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="442" spans="2:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B442" s="8">
         <f>MAX(B$27:B441)+1</f>
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C442" s="9" t="s">
-        <v>1048</v>
-[...1 lines deleted...]
-      <c r="D442" s="339" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D442" s="334" t="s">
         <v>135</v>
       </c>
-      <c r="E442" s="494" t="s">
+      <c r="E442" s="489" t="s">
         <v>120</v>
       </c>
       <c r="F442" s="15" t="s">
         <v>288</v>
       </c>
       <c r="G442" s="88">
         <v>45245</v>
       </c>
-      <c r="H442" s="393"/>
-[...2 lines deleted...]
-      <c r="B443" s="494">
+      <c r="H442" s="388"/>
+    </row>
+    <row r="443" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B443" s="489">
         <f>MAX(B$27:B442)+1</f>
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C443" s="13" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="D443" s="13" t="s">
-        <v>1062</v>
-[...1 lines deleted...]
-      <c r="E443" s="494" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E443" s="489" t="s">
         <v>120</v>
       </c>
       <c r="F443" s="15" t="s">
         <v>139</v>
       </c>
       <c r="G443" s="88">
         <v>45304</v>
       </c>
-      <c r="H443" s="651"/>
-[...2 lines deleted...]
-      <c r="B444" s="494">
+      <c r="H443" s="646"/>
+    </row>
+    <row r="444" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B444" s="489">
         <f>MAX(B$27:B443)+1</f>
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C444" s="13" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="D444" s="13" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="E444" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F444" s="15" t="s">
         <v>288</v>
       </c>
       <c r="G444" s="86">
         <v>45292</v>
       </c>
       <c r="H444" s="41"/>
     </row>
-    <row r="445" spans="2:10" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="445" spans="2:10" ht="39" x14ac:dyDescent="0.35">
       <c r="B445" s="8">
         <f>MAX(B$27:B444)+1</f>
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C445" s="9" t="s">
-        <v>1294</v>
-[...1 lines deleted...]
-      <c r="D445" s="339" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D445" s="334" t="s">
         <v>135</v>
       </c>
       <c r="E445" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F445" s="15" t="s">
         <v>288</v>
       </c>
       <c r="G445" s="88">
         <v>45293</v>
       </c>
-      <c r="H445" s="393" t="s">
-[...4 lines deleted...]
-      <c r="B446" s="494">
+      <c r="H445" s="388" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="446" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B446" s="489">
         <f>MAX(B$27:B445)+1</f>
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="C446" s="13" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="D446" s="13" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="E446" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F446" s="15" t="s">
         <v>114</v>
       </c>
       <c r="G446" s="86">
         <v>45296</v>
       </c>
       <c r="H446" s="41"/>
     </row>
-    <row r="447" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="447" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B447" s="8">
         <f>MAX(B$27:B446)+1</f>
-        <v>235</v>
-[...4 lines deleted...]
-      <c r="D447" s="339" t="s">
+        <v>234</v>
+      </c>
+      <c r="C447" s="334" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D447" s="334" t="s">
         <v>17</v>
       </c>
       <c r="E447" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F447" s="15">
         <v>5</v>
       </c>
       <c r="G447" s="88">
         <v>45323</v>
       </c>
-      <c r="H447" s="393"/>
-[...1 lines deleted...]
-    <row r="448" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="H447" s="388"/>
+    </row>
+    <row r="448" spans="2:10" x14ac:dyDescent="0.35">
       <c r="B448" s="8">
         <f>MAX(B$27:B447)+1</f>
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C448" s="36" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
       <c r="D448" s="13" t="s">
         <v>130</v>
       </c>
       <c r="E448" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F448" s="15">
         <v>6</v>
       </c>
       <c r="G448" s="86">
         <v>45352</v>
       </c>
       <c r="H448" s="41"/>
     </row>
-    <row r="449" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B449" s="1069">
+    <row r="449" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B449" s="1049">
         <f>MAX(B$27:B448)+1</f>
-        <v>237</v>
-[...7 lines deleted...]
-      <c r="E449" s="1063" t="s">
+        <v>236</v>
+      </c>
+      <c r="C449" s="1051" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D449" s="1051" t="s">
+        <v>576</v>
+      </c>
+      <c r="E449" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F449" s="123" t="s">
-        <v>1286</v>
-[...1 lines deleted...]
-      <c r="G449" s="1029">
+        <v>1274</v>
+      </c>
+      <c r="G449" s="973">
         <v>45366</v>
       </c>
       <c r="H449" s="41"/>
     </row>
-    <row r="450" spans="2:11" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="F450" s="1026">
+    <row r="450" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B450" s="1050"/>
+      <c r="C450" s="1052"/>
+      <c r="D450" s="1052"/>
+      <c r="E450" s="1054"/>
+      <c r="F450" s="970">
         <v>3</v>
       </c>
-      <c r="G450" s="1028">
+      <c r="G450" s="972">
         <v>45925</v>
       </c>
       <c r="H450" s="41"/>
     </row>
-    <row r="451" spans="2:11" s="302" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="451" spans="2:11" s="302" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B451" s="6">
         <f>MAX(B$24:B449)+1</f>
-        <v>238</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>237</v>
+      </c>
+      <c r="C451" s="387" t="s">
+        <v>1080</v>
       </c>
       <c r="D451" s="9" t="s">
         <v>138</v>
       </c>
       <c r="E451" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F451" s="15" t="s">
         <v>127</v>
       </c>
       <c r="G451" s="83">
         <v>45352</v>
       </c>
-      <c r="H451" s="311"/>
-[...1 lines deleted...]
-    <row r="452" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="H451" s="306"/>
+    </row>
+    <row r="452" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B452" s="6">
         <f>MAX(B$24:B451)+1</f>
-        <v>239</v>
-[...2 lines deleted...]
-        <v>1102</v>
+        <v>238</v>
+      </c>
+      <c r="C452" s="371" t="s">
+        <v>1094</v>
       </c>
       <c r="D452" s="134" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="E452" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F452" s="15" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="G452" s="87">
         <v>45398</v>
       </c>
       <c r="H452" s="28"/>
     </row>
-    <row r="453" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B453" s="1074">
+    <row r="453" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B453" s="1055">
         <f>MAX(B$27:B452)+1</f>
-        <v>240</v>
-[...4 lines deleted...]
-      <c r="D453" s="1086" t="s">
+        <v>239</v>
+      </c>
+      <c r="C453" s="1117" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D453" s="1072" t="s">
         <v>130</v>
       </c>
-      <c r="E453" s="1063" t="s">
+      <c r="E453" s="1053" t="s">
         <v>54</v>
       </c>
       <c r="F453" s="15" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="G453" s="87">
         <v>45404</v>
       </c>
       <c r="H453" s="41"/>
     </row>
-    <row r="454" spans="2:11" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E454" s="1064"/>
+    <row r="454" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B454" s="1056"/>
+      <c r="C454" s="1118"/>
+      <c r="D454" s="1073"/>
+      <c r="E454" s="1069"/>
       <c r="F454" s="15" t="s">
         <v>199</v>
       </c>
       <c r="G454" s="87">
         <v>45538</v>
       </c>
       <c r="H454" s="41"/>
-      <c r="K454" s="1027"/>
-[...1 lines deleted...]
-    <row r="455" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="K454" s="971"/>
+    </row>
+    <row r="455" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B455" s="25">
         <f>MAX(B$27:B453)+1</f>
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C455" s="43" t="s">
-        <v>1107</v>
+        <v>1099</v>
       </c>
       <c r="D455" s="57" t="s">
         <v>206</v>
       </c>
       <c r="E455" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F455" s="25" t="s">
         <v>199</v>
       </c>
       <c r="G455" s="87">
         <v>45503</v>
       </c>
-      <c r="H455" s="650"/>
-[...1 lines deleted...]
-    <row r="456" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="H455" s="645"/>
+    </row>
+    <row r="456" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B456" s="8">
         <f>MAX(B$27:B455)+1</f>
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C456" s="9" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="D456" s="339" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D456" s="334" t="s">
         <v>135</v>
       </c>
-      <c r="E456" s="494" t="s">
+      <c r="E456" s="489" t="s">
         <v>120</v>
       </c>
       <c r="F456" s="15" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="G456" s="88">
         <v>45438</v>
       </c>
-      <c r="H456" s="393"/>
-[...1 lines deleted...]
-    <row r="457" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="H456" s="388"/>
+    </row>
+    <row r="457" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B457" s="8">
         <f>MAX(B$27:B456)+1</f>
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="C457" s="9" t="s">
-        <v>1109</v>
-[...1 lines deleted...]
-      <c r="D457" s="339" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D457" s="334" t="s">
         <v>135</v>
       </c>
-      <c r="E457" s="494" t="s">
+      <c r="E457" s="489" t="s">
         <v>120</v>
       </c>
       <c r="F457" s="15" t="s">
         <v>203</v>
       </c>
       <c r="G457" s="88">
         <v>45429</v>
       </c>
-      <c r="H457" s="393"/>
-[...2 lines deleted...]
-      <c r="B458" s="1069">
+      <c r="H457" s="388"/>
+    </row>
+    <row r="458" spans="2:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B458" s="1049">
         <f>MAX(B$27:B457)+1</f>
-        <v>244</v>
-[...7 lines deleted...]
-      <c r="E458" s="1149" t="s">
+        <v>243</v>
+      </c>
+      <c r="C458" s="1072" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D458" s="1072" t="s">
+        <v>758</v>
+      </c>
+      <c r="E458" s="1088" t="s">
         <v>120</v>
       </c>
       <c r="F458" s="15">
         <v>6</v>
       </c>
       <c r="G458" s="88">
         <v>45422</v>
       </c>
-      <c r="H458" s="758"/>
-[...5 lines deleted...]
-      <c r="E459" s="1151"/>
+      <c r="H458" s="753"/>
+    </row>
+    <row r="459" spans="2:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B459" s="1138"/>
+      <c r="C459" s="1073"/>
+      <c r="D459" s="1073"/>
+      <c r="E459" s="1090"/>
       <c r="F459" s="15" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="G459" s="88">
         <v>45580</v>
       </c>
-      <c r="H459" s="758"/>
-[...2 lines deleted...]
-      <c r="B460" s="1063">
+      <c r="H459" s="753"/>
+    </row>
+    <row r="460" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B460" s="1053">
         <f>MAX(B$27:B458)+1</f>
-        <v>245</v>
-[...4 lines deleted...]
-      <c r="D460" s="1086" t="s">
+        <v>244</v>
+      </c>
+      <c r="C460" s="1117" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D460" s="1072" t="s">
         <v>148</v>
       </c>
-      <c r="E460" s="1074" t="s">
+      <c r="E460" s="1055" t="s">
         <v>120</v>
       </c>
       <c r="F460" s="15">
         <v>6</v>
       </c>
       <c r="G460" s="88">
         <v>45483</v>
       </c>
-      <c r="H460" s="650"/>
-[...5 lines deleted...]
-      <c r="E461" s="1075"/>
+      <c r="H460" s="645"/>
+    </row>
+    <row r="461" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B461" s="1069"/>
+      <c r="C461" s="1118"/>
+      <c r="D461" s="1073"/>
+      <c r="E461" s="1056"/>
       <c r="F461" s="15" t="s">
         <v>319</v>
       </c>
       <c r="G461" s="88">
         <v>45853</v>
       </c>
-      <c r="H461" s="650"/>
-[...1 lines deleted...]
-    <row r="462" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="H461" s="645"/>
+    </row>
+    <row r="462" spans="2:11" ht="39.5" x14ac:dyDescent="0.35">
       <c r="B462" s="15">
         <f>MAX(B$27:B460)+1</f>
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C462" s="13" t="s">
-        <v>1114</v>
+        <v>1307</v>
       </c>
       <c r="D462" s="17" t="s">
         <v>206</v>
       </c>
       <c r="E462" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F462" s="15">
         <v>6</v>
       </c>
       <c r="G462" s="88">
         <v>45566</v>
       </c>
-      <c r="H462" s="651"/>
-[...1 lines deleted...]
-    <row r="463" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="H462" s="499" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="463" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B463" s="15">
         <f>MAX(B$27:B462)+1</f>
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C463" s="31" t="s">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="D463" s="31" t="s">
         <v>130</v>
       </c>
       <c r="E463" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F463" s="25" t="s">
         <v>207</v>
       </c>
       <c r="G463" s="88">
         <v>45440</v>
       </c>
-      <c r="H463" s="651"/>
-[...1 lines deleted...]
-    <row r="464" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="H463" s="646"/>
+    </row>
+    <row r="464" spans="2:11" x14ac:dyDescent="0.35">
       <c r="B464" s="15">
         <f>MAX(B$27:B463)+1</f>
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="C464" s="31" t="s">
-        <v>1120</v>
+        <v>1111</v>
       </c>
       <c r="D464" s="31" t="s">
         <v>130</v>
       </c>
       <c r="E464" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F464" s="25" t="s">
         <v>114</v>
       </c>
       <c r="G464" s="88">
         <v>45444</v>
       </c>
-      <c r="H464" s="651"/>
-[...1 lines deleted...]
-    <row r="465" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H464" s="646"/>
+    </row>
+    <row r="465" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B465" s="8">
         <f>MAX(B$27:B464)+1</f>
-        <v>249</v>
-[...4 lines deleted...]
-      <c r="D465" s="339" t="s">
+        <v>248</v>
+      </c>
+      <c r="C465" s="819" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D465" s="334" t="s">
         <v>17</v>
       </c>
       <c r="E465" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F465" s="15" t="s">
         <v>203</v>
       </c>
       <c r="G465" s="88">
         <v>45490</v>
       </c>
-      <c r="H465" s="393"/>
-[...1 lines deleted...]
-    <row r="466" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H465" s="388"/>
+    </row>
+    <row r="466" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B466" s="8">
         <f>MAX(B$27:B465)+1</f>
-        <v>250</v>
-[...4 lines deleted...]
-      <c r="D466" s="339" t="s">
+        <v>249</v>
+      </c>
+      <c r="C466" s="819" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D466" s="334" t="s">
         <v>17</v>
       </c>
       <c r="E466" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F466" s="15">
         <v>6</v>
       </c>
       <c r="G466" s="88">
         <v>45493</v>
       </c>
-      <c r="H466" s="393"/>
-[...1 lines deleted...]
-    <row r="467" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H466" s="388"/>
+    </row>
+    <row r="467" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B467" s="8">
         <f>MAX(B$27:B466)+1</f>
-        <v>251</v>
-[...2 lines deleted...]
-        <v>1135</v>
+        <v>250</v>
+      </c>
+      <c r="C467" s="819" t="s">
+        <v>1126</v>
       </c>
       <c r="D467" s="9" t="s">
         <v>138</v>
       </c>
       <c r="E467" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F467" s="25" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="G467" s="88">
         <v>45505</v>
       </c>
-      <c r="H467" s="393"/>
-[...1 lines deleted...]
-    <row r="468" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="H467" s="388"/>
+    </row>
+    <row r="468" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B468" s="15">
         <f>MAX(B$27:B467)+1</f>
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C468" s="36" t="s">
-        <v>1136</v>
+        <v>1127</v>
       </c>
       <c r="D468" s="13" t="s">
         <v>148</v>
       </c>
       <c r="E468" s="8" t="s">
         <v>120</v>
       </c>
       <c r="F468" s="15">
         <v>6</v>
       </c>
       <c r="G468" s="88">
         <v>45535</v>
       </c>
-      <c r="H468" s="650"/>
-[...2 lines deleted...]
-      <c r="B469" s="15">
+      <c r="H468" s="645"/>
+    </row>
+    <row r="469" spans="2:8" ht="39.5" x14ac:dyDescent="0.35">
+      <c r="B469" s="1053">
         <f>MAX(B$27:B468)+1</f>
-        <v>253</v>
-[...7 lines deleted...]
-      <c r="E469" s="8" t="s">
+        <v>252</v>
+      </c>
+      <c r="C469" s="1057" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D469" s="1070" t="s">
+        <v>534</v>
+      </c>
+      <c r="E469" s="1055" t="s">
         <v>120</v>
       </c>
       <c r="F469" s="14" t="s">
-        <v>1142</v>
+        <v>1133</v>
       </c>
       <c r="G469" s="87">
         <v>45530</v>
       </c>
-      <c r="H469" s="504" t="s">
-[...4 lines deleted...]
-      <c r="B470" s="8">
+      <c r="H469" s="499" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="470" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B470" s="1069"/>
+      <c r="C470" s="1058"/>
+      <c r="D470" s="1071"/>
+      <c r="E470" s="1056"/>
+      <c r="F470" s="14">
+        <v>8</v>
+      </c>
+      <c r="G470" s="87">
+        <v>45989</v>
+      </c>
+      <c r="H470" s="499"/>
+    </row>
+    <row r="471" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B471" s="8">
         <f>MAX(B$27:B469)+1</f>
-        <v>254</v>
-[...4 lines deleted...]
-      <c r="D470" s="13" t="s">
+        <v>253</v>
+      </c>
+      <c r="C471" s="134" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D471" s="13" t="s">
         <v>83</v>
       </c>
-      <c r="E470" s="15" t="s">
+      <c r="E471" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="F470" s="37" t="s">
-[...2 lines deleted...]
-      <c r="G470" s="88">
+      <c r="F471" s="37" t="s">
+        <v>667</v>
+      </c>
+      <c r="G471" s="88">
         <v>45505</v>
       </c>
-      <c r="H470" s="41"/>
-[...20 lines deleted...]
-      </c>
       <c r="H471" s="41"/>
     </row>
-    <row r="472" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="472" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B472" s="8">
         <f>MAX(B$27:B471)+1</f>
+        <v>254</v>
+      </c>
+      <c r="C472" s="521" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D472" s="521" t="s">
+        <v>129</v>
+      </c>
+      <c r="E472" s="520" t="s">
+        <v>9</v>
+      </c>
+      <c r="F472" s="822" t="s">
+        <v>361</v>
+      </c>
+      <c r="G472" s="83">
+        <v>45566</v>
+      </c>
+      <c r="H472" s="41"/>
+    </row>
+    <row r="473" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B473" s="8">
+        <f>MAX(B$27:B472)+1</f>
+        <v>255</v>
+      </c>
+      <c r="C473" s="9" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D473" s="334" t="s">
+        <v>135</v>
+      </c>
+      <c r="E473" s="489" t="s">
+        <v>120</v>
+      </c>
+      <c r="F473" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G473" s="88">
+        <v>45597</v>
+      </c>
+      <c r="H473" s="388"/>
+    </row>
+    <row r="474" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B474" s="15">
+        <f>MAX(B$27:B473)+1</f>
         <v>256</v>
       </c>
-      <c r="C472" s="9" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B472)+1</f>
+      <c r="C474" s="819" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D474" s="334" t="s">
+        <v>17</v>
+      </c>
+      <c r="E474" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F474" s="15">
+        <v>8</v>
+      </c>
+      <c r="G474" s="88">
+        <v>45559</v>
+      </c>
+      <c r="H474" s="388"/>
+    </row>
+    <row r="475" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B475" s="1088">
+        <f>MAX(B$27:B474)+1</f>
         <v>257</v>
       </c>
-      <c r="C473" s="824" t="s">
+      <c r="C475" s="1081" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D475" s="1081" t="s">
+        <v>157</v>
+      </c>
+      <c r="E475" s="1043" t="s">
+        <v>120</v>
+      </c>
+      <c r="F475" s="25" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G475" s="88">
+        <v>45568</v>
+      </c>
+      <c r="H475" s="645"/>
+    </row>
+    <row r="476" spans="2:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="B476" s="1089"/>
+      <c r="C476" s="1082"/>
+      <c r="D476" s="1082"/>
+      <c r="E476" s="1044" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F476" s="25" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G476" s="88">
+        <v>46003</v>
+      </c>
+      <c r="H476" s="645"/>
+    </row>
+    <row r="477" spans="2:8" ht="26" x14ac:dyDescent="0.35">
+      <c r="B477" s="1090"/>
+      <c r="C477" s="1083"/>
+      <c r="D477" s="1083"/>
+      <c r="E477" s="1044" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F477" s="25" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G477" s="88">
+        <v>46003</v>
+      </c>
+      <c r="H477" s="645"/>
+    </row>
+    <row r="478" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B478" s="489">
+        <v>265</v>
+      </c>
+      <c r="C478" s="370" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D478" s="370" t="s">
+        <v>318</v>
+      </c>
+      <c r="E478" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F478" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="G478" s="88">
+        <v>45596</v>
+      </c>
+      <c r="H478" s="645"/>
+    </row>
+    <row r="479" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B479" s="1146">
+        <v>266</v>
+      </c>
+      <c r="C479" s="1144" t="s">
         <v>1159</v>
       </c>
-      <c r="D473" s="339" t="s">
-[...21 lines deleted...]
-      <c r="D474" s="375" t="s">
+      <c r="D479" s="1144" t="s">
         <v>157</v>
       </c>
-      <c r="E474" s="8" t="s">
-[...47 lines deleted...]
-      <c r="G476" s="88">
+      <c r="E479" s="1055" t="s">
+        <v>120</v>
+      </c>
+      <c r="F479" s="118" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G479" s="88">
         <v>45589</v>
       </c>
-      <c r="H476" s="650"/>
-[...9 lines deleted...]
-      <c r="G477" s="897">
+      <c r="H479" s="645"/>
+    </row>
+    <row r="480" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B480" s="1147"/>
+      <c r="C480" s="1145"/>
+      <c r="D480" s="1145"/>
+      <c r="E480" s="1106"/>
+      <c r="F480" s="202" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G480" s="863">
         <v>45656</v>
       </c>
-      <c r="H477" s="650"/>
-[...11 lines deleted...]
-      <c r="G478" s="411">
+      <c r="H480" s="645"/>
+    </row>
+    <row r="481" spans="2:8" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B481" s="1050"/>
+      <c r="C481" s="1052"/>
+      <c r="D481" s="1052"/>
+      <c r="E481" s="892" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F481" s="836" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G481" s="406">
         <v>45589</v>
       </c>
-      <c r="H478" s="650"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B478)+1</f>
+      <c r="H481" s="645"/>
+    </row>
+    <row r="482" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B482" s="8">
+        <f>MAX(B$27:B481)+1</f>
         <v>267</v>
       </c>
-      <c r="C479" s="134" t="s">
-[...2 lines deleted...]
-      <c r="D479" s="16" t="s">
+      <c r="C482" s="134" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D482" s="16" t="s">
         <v>189</v>
-      </c>
-[...64 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E482" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="F482" s="25" t="s">
+      <c r="F482" s="14" t="s">
+        <v>545</v>
+      </c>
+      <c r="G482" s="87">
+        <v>45672</v>
+      </c>
+      <c r="H482" s="655"/>
+    </row>
+    <row r="483" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B483" s="8">
+        <f>MAX(B$27:B482)+1</f>
+        <v>268</v>
+      </c>
+      <c r="C483" s="521" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D483" s="521" t="s">
+        <v>129</v>
+      </c>
+      <c r="E483" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F483" s="822" t="s">
         <v>199</v>
       </c>
-      <c r="G482" s="87">
-[...27 lines deleted...]
-      <c r="B484" s="8">
+      <c r="G483" s="83">
+        <v>45597</v>
+      </c>
+      <c r="H483" s="41"/>
+    </row>
+    <row r="484" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B484" s="15">
         <f>MAX(B$27:B483)+1</f>
-        <v>272</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>269</v>
+      </c>
+      <c r="C484" s="36" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D484" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="E484" s="15" t="s">
+        <v>54</v>
       </c>
       <c r="F484" s="15">
         <v>6</v>
       </c>
-      <c r="G484" s="88">
-[...5 lines deleted...]
-      <c r="B485" s="8">
+      <c r="G484" s="83">
+        <v>45597</v>
+      </c>
+      <c r="H484" s="645"/>
+    </row>
+    <row r="485" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B485" s="489">
         <f>MAX(B$27:B484)+1</f>
-        <v>273</v>
-[...5 lines deleted...]
-        <v>189</v>
+        <v>270</v>
+      </c>
+      <c r="C485" s="370" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D485" s="370" t="s">
+        <v>157</v>
       </c>
       <c r="E485" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="F485" s="346" t="s">
-        <v>304</v>
+      <c r="F485" s="25" t="s">
+        <v>199</v>
       </c>
       <c r="G485" s="87">
-        <v>45655</v>
-[...3 lines deleted...]
-    <row r="486" spans="2:8" x14ac:dyDescent="0.2">
+        <v>45748</v>
+      </c>
+      <c r="H485" s="645"/>
+    </row>
+    <row r="486" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B486" s="15">
         <f>MAX(B$27:B485)+1</f>
-        <v>274</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>271</v>
+      </c>
+      <c r="C486" s="31" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D486" s="31" t="s">
+        <v>130</v>
       </c>
       <c r="E486" s="15" t="s">
-        <v>54</v>
-[...9 lines deleted...]
-    <row r="487" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+      <c r="F486" s="25">
+        <v>8</v>
+      </c>
+      <c r="G486" s="88">
+        <v>45602</v>
+      </c>
+      <c r="H486" s="646"/>
+    </row>
+    <row r="487" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B487" s="8">
         <f>MAX(B$27:B486)+1</f>
+        <v>272</v>
+      </c>
+      <c r="C487" s="9" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D487" s="334" t="s">
+        <v>135</v>
+      </c>
+      <c r="E487" s="489" t="s">
+        <v>120</v>
+      </c>
+      <c r="F487" s="15">
+        <v>6</v>
+      </c>
+      <c r="G487" s="88">
+        <v>45618</v>
+      </c>
+      <c r="H487" s="388"/>
+    </row>
+    <row r="488" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B488" s="8">
+        <f>MAX(B$27:B487)+1</f>
+        <v>273</v>
+      </c>
+      <c r="C488" s="134" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D488" s="16" t="s">
+        <v>189</v>
+      </c>
+      <c r="E488" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F488" s="341" t="s">
+        <v>304</v>
+      </c>
+      <c r="G488" s="87">
+        <v>45655</v>
+      </c>
+      <c r="H488" s="655"/>
+    </row>
+    <row r="489" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B489" s="15">
+        <f>MAX(B$27:B488)+1</f>
+        <v>274</v>
+      </c>
+      <c r="C489" s="36" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D489" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="E489" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F489" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="G489" s="83">
+        <v>45719</v>
+      </c>
+      <c r="H489" s="645"/>
+    </row>
+    <row r="490" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B490" s="8">
+        <f>MAX(B$27:B489)+1</f>
         <v>275</v>
       </c>
-      <c r="C487" s="376" t="s">
+      <c r="C490" s="371" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D490" s="13" t="s">
+        <v>619</v>
+      </c>
+      <c r="E490" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F490" s="822" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G490" s="381">
+        <v>45689</v>
+      </c>
+      <c r="H490" s="661"/>
+    </row>
+    <row r="491" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B491" s="15">
+        <f>MAX(B$27:B490)+1</f>
+        <v>276</v>
+      </c>
+      <c r="C491" s="36" t="s">
         <v>1198</v>
       </c>
-      <c r="D487" s="13" t="s">
-[...21 lines deleted...]
-      <c r="D488" s="13" t="s">
+      <c r="D491" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="E488" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F488" s="15">
+      <c r="E491" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F491" s="15">
         <v>6</v>
       </c>
-      <c r="G488" s="88">
+      <c r="G491" s="88">
         <v>45757</v>
       </c>
-      <c r="H488" s="650"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B488)+1</f>
+      <c r="H491" s="645"/>
+    </row>
+    <row r="492" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B492" s="508">
+        <f>MAX(B$27:B491)+1</f>
         <v>277</v>
       </c>
-      <c r="C489" s="925" t="s">
-[...2 lines deleted...]
-      <c r="D489" s="926" t="s">
+      <c r="C492" s="874" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D492" s="875" t="s">
         <v>206</v>
       </c>
-      <c r="E489" s="8" t="s">
-[...2 lines deleted...]
-      <c r="F489" s="516">
+      <c r="E492" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F492" s="511">
         <v>5</v>
       </c>
-      <c r="G489" s="88">
+      <c r="G492" s="88">
         <v>45812</v>
       </c>
-      <c r="H489" s="41"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B489)+1</f>
+      <c r="H492" s="41"/>
+    </row>
+    <row r="493" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B493" s="15">
+        <f>MAX(B$27:B492)+1</f>
         <v>278</v>
       </c>
-      <c r="C490" s="36" t="s">
-[...2 lines deleted...]
-      <c r="D490" s="36" t="s">
+      <c r="C493" s="36" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D493" s="36" t="s">
         <v>132</v>
       </c>
-      <c r="E490" s="15" t="s">
+      <c r="E493" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="F490" s="25" t="s">
-[...2 lines deleted...]
-      <c r="G490" s="88">
+      <c r="F493" s="25" t="s">
+        <v>545</v>
+      </c>
+      <c r="G493" s="88">
         <v>42309</v>
       </c>
-      <c r="H490" s="527"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B490)+1</f>
+      <c r="H493" s="522"/>
+    </row>
+    <row r="494" spans="2:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B494" s="468">
+        <f>MAX(B$27:B493)+1</f>
         <v>279</v>
       </c>
-      <c r="C491" s="134" t="s">
-[...2 lines deleted...]
-      <c r="D491" s="375" t="s">
+      <c r="C494" s="134" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D494" s="370" t="s">
         <v>118</v>
       </c>
-      <c r="E491" s="794" t="s">
-[...2 lines deleted...]
-      <c r="F491" s="14" t="s">
+      <c r="E494" s="789" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F494" s="14" t="s">
         <v>199</v>
       </c>
-      <c r="G491" s="386">
+      <c r="G494" s="381">
         <v>45742</v>
       </c>
-      <c r="H491" s="669"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B491)+1</f>
+      <c r="H494" s="664"/>
+    </row>
+    <row r="495" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B495" s="511">
+        <f>MAX(B$27:B494)+1</f>
         <v>280</v>
       </c>
-      <c r="C492" s="526" t="s">
-[...2 lines deleted...]
-      <c r="D492" s="951" t="s">
+      <c r="C495" s="521" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D495" s="900" t="s">
         <v>318</v>
       </c>
-      <c r="E492" s="525" t="s">
+      <c r="E495" s="520" t="s">
         <v>9</v>
       </c>
-      <c r="F492" s="516" t="s">
+      <c r="F495" s="511" t="s">
         <v>114</v>
       </c>
-      <c r="G492" s="83">
+      <c r="G495" s="83">
         <v>45808</v>
       </c>
-      <c r="H492" s="41"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B492)+1</f>
+      <c r="H495" s="41"/>
+    </row>
+    <row r="496" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B496" s="511">
+        <f>MAX(B$27:B495)+1</f>
         <v>281</v>
       </c>
-      <c r="C493" s="376" t="s">
-[...8 lines deleted...]
-      <c r="F493" s="15">
+      <c r="C496" s="371" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D496" s="134" t="s">
+        <v>642</v>
+      </c>
+      <c r="E496" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F496" s="15">
         <v>5</v>
       </c>
-      <c r="G493" s="87">
+      <c r="G496" s="87">
         <v>45828</v>
       </c>
-      <c r="H493" s="667"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B493)+1</f>
+      <c r="H496" s="662"/>
+    </row>
+    <row r="497" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B497" s="511">
+        <f>MAX(B$27:B496)+1</f>
         <v>282</v>
       </c>
-      <c r="C494" s="16" t="s">
-[...8 lines deleted...]
-      <c r="F494" s="15">
+      <c r="C497" s="16" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D497" s="16" t="s">
+        <v>940</v>
+      </c>
+      <c r="E497" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F497" s="15">
         <v>8</v>
       </c>
-      <c r="G494" s="86">
+      <c r="G497" s="86">
         <v>45839</v>
       </c>
-      <c r="H494" s="651"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B494)+1</f>
+      <c r="H497" s="646"/>
+    </row>
+    <row r="498" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B498" s="511">
+        <f>MAX(B$27:B497)+1</f>
         <v>283</v>
       </c>
-      <c r="C495" s="134" t="s">
-[...2 lines deleted...]
-      <c r="D495" s="70" t="s">
+      <c r="C498" s="134" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D498" s="70" t="s">
         <v>189</v>
-      </c>
-[...64 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E498" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="F498" s="25" t="s">
-[...8 lines deleted...]
-      <c r="B499" s="520">
+      <c r="F498" s="25">
+        <v>6</v>
+      </c>
+      <c r="G498" s="86">
+        <v>45839</v>
+      </c>
+      <c r="H498" s="655"/>
+    </row>
+    <row r="499" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B499" s="515">
         <f>MAX(B$27:B498)+1</f>
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C499" s="36" t="s">
-        <v>1277</v>
+        <v>1256</v>
       </c>
       <c r="D499" s="70" t="s">
         <v>189</v>
       </c>
       <c r="E499" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F499" s="25" t="s">
-        <v>303</v>
+        <v>199</v>
       </c>
       <c r="G499" s="88">
-        <v>43770</v>
-[...4 lines deleted...]
-      <c r="B500" s="516">
+        <v>45862</v>
+      </c>
+      <c r="H499" s="655"/>
+    </row>
+    <row r="500" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B500" s="15">
         <f>MAX(B$27:B499)+1</f>
-        <v>288</v>
-[...29 lines deleted...]
-        <v>120</v>
+        <v>285</v>
+      </c>
+      <c r="C500" s="31" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D500" s="31" t="s">
+        <v>130</v>
+      </c>
+      <c r="E500" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F500" s="25">
+        <v>3</v>
+      </c>
+      <c r="G500" s="88">
+        <v>45804</v>
+      </c>
+      <c r="H500" s="646"/>
+    </row>
+    <row r="501" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B501" s="15">
+        <f>MAX(B$27:B500)+1</f>
+        <v>286</v>
+      </c>
+      <c r="C501" s="36" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D501" s="36" t="s">
+        <v>132</v>
+      </c>
+      <c r="E501" s="15" t="s">
+        <v>54</v>
       </c>
       <c r="F501" s="25" t="s">
-        <v>199</v>
-[...7 lines deleted...]
-      <c r="B502" s="520">
+        <v>856</v>
+      </c>
+      <c r="G501" s="88">
+        <v>45901</v>
+      </c>
+      <c r="H501" s="522"/>
+    </row>
+    <row r="502" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B502" s="515">
         <f>MAX(B$27:B501)+1</f>
-        <v>290</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>287</v>
+      </c>
+      <c r="C502" s="36" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D502" s="70" t="s">
+        <v>189</v>
       </c>
       <c r="E502" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="F502" s="25">
+      <c r="F502" s="25" t="s">
+        <v>303</v>
+      </c>
+      <c r="G502" s="88">
+        <v>43770</v>
+      </c>
+      <c r="H502" s="655"/>
+    </row>
+    <row r="503" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B503" s="511">
+        <f>MAX(B$27:B502)+1</f>
+        <v>288</v>
+      </c>
+      <c r="C503" s="521" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D503" s="900" t="s">
+        <v>318</v>
+      </c>
+      <c r="E503" s="520" t="s">
+        <v>9</v>
+      </c>
+      <c r="F503" s="511" t="s">
+        <v>114</v>
+      </c>
+      <c r="G503" s="83">
+        <v>45870</v>
+      </c>
+      <c r="H503" s="41"/>
+    </row>
+    <row r="504" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B504" s="489">
+        <v>289</v>
+      </c>
+      <c r="C504" s="24" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D504" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E504" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="F504" s="25" t="s">
+        <v>199</v>
+      </c>
+      <c r="G504" s="83">
+        <v>45950</v>
+      </c>
+      <c r="H504" s="646"/>
+    </row>
+    <row r="505" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B505" s="515">
+        <f>MAX(B$27:B504)+1</f>
+        <v>290</v>
+      </c>
+      <c r="C505" s="987" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D505" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E505" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F505" s="25">
         <v>6</v>
       </c>
-      <c r="G502" s="83">
+      <c r="G505" s="83">
         <v>45961</v>
       </c>
-      <c r="H502" s="650"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B502)+1</f>
+      <c r="H505" s="645"/>
+    </row>
+    <row r="506" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B506" s="15">
+        <f>MAX(B$27:B505)+1</f>
         <v>291</v>
       </c>
-      <c r="C503" s="31" t="s">
-[...2 lines deleted...]
-      <c r="D503" s="31" t="s">
+      <c r="C506" s="31" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D506" s="31" t="s">
         <v>130</v>
       </c>
-      <c r="E503" s="15" t="s">
-[...5 lines deleted...]
-      <c r="G503" s="88">
+      <c r="E506" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F506" s="25" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G506" s="88">
         <v>45962</v>
       </c>
-      <c r="H503" s="651"/>
-[...67 lines deleted...]
-    <row r="507" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="H506" s="646"/>
+    </row>
+    <row r="507" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B507" s="8">
         <f>MAX(B$27:B506)+1</f>
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C507" s="17" t="s">
-        <v>1309</v>
-[...1 lines deleted...]
-      <c r="D507" s="17" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D507" s="57" t="s">
         <v>129</v>
       </c>
       <c r="E507" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="F507" s="346" t="s">
-[...2 lines deleted...]
-      <c r="G507" s="88">
+      <c r="F507" s="25" t="s">
+        <v>1294</v>
+      </c>
+      <c r="G507" s="87">
+        <v>45953</v>
+      </c>
+      <c r="H507" s="645"/>
+    </row>
+    <row r="508" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B508" s="15">
+        <f>MAX(B$27:B507)+1</f>
+        <v>293</v>
+      </c>
+      <c r="C508" s="17" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D508" s="17" t="s">
+        <v>758</v>
+      </c>
+      <c r="E508" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F508" s="25" t="s">
+        <v>328</v>
+      </c>
+      <c r="G508" s="87">
+        <v>46054</v>
+      </c>
+      <c r="H508" s="646"/>
+    </row>
+    <row r="509" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B509" s="8">
+        <f>MAX(B$27:B508)+1</f>
+        <v>294</v>
+      </c>
+      <c r="C509" s="134" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D509" s="17" t="s">
+        <v>534</v>
+      </c>
+      <c r="E509" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F509" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="G509" s="88">
+        <v>46002</v>
+      </c>
+      <c r="H509" s="499"/>
+    </row>
+    <row r="510" spans="2:8" ht="39.5" x14ac:dyDescent="0.35">
+      <c r="B510" s="8">
+        <f>MAX(B$27:B509)+1</f>
+        <v>295</v>
+      </c>
+      <c r="C510" s="17" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D510" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E510" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F510" s="341" t="s">
+        <v>404</v>
+      </c>
+      <c r="G510" s="88">
         <v>40638</v>
       </c>
-      <c r="H507" s="504" t="s">
+      <c r="H510" s="499" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="511" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B511" s="1143">
+        <f>MAX(B$27:B510)+1</f>
+        <v>296</v>
+      </c>
+      <c r="C511" s="1142" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D511" s="1142" t="s">
+        <v>176</v>
+      </c>
+      <c r="E511" s="1141" t="s">
+        <v>120</v>
+      </c>
+      <c r="F511" s="871">
+        <v>8</v>
+      </c>
+      <c r="G511" s="870">
+        <v>45383</v>
+      </c>
+      <c r="H511" s="1139"/>
+    </row>
+    <row r="512" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B512" s="1143"/>
+      <c r="C512" s="1142"/>
+      <c r="D512" s="1142"/>
+      <c r="E512" s="1141"/>
+      <c r="F512" s="15">
+        <v>7</v>
+      </c>
+      <c r="G512" s="870">
+        <v>45965</v>
+      </c>
+      <c r="H512" s="1140"/>
+    </row>
+    <row r="513" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B513" s="489">
+        <f>MAX(B$27:B511)+1</f>
+        <v>297</v>
+      </c>
+      <c r="C513" s="987" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D513" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E513" s="1007" t="s">
+        <v>120</v>
+      </c>
+      <c r="F513" s="25" t="s">
+        <v>199</v>
+      </c>
+      <c r="G513" s="870">
+        <v>45992</v>
+      </c>
+      <c r="H513" s="645"/>
+    </row>
+    <row r="514" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B514" s="15">
+        <f>MAX(B$27:B513)+1</f>
+        <v>298</v>
+      </c>
+      <c r="C514" s="24" t="s">
         <v>1310</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="D515" s="772"/>
+      <c r="D514" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="E514" s="1007" t="s">
+        <v>120</v>
+      </c>
+      <c r="F514" s="25" t="s">
+        <v>114</v>
+      </c>
+      <c r="G514" s="88">
+        <v>45992</v>
+      </c>
+      <c r="H514" s="646"/>
+    </row>
+    <row r="515" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B515" s="489">
+        <f>MAX(B$27:B514)+1</f>
+        <v>299</v>
+      </c>
+      <c r="C515" s="36" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D515" s="370" t="s">
+        <v>118</v>
+      </c>
+      <c r="E515" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F515" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="G515" s="381">
+        <v>46204</v>
+      </c>
+      <c r="H515" s="645"/>
+    </row>
+    <row r="516" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B516" s="489">
+        <f>MAX(B$27:B515)+1</f>
+        <v>300</v>
+      </c>
+      <c r="C516" s="36" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D516" s="370" t="s">
+        <v>118</v>
+      </c>
+      <c r="E516" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F516" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="G516" s="381">
+        <v>46037</v>
+      </c>
+      <c r="H516" s="645"/>
+    </row>
+    <row r="517" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B517" s="15">
+        <f>MAX(B$27:B516)+1</f>
+        <v>301</v>
+      </c>
+      <c r="C517" s="24" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D517" s="24" t="s">
+        <v>130</v>
+      </c>
+      <c r="E517" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F517" s="25">
+        <v>3</v>
+      </c>
+      <c r="G517" s="88">
+        <v>46024</v>
+      </c>
+      <c r="H517" s="646"/>
+    </row>
+    <row r="518" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B518" s="1010">
+        <f>MAX(B$27:B517)+1</f>
+        <v>302</v>
+      </c>
+      <c r="C518" s="17" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D518" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="E518" s="1010" t="s">
+        <v>9</v>
+      </c>
+      <c r="F518" s="341" t="s">
+        <v>328</v>
+      </c>
+      <c r="G518" s="88">
+        <v>46033</v>
+      </c>
+      <c r="H518" s="499"/>
     </row>
   </sheetData>
-  <mergeCells count="247">
-    <mergeCell ref="E476:E477"/>
+  <mergeCells count="266">
+    <mergeCell ref="B475:B477"/>
+    <mergeCell ref="C475:C477"/>
+    <mergeCell ref="D475:D477"/>
+    <mergeCell ref="H511:H512"/>
+    <mergeCell ref="E511:E512"/>
+    <mergeCell ref="D511:D512"/>
+    <mergeCell ref="C511:C512"/>
+    <mergeCell ref="B511:B512"/>
+    <mergeCell ref="E479:E480"/>
     <mergeCell ref="B460:B461"/>
     <mergeCell ref="B353:B354"/>
     <mergeCell ref="B363:B364"/>
-    <mergeCell ref="B381:B382"/>
-[...11 lines deleted...]
-    <mergeCell ref="E272:E273"/>
+    <mergeCell ref="B382:B383"/>
+    <mergeCell ref="C460:C461"/>
+    <mergeCell ref="D460:D461"/>
+    <mergeCell ref="E460:E461"/>
+    <mergeCell ref="C479:C481"/>
+    <mergeCell ref="B479:B481"/>
+    <mergeCell ref="D479:D481"/>
+    <mergeCell ref="B393:B394"/>
+    <mergeCell ref="B469:B470"/>
+    <mergeCell ref="C469:C470"/>
+    <mergeCell ref="D469:D470"/>
+    <mergeCell ref="E469:E470"/>
+    <mergeCell ref="B380:B381"/>
+    <mergeCell ref="C380:C381"/>
+    <mergeCell ref="D380:D381"/>
     <mergeCell ref="B458:B459"/>
     <mergeCell ref="C458:C459"/>
     <mergeCell ref="E453:E454"/>
     <mergeCell ref="E287:E288"/>
     <mergeCell ref="B339:B340"/>
     <mergeCell ref="B344:B345"/>
     <mergeCell ref="E308:E309"/>
     <mergeCell ref="B453:B454"/>
     <mergeCell ref="C453:C454"/>
     <mergeCell ref="D453:D454"/>
-    <mergeCell ref="B417:B419"/>
+    <mergeCell ref="B418:B420"/>
     <mergeCell ref="D287:D288"/>
-    <mergeCell ref="C287:C288"/>
-[...10 lines deleted...]
-    <mergeCell ref="C377:C378"/>
     <mergeCell ref="D377:D378"/>
     <mergeCell ref="B311:B312"/>
     <mergeCell ref="C311:C312"/>
     <mergeCell ref="D311:D312"/>
+    <mergeCell ref="C418:C420"/>
+    <mergeCell ref="D418:D420"/>
+    <mergeCell ref="E418:E419"/>
+    <mergeCell ref="E380:E381"/>
+    <mergeCell ref="C382:C383"/>
+    <mergeCell ref="D382:D383"/>
+    <mergeCell ref="E382:E383"/>
+    <mergeCell ref="D458:D459"/>
+    <mergeCell ref="E458:E459"/>
     <mergeCell ref="H151:H152"/>
     <mergeCell ref="C163:C164"/>
     <mergeCell ref="H195:H196"/>
     <mergeCell ref="B190:B192"/>
     <mergeCell ref="E175:E176"/>
     <mergeCell ref="E170:E171"/>
     <mergeCell ref="C183:C185"/>
     <mergeCell ref="D183:D185"/>
     <mergeCell ref="E183:E185"/>
     <mergeCell ref="B163:B164"/>
     <mergeCell ref="C190:C192"/>
     <mergeCell ref="E188:E189"/>
     <mergeCell ref="D190:D192"/>
     <mergeCell ref="C170:C171"/>
     <mergeCell ref="H161:H162"/>
     <mergeCell ref="H163:H164"/>
     <mergeCell ref="E151:E152"/>
     <mergeCell ref="D153:D155"/>
     <mergeCell ref="C153:C155"/>
-    <mergeCell ref="B153:B155"/>
+    <mergeCell ref="B294:B295"/>
+    <mergeCell ref="D272:D273"/>
+    <mergeCell ref="E272:E273"/>
     <mergeCell ref="E153:E155"/>
     <mergeCell ref="H153:H155"/>
     <mergeCell ref="B195:B196"/>
     <mergeCell ref="E160:E162"/>
     <mergeCell ref="E146:E147"/>
     <mergeCell ref="E344:E345"/>
-    <mergeCell ref="C392:C393"/>
-[...2 lines deleted...]
-    <mergeCell ref="C417:C419"/>
+    <mergeCell ref="C393:C394"/>
+    <mergeCell ref="D393:D394"/>
+    <mergeCell ref="E393:E394"/>
     <mergeCell ref="E339:E340"/>
     <mergeCell ref="C339:C340"/>
     <mergeCell ref="D339:D340"/>
     <mergeCell ref="C344:C345"/>
     <mergeCell ref="D344:D345"/>
     <mergeCell ref="D163:D164"/>
     <mergeCell ref="E163:E164"/>
     <mergeCell ref="C197:C198"/>
     <mergeCell ref="D197:D198"/>
-    <mergeCell ref="D417:D419"/>
-    <mergeCell ref="E417:E418"/>
     <mergeCell ref="E166:E167"/>
     <mergeCell ref="D160:D162"/>
     <mergeCell ref="D170:D171"/>
     <mergeCell ref="E190:E192"/>
     <mergeCell ref="E235:E236"/>
-    <mergeCell ref="E261:E262"/>
-    <mergeCell ref="E267:E268"/>
+    <mergeCell ref="B248:B249"/>
+    <mergeCell ref="C160:C162"/>
     <mergeCell ref="C29:C31"/>
     <mergeCell ref="D29:D31"/>
     <mergeCell ref="D65:D66"/>
     <mergeCell ref="C65:C66"/>
     <mergeCell ref="B151:B152"/>
     <mergeCell ref="C151:C152"/>
     <mergeCell ref="D151:D152"/>
     <mergeCell ref="C195:C196"/>
     <mergeCell ref="D195:D196"/>
     <mergeCell ref="B175:B176"/>
     <mergeCell ref="C175:C176"/>
     <mergeCell ref="D188:D189"/>
     <mergeCell ref="C188:C189"/>
     <mergeCell ref="B29:B108"/>
     <mergeCell ref="D146:D147"/>
     <mergeCell ref="B146:B147"/>
     <mergeCell ref="C146:C147"/>
     <mergeCell ref="B188:B189"/>
     <mergeCell ref="C166:C167"/>
     <mergeCell ref="D166:D167"/>
     <mergeCell ref="D175:D176"/>
     <mergeCell ref="B183:B185"/>
+    <mergeCell ref="B153:B155"/>
     <mergeCell ref="B160:B162"/>
-    <mergeCell ref="C160:C162"/>
     <mergeCell ref="B166:B167"/>
     <mergeCell ref="H191:H192"/>
     <mergeCell ref="B205:B206"/>
     <mergeCell ref="B199:B200"/>
     <mergeCell ref="C199:C200"/>
     <mergeCell ref="D199:D200"/>
     <mergeCell ref="E199:E200"/>
     <mergeCell ref="E197:E198"/>
     <mergeCell ref="C205:C206"/>
     <mergeCell ref="D205:D206"/>
     <mergeCell ref="B193:B194"/>
     <mergeCell ref="E193:E194"/>
     <mergeCell ref="C193:C194"/>
     <mergeCell ref="D193:D194"/>
     <mergeCell ref="H199:H200"/>
     <mergeCell ref="B170:B171"/>
     <mergeCell ref="E195:E196"/>
     <mergeCell ref="H205:H206"/>
     <mergeCell ref="B197:B198"/>
     <mergeCell ref="E205:E206"/>
     <mergeCell ref="B168:B169"/>
     <mergeCell ref="C168:C169"/>
     <mergeCell ref="D168:D169"/>
     <mergeCell ref="E168:E169"/>
     <mergeCell ref="E209:E210"/>
     <mergeCell ref="E231:E232"/>
     <mergeCell ref="E218:E219"/>
     <mergeCell ref="D235:D236"/>
     <mergeCell ref="C231:C232"/>
     <mergeCell ref="C261:C262"/>
     <mergeCell ref="C229:C230"/>
     <mergeCell ref="E246:E247"/>
+    <mergeCell ref="E212:E213"/>
+    <mergeCell ref="E261:E262"/>
     <mergeCell ref="H218:H219"/>
     <mergeCell ref="C255:C259"/>
     <mergeCell ref="D255:D259"/>
     <mergeCell ref="E214:E215"/>
     <mergeCell ref="H261:H262"/>
     <mergeCell ref="H231:H232"/>
     <mergeCell ref="C248:C249"/>
     <mergeCell ref="D248:D249"/>
     <mergeCell ref="E248:E249"/>
     <mergeCell ref="D261:D262"/>
     <mergeCell ref="C252:C253"/>
     <mergeCell ref="D252:D253"/>
     <mergeCell ref="D246:D247"/>
     <mergeCell ref="C222:C224"/>
     <mergeCell ref="D231:D232"/>
     <mergeCell ref="D222:D224"/>
-    <mergeCell ref="E212:E213"/>
     <mergeCell ref="C214:C215"/>
     <mergeCell ref="H216:H217"/>
     <mergeCell ref="E229:E230"/>
     <mergeCell ref="H235:H236"/>
     <mergeCell ref="F252:F253"/>
     <mergeCell ref="E222:E223"/>
     <mergeCell ref="D229:D230"/>
     <mergeCell ref="E216:E217"/>
     <mergeCell ref="H270:H271"/>
     <mergeCell ref="C270:C271"/>
     <mergeCell ref="H272:H273"/>
     <mergeCell ref="D270:D271"/>
     <mergeCell ref="E270:E271"/>
     <mergeCell ref="C272:C273"/>
     <mergeCell ref="B252:B254"/>
     <mergeCell ref="B272:B273"/>
     <mergeCell ref="B261:B262"/>
     <mergeCell ref="H267:H268"/>
     <mergeCell ref="B267:B268"/>
     <mergeCell ref="C267:C268"/>
     <mergeCell ref="D267:D268"/>
+    <mergeCell ref="E267:E268"/>
+    <mergeCell ref="B270:B271"/>
+    <mergeCell ref="B255:B259"/>
     <mergeCell ref="B209:B210"/>
     <mergeCell ref="C209:C210"/>
     <mergeCell ref="D209:D210"/>
     <mergeCell ref="B216:B217"/>
     <mergeCell ref="B218:B219"/>
     <mergeCell ref="C246:C247"/>
     <mergeCell ref="B231:B232"/>
     <mergeCell ref="B246:B247"/>
     <mergeCell ref="B235:B236"/>
     <mergeCell ref="C235:C236"/>
     <mergeCell ref="B212:B213"/>
     <mergeCell ref="C212:C213"/>
     <mergeCell ref="D212:D213"/>
     <mergeCell ref="C218:C219"/>
     <mergeCell ref="D216:D217"/>
     <mergeCell ref="D214:D215"/>
     <mergeCell ref="D218:D219"/>
     <mergeCell ref="C216:C217"/>
     <mergeCell ref="B222:B224"/>
     <mergeCell ref="B214:B215"/>
     <mergeCell ref="B229:B230"/>
-    <mergeCell ref="C460:C461"/>
-[...1 lines deleted...]
-    <mergeCell ref="E460:E461"/>
     <mergeCell ref="H292:H293"/>
     <mergeCell ref="C292:C293"/>
     <mergeCell ref="D292:D293"/>
     <mergeCell ref="E292:E293"/>
     <mergeCell ref="B292:B293"/>
-    <mergeCell ref="B390:B391"/>
-[...2 lines deleted...]
-    <mergeCell ref="E390:E391"/>
+    <mergeCell ref="B391:B392"/>
+    <mergeCell ref="C391:C392"/>
+    <mergeCell ref="D391:D392"/>
+    <mergeCell ref="E391:E392"/>
     <mergeCell ref="E294:E295"/>
     <mergeCell ref="D294:D295"/>
     <mergeCell ref="B308:B309"/>
     <mergeCell ref="C308:C309"/>
     <mergeCell ref="D308:D309"/>
     <mergeCell ref="E370:E372"/>
     <mergeCell ref="D370:D372"/>
     <mergeCell ref="C370:C372"/>
     <mergeCell ref="E377:E378"/>
     <mergeCell ref="E335:E336"/>
     <mergeCell ref="D335:D336"/>
     <mergeCell ref="C335:C336"/>
     <mergeCell ref="E311:E312"/>
-    <mergeCell ref="E279:E280"/>
-    <mergeCell ref="D279:D280"/>
+    <mergeCell ref="D322:D324"/>
+    <mergeCell ref="B370:B372"/>
     <mergeCell ref="C279:C280"/>
     <mergeCell ref="B279:B280"/>
     <mergeCell ref="B449:B450"/>
     <mergeCell ref="C449:C450"/>
     <mergeCell ref="D449:D450"/>
     <mergeCell ref="E449:E450"/>
     <mergeCell ref="B335:B336"/>
     <mergeCell ref="C294:C295"/>
-    <mergeCell ref="E396:E397"/>
+    <mergeCell ref="E397:E398"/>
     <mergeCell ref="B322:B324"/>
     <mergeCell ref="C322:C324"/>
     <mergeCell ref="E434:E435"/>
+    <mergeCell ref="C287:C288"/>
+    <mergeCell ref="B287:B288"/>
+    <mergeCell ref="B397:B398"/>
+    <mergeCell ref="C397:C398"/>
+    <mergeCell ref="D397:D398"/>
+    <mergeCell ref="C434:C435"/>
+    <mergeCell ref="B434:B435"/>
+    <mergeCell ref="D434:D435"/>
+    <mergeCell ref="B377:B378"/>
+    <mergeCell ref="C377:C378"/>
+    <mergeCell ref="E279:E280"/>
+    <mergeCell ref="D279:D280"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="62" fitToHeight="10" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:FZ863"/>
+  <dimension ref="B1:FZ884"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A820" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D835" sqref="D835"/>
+    <sheetView topLeftCell="B599" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D615" sqref="D615"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="1.77734375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="34.21875" style="141" customWidth="1"/>
+    <col min="1" max="1" width="1.765625" customWidth="1"/>
+    <col min="2" max="2" width="5.4609375" customWidth="1"/>
+    <col min="3" max="4" width="35.765625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="30.53515625" customWidth="1"/>
+    <col min="6" max="6" width="23.23046875" customWidth="1"/>
+    <col min="7" max="8" width="17.765625" customWidth="1"/>
+    <col min="9" max="9" width="34.23046875" style="141" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="21" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:8" ht="21" x14ac:dyDescent="0.5">
       <c r="B1" s="301"/>
       <c r="C1" s="301"/>
       <c r="D1" s="301"/>
       <c r="E1" s="301"/>
       <c r="F1" s="301"/>
       <c r="G1" s="301"/>
     </row>
-    <row r="2" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B2" s="75" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C2" s="301"/>
       <c r="D2" s="301"/>
       <c r="E2" s="301"/>
       <c r="F2" s="301"/>
       <c r="G2" s="301"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="2:8" ht="21" x14ac:dyDescent="0.35">
+    <row r="3" spans="2:8" ht="21" x14ac:dyDescent="0.5">
       <c r="B3" s="301"/>
       <c r="C3" s="75"/>
       <c r="D3" s="301"/>
       <c r="E3" s="301"/>
       <c r="F3" s="301"/>
       <c r="G3" s="301"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="5" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B5" s="77" t="s">
         <v>181</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B6" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="4"/>
     </row>
-    <row r="7" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
     </row>
-    <row r="8" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
-    <row r="9" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B9" s="33" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
     </row>
-    <row r="10" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B10" s="34" t="s">
         <v>183</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
     </row>
-    <row r="11" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
     </row>
-    <row r="12" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B12" s="34" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
     </row>
-    <row r="13" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B13" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
     </row>
-    <row r="14" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B14" s="34" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
-    <row r="15" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
-    <row r="16" spans="2:8" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B16" s="34" t="s">
         <v>197</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
     </row>
-    <row r="17" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B17" s="4" t="s">
         <v>196</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17"/>
     </row>
-    <row r="18" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B18" s="4" t="s">
         <v>198</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18"/>
     </row>
-    <row r="19" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B19" s="34" t="s">
         <v>184</v>
       </c>
       <c r="C19" s="78"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
     </row>
-    <row r="20" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B20" s="33" t="s">
         <v>177</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="300"/>
     </row>
-    <row r="21" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B21" s="79" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
     </row>
-    <row r="22" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B22" s="4" t="s">
         <v>187</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
     </row>
-    <row r="23" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B23" s="4" t="s">
         <v>186</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
-    <row r="24" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
     </row>
-    <row r="25" spans="2:9" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B25" s="4" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25"/>
     </row>
-    <row r="27" spans="2:9" ht="51" x14ac:dyDescent="0.2">
-      <c r="B27" s="358" t="s">
+    <row r="27" spans="2:9" ht="52" x14ac:dyDescent="0.35">
+      <c r="B27" s="353" t="s">
         <v>109</v>
       </c>
-      <c r="C27" s="358" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="358" t="s">
+      <c r="C27" s="353" t="s">
         <v>508</v>
       </c>
-      <c r="E27" s="358" t="s">
+      <c r="D27" s="353" t="s">
         <v>507</v>
       </c>
-      <c r="F27" s="358" t="s">
+      <c r="E27" s="353" t="s">
         <v>506</v>
       </c>
-      <c r="G27" s="358" t="s">
+      <c r="F27" s="353" t="s">
         <v>505</v>
       </c>
-      <c r="H27" s="358" t="s">
+      <c r="G27" s="353" t="s">
+        <v>504</v>
+      </c>
+      <c r="H27" s="353" t="s">
         <v>191</v>
       </c>
-      <c r="I27" s="467" t="s">
+      <c r="I27" s="462" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="28" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B28" s="1197">
+    <row r="28" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B28" s="1186">
         <f>MAX(B$27:B27)+1</f>
         <v>1</v>
       </c>
       <c r="C28" s="286" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="D28" s="288" t="s">
         <v>384</v>
       </c>
       <c r="E28" s="287" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="298" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G28" s="285"/>
       <c r="H28" s="284"/>
       <c r="I28" s="151"/>
     </row>
-    <row r="29" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B29" s="1198"/>
+    <row r="29" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B29" s="1187"/>
       <c r="C29" s="283"/>
       <c r="D29" s="223" t="s">
         <v>383</v>
       </c>
       <c r="E29" s="269"/>
       <c r="F29" s="223" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G29" s="283" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="H29" s="282">
         <v>41613</v>
       </c>
       <c r="I29" s="145"/>
     </row>
-    <row r="30" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B30" s="1199"/>
+    <row r="30" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B30" s="1188"/>
       <c r="C30" s="268"/>
       <c r="D30" s="291"/>
       <c r="E30" s="290"/>
       <c r="F30" s="297" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="G30" s="268"/>
       <c r="H30" s="289"/>
       <c r="I30" s="142"/>
     </row>
-    <row r="31" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B31" s="1197">
+    <row r="31" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B31" s="1186">
         <f>MAX(B$27:B30)+1</f>
         <v>2</v>
       </c>
       <c r="C31" s="288" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D31" s="286" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="E31" s="287" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="286" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G31" s="285" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="H31" s="284"/>
       <c r="I31" s="189" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      <c r="B32" s="1198"/>
+        <v>462</v>
+      </c>
+    </row>
+    <row r="32" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B32" s="1187"/>
       <c r="C32" s="283"/>
       <c r="D32" s="223" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="E32" s="269"/>
       <c r="F32" s="223" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G32" s="283" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="H32" s="282">
         <v>41621</v>
       </c>
       <c r="I32" s="188" t="s">
-        <v>500</v>
-[...3 lines deleted...]
-      <c r="B33" s="1198"/>
+        <v>499</v>
+      </c>
+    </row>
+    <row r="33" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B33" s="1187"/>
       <c r="C33" s="296"/>
       <c r="D33" s="295"/>
       <c r="E33" s="294"/>
       <c r="F33" s="223" t="s">
         <v>335</v>
       </c>
       <c r="G33" s="293"/>
       <c r="H33" s="292"/>
       <c r="I33" s="188" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      <c r="B34" s="1198"/>
+        <v>498</v>
+      </c>
+    </row>
+    <row r="34" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B34" s="1187"/>
       <c r="C34" s="283"/>
       <c r="D34" s="223"/>
       <c r="E34" s="269"/>
-      <c r="F34" s="998" t="s">
-        <v>457</v>
+      <c r="F34" s="942" t="s">
+        <v>456</v>
       </c>
       <c r="G34" s="283" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="H34" s="282">
         <v>43313</v>
       </c>
       <c r="I34" s="188"/>
     </row>
-    <row r="35" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B35" s="1200">
+    <row r="35" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B35" s="1189">
         <f>MAX(B$27:B34)+1</f>
         <v>3</v>
       </c>
-      <c r="C35" s="1010"/>
-[...1 lines deleted...]
-        <v>761</v>
+      <c r="C35" s="954"/>
+      <c r="D35" s="950" t="s">
+        <v>757</v>
       </c>
       <c r="E35" s="212" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="298" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-      <c r="H35" s="1000"/>
+        <v>453</v>
+      </c>
+      <c r="G35" s="945"/>
+      <c r="H35" s="944"/>
       <c r="I35" s="151"/>
     </row>
-    <row r="36" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C36" s="501"/>
+    <row r="36" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B36" s="1190"/>
+      <c r="C36" s="496"/>
       <c r="D36" s="178" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="E36" s="222"/>
       <c r="F36" s="178" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G36" s="210" t="s">
         <v>282</v>
       </c>
-      <c r="H36" s="999">
+      <c r="H36" s="943">
         <v>41725</v>
       </c>
       <c r="I36" s="145"/>
     </row>
-    <row r="37" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1280</v>
+    <row r="37" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B37" s="1190"/>
+      <c r="C37" s="496" t="s">
+        <v>1268</v>
       </c>
       <c r="D37" s="178"/>
       <c r="E37" s="222"/>
-      <c r="F37" s="997" t="s">
-        <v>488</v>
+      <c r="F37" s="941" t="s">
+        <v>487</v>
       </c>
       <c r="G37" s="213"/>
-      <c r="H37" s="999"/>
+      <c r="H37" s="943"/>
       <c r="I37" s="145"/>
     </row>
-    <row r="38" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="G38" s="1013">
+    <row r="38" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B38" s="1190"/>
+      <c r="C38" s="955"/>
+      <c r="D38" s="946"/>
+      <c r="E38" s="960"/>
+      <c r="F38" s="947"/>
+      <c r="G38" s="957">
         <v>4</v>
       </c>
-      <c r="H38" s="1004">
+      <c r="H38" s="948">
         <v>41725</v>
       </c>
-      <c r="I38" s="1018">
+      <c r="I38" s="962">
         <v>44207</v>
       </c>
     </row>
-    <row r="39" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="H39" s="1005">
+    <row r="39" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B39" s="1190"/>
+      <c r="C39" s="955"/>
+      <c r="D39" s="946"/>
+      <c r="E39" s="960"/>
+      <c r="F39" s="947"/>
+      <c r="G39" s="958" t="s">
+        <v>538</v>
+      </c>
+      <c r="H39" s="949">
         <v>44207</v>
       </c>
       <c r="I39" s="145"/>
     </row>
-    <row r="40" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="H40" s="1009"/>
+    <row r="40" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B40" s="940"/>
+      <c r="C40" s="956"/>
+      <c r="D40" s="951"/>
+      <c r="E40" s="961"/>
+      <c r="F40" s="952"/>
+      <c r="G40" s="959"/>
+      <c r="H40" s="953"/>
       <c r="I40" s="142"/>
     </row>
-    <row r="41" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B41" s="1202">
+    <row r="41" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B41" s="1191">
         <f>MAX(B$27:B39)+1</f>
         <v>4</v>
       </c>
-      <c r="C41" s="1134" t="s">
-[...2 lines deleted...]
-      <c r="D41" s="1187" t="s">
+      <c r="C41" s="1121" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D41" s="1176" t="s">
         <v>384</v>
       </c>
-      <c r="E41" s="1185" t="s">
+      <c r="E41" s="1174" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="270" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G41" s="281"/>
-      <c r="H41" s="862"/>
-[...8 lines deleted...]
-      <c r="E42" s="1185"/>
+      <c r="H41" s="828"/>
+      <c r="I41" s="1193" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="42" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B42" s="1191"/>
+      <c r="C42" s="1185"/>
+      <c r="D42" s="1177"/>
+      <c r="E42" s="1174"/>
       <c r="F42" s="270" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G42" s="281" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="H42" s="193">
         <v>41751</v>
       </c>
-      <c r="I42" s="1204"/>
-[...5 lines deleted...]
-      <c r="E43" s="1185"/>
+      <c r="I42" s="1193"/>
+    </row>
+    <row r="43" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B43" s="1191"/>
+      <c r="C43" s="1185"/>
+      <c r="D43" s="1177"/>
+      <c r="E43" s="1174"/>
       <c r="F43" s="270" t="s">
-        <v>466</v>
-[...9 lines deleted...]
-      <c r="E44" s="1186"/>
+        <v>465</v>
+      </c>
+      <c r="G43" s="827"/>
+      <c r="H43" s="828"/>
+      <c r="I43" s="1193"/>
+    </row>
+    <row r="44" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B44" s="1192"/>
+      <c r="C44" s="1195"/>
+      <c r="D44" s="1178"/>
+      <c r="E44" s="1175"/>
       <c r="F44" s="208"/>
-      <c r="G44" s="863" t="s">
-[...2 lines deleted...]
-      <c r="H44" s="373">
+      <c r="G44" s="829" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H44" s="368">
         <v>45639</v>
       </c>
       <c r="I44" s="142"/>
     </row>
-    <row r="45" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B45" s="1193">
+    <row r="45" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B45" s="1182">
         <f>MAX(B$27:B43)+1</f>
         <v>5</v>
       </c>
-      <c r="C45" s="1128" t="s">
-        <v>494</v>
+      <c r="C45" s="1065" t="s">
+        <v>493</v>
       </c>
       <c r="D45" s="221" t="s">
         <v>358</v>
       </c>
       <c r="E45" s="212"/>
       <c r="F45" s="214" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G45" s="211"/>
       <c r="H45" s="163"/>
       <c r="I45" s="189" t="s">
-        <v>463</v>
-[...4 lines deleted...]
-      <c r="C46" s="1134"/>
+        <v>462</v>
+      </c>
+    </row>
+    <row r="46" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B46" s="1183"/>
+      <c r="C46" s="1121"/>
       <c r="D46" s="220" t="s">
         <v>356</v>
       </c>
       <c r="E46" s="213" t="s">
         <v>9</v>
       </c>
       <c r="F46" s="227" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G46" s="219" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="H46" s="200" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="I46" s="188" t="s">
-        <v>491</v>
-[...4 lines deleted...]
-      <c r="C47" s="1134"/>
+        <v>490</v>
+      </c>
+    </row>
+    <row r="47" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B47" s="1183"/>
+      <c r="C47" s="1121"/>
       <c r="D47" s="220"/>
       <c r="E47" s="213"/>
       <c r="F47" s="227" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="G47" s="219"/>
       <c r="H47" s="200"/>
       <c r="I47" s="188" t="s">
-        <v>490</v>
-[...4 lines deleted...]
-      <c r="C48" s="1134"/>
+        <v>489</v>
+      </c>
+    </row>
+    <row r="48" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B48" s="1183"/>
+      <c r="C48" s="1121"/>
       <c r="D48" s="279"/>
       <c r="E48" s="278"/>
       <c r="F48" s="277"/>
       <c r="G48" s="276">
         <v>7</v>
       </c>
       <c r="H48" s="275" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="I48" s="188"/>
     </row>
-    <row r="49" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C49" s="1152"/>
+    <row r="49" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B49" s="1184"/>
+      <c r="C49" s="1066"/>
       <c r="D49" s="274"/>
       <c r="E49" s="273"/>
       <c r="F49" s="272"/>
       <c r="G49" s="271">
         <v>8</v>
       </c>
       <c r="H49" s="192">
         <v>43629</v>
       </c>
       <c r="I49" s="188"/>
     </row>
-    <row r="50" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B50" s="1190">
+    <row r="50" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B50" s="1179">
         <f>MAX(B$27:B49)+1</f>
         <v>6</v>
       </c>
       <c r="C50" s="251"/>
       <c r="D50" s="251" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E50" s="253" t="s">
         <v>9</v>
       </c>
       <c r="F50" s="251" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G50" s="120"/>
       <c r="H50" s="152"/>
       <c r="I50" s="151"/>
     </row>
-    <row r="51" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B51" s="1191"/>
+    <row r="51" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B51" s="1180"/>
       <c r="C51" s="176" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="D51" s="176" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="E51" s="148"/>
       <c r="F51" s="176" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G51" s="257" t="s">
         <v>114</v>
       </c>
       <c r="H51" s="249">
         <v>41887</v>
       </c>
       <c r="I51" s="145"/>
     </row>
-    <row r="52" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B52" s="1192"/>
+    <row r="52" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B52" s="1181"/>
       <c r="C52" s="119"/>
       <c r="D52" s="119"/>
       <c r="E52" s="119"/>
       <c r="F52" s="248" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="G52" s="119"/>
       <c r="H52" s="143"/>
       <c r="I52" s="142"/>
     </row>
-    <row r="53" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B53" s="1190">
+    <row r="53" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B53" s="1179">
         <f>MAX(B$27:B52)+1</f>
         <v>7</v>
       </c>
-      <c r="C53" s="1135" t="s">
-        <v>486</v>
+      <c r="C53" s="1122" t="s">
+        <v>485</v>
       </c>
       <c r="D53" s="177" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E53" s="253" t="s">
         <v>9</v>
       </c>
       <c r="F53" s="251" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G53" s="120"/>
       <c r="H53" s="267"/>
       <c r="I53" s="189" t="s">
-        <v>463</v>
-[...4 lines deleted...]
-      <c r="C54" s="1140"/>
+        <v>462</v>
+      </c>
+    </row>
+    <row r="54" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B54" s="1180"/>
+      <c r="C54" s="1131"/>
       <c r="D54" s="176" t="s">
         <v>385</v>
       </c>
       <c r="E54" s="148"/>
       <c r="F54" s="176" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G54" s="230" t="s">
         <v>349</v>
       </c>
       <c r="H54" s="266">
         <v>41906</v>
       </c>
       <c r="I54" s="188" t="s">
-        <v>485</v>
-[...4 lines deleted...]
-      <c r="C55" s="1140"/>
+        <v>484</v>
+      </c>
+    </row>
+    <row r="55" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B55" s="1180"/>
+      <c r="C55" s="1131"/>
       <c r="D55" s="148"/>
       <c r="E55" s="148"/>
       <c r="F55" s="265" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="G55" s="202"/>
       <c r="H55" s="264"/>
       <c r="I55" s="188" t="s">
-        <v>484</v>
-[...4 lines deleted...]
-      <c r="C56" s="1136"/>
+        <v>483</v>
+      </c>
+    </row>
+    <row r="56" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B56" s="1181"/>
+      <c r="C56" s="1123"/>
       <c r="D56" s="119"/>
       <c r="E56" s="119"/>
       <c r="F56" s="248"/>
       <c r="G56" s="140" t="s">
         <v>207</v>
       </c>
       <c r="H56" s="93">
         <v>43636</v>
       </c>
       <c r="I56" s="188"/>
     </row>
-    <row r="57" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B57" s="1164">
+    <row r="57" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B57" s="1151">
         <f>MAX(B$27:B56)+1</f>
         <v>8</v>
       </c>
       <c r="C57" s="120"/>
       <c r="D57" s="164" t="s">
         <v>352</v>
       </c>
       <c r="E57" s="139"/>
       <c r="F57" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G57" s="120"/>
       <c r="H57" s="241"/>
-      <c r="I57" s="1219" t="s">
-[...4 lines deleted...]
-      <c r="B58" s="1165"/>
+      <c r="I57" s="1208" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="58" spans="2:9" s="261" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="1152"/>
       <c r="C58" s="148" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="D58" s="161" t="s">
         <v>350</v>
       </c>
       <c r="E58" s="147" t="s">
         <v>54</v>
       </c>
       <c r="F58" s="148" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="G58" s="147" t="s">
         <v>97</v>
       </c>
       <c r="H58" s="240">
         <v>42033</v>
       </c>
-      <c r="I58" s="1204"/>
-[...2 lines deleted...]
-      <c r="B59" s="1165"/>
+      <c r="I58" s="1193"/>
+    </row>
+    <row r="59" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B59" s="1152"/>
       <c r="C59" s="148"/>
       <c r="D59" s="161"/>
-      <c r="E59" s="550"/>
+      <c r="E59" s="545"/>
       <c r="F59" s="148" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G59" s="148"/>
       <c r="H59" s="240"/>
-      <c r="I59" s="1204"/>
-[...2 lines deleted...]
-      <c r="B60" s="806"/>
+      <c r="I59" s="1193"/>
+    </row>
+    <row r="60" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B60" s="801"/>
       <c r="C60" s="119"/>
       <c r="D60" s="159"/>
-      <c r="E60" s="808"/>
+      <c r="E60" s="803"/>
       <c r="F60" s="119"/>
       <c r="G60" s="112" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="H60" s="809">
+        <v>1077</v>
+      </c>
+      <c r="H60" s="804">
         <v>45359</v>
       </c>
-      <c r="I60" s="807"/>
-[...2 lines deleted...]
-      <c r="B61" s="1164">
+      <c r="I60" s="802"/>
+    </row>
+    <row r="61" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B61" s="1151">
         <f>MAX(B$27:B59)+1</f>
         <v>9</v>
       </c>
       <c r="C61" s="120"/>
       <c r="D61" s="235" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E61" s="204"/>
       <c r="F61" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G61" s="120"/>
       <c r="H61" s="152"/>
       <c r="I61" s="151"/>
     </row>
-    <row r="62" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B62" s="1165"/>
+    <row r="62" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B62" s="1152"/>
       <c r="C62" s="148" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="D62" s="148" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="E62" s="196" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="F62" s="148" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="G62" s="230" t="s">
         <v>349</v>
       </c>
       <c r="H62" s="258">
         <v>42048</v>
       </c>
       <c r="I62" s="145"/>
     </row>
-    <row r="63" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B63" s="1166"/>
+    <row r="63" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B63" s="1153"/>
       <c r="C63" s="119"/>
       <c r="D63" s="119"/>
       <c r="E63" s="194"/>
       <c r="F63" s="119" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="G63" s="119"/>
       <c r="H63" s="143"/>
       <c r="I63" s="142"/>
     </row>
-    <row r="64" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B64" s="1164">
+    <row r="64" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B64" s="1151">
         <f>MAX(B$27:B63)+1</f>
         <v>10</v>
       </c>
       <c r="C64" s="156"/>
       <c r="D64" s="120" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="E64" s="156"/>
       <c r="F64" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G64" s="156"/>
       <c r="H64" s="254"/>
       <c r="I64" s="189" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      <c r="B65" s="1165"/>
+        <v>462</v>
+      </c>
+    </row>
+    <row r="65" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B65" s="1152"/>
       <c r="C65" s="150" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="D65" s="148" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="E65" s="147" t="s">
         <v>54</v>
       </c>
       <c r="F65" s="65"/>
       <c r="G65" s="230" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="H65" s="146">
         <v>42233</v>
       </c>
       <c r="I65" s="188" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      <c r="B66" s="1166"/>
+        <v>751</v>
+      </c>
+    </row>
+    <row r="66" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B66" s="1153"/>
       <c r="C66" s="144"/>
       <c r="D66" s="144"/>
       <c r="E66" s="144"/>
       <c r="F66" s="144"/>
       <c r="G66" s="144"/>
       <c r="H66" s="256"/>
       <c r="I66" s="185" t="s">
-        <v>756</v>
-[...3 lines deleted...]
-      <c r="B67" s="1164">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="67" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B67" s="1151">
         <f>MAX(B$27:B66)+1</f>
         <v>11</v>
       </c>
       <c r="C67" s="156"/>
       <c r="D67" s="120" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="E67" s="156"/>
       <c r="F67" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G67" s="156"/>
       <c r="H67" s="254"/>
       <c r="I67" s="188"/>
       <c r="Z67" s="30"/>
       <c r="AA67" s="30"/>
       <c r="AB67" s="30"/>
       <c r="AC67" s="30"/>
       <c r="AD67" s="30"/>
       <c r="AE67" s="30"/>
       <c r="AF67" s="30"/>
       <c r="AG67" s="30"/>
       <c r="AH67" s="30"/>
       <c r="AI67" s="30"/>
       <c r="AJ67" s="30"/>
       <c r="AK67" s="30"/>
       <c r="AL67" s="30"/>
       <c r="AM67" s="30"/>
       <c r="AN67" s="30"/>
       <c r="AO67" s="30"/>
       <c r="AP67" s="30"/>
       <c r="AQ67" s="30"/>
       <c r="AR67" s="30"/>
       <c r="AS67" s="30"/>
       <c r="AT67" s="30"/>
@@ -23007,63 +23273,63 @@
       <c r="FC67" s="30"/>
       <c r="FD67" s="30"/>
       <c r="FE67" s="30"/>
       <c r="FF67" s="30"/>
       <c r="FG67" s="30"/>
       <c r="FH67" s="30"/>
       <c r="FI67" s="30"/>
       <c r="FJ67" s="30"/>
       <c r="FK67" s="30"/>
       <c r="FL67" s="30"/>
       <c r="FM67" s="30"/>
       <c r="FN67" s="30"/>
       <c r="FO67" s="30"/>
       <c r="FP67" s="30"/>
       <c r="FQ67" s="30"/>
       <c r="FR67" s="30"/>
       <c r="FS67" s="30"/>
       <c r="FT67" s="30"/>
       <c r="FU67" s="30"/>
       <c r="FV67" s="30"/>
       <c r="FW67" s="30"/>
       <c r="FX67" s="30"/>
       <c r="FY67" s="30"/>
       <c r="FZ67" s="30"/>
     </row>
-    <row r="68" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B68" s="1165"/>
+    <row r="68" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B68" s="1152"/>
       <c r="C68" s="150" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="D68" s="148" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="E68" s="147" t="s">
         <v>54</v>
       </c>
       <c r="F68" s="148" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="G68" s="147" t="s">
         <v>68</v>
       </c>
       <c r="H68" s="146">
         <v>42360</v>
       </c>
       <c r="I68" s="145"/>
       <c r="Z68" s="30"/>
       <c r="AA68" s="30"/>
       <c r="AB68" s="30"/>
       <c r="AC68" s="30"/>
       <c r="AD68" s="30"/>
       <c r="AE68" s="30"/>
       <c r="AF68" s="30"/>
       <c r="AG68" s="30"/>
       <c r="AH68" s="30"/>
       <c r="AI68" s="30"/>
       <c r="AJ68" s="30"/>
       <c r="AK68" s="30"/>
       <c r="AL68" s="30"/>
       <c r="AM68" s="30"/>
       <c r="AN68" s="30"/>
       <c r="AO68" s="30"/>
       <c r="AP68" s="30"/>
@@ -23186,57 +23452,57 @@
       <c r="FC68" s="30"/>
       <c r="FD68" s="30"/>
       <c r="FE68" s="30"/>
       <c r="FF68" s="30"/>
       <c r="FG68" s="30"/>
       <c r="FH68" s="30"/>
       <c r="FI68" s="30"/>
       <c r="FJ68" s="30"/>
       <c r="FK68" s="30"/>
       <c r="FL68" s="30"/>
       <c r="FM68" s="30"/>
       <c r="FN68" s="30"/>
       <c r="FO68" s="30"/>
       <c r="FP68" s="30"/>
       <c r="FQ68" s="30"/>
       <c r="FR68" s="30"/>
       <c r="FS68" s="30"/>
       <c r="FT68" s="30"/>
       <c r="FU68" s="30"/>
       <c r="FV68" s="30"/>
       <c r="FW68" s="30"/>
       <c r="FX68" s="30"/>
       <c r="FY68" s="30"/>
       <c r="FZ68" s="30"/>
     </row>
-    <row r="69" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B69" s="1166"/>
+    <row r="69" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B69" s="1153"/>
       <c r="C69" s="119"/>
       <c r="D69" s="119"/>
       <c r="E69" s="119"/>
       <c r="F69" s="119" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="G69" s="119"/>
       <c r="H69" s="143"/>
       <c r="I69" s="142"/>
       <c r="Z69" s="30"/>
       <c r="AA69" s="30"/>
       <c r="AB69" s="30"/>
       <c r="AC69" s="30"/>
       <c r="AD69" s="30"/>
       <c r="AE69" s="30"/>
       <c r="AF69" s="30"/>
       <c r="AG69" s="30"/>
       <c r="AH69" s="30"/>
       <c r="AI69" s="30"/>
       <c r="AJ69" s="30"/>
       <c r="AK69" s="30"/>
       <c r="AL69" s="30"/>
       <c r="AM69" s="30"/>
       <c r="AN69" s="30"/>
       <c r="AO69" s="30"/>
       <c r="AP69" s="30"/>
       <c r="AQ69" s="30"/>
       <c r="AR69" s="30"/>
       <c r="AS69" s="30"/>
       <c r="AT69" s="30"/>
@@ -23355,13494 +23621,13862 @@
       <c r="FC69" s="30"/>
       <c r="FD69" s="30"/>
       <c r="FE69" s="30"/>
       <c r="FF69" s="30"/>
       <c r="FG69" s="30"/>
       <c r="FH69" s="30"/>
       <c r="FI69" s="30"/>
       <c r="FJ69" s="30"/>
       <c r="FK69" s="30"/>
       <c r="FL69" s="30"/>
       <c r="FM69" s="30"/>
       <c r="FN69" s="30"/>
       <c r="FO69" s="30"/>
       <c r="FP69" s="30"/>
       <c r="FQ69" s="30"/>
       <c r="FR69" s="30"/>
       <c r="FS69" s="30"/>
       <c r="FT69" s="30"/>
       <c r="FU69" s="30"/>
       <c r="FV69" s="30"/>
       <c r="FW69" s="30"/>
       <c r="FX69" s="30"/>
       <c r="FY69" s="30"/>
       <c r="FZ69" s="30"/>
     </row>
-    <row r="70" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B70" s="1164">
+    <row r="70" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B70" s="1151">
         <f>MAX(B$27:B69)+1</f>
         <v>12</v>
       </c>
       <c r="C70" s="251"/>
       <c r="D70" s="251" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E70" s="252"/>
       <c r="F70" s="251" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G70" s="120"/>
       <c r="H70" s="152"/>
       <c r="I70" s="151"/>
     </row>
-    <row r="71" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B71" s="1165"/>
+    <row r="71" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B71" s="1152"/>
       <c r="C71" s="148" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="D71" s="176" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="E71" s="147" t="s">
         <v>120</v>
       </c>
       <c r="F71" s="176" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G71" s="250">
         <v>3</v>
       </c>
       <c r="H71" s="249">
         <v>42453</v>
       </c>
       <c r="I71" s="145"/>
     </row>
-    <row r="72" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B72" s="1166"/>
+    <row r="72" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B72" s="1153"/>
       <c r="C72" s="119"/>
       <c r="D72" s="119"/>
       <c r="E72" s="119"/>
       <c r="F72" s="248" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="G72" s="119"/>
       <c r="H72" s="143"/>
       <c r="I72" s="142"/>
     </row>
-    <row r="73" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B73" s="1164">
+    <row r="73" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B73" s="1151">
         <f>MAX(B$27:B72)+1</f>
         <v>13</v>
       </c>
       <c r="C73" s="120"/>
       <c r="D73" s="120" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="E73" s="120"/>
       <c r="F73" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G73" s="120"/>
       <c r="H73" s="120"/>
       <c r="I73" s="244"/>
     </row>
-    <row r="74" spans="2:182" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>464</v>
+    <row r="74" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B74" s="1152"/>
+      <c r="C74" s="1102" t="s">
+        <v>463</v>
       </c>
       <c r="D74" s="148" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E74" s="147" t="s">
         <v>120</v>
       </c>
       <c r="F74" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G74" s="230">
         <v>5</v>
       </c>
       <c r="H74" s="146">
         <v>42479</v>
       </c>
       <c r="I74" s="243"/>
     </row>
-    <row r="75" spans="2:182" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C75" s="1118"/>
+    <row r="75" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B75" s="1152"/>
+      <c r="C75" s="1102"/>
       <c r="D75" s="148"/>
       <c r="E75" s="148"/>
       <c r="F75" s="150" t="s">
         <v>335</v>
       </c>
       <c r="G75" s="148"/>
       <c r="H75" s="148"/>
       <c r="I75" s="243"/>
     </row>
-    <row r="76" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B76" s="1166"/>
+    <row r="76" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B76" s="1153"/>
       <c r="C76" s="205"/>
       <c r="D76" s="205"/>
       <c r="E76" s="205"/>
       <c r="F76" s="246"/>
       <c r="G76" s="245" t="s">
         <v>319</v>
       </c>
       <c r="H76" s="113">
         <v>43653</v>
       </c>
       <c r="I76" s="242"/>
     </row>
-    <row r="77" spans="2:182" x14ac:dyDescent="0.2">
-      <c r="B77" s="1063">
+    <row r="77" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B77" s="1053">
         <f>MAX(B$27:B76)+1</f>
         <v>14</v>
       </c>
       <c r="C77" s="191"/>
       <c r="D77" s="237" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="E77" s="215"/>
       <c r="F77" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G77" s="156"/>
       <c r="H77" s="156"/>
       <c r="I77" s="189" t="s">
-        <v>463</v>
-[...4 lines deleted...]
-      <c r="C78" s="1117" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="78" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B78" s="1095"/>
+      <c r="C78" s="1101" t="s">
         <v>140</v>
       </c>
       <c r="D78" s="127" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E78" s="155" t="s">
         <v>120</v>
       </c>
       <c r="F78" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G78" s="160" t="s">
         <v>165</v>
       </c>
       <c r="H78" s="146">
         <v>42536</v>
       </c>
       <c r="I78" s="188" t="s">
-        <v>462</v>
-[...4 lines deleted...]
-      <c r="C79" s="1117"/>
+        <v>461</v>
+      </c>
+    </row>
+    <row r="79" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B79" s="1095"/>
+      <c r="C79" s="1101"/>
       <c r="D79" s="127"/>
       <c r="E79" s="236"/>
       <c r="F79" s="150" t="s">
         <v>335</v>
       </c>
       <c r="G79" s="231"/>
       <c r="H79" s="146"/>
       <c r="I79" s="188" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      <c r="B80" s="1108"/>
+        <v>460</v>
+      </c>
+    </row>
+    <row r="80" spans="2:182" x14ac:dyDescent="0.35">
+      <c r="B80" s="1095"/>
       <c r="C80" s="29"/>
       <c r="D80" s="65"/>
-      <c r="E80" s="574"/>
+      <c r="E80" s="569"/>
       <c r="F80" s="150"/>
       <c r="G80" s="230">
         <v>3</v>
       </c>
-      <c r="H80" s="486">
+      <c r="H80" s="481">
         <v>43313</v>
       </c>
       <c r="I80" s="188" t="s">
-        <v>460</v>
-[...3 lines deleted...]
-      <c r="B81" s="571"/>
+        <v>459</v>
+      </c>
+    </row>
+    <row r="81" spans="2:9" s="30" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B81" s="566"/>
       <c r="C81" s="29"/>
       <c r="D81" s="65"/>
-      <c r="E81" s="574"/>
+      <c r="E81" s="569"/>
       <c r="F81" s="150"/>
-      <c r="G81" s="575" t="s">
+      <c r="G81" s="570" t="s">
         <v>203</v>
       </c>
       <c r="H81" s="113">
         <v>44564</v>
       </c>
       <c r="I81" s="188"/>
     </row>
-    <row r="82" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B82" s="1063">
+    <row r="82" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B82" s="1053">
         <f>MAX(B$27:B80)+1</f>
         <v>15</v>
       </c>
       <c r="C82" s="156"/>
       <c r="D82" s="120" t="s">
         <v>384</v>
       </c>
       <c r="E82" s="156"/>
       <c r="F82" s="120" t="s">
         <v>349</v>
       </c>
       <c r="G82" s="156"/>
       <c r="H82" s="156"/>
-      <c r="I82" s="1171" t="s">
-[...4 lines deleted...]
-      <c r="B83" s="1108"/>
+      <c r="I82" s="1163" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="83" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B83" s="1095"/>
       <c r="C83" s="127" t="s">
-        <v>1187</v>
+        <v>1175</v>
       </c>
       <c r="D83" s="148" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="E83" s="155" t="s">
         <v>120</v>
       </c>
       <c r="F83" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G83" s="147" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="H83" s="146">
         <v>42626</v>
       </c>
-      <c r="I83" s="1172"/>
-[...2 lines deleted...]
-      <c r="B84" s="1064"/>
+      <c r="I83" s="1164"/>
+    </row>
+    <row r="84" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B84" s="1069"/>
       <c r="C84" s="144"/>
       <c r="D84" s="144"/>
       <c r="E84" s="144"/>
       <c r="F84" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G84" s="144"/>
       <c r="H84" s="144"/>
-      <c r="I84" s="1173"/>
-[...2 lines deleted...]
-      <c r="B85" s="1063">
+      <c r="I84" s="1165"/>
+    </row>
+    <row r="85" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B85" s="1053">
         <f>MAX(B$27:B84)+1</f>
         <v>16</v>
       </c>
       <c r="C85" s="156"/>
       <c r="D85" s="120" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="E85" s="156"/>
       <c r="F85" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G85" s="156"/>
       <c r="H85" s="146">
         <v>42625</v>
       </c>
       <c r="I85" s="151"/>
     </row>
-    <row r="86" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B86" s="1108"/>
+    <row r="86" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B86" s="1095"/>
       <c r="C86" s="127" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="D86" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E86" s="155" t="s">
         <v>120</v>
       </c>
       <c r="F86" s="199" t="s">
         <v>336</v>
       </c>
-      <c r="G86" s="483" t="s">
-[...2 lines deleted...]
-      <c r="H86" s="486">
+      <c r="G86" s="478" t="s">
+        <v>667</v>
+      </c>
+      <c r="H86" s="481">
         <v>44328</v>
       </c>
       <c r="I86" s="145"/>
     </row>
-    <row r="87" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B87" s="1064"/>
+    <row r="87" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B87" s="1069"/>
       <c r="C87" s="144"/>
       <c r="D87" s="144"/>
       <c r="E87" s="144"/>
       <c r="F87" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G87" s="144"/>
       <c r="H87" s="144"/>
       <c r="I87" s="142"/>
     </row>
-    <row r="88" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B88" s="1063">
+    <row r="88" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B88" s="1053">
         <f>MAX(B$27:B87)+1</f>
         <v>17</v>
       </c>
       <c r="C88" s="156"/>
       <c r="D88" s="120" t="s">
         <v>384</v>
       </c>
       <c r="E88" s="156"/>
       <c r="F88" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G88" s="156"/>
       <c r="H88" s="156"/>
       <c r="I88" s="151"/>
     </row>
-    <row r="89" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B89" s="1108"/>
+    <row r="89" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B89" s="1095"/>
       <c r="C89" s="234" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="D89" s="148" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="E89" s="155" t="s">
         <v>120</v>
       </c>
       <c r="F89" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G89" s="147" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="H89" s="146">
         <v>42633</v>
       </c>
       <c r="I89" s="145"/>
     </row>
-    <row r="90" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B90" s="1064"/>
+    <row r="90" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B90" s="1069"/>
       <c r="C90" s="144"/>
       <c r="D90" s="144"/>
       <c r="E90" s="144"/>
       <c r="F90" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G90" s="144"/>
       <c r="H90" s="144"/>
       <c r="I90" s="142"/>
     </row>
-    <row r="91" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B91" s="1063">
+    <row r="91" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B91" s="1053">
         <f>MAX(B$27:B90)+1</f>
         <v>18</v>
       </c>
       <c r="C91" s="156"/>
       <c r="D91" s="153" t="s">
         <v>340</v>
       </c>
       <c r="E91" s="168"/>
       <c r="F91" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G91" s="156"/>
       <c r="H91" s="156"/>
       <c r="I91" s="184"/>
     </row>
-    <row r="92" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B92" s="1108"/>
+    <row r="92" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B92" s="1095"/>
       <c r="C92" s="148" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="D92" s="149" t="s">
         <v>337</v>
       </c>
       <c r="E92" s="196" t="s">
         <v>120</v>
       </c>
       <c r="F92" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G92" s="230" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="H92" s="146">
         <v>42754</v>
       </c>
       <c r="I92" s="182"/>
     </row>
-    <row r="93" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B93" s="1064"/>
+    <row r="93" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B93" s="1069"/>
       <c r="C93" s="144"/>
       <c r="D93" s="144"/>
       <c r="E93" s="165"/>
       <c r="F93" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G93" s="144"/>
       <c r="H93" s="144"/>
       <c r="I93" s="181"/>
     </row>
-    <row r="94" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B94" s="1063">
+    <row r="94" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B94" s="1053">
         <f>MAX(B$27:B93)+1</f>
         <v>19</v>
       </c>
-      <c r="C94" s="1205" t="s">
-        <v>453</v>
+      <c r="C94" s="1194" t="s">
+        <v>452</v>
       </c>
       <c r="D94" s="221" t="s">
         <v>358</v>
       </c>
       <c r="E94" s="212"/>
       <c r="F94" s="214" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="G94" s="211"/>
       <c r="H94" s="163"/>
       <c r="I94" s="189"/>
     </row>
-    <row r="95" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C95" s="1196"/>
+    <row r="95" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B95" s="1095"/>
+      <c r="C95" s="1185"/>
       <c r="D95" s="220" t="s">
         <v>356</v>
       </c>
       <c r="E95" s="213" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="227" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="G95" s="210" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="H95" s="200" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="I95" s="188"/>
     </row>
-    <row r="96" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C96" s="1196"/>
+    <row r="96" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B96" s="1095"/>
+      <c r="C96" s="1185"/>
       <c r="D96" s="220"/>
       <c r="E96" s="229"/>
       <c r="F96" s="228" t="s">
         <v>335</v>
       </c>
       <c r="G96" s="217"/>
       <c r="H96" s="201"/>
       <c r="I96" s="188"/>
     </row>
-    <row r="97" spans="2:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C97" s="1196"/>
+    <row r="97" spans="2:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="1095"/>
+      <c r="C97" s="1185"/>
       <c r="D97" s="220"/>
-      <c r="E97" s="573" t="s">
-        <v>1248</v>
+      <c r="E97" s="568" t="s">
+        <v>1236</v>
       </c>
       <c r="F97" s="227"/>
       <c r="G97" s="210"/>
       <c r="H97" s="200"/>
       <c r="I97" s="188"/>
     </row>
-    <row r="98" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C98" s="1196"/>
+    <row r="98" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B98" s="1095"/>
+      <c r="C98" s="1185"/>
       <c r="D98" s="220"/>
-      <c r="E98" s="949" t="s">
-        <v>450</v>
+      <c r="E98" s="898" t="s">
+        <v>449</v>
       </c>
       <c r="F98" s="148" t="s">
         <v>349</v>
       </c>
       <c r="G98" s="202" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="H98" s="226">
         <v>43137</v>
       </c>
       <c r="I98" s="188"/>
     </row>
-    <row r="99" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C99" s="1206"/>
+    <row r="99" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B99" s="1069"/>
+      <c r="C99" s="1195"/>
       <c r="D99" s="218"/>
-      <c r="E99" s="950" t="s">
-        <v>448</v>
+      <c r="E99" s="899" t="s">
+        <v>447</v>
       </c>
       <c r="F99" s="225" t="s">
         <v>349</v>
       </c>
       <c r="G99" s="147" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="H99" s="200">
         <v>43137</v>
       </c>
       <c r="I99" s="185"/>
     </row>
-    <row r="100" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B100" s="1063">
+    <row r="100" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B100" s="1053">
         <f>MAX(B$27:B99)+1</f>
         <v>20</v>
       </c>
-      <c r="C100" s="454"/>
-      <c r="D100" s="1052" t="s">
+      <c r="C100" s="449"/>
+      <c r="D100" s="996" t="s">
         <v>384</v>
       </c>
-      <c r="E100" s="432"/>
-[...1 lines deleted...]
-      <c r="G100" s="1053"/>
+      <c r="E100" s="427"/>
+      <c r="F100" s="330"/>
+      <c r="G100" s="997"/>
       <c r="H100" s="224"/>
-      <c r="I100" s="1171" t="s">
-[...14 lines deleted...]
-      <c r="F101" s="335" t="s">
+      <c r="I100" s="1163" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="101" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B101" s="1095"/>
+      <c r="C101" s="617" t="s">
+        <v>445</v>
+      </c>
+      <c r="D101" s="998" t="s">
+        <v>429</v>
+      </c>
+      <c r="E101" s="999" t="s">
+        <v>120</v>
+      </c>
+      <c r="F101" s="330" t="s">
         <v>339</v>
       </c>
-      <c r="G101" s="1056" t="s">
-[...2 lines deleted...]
-      <c r="H101" s="1059">
+      <c r="G101" s="1000" t="s">
+        <v>444</v>
+      </c>
+      <c r="H101" s="1003">
         <v>42795</v>
       </c>
-      <c r="I101" s="1172"/>
-[...7 lines deleted...]
-      <c r="G102" s="1061" t="s">
+      <c r="I101" s="1164"/>
+    </row>
+    <row r="102" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B102" s="1069"/>
+      <c r="C102" s="742"/>
+      <c r="D102" s="1001"/>
+      <c r="E102" s="1002"/>
+      <c r="F102" s="1004"/>
+      <c r="G102" s="1005" t="s">
         <v>126</v>
       </c>
-      <c r="H102" s="1062">
+      <c r="H102" s="1006">
         <v>45959</v>
       </c>
-      <c r="I102" s="1173"/>
-[...2 lines deleted...]
-      <c r="B103" s="1063">
+      <c r="I102" s="1165"/>
+    </row>
+    <row r="103" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B103" s="1053">
         <f>MAX(B$27:B102)+1</f>
         <v>21</v>
       </c>
       <c r="C103" s="156"/>
       <c r="D103" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E103" s="156"/>
       <c r="F103" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G103" s="156"/>
       <c r="H103" s="156"/>
       <c r="I103" s="184"/>
     </row>
-    <row r="104" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B104" s="1108"/>
+    <row r="104" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B104" s="1095"/>
       <c r="C104" s="127" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="D104" s="148" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E104" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F104" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G104" s="147" t="s">
         <v>221</v>
       </c>
       <c r="H104" s="146">
         <v>42807</v>
       </c>
       <c r="I104" s="127"/>
     </row>
-    <row r="105" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B105" s="1064"/>
+    <row r="105" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B105" s="1069"/>
       <c r="C105" s="144"/>
       <c r="D105" s="165"/>
       <c r="E105" s="144"/>
       <c r="F105" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G105" s="144"/>
       <c r="H105" s="144"/>
       <c r="I105" s="181"/>
     </row>
-    <row r="106" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B106" s="1063">
+    <row r="106" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B106" s="1053">
         <f>MAX(B$27:B105)+1</f>
         <v>22</v>
       </c>
       <c r="C106" s="190"/>
       <c r="D106" s="221" t="s">
         <v>358</v>
       </c>
       <c r="E106" s="212"/>
       <c r="F106" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G106" s="211"/>
       <c r="H106" s="163"/>
       <c r="I106" s="189"/>
     </row>
-    <row r="107" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B107" s="1108"/>
+    <row r="107" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B107" s="1095"/>
       <c r="C107" s="162" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="D107" s="220" t="s">
         <v>356</v>
       </c>
       <c r="E107" s="213" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G107" s="219" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="H107" s="200" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="I107" s="188"/>
     </row>
-    <row r="108" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B108" s="1064"/>
+    <row r="108" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B108" s="1069"/>
       <c r="C108" s="186"/>
       <c r="D108" s="218"/>
       <c r="E108" s="209"/>
       <c r="F108" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G108" s="208"/>
       <c r="H108" s="157"/>
       <c r="I108" s="185"/>
     </row>
-    <row r="109" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B109" s="1063">
+    <row r="109" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B109" s="1053">
         <f>MAX(B$27:B108)+1</f>
         <v>23</v>
       </c>
       <c r="C109" s="168"/>
       <c r="D109" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E109" s="156"/>
       <c r="F109" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G109" s="156"/>
       <c r="H109" s="156"/>
-      <c r="I109" s="1171" t="s">
-[...4 lines deleted...]
-      <c r="B110" s="1108"/>
+      <c r="I109" s="1163" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="110" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B110" s="1095"/>
       <c r="C110" s="127" t="s">
-        <v>880</v>
+        <v>876</v>
       </c>
       <c r="D110" s="148" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E110" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F110" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G110" s="147">
         <v>5</v>
       </c>
       <c r="H110" s="146">
         <v>42919</v>
       </c>
-      <c r="I110" s="1172"/>
-[...2 lines deleted...]
-      <c r="B111" s="1064"/>
+      <c r="I110" s="1164"/>
+    </row>
+    <row r="111" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B111" s="1069"/>
       <c r="C111" s="165"/>
       <c r="D111" s="144"/>
       <c r="E111" s="158"/>
       <c r="F111" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G111" s="144"/>
       <c r="H111" s="93"/>
-      <c r="I111" s="1173"/>
-[...2 lines deleted...]
-      <c r="B112" s="1063">
+      <c r="I111" s="1165"/>
+    </row>
+    <row r="112" spans="2:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B112" s="1053">
         <f>MAX(B$27:B111)+1</f>
         <v>24</v>
       </c>
       <c r="C112" s="190"/>
       <c r="D112" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E112" s="212"/>
       <c r="F112" s="214"/>
       <c r="G112" s="211"/>
       <c r="H112" s="163"/>
-      <c r="I112" s="1171" t="s">
-[...4 lines deleted...]
-      <c r="B113" s="1108"/>
+      <c r="I112" s="1163" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="113" spans="2:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B113" s="1095"/>
       <c r="C113" s="162" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="D113" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E113" s="210" t="s">
         <v>120</v>
       </c>
       <c r="F113" s="147" t="s">
         <v>349</v>
       </c>
       <c r="G113" s="210" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="H113" s="200">
         <v>42976</v>
       </c>
-      <c r="I113" s="1172"/>
-[...3 lines deleted...]
-      <c r="C114" s="553"/>
+      <c r="I113" s="1164"/>
+    </row>
+    <row r="114" spans="2:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B114" s="1095"/>
+      <c r="C114" s="548"/>
       <c r="D114" s="65"/>
       <c r="E114" s="213"/>
       <c r="F114" s="227"/>
       <c r="G114" s="276" t="s">
         <v>199</v>
       </c>
       <c r="H114" s="275">
         <v>44436</v>
       </c>
-      <c r="I114" s="1172"/>
-[...2 lines deleted...]
-      <c r="B115" s="552"/>
+      <c r="I114" s="1164"/>
+    </row>
+    <row r="115" spans="2:9" ht="26" x14ac:dyDescent="0.35">
+      <c r="B115" s="547"/>
       <c r="C115" s="186"/>
       <c r="D115" s="144"/>
-      <c r="E115" s="428" t="s">
-[...2 lines deleted...]
-      <c r="F115" s="598" t="s">
+      <c r="E115" s="423" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F115" s="593" t="s">
         <v>349</v>
       </c>
-      <c r="G115" s="599">
+      <c r="G115" s="594">
         <v>3</v>
       </c>
-      <c r="H115" s="600">
+      <c r="H115" s="595">
         <v>44504</v>
       </c>
-      <c r="I115" s="600">
+      <c r="I115" s="595">
         <v>44592</v>
       </c>
     </row>
-    <row r="116" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B116" s="1063">
+    <row r="116" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B116" s="1053">
         <f>MAX(B$27:B114)+1</f>
         <v>25</v>
       </c>
       <c r="C116" s="190"/>
       <c r="D116" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E116" s="156"/>
       <c r="F116" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G116" s="156"/>
       <c r="H116" s="163"/>
       <c r="I116" s="189"/>
     </row>
-    <row r="117" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B117" s="1108"/>
+    <row r="117" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B117" s="1095"/>
       <c r="C117" s="162" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="D117" s="148" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E117" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F117" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G117" s="147">
         <v>5</v>
       </c>
       <c r="H117" s="200">
         <v>42993</v>
       </c>
       <c r="I117" s="188"/>
     </row>
-    <row r="118" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B118" s="1064"/>
+    <row r="118" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B118" s="1069"/>
       <c r="C118" s="186"/>
       <c r="D118" s="144"/>
       <c r="E118" s="158"/>
       <c r="F118" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G118" s="140"/>
       <c r="H118" s="157"/>
       <c r="I118" s="185"/>
     </row>
-    <row r="119" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B119" s="1063">
+    <row r="119" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B119" s="1053">
         <f>MAX(B$27:B118)+1</f>
         <v>26</v>
       </c>
       <c r="C119" s="190"/>
       <c r="D119" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E119" s="212"/>
       <c r="F119" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G119" s="211"/>
       <c r="H119" s="163"/>
-      <c r="I119" s="1171" t="s">
-[...4 lines deleted...]
-      <c r="B120" s="1108"/>
+      <c r="I119" s="1163" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="120" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B120" s="1095"/>
       <c r="C120" s="162" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="D120" s="166" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E120" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F120" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G120" s="210" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="H120" s="200">
         <v>43019</v>
       </c>
-      <c r="I120" s="1172"/>
-[...3 lines deleted...]
-      <c r="C121" s="577"/>
+      <c r="I120" s="1164"/>
+    </row>
+    <row r="121" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B121" s="1095"/>
+      <c r="C121" s="572"/>
       <c r="D121" s="65"/>
       <c r="E121" s="213"/>
       <c r="F121" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G121" s="270"/>
       <c r="H121" s="193"/>
-      <c r="I121" s="1172"/>
-[...3 lines deleted...]
-      <c r="C122" s="581"/>
+      <c r="I121" s="1164"/>
+    </row>
+    <row r="122" spans="2:9" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="B122" s="605"/>
+      <c r="C122" s="576"/>
       <c r="D122" s="65"/>
-      <c r="E122" s="689" t="s">
-[...6 lines deleted...]
-      <c r="H122" s="677">
+      <c r="E122" s="684" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F122" s="685"/>
+      <c r="G122" s="686" t="s">
+        <v>831</v>
+      </c>
+      <c r="H122" s="672">
         <v>44581</v>
       </c>
-      <c r="I122" s="696">
+      <c r="I122" s="691">
         <v>44902</v>
       </c>
     </row>
-    <row r="123" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="123" spans="2:9" ht="26.5" x14ac:dyDescent="0.35">
       <c r="B123" s="65"/>
-      <c r="C123" s="613"/>
+      <c r="C123" s="608"/>
       <c r="D123" s="65"/>
-      <c r="E123" s="689" t="s">
-[...6 lines deleted...]
-      <c r="H123" s="677">
+      <c r="E123" s="684" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F123" s="685"/>
+      <c r="G123" s="686" t="s">
+        <v>831</v>
+      </c>
+      <c r="H123" s="672">
         <v>44587</v>
       </c>
-      <c r="I123" s="674">
+      <c r="I123" s="669">
         <v>44846</v>
       </c>
     </row>
-    <row r="124" spans="2:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="H124" s="677">
+    <row r="124" spans="2:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B124" s="630"/>
+      <c r="C124" s="631"/>
+      <c r="D124" s="569"/>
+      <c r="E124" s="666" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F124" s="667"/>
+      <c r="G124" s="668" t="s">
+        <v>831</v>
+      </c>
+      <c r="H124" s="672">
         <v>44648</v>
       </c>
-      <c r="I124" s="674">
+      <c r="I124" s="669">
         <v>44743</v>
       </c>
     </row>
-    <row r="125" spans="2:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B125" s="634"/>
+    <row r="125" spans="2:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B125" s="629"/>
       <c r="C125" s="186"/>
       <c r="D125" s="232"/>
-      <c r="E125" s="675" t="s">
-[...6 lines deleted...]
-      <c r="H125" s="677">
+      <c r="E125" s="670" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F125" s="665"/>
+      <c r="G125" s="671" t="s">
+        <v>894</v>
+      </c>
+      <c r="H125" s="672">
         <v>44742</v>
       </c>
-      <c r="I125" s="677">
+      <c r="I125" s="672">
         <v>44767</v>
       </c>
     </row>
-    <row r="126" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B126" s="1063">
+    <row r="126" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B126" s="1053">
         <f>MAX(B$27:B121)+1</f>
         <v>27</v>
       </c>
       <c r="C126" s="190"/>
       <c r="D126" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E126" s="156"/>
       <c r="F126" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G126" s="156"/>
       <c r="H126" s="163"/>
       <c r="I126" s="189"/>
     </row>
-    <row r="127" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>437</v>
+    <row r="127" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B127" s="1095"/>
+      <c r="C127" s="1202" t="s">
+        <v>436</v>
       </c>
       <c r="D127" s="148" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E127" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F127" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G127" s="147" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="H127" s="200">
         <v>43026</v>
       </c>
       <c r="I127" s="188"/>
     </row>
-    <row r="128" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C128" s="1213"/>
+    <row r="128" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B128" s="1095"/>
+      <c r="C128" s="1202"/>
       <c r="D128" s="65"/>
       <c r="E128" s="160"/>
       <c r="F128" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G128" s="147"/>
       <c r="H128" s="193"/>
       <c r="I128" s="188"/>
     </row>
-    <row r="129" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B129" s="1108"/>
+    <row r="129" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B129" s="1095"/>
       <c r="C129" s="280"/>
       <c r="D129" s="29"/>
       <c r="E129" s="216"/>
       <c r="F129" s="238"/>
       <c r="G129" s="198">
         <v>8</v>
       </c>
       <c r="H129" s="275">
         <v>43653</v>
       </c>
       <c r="I129" s="188"/>
     </row>
-    <row r="130" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B130" s="1108"/>
+    <row r="130" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B130" s="1095"/>
       <c r="C130" s="280"/>
       <c r="D130" s="29"/>
       <c r="E130" s="216"/>
       <c r="F130" s="238"/>
-      <c r="G130" s="483">
+      <c r="G130" s="478">
         <v>5</v>
       </c>
       <c r="H130" s="275">
         <v>43901</v>
       </c>
       <c r="I130" s="188"/>
     </row>
-    <row r="131" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B131" s="703"/>
+    <row r="131" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B131" s="698"/>
       <c r="C131" s="207"/>
       <c r="D131" s="187"/>
       <c r="E131" s="206"/>
       <c r="F131" s="205"/>
       <c r="G131" s="245">
         <v>7</v>
       </c>
       <c r="H131" s="192">
         <v>45078</v>
       </c>
       <c r="I131" s="185"/>
     </row>
-    <row r="132" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B132" s="1214">
+    <row r="132" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B132" s="1203">
         <f>MAX(B$27:B130)+1</f>
         <v>28</v>
       </c>
-      <c r="C132" s="500" t="s">
-        <v>600</v>
+      <c r="C132" s="495" t="s">
+        <v>598</v>
       </c>
       <c r="D132" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E132" s="156"/>
       <c r="F132" s="120" t="s">
         <v>339</v>
       </c>
-      <c r="G132" s="327" t="s">
+      <c r="G132" s="322" t="s">
         <v>124</v>
       </c>
-      <c r="H132" s="397">
+      <c r="H132" s="392">
         <v>43069</v>
       </c>
       <c r="I132" s="189"/>
     </row>
-    <row r="133" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C133" s="501"/>
+    <row r="133" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B133" s="1204"/>
+      <c r="C133" s="496"/>
       <c r="D133" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E133" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F133" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G133" s="147"/>
       <c r="H133" s="200"/>
       <c r="I133" s="188"/>
     </row>
-    <row r="134" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C134" s="501"/>
+    <row r="134" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B134" s="1204"/>
+      <c r="C134" s="496"/>
       <c r="D134" s="65"/>
       <c r="E134" s="160"/>
       <c r="F134" s="148" t="s">
         <v>335</v>
       </c>
-      <c r="G134" s="396"/>
+      <c r="G134" s="391"/>
       <c r="H134" s="226"/>
       <c r="I134" s="188"/>
     </row>
-    <row r="135" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C135" s="501"/>
+    <row r="135" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B135" s="1204"/>
+      <c r="C135" s="496"/>
       <c r="D135" s="65"/>
       <c r="E135" s="160"/>
       <c r="F135" s="194"/>
       <c r="G135" s="147">
         <v>4</v>
       </c>
-      <c r="H135" s="561">
+      <c r="H135" s="556">
         <v>43953</v>
       </c>
       <c r="I135" s="188"/>
     </row>
-    <row r="136" spans="2:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C136" s="501"/>
+    <row r="136" spans="2:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B136" s="1204"/>
+      <c r="C136" s="496"/>
       <c r="D136" s="65"/>
-      <c r="E136" s="496" t="s">
-[...9 lines deleted...]
-        <v>747</v>
+      <c r="E136" s="491" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F136" s="494" t="s">
+        <v>742</v>
+      </c>
+      <c r="G136" s="493" t="s">
+        <v>744</v>
+      </c>
+      <c r="H136" s="555" t="s">
+        <v>743</v>
       </c>
       <c r="I136" s="188"/>
     </row>
-    <row r="137" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C137" s="501"/>
+    <row r="137" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B137" s="1204"/>
+      <c r="C137" s="496"/>
       <c r="D137" s="65"/>
-      <c r="E137" s="435" t="s">
-[...5 lines deleted...]
-      <c r="G137" s="433" t="s">
+      <c r="E137" s="430" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F137" s="552" t="s">
+        <v>687</v>
+      </c>
+      <c r="G137" s="428" t="s">
         <v>301</v>
       </c>
       <c r="H137" s="197">
         <v>44337</v>
       </c>
       <c r="I137" s="188"/>
     </row>
-    <row r="138" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C138" s="501"/>
+    <row r="138" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B138" s="678"/>
+      <c r="C138" s="496"/>
       <c r="D138" s="65"/>
-      <c r="E138" s="1207" t="s">
-[...5 lines deleted...]
-      <c r="G138" s="1211" t="s">
+      <c r="E138" s="1196" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F138" s="1198" t="s">
+        <v>687</v>
+      </c>
+      <c r="G138" s="1200" t="s">
         <v>301</v>
       </c>
-      <c r="H138" s="681">
+      <c r="H138" s="676">
         <v>44512</v>
       </c>
-      <c r="I138" s="603">
+      <c r="I138" s="598">
         <v>44592</v>
       </c>
     </row>
-    <row r="139" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C139" s="502"/>
+    <row r="139" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B139" s="549"/>
+      <c r="C139" s="497"/>
       <c r="D139" s="65"/>
-      <c r="E139" s="1208"/>
-[...2 lines deleted...]
-      <c r="H139" s="600">
+      <c r="E139" s="1197"/>
+      <c r="F139" s="1199"/>
+      <c r="G139" s="1201"/>
+      <c r="H139" s="595">
         <v>44817</v>
       </c>
-      <c r="I139" s="523">
+      <c r="I139" s="518">
         <v>44914</v>
       </c>
     </row>
-    <row r="140" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B140" s="1063">
+    <row r="140" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B140" s="1053">
         <f>MAX(B$27:B135)+1</f>
         <v>29</v>
       </c>
-      <c r="C140" s="500" t="s">
-        <v>435</v>
+      <c r="C140" s="495" t="s">
+        <v>434</v>
       </c>
       <c r="D140" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E140" s="156"/>
       <c r="F140" s="204"/>
       <c r="G140" s="156"/>
       <c r="H140" s="200"/>
       <c r="I140" s="189"/>
     </row>
-    <row r="141" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C141" s="501"/>
+    <row r="141" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B141" s="1095"/>
+      <c r="C141" s="496"/>
       <c r="D141" s="166" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E141" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F141" s="196" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="G141" s="147" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="H141" s="200">
         <v>43054</v>
       </c>
       <c r="I141" s="188"/>
     </row>
-    <row r="142" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C142" s="501"/>
+    <row r="142" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B142" s="1095"/>
+      <c r="C142" s="496"/>
       <c r="D142" s="65"/>
       <c r="E142" s="160"/>
       <c r="F142" s="194"/>
-      <c r="G142" s="489"/>
+      <c r="G142" s="484"/>
       <c r="H142" s="200"/>
       <c r="I142" s="185"/>
     </row>
-    <row r="143" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B143" s="1063">
+    <row r="143" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B143" s="1053">
         <f>MAX(B$27:B142)+1</f>
         <v>30</v>
       </c>
       <c r="C143" s="190"/>
       <c r="D143" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E143" s="156"/>
       <c r="F143" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G143" s="156"/>
       <c r="H143" s="163"/>
       <c r="I143" s="189"/>
     </row>
-    <row r="144" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B144" s="1108"/>
+    <row r="144" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B144" s="1095"/>
       <c r="C144" s="162" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="D144" s="148" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E144" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F144" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G144" s="147" t="s">
         <v>349</v>
       </c>
       <c r="H144" s="200">
         <v>43069</v>
       </c>
       <c r="I144" s="188"/>
     </row>
-    <row r="145" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C145" s="698"/>
+    <row r="145" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B145" s="1095"/>
+      <c r="C145" s="693"/>
       <c r="D145" s="65"/>
       <c r="E145" s="160"/>
       <c r="F145" s="148" t="s">
         <v>335</v>
       </c>
-      <c r="G145" s="550"/>
+      <c r="G145" s="545"/>
       <c r="H145" s="193"/>
       <c r="I145" s="188"/>
     </row>
-    <row r="146" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B146" s="697"/>
+    <row r="146" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B146" s="692"/>
       <c r="C146" s="186"/>
       <c r="D146" s="144"/>
       <c r="E146" s="158"/>
       <c r="F146" s="225"/>
       <c r="G146" s="112">
         <v>3</v>
       </c>
       <c r="H146" s="192">
         <v>44935</v>
       </c>
       <c r="I146" s="185"/>
     </row>
-    <row r="147" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B147" s="1063">
+    <row r="147" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B147" s="1053">
         <f>MAX(B$27:B145)+1</f>
         <v>31</v>
       </c>
       <c r="C147" s="190"/>
       <c r="D147" s="120"/>
       <c r="E147" s="156"/>
       <c r="F147" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G147" s="156"/>
       <c r="H147" s="163"/>
       <c r="I147" s="189"/>
     </row>
-    <row r="148" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>432</v>
+    <row r="148" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B148" s="1095"/>
+      <c r="C148" s="1185" t="s">
+        <v>431</v>
       </c>
       <c r="D148" s="148" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="E148" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F148" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G148" s="147" t="s">
         <v>349</v>
       </c>
       <c r="H148" s="200">
         <v>43076</v>
       </c>
       <c r="I148" s="188"/>
     </row>
-    <row r="149" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C149" s="1196"/>
+    <row r="149" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B149" s="1095"/>
+      <c r="C149" s="1185"/>
       <c r="D149" s="148" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="E149" s="160"/>
       <c r="F149" s="203" t="s">
         <v>335</v>
       </c>
       <c r="G149" s="202"/>
       <c r="H149" s="201"/>
       <c r="I149" s="188"/>
     </row>
-    <row r="150" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B150" s="1064"/>
+    <row r="150" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B150" s="1069"/>
       <c r="C150" s="186"/>
       <c r="D150" s="144"/>
       <c r="E150" s="158"/>
       <c r="F150" s="119"/>
       <c r="G150" s="140" t="s">
         <v>128</v>
       </c>
       <c r="H150" s="157">
         <v>43158</v>
       </c>
       <c r="I150" s="185"/>
     </row>
-    <row r="151" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B151" s="1063">
+    <row r="151" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B151" s="1053">
         <f>MAX(B$27:B150)+1</f>
         <v>32</v>
       </c>
       <c r="C151" s="156"/>
       <c r="D151" s="120" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="E151" s="156"/>
       <c r="F151" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G151" s="147" t="s">
         <v>349</v>
       </c>
       <c r="H151" s="200">
         <v>43101</v>
       </c>
-      <c r="I151" s="1171" t="s">
-[...6 lines deleted...]
-        <v>949</v>
+      <c r="I151" s="1163" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="152" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B152" s="1095"/>
+      <c r="C152" s="1105" t="s">
+        <v>945</v>
       </c>
       <c r="D152" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E152" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F152" s="199" t="s">
         <v>336</v>
       </c>
       <c r="G152" s="198" t="s">
         <v>349</v>
       </c>
       <c r="H152" s="197">
         <v>43591</v>
       </c>
-      <c r="I152" s="1172"/>
-[...3 lines deleted...]
-      <c r="C153" s="1121"/>
+      <c r="I152" s="1164"/>
+    </row>
+    <row r="153" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B153" s="1095"/>
+      <c r="C153" s="1105"/>
       <c r="D153" s="65"/>
       <c r="E153" s="65"/>
       <c r="F153" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G153" s="65"/>
       <c r="H153" s="65"/>
-      <c r="I153" s="1172"/>
-[...2 lines deleted...]
-      <c r="B154" s="1064"/>
+      <c r="I153" s="1164"/>
+    </row>
+    <row r="154" spans="2:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B154" s="1069"/>
       <c r="C154" s="144"/>
       <c r="D154" s="144"/>
       <c r="E154" s="165"/>
       <c r="F154" s="119"/>
       <c r="G154" s="112" t="s">
         <v>207</v>
       </c>
       <c r="H154" s="192">
         <v>44097</v>
       </c>
-      <c r="I154" s="1173"/>
-[...2 lines deleted...]
-      <c r="B155" s="1063">
+      <c r="I154" s="1165"/>
+    </row>
+    <row r="155" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B155" s="1053">
         <f>MAX(B$27:B154)+1</f>
         <v>33</v>
       </c>
-      <c r="C155" s="1220" t="s">
-        <v>566</v>
+      <c r="C155" s="1209" t="s">
+        <v>564</v>
       </c>
       <c r="D155" s="120" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="E155" s="369"/>
+        <v>583</v>
+      </c>
+      <c r="E155" s="364"/>
       <c r="F155" s="120" t="s">
-        <v>409</v>
-[...9 lines deleted...]
-      <c r="C156" s="1221"/>
+        <v>408</v>
+      </c>
+      <c r="G155" s="364"/>
+      <c r="H155" s="365"/>
+      <c r="I155" s="1097" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="156" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B156" s="1095"/>
+      <c r="C156" s="1210"/>
       <c r="D156" s="148" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="E156" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F156" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G156" s="147" t="s">
         <v>114</v>
       </c>
       <c r="H156" s="146">
         <v>43103</v>
       </c>
-      <c r="I156" s="1148"/>
-[...4 lines deleted...]
-      <c r="D157" s="715"/>
+      <c r="I156" s="1127"/>
+    </row>
+    <row r="157" spans="2:9" ht="104.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B157" s="1095"/>
+      <c r="C157" s="1210"/>
+      <c r="D157" s="710"/>
       <c r="E157" s="160"/>
-      <c r="F157" s="717" t="s">
+      <c r="F157" s="712" t="s">
         <v>335</v>
       </c>
-      <c r="G157" s="550"/>
-[...6 lines deleted...]
-      <c r="D158" s="371"/>
+      <c r="G157" s="545"/>
+      <c r="H157" s="711"/>
+      <c r="I157" s="1127"/>
+    </row>
+    <row r="158" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B158" s="705"/>
+      <c r="C158" s="707"/>
+      <c r="D158" s="366"/>
       <c r="E158" s="158"/>
       <c r="F158" s="195"/>
-      <c r="G158" s="620">
+      <c r="G158" s="615">
         <v>6</v>
       </c>
-      <c r="H158" s="372">
+      <c r="H158" s="367">
         <v>45008</v>
       </c>
-      <c r="I158" s="711"/>
-[...2 lines deleted...]
-      <c r="B159" s="1063">
+      <c r="I158" s="706"/>
+    </row>
+    <row r="159" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B159" s="1053">
         <f>MAX(B$27:B157)+1</f>
         <v>34</v>
       </c>
       <c r="C159" s="190"/>
       <c r="D159" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E159" s="156"/>
       <c r="F159" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G159" s="156"/>
       <c r="H159" s="163"/>
       <c r="I159" s="189"/>
     </row>
-    <row r="160" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B160" s="1108"/>
+    <row r="160" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B160" s="1095"/>
       <c r="C160" s="162" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="D160" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E160" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F160" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G160" s="147">
         <v>3</v>
       </c>
       <c r="H160" s="146">
         <v>43103</v>
       </c>
       <c r="I160" s="188"/>
     </row>
-    <row r="161" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B161" s="1108"/>
+    <row r="161" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B161" s="1095"/>
       <c r="C161" s="162"/>
       <c r="D161" s="65"/>
       <c r="E161" s="160"/>
       <c r="F161" s="239" t="s">
         <v>335</v>
       </c>
       <c r="G161" s="140"/>
       <c r="H161" s="157"/>
       <c r="I161" s="185"/>
     </row>
-    <row r="162" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B162" s="1064"/>
+    <row r="162" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B162" s="1069"/>
       <c r="C162" s="186"/>
       <c r="D162" s="144"/>
       <c r="E162" s="158"/>
       <c r="F162" s="150"/>
       <c r="G162" s="147" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="H162" s="193">
         <v>43678</v>
       </c>
       <c r="I162" s="188"/>
     </row>
-    <row r="163" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B163" s="1063">
+    <row r="163" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B163" s="1053">
         <f>MAX(B$27:B162)+1</f>
         <v>35</v>
       </c>
       <c r="C163" s="190"/>
       <c r="D163" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E163" s="156"/>
       <c r="F163" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G163" s="156"/>
       <c r="H163" s="163"/>
-      <c r="I163" s="1216" t="s">
-[...4 lines deleted...]
-      <c r="B164" s="1108"/>
+      <c r="I163" s="1205" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="164" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B164" s="1095"/>
       <c r="C164" s="162" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="D164" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E164" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F164" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G164" s="147" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="H164" s="146">
         <v>43137</v>
       </c>
-      <c r="I164" s="1217"/>
-[...2 lines deleted...]
-      <c r="B165" s="1064"/>
+      <c r="I164" s="1206"/>
+    </row>
+    <row r="165" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B165" s="1069"/>
       <c r="C165" s="186"/>
       <c r="D165" s="144"/>
       <c r="E165" s="158"/>
       <c r="F165" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G165" s="140"/>
       <c r="H165" s="157"/>
-      <c r="I165" s="1218"/>
-[...2 lines deleted...]
-      <c r="B166" s="1063">
+      <c r="I165" s="1207"/>
+    </row>
+    <row r="166" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B166" s="1053">
         <f>MAX(B$27:B165)+1</f>
         <v>36</v>
       </c>
       <c r="C166" s="190"/>
       <c r="D166" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E166" s="156"/>
       <c r="F166" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G166" s="156"/>
       <c r="H166" s="163"/>
       <c r="I166" s="189"/>
     </row>
-    <row r="167" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B167" s="1108"/>
+    <row r="167" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B167" s="1095"/>
       <c r="C167" s="162" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="D167" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E167" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F167" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G167" s="147" t="s">
         <v>114</v>
       </c>
       <c r="H167" s="146">
         <v>43160</v>
       </c>
       <c r="I167" s="188"/>
     </row>
-    <row r="168" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B168" s="1064"/>
+    <row r="168" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B168" s="1069"/>
       <c r="C168" s="186"/>
       <c r="D168" s="144"/>
       <c r="E168" s="158"/>
       <c r="F168" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G168" s="140"/>
       <c r="H168" s="157"/>
       <c r="I168" s="185"/>
     </row>
-    <row r="169" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B169" s="1063">
+    <row r="169" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B169" s="1053">
         <f>MAX(B$27:B168)+1</f>
         <v>37</v>
       </c>
       <c r="C169" s="190"/>
       <c r="D169" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E169" s="156"/>
       <c r="F169" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G169" s="156"/>
       <c r="H169" s="163"/>
       <c r="I169" s="189"/>
     </row>
-    <row r="170" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B170" s="1108"/>
+    <row r="170" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B170" s="1095"/>
       <c r="C170" s="162" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="D170" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E170" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F170" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G170" s="147">
         <v>3</v>
       </c>
       <c r="H170" s="146">
         <v>43152</v>
       </c>
       <c r="I170" s="188"/>
     </row>
-    <row r="171" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B171" s="1064"/>
+    <row r="171" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B171" s="1069"/>
       <c r="C171" s="186"/>
       <c r="D171" s="144"/>
       <c r="E171" s="158"/>
       <c r="F171" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G171" s="140"/>
       <c r="H171" s="157"/>
       <c r="I171" s="185"/>
     </row>
-    <row r="172" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B172" s="1063">
+    <row r="172" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B172" s="1053">
         <f>MAX(B$27:B171)+1</f>
         <v>38</v>
       </c>
       <c r="C172" s="190"/>
       <c r="D172" s="120" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="E172" s="156"/>
       <c r="F172" s="120" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="G172" s="550"/>
+        <v>408</v>
+      </c>
+      <c r="G172" s="545"/>
       <c r="H172" s="163"/>
-      <c r="I172" s="1174" t="s">
-[...4 lines deleted...]
-      <c r="B173" s="1108"/>
+      <c r="I172" s="1166" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="173" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B173" s="1095"/>
       <c r="C173" s="162" t="s">
-        <v>1288</v>
+        <v>1276</v>
       </c>
       <c r="D173" s="148" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="E173" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F173" s="150" t="s">
         <v>336</v>
       </c>
-      <c r="G173" s="550" t="s">
+      <c r="G173" s="545" t="s">
         <v>114</v>
       </c>
       <c r="H173" s="146">
         <v>43160</v>
       </c>
-      <c r="I173" s="1175"/>
-[...3 lines deleted...]
-      <c r="C174" s="699"/>
+      <c r="I173" s="1167"/>
+    </row>
+    <row r="174" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B174" s="1095"/>
+      <c r="C174" s="694"/>
       <c r="D174" s="148"/>
       <c r="E174" s="160"/>
       <c r="F174" s="150" t="s">
         <v>335</v>
       </c>
       <c r="H174" s="65"/>
-      <c r="I174" s="1175"/>
-[...2 lines deleted...]
-      <c r="B175" s="1064"/>
+      <c r="I174" s="1167"/>
+    </row>
+    <row r="175" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B175" s="1069"/>
       <c r="C175" s="186"/>
       <c r="D175" s="144"/>
       <c r="E175" s="158"/>
       <c r="F175" s="195"/>
-      <c r="G175" s="700" t="s">
-[...2 lines deleted...]
-      <c r="H175" s="701">
+      <c r="G175" s="695" t="s">
+        <v>957</v>
+      </c>
+      <c r="H175" s="696">
         <v>43160</v>
       </c>
-      <c r="I175" s="701">
+      <c r="I175" s="696">
         <v>44468</v>
       </c>
     </row>
-    <row r="176" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B176" s="1063">
+    <row r="176" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B176" s="1053">
         <f>MAX(B$27:B175)+1</f>
         <v>39</v>
       </c>
       <c r="C176" s="190"/>
       <c r="D176" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E176" s="156"/>
       <c r="F176" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G176" s="156"/>
       <c r="H176" s="163"/>
       <c r="I176" s="189"/>
     </row>
-    <row r="177" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B177" s="1108"/>
+    <row r="177" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B177" s="1095"/>
       <c r="C177" s="162" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="D177" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E177" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F177" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G177" s="147" t="s">
         <v>124</v>
       </c>
       <c r="H177" s="146">
         <v>43186</v>
       </c>
       <c r="I177" s="188"/>
     </row>
-    <row r="178" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B178" s="1064"/>
+    <row r="178" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B178" s="1069"/>
       <c r="C178" s="186"/>
       <c r="D178" s="144"/>
       <c r="E178" s="158"/>
       <c r="F178" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G178" s="140"/>
       <c r="H178" s="157"/>
       <c r="I178" s="185"/>
     </row>
-    <row r="179" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B179" s="1063">
+    <row r="179" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B179" s="1053">
         <f>MAX(B$27:B178)+1</f>
         <v>40</v>
       </c>
       <c r="C179" s="190"/>
       <c r="D179" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E179" s="156"/>
       <c r="F179" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G179" s="156"/>
       <c r="H179" s="163"/>
       <c r="I179" s="189"/>
     </row>
-    <row r="180" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B180" s="1108"/>
+    <row r="180" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B180" s="1095"/>
       <c r="C180" s="162" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="D180" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E180" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F180" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G180" s="147" t="s">
         <v>124</v>
       </c>
       <c r="H180" s="146">
         <v>43186</v>
       </c>
       <c r="I180" s="188"/>
     </row>
-    <row r="181" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B181" s="1064"/>
+    <row r="181" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B181" s="1069"/>
       <c r="C181" s="186"/>
       <c r="D181" s="144"/>
       <c r="E181" s="158"/>
       <c r="F181" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G181" s="140"/>
       <c r="H181" s="157"/>
       <c r="I181" s="185"/>
     </row>
-    <row r="182" spans="2:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B182" s="1063">
+    <row r="182" spans="2:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B182" s="1053">
         <f>MAX(B$27:B181)+1</f>
         <v>41</v>
       </c>
       <c r="C182" s="190"/>
       <c r="D182" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E182" s="156"/>
       <c r="F182" s="244" t="s">
         <v>339</v>
       </c>
-      <c r="G182" s="1149" t="s">
+      <c r="G182" s="1088" t="s">
         <v>114</v>
       </c>
-      <c r="H182" s="1225">
+      <c r="H182" s="1214">
         <v>43202</v>
       </c>
-      <c r="I182" s="1222" t="s">
-[...4 lines deleted...]
-      <c r="B183" s="1108"/>
+      <c r="I182" s="1211" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="183" spans="2:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B183" s="1095"/>
       <c r="C183" s="162" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="D183" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E183" s="160" t="s">
         <v>120</v>
       </c>
-      <c r="F183" s="374" t="s">
+      <c r="F183" s="369" t="s">
         <v>336</v>
       </c>
-      <c r="G183" s="1170"/>
-[...4 lines deleted...]
-      <c r="B184" s="1064"/>
+      <c r="G183" s="1162"/>
+      <c r="H183" s="1215"/>
+      <c r="I183" s="1212"/>
+    </row>
+    <row r="184" spans="2:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B184" s="1069"/>
       <c r="C184" s="186"/>
       <c r="D184" s="144"/>
       <c r="E184" s="158"/>
-      <c r="F184" s="313" t="s">
+      <c r="F184" s="308" t="s">
         <v>335</v>
       </c>
-      <c r="G184" s="312">
+      <c r="G184" s="307">
         <v>2</v>
       </c>
-      <c r="H184" s="314">
+      <c r="H184" s="309">
         <v>43202</v>
       </c>
-      <c r="I184" s="1224"/>
-[...2 lines deleted...]
-      <c r="B185" s="1063">
+      <c r="I184" s="1213"/>
+    </row>
+    <row r="185" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B185" s="1053">
         <f>MAX(B$27:B184)+1</f>
         <v>42</v>
       </c>
       <c r="C185" s="190"/>
       <c r="D185" s="120" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="E185" s="156"/>
       <c r="F185" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G185" s="156"/>
       <c r="H185" s="163"/>
       <c r="I185" s="189"/>
     </row>
-    <row r="186" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B186" s="1108"/>
+    <row r="186" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B186" s="1095"/>
       <c r="C186" s="162" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="D186" s="148" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E186" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F186" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G186" s="147" t="s">
         <v>171</v>
       </c>
       <c r="H186" s="146">
         <v>43206</v>
       </c>
       <c r="I186" s="188"/>
     </row>
-    <row r="187" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B187" s="1064"/>
+    <row r="187" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B187" s="1069"/>
       <c r="C187" s="186"/>
       <c r="D187" s="144"/>
       <c r="E187" s="158"/>
       <c r="F187" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G187" s="140"/>
       <c r="H187" s="157"/>
       <c r="I187" s="185"/>
     </row>
-    <row r="188" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B188" s="1063">
+    <row r="188" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B188" s="1053">
         <f>MAX(B$27:B187)+1</f>
         <v>43</v>
       </c>
       <c r="C188" s="190"/>
       <c r="D188" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E188" s="156"/>
       <c r="F188" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G188" s="156"/>
       <c r="H188" s="163"/>
       <c r="I188" s="189"/>
     </row>
-    <row r="189" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B189" s="1108"/>
+    <row r="189" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B189" s="1095"/>
       <c r="C189" s="162" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D189" s="166" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E189" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F189" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G189" s="147" t="s">
         <v>221</v>
       </c>
       <c r="H189" s="146">
         <v>43234</v>
       </c>
       <c r="I189" s="188"/>
     </row>
-    <row r="190" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B190" s="1064"/>
+    <row r="190" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B190" s="1069"/>
       <c r="C190" s="186"/>
       <c r="D190" s="144"/>
       <c r="E190" s="158"/>
       <c r="F190" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G190" s="140"/>
       <c r="H190" s="157"/>
       <c r="I190" s="185"/>
     </row>
-    <row r="191" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B191" s="1063">
+    <row r="191" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B191" s="1053">
         <f>MAX(B$27:B190)+1</f>
         <v>44</v>
       </c>
       <c r="C191" s="190"/>
       <c r="D191" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E191" s="156"/>
       <c r="F191" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G191" s="156"/>
       <c r="H191" s="163"/>
       <c r="I191" s="189"/>
     </row>
-    <row r="192" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B192" s="1108"/>
+    <row r="192" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B192" s="1095"/>
       <c r="C192" s="162" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="D192" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E192" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F192" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G192" s="147" t="s">
         <v>124</v>
       </c>
       <c r="H192" s="146">
         <v>43234</v>
       </c>
       <c r="I192" s="188"/>
     </row>
-    <row r="193" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C193" s="511"/>
+    <row r="193" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B193" s="1095"/>
+      <c r="C193" s="506"/>
       <c r="D193" s="65"/>
       <c r="E193" s="160"/>
       <c r="F193" s="148" t="s">
         <v>335</v>
       </c>
-      <c r="G193" s="512"/>
+      <c r="G193" s="507"/>
       <c r="H193" s="193"/>
       <c r="I193" s="185"/>
     </row>
-    <row r="194" spans="2:9" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B194" s="508"/>
+    <row r="194" spans="2:9" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B194" s="503"/>
       <c r="C194" s="186"/>
       <c r="D194" s="232"/>
-      <c r="E194" s="428" t="s">
-[...6 lines deleted...]
-      <c r="H194" s="600">
+      <c r="E194" s="423" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F194" s="713"/>
+      <c r="G194" s="695" t="s">
+        <v>761</v>
+      </c>
+      <c r="H194" s="595">
         <v>44377</v>
       </c>
-      <c r="I194" s="600">
+      <c r="I194" s="595">
         <v>45008</v>
       </c>
     </row>
-    <row r="195" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B195" s="1063">
+    <row r="195" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B195" s="1053">
         <f>MAX(B$27:B193)+1</f>
         <v>45</v>
       </c>
       <c r="C195" s="120"/>
       <c r="D195" s="153" t="s">
         <v>340</v>
       </c>
       <c r="E195" s="168"/>
       <c r="F195" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G195" s="156"/>
       <c r="H195" s="163"/>
       <c r="I195" s="189"/>
     </row>
-    <row r="196" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B196" s="1108"/>
+    <row r="196" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B196" s="1095"/>
       <c r="C196" s="148" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="D196" s="149" t="s">
         <v>337</v>
       </c>
       <c r="E196" s="196" t="s">
         <v>120</v>
       </c>
       <c r="F196" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G196" s="147" t="s">
         <v>341</v>
       </c>
       <c r="H196" s="146">
         <v>43374</v>
       </c>
       <c r="I196" s="188"/>
     </row>
-    <row r="197" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B197" s="1064"/>
+    <row r="197" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B197" s="1069"/>
       <c r="C197" s="144"/>
       <c r="D197" s="144"/>
       <c r="E197" s="165"/>
       <c r="F197" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G197" s="140"/>
       <c r="H197" s="157"/>
       <c r="I197" s="185"/>
     </row>
-    <row r="198" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B198" s="1063">
+    <row r="198" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B198" s="1053">
         <f>MAX(B$27:B197)+1</f>
         <v>46</v>
       </c>
       <c r="C198" s="190"/>
       <c r="D198" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E198" s="156"/>
       <c r="F198" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G198" s="156"/>
       <c r="H198" s="163"/>
-      <c r="I198" s="1171" t="s">
-[...4 lines deleted...]
-      <c r="B199" s="1108"/>
+      <c r="I198" s="1163" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="199" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B199" s="1095"/>
       <c r="C199" s="162" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D199" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E199" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F199" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G199" s="147" t="s">
         <v>171</v>
       </c>
       <c r="H199" s="146">
         <v>43282</v>
       </c>
-      <c r="I199" s="1172"/>
-[...2 lines deleted...]
-      <c r="B200" s="1064"/>
+      <c r="I199" s="1164"/>
+    </row>
+    <row r="200" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B200" s="1069"/>
       <c r="C200" s="186"/>
       <c r="D200" s="144"/>
       <c r="E200" s="158"/>
       <c r="F200" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G200" s="140"/>
       <c r="H200" s="157"/>
-      <c r="I200" s="1173"/>
-[...2 lines deleted...]
-      <c r="B201" s="1063">
+      <c r="I200" s="1165"/>
+    </row>
+    <row r="201" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B201" s="1053">
         <f>MAX(B$27:B200)+1</f>
         <v>47</v>
       </c>
       <c r="C201" s="190"/>
       <c r="D201" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E201" s="156"/>
       <c r="F201" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G201" s="156"/>
       <c r="H201" s="163"/>
       <c r="I201" s="189"/>
     </row>
-    <row r="202" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B202" s="1108"/>
+    <row r="202" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B202" s="1095"/>
       <c r="C202" s="162" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="D202" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E202" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F202" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G202" s="147" t="s">
         <v>160</v>
       </c>
       <c r="H202" s="146">
         <v>43285</v>
       </c>
       <c r="I202" s="188"/>
     </row>
-    <row r="203" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C203" s="490"/>
+    <row r="203" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B203" s="1095"/>
+      <c r="C203" s="485"/>
       <c r="D203" s="65"/>
       <c r="E203" s="160"/>
       <c r="F203" s="148" t="s">
         <v>335</v>
       </c>
-      <c r="G203" s="489"/>
+      <c r="G203" s="484"/>
       <c r="H203" s="193"/>
       <c r="I203" s="188"/>
     </row>
-    <row r="204" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C204" s="628"/>
+    <row r="204" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B204" s="1095"/>
+      <c r="C204" s="623"/>
       <c r="D204" s="65"/>
       <c r="E204" s="160"/>
       <c r="F204" s="148"/>
-      <c r="G204" s="483" t="s">
+      <c r="G204" s="478" t="s">
         <v>203</v>
       </c>
       <c r="H204" s="275">
         <v>44339</v>
       </c>
       <c r="I204" s="185"/>
     </row>
-    <row r="205" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B205" s="627"/>
+    <row r="205" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B205" s="622"/>
       <c r="C205" s="186"/>
       <c r="D205" s="144"/>
       <c r="E205" s="158"/>
       <c r="F205" s="119"/>
       <c r="G205" s="112" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="H205" s="192">
         <v>44676</v>
       </c>
       <c r="I205" s="188"/>
     </row>
-    <row r="206" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B206" s="1063">
+    <row r="206" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B206" s="1053">
         <f>MAX(B$27:B205)+1</f>
         <v>48</v>
       </c>
       <c r="C206" s="190"/>
       <c r="D206" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E206" s="156"/>
       <c r="F206" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G206" s="156"/>
       <c r="H206" s="163"/>
       <c r="I206" s="189"/>
     </row>
-    <row r="207" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B207" s="1108"/>
+    <row r="207" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B207" s="1095"/>
       <c r="C207" s="162" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="D207" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E207" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F207" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G207" s="147" t="s">
         <v>171</v>
       </c>
       <c r="H207" s="146">
         <v>43349</v>
       </c>
       <c r="I207" s="188"/>
     </row>
-    <row r="208" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B208" s="1064"/>
+    <row r="208" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B208" s="1069"/>
       <c r="C208" s="186"/>
       <c r="D208" s="144"/>
       <c r="E208" s="158"/>
       <c r="F208" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G208" s="140"/>
       <c r="H208" s="157"/>
       <c r="I208" s="185"/>
     </row>
-    <row r="209" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B209" s="1063">
+    <row r="209" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B209" s="1053">
         <f>MAX(B$27:B208)+1</f>
         <v>49</v>
       </c>
       <c r="C209" s="190"/>
       <c r="D209" s="120" t="s">
         <v>363</v>
       </c>
       <c r="E209" s="156"/>
       <c r="F209" s="120"/>
       <c r="G209" s="156"/>
       <c r="H209" s="163"/>
       <c r="I209" s="189"/>
     </row>
-    <row r="210" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B210" s="1108"/>
+    <row r="210" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B210" s="1095"/>
       <c r="C210" s="162" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D210" s="148" t="s">
         <v>362</v>
       </c>
       <c r="E210" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F210" s="194" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="G210" s="147" t="s">
         <v>208</v>
       </c>
       <c r="H210" s="146">
         <v>43374</v>
       </c>
       <c r="I210" s="188"/>
     </row>
-    <row r="211" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B211" s="1064"/>
+    <row r="211" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B211" s="1069"/>
       <c r="C211" s="186"/>
       <c r="D211" s="144"/>
       <c r="E211" s="158"/>
       <c r="F211" s="119"/>
       <c r="G211" s="140"/>
       <c r="H211" s="157"/>
       <c r="I211" s="185"/>
     </row>
-    <row r="212" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B212" s="1063">
+    <row r="212" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B212" s="1053">
         <f>MAX(B$27:B211)+1</f>
         <v>50</v>
       </c>
       <c r="C212" s="190"/>
       <c r="D212" s="120" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E212" s="156"/>
       <c r="F212" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G212" s="156"/>
       <c r="H212" s="163"/>
-      <c r="I212" s="1171" t="s">
-[...5 lines deleted...]
-      <c r="C213" s="1196" t="s">
+      <c r="I212" s="1163" t="s">
         <v>399</v>
+      </c>
+    </row>
+    <row r="213" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B213" s="1095"/>
+      <c r="C213" s="1185" t="s">
+        <v>398</v>
       </c>
       <c r="D213" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E213" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F213" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G213" s="147">
         <v>3</v>
       </c>
       <c r="H213" s="146">
         <v>43405</v>
       </c>
-      <c r="I213" s="1172"/>
-[...3 lines deleted...]
-      <c r="C214" s="1196"/>
+      <c r="I213" s="1164"/>
+    </row>
+    <row r="214" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B214" s="1095"/>
+      <c r="C214" s="1185"/>
       <c r="D214" s="65"/>
       <c r="E214" s="160"/>
       <c r="F214" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G214" s="147"/>
       <c r="H214" s="193"/>
-      <c r="I214" s="1172"/>
-[...2 lines deleted...]
-      <c r="B215" s="1064"/>
+      <c r="I214" s="1164"/>
+    </row>
+    <row r="215" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B215" s="1069"/>
       <c r="C215" s="186"/>
       <c r="D215" s="144"/>
       <c r="E215" s="158"/>
       <c r="F215" s="119"/>
       <c r="G215" s="112" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="H215" s="192">
         <v>43466</v>
       </c>
       <c r="I215" s="185"/>
     </row>
-    <row r="216" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B216" s="1063">
+    <row r="216" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B216" s="1053">
         <f>MAX(B$27:B215)+1</f>
         <v>51</v>
       </c>
       <c r="C216" s="168"/>
       <c r="D216" s="153" t="s">
         <v>340</v>
       </c>
       <c r="E216" s="156"/>
       <c r="F216" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G216" s="156"/>
       <c r="H216" s="163"/>
       <c r="I216" s="184"/>
     </row>
-    <row r="217" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B217" s="1108"/>
+    <row r="217" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B217" s="1095"/>
       <c r="C217" s="183" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="D217" s="149" t="s">
         <v>337</v>
       </c>
       <c r="E217" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F217" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G217" s="147" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="H217" s="146">
         <v>43424</v>
       </c>
       <c r="I217" s="182"/>
     </row>
-    <row r="218" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B218" s="1064"/>
+    <row r="218" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B218" s="1069"/>
       <c r="C218" s="165"/>
       <c r="D218" s="144"/>
       <c r="E218" s="158"/>
       <c r="F218" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G218" s="140"/>
       <c r="H218" s="157"/>
       <c r="I218" s="181"/>
     </row>
-    <row r="219" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B219" s="1063">
+    <row r="219" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B219" s="1053">
         <f>MAX(B$27:B218)+1</f>
         <v>52</v>
       </c>
       <c r="C219" s="168"/>
       <c r="D219" s="180" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="E219" s="156"/>
       <c r="F219" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G219" s="156"/>
       <c r="H219" s="163"/>
       <c r="I219" s="151"/>
     </row>
-    <row r="220" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B220" s="1108"/>
+    <row r="220" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B220" s="1095"/>
       <c r="C220" s="178" t="s">
         <v>164</v>
       </c>
       <c r="D220" s="179" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="E220" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F220" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G220" s="147" t="s">
         <v>165</v>
       </c>
       <c r="H220" s="146">
         <v>43467</v>
       </c>
       <c r="I220" s="145"/>
     </row>
-    <row r="221" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B221" s="1108"/>
+    <row r="221" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B221" s="1095"/>
       <c r="C221" s="30"/>
       <c r="D221" s="65"/>
       <c r="E221" s="160"/>
       <c r="F221" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G221" s="65"/>
       <c r="H221" s="193"/>
       <c r="I221" s="145"/>
     </row>
-    <row r="222" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B222" s="883"/>
+    <row r="222" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B222" s="849"/>
       <c r="C222" s="30"/>
       <c r="D222" s="65"/>
       <c r="E222" s="160"/>
       <c r="F222" s="148"/>
-      <c r="G222" s="803" t="s">
-[...2 lines deleted...]
-      <c r="H222" s="884">
+      <c r="G222" s="798" t="s">
+        <v>538</v>
+      </c>
+      <c r="H222" s="850">
         <v>45596</v>
       </c>
       <c r="I222" s="145"/>
     </row>
-    <row r="223" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B223" s="924"/>
+    <row r="223" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B223" s="873"/>
       <c r="C223" s="30"/>
       <c r="D223" s="65"/>
       <c r="E223" s="160"/>
       <c r="F223" s="148"/>
-      <c r="G223" s="483" t="s">
-        <v>1216</v>
+      <c r="G223" s="478" t="s">
+        <v>1204</v>
       </c>
       <c r="H223" s="275">
         <v>45730</v>
       </c>
       <c r="I223" s="145"/>
     </row>
-    <row r="224" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B224" s="962"/>
+    <row r="224" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B224" s="911"/>
       <c r="C224" s="30"/>
       <c r="D224" s="65"/>
       <c r="E224" s="160"/>
       <c r="F224" s="148"/>
-      <c r="G224" s="483" t="s">
-        <v>1256</v>
+      <c r="G224" s="478" t="s">
+        <v>1244</v>
       </c>
       <c r="H224" s="275">
         <v>45779</v>
       </c>
       <c r="I224" s="145"/>
     </row>
-    <row r="225" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B225" s="1044"/>
+    <row r="225" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B225" s="988"/>
       <c r="C225" s="30"/>
       <c r="D225" s="65"/>
       <c r="E225" s="160"/>
       <c r="F225" s="148"/>
-      <c r="G225" s="483" t="s">
+      <c r="G225" s="478" t="s">
         <v>203</v>
       </c>
       <c r="H225" s="275">
         <v>45919</v>
       </c>
       <c r="I225" s="145"/>
     </row>
-    <row r="226" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="B226" s="924"/>
+    <row r="226" spans="2:9" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="B226" s="873"/>
       <c r="C226" s="30"/>
       <c r="D226" s="65"/>
-      <c r="E226" s="435" t="s">
-[...6 lines deleted...]
-        <v>670</v>
+      <c r="E226" s="430" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F226" s="883" t="s">
+        <v>681</v>
+      </c>
+      <c r="G226" s="478" t="s">
+        <v>667</v>
       </c>
       <c r="H226" s="275">
         <v>45093</v>
       </c>
       <c r="I226" s="145"/>
     </row>
-    <row r="227" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B227" s="923"/>
+    <row r="227" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B227" s="872"/>
       <c r="C227" s="165"/>
       <c r="D227" s="144"/>
-      <c r="E227" s="935"/>
-      <c r="F227" s="652"/>
+      <c r="E227" s="884"/>
+      <c r="F227" s="647"/>
       <c r="G227" s="112" t="s">
-        <v>1216</v>
+        <v>1204</v>
       </c>
       <c r="H227" s="192">
         <v>45730</v>
       </c>
       <c r="I227" s="142"/>
     </row>
-    <row r="228" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B228" s="1063">
+    <row r="228" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B228" s="1053">
         <f>MAX(B$27:B221)+1</f>
         <v>53</v>
       </c>
       <c r="C228" s="156"/>
       <c r="D228" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E228" s="156"/>
       <c r="F228" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G228" s="156"/>
       <c r="H228" s="163"/>
       <c r="I228" s="151"/>
     </row>
-    <row r="229" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B229" s="1108"/>
+    <row r="229" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B229" s="1095"/>
       <c r="C229" s="162" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D229" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E229" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F229" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G229" s="147" t="s">
         <v>114</v>
       </c>
       <c r="H229" s="146">
         <v>43441</v>
       </c>
       <c r="I229" s="145"/>
     </row>
-    <row r="230" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B230" s="1064"/>
+    <row r="230" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B230" s="1069"/>
       <c r="C230" s="144"/>
       <c r="D230" s="144"/>
       <c r="E230" s="158"/>
       <c r="F230" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G230" s="144"/>
       <c r="H230" s="157"/>
       <c r="I230" s="142"/>
     </row>
-    <row r="231" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B231" s="1063">
+    <row r="231" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B231" s="1053">
         <f>MAX(B$27:B230)+1</f>
         <v>54</v>
       </c>
       <c r="C231" s="168"/>
       <c r="D231" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E231" s="156"/>
       <c r="F231" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G231" s="156"/>
       <c r="H231" s="163"/>
       <c r="I231" s="151"/>
     </row>
-    <row r="232" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B232" s="1108"/>
+    <row r="232" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B232" s="1095"/>
       <c r="C232" s="178" t="s">
-        <v>973</v>
+        <v>967</v>
       </c>
       <c r="D232" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E232" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F232" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G232" s="147" t="s">
         <v>114</v>
       </c>
       <c r="H232" s="146">
         <v>43537</v>
       </c>
       <c r="I232" s="145"/>
     </row>
-    <row r="233" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B233" s="1108"/>
+    <row r="233" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B233" s="1095"/>
       <c r="C233" s="30"/>
       <c r="D233" s="65"/>
       <c r="E233" s="160"/>
       <c r="F233" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G233" s="65"/>
       <c r="H233" s="193"/>
       <c r="I233" s="145"/>
     </row>
-    <row r="234" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="B234" s="790"/>
+    <row r="234" spans="2:9" ht="26" x14ac:dyDescent="0.35">
+      <c r="B234" s="785"/>
       <c r="C234" s="165"/>
       <c r="D234" s="144"/>
-      <c r="E234" s="434" t="s">
-[...2 lines deleted...]
-      <c r="F234" s="670"/>
+      <c r="E234" s="429" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F234" s="665"/>
       <c r="G234" s="247" t="s">
         <v>319</v>
       </c>
       <c r="H234" s="192">
         <v>44998</v>
       </c>
       <c r="I234" s="142"/>
     </row>
-    <row r="235" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B235" s="1063">
+    <row r="235" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B235" s="1053">
         <f>MAX(B$27:B233)+1</f>
         <v>55</v>
       </c>
       <c r="C235" s="168"/>
       <c r="D235" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E235" s="156"/>
       <c r="F235" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G235" s="156"/>
       <c r="H235" s="163"/>
       <c r="I235" s="151"/>
     </row>
-    <row r="236" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B236" s="1108"/>
+    <row r="236" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B236" s="1095"/>
       <c r="C236" s="178" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D236" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E236" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F236" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G236" s="147" t="s">
         <v>114</v>
       </c>
       <c r="H236" s="146">
         <v>43497</v>
       </c>
       <c r="I236" s="145"/>
     </row>
-    <row r="237" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B237" s="1064"/>
+    <row r="237" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B237" s="1069"/>
       <c r="C237" s="165"/>
       <c r="D237" s="144"/>
       <c r="E237" s="158"/>
       <c r="F237" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G237" s="144"/>
       <c r="H237" s="157"/>
       <c r="I237" s="142"/>
     </row>
-    <row r="238" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B238" s="1063">
+    <row r="238" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B238" s="1053">
         <f>MAX(B$27:B237)+1</f>
         <v>56</v>
       </c>
       <c r="C238" s="168"/>
       <c r="D238" s="153" t="s">
         <v>352</v>
       </c>
       <c r="E238" s="156"/>
       <c r="F238" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G238" s="156"/>
       <c r="H238" s="163"/>
       <c r="I238" s="151"/>
     </row>
-    <row r="239" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B239" s="1108"/>
+    <row r="239" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B239" s="1095"/>
       <c r="C239" s="178" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="D239" s="149" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E239" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F239" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G239" s="147" t="s">
         <v>349</v>
       </c>
       <c r="H239" s="146">
         <v>43468</v>
       </c>
       <c r="I239" s="145"/>
     </row>
-    <row r="240" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B240" s="1108"/>
+    <row r="240" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B240" s="1095"/>
       <c r="C240" s="30"/>
       <c r="D240" s="65"/>
       <c r="E240" s="160"/>
       <c r="F240" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G240" s="65"/>
       <c r="H240" s="193"/>
       <c r="I240" s="145"/>
     </row>
-    <row r="241" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B241" s="790"/>
+    <row r="241" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B241" s="785"/>
       <c r="C241" s="165"/>
       <c r="D241" s="144"/>
       <c r="E241" s="158"/>
       <c r="F241" s="225"/>
       <c r="G241" s="112" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="H241" s="192">
         <v>45245</v>
       </c>
       <c r="I241" s="142"/>
     </row>
-    <row r="242" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B242" s="1063">
+    <row r="242" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B242" s="1053">
         <f>MAX(B$27:B240)+1</f>
         <v>57</v>
       </c>
       <c r="C242" s="168"/>
       <c r="D242" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E242" s="156"/>
       <c r="F242" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G242" s="156"/>
       <c r="H242" s="163"/>
       <c r="I242" s="151"/>
     </row>
-    <row r="243" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B243" s="1108"/>
+    <row r="243" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B243" s="1095"/>
       <c r="C243" s="178" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="D243" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E243" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F243" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G243" s="147" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="H243" s="146">
         <v>43553</v>
       </c>
       <c r="I243" s="145"/>
     </row>
-    <row r="244" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B244" s="1064"/>
+    <row r="244" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B244" s="1069"/>
       <c r="C244" s="165"/>
       <c r="D244" s="144"/>
       <c r="E244" s="158"/>
       <c r="F244" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G244" s="144"/>
       <c r="H244" s="157"/>
       <c r="I244" s="142"/>
     </row>
-    <row r="245" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B245" s="1063">
+    <row r="245" spans="2:11" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B245" s="1053">
         <f>MAX(B$27:B244)+1</f>
         <v>58</v>
       </c>
       <c r="C245" s="168"/>
       <c r="D245" s="177" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E245" s="156"/>
       <c r="F245" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G245" s="156"/>
       <c r="H245" s="163"/>
-      <c r="I245" s="151"/>
-[...2 lines deleted...]
-      <c r="B246" s="1108"/>
+      <c r="I245" s="1075" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="246" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B246" s="1095"/>
       <c r="C246" s="162" t="s">
-        <v>386</v>
+        <v>1327</v>
       </c>
       <c r="D246" s="176" t="s">
         <v>385</v>
       </c>
       <c r="E246" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F246" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G246" s="147" t="s">
         <v>199</v>
       </c>
       <c r="H246" s="146">
         <v>43479</v>
       </c>
-      <c r="I246" s="145"/>
-[...2 lines deleted...]
-      <c r="B247" s="1108"/>
+      <c r="I246" s="1158"/>
+    </row>
+    <row r="247" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B247" s="1095"/>
       <c r="C247" s="30"/>
       <c r="D247" s="148"/>
       <c r="E247" s="160"/>
       <c r="F247" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G247" s="65"/>
       <c r="H247" s="193"/>
-      <c r="I247" s="145"/>
-[...2 lines deleted...]
-      <c r="B248" s="1064"/>
+      <c r="I247" s="1158"/>
+    </row>
+    <row r="248" spans="2:11" s="30" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B248" s="1069"/>
       <c r="D248" s="148"/>
       <c r="E248" s="160"/>
       <c r="F248" s="148"/>
       <c r="G248" s="112">
         <v>6</v>
       </c>
       <c r="H248" s="113">
         <v>44136</v>
       </c>
-      <c r="I248" s="145"/>
-[...2 lines deleted...]
-      <c r="B249" s="1063">
+      <c r="I248" s="1076"/>
+    </row>
+    <row r="249" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B249" s="1053">
         <f>MAX(B$27:B248)+1</f>
         <v>59</v>
       </c>
       <c r="C249" s="168"/>
       <c r="D249" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E249" s="156"/>
       <c r="F249" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G249" s="156"/>
       <c r="H249" s="163"/>
       <c r="I249" s="151"/>
       <c r="J249" s="30"/>
       <c r="K249" s="30"/>
     </row>
-    <row r="250" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B250" s="1108"/>
+    <row r="250" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B250" s="1095"/>
       <c r="C250" s="162" t="s">
         <v>382</v>
       </c>
       <c r="D250" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E250" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F250" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G250" s="147" t="s">
         <v>139</v>
       </c>
       <c r="H250" s="146">
         <v>43569</v>
       </c>
       <c r="I250" s="145"/>
       <c r="J250" s="30"/>
       <c r="K250" s="30"/>
     </row>
-    <row r="251" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B251" s="1064"/>
+    <row r="251" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B251" s="1069"/>
       <c r="C251" s="165"/>
       <c r="D251" s="144"/>
       <c r="E251" s="158"/>
       <c r="F251" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G251" s="144"/>
       <c r="H251" s="157"/>
       <c r="I251" s="142"/>
-      <c r="J251" s="505"/>
+      <c r="J251" s="500"/>
       <c r="K251" s="30"/>
     </row>
-    <row r="252" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B252" s="1063">
+    <row r="252" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B252" s="1053">
         <f>MAX(B$27:B251)+1</f>
         <v>60</v>
       </c>
       <c r="C252" s="168"/>
       <c r="D252" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E252" s="156"/>
       <c r="F252" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G252" s="156"/>
       <c r="H252" s="163"/>
       <c r="I252" s="151"/>
-      <c r="J252" s="506"/>
+      <c r="J252" s="501"/>
       <c r="K252" s="30"/>
     </row>
-    <row r="253" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B253" s="1108"/>
+    <row r="253" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B253" s="1095"/>
       <c r="C253" s="162" t="s">
         <v>381</v>
       </c>
       <c r="D253" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E253" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F253" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G253" s="147" t="s">
         <v>380</v>
       </c>
       <c r="H253" s="146">
         <v>43556</v>
       </c>
       <c r="I253" s="145"/>
-      <c r="J253" s="505"/>
+      <c r="J253" s="500"/>
       <c r="K253" s="30"/>
     </row>
-    <row r="254" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B254" s="1064"/>
+    <row r="254" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B254" s="1069"/>
       <c r="C254" s="165"/>
       <c r="D254" s="144"/>
       <c r="E254" s="158"/>
       <c r="F254" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G254" s="144"/>
       <c r="H254" s="157"/>
       <c r="I254" s="142"/>
-      <c r="J254" s="505"/>
+      <c r="J254" s="500"/>
       <c r="K254" s="30"/>
     </row>
-    <row r="255" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B255" s="1063">
+    <row r="255" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B255" s="1053">
         <f>MAX(B$27:B254)+1</f>
         <v>61</v>
       </c>
       <c r="C255" s="168"/>
       <c r="D255" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E255" s="156"/>
       <c r="F255" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G255" s="156"/>
       <c r="H255" s="163"/>
       <c r="I255" s="151"/>
     </row>
-    <row r="256" spans="2:11" x14ac:dyDescent="0.2">
-      <c r="B256" s="1108"/>
+    <row r="256" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="B256" s="1095"/>
       <c r="C256" s="162" t="s">
         <v>379</v>
       </c>
       <c r="D256" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E256" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F256" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G256" s="147" t="s">
         <v>378</v>
       </c>
-      <c r="H256" s="529">
+      <c r="H256" s="524">
         <v>43546</v>
       </c>
       <c r="I256" s="145"/>
     </row>
-    <row r="257" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B257" s="1064"/>
+    <row r="257" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B257" s="1069"/>
       <c r="C257" s="165"/>
       <c r="D257" s="144"/>
       <c r="E257" s="158"/>
       <c r="F257" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G257" s="112">
         <v>8</v>
       </c>
       <c r="H257" s="146">
         <v>44399</v>
       </c>
       <c r="I257" s="142"/>
     </row>
-    <row r="258" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B258" s="1063">
+    <row r="258" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B258" s="1053">
         <f>MAX(B$27:B257)+1</f>
         <v>62</v>
       </c>
       <c r="C258" s="168"/>
       <c r="D258" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E258" s="156"/>
       <c r="F258" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G258" s="156"/>
       <c r="H258" s="163"/>
       <c r="I258" s="151"/>
     </row>
-    <row r="259" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B259" s="1108"/>
+    <row r="259" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B259" s="1095"/>
       <c r="C259" s="162" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D259" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E259" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F259" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G259" s="147" t="s">
         <v>377</v>
       </c>
       <c r="H259" s="146">
         <v>43553</v>
       </c>
       <c r="I259" s="145"/>
     </row>
-    <row r="260" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B260" s="1064"/>
+    <row r="260" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B260" s="1069"/>
       <c r="C260" s="165"/>
       <c r="D260" s="144"/>
       <c r="E260" s="158"/>
       <c r="F260" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G260" s="144"/>
       <c r="H260" s="157"/>
       <c r="I260" s="142"/>
     </row>
-    <row r="261" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B261" s="1063">
+    <row r="261" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B261" s="1053">
         <f>MAX(B$27:B260)+1</f>
         <v>63</v>
       </c>
       <c r="C261" s="30"/>
       <c r="D261" s="148" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="E261" s="160"/>
       <c r="F261" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G261" s="65"/>
       <c r="H261" s="193"/>
       <c r="I261" s="145"/>
     </row>
-    <row r="262" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B262" s="1108"/>
+    <row r="262" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B262" s="1095"/>
       <c r="C262" s="162" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="D262" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E262" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F262" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G262" s="550" t="s">
-        <v>872</v>
+      <c r="G262" s="545" t="s">
+        <v>868</v>
       </c>
       <c r="H262" s="146">
         <v>43553</v>
       </c>
       <c r="I262" s="145"/>
     </row>
-    <row r="263" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B263" s="1108"/>
+    <row r="263" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B263" s="1095"/>
       <c r="C263" s="178"/>
       <c r="D263" s="148"/>
       <c r="E263" s="160"/>
       <c r="F263" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G263" s="65"/>
       <c r="H263" s="146"/>
       <c r="I263" s="145"/>
     </row>
-    <row r="264" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B264" s="1064"/>
+    <row r="264" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B264" s="1069"/>
       <c r="C264" s="30"/>
       <c r="D264" s="144"/>
       <c r="E264" s="160"/>
       <c r="F264" s="112"/>
       <c r="G264" s="112" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="H264" s="192">
         <v>44702</v>
       </c>
       <c r="I264" s="145"/>
     </row>
-    <row r="265" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B265" s="1063">
+    <row r="265" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B265" s="1053">
         <f>MAX(B$27:B264)+1</f>
         <v>64</v>
       </c>
       <c r="C265" s="156"/>
       <c r="D265" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E265" s="156"/>
       <c r="F265" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G265" s="156"/>
       <c r="H265" s="156"/>
       <c r="I265" s="151"/>
     </row>
-    <row r="266" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B266" s="1108"/>
+    <row r="266" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B266" s="1095"/>
       <c r="C266" s="148" t="s">
         <v>376</v>
       </c>
       <c r="D266" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E266" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F266" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G266" s="147" t="s">
         <v>371</v>
       </c>
       <c r="H266" s="146">
         <v>43545</v>
       </c>
       <c r="I266" s="145"/>
     </row>
-    <row r="267" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B267" s="1064"/>
+    <row r="267" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B267" s="1069"/>
       <c r="C267" s="144"/>
       <c r="D267" s="144"/>
       <c r="E267" s="144"/>
       <c r="F267" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G267" s="144"/>
       <c r="H267" s="144"/>
       <c r="I267" s="142"/>
     </row>
-    <row r="268" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B268" s="1063">
+    <row r="268" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B268" s="1053">
         <f>MAX(B$27:B267)+1</f>
         <v>65</v>
       </c>
       <c r="C268" s="168"/>
       <c r="D268" s="120" t="s">
         <v>375</v>
       </c>
       <c r="E268" s="156"/>
       <c r="F268" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G268" s="156"/>
       <c r="H268" s="163"/>
-      <c r="I268" s="1167" t="s">
-[...4 lines deleted...]
-      <c r="B269" s="1108"/>
+      <c r="I268" s="1155" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="269" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B269" s="1095"/>
       <c r="C269" s="162" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="D269" s="148" t="s">
         <v>374</v>
       </c>
       <c r="E269" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F269" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G269" s="147" t="s">
         <v>119</v>
       </c>
       <c r="H269" s="146">
         <v>43543</v>
       </c>
-      <c r="I269" s="1168"/>
-[...2 lines deleted...]
-      <c r="B270" s="1064"/>
+      <c r="I269" s="1156"/>
+    </row>
+    <row r="270" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B270" s="1069"/>
       <c r="C270" s="165"/>
       <c r="D270" s="144"/>
       <c r="E270" s="158"/>
       <c r="F270" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G270" s="144"/>
       <c r="H270" s="157"/>
-      <c r="I270" s="1169"/>
-[...2 lines deleted...]
-      <c r="B271" s="1063">
+      <c r="I270" s="1157"/>
+    </row>
+    <row r="271" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B271" s="1053">
         <f>MAX(B$27:B270)+1</f>
         <v>66</v>
       </c>
       <c r="C271" s="168"/>
       <c r="D271" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E271" s="156"/>
       <c r="F271" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G271" s="156"/>
       <c r="H271" s="163"/>
       <c r="I271" s="151"/>
     </row>
-    <row r="272" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B272" s="1108"/>
+    <row r="272" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B272" s="1095"/>
       <c r="C272" s="162" t="s">
         <v>373</v>
       </c>
       <c r="D272" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E272" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F272" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G272" s="147" t="s">
         <v>114</v>
       </c>
       <c r="H272" s="146">
         <v>43584</v>
       </c>
       <c r="I272" s="145"/>
     </row>
-    <row r="273" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B273" s="1064"/>
+    <row r="273" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B273" s="1069"/>
       <c r="C273" s="165"/>
       <c r="D273" s="144"/>
       <c r="E273" s="158"/>
       <c r="F273" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G273" s="144"/>
       <c r="H273" s="157"/>
       <c r="I273" s="142"/>
     </row>
-    <row r="274" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B274" s="1063">
+    <row r="274" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B274" s="1053">
         <f>MAX(B$27:B273)+1</f>
         <v>67</v>
       </c>
       <c r="C274" s="168"/>
       <c r="D274" s="153" t="s">
         <v>372</v>
       </c>
       <c r="E274" s="156"/>
       <c r="F274" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G274" s="147" t="s">
         <v>371</v>
       </c>
       <c r="H274" s="146">
         <v>43617</v>
       </c>
       <c r="I274" s="151"/>
     </row>
-    <row r="275" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B275" s="1108"/>
+    <row r="275" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B275" s="1095"/>
       <c r="C275" s="162" t="s">
         <v>370</v>
       </c>
       <c r="D275" s="149" t="s">
         <v>369</v>
       </c>
       <c r="E275" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F275" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G275" s="172" t="s">
         <v>199</v>
       </c>
       <c r="H275" s="171">
         <v>43617</v>
       </c>
       <c r="I275" s="171">
         <v>43642</v>
       </c>
     </row>
-    <row r="276" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B276" s="1064"/>
+    <row r="276" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B276" s="1069"/>
       <c r="C276" s="165"/>
       <c r="D276" s="144"/>
       <c r="E276" s="158"/>
       <c r="F276" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G276" s="169"/>
       <c r="H276" s="170"/>
       <c r="I276" s="169"/>
     </row>
-    <row r="277" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B277" s="1063">
+    <row r="277" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B277" s="1053">
         <f>MAX(B$27:B276)+1</f>
         <v>68</v>
       </c>
       <c r="C277" s="168"/>
       <c r="D277" s="154" t="s">
         <v>368</v>
       </c>
       <c r="E277" s="156"/>
       <c r="F277" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G277" s="156"/>
       <c r="H277" s="163"/>
       <c r="I277" s="151"/>
     </row>
-    <row r="278" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B278" s="1108"/>
+    <row r="278" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B278" s="1095"/>
       <c r="C278" s="162" t="s">
         <v>367</v>
       </c>
       <c r="D278" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E278" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F278" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G278" s="147" t="s">
         <v>127</v>
       </c>
       <c r="H278" s="146">
         <v>43566</v>
       </c>
       <c r="I278" s="145"/>
     </row>
-    <row r="279" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B279" s="1064"/>
+    <row r="279" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B279" s="1069"/>
       <c r="C279" s="165"/>
       <c r="D279" s="144"/>
       <c r="E279" s="158"/>
       <c r="F279" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G279" s="144"/>
       <c r="H279" s="157"/>
       <c r="I279" s="142"/>
     </row>
-    <row r="280" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B280" s="1063">
+    <row r="280" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B280" s="1053">
         <f>MAX(B$27:B279)+1</f>
         <v>69</v>
       </c>
       <c r="C280" s="156"/>
       <c r="D280" s="164" t="s">
         <v>352</v>
       </c>
       <c r="E280" s="156"/>
       <c r="F280" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G280" s="156"/>
       <c r="H280" s="163"/>
-      <c r="I280" s="1167" t="s">
+      <c r="I280" s="1155" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="281" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B281" s="1108"/>
+    <row r="281" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B281" s="1095"/>
       <c r="C281" s="162" t="s">
         <v>365</v>
       </c>
       <c r="D281" s="161" t="s">
         <v>350</v>
       </c>
       <c r="E281" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F281" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G281" s="147" t="s">
         <v>349</v>
       </c>
       <c r="H281" s="146">
         <v>43586</v>
       </c>
-      <c r="I281" s="1168"/>
-[...2 lines deleted...]
-      <c r="B282" s="1108"/>
+      <c r="I281" s="1156"/>
+    </row>
+    <row r="282" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B282" s="1095"/>
       <c r="C282" s="65"/>
       <c r="D282" s="161"/>
       <c r="E282" s="160"/>
       <c r="F282" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G282" s="65"/>
       <c r="H282" s="193"/>
-      <c r="I282" s="1168"/>
-[...2 lines deleted...]
-      <c r="B283" s="988"/>
+      <c r="I282" s="1156"/>
+    </row>
+    <row r="283" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B283" s="932"/>
       <c r="C283" s="144"/>
       <c r="D283" s="159"/>
       <c r="E283" s="158"/>
       <c r="F283" s="119"/>
       <c r="G283" s="112" t="s">
-        <v>1272</v>
+        <v>1260</v>
       </c>
       <c r="H283" s="192">
         <v>45857</v>
       </c>
-      <c r="I283" s="991"/>
-[...2 lines deleted...]
-      <c r="B284" s="1108">
+      <c r="I283" s="935"/>
+    </row>
+    <row r="284" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B284" s="1095">
         <f>MAX(B$27:B282)+1</f>
         <v>70</v>
       </c>
       <c r="C284" s="30"/>
       <c r="D284" s="148" t="s">
         <v>363</v>
       </c>
       <c r="E284" s="65"/>
       <c r="F284" s="148" t="s">
         <v>339</v>
       </c>
-      <c r="G284" s="550"/>
+      <c r="G284" s="545"/>
       <c r="H284" s="193"/>
-      <c r="I284" s="1172" t="s">
-[...4 lines deleted...]
-      <c r="B285" s="1108"/>
+      <c r="I284" s="1164" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="285" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B285" s="1095"/>
       <c r="C285" s="162" t="s">
         <v>174</v>
       </c>
       <c r="D285" s="148" t="s">
         <v>362</v>
       </c>
       <c r="E285" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F285" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G285" s="147" t="s">
         <v>361</v>
       </c>
       <c r="H285" s="146">
         <v>43584</v>
       </c>
-      <c r="I285" s="1172"/>
-[...2 lines deleted...]
-      <c r="B286" s="1108"/>
+      <c r="I285" s="1164"/>
+    </row>
+    <row r="286" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B286" s="1095"/>
       <c r="C286" s="30"/>
       <c r="D286" s="65"/>
       <c r="E286" s="160"/>
       <c r="F286" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G286" s="147"/>
       <c r="H286" s="193"/>
-      <c r="I286" s="1172"/>
-[...2 lines deleted...]
-      <c r="B287" s="1064"/>
+      <c r="I286" s="1164"/>
+    </row>
+    <row r="287" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B287" s="1069"/>
       <c r="C287" s="165"/>
       <c r="D287" s="144"/>
       <c r="E287" s="158"/>
       <c r="F287" s="119"/>
       <c r="G287" s="247" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="H287" s="373">
+        <v>585</v>
+      </c>
+      <c r="H287" s="368">
         <v>43768</v>
       </c>
-      <c r="I287" s="365"/>
-[...2 lines deleted...]
-      <c r="B288" s="1063">
+      <c r="I287" s="360"/>
+    </row>
+    <row r="288" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B288" s="1053">
         <f>MAX(B$27:B287)+1</f>
         <v>71</v>
       </c>
       <c r="C288" s="168"/>
       <c r="D288" s="120" t="s">
         <v>346</v>
       </c>
       <c r="E288" s="156"/>
       <c r="F288" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G288" s="139"/>
       <c r="H288" s="163"/>
       <c r="I288" s="151"/>
     </row>
-    <row r="289" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B289" s="1108"/>
+    <row r="289" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B289" s="1095"/>
       <c r="C289" s="162" t="s">
         <v>360</v>
       </c>
       <c r="D289" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E289" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F289" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G289" s="147" t="s">
         <v>304</v>
       </c>
       <c r="H289" s="146">
         <v>43549</v>
       </c>
       <c r="I289" s="145"/>
     </row>
-    <row r="290" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B290" s="1064"/>
+    <row r="290" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B290" s="1069"/>
       <c r="C290" s="165"/>
       <c r="D290" s="144"/>
       <c r="E290" s="158"/>
       <c r="F290" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G290" s="140"/>
       <c r="H290" s="157"/>
       <c r="I290" s="142"/>
     </row>
-    <row r="291" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B291" s="1063">
+    <row r="291" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B291" s="1053">
         <f>MAX(B$27:B290)+1</f>
         <v>72</v>
       </c>
       <c r="C291" s="156"/>
       <c r="D291" s="164" t="s">
         <v>352</v>
       </c>
       <c r="E291" s="156"/>
       <c r="F291" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G291" s="147" t="s">
         <v>126</v>
       </c>
       <c r="H291" s="146">
         <v>43603</v>
       </c>
-      <c r="I291" s="958"/>
-[...2 lines deleted...]
-      <c r="B292" s="1108"/>
+      <c r="I291" s="907"/>
+    </row>
+    <row r="292" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B292" s="1095"/>
       <c r="C292" s="162" t="s">
         <v>359</v>
       </c>
       <c r="D292" s="161" t="s">
         <v>350</v>
       </c>
       <c r="E292" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F292" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G292" s="147"/>
       <c r="H292" s="146"/>
-      <c r="I292" s="959"/>
-[...2 lines deleted...]
-      <c r="B293" s="1064"/>
+      <c r="I292" s="908"/>
+    </row>
+    <row r="293" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B293" s="1069"/>
       <c r="C293" s="144"/>
       <c r="D293" s="159"/>
       <c r="E293" s="158"/>
       <c r="F293" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G293" s="700">
+      <c r="G293" s="695">
         <v>8</v>
       </c>
-      <c r="H293" s="701">
+      <c r="H293" s="696">
         <v>44135</v>
       </c>
-      <c r="I293" s="701">
+      <c r="I293" s="696">
         <v>45751</v>
       </c>
     </row>
-    <row r="294" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B294" s="1063">
+    <row r="294" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B294" s="1053">
         <f>MAX(B$27:B293)+1</f>
         <v>73</v>
       </c>
       <c r="C294" s="168"/>
       <c r="D294" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E294" s="156"/>
       <c r="F294" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G294" s="156"/>
       <c r="H294" s="163"/>
       <c r="I294" s="151"/>
     </row>
-    <row r="295" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B295" s="1108"/>
+    <row r="295" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B295" s="1095"/>
       <c r="C295" s="162" t="s">
         <v>357</v>
       </c>
       <c r="D295" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E295" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F295" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G295" s="147" t="s">
         <v>319</v>
       </c>
       <c r="H295" s="146">
         <v>43610</v>
       </c>
       <c r="I295" s="145"/>
     </row>
-    <row r="296" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B296" s="1064"/>
+    <row r="296" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B296" s="1069"/>
       <c r="C296" s="165"/>
       <c r="D296" s="144"/>
       <c r="E296" s="158"/>
       <c r="F296" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G296" s="144"/>
       <c r="H296" s="157"/>
       <c r="I296" s="142"/>
     </row>
-    <row r="297" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B297" s="1063">
+    <row r="297" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B297" s="1053">
         <f>MAX(B$27:B296)+1</f>
         <v>74</v>
       </c>
       <c r="C297" s="168"/>
       <c r="D297" s="167" t="s">
         <v>355</v>
       </c>
       <c r="E297" s="156"/>
       <c r="F297" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G297" s="156"/>
       <c r="H297" s="163"/>
       <c r="I297" s="151"/>
     </row>
-    <row r="298" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B298" s="1108"/>
+    <row r="298" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B298" s="1095"/>
       <c r="C298" s="162" t="s">
         <v>354</v>
       </c>
       <c r="D298" s="166" t="s">
         <v>353</v>
       </c>
       <c r="E298" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F298" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G298" s="147" t="s">
         <v>126</v>
       </c>
       <c r="H298" s="146">
         <v>43586</v>
       </c>
       <c r="I298" s="145"/>
     </row>
-    <row r="299" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B299" s="1108"/>
+    <row r="299" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B299" s="1095"/>
       <c r="C299" s="30"/>
       <c r="D299" s="65"/>
       <c r="E299" s="160"/>
       <c r="F299" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G299" s="65"/>
       <c r="H299" s="193"/>
       <c r="I299" s="145"/>
     </row>
-    <row r="300" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B300" s="1064"/>
+    <row r="300" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B300" s="1069"/>
       <c r="C300" s="165"/>
       <c r="D300" s="144"/>
       <c r="E300" s="158"/>
       <c r="F300" s="119"/>
       <c r="G300" s="245" t="s">
         <v>203</v>
       </c>
       <c r="H300" s="113">
         <v>45737</v>
       </c>
       <c r="I300" s="142"/>
     </row>
-    <row r="301" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B301" s="1063">
+    <row r="301" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B301" s="1053">
         <f>MAX(B$27:B299)+1</f>
         <v>75</v>
       </c>
       <c r="C301" s="156"/>
       <c r="D301" s="164" t="s">
         <v>352</v>
       </c>
       <c r="E301" s="156"/>
       <c r="F301" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G301" s="156"/>
       <c r="H301" s="163"/>
       <c r="I301" s="151"/>
     </row>
-    <row r="302" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B302" s="1108"/>
+    <row r="302" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B302" s="1095"/>
       <c r="C302" s="162" t="s">
         <v>351</v>
       </c>
       <c r="D302" s="161" t="s">
         <v>350</v>
       </c>
       <c r="E302" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F302" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G302" s="147" t="s">
         <v>349</v>
       </c>
       <c r="H302" s="146">
         <v>43610</v>
       </c>
       <c r="I302" s="145"/>
     </row>
-    <row r="303" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B303" s="1108"/>
+    <row r="303" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B303" s="1095"/>
       <c r="C303" s="65"/>
       <c r="D303" s="161"/>
       <c r="E303" s="160"/>
       <c r="F303" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G303" s="65"/>
       <c r="H303" s="193"/>
       <c r="I303" s="145"/>
     </row>
-    <row r="304" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B304" s="1064"/>
+    <row r="304" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B304" s="1069"/>
       <c r="C304" s="187"/>
       <c r="D304" s="205"/>
       <c r="E304" s="187"/>
-      <c r="F304" s="325"/>
+      <c r="F304" s="320"/>
       <c r="G304" s="245">
         <v>8</v>
       </c>
       <c r="H304" s="113">
         <v>43800</v>
       </c>
-      <c r="I304" s="326"/>
+      <c r="I304" s="321"/>
       <c r="J304" s="29"/>
     </row>
-    <row r="305" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B305" s="1063">
+    <row r="305" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B305" s="1053">
         <f>MAX(B$27:B304)+1</f>
         <v>76</v>
       </c>
       <c r="C305" s="120"/>
       <c r="D305" s="153" t="s">
         <v>340</v>
       </c>
       <c r="E305" s="120"/>
       <c r="F305" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G305" s="120"/>
       <c r="H305" s="152"/>
       <c r="I305" s="151"/>
     </row>
-    <row r="306" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B306" s="1108"/>
+    <row r="306" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B306" s="1095"/>
       <c r="C306" s="150" t="s">
         <v>342</v>
       </c>
       <c r="D306" s="149" t="s">
         <v>337</v>
       </c>
       <c r="E306" s="147" t="s">
         <v>54</v>
       </c>
       <c r="F306" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G306" s="147" t="s">
         <v>341</v>
       </c>
       <c r="H306" s="146">
         <v>43692</v>
       </c>
       <c r="I306" s="145"/>
     </row>
-    <row r="307" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B307" s="1064"/>
+    <row r="307" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B307" s="1069"/>
       <c r="C307" s="119"/>
       <c r="D307" s="144"/>
       <c r="E307" s="119"/>
       <c r="F307" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G307" s="119"/>
       <c r="H307" s="143"/>
       <c r="I307" s="142"/>
     </row>
-    <row r="308" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B308" s="1063">
+    <row r="308" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B308" s="1053">
         <f>MAX(B$27:B307)+1</f>
         <v>77</v>
       </c>
       <c r="C308" s="120"/>
       <c r="D308" s="153" t="s">
         <v>340</v>
       </c>
       <c r="E308" s="120"/>
       <c r="F308" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G308" s="120"/>
       <c r="H308" s="152"/>
       <c r="I308" s="151"/>
     </row>
-    <row r="309" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B309" s="1108"/>
+    <row r="309" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B309" s="1095"/>
       <c r="C309" s="150" t="s">
         <v>338</v>
       </c>
       <c r="D309" s="149" t="s">
         <v>337</v>
       </c>
       <c r="E309" s="147" t="s">
         <v>54</v>
       </c>
       <c r="F309" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G309" s="147"/>
       <c r="H309" s="146">
         <v>43662</v>
       </c>
       <c r="I309" s="145"/>
     </row>
-    <row r="310" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B310" s="1108"/>
+    <row r="310" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B310" s="1095"/>
       <c r="C310" s="148"/>
       <c r="D310" s="65"/>
       <c r="E310" s="148"/>
       <c r="F310" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G310" s="148"/>
       <c r="H310" s="263"/>
       <c r="I310" s="145"/>
     </row>
-    <row r="311" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B311" s="1108"/>
+    <row r="311" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B311" s="1095"/>
       <c r="C311" s="148"/>
       <c r="D311" s="65"/>
       <c r="E311" s="148"/>
       <c r="F311" s="199"/>
-      <c r="G311" s="483" t="s">
+      <c r="G311" s="478" t="s">
         <v>288</v>
       </c>
-      <c r="H311" s="486">
+      <c r="H311" s="481">
         <v>44152</v>
       </c>
       <c r="I311" s="145"/>
     </row>
-    <row r="312" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B312" s="1034"/>
+    <row r="312" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B312" s="978"/>
       <c r="C312" s="119"/>
       <c r="D312" s="144"/>
       <c r="E312" s="119"/>
       <c r="F312" s="119"/>
       <c r="G312" s="112" t="s">
-        <v>1290</v>
+        <v>1278</v>
       </c>
       <c r="H312" s="192">
         <v>45901</v>
       </c>
       <c r="I312" s="142"/>
     </row>
-    <row r="313" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B313" s="1164">
+    <row r="313" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B313" s="1151">
         <f>MAX(B$27:B311)+1</f>
         <v>78</v>
       </c>
-      <c r="C313" s="1205" t="s">
-        <v>528</v>
+      <c r="C313" s="1194" t="s">
+        <v>526</v>
       </c>
       <c r="D313" s="167" t="s">
         <v>355</v>
       </c>
       <c r="E313" s="156"/>
       <c r="F313" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G313" s="156"/>
       <c r="H313" s="163"/>
       <c r="I313" s="151"/>
     </row>
-    <row r="314" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C314" s="1196"/>
+    <row r="314" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B314" s="1152"/>
+      <c r="C314" s="1185"/>
       <c r="D314" s="166" t="s">
         <v>353</v>
       </c>
       <c r="E314" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F314" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G314" s="147" t="s">
         <v>303</v>
       </c>
       <c r="H314" s="146">
         <v>43718</v>
       </c>
       <c r="I314" s="145"/>
     </row>
-    <row r="315" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C315" s="1196"/>
+    <row r="315" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B315" s="1152"/>
+      <c r="C315" s="1185"/>
       <c r="D315" s="65"/>
       <c r="E315" s="160"/>
       <c r="F315" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G315" s="65"/>
       <c r="H315" s="193"/>
       <c r="I315" s="145"/>
     </row>
-    <row r="316" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C316" s="1196"/>
+    <row r="316" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B316" s="1152"/>
+      <c r="C316" s="1185"/>
       <c r="D316" s="65"/>
       <c r="E316" s="158"/>
       <c r="F316" s="119"/>
       <c r="G316" s="112">
         <v>6</v>
       </c>
       <c r="H316" s="192">
         <v>45800</v>
       </c>
       <c r="I316" s="145"/>
     </row>
-    <row r="317" spans="2:9" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C317" s="1196"/>
+    <row r="317" spans="2:9" ht="42" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B317" s="1152"/>
+      <c r="C317" s="1185"/>
       <c r="D317" s="65"/>
-      <c r="E317" s="345" t="s">
-[...15 lines deleted...]
-      <c r="C318" s="1206"/>
+      <c r="E317" s="340" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F317" s="422" t="s">
+        <v>796</v>
+      </c>
+      <c r="G317" s="542" t="s">
+        <v>797</v>
+      </c>
+      <c r="H317" s="544" t="s">
+        <v>798</v>
+      </c>
+      <c r="I317" s="421"/>
+    </row>
+    <row r="318" spans="2:9" ht="66" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B318" s="1153"/>
+      <c r="C318" s="1195"/>
       <c r="D318" s="144"/>
-      <c r="E318" s="428" t="s">
-[...5 lines deleted...]
-      <c r="G318" s="430" t="s">
+      <c r="E318" s="423" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F318" s="424" t="s">
+        <v>681</v>
+      </c>
+      <c r="G318" s="425" t="s">
         <v>115</v>
       </c>
-      <c r="H318" s="431">
+      <c r="H318" s="426">
         <v>43876</v>
       </c>
-      <c r="I318" s="431">
+      <c r="I318" s="426">
         <v>44196</v>
       </c>
     </row>
-    <row r="319" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B319" s="1164">
+    <row r="319" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B319" s="1151">
         <f>MAX(B$27:B318)+1</f>
         <v>79</v>
       </c>
       <c r="C319" s="153"/>
       <c r="D319" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E319" s="156"/>
       <c r="F319" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G319" s="120"/>
       <c r="H319" s="151"/>
       <c r="I319" s="151"/>
     </row>
-    <row r="320" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B320" s="1165"/>
+    <row r="320" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B320" s="1152"/>
       <c r="C320" s="233" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="D320" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E320" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F320" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G320" s="147" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>395</v>
+      </c>
+      <c r="H320" s="311" t="s">
+        <v>533</v>
       </c>
       <c r="I320" s="145"/>
     </row>
-    <row r="321" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B321" s="1166"/>
+    <row r="321" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B321" s="1153"/>
       <c r="C321" s="255"/>
       <c r="D321" s="144"/>
       <c r="E321" s="158"/>
       <c r="F321" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G321" s="119"/>
       <c r="H321" s="142"/>
       <c r="I321" s="142"/>
     </row>
-    <row r="322" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B322" s="1164">
+    <row r="322" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B322" s="1151">
         <f>MAX(B$27:B321)+1</f>
         <v>80</v>
       </c>
       <c r="C322" s="153"/>
       <c r="D322" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E322" s="156"/>
       <c r="F322" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G322" s="120"/>
       <c r="H322" s="151"/>
       <c r="I322" s="151"/>
     </row>
-    <row r="323" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B323" s="1165"/>
+    <row r="323" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B323" s="1152"/>
       <c r="C323" s="233" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D323" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E323" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F323" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G323" s="147" t="s">
         <v>127</v>
       </c>
-      <c r="H323" s="316">
+      <c r="H323" s="311">
         <v>43769</v>
       </c>
       <c r="I323" s="145"/>
     </row>
-    <row r="324" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B324" s="1166"/>
+    <row r="324" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B324" s="1153"/>
       <c r="C324" s="119"/>
       <c r="D324" s="144"/>
       <c r="E324" s="158"/>
       <c r="F324" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G324" s="119"/>
       <c r="H324" s="142"/>
       <c r="I324" s="142"/>
     </row>
-    <row r="325" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B325" s="1164">
+    <row r="325" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B325" s="1151">
         <f>MAX(B$27:B324)+1</f>
         <v>81</v>
       </c>
       <c r="C325" s="153"/>
       <c r="D325" s="154" t="s">
         <v>344</v>
       </c>
       <c r="E325" s="156"/>
       <c r="F325" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G325" s="120"/>
       <c r="H325" s="151"/>
       <c r="I325" s="151"/>
     </row>
-    <row r="326" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B326" s="1165"/>
+    <row r="326" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B326" s="1152"/>
       <c r="C326" s="233" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D326" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E326" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F326" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G326" s="147" t="s">
         <v>119</v>
       </c>
-      <c r="H326" s="316">
+      <c r="H326" s="311">
         <v>43787</v>
       </c>
       <c r="I326" s="145"/>
     </row>
-    <row r="327" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B327" s="1166"/>
+    <row r="327" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B327" s="1153"/>
       <c r="C327" s="255"/>
       <c r="D327" s="144"/>
       <c r="E327" s="158"/>
       <c r="F327" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G327" s="119"/>
       <c r="H327" s="142"/>
       <c r="I327" s="142"/>
     </row>
-    <row r="328" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B328" s="1164">
+    <row r="328" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B328" s="1151">
         <f>MAX(B$27:B327)+1</f>
         <v>82</v>
       </c>
       <c r="C328" s="153"/>
       <c r="D328" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E328" s="156"/>
       <c r="F328" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G328" s="120"/>
       <c r="H328" s="151"/>
       <c r="I328" s="151"/>
     </row>
-    <row r="329" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B329" s="1165"/>
+    <row r="329" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B329" s="1152"/>
       <c r="C329" s="233" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="D329" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E329" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F329" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G329" s="147" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="H329" s="316">
+        <v>537</v>
+      </c>
+      <c r="H329" s="311">
         <v>43790</v>
       </c>
       <c r="I329" s="145"/>
     </row>
-    <row r="330" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B330" s="1166"/>
+    <row r="330" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B330" s="1153"/>
       <c r="C330" s="255"/>
       <c r="D330" s="144"/>
       <c r="E330" s="158"/>
       <c r="F330" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G330" s="119"/>
       <c r="H330" s="142"/>
       <c r="I330" s="142"/>
     </row>
-    <row r="331" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B331" s="1164">
+    <row r="331" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B331" s="1151">
         <f>MAX(B$27:B330)+1</f>
         <v>83</v>
       </c>
       <c r="C331" s="153"/>
       <c r="D331" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E331" s="156"/>
       <c r="F331" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G331" s="120"/>
       <c r="H331" s="184"/>
       <c r="I331" s="151"/>
     </row>
-    <row r="332" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B332" s="1165"/>
+    <row r="332" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B332" s="1152"/>
       <c r="C332" s="233" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D332" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E332" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F332" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G332" s="147" t="s">
-        <v>540</v>
-[...1 lines deleted...]
-      <c r="H332" s="324">
+        <v>538</v>
+      </c>
+      <c r="H332" s="319">
         <v>43846</v>
       </c>
       <c r="I332" s="145"/>
     </row>
-    <row r="333" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B333" s="1166"/>
+    <row r="333" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B333" s="1153"/>
       <c r="C333" s="255"/>
       <c r="D333" s="144"/>
       <c r="E333" s="158"/>
       <c r="F333" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G333" s="119"/>
       <c r="H333" s="181"/>
       <c r="I333" s="142"/>
     </row>
-    <row r="334" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B334" s="1164">
+    <row r="334" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B334" s="1151">
         <f>MAX(B$27:B333)+1</f>
         <v>84</v>
       </c>
       <c r="C334" s="153"/>
       <c r="D334" s="120" t="s">
         <v>358</v>
       </c>
       <c r="E334" s="156"/>
       <c r="F334" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G334" s="120"/>
       <c r="H334" s="151"/>
       <c r="I334" s="151"/>
     </row>
-    <row r="335" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B335" s="1165"/>
+    <row r="335" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B335" s="1152"/>
       <c r="C335" s="233" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="D335" s="166" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E335" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F335" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G335" s="147" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H335" s="324">
+        <v>395</v>
+      </c>
+      <c r="H335" s="319">
         <v>43790</v>
       </c>
       <c r="I335" s="145"/>
     </row>
-    <row r="336" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B336" s="1166"/>
+    <row r="336" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B336" s="1153"/>
       <c r="C336" s="255"/>
       <c r="D336" s="144"/>
       <c r="E336" s="158"/>
       <c r="F336" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G336" s="119"/>
       <c r="H336" s="142"/>
       <c r="I336" s="142"/>
     </row>
-    <row r="337" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B337" s="1164">
+    <row r="337" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B337" s="1151">
         <f>MAX(B$27:B336)+1</f>
         <v>85</v>
       </c>
       <c r="C337" s="153"/>
       <c r="D337" s="154" t="s">
         <v>344</v>
       </c>
       <c r="E337" s="156"/>
       <c r="F337" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G337" s="120"/>
       <c r="H337" s="152"/>
       <c r="I337" s="151"/>
     </row>
-    <row r="338" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B338" s="1165"/>
+    <row r="338" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B338" s="1152"/>
       <c r="C338" s="233" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="D338" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E338" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F338" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G338" s="147" t="s">
         <v>303</v>
       </c>
       <c r="H338" s="146">
         <v>43761</v>
       </c>
       <c r="I338" s="145"/>
     </row>
-    <row r="339" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B339" s="1166"/>
+    <row r="339" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B339" s="1153"/>
       <c r="C339" s="119"/>
       <c r="D339" s="144"/>
       <c r="E339" s="158"/>
       <c r="F339" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G339" s="148"/>
       <c r="H339" s="263"/>
       <c r="I339" s="145"/>
     </row>
-    <row r="340" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B340" s="1164">
+    <row r="340" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B340" s="1151">
         <f>MAX(B$27:B339)+1</f>
         <v>86</v>
       </c>
-      <c r="C340" s="334"/>
+      <c r="C340" s="329"/>
       <c r="D340" s="153" t="s">
         <v>372</v>
       </c>
       <c r="E340" s="156"/>
       <c r="F340" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G340" s="327"/>
-      <c r="H340" s="330"/>
+      <c r="G340" s="322"/>
+      <c r="H340" s="325"/>
       <c r="I340" s="151"/>
     </row>
-    <row r="341" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>546</v>
+    <row r="341" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B341" s="1152"/>
+      <c r="C341" s="330" t="s">
+        <v>544</v>
       </c>
       <c r="D341" s="149" t="s">
         <v>369</v>
       </c>
       <c r="E341" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F341" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G341" s="333" t="s">
+      <c r="G341" s="328" t="s">
         <v>319</v>
       </c>
-      <c r="H341" s="332">
+      <c r="H341" s="327">
         <v>43859</v>
       </c>
-      <c r="I341" s="329"/>
-[...3 lines deleted...]
-      <c r="C342" s="336"/>
+      <c r="I341" s="324"/>
+    </row>
+    <row r="342" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B342" s="1153"/>
+      <c r="C342" s="331"/>
       <c r="D342" s="144"/>
       <c r="E342" s="158"/>
       <c r="F342" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G342" s="328"/>
-      <c r="H342" s="331"/>
+      <c r="G342" s="323"/>
+      <c r="H342" s="326"/>
       <c r="I342" s="169"/>
     </row>
-    <row r="343" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B343" s="1164">
+    <row r="343" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B343" s="1151">
         <f>MAX(B$27:B342)+1</f>
         <v>87</v>
       </c>
       <c r="C343" s="120"/>
       <c r="D343" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E343" s="156"/>
       <c r="F343" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G343" s="120"/>
       <c r="H343" s="151"/>
-      <c r="I343" s="1229" t="s">
-[...6 lines deleted...]
-        <v>967</v>
+      <c r="I343" s="1218" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="344" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B344" s="1152"/>
+      <c r="C344" s="1101" t="s">
+        <v>963</v>
       </c>
       <c r="D344" s="166" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E344" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F344" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G344" s="147" t="s">
-        <v>547</v>
-[...1 lines deleted...]
-      <c r="H344" s="332">
+        <v>545</v>
+      </c>
+      <c r="H344" s="327">
         <v>43831</v>
       </c>
-      <c r="I344" s="1230"/>
-[...3 lines deleted...]
-      <c r="C345" s="1117"/>
+      <c r="I344" s="1219"/>
+    </row>
+    <row r="345" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B345" s="1152"/>
+      <c r="C345" s="1101"/>
       <c r="D345" s="65"/>
       <c r="E345" s="160"/>
       <c r="F345" s="238" t="s">
         <v>335</v>
       </c>
       <c r="G345" s="148"/>
       <c r="H345" s="145"/>
-      <c r="I345" s="1230"/>
-[...2 lines deleted...]
-      <c r="B346" s="1166"/>
+      <c r="I345" s="1219"/>
+    </row>
+    <row r="346" spans="2:9" s="30" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B346" s="1153"/>
       <c r="C346" s="149"/>
       <c r="D346" s="65"/>
       <c r="E346" s="160"/>
       <c r="F346" s="238"/>
       <c r="G346" s="112" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="H346" s="398">
+        <v>695</v>
+      </c>
+      <c r="H346" s="393">
         <v>43884</v>
       </c>
-      <c r="I346" s="1231"/>
-[...2 lines deleted...]
-      <c r="B347" s="1164">
+      <c r="I346" s="1220"/>
+    </row>
+    <row r="347" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B347" s="1151">
         <f>MAX(B$27:B346)+1</f>
         <v>88</v>
       </c>
       <c r="C347" s="120"/>
       <c r="D347" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E347" s="156"/>
       <c r="F347" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G347" s="120"/>
       <c r="H347" s="151"/>
       <c r="I347" s="151"/>
     </row>
-    <row r="348" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B348" s="1165"/>
+    <row r="348" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B348" s="1152"/>
       <c r="C348" s="150" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D348" s="148" t="s">
         <v>356</v>
       </c>
       <c r="E348" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F348" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G348" s="147" t="s">
-        <v>558</v>
-[...1 lines deleted...]
-      <c r="H348" s="332">
+        <v>556</v>
+      </c>
+      <c r="H348" s="327">
         <v>43836</v>
       </c>
       <c r="I348" s="145"/>
     </row>
-    <row r="349" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B349" s="1166"/>
+    <row r="349" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B349" s="1153"/>
       <c r="C349" s="119"/>
       <c r="D349" s="144"/>
       <c r="E349" s="158"/>
       <c r="F349" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G349" s="119"/>
       <c r="H349" s="142"/>
       <c r="I349" s="142"/>
     </row>
-    <row r="350" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B350" s="1164">
+    <row r="350" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B350" s="1151">
         <f>MAX(B$27:B349)+1</f>
         <v>89</v>
       </c>
       <c r="C350" s="120"/>
       <c r="D350" s="167" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E350" s="156"/>
       <c r="F350" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G350" s="120"/>
       <c r="H350" s="151"/>
       <c r="I350" s="151"/>
     </row>
-    <row r="351" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B351" s="1165"/>
+    <row r="351" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B351" s="1152"/>
       <c r="C351" s="150" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="D351" s="148" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="E351" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F351" s="148"/>
       <c r="G351" s="147"/>
-      <c r="H351" s="332">
+      <c r="H351" s="327">
         <v>43810</v>
       </c>
       <c r="I351" s="145"/>
     </row>
-    <row r="352" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B352" s="1166"/>
+    <row r="352" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B352" s="1153"/>
       <c r="C352" s="119"/>
       <c r="D352" s="144"/>
       <c r="E352" s="158"/>
       <c r="F352" s="119"/>
       <c r="G352" s="119"/>
       <c r="H352" s="142"/>
       <c r="I352" s="142"/>
     </row>
-    <row r="353" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B353" s="1164">
+    <row r="353" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B353" s="1151">
         <f>MAX(B$27:B352)+1</f>
         <v>90</v>
       </c>
       <c r="C353" s="153"/>
       <c r="D353" s="164" t="s">
         <v>352</v>
       </c>
-      <c r="E353" s="342"/>
+      <c r="E353" s="337"/>
       <c r="F353" s="120"/>
       <c r="G353" s="120"/>
       <c r="H353" s="151"/>
       <c r="I353" s="151"/>
     </row>
-    <row r="354" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B354" s="1165"/>
+    <row r="354" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B354" s="1152"/>
       <c r="C354" s="233" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="D354" s="161" t="s">
         <v>350</v>
       </c>
       <c r="E354" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F354" s="148"/>
       <c r="G354" s="147">
         <v>6</v>
       </c>
-      <c r="H354" s="332">
+      <c r="H354" s="327">
         <v>43871</v>
       </c>
       <c r="I354" s="145"/>
     </row>
-    <row r="355" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B355" s="1166"/>
+    <row r="355" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B355" s="1153"/>
       <c r="C355" s="255"/>
       <c r="D355" s="159"/>
-      <c r="E355" s="343"/>
+      <c r="E355" s="338"/>
       <c r="F355" s="119"/>
       <c r="G355" s="119"/>
       <c r="H355" s="142"/>
       <c r="I355" s="142"/>
     </row>
-    <row r="356" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B356" s="1164">
+    <row r="356" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B356" s="1151">
         <f>MAX(B$27:B355)+1</f>
         <v>91</v>
       </c>
       <c r="C356" s="153"/>
       <c r="D356" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E356" s="156"/>
       <c r="F356" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G356" s="120"/>
       <c r="H356" s="184"/>
       <c r="I356" s="151"/>
     </row>
-    <row r="357" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B357" s="1165"/>
+    <row r="357" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B357" s="1152"/>
       <c r="C357" s="233" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D357" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E357" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F357" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G357" s="147" t="s">
         <v>141</v>
       </c>
-      <c r="H357" s="324">
+      <c r="H357" s="319">
         <v>43906</v>
       </c>
       <c r="I357" s="145"/>
     </row>
-    <row r="358" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B358" s="1166"/>
+    <row r="358" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B358" s="1153"/>
       <c r="C358" s="255"/>
       <c r="D358" s="144"/>
       <c r="E358" s="158"/>
       <c r="F358" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G358" s="119"/>
       <c r="H358" s="181"/>
       <c r="I358" s="142"/>
     </row>
-    <row r="359" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B359" s="1164">
+    <row r="359" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B359" s="1151">
         <f>MAX(B$27:B358)+1</f>
         <v>92</v>
       </c>
       <c r="C359" s="153"/>
       <c r="D359" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E359" s="156"/>
       <c r="F359" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G359" s="120"/>
       <c r="H359" s="120"/>
       <c r="I359" s="151"/>
     </row>
-    <row r="360" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B360" s="1165"/>
+    <row r="360" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B360" s="1152"/>
       <c r="C360" s="149" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="D360" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E360" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F360" s="148"/>
       <c r="G360" s="147" t="s">
         <v>301</v>
       </c>
-      <c r="H360" s="324">
+      <c r="H360" s="319">
         <v>43983</v>
       </c>
       <c r="I360" s="145"/>
     </row>
-    <row r="361" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B361" s="1166"/>
+    <row r="361" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B361" s="1153"/>
       <c r="C361" s="255"/>
       <c r="D361" s="144"/>
       <c r="E361" s="158"/>
       <c r="F361" s="119"/>
       <c r="G361" s="119"/>
       <c r="H361" s="119"/>
       <c r="I361" s="142"/>
     </row>
-    <row r="362" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B362" s="1237">
+    <row r="362" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B362" s="1226">
         <f>MAX(B$27:B361)+1</f>
         <v>93</v>
       </c>
-      <c r="C362" s="1235" t="s">
-[...2 lines deleted...]
-      <c r="D362" s="1227" t="s">
+      <c r="C362" s="1224" t="s">
+        <v>577</v>
+      </c>
+      <c r="D362" s="1216" t="s">
         <v>149</v>
       </c>
       <c r="E362" s="156"/>
       <c r="F362" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G362" s="156"/>
       <c r="H362" s="163"/>
       <c r="I362" s="151"/>
     </row>
-    <row r="363" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="D363" s="1228"/>
+    <row r="363" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B363" s="1227"/>
+      <c r="C363" s="1225"/>
+      <c r="D363" s="1217"/>
       <c r="E363" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F363" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G363" s="147" t="s">
         <v>119</v>
       </c>
       <c r="H363" s="146">
         <v>43895</v>
       </c>
       <c r="I363" s="145"/>
     </row>
-    <row r="364" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="D364" s="1228"/>
+    <row r="364" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B364" s="1227"/>
+      <c r="C364" s="1225"/>
+      <c r="D364" s="1217"/>
       <c r="E364" s="160"/>
       <c r="F364" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G364" s="147"/>
       <c r="H364" s="193"/>
       <c r="I364" s="145"/>
     </row>
-    <row r="365" spans="2:9" s="30" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.2">
-[...26 lines deleted...]
-      <c r="F366" s="605" t="s">
+    <row r="365" spans="2:9" s="30" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B365" s="1227"/>
+      <c r="C365" s="1225"/>
+      <c r="D365" s="1217"/>
+      <c r="E365" s="430" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F365" s="600" t="s">
+        <v>687</v>
+      </c>
+      <c r="G365" s="428" t="s">
+        <v>895</v>
+      </c>
+      <c r="H365" s="492" t="s">
+        <v>896</v>
+      </c>
+      <c r="I365" s="598" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="366" spans="2:9" s="30" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B366" s="1227"/>
+      <c r="C366" s="1225"/>
+      <c r="D366" s="1217"/>
+      <c r="E366" s="512" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F366" s="600" t="s">
         <v>349</v>
       </c>
-      <c r="G366" s="680" t="s">
+      <c r="G366" s="675" t="s">
         <v>119</v>
       </c>
-      <c r="H366" s="681">
+      <c r="H366" s="676">
         <v>44182</v>
       </c>
-      <c r="I366" s="682">
+      <c r="I366" s="677">
         <v>44809</v>
       </c>
     </row>
-    <row r="367" spans="2:9" s="30" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="G367" s="498" t="s">
+    <row r="367" spans="2:9" s="30" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B367" s="1227"/>
+      <c r="C367" s="1225"/>
+      <c r="D367" s="1217"/>
+      <c r="E367" s="491" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F367" s="490" t="s">
+        <v>687</v>
+      </c>
+      <c r="G367" s="493" t="s">
         <v>119</v>
       </c>
       <c r="H367" s="275">
         <v>44249</v>
       </c>
       <c r="I367" s="145"/>
     </row>
-    <row r="368" spans="2:9" s="30" customFormat="1" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="F368" s="558" t="s">
+    <row r="368" spans="2:9" s="30" customFormat="1" ht="78.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B368" s="1227"/>
+      <c r="C368" s="1225"/>
+      <c r="D368" s="1217"/>
+      <c r="E368" s="430" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F368" s="553" t="s">
+        <v>840</v>
+      </c>
+      <c r="G368" s="529" t="s">
+        <v>841</v>
+      </c>
+      <c r="H368" s="492" t="s">
+        <v>842</v>
+      </c>
+      <c r="I368" s="492" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="369" spans="2:9" s="30" customFormat="1" ht="50.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B369" s="535"/>
+      <c r="C369" s="534"/>
+      <c r="D369" s="533"/>
+      <c r="E369" s="423" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F369" s="599" t="s">
+        <v>742</v>
+      </c>
+      <c r="G369" s="517" t="s">
+        <v>802</v>
+      </c>
+      <c r="H369" s="518" t="s">
+        <v>845</v>
+      </c>
+      <c r="I369" s="598" t="s">
         <v>844</v>
       </c>
-      <c r="G368" s="534" t="s">
-[...30 lines deleted...]
-      <c r="B370" s="1164">
+    </row>
+    <row r="370" spans="2:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B370" s="1151">
         <f>MAX(B$27:B366)+1</f>
         <v>94</v>
       </c>
       <c r="C370" s="190"/>
       <c r="D370" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E370" s="156"/>
       <c r="F370" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G370" s="156"/>
       <c r="H370" s="163"/>
-      <c r="I370" s="1088" t="s">
-[...6 lines deleted...]
-        <v>722</v>
+      <c r="I370" s="1075" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="371" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B371" s="1152"/>
+      <c r="C371" s="464" t="s">
+        <v>719</v>
       </c>
       <c r="D371" s="166" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E371" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F371" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G371" s="147" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="H371" s="146">
         <v>43948</v>
       </c>
-      <c r="I371" s="1181"/>
-[...3 lines deleted...]
-      <c r="C372" s="511"/>
+      <c r="I371" s="1158"/>
+    </row>
+    <row r="372" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B372" s="1152"/>
+      <c r="C372" s="506"/>
       <c r="D372" s="65"/>
       <c r="E372" s="160"/>
       <c r="F372" s="148" t="s">
         <v>335</v>
       </c>
-      <c r="G372" s="512"/>
+      <c r="G372" s="507"/>
       <c r="H372" s="193"/>
-      <c r="I372" s="1181"/>
-[...2 lines deleted...]
-      <c r="B373" s="510"/>
+      <c r="I372" s="1158"/>
+    </row>
+    <row r="373" spans="2:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B373" s="505"/>
       <c r="C373" s="186"/>
       <c r="D373" s="144"/>
-      <c r="E373" s="428" t="s">
-[...6 lines deleted...]
-      <c r="H373" s="1039">
+      <c r="E373" s="423" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F373" s="516"/>
+      <c r="G373" s="982" t="s">
+        <v>747</v>
+      </c>
+      <c r="H373" s="983">
         <v>44378</v>
       </c>
-      <c r="I373" s="1039">
+      <c r="I373" s="983">
         <v>44400</v>
       </c>
     </row>
-    <row r="374" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B374" s="1164">
+    <row r="374" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B374" s="1151">
         <f>MAX(B$27:B373)+1</f>
         <v>95</v>
       </c>
       <c r="C374" s="244"/>
       <c r="D374" s="244" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="E374" s="151"/>
-      <c r="F374" s="347" t="s">
+      <c r="F374" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G374" s="244"/>
       <c r="H374" s="151"/>
       <c r="I374" s="151"/>
     </row>
-    <row r="375" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C375" s="321" t="s">
+    <row r="375" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B375" s="1152"/>
+      <c r="C375" s="316" t="s">
+        <v>602</v>
+      </c>
+      <c r="D375" s="243" t="s">
         <v>604</v>
       </c>
-      <c r="D375" s="243" t="s">
-[...5 lines deleted...]
-      <c r="F375" s="348" t="s">
+      <c r="E375" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F375" s="343" t="s">
         <v>336</v>
       </c>
-      <c r="G375" s="350" t="s">
+      <c r="G375" s="345" t="s">
         <v>126</v>
       </c>
-      <c r="H375" s="332">
+      <c r="H375" s="327">
         <v>44013</v>
       </c>
       <c r="I375" s="145"/>
     </row>
-    <row r="376" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B376" s="1166"/>
+    <row r="376" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B376" s="1153"/>
       <c r="C376" s="242"/>
       <c r="D376" s="142"/>
-      <c r="E376" s="317"/>
-      <c r="F376" s="349" t="s">
+      <c r="E376" s="312"/>
+      <c r="F376" s="344" t="s">
         <v>335</v>
       </c>
       <c r="G376" s="242"/>
       <c r="H376" s="142"/>
       <c r="I376" s="142"/>
     </row>
-    <row r="377" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B377" s="1164">
+    <row r="377" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B377" s="1151">
         <f>MAX(B$27:B376)+1</f>
         <v>96</v>
       </c>
       <c r="C377" s="153"/>
       <c r="D377" s="154" t="s">
         <v>344</v>
       </c>
       <c r="E377" s="151"/>
-      <c r="F377" s="347" t="s">
+      <c r="F377" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G377" s="120"/>
       <c r="H377" s="151"/>
       <c r="I377" s="151"/>
     </row>
-    <row r="378" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B378" s="1165"/>
+    <row r="378" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B378" s="1152"/>
       <c r="C378" s="233" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="D378" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E378" s="315" t="s">
-[...2 lines deleted...]
-      <c r="F378" s="348" t="s">
+      <c r="E378" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F378" s="343" t="s">
         <v>336</v>
       </c>
-      <c r="G378" s="350" t="s">
+      <c r="G378" s="345" t="s">
         <v>361</v>
       </c>
       <c r="H378" s="146">
         <v>43942</v>
       </c>
       <c r="I378" s="145"/>
     </row>
-    <row r="379" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B379" s="1166"/>
+    <row r="379" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B379" s="1153"/>
       <c r="C379" s="255"/>
       <c r="D379" s="144"/>
-      <c r="E379" s="317"/>
-      <c r="F379" s="349" t="s">
+      <c r="E379" s="312"/>
+      <c r="F379" s="344" t="s">
         <v>335</v>
       </c>
       <c r="G379" s="119"/>
       <c r="H379" s="142"/>
       <c r="I379" s="142"/>
     </row>
-    <row r="380" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B380" s="1164">
+    <row r="380" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B380" s="1151">
         <f>MAX(B$27:B379)+1</f>
         <v>97</v>
       </c>
-      <c r="C380" s="401"/>
+      <c r="C380" s="396"/>
       <c r="D380" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E380" s="151"/>
-      <c r="F380" s="347" t="s">
+      <c r="F380" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G380" s="156"/>
       <c r="H380" s="151"/>
       <c r="I380" s="151"/>
     </row>
-    <row r="381" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>616</v>
+    <row r="381" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B381" s="1152"/>
+      <c r="C381" s="330" t="s">
+        <v>614</v>
       </c>
       <c r="D381" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F381" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E381" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F381" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G381" s="147" t="s">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="H381" s="332">
+        <v>615</v>
+      </c>
+      <c r="H381" s="327">
         <v>44027</v>
       </c>
       <c r="I381" s="145"/>
     </row>
-    <row r="382" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C382" s="402"/>
+    <row r="382" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B382" s="1153"/>
+      <c r="C382" s="397"/>
       <c r="D382" s="144"/>
-      <c r="E382" s="317"/>
-      <c r="F382" s="349" t="s">
+      <c r="E382" s="312"/>
+      <c r="F382" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G382" s="387"/>
+      <c r="G382" s="382"/>
       <c r="H382" s="142"/>
       <c r="I382" s="142"/>
     </row>
-    <row r="383" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B383" s="1164">
+    <row r="383" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B383" s="1151">
         <f>MAX(B$27:B382)+1</f>
         <v>98</v>
       </c>
-      <c r="C383" s="334"/>
+      <c r="C383" s="329"/>
       <c r="D383" s="175" t="s">
         <v>384</v>
       </c>
       <c r="E383" s="156"/>
       <c r="F383" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G383" s="156"/>
       <c r="H383" s="163"/>
       <c r="I383" s="151"/>
     </row>
-    <row r="384" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>624</v>
+    <row r="384" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B384" s="1152"/>
+      <c r="C384" s="330" t="s">
+        <v>622</v>
       </c>
       <c r="D384" s="174" t="s">
         <v>383</v>
       </c>
       <c r="E384" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F384" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G384" s="147" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="H384" s="146">
         <v>44109</v>
       </c>
       <c r="I384" s="145"/>
     </row>
-    <row r="385" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C385" s="336"/>
+    <row r="385" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B385" s="1153"/>
+      <c r="C385" s="331"/>
       <c r="D385" s="173"/>
       <c r="E385" s="158"/>
       <c r="F385" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G385" s="144"/>
       <c r="H385" s="157"/>
       <c r="I385" s="142"/>
     </row>
-    <row r="386" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B386" s="1164">
+    <row r="386" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B386" s="1151">
         <f>MAX(B$27:B385)+1</f>
         <v>99</v>
       </c>
-      <c r="C386" s="322"/>
+      <c r="C386" s="317"/>
       <c r="D386" s="120" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="E386" s="151"/>
-      <c r="F386" s="347" t="s">
+      <c r="F386" s="342" t="s">
         <v>339</v>
       </c>
-      <c r="G386" s="350"/>
+      <c r="G386" s="345"/>
       <c r="H386" s="151"/>
       <c r="I386" s="151"/>
     </row>
-    <row r="387" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>629</v>
+    <row r="387" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B387" s="1152"/>
+      <c r="C387" s="398" t="s">
+        <v>627</v>
       </c>
       <c r="D387" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E387" s="315" t="s">
-[...2 lines deleted...]
-      <c r="F387" s="348" t="s">
+      <c r="E387" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F387" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G387" s="147" t="s">
         <v>341</v>
       </c>
-      <c r="H387" s="332">
+      <c r="H387" s="327">
         <v>44013</v>
       </c>
       <c r="I387" s="145"/>
     </row>
-    <row r="388" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C388" s="323"/>
+    <row r="388" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B388" s="1153"/>
+      <c r="C388" s="318"/>
       <c r="D388" s="144"/>
-      <c r="E388" s="317"/>
-      <c r="F388" s="349" t="s">
+      <c r="E388" s="312"/>
+      <c r="F388" s="344" t="s">
         <v>335</v>
       </c>
       <c r="G388" s="242"/>
       <c r="H388" s="142"/>
       <c r="I388" s="142"/>
     </row>
-    <row r="389" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B389" s="1164">
+    <row r="389" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B389" s="1151">
         <f>MAX(B$27:B388)+1</f>
         <v>100</v>
       </c>
-      <c r="C389" s="322"/>
+      <c r="C389" s="317"/>
       <c r="D389" s="120" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="E389" s="151"/>
-      <c r="F389" s="347" t="s">
+      <c r="F389" s="342" t="s">
         <v>339</v>
       </c>
-      <c r="G389" s="350"/>
+      <c r="G389" s="345"/>
       <c r="H389" s="151"/>
-      <c r="I389" s="1088" t="s">
-[...6 lines deleted...]
-        <v>1141</v>
+      <c r="I389" s="1075" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="390" spans="2:9" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="B390" s="1152"/>
+      <c r="C390" s="399" t="s">
+        <v>1132</v>
       </c>
       <c r="D390" s="148" t="s">
-        <v>632</v>
-[...4 lines deleted...]
-      <c r="F390" s="1041" t="s">
+        <v>630</v>
+      </c>
+      <c r="E390" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F390" s="985" t="s">
         <v>336</v>
       </c>
-      <c r="G390" s="1035" t="s">
+      <c r="G390" s="979" t="s">
         <v>377</v>
       </c>
-      <c r="H390" s="1042">
+      <c r="H390" s="986">
         <v>44104</v>
       </c>
-      <c r="I390" s="1181"/>
-[...3 lines deleted...]
-      <c r="C391" s="318"/>
+      <c r="I390" s="1158"/>
+    </row>
+    <row r="391" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B391" s="1152"/>
+      <c r="C391" s="313"/>
       <c r="D391" s="65"/>
-      <c r="E391" s="315"/>
-      <c r="F391" s="348" t="s">
+      <c r="E391" s="310"/>
+      <c r="F391" s="343" t="s">
         <v>335</v>
       </c>
       <c r="G391" s="243"/>
       <c r="H391" s="145"/>
-      <c r="I391" s="1181"/>
-[...3 lines deleted...]
-      <c r="C392" s="318"/>
+      <c r="I391" s="1158"/>
+    </row>
+    <row r="392" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B392" s="980"/>
+      <c r="C392" s="313"/>
       <c r="D392" s="65"/>
-      <c r="E392" s="315"/>
+      <c r="E392" s="310"/>
       <c r="F392" s="243"/>
-      <c r="G392" s="1040">
+      <c r="G392" s="984">
         <v>6</v>
       </c>
-      <c r="H392" s="805">
+      <c r="H392" s="800">
         <v>44652</v>
       </c>
-      <c r="I392" s="1181"/>
-[...3 lines deleted...]
-      <c r="C393" s="323"/>
+      <c r="I392" s="1158"/>
+    </row>
+    <row r="393" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B393" s="981"/>
+      <c r="C393" s="318"/>
       <c r="D393" s="144"/>
-      <c r="E393" s="317"/>
-[...1 lines deleted...]
-      <c r="G393" s="412">
+      <c r="E393" s="312"/>
+      <c r="F393" s="344"/>
+      <c r="G393" s="407">
         <v>4</v>
       </c>
-      <c r="H393" s="332">
+      <c r="H393" s="327">
         <v>46023</v>
       </c>
-      <c r="I393" s="1033"/>
-[...2 lines deleted...]
-      <c r="B394" s="1164">
+      <c r="I393" s="977"/>
+    </row>
+    <row r="394" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B394" s="1151">
         <f>MAX(B$27:B391)+1</f>
         <v>101</v>
       </c>
       <c r="C394" s="190"/>
       <c r="D394" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E394" s="151"/>
-      <c r="F394" s="347" t="s">
+      <c r="F394" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G394" s="156"/>
       <c r="H394" s="151"/>
       <c r="I394" s="151"/>
     </row>
-    <row r="395" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B395" s="1165"/>
+    <row r="395" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B395" s="1152"/>
       <c r="C395" s="162" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="D395" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F395" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E395" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F395" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G395" s="147" t="s">
         <v>377</v>
       </c>
-      <c r="H395" s="332">
+      <c r="H395" s="327">
         <v>44075</v>
       </c>
       <c r="I395" s="145"/>
     </row>
-    <row r="396" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B396" s="1166"/>
+    <row r="396" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B396" s="1153"/>
       <c r="C396" s="186"/>
       <c r="D396" s="144"/>
-      <c r="E396" s="317"/>
-      <c r="F396" s="349" t="s">
+      <c r="E396" s="312"/>
+      <c r="F396" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G396" s="389"/>
+      <c r="G396" s="384"/>
       <c r="H396" s="142"/>
       <c r="I396" s="142"/>
     </row>
-    <row r="397" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B397" s="1164">
+    <row r="397" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B397" s="1151">
         <f>MAX(B$27:B396)+1</f>
         <v>102</v>
       </c>
       <c r="C397" s="153"/>
       <c r="D397" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E397" s="151"/>
-      <c r="F397" s="347" t="s">
+      <c r="F397" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G397" s="120"/>
       <c r="H397" s="184"/>
       <c r="I397" s="151"/>
     </row>
-    <row r="398" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B398" s="1165"/>
+    <row r="398" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B398" s="1152"/>
       <c r="C398" s="233" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="D398" s="148" t="s">
         <v>345</v>
       </c>
-      <c r="E398" s="315" t="s">
-[...2 lines deleted...]
-      <c r="F398" s="348" t="s">
+      <c r="E398" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F398" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G398" s="147" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="H398" s="332">
+        <v>633</v>
+      </c>
+      <c r="H398" s="327">
         <v>44105</v>
       </c>
       <c r="I398" s="145"/>
     </row>
-    <row r="399" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B399" s="1166"/>
+    <row r="399" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B399" s="1153"/>
       <c r="C399" s="255"/>
       <c r="D399" s="144"/>
-      <c r="E399" s="317"/>
-      <c r="F399" s="349" t="s">
+      <c r="E399" s="312"/>
+      <c r="F399" s="344" t="s">
         <v>335</v>
       </c>
       <c r="G399" s="119"/>
       <c r="H399" s="181"/>
       <c r="I399" s="142"/>
     </row>
-    <row r="400" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B400" s="1164">
+    <row r="400" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B400" s="1151">
         <f>MAX(B$27:B399)+1</f>
         <v>103</v>
       </c>
       <c r="C400" s="190"/>
       <c r="D400" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E400" s="151"/>
-      <c r="F400" s="347" t="s">
+      <c r="F400" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G400" s="156"/>
       <c r="H400" s="151"/>
       <c r="I400" s="151"/>
     </row>
-    <row r="401" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B401" s="1165"/>
+    <row r="401" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B401" s="1152"/>
       <c r="C401" s="162" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D401" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F401" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E401" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F401" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G401" s="147" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H401" s="332">
+        <v>395</v>
+      </c>
+      <c r="H401" s="327">
         <v>44105</v>
       </c>
       <c r="I401" s="145"/>
     </row>
-    <row r="402" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B402" s="1166"/>
+    <row r="402" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B402" s="1153"/>
       <c r="C402" s="186"/>
       <c r="D402" s="144"/>
-      <c r="E402" s="317"/>
-      <c r="F402" s="349" t="s">
+      <c r="E402" s="312"/>
+      <c r="F402" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G402" s="390"/>
+      <c r="G402" s="385"/>
       <c r="H402" s="142"/>
       <c r="I402" s="142"/>
     </row>
-    <row r="403" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B403" s="1164">
+    <row r="403" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B403" s="1151">
         <f>MAX(B$27:B402)+1</f>
         <v>104</v>
       </c>
       <c r="C403" s="190"/>
       <c r="D403" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E403" s="151"/>
-      <c r="F403" s="347" t="s">
+      <c r="F403" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G403" s="156"/>
       <c r="H403" s="151"/>
-      <c r="I403" s="1088" t="s">
-[...4 lines deleted...]
-      <c r="B404" s="1165"/>
+      <c r="I403" s="1075" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="404" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B404" s="1152"/>
       <c r="C404" s="162" t="s">
-        <v>1131</v>
+        <v>1122</v>
       </c>
       <c r="D404" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F404" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E404" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F404" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G404" s="147" t="s">
         <v>127</v>
       </c>
-      <c r="H404" s="332">
+      <c r="H404" s="327">
         <v>44094</v>
       </c>
-      <c r="I404" s="1181"/>
-[...2 lines deleted...]
-      <c r="B405" s="1166"/>
+      <c r="I404" s="1158"/>
+    </row>
+    <row r="405" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B405" s="1153"/>
       <c r="C405" s="186"/>
       <c r="D405" s="144"/>
-      <c r="E405" s="317"/>
-      <c r="F405" s="349" t="s">
+      <c r="E405" s="312"/>
+      <c r="F405" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G405" s="391"/>
+      <c r="G405" s="386"/>
       <c r="H405" s="142"/>
-      <c r="I405" s="1181"/>
-[...2 lines deleted...]
-      <c r="B406" s="1164">
+      <c r="I405" s="1158"/>
+    </row>
+    <row r="406" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B406" s="1151">
         <f>MAX(B$27:B405)+1</f>
         <v>105</v>
       </c>
       <c r="C406" s="190"/>
       <c r="D406" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E406" s="151"/>
-      <c r="F406" s="347" t="s">
+      <c r="F406" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G406" s="156"/>
       <c r="H406" s="151"/>
-      <c r="I406" s="151"/>
-[...2 lines deleted...]
-      <c r="B407" s="1165"/>
+      <c r="I406" s="1075" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="407" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B407" s="1152"/>
       <c r="C407" s="162" t="s">
-        <v>642</v>
+        <v>1329</v>
       </c>
       <c r="D407" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F407" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E407" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F407" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G407" s="147" t="s">
         <v>114</v>
       </c>
-      <c r="H407" s="332">
+      <c r="H407" s="327">
         <v>44084</v>
       </c>
-      <c r="I407" s="145"/>
-[...2 lines deleted...]
-      <c r="B408" s="1166"/>
+      <c r="I407" s="1158"/>
+    </row>
+    <row r="408" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B408" s="1153"/>
       <c r="C408" s="186"/>
       <c r="D408" s="144"/>
-      <c r="E408" s="317"/>
-      <c r="F408" s="349" t="s">
+      <c r="E408" s="312"/>
+      <c r="F408" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G408" s="394"/>
+      <c r="G408" s="389"/>
       <c r="H408" s="142"/>
-      <c r="I408" s="142"/>
-[...2 lines deleted...]
-      <c r="B409" s="1164">
+      <c r="I408" s="1158"/>
+    </row>
+    <row r="409" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B409" s="1151">
         <f>MAX(B$27:B408)+1</f>
         <v>106</v>
       </c>
       <c r="C409" s="153"/>
       <c r="D409" s="154" t="s">
         <v>344</v>
       </c>
       <c r="E409" s="151"/>
-      <c r="F409" s="347" t="s">
+      <c r="F409" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G409" s="120"/>
       <c r="H409" s="151"/>
       <c r="I409" s="151"/>
     </row>
-    <row r="410" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B410" s="1165"/>
+    <row r="410" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B410" s="1152"/>
       <c r="C410" s="233" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="D410" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E410" s="315" t="s">
-[...2 lines deleted...]
-      <c r="F410" s="348" t="s">
+      <c r="E410" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F410" s="343" t="s">
         <v>336</v>
       </c>
-      <c r="G410" s="350" t="s">
+      <c r="G410" s="345" t="s">
         <v>303</v>
       </c>
       <c r="H410" s="146">
         <v>44075</v>
       </c>
       <c r="I410" s="145"/>
     </row>
-    <row r="411" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B411" s="1166"/>
+    <row r="411" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B411" s="1153"/>
       <c r="C411" s="255"/>
       <c r="D411" s="144"/>
-      <c r="E411" s="317"/>
-      <c r="F411" s="349" t="s">
+      <c r="E411" s="312"/>
+      <c r="F411" s="344" t="s">
         <v>335</v>
       </c>
       <c r="G411" s="119"/>
       <c r="H411" s="142"/>
       <c r="I411" s="142"/>
     </row>
-    <row r="412" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B412" s="1164">
+    <row r="412" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B412" s="1151">
         <f>MAX(B$27:B411)+1</f>
         <v>107</v>
       </c>
       <c r="C412" s="190"/>
       <c r="D412" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E412" s="151"/>
-      <c r="F412" s="347" t="s">
+      <c r="F412" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G412" s="156"/>
       <c r="H412" s="151"/>
       <c r="I412" s="151"/>
     </row>
-    <row r="413" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B413" s="1165"/>
+    <row r="413" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B413" s="1152"/>
       <c r="C413" s="162" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="D413" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F413" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E413" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F413" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G413" s="147" t="s">
         <v>127</v>
       </c>
-      <c r="H413" s="332">
+      <c r="H413" s="327">
         <v>44126</v>
       </c>
       <c r="I413" s="145"/>
     </row>
-    <row r="414" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B414" s="1166"/>
+    <row r="414" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B414" s="1153"/>
       <c r="C414" s="186"/>
       <c r="D414" s="144"/>
-      <c r="E414" s="317"/>
-      <c r="F414" s="349" t="s">
+      <c r="E414" s="312"/>
+      <c r="F414" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G414" s="405"/>
+      <c r="G414" s="400"/>
       <c r="H414" s="142"/>
       <c r="I414" s="142"/>
     </row>
-    <row r="415" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B415" s="1164">
+    <row r="415" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B415" s="1151">
         <f>MAX(B$27:B414)+1</f>
         <v>108</v>
       </c>
       <c r="C415" s="190"/>
       <c r="D415" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E415" s="151"/>
-      <c r="F415" s="347" t="s">
+      <c r="F415" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G415" s="156"/>
       <c r="H415" s="151"/>
       <c r="I415" s="151"/>
     </row>
-    <row r="416" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B416" s="1165"/>
+    <row r="416" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B416" s="1152"/>
       <c r="C416" s="162" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="D416" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F416" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E416" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F416" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G416" s="147" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="H416" s="332">
+        <v>656</v>
+      </c>
+      <c r="H416" s="327">
         <v>44197</v>
       </c>
       <c r="I416" s="145"/>
     </row>
-    <row r="417" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C417" s="556"/>
+    <row r="417" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B417" s="1152"/>
+      <c r="C417" s="551"/>
       <c r="D417" s="65"/>
-      <c r="E417" s="315"/>
-      <c r="F417" s="348" t="s">
+      <c r="E417" s="310"/>
+      <c r="F417" s="343" t="s">
         <v>335</v>
       </c>
-      <c r="G417" s="550"/>
+      <c r="G417" s="545"/>
       <c r="H417" s="145"/>
       <c r="I417" s="145"/>
     </row>
-    <row r="418" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B418" s="555"/>
+    <row r="418" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B418" s="550"/>
       <c r="C418" s="186"/>
       <c r="D418" s="144"/>
-      <c r="E418" s="317"/>
+      <c r="E418" s="312"/>
       <c r="F418" s="242"/>
       <c r="G418" s="112" t="s">
-        <v>815</v>
-[...1 lines deleted...]
-      <c r="H418" s="559">
+        <v>811</v>
+      </c>
+      <c r="H418" s="554">
         <v>44515</v>
       </c>
       <c r="I418" s="145"/>
     </row>
-    <row r="419" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B419" s="1164">
+    <row r="419" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B419" s="1151">
         <f>MAX(B$27:B418)+1</f>
         <v>109</v>
       </c>
       <c r="C419" s="190"/>
       <c r="D419" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E419" s="151"/>
-      <c r="F419" s="347" t="s">
+      <c r="F419" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G419" s="156"/>
       <c r="H419" s="151"/>
       <c r="I419" s="151"/>
     </row>
-    <row r="420" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B420" s="1165"/>
+    <row r="420" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B420" s="1152"/>
       <c r="C420" s="162" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D420" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F420" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E420" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F420" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G420" s="147" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H420" s="332">
+        <v>395</v>
+      </c>
+      <c r="H420" s="327">
         <v>44162</v>
       </c>
       <c r="I420" s="145"/>
     </row>
-    <row r="421" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B421" s="1166"/>
+    <row r="421" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B421" s="1153"/>
       <c r="C421" s="186"/>
       <c r="D421" s="144"/>
-      <c r="E421" s="317"/>
-      <c r="F421" s="349" t="s">
+      <c r="E421" s="312"/>
+      <c r="F421" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G421" s="407"/>
+      <c r="G421" s="402"/>
       <c r="H421" s="142"/>
       <c r="I421" s="142"/>
     </row>
-    <row r="422" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B422" s="1164">
+    <row r="422" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B422" s="1151">
         <f>MAX(B$27:B421)+1</f>
         <v>110</v>
       </c>
       <c r="C422" s="190"/>
       <c r="D422" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E422" s="151"/>
-      <c r="F422" s="347" t="s">
+      <c r="F422" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G422" s="156"/>
       <c r="H422" s="151"/>
       <c r="I422" s="151"/>
     </row>
-    <row r="423" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B423" s="1165"/>
+    <row r="423" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B423" s="1152"/>
       <c r="C423" s="162" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="D423" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F423" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E423" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F423" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G423" s="147" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="H423" s="332">
+        <v>659</v>
+      </c>
+      <c r="H423" s="327">
         <v>44162</v>
       </c>
       <c r="I423" s="145"/>
     </row>
-    <row r="424" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B424" s="1166"/>
+    <row r="424" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B424" s="1153"/>
       <c r="C424" s="186"/>
       <c r="D424" s="144"/>
-      <c r="E424" s="317"/>
-      <c r="F424" s="349" t="s">
+      <c r="E424" s="312"/>
+      <c r="F424" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G424" s="407"/>
+      <c r="G424" s="402"/>
       <c r="H424" s="142"/>
       <c r="I424" s="142"/>
     </row>
-    <row r="425" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B425" s="1164">
+    <row r="425" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B425" s="1151">
         <f>MAX(B$27:B424)+1</f>
         <v>111</v>
       </c>
       <c r="C425" s="120"/>
       <c r="D425" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E425" s="120"/>
-      <c r="F425" s="347" t="s">
+      <c r="F425" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G425" s="156"/>
       <c r="H425" s="151"/>
       <c r="I425" s="151"/>
     </row>
-    <row r="426" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B426" s="1165"/>
+    <row r="426" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B426" s="1152"/>
       <c r="C426" s="150" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D426" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E426" s="147" t="s">
         <v>54</v>
       </c>
-      <c r="F426" s="348" t="s">
+      <c r="F426" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G426" s="147" t="s">
         <v>301</v>
       </c>
-      <c r="H426" s="332">
+      <c r="H426" s="327">
         <v>44140</v>
       </c>
       <c r="I426" s="145"/>
     </row>
-    <row r="427" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B427" s="1166"/>
+    <row r="427" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B427" s="1153"/>
       <c r="C427" s="119"/>
       <c r="D427" s="144"/>
       <c r="E427" s="119"/>
-      <c r="F427" s="349" t="s">
+      <c r="F427" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G427" s="408"/>
+      <c r="G427" s="403"/>
       <c r="H427" s="142"/>
       <c r="I427" s="142"/>
     </row>
-    <row r="428" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B428" s="1164">
+    <row r="428" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B428" s="1151">
         <f>MAX(B$27:B427)+1</f>
         <v>112</v>
       </c>
-      <c r="C428" s="334"/>
-      <c r="D428" s="415" t="s">
+      <c r="C428" s="329"/>
+      <c r="D428" s="410" t="s">
         <v>384</v>
       </c>
       <c r="E428" s="156"/>
       <c r="F428" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G428" s="156"/>
       <c r="H428" s="163"/>
       <c r="I428" s="151"/>
     </row>
-    <row r="429" spans="2:9" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="D429" s="416" t="s">
+    <row r="429" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B429" s="1152"/>
+      <c r="C429" s="330" t="s">
+        <v>662</v>
+      </c>
+      <c r="D429" s="411" t="s">
         <v>383</v>
       </c>
       <c r="E429" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F429" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G429" s="147" t="s">
-        <v>666</v>
-[...1 lines deleted...]
-      <c r="H429" s="332">
+        <v>663</v>
+      </c>
+      <c r="H429" s="327">
         <v>44197</v>
       </c>
       <c r="I429" s="145"/>
     </row>
-    <row r="430" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="D430" s="417"/>
+    <row r="430" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B430" s="1153"/>
+      <c r="C430" s="331"/>
+      <c r="D430" s="412"/>
       <c r="E430" s="158"/>
       <c r="F430" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G430" s="144"/>
       <c r="H430" s="157"/>
       <c r="I430" s="142"/>
     </row>
-    <row r="431" spans="2:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B431" s="1164">
+    <row r="431" spans="2:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B431" s="1151">
         <f>MAX(B$27:B430)+1</f>
         <v>113</v>
       </c>
       <c r="C431" s="190"/>
       <c r="D431" s="120" t="s">
         <v>363</v>
       </c>
       <c r="E431" s="156"/>
       <c r="F431" s="120"/>
       <c r="G431" s="156"/>
       <c r="H431" s="163"/>
-      <c r="I431" s="421"/>
-[...2 lines deleted...]
-      <c r="B432" s="1165"/>
+      <c r="I431" s="416"/>
+    </row>
+    <row r="432" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B432" s="1152"/>
       <c r="C432" s="162" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="D432" s="148" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="E432" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F432" s="194" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="G432" s="147">
         <v>5</v>
       </c>
-      <c r="H432" s="332">
+      <c r="H432" s="327">
         <v>44185</v>
       </c>
-      <c r="I432" s="422"/>
-[...2 lines deleted...]
-      <c r="B433" s="1166"/>
+      <c r="I432" s="417"/>
+    </row>
+    <row r="433" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B433" s="1153"/>
       <c r="C433" s="186"/>
       <c r="D433" s="144"/>
       <c r="E433" s="158"/>
       <c r="F433" s="119"/>
-      <c r="G433" s="418"/>
+      <c r="G433" s="413"/>
       <c r="H433" s="157"/>
-      <c r="I433" s="423"/>
-[...2 lines deleted...]
-      <c r="B434" s="1164">
+      <c r="I433" s="418"/>
+    </row>
+    <row r="434" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B434" s="1151">
         <f>MAX(B$27:B433)+1</f>
         <v>114</v>
       </c>
       <c r="C434" s="65"/>
       <c r="D434" s="148" t="s">
         <v>348</v>
       </c>
       <c r="E434" s="156"/>
       <c r="F434" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G434" s="65"/>
-      <c r="H434" s="424"/>
-[...7 lines deleted...]
-        <v>1083</v>
+      <c r="H434" s="419"/>
+      <c r="I434" s="1221" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="435" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B435" s="1152"/>
+      <c r="C435" s="788" t="s">
+        <v>1075</v>
       </c>
       <c r="D435" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E435" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F435" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G435" s="147" t="s">
-        <v>670</v>
-[...1 lines deleted...]
-      <c r="H435" s="332">
+        <v>667</v>
+      </c>
+      <c r="H435" s="327">
         <v>44228</v>
       </c>
-      <c r="I435" s="1233"/>
-[...2 lines deleted...]
-      <c r="B436" s="1166"/>
+      <c r="I435" s="1222"/>
+    </row>
+    <row r="436" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B436" s="1153"/>
       <c r="C436" s="144"/>
       <c r="D436" s="144"/>
       <c r="E436" s="158"/>
       <c r="F436" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G436" s="144"/>
-      <c r="H436" s="425"/>
-[...3 lines deleted...]
-      <c r="B437" s="1164">
+      <c r="H436" s="420"/>
+      <c r="I436" s="1223"/>
+    </row>
+    <row r="437" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B437" s="1151">
         <f>MAX(B$27:B436)+1</f>
         <v>115</v>
       </c>
       <c r="C437" s="190"/>
       <c r="D437" s="167" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="E437" s="151"/>
-      <c r="F437" s="347" t="s">
+      <c r="F437" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G437" s="156"/>
       <c r="H437" s="151"/>
       <c r="I437" s="151"/>
     </row>
-    <row r="438" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B438" s="1165"/>
+    <row r="438" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B438" s="1152"/>
       <c r="C438" s="162" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="D438" s="148" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F438" s="348" t="s">
+        <v>433</v>
+      </c>
+      <c r="E438" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F438" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G438" s="147" t="s">
-        <v>674</v>
-[...1 lines deleted...]
-      <c r="H438" s="332">
+        <v>671</v>
+      </c>
+      <c r="H438" s="327">
         <v>44198</v>
       </c>
       <c r="I438" s="145"/>
     </row>
-    <row r="439" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B439" s="1166"/>
+    <row r="439" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B439" s="1153"/>
       <c r="C439" s="186"/>
       <c r="D439" s="144"/>
-      <c r="E439" s="317"/>
-      <c r="F439" s="349" t="s">
+      <c r="E439" s="312"/>
+      <c r="F439" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G439" s="418"/>
+      <c r="G439" s="413"/>
       <c r="H439" s="142"/>
       <c r="I439" s="142"/>
     </row>
-    <row r="440" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B440" s="1164">
+    <row r="440" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B440" s="1151">
         <f>MAX(B$27:B439)+1</f>
         <v>116</v>
       </c>
       <c r="C440" s="190"/>
       <c r="D440" s="167" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="E440" s="151"/>
-      <c r="F440" s="347" t="s">
+      <c r="F440" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G440" s="156"/>
-      <c r="H440" s="332"/>
+      <c r="H440" s="327"/>
       <c r="I440" s="151"/>
     </row>
-    <row r="441" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>679</v>
+    <row r="441" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B441" s="1152"/>
+      <c r="C441" s="330" t="s">
+        <v>676</v>
       </c>
       <c r="D441" s="148" t="s">
-        <v>680</v>
-[...4 lines deleted...]
-      <c r="F441" s="348" t="s">
+        <v>677</v>
+      </c>
+      <c r="E441" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F441" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G441" s="147" t="s">
         <v>126</v>
       </c>
-      <c r="H441" s="332">
+      <c r="H441" s="327">
         <v>44197</v>
       </c>
       <c r="I441" s="145"/>
     </row>
-    <row r="442" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C442" s="402"/>
+    <row r="442" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B442" s="1153"/>
+      <c r="C442" s="397"/>
       <c r="D442" s="144"/>
-      <c r="E442" s="317"/>
-      <c r="F442" s="349" t="s">
+      <c r="E442" s="312"/>
+      <c r="F442" s="344" t="s">
         <v>335</v>
       </c>
-      <c r="G442" s="420"/>
+      <c r="G442" s="415"/>
       <c r="H442" s="142"/>
       <c r="I442" s="142"/>
     </row>
-    <row r="443" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B443" s="1164">
+    <row r="443" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B443" s="1151">
         <f>MAX(B$27:B442)+1</f>
         <v>117</v>
       </c>
-      <c r="C443" s="401"/>
+      <c r="C443" s="396"/>
       <c r="D443" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E443" s="151"/>
-      <c r="F443" s="347" t="s">
+      <c r="F443" s="342" t="s">
         <v>339</v>
       </c>
       <c r="G443" s="156"/>
-      <c r="H443" s="332"/>
+      <c r="H443" s="327"/>
       <c r="I443" s="151"/>
     </row>
-    <row r="444" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>687</v>
+    <row r="444" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B444" s="1152"/>
+      <c r="C444" s="330" t="s">
+        <v>684</v>
       </c>
       <c r="D444" s="148" t="s">
         <v>345</v>
       </c>
-      <c r="E444" s="315" t="s">
-[...2 lines deleted...]
-      <c r="F444" s="348" t="s">
+      <c r="E444" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F444" s="343" t="s">
         <v>336</v>
       </c>
       <c r="G444" s="147" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="H444" s="332">
+        <v>685</v>
+      </c>
+      <c r="H444" s="327">
         <v>44197</v>
       </c>
       <c r="I444" s="145"/>
     </row>
-    <row r="445" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C445" s="335"/>
+    <row r="445" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B445" s="1152"/>
+      <c r="C445" s="330"/>
       <c r="D445" s="65"/>
-      <c r="E445" s="315"/>
-      <c r="F445" s="348" t="s">
+      <c r="E445" s="310"/>
+      <c r="F445" s="343" t="s">
         <v>335</v>
       </c>
-      <c r="G445" s="550"/>
+      <c r="G445" s="545"/>
       <c r="H445" s="145"/>
       <c r="I445" s="145"/>
     </row>
-    <row r="446" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C446" s="981"/>
+    <row r="446" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B446" s="1153"/>
+      <c r="C446" s="926"/>
       <c r="D446" s="144"/>
-      <c r="E446" s="317"/>
-      <c r="F446" s="349"/>
+      <c r="E446" s="312"/>
+      <c r="F446" s="344"/>
       <c r="G446" s="112" t="s">
-        <v>1265</v>
-[...1 lines deleted...]
-      <c r="H446" s="398">
+        <v>1253</v>
+      </c>
+      <c r="H446" s="393">
         <v>45832</v>
       </c>
       <c r="I446" s="142"/>
     </row>
-    <row r="447" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B447" s="1063">
+    <row r="447" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B447" s="1053">
         <f>MAX(B$27:B445)+1</f>
         <v>118</v>
       </c>
-      <c r="C447" s="334"/>
+      <c r="C447" s="329"/>
       <c r="D447" s="120" t="s">
         <v>375</v>
       </c>
       <c r="E447" s="156"/>
       <c r="F447" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G447" s="156"/>
       <c r="H447" s="163"/>
-      <c r="I447" s="1167"/>
-[...4 lines deleted...]
-        <v>689</v>
+      <c r="I447" s="1155"/>
+    </row>
+    <row r="448" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B448" s="1095"/>
+      <c r="C448" s="330" t="s">
+        <v>686</v>
       </c>
       <c r="D448" s="148" t="s">
         <v>374</v>
       </c>
       <c r="E448" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F448" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G448" s="147" t="s">
         <v>123</v>
       </c>
       <c r="H448" s="146">
         <v>43840</v>
       </c>
-      <c r="I448" s="1168"/>
-[...3 lines deleted...]
-      <c r="C449" s="336"/>
+      <c r="I448" s="1156"/>
+    </row>
+    <row r="449" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B449" s="1069"/>
+      <c r="C449" s="331"/>
       <c r="D449" s="144"/>
       <c r="E449" s="158"/>
       <c r="F449" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G449" s="144"/>
       <c r="H449" s="157"/>
-      <c r="I449" s="1169"/>
-[...2 lines deleted...]
-      <c r="B450" s="1164">
+      <c r="I449" s="1157"/>
+    </row>
+    <row r="450" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B450" s="1151">
         <f>MAX(B$27:B449)+1</f>
         <v>119</v>
       </c>
-      <c r="C450" s="334"/>
-      <c r="D450" s="415" t="s">
+      <c r="C450" s="329"/>
+      <c r="D450" s="410" t="s">
         <v>384</v>
       </c>
       <c r="E450" s="156"/>
       <c r="F450" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G450" s="156"/>
       <c r="H450" s="163"/>
-      <c r="I450" s="1232" t="s">
-[...8 lines deleted...]
-      <c r="D451" s="416" t="s">
+      <c r="I450" s="1221" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="451" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B451" s="1152"/>
+      <c r="C451" s="330" t="s">
+        <v>690</v>
+      </c>
+      <c r="D451" s="411" t="s">
         <v>383</v>
       </c>
       <c r="E451" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F451" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G451" s="147" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="H451" s="332">
+        <v>691</v>
+      </c>
+      <c r="H451" s="327">
         <v>43793</v>
       </c>
-      <c r="I451" s="1233"/>
-[...4 lines deleted...]
-      <c r="D452" s="417"/>
+      <c r="I451" s="1222"/>
+    </row>
+    <row r="452" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B452" s="1153"/>
+      <c r="C452" s="331"/>
+      <c r="D452" s="412"/>
       <c r="E452" s="158"/>
       <c r="F452" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G452" s="144"/>
       <c r="H452" s="157"/>
-      <c r="I452" s="1234"/>
-[...2 lines deleted...]
-      <c r="B453" s="1063">
+      <c r="I452" s="1223"/>
+    </row>
+    <row r="453" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B453" s="1053">
         <f>MAX(B$27:B452)+1</f>
         <v>120</v>
       </c>
-      <c r="C453" s="334"/>
+      <c r="C453" s="329"/>
       <c r="D453" s="154" t="s">
         <v>368</v>
       </c>
       <c r="E453" s="156"/>
       <c r="F453" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G453" s="156"/>
       <c r="H453" s="163"/>
       <c r="I453" s="151"/>
     </row>
-    <row r="454" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>696</v>
+    <row r="454" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B454" s="1095"/>
+      <c r="C454" s="330" t="s">
+        <v>693</v>
       </c>
       <c r="D454" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E454" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F454" s="148"/>
       <c r="G454" s="147" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="H454" s="146">
         <v>44181</v>
       </c>
       <c r="I454" s="145"/>
     </row>
-    <row r="455" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C455" s="336"/>
+    <row r="455" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B455" s="1069"/>
+      <c r="C455" s="331"/>
       <c r="D455" s="144"/>
       <c r="E455" s="158"/>
       <c r="F455" s="119"/>
       <c r="G455" s="144"/>
       <c r="H455" s="157"/>
       <c r="I455" s="142"/>
     </row>
-    <row r="456" spans="2:9" s="432" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="B456" s="1161">
+    <row r="456" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B456" s="1148">
         <f>MAX(B$27:B455)+1</f>
         <v>121</v>
       </c>
-      <c r="C456" s="401"/>
-[...4 lines deleted...]
-      <c r="F456" s="453" t="s">
+      <c r="C456" s="396"/>
+      <c r="D456" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E456" s="447"/>
+      <c r="F456" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G456" s="454"/>
-[...6 lines deleted...]
-        <v>699</v>
+      <c r="G456" s="449"/>
+      <c r="H456" s="447"/>
+      <c r="I456" s="447"/>
+    </row>
+    <row r="457" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B457" s="1149"/>
+      <c r="C457" s="330" t="s">
+        <v>696</v>
       </c>
       <c r="D457" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F457" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E457" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F457" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G457" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H457" s="332">
+      <c r="G457" s="452" t="s">
+        <v>697</v>
+      </c>
+      <c r="H457" s="327">
         <v>44227</v>
       </c>
-      <c r="I457" s="458"/>
-[...6 lines deleted...]
-      <c r="F458" s="462" t="s">
+      <c r="I457" s="453"/>
+    </row>
+    <row r="458" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B458" s="1150"/>
+      <c r="C458" s="397"/>
+      <c r="D458" s="455"/>
+      <c r="E458" s="456"/>
+      <c r="F458" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G458" s="459"/>
-[...4 lines deleted...]
-      <c r="B459" s="1161">
+      <c r="G458" s="454"/>
+      <c r="H458" s="458"/>
+      <c r="I458" s="458"/>
+    </row>
+    <row r="459" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B459" s="1148">
         <f>MAX(B$27:B458)+1</f>
         <v>122</v>
       </c>
-      <c r="C459" s="401"/>
-[...4 lines deleted...]
-      <c r="F459" s="453" t="s">
+      <c r="C459" s="396"/>
+      <c r="D459" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E459" s="447"/>
+      <c r="F459" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G459" s="454"/>
-[...8 lines deleted...]
-        <v>1185</v>
+      <c r="G459" s="449"/>
+      <c r="H459" s="447"/>
+      <c r="I459" s="1221" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="460" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B460" s="1149"/>
+      <c r="C460" s="330" t="s">
+        <v>1173</v>
       </c>
       <c r="D460" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F460" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E460" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F460" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G460" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H460" s="332">
+      <c r="G460" s="452" t="s">
+        <v>728</v>
+      </c>
+      <c r="H460" s="327">
         <v>44287</v>
       </c>
-      <c r="I460" s="1233"/>
-[...6 lines deleted...]
-      <c r="F461" s="462" t="s">
+      <c r="I460" s="1222"/>
+    </row>
+    <row r="461" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B461" s="1150"/>
+      <c r="C461" s="397"/>
+      <c r="D461" s="455"/>
+      <c r="E461" s="456"/>
+      <c r="F461" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G461" s="459"/>
-[...4 lines deleted...]
-      <c r="B462" s="1161">
+      <c r="G461" s="454"/>
+      <c r="H461" s="458"/>
+      <c r="I461" s="1223"/>
+    </row>
+    <row r="462" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B462" s="1148">
         <f>MAX(B$27:B461)+1</f>
         <v>123</v>
       </c>
-      <c r="C462" s="334"/>
-      <c r="D462" s="415" t="s">
+      <c r="C462" s="329"/>
+      <c r="D462" s="410" t="s">
         <v>384</v>
       </c>
-      <c r="E462" s="454"/>
+      <c r="E462" s="449"/>
       <c r="F462" s="153" t="s">
         <v>339</v>
       </c>
-      <c r="G462" s="454"/>
-[...8 lines deleted...]
-      <c r="D463" s="416" t="s">
+      <c r="G462" s="449"/>
+      <c r="H462" s="459"/>
+      <c r="I462" s="1171"/>
+    </row>
+    <row r="463" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B463" s="1149"/>
+      <c r="C463" s="330" t="s">
+        <v>698</v>
+      </c>
+      <c r="D463" s="411" t="s">
         <v>383</v>
       </c>
-      <c r="E463" s="465" t="s">
+      <c r="E463" s="460" t="s">
         <v>120</v>
       </c>
       <c r="F463" s="149" t="s">
         <v>336</v>
       </c>
-      <c r="G463" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H463" s="332">
+      <c r="G463" s="452" t="s">
+        <v>699</v>
+      </c>
+      <c r="H463" s="327">
         <v>44232</v>
       </c>
-      <c r="I463" s="1183"/>
-[...5 lines deleted...]
-      <c r="E464" s="450"/>
+      <c r="I463" s="1172"/>
+    </row>
+    <row r="464" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B464" s="1150"/>
+      <c r="C464" s="331"/>
+      <c r="D464" s="412"/>
+      <c r="E464" s="445"/>
       <c r="F464" s="255" t="s">
         <v>335</v>
       </c>
-      <c r="G464" s="460"/>
-[...4 lines deleted...]
-      <c r="B465" s="1161">
+      <c r="G464" s="455"/>
+      <c r="H464" s="461"/>
+      <c r="I464" s="1173"/>
+    </row>
+    <row r="465" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B465" s="1148">
         <f>MAX(B$27:B464)+1</f>
         <v>124</v>
       </c>
-      <c r="C465" s="401"/>
-[...4 lines deleted...]
-      <c r="F465" s="453" t="s">
+      <c r="C465" s="396"/>
+      <c r="D465" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E465" s="447"/>
+      <c r="F465" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G465" s="454"/>
-[...6 lines deleted...]
-        <v>713</v>
+      <c r="G465" s="449"/>
+      <c r="H465" s="447"/>
+      <c r="I465" s="447"/>
+    </row>
+    <row r="466" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B466" s="1149"/>
+      <c r="C466" s="330" t="s">
+        <v>710</v>
       </c>
       <c r="D466" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F466" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E466" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F466" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G466" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H466" s="332">
+      <c r="G466" s="452" t="s">
+        <v>538</v>
+      </c>
+      <c r="H466" s="327">
         <v>44253</v>
       </c>
-      <c r="I466" s="458"/>
-[...6 lines deleted...]
-      <c r="F467" s="456" t="s">
+      <c r="I466" s="453"/>
+    </row>
+    <row r="467" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B467" s="1149"/>
+      <c r="C467" s="330"/>
+      <c r="D467" s="741"/>
+      <c r="E467" s="450"/>
+      <c r="F467" s="451" t="s">
         <v>335</v>
       </c>
-      <c r="G467" s="457"/>
-[...14 lines deleted...]
-      <c r="H468" s="890">
+      <c r="G467" s="452"/>
+      <c r="H467" s="453"/>
+      <c r="I467" s="453"/>
+    </row>
+    <row r="468" spans="2:9" s="427" customFormat="1" ht="26" x14ac:dyDescent="0.35">
+      <c r="B468" s="740"/>
+      <c r="C468" s="742"/>
+      <c r="D468" s="455"/>
+      <c r="E468" s="779" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F468" s="780"/>
+      <c r="G468" s="855" t="s">
+        <v>538</v>
+      </c>
+      <c r="H468" s="856">
         <v>45099</v>
       </c>
-      <c r="I468" s="891">
+      <c r="I468" s="857">
         <v>45204</v>
       </c>
     </row>
-    <row r="469" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B469" s="1063">
+    <row r="469" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B469" s="1053">
         <f>MAX(B$27:B467)+1</f>
         <v>125</v>
       </c>
-      <c r="C469" s="334"/>
+      <c r="C469" s="329"/>
       <c r="D469" s="153" t="s">
         <v>372</v>
       </c>
       <c r="E469" s="156"/>
       <c r="F469" s="120" t="s">
         <v>339</v>
       </c>
-      <c r="G469" s="454"/>
-[...6 lines deleted...]
-        <v>715</v>
+      <c r="G469" s="449"/>
+      <c r="H469" s="447"/>
+      <c r="I469" s="447"/>
+    </row>
+    <row r="470" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B470" s="1095"/>
+      <c r="C470" s="330" t="s">
+        <v>712</v>
       </c>
       <c r="D470" s="149" t="s">
         <v>369</v>
       </c>
       <c r="E470" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F470" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G470" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H470" s="332">
+      <c r="G470" s="452" t="s">
+        <v>549</v>
+      </c>
+      <c r="H470" s="327">
         <v>44316</v>
       </c>
-      <c r="I470" s="458"/>
-[...3 lines deleted...]
-      <c r="C471" s="336"/>
+      <c r="I470" s="453"/>
+    </row>
+    <row r="471" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B471" s="1069"/>
+      <c r="C471" s="331"/>
       <c r="D471" s="144"/>
       <c r="E471" s="158"/>
       <c r="F471" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G471" s="459"/>
-[...4 lines deleted...]
-      <c r="B472" s="1063">
+      <c r="G471" s="454"/>
+      <c r="H471" s="458"/>
+      <c r="I471" s="458"/>
+    </row>
+    <row r="472" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B472" s="1053">
         <f>MAX(B$27:B471)+1</f>
         <v>126</v>
       </c>
-      <c r="C472" s="334"/>
+      <c r="C472" s="329"/>
       <c r="D472" s="153" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="E472" s="156"/>
       <c r="F472" s="120" t="s">
         <v>339</v>
       </c>
-      <c r="G472" s="454"/>
-[...6 lines deleted...]
-        <v>720</v>
+      <c r="G472" s="449"/>
+      <c r="H472" s="447"/>
+      <c r="I472" s="447"/>
+    </row>
+    <row r="473" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B473" s="1095"/>
+      <c r="C473" s="330" t="s">
+        <v>717</v>
       </c>
       <c r="D473" s="149" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="E473" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F473" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G473" s="457" t="s">
+      <c r="G473" s="452" t="s">
         <v>126</v>
       </c>
-      <c r="H473" s="332">
+      <c r="H473" s="327">
         <v>44255</v>
       </c>
-      <c r="I473" s="458"/>
-[...3 lines deleted...]
-      <c r="C474" s="336"/>
+      <c r="I473" s="453"/>
+    </row>
+    <row r="474" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B474" s="1069"/>
+      <c r="C474" s="331"/>
       <c r="D474" s="144"/>
       <c r="E474" s="158"/>
       <c r="F474" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G474" s="459"/>
-[...4 lines deleted...]
-      <c r="B475" s="1161">
+      <c r="G474" s="454"/>
+      <c r="H474" s="458"/>
+      <c r="I474" s="458"/>
+    </row>
+    <row r="475" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B475" s="1148">
         <f>MAX(B$27:B474)+1</f>
         <v>127</v>
       </c>
-      <c r="C475" s="401"/>
-[...4 lines deleted...]
-      <c r="F475" s="453" t="s">
+      <c r="C475" s="396"/>
+      <c r="D475" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E475" s="447"/>
+      <c r="F475" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G475" s="454"/>
-[...6 lines deleted...]
-        <v>724</v>
+      <c r="G475" s="449"/>
+      <c r="H475" s="447"/>
+      <c r="I475" s="447"/>
+    </row>
+    <row r="476" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B476" s="1149"/>
+      <c r="C476" s="330" t="s">
+        <v>721</v>
       </c>
       <c r="D476" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F476" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E476" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F476" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G476" s="457" t="s">
+      <c r="G476" s="452" t="s">
         <v>114</v>
       </c>
-      <c r="H476" s="332">
+      <c r="H476" s="327">
         <v>44287</v>
       </c>
-      <c r="I476" s="458"/>
-[...6 lines deleted...]
-      <c r="F477" s="462" t="s">
+      <c r="I476" s="453"/>
+    </row>
+    <row r="477" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B477" s="1150"/>
+      <c r="C477" s="397"/>
+      <c r="D477" s="455"/>
+      <c r="E477" s="456"/>
+      <c r="F477" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G477" s="459"/>
-[...4 lines deleted...]
-      <c r="B478" s="1161">
+      <c r="G477" s="454"/>
+      <c r="H477" s="458"/>
+      <c r="I477" s="458"/>
+    </row>
+    <row r="478" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B478" s="1148">
         <f>MAX(B$27:B477)+1</f>
         <v>128</v>
       </c>
-      <c r="C478" s="401"/>
-[...4 lines deleted...]
-      <c r="F478" s="453" t="s">
+      <c r="C478" s="396"/>
+      <c r="D478" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E478" s="447"/>
+      <c r="F478" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G478" s="454"/>
-[...6 lines deleted...]
-        <v>725</v>
+      <c r="G478" s="449"/>
+      <c r="H478" s="447"/>
+      <c r="I478" s="447"/>
+    </row>
+    <row r="479" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B479" s="1149"/>
+      <c r="C479" s="330" t="s">
+        <v>722</v>
       </c>
       <c r="D479" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F479" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E479" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F479" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G479" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H479" s="332">
+      <c r="G479" s="452" t="s">
+        <v>731</v>
+      </c>
+      <c r="H479" s="327">
         <v>44287</v>
       </c>
-      <c r="I479" s="458"/>
-[...6 lines deleted...]
-      <c r="F480" s="462" t="s">
+      <c r="I479" s="453"/>
+    </row>
+    <row r="480" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B480" s="1150"/>
+      <c r="C480" s="397"/>
+      <c r="D480" s="455"/>
+      <c r="E480" s="456"/>
+      <c r="F480" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G480" s="459"/>
-[...4 lines deleted...]
-      <c r="B481" s="1161">
+      <c r="G480" s="454"/>
+      <c r="H480" s="458"/>
+      <c r="I480" s="458"/>
+    </row>
+    <row r="481" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B481" s="1148">
         <f>MAX(B$27:B480)+1</f>
         <v>129</v>
       </c>
-      <c r="C481" s="334"/>
-      <c r="D481" s="415" t="s">
+      <c r="C481" s="329"/>
+      <c r="D481" s="410" t="s">
         <v>384</v>
       </c>
-      <c r="E481" s="454"/>
+      <c r="E481" s="449"/>
       <c r="F481" s="153" t="s">
         <v>339</v>
       </c>
-      <c r="G481" s="454"/>
-[...8 lines deleted...]
-      <c r="D482" s="416" t="s">
+      <c r="G481" s="449"/>
+      <c r="H481" s="459"/>
+      <c r="I481" s="1171"/>
+    </row>
+    <row r="482" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B482" s="1149"/>
+      <c r="C482" s="330" t="s">
+        <v>725</v>
+      </c>
+      <c r="D482" s="411" t="s">
         <v>383</v>
       </c>
-      <c r="E482" s="465" t="s">
+      <c r="E482" s="460" t="s">
         <v>120</v>
       </c>
       <c r="F482" s="149" t="s">
         <v>336</v>
       </c>
-      <c r="G482" s="457"/>
-      <c r="H482" s="332">
+      <c r="G482" s="452"/>
+      <c r="H482" s="327">
         <v>44298</v>
       </c>
-      <c r="I482" s="1183"/>
-[...5 lines deleted...]
-      <c r="E483" s="472"/>
+      <c r="I482" s="1172"/>
+    </row>
+    <row r="483" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B483" s="1150"/>
+      <c r="C483" s="331"/>
+      <c r="D483" s="412"/>
+      <c r="E483" s="467"/>
       <c r="F483" s="255" t="s">
         <v>335</v>
       </c>
-      <c r="G483" s="460"/>
-[...4 lines deleted...]
-      <c r="B484" s="1161">
+      <c r="G483" s="455"/>
+      <c r="H483" s="461"/>
+      <c r="I483" s="1173"/>
+    </row>
+    <row r="484" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B484" s="1148">
         <f>MAX(B$27:B483)+1</f>
         <v>130</v>
       </c>
-      <c r="C484" s="401"/>
-[...4 lines deleted...]
-      <c r="F484" s="453" t="s">
+      <c r="C484" s="396"/>
+      <c r="D484" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E484" s="447"/>
+      <c r="F484" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G484" s="454"/>
-[...6 lines deleted...]
-        <v>743</v>
+      <c r="G484" s="449"/>
+      <c r="H484" s="447"/>
+      <c r="I484" s="1097" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="485" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B485" s="1149"/>
+      <c r="C485" s="719" t="s">
+        <v>1324</v>
       </c>
       <c r="D485" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F485" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E485" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F485" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G485" s="489" t="s">
+      <c r="G485" s="484" t="s">
         <v>377</v>
       </c>
-      <c r="H485" s="332">
+      <c r="H485" s="327">
         <v>44339</v>
       </c>
-      <c r="I485" s="458"/>
-[...6 lines deleted...]
-      <c r="F486" s="462" t="s">
+      <c r="I485" s="1127"/>
+    </row>
+    <row r="486" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B486" s="1150"/>
+      <c r="C486" s="397"/>
+      <c r="D486" s="455"/>
+      <c r="E486" s="456"/>
+      <c r="F486" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G486" s="459"/>
-[...4 lines deleted...]
-      <c r="B487" s="1063">
+      <c r="G486" s="454"/>
+      <c r="H486" s="458"/>
+      <c r="I486" s="1098"/>
+    </row>
+    <row r="487" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B487" s="1053">
         <f>MAX(B$27:B486)+1</f>
         <v>131</v>
       </c>
-      <c r="C487" s="334"/>
+      <c r="C487" s="329"/>
       <c r="D487" s="154" t="s">
         <v>368</v>
       </c>
-      <c r="E487" s="452"/>
-      <c r="F487" s="453" t="s">
+      <c r="E487" s="447"/>
+      <c r="F487" s="448" t="s">
         <v>339</v>
       </c>
       <c r="G487" s="156"/>
       <c r="H487" s="163"/>
       <c r="I487" s="151"/>
     </row>
-    <row r="488" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>750</v>
+    <row r="488" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B488" s="1095"/>
+      <c r="C488" s="330" t="s">
+        <v>746</v>
       </c>
       <c r="D488" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E488" s="455" t="s">
-[...2 lines deleted...]
-      <c r="F488" s="456" t="s">
+      <c r="E488" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F488" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G488" s="491" t="s">
+      <c r="G488" s="486" t="s">
         <v>119</v>
       </c>
-      <c r="H488" s="332">
+      <c r="H488" s="327">
         <v>44330</v>
       </c>
       <c r="I488" s="145"/>
     </row>
-    <row r="489" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C489" s="336"/>
+    <row r="489" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B489" s="1069"/>
+      <c r="C489" s="331"/>
       <c r="D489" s="144"/>
-      <c r="E489" s="461"/>
-      <c r="F489" s="462" t="s">
+      <c r="E489" s="456"/>
+      <c r="F489" s="457" t="s">
         <v>335</v>
       </c>
       <c r="G489" s="144"/>
       <c r="H489" s="157"/>
       <c r="I489" s="142"/>
     </row>
-    <row r="490" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B490" s="1161">
+    <row r="490" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B490" s="1148">
         <f>MAX(B$27:B489)+1</f>
         <v>132</v>
       </c>
-      <c r="C490" s="401"/>
-[...4 lines deleted...]
-      <c r="F490" s="453" t="s">
+      <c r="C490" s="396"/>
+      <c r="D490" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E490" s="447"/>
+      <c r="F490" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G490" s="454"/>
-[...5 lines deleted...]
-      <c r="C491" s="335" t="s">
+      <c r="G490" s="449"/>
+      <c r="H490" s="447"/>
+      <c r="I490" s="1221"/>
+    </row>
+    <row r="491" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B491" s="1149"/>
+      <c r="C491" s="330" t="s">
         <v>217</v>
       </c>
       <c r="D491" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F491" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E491" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F491" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G491" s="503" t="s">
-[...2 lines deleted...]
-      <c r="H491" s="332">
+      <c r="G491" s="498" t="s">
+        <v>747</v>
+      </c>
+      <c r="H491" s="327">
         <v>44353</v>
       </c>
-      <c r="I491" s="1233"/>
-[...6 lines deleted...]
-      <c r="F492" s="462" t="s">
+      <c r="I491" s="1222"/>
+    </row>
+    <row r="492" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B492" s="1150"/>
+      <c r="C492" s="397"/>
+      <c r="D492" s="455"/>
+      <c r="E492" s="456"/>
+      <c r="F492" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G492" s="459"/>
-[...4 lines deleted...]
-      <c r="B493" s="1063">
+      <c r="G492" s="454"/>
+      <c r="H492" s="458"/>
+      <c r="I492" s="1223"/>
+    </row>
+    <row r="493" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B493" s="1053">
         <f>MAX(B$27:B492)+1</f>
         <v>133</v>
       </c>
       <c r="C493" s="156"/>
       <c r="D493" s="153" t="s">
         <v>340</v>
       </c>
       <c r="E493" s="168"/>
       <c r="F493" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G493" s="156"/>
       <c r="H493" s="156"/>
-      <c r="I493" s="1110" t="s">
-[...4 lines deleted...]
-      <c r="B494" s="1108"/>
+      <c r="I493" s="1097" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="494" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B494" s="1095"/>
       <c r="C494" s="148" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="D494" s="149" t="s">
         <v>337</v>
       </c>
       <c r="E494" s="196" t="s">
         <v>120</v>
       </c>
       <c r="F494" s="150" t="s">
         <v>336</v>
       </c>
       <c r="G494" s="230" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="H494" s="146">
         <v>44354</v>
       </c>
-      <c r="I494" s="1148"/>
-[...2 lines deleted...]
-      <c r="B495" s="1064"/>
+      <c r="I494" s="1127"/>
+    </row>
+    <row r="495" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B495" s="1069"/>
       <c r="C495" s="144"/>
       <c r="D495" s="144"/>
       <c r="E495" s="165"/>
       <c r="F495" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G495" s="144"/>
       <c r="H495" s="144"/>
-      <c r="I495" s="1111"/>
-[...2 lines deleted...]
-      <c r="B496" s="1161">
+      <c r="I495" s="1098"/>
+    </row>
+    <row r="496" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B496" s="1148">
         <f>MAX(B$27:B495)+1</f>
         <v>134</v>
       </c>
-      <c r="C496" s="401"/>
-[...4 lines deleted...]
-      <c r="F496" s="453" t="s">
+      <c r="C496" s="396"/>
+      <c r="D496" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E496" s="447"/>
+      <c r="F496" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G496" s="454"/>
-[...6 lines deleted...]
-        <v>754</v>
+      <c r="G496" s="449"/>
+      <c r="H496" s="447"/>
+      <c r="I496" s="447"/>
+    </row>
+    <row r="497" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B497" s="1149"/>
+      <c r="C497" s="330" t="s">
+        <v>750</v>
       </c>
       <c r="D497" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F497" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E497" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F497" s="451" t="s">
         <v>336</v>
       </c>
       <c r="G497" s="230" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H497" s="332">
+        <v>395</v>
+      </c>
+      <c r="H497" s="327">
         <v>44357</v>
       </c>
-      <c r="I497" s="458"/>
-[...6 lines deleted...]
-      <c r="F498" s="456" t="s">
+      <c r="I497" s="453"/>
+    </row>
+    <row r="498" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B498" s="1149"/>
+      <c r="C498" s="330"/>
+      <c r="D498" s="741"/>
+      <c r="E498" s="450"/>
+      <c r="F498" s="451" t="s">
         <v>335</v>
       </c>
-      <c r="G498" s="457"/>
-[...12 lines deleted...]
-      <c r="H499" s="398">
+      <c r="G498" s="452"/>
+      <c r="H498" s="453"/>
+      <c r="I498" s="453"/>
+    </row>
+    <row r="499" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B499" s="1150"/>
+      <c r="C499" s="397"/>
+      <c r="D499" s="455"/>
+      <c r="E499" s="456"/>
+      <c r="F499" s="457"/>
+      <c r="G499" s="743" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H499" s="393">
         <v>45194</v>
       </c>
-      <c r="I499" s="463"/>
-[...2 lines deleted...]
-      <c r="B500" s="1161">
+      <c r="I499" s="458"/>
+    </row>
+    <row r="500" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B500" s="1148">
         <f>MAX(B$27:B498)+1</f>
         <v>135</v>
       </c>
-      <c r="C500" s="401"/>
-[...4 lines deleted...]
-      <c r="F500" s="453" t="s">
+      <c r="C500" s="396"/>
+      <c r="D500" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E500" s="447"/>
+      <c r="F500" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G500" s="454"/>
-[...8 lines deleted...]
-        <v>1028</v>
+      <c r="G500" s="449"/>
+      <c r="H500" s="447"/>
+      <c r="I500" s="1097" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="501" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B501" s="1149"/>
+      <c r="C501" s="330" t="s">
+        <v>1022</v>
       </c>
       <c r="D501" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F501" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E501" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F501" s="451" t="s">
         <v>336</v>
       </c>
       <c r="G501" s="230" t="s">
         <v>141</v>
       </c>
-      <c r="H501" s="332">
+      <c r="H501" s="327">
         <v>44382</v>
       </c>
-      <c r="I501" s="1148"/>
-[...6 lines deleted...]
-      <c r="F502" s="462" t="s">
+      <c r="I501" s="1127"/>
+    </row>
+    <row r="502" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B502" s="1150"/>
+      <c r="C502" s="397"/>
+      <c r="D502" s="455"/>
+      <c r="E502" s="456"/>
+      <c r="F502" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G502" s="459"/>
-[...4 lines deleted...]
-      <c r="B503" s="1161">
+      <c r="G502" s="454"/>
+      <c r="H502" s="458"/>
+      <c r="I502" s="1098"/>
+    </row>
+    <row r="503" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B503" s="1148">
         <f>MAX(B$27:B502)+1</f>
         <v>136</v>
       </c>
-      <c r="C503" s="401"/>
-[...4 lines deleted...]
-      <c r="F503" s="453" t="s">
+      <c r="C503" s="396"/>
+      <c r="D503" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E503" s="447"/>
+      <c r="F503" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G503" s="454"/>
-[...6 lines deleted...]
-        <v>764</v>
+      <c r="G503" s="449"/>
+      <c r="H503" s="447"/>
+      <c r="I503" s="447"/>
+    </row>
+    <row r="504" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B504" s="1149"/>
+      <c r="C504" s="330" t="s">
+        <v>760</v>
       </c>
       <c r="D504" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F504" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E504" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F504" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G504" s="507" t="s">
+      <c r="G504" s="502" t="s">
         <v>303</v>
       </c>
-      <c r="H504" s="332">
+      <c r="H504" s="327">
         <v>44440</v>
       </c>
-      <c r="I504" s="458"/>
-[...6 lines deleted...]
-      <c r="F505" s="462" t="s">
+      <c r="I504" s="453"/>
+    </row>
+    <row r="505" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B505" s="1150"/>
+      <c r="C505" s="397"/>
+      <c r="D505" s="455"/>
+      <c r="E505" s="456"/>
+      <c r="F505" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G505" s="459"/>
-[...4 lines deleted...]
-      <c r="B506" s="1161">
+      <c r="G505" s="454"/>
+      <c r="H505" s="458"/>
+      <c r="I505" s="458"/>
+    </row>
+    <row r="506" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B506" s="1148">
         <f>MAX(B$27:B505)+1</f>
         <v>137</v>
       </c>
-      <c r="C506" s="334"/>
-      <c r="D506" s="415" t="s">
+      <c r="C506" s="329"/>
+      <c r="D506" s="410" t="s">
         <v>384</v>
       </c>
-      <c r="E506" s="452"/>
-      <c r="F506" s="453" t="s">
+      <c r="E506" s="447"/>
+      <c r="F506" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G506" s="454"/>
-[...8 lines deleted...]
-      <c r="D507" s="416" t="s">
+      <c r="G506" s="449"/>
+      <c r="H506" s="459"/>
+      <c r="I506" s="1171"/>
+    </row>
+    <row r="507" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B507" s="1149"/>
+      <c r="C507" s="330" t="s">
+        <v>776</v>
+      </c>
+      <c r="D507" s="411" t="s">
         <v>383</v>
       </c>
-      <c r="E507" s="455" t="s">
-[...2 lines deleted...]
-      <c r="F507" s="456" t="s">
+      <c r="E507" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F507" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G507" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H507" s="332">
+      <c r="G507" s="452" t="s">
+        <v>795</v>
+      </c>
+      <c r="H507" s="327">
         <v>44562</v>
       </c>
-      <c r="I507" s="1183"/>
-[...6 lines deleted...]
-      <c r="F508" s="462" t="s">
+      <c r="I507" s="1172"/>
+    </row>
+    <row r="508" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B508" s="1150"/>
+      <c r="C508" s="331"/>
+      <c r="D508" s="412"/>
+      <c r="E508" s="456"/>
+      <c r="F508" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G508" s="460"/>
-[...4 lines deleted...]
-      <c r="B509" s="1161">
+      <c r="G508" s="455"/>
+      <c r="H508" s="461"/>
+      <c r="I508" s="1173"/>
+    </row>
+    <row r="509" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B509" s="1148">
         <f>MAX(B$27:B508)+1</f>
         <v>138</v>
       </c>
-      <c r="C509" s="334"/>
-[...1 lines deleted...]
-        <v>787</v>
+      <c r="C509" s="329"/>
+      <c r="D509" s="410" t="s">
+        <v>783</v>
       </c>
       <c r="E509" s="151"/>
       <c r="F509" s="120"/>
-      <c r="G509" s="454"/>
-[...11 lines deleted...]
-      <c r="E510" s="455" t="s">
+      <c r="G509" s="449"/>
+      <c r="H509" s="459"/>
+      <c r="I509" s="1171"/>
+    </row>
+    <row r="510" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B510" s="1149"/>
+      <c r="C510" s="330" t="s">
+        <v>784</v>
+      </c>
+      <c r="D510" s="411" t="s">
+        <v>785</v>
+      </c>
+      <c r="E510" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F510" s="148"/>
-      <c r="G510" s="457" t="s">
+      <c r="G510" s="452" t="s">
         <v>199</v>
       </c>
-      <c r="H510" s="332">
+      <c r="H510" s="327">
         <v>44501</v>
       </c>
-      <c r="I510" s="1183"/>
-[...5 lines deleted...]
-      <c r="E511" s="317"/>
+      <c r="I510" s="1172"/>
+    </row>
+    <row r="511" spans="2:9" s="427" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B511" s="1150"/>
+      <c r="C511" s="331"/>
+      <c r="D511" s="412"/>
+      <c r="E511" s="312"/>
       <c r="F511" s="119"/>
-      <c r="G511" s="460"/>
-[...4 lines deleted...]
-      <c r="B512" s="1161">
+      <c r="G511" s="455"/>
+      <c r="H511" s="461"/>
+      <c r="I511" s="1173"/>
+    </row>
+    <row r="512" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B512" s="1148">
         <f>MAX(B$27:B511)+1</f>
         <v>139</v>
       </c>
-      <c r="C512" s="334"/>
-      <c r="D512" s="415" t="s">
+      <c r="C512" s="329"/>
+      <c r="D512" s="410" t="s">
         <v>384</v>
       </c>
-      <c r="E512" s="452"/>
-      <c r="F512" s="453" t="s">
+      <c r="E512" s="447"/>
+      <c r="F512" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G512" s="454"/>
-[...8 lines deleted...]
-      <c r="D513" s="416" t="s">
+      <c r="G512" s="449"/>
+      <c r="H512" s="459"/>
+      <c r="I512" s="1171"/>
+    </row>
+    <row r="513" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B513" s="1149"/>
+      <c r="C513" s="330" t="s">
+        <v>792</v>
+      </c>
+      <c r="D513" s="411" t="s">
         <v>383</v>
       </c>
-      <c r="E513" s="455" t="s">
-[...2 lines deleted...]
-      <c r="F513" s="456" t="s">
+      <c r="E513" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F513" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G513" s="537" t="s">
+      <c r="G513" s="532" t="s">
         <v>303</v>
       </c>
-      <c r="H513" s="332">
+      <c r="H513" s="327">
         <v>44550</v>
       </c>
-      <c r="I513" s="1183"/>
-[...6 lines deleted...]
-      <c r="F514" s="462" t="s">
+      <c r="I513" s="1172"/>
+    </row>
+    <row r="514" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B514" s="1150"/>
+      <c r="C514" s="331"/>
+      <c r="D514" s="412"/>
+      <c r="E514" s="456"/>
+      <c r="F514" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G514" s="460"/>
-[...4 lines deleted...]
-      <c r="B515" s="1063">
+      <c r="G514" s="455"/>
+      <c r="H514" s="461"/>
+      <c r="I514" s="1173"/>
+    </row>
+    <row r="515" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B515" s="1053">
         <f>MAX(B$27:B514)+1</f>
         <v>140</v>
       </c>
       <c r="C515" s="156"/>
       <c r="D515" s="153" t="s">
         <v>340</v>
       </c>
-      <c r="E515" s="452"/>
-      <c r="F515" s="453" t="s">
+      <c r="E515" s="447"/>
+      <c r="F515" s="448" t="s">
         <v>339</v>
       </c>
       <c r="G515" s="156"/>
       <c r="H515" s="156"/>
       <c r="I515" s="184"/>
     </row>
-    <row r="516" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B516" s="1108"/>
+    <row r="516" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B516" s="1095"/>
       <c r="C516" s="148" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="D516" s="149" t="s">
         <v>337</v>
       </c>
-      <c r="E516" s="455" t="s">
-[...2 lines deleted...]
-      <c r="F516" s="456" t="s">
+      <c r="E516" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F516" s="451" t="s">
         <v>336</v>
       </c>
       <c r="G516" s="230" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H516" s="541">
+        <v>395</v>
+      </c>
+      <c r="H516" s="536">
         <v>44456</v>
       </c>
       <c r="I516" s="182"/>
     </row>
-    <row r="517" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B517" s="1064"/>
+    <row r="517" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B517" s="1069"/>
       <c r="C517" s="144"/>
       <c r="D517" s="144"/>
-      <c r="E517" s="461"/>
-      <c r="F517" s="462" t="s">
+      <c r="E517" s="456"/>
+      <c r="F517" s="457" t="s">
         <v>335</v>
       </c>
       <c r="G517" s="144"/>
       <c r="H517" s="144"/>
       <c r="I517" s="181"/>
     </row>
-    <row r="518" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B518" s="1063">
+    <row r="518" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B518" s="1053">
         <f>MAX(B$27:B517)+1</f>
         <v>141</v>
       </c>
       <c r="C518" s="151"/>
-      <c r="D518" s="322" t="s">
-[...2 lines deleted...]
-      <c r="E518" s="319"/>
+      <c r="D518" s="317" t="s">
+        <v>427</v>
+      </c>
+      <c r="E518" s="314"/>
       <c r="F518" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G518" s="151"/>
       <c r="H518" s="151"/>
       <c r="I518" s="184"/>
     </row>
-    <row r="519" spans="2:9" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="F519" s="321" t="s">
+    <row r="519" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B519" s="1095"/>
+      <c r="C519" s="540" t="s">
+        <v>794</v>
+      </c>
+      <c r="D519" s="313" t="s">
+        <v>426</v>
+      </c>
+      <c r="E519" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F519" s="316" t="s">
         <v>336</v>
       </c>
       <c r="G519" s="230" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="H519" s="316">
+        <v>593</v>
+      </c>
+      <c r="H519" s="311">
         <v>44501</v>
       </c>
-      <c r="I519" s="316"/>
-[...6 lines deleted...]
-      <c r="F520" s="544" t="s">
+      <c r="I519" s="311"/>
+    </row>
+    <row r="520" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B520" s="1069"/>
+      <c r="C520" s="541"/>
+      <c r="D520" s="318"/>
+      <c r="E520" s="538"/>
+      <c r="F520" s="539" t="s">
         <v>335</v>
       </c>
       <c r="G520" s="142"/>
       <c r="H520" s="142"/>
       <c r="I520" s="181"/>
     </row>
-    <row r="521" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B521" s="1161">
+    <row r="521" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B521" s="1148">
         <f>MAX(B$27:B520)+1</f>
         <v>142</v>
       </c>
-      <c r="C521" s="334"/>
-      <c r="D521" s="415" t="s">
+      <c r="C521" s="329"/>
+      <c r="D521" s="410" t="s">
         <v>384</v>
       </c>
-      <c r="E521" s="452"/>
-      <c r="F521" s="453" t="s">
+      <c r="E521" s="447"/>
+      <c r="F521" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G521" s="454"/>
-[...8 lines deleted...]
-      <c r="D522" s="416" t="s">
+      <c r="G521" s="449"/>
+      <c r="H521" s="459"/>
+      <c r="I521" s="1171"/>
+    </row>
+    <row r="522" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B522" s="1149"/>
+      <c r="C522" s="330" t="s">
+        <v>799</v>
+      </c>
+      <c r="D522" s="411" t="s">
         <v>383</v>
       </c>
-      <c r="E522" s="455" t="s">
-[...2 lines deleted...]
-      <c r="F522" s="456" t="s">
+      <c r="E522" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F522" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G522" s="548" t="s">
+      <c r="G522" s="543" t="s">
         <v>303</v>
       </c>
-      <c r="H522" s="316">
+      <c r="H522" s="311">
         <v>44568</v>
       </c>
-      <c r="I522" s="1183"/>
-[...6 lines deleted...]
-      <c r="F523" s="462" t="s">
+      <c r="I522" s="1172"/>
+    </row>
+    <row r="523" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B523" s="1150"/>
+      <c r="C523" s="331"/>
+      <c r="D523" s="412"/>
+      <c r="E523" s="456"/>
+      <c r="F523" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G523" s="460"/>
-[...4 lines deleted...]
-      <c r="B524" s="1161">
+      <c r="G523" s="455"/>
+      <c r="H523" s="461"/>
+      <c r="I523" s="1173"/>
+    </row>
+    <row r="524" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B524" s="1148">
         <f>MAX(B$27:B523)+1</f>
         <v>143</v>
       </c>
-      <c r="C524" s="401"/>
-[...4 lines deleted...]
-      <c r="F524" s="453" t="s">
+      <c r="C524" s="396"/>
+      <c r="D524" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E524" s="447"/>
+      <c r="F524" s="448" t="s">
         <v>339</v>
       </c>
-      <c r="G524" s="454"/>
-[...6 lines deleted...]
-        <v>807</v>
+      <c r="G524" s="449"/>
+      <c r="H524" s="447"/>
+      <c r="I524" s="447"/>
+    </row>
+    <row r="525" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B525" s="1149"/>
+      <c r="C525" s="330" t="s">
+        <v>803</v>
       </c>
       <c r="D525" s="149" t="s">
-        <v>434</v>
-[...4 lines deleted...]
-      <c r="F525" s="456" t="s">
+        <v>433</v>
+      </c>
+      <c r="E525" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F525" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G525" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H525" s="332">
+      <c r="G525" s="545" t="s">
+        <v>804</v>
+      </c>
+      <c r="H525" s="327">
         <v>44545</v>
       </c>
-      <c r="I525" s="458"/>
-[...6 lines deleted...]
-      <c r="F526" s="462" t="s">
+      <c r="I525" s="453"/>
+    </row>
+    <row r="526" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B526" s="1150"/>
+      <c r="C526" s="397"/>
+      <c r="D526" s="455"/>
+      <c r="E526" s="456"/>
+      <c r="F526" s="457" t="s">
         <v>335</v>
       </c>
-      <c r="G526" s="459"/>
-[...4 lines deleted...]
-      <c r="B527" s="1164">
+      <c r="G526" s="454"/>
+      <c r="H526" s="458"/>
+      <c r="I526" s="458"/>
+    </row>
+    <row r="527" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B527" s="1151">
         <f>MAX(B$27:B526)+1</f>
         <v>144</v>
       </c>
-      <c r="C527" s="322"/>
+      <c r="C527" s="317"/>
       <c r="D527" s="120" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="E527" s="151"/>
-      <c r="F527" s="347" t="s">
+      <c r="F527" s="342" t="s">
         <v>339</v>
       </c>
-      <c r="G527" s="350"/>
+      <c r="G527" s="345"/>
       <c r="H527" s="151"/>
       <c r="I527" s="151"/>
     </row>
-    <row r="528" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>818</v>
+    <row r="528" spans="2:9" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="B528" s="1152"/>
+      <c r="C528" s="399" t="s">
+        <v>814</v>
       </c>
       <c r="D528" s="148" t="s">
-        <v>632</v>
-[...4 lines deleted...]
-      <c r="F528" s="348" t="s">
+        <v>630</v>
+      </c>
+      <c r="E528" s="310" t="s">
+        <v>120</v>
+      </c>
+      <c r="F528" s="343" t="s">
         <v>336</v>
       </c>
-      <c r="G528" s="550" t="s">
+      <c r="G528" s="545" t="s">
         <v>303</v>
       </c>
-      <c r="H528" s="332">
+      <c r="H528" s="327">
         <v>44621</v>
       </c>
       <c r="I528" s="145"/>
     </row>
-    <row r="529" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B529" s="1166"/>
+    <row r="529" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B529" s="1153"/>
       <c r="C529" s="242"/>
       <c r="D529" s="144"/>
-      <c r="E529" s="317"/>
-      <c r="F529" s="349" t="s">
+      <c r="E529" s="312"/>
+      <c r="F529" s="344" t="s">
         <v>335</v>
       </c>
       <c r="G529" s="242"/>
       <c r="H529" s="142"/>
       <c r="I529" s="142"/>
     </row>
-    <row r="530" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B530" s="1063">
+    <row r="530" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B530" s="1053">
         <f>MAX(B$27:B529)+1</f>
         <v>145</v>
       </c>
       <c r="C530" s="190"/>
       <c r="D530" s="120" t="s">
         <v>363</v>
       </c>
       <c r="E530" s="151"/>
       <c r="F530" s="120"/>
       <c r="G530" s="156"/>
       <c r="H530" s="163"/>
-      <c r="I530" s="421"/>
-[...4 lines deleted...]
-        <v>819</v>
+      <c r="I530" s="416"/>
+    </row>
+    <row r="531" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B531" s="1095"/>
+      <c r="C531" s="563" t="s">
+        <v>815</v>
       </c>
       <c r="D531" s="148" t="s">
         <v>362</v>
       </c>
-      <c r="E531" s="315" t="s">
+      <c r="E531" s="310" t="s">
         <v>120</v>
       </c>
       <c r="F531" s="194"/>
-      <c r="G531" s="550" t="s">
+      <c r="G531" s="545" t="s">
         <v>199</v>
       </c>
-      <c r="H531" s="332">
+      <c r="H531" s="327">
         <v>44562</v>
       </c>
-      <c r="I531" s="422"/>
-[...2 lines deleted...]
-      <c r="B532" s="1064"/>
+      <c r="I531" s="417"/>
+    </row>
+    <row r="532" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B532" s="1069"/>
       <c r="C532" s="186"/>
       <c r="D532" s="144"/>
-      <c r="E532" s="317"/>
+      <c r="E532" s="312"/>
       <c r="F532" s="119"/>
-      <c r="G532" s="566"/>
+      <c r="G532" s="561"/>
       <c r="H532" s="157"/>
-      <c r="I532" s="423"/>
-[...2 lines deleted...]
-      <c r="B533" s="1164">
+      <c r="I532" s="418"/>
+    </row>
+    <row r="533" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B533" s="1151">
         <f>MAX(B$27:B532)+1</f>
         <v>146</v>
       </c>
-      <c r="C533" s="401"/>
+      <c r="C533" s="396"/>
       <c r="D533" s="148" t="s">
         <v>346</v>
       </c>
-      <c r="E533" s="452"/>
-      <c r="F533" s="453" t="s">
+      <c r="E533" s="447"/>
+      <c r="F533" s="448" t="s">
         <v>339</v>
       </c>
       <c r="G533" s="156"/>
-      <c r="H533" s="332"/>
+      <c r="H533" s="327"/>
       <c r="I533" s="151"/>
     </row>
-    <row r="534" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>821</v>
+    <row r="534" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B534" s="1152"/>
+      <c r="C534" s="330" t="s">
+        <v>817</v>
       </c>
       <c r="D534" s="148" t="s">
         <v>345</v>
       </c>
-      <c r="E534" s="455" t="s">
-[...2 lines deleted...]
-      <c r="F534" s="456" t="s">
+      <c r="E534" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F534" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G534" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H534" s="332">
+      <c r="G534" s="545" t="s">
+        <v>788</v>
+      </c>
+      <c r="H534" s="327">
         <v>44621</v>
       </c>
       <c r="I534" s="145"/>
     </row>
-    <row r="535" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C535" s="335"/>
+    <row r="535" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B535" s="1152"/>
+      <c r="C535" s="330"/>
       <c r="D535" s="65"/>
-      <c r="E535" s="455"/>
-      <c r="F535" s="456" t="s">
+      <c r="E535" s="450"/>
+      <c r="F535" s="451" t="s">
         <v>335</v>
       </c>
-      <c r="G535" s="550"/>
+      <c r="G535" s="545"/>
       <c r="H535" s="145"/>
       <c r="I535" s="145"/>
     </row>
-    <row r="536" spans="2:9" s="30" customFormat="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C536" s="622"/>
+    <row r="536" spans="2:9" s="30" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B536" s="1153"/>
+      <c r="C536" s="617"/>
       <c r="D536" s="65"/>
-      <c r="E536" s="455"/>
-      <c r="F536" s="623"/>
+      <c r="E536" s="450"/>
+      <c r="F536" s="618"/>
       <c r="G536" s="112" t="s">
         <v>319</v>
       </c>
-      <c r="H536" s="398">
+      <c r="H536" s="393">
         <v>44655</v>
       </c>
       <c r="I536" s="145"/>
     </row>
-    <row r="537" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B537" s="1063">
+    <row r="537" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B537" s="1053">
         <f>MAX(B$27:B535)+1</f>
         <v>147</v>
       </c>
-      <c r="C537" s="334"/>
+      <c r="C537" s="329"/>
       <c r="D537" s="154" t="s">
         <v>368</v>
       </c>
-      <c r="E537" s="452"/>
-      <c r="F537" s="453" t="s">
+      <c r="E537" s="447"/>
+      <c r="F537" s="448" t="s">
         <v>339</v>
       </c>
       <c r="G537" s="156"/>
       <c r="H537" s="163"/>
       <c r="I537" s="151"/>
     </row>
-    <row r="538" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>823</v>
+    <row r="538" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B538" s="1095"/>
+      <c r="C538" s="330" t="s">
+        <v>819</v>
       </c>
       <c r="D538" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E538" s="455" t="s">
-[...2 lines deleted...]
-      <c r="F538" s="456" t="s">
+      <c r="E538" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F538" s="451" t="s">
         <v>336</v>
       </c>
-      <c r="G538" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H538" s="332">
+      <c r="G538" s="545" t="s">
+        <v>537</v>
+      </c>
+      <c r="H538" s="327">
         <v>44652</v>
       </c>
       <c r="I538" s="145"/>
     </row>
-    <row r="539" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C539" s="505"/>
+    <row r="539" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B539" s="1095"/>
+      <c r="C539" s="500"/>
       <c r="D539" s="65"/>
-      <c r="E539" s="455"/>
-      <c r="F539" s="456" t="s">
+      <c r="E539" s="450"/>
+      <c r="F539" s="451" t="s">
         <v>335</v>
       </c>
       <c r="G539" s="65"/>
-      <c r="H539" s="332"/>
+      <c r="H539" s="327"/>
       <c r="I539" s="145"/>
     </row>
-    <row r="540" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C540" s="460"/>
+    <row r="540" spans="2:9" ht="26" x14ac:dyDescent="0.35">
+      <c r="B540" s="1069"/>
+      <c r="C540" s="455"/>
       <c r="D540" s="144"/>
-      <c r="E540" s="885" t="s">
-[...6 lines deleted...]
-      <c r="H540" s="886">
+      <c r="E540" s="851" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F540" s="618"/>
+      <c r="G540" s="784" t="s">
+        <v>537</v>
+      </c>
+      <c r="H540" s="852">
         <v>45607</v>
       </c>
       <c r="I540" s="142"/>
     </row>
-    <row r="541" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B541" s="1063">
+    <row r="541" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B541" s="1053">
         <f>MAX(B$27:B539)+1</f>
         <v>148</v>
       </c>
-      <c r="C541" s="334"/>
+      <c r="C541" s="329"/>
       <c r="D541" s="154" t="s">
         <v>368</v>
       </c>
-      <c r="E541" s="452"/>
-      <c r="F541" s="453" t="s">
+      <c r="E541" s="447"/>
+      <c r="F541" s="448" t="s">
         <v>339</v>
       </c>
       <c r="G541" s="156"/>
-      <c r="H541" s="597"/>
+      <c r="H541" s="592"/>
       <c r="I541" s="151"/>
     </row>
-    <row r="542" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>829</v>
+    <row r="542" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B542" s="1095"/>
+      <c r="C542" s="330" t="s">
+        <v>825</v>
       </c>
       <c r="D542" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E542" s="455" t="s">
+      <c r="E542" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F542" s="148"/>
-      <c r="G542" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H542" s="332">
+      <c r="G542" s="545" t="s">
+        <v>813</v>
+      </c>
+      <c r="H542" s="327">
         <v>44571</v>
       </c>
       <c r="I542" s="145"/>
     </row>
-    <row r="543" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C543" s="336"/>
+    <row r="543" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B543" s="1069"/>
+      <c r="C543" s="331"/>
       <c r="D543" s="144"/>
-      <c r="E543" s="461"/>
+      <c r="E543" s="456"/>
       <c r="F543" s="119"/>
       <c r="G543" s="144"/>
       <c r="H543" s="157"/>
       <c r="I543" s="142"/>
     </row>
-    <row r="544" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B544" s="1063">
+    <row r="544" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B544" s="1053">
         <f>MAX(B$27:B543)+1</f>
         <v>149</v>
       </c>
       <c r="C544" s="168"/>
       <c r="D544" s="153" t="s">
         <v>340</v>
       </c>
       <c r="E544" s="156"/>
       <c r="F544" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G544" s="156"/>
       <c r="H544" s="163"/>
       <c r="I544" s="184"/>
     </row>
-    <row r="545" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B545" s="1108"/>
+    <row r="545" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B545" s="1095"/>
       <c r="C545" s="183" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="D545" s="149" t="s">
         <v>337</v>
       </c>
       <c r="E545" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F545" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G545" s="550" t="s">
+      <c r="G545" s="545" t="s">
         <v>288</v>
       </c>
       <c r="H545" s="146">
         <v>44575</v>
       </c>
       <c r="I545" s="182"/>
     </row>
-    <row r="546" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B546" s="1064"/>
+    <row r="546" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B546" s="1069"/>
       <c r="C546" s="165"/>
       <c r="D546" s="144"/>
       <c r="E546" s="158"/>
       <c r="F546" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G546" s="596"/>
+      <c r="G546" s="591"/>
       <c r="H546" s="157"/>
       <c r="I546" s="181"/>
     </row>
-    <row r="547" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B547" s="1164">
+    <row r="547" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B547" s="1151">
         <f>MAX(B$27:B546)+1</f>
         <v>150</v>
       </c>
       <c r="C547" s="120"/>
       <c r="D547" s="164" t="s">
         <v>352</v>
       </c>
-      <c r="E547" s="606"/>
+      <c r="E547" s="601"/>
       <c r="F547" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G547" s="120"/>
       <c r="H547" s="241"/>
       <c r="I547" s="151"/>
     </row>
-    <row r="548" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B548" s="1165"/>
+    <row r="548" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B548" s="1152"/>
       <c r="C548" s="150" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="D548" s="161" t="s">
         <v>350</v>
       </c>
-      <c r="E548" s="550" t="s">
+      <c r="E548" s="545" t="s">
         <v>54</v>
       </c>
       <c r="F548" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G548" s="550">
+        <v>482</v>
+      </c>
+      <c r="G548" s="545">
         <v>3</v>
       </c>
       <c r="H548" s="240">
         <v>44620</v>
       </c>
       <c r="I548" s="262"/>
     </row>
-    <row r="549" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B549" s="1166"/>
+    <row r="549" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B549" s="1153"/>
       <c r="C549" s="119"/>
       <c r="D549" s="159"/>
-      <c r="E549" s="607"/>
+      <c r="E549" s="602"/>
       <c r="F549" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G549" s="119"/>
       <c r="H549" s="260"/>
       <c r="I549" s="142"/>
     </row>
-    <row r="550" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B550" s="1164">
+    <row r="550" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B550" s="1151">
         <f>MAX(B$27:B549)+1</f>
         <v>151</v>
       </c>
       <c r="C550" s="120"/>
       <c r="D550" s="164" t="s">
         <v>352</v>
       </c>
-      <c r="E550" s="606"/>
+      <c r="E550" s="601"/>
       <c r="F550" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G550" s="120"/>
       <c r="H550" s="241"/>
       <c r="I550" s="151"/>
     </row>
-    <row r="551" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B551" s="1165"/>
+    <row r="551" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B551" s="1152"/>
       <c r="C551" s="150" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="D551" s="161" t="s">
         <v>350</v>
       </c>
-      <c r="E551" s="550" t="s">
+      <c r="E551" s="545" t="s">
         <v>54</v>
       </c>
       <c r="F551" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G551" s="550" t="s">
+        <v>482</v>
+      </c>
+      <c r="G551" s="545" t="s">
         <v>114</v>
       </c>
-      <c r="H551" s="816">
+      <c r="H551" s="811">
         <v>44620</v>
       </c>
       <c r="I551" s="262"/>
     </row>
-    <row r="552" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B552" s="1166"/>
+    <row r="552" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B552" s="1153"/>
       <c r="C552" s="119"/>
       <c r="D552" s="159"/>
-      <c r="E552" s="607"/>
+      <c r="E552" s="602"/>
       <c r="F552" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G552" s="119"/>
       <c r="H552" s="260"/>
       <c r="I552" s="142"/>
     </row>
-    <row r="553" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B553" s="1161">
+    <row r="553" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B553" s="1148">
         <f>MAX(B$27:B552)+1</f>
         <v>152</v>
       </c>
-      <c r="C553" s="401"/>
-[...3 lines deleted...]
-      <c r="E553" s="452"/>
+      <c r="C553" s="396"/>
+      <c r="D553" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E553" s="447"/>
       <c r="F553" s="120" t="s">
-        <v>477</v>
-[...6 lines deleted...]
-      <c r="B554" s="1162"/>
+        <v>476</v>
+      </c>
+      <c r="G553" s="449"/>
+      <c r="H553" s="447"/>
+      <c r="I553" s="447"/>
+    </row>
+    <row r="554" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B554" s="1149"/>
       <c r="C554" s="150" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="D554" s="149" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="E554" s="455" t="s">
+        <v>433</v>
+      </c>
+      <c r="E554" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F554" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G554" s="550" t="s">
+        <v>482</v>
+      </c>
+      <c r="G554" s="545" t="s">
         <v>377</v>
       </c>
       <c r="H554" s="240">
         <v>44713</v>
       </c>
-      <c r="I554" s="458"/>
-[...5 lines deleted...]
-      <c r="E555" s="461"/>
+      <c r="I554" s="453"/>
+    </row>
+    <row r="555" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B555" s="1150"/>
+      <c r="C555" s="397"/>
+      <c r="D555" s="455"/>
+      <c r="E555" s="456"/>
       <c r="F555" s="119" t="s">
-        <v>482</v>
-[...6 lines deleted...]
-      <c r="B556" s="1063">
+        <v>481</v>
+      </c>
+      <c r="G555" s="454"/>
+      <c r="H555" s="458"/>
+      <c r="I555" s="458"/>
+    </row>
+    <row r="556" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B556" s="1053">
         <f>MAX(B$27:B555)+1</f>
         <v>153</v>
       </c>
       <c r="C556" s="190"/>
       <c r="D556" s="237" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="E556" s="452"/>
+        <v>394</v>
+      </c>
+      <c r="E556" s="447"/>
       <c r="F556" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G556" s="156"/>
       <c r="H556" s="163"/>
-      <c r="I556" s="421"/>
-[...4 lines deleted...]
-        <v>859</v>
+      <c r="I556" s="416"/>
+    </row>
+    <row r="557" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B557" s="1095"/>
+      <c r="C557" s="608" t="s">
+        <v>855</v>
       </c>
       <c r="D557" s="127" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="E557" s="455" t="s">
+        <v>393</v>
+      </c>
+      <c r="E557" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F557" s="148" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>482</v>
+      </c>
+      <c r="G557" s="545" t="s">
+        <v>856</v>
       </c>
       <c r="H557" s="240">
         <v>44805</v>
       </c>
-      <c r="I557" s="422"/>
-[...2 lines deleted...]
-      <c r="B558" s="1064"/>
+      <c r="I557" s="417"/>
+    </row>
+    <row r="558" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B558" s="1069"/>
       <c r="C558" s="186"/>
       <c r="D558" s="144"/>
-      <c r="E558" s="461"/>
+      <c r="E558" s="456"/>
       <c r="F558" s="119" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="G558" s="612"/>
+        <v>481</v>
+      </c>
+      <c r="G558" s="607"/>
       <c r="H558" s="157"/>
-      <c r="I558" s="423"/>
-[...2 lines deleted...]
-      <c r="B559" s="1161">
+      <c r="I558" s="418"/>
+    </row>
+    <row r="559" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B559" s="1148">
         <f>MAX(B$27:B558)+1</f>
         <v>154</v>
       </c>
-      <c r="C559" s="334"/>
-      <c r="D559" s="415" t="s">
+      <c r="C559" s="329"/>
+      <c r="D559" s="410" t="s">
         <v>384</v>
       </c>
-      <c r="E559" s="611"/>
+      <c r="E559" s="606"/>
       <c r="F559" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G559" s="120"/>
-      <c r="H559" s="464"/>
-[...7 lines deleted...]
-      <c r="D560" s="416" t="s">
+      <c r="H559" s="459"/>
+      <c r="I559" s="1171"/>
+    </row>
+    <row r="560" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B560" s="1149"/>
+      <c r="C560" s="330" t="s">
+        <v>857</v>
+      </c>
+      <c r="D560" s="411" t="s">
         <v>383</v>
       </c>
-      <c r="E560" s="550" t="s">
+      <c r="E560" s="545" t="s">
         <v>54</v>
       </c>
       <c r="F560" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G560" s="550" t="s">
+        <v>482</v>
+      </c>
+      <c r="G560" s="545" t="s">
         <v>114</v>
       </c>
       <c r="H560" s="240">
         <v>44722</v>
       </c>
-      <c r="I560" s="1183"/>
-[...5 lines deleted...]
-      <c r="E561" s="612"/>
+      <c r="I560" s="1172"/>
+    </row>
+    <row r="561" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B561" s="1150"/>
+      <c r="C561" s="331"/>
+      <c r="D561" s="412"/>
+      <c r="E561" s="607"/>
       <c r="F561" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G561" s="119"/>
-      <c r="H561" s="466"/>
-[...3 lines deleted...]
-      <c r="B562" s="1161">
+      <c r="H561" s="461"/>
+      <c r="I561" s="1173"/>
+    </row>
+    <row r="562" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B562" s="1148">
         <f>MAX(B$27:B561)+1</f>
         <v>155</v>
       </c>
-      <c r="C562" s="334"/>
-[...3 lines deleted...]
-      <c r="E562" s="614"/>
+      <c r="C562" s="329"/>
+      <c r="D562" s="410" t="s">
+        <v>859</v>
+      </c>
+      <c r="E562" s="609"/>
       <c r="F562" s="120" t="s">
-        <v>477</v>
-[...13 lines deleted...]
-      <c r="E563" s="550" t="s">
+        <v>476</v>
+      </c>
+      <c r="G562" s="449"/>
+      <c r="H562" s="459"/>
+      <c r="I562" s="1171"/>
+    </row>
+    <row r="563" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B563" s="1149"/>
+      <c r="C563" s="330" t="s">
+        <v>858</v>
+      </c>
+      <c r="D563" s="611" t="s">
+        <v>860</v>
+      </c>
+      <c r="E563" s="545" t="s">
         <v>54</v>
       </c>
       <c r="F563" s="148" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>482</v>
+      </c>
+      <c r="G563" s="545" t="s">
+        <v>861</v>
       </c>
       <c r="H563" s="240">
         <v>44652</v>
       </c>
-      <c r="I563" s="1183"/>
-[...5 lines deleted...]
-      <c r="E564" s="615"/>
+      <c r="I563" s="1172"/>
+    </row>
+    <row r="564" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B564" s="1150"/>
+      <c r="C564" s="331"/>
+      <c r="D564" s="412"/>
+      <c r="E564" s="610"/>
       <c r="F564" s="119" t="s">
-        <v>482</v>
-[...6 lines deleted...]
-      <c r="B565" s="1161">
+        <v>481</v>
+      </c>
+      <c r="G564" s="455"/>
+      <c r="H564" s="461"/>
+      <c r="I564" s="1173"/>
+    </row>
+    <row r="565" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B565" s="1148">
         <f>MAX(B$27:B564)+1</f>
         <v>156</v>
       </c>
       <c r="C565" s="65"/>
       <c r="D565" s="148" t="s">
         <v>348</v>
       </c>
       <c r="E565" s="65"/>
       <c r="F565" s="148"/>
       <c r="G565" s="202" t="s">
         <v>139</v>
       </c>
-      <c r="H565" s="529">
+      <c r="H565" s="524">
         <v>44139</v>
       </c>
-      <c r="I565" s="621"/>
-[...2 lines deleted...]
-      <c r="B566" s="1162"/>
+      <c r="I565" s="616"/>
+    </row>
+    <row r="566" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B566" s="1149"/>
       <c r="C566" s="127" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="D566" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E566" s="155" t="s">
         <v>120</v>
       </c>
       <c r="F566" s="199" t="s">
         <v>339</v>
       </c>
-      <c r="G566" s="617"/>
-[...3 lines deleted...]
-      <c r="B567" s="1162"/>
+      <c r="G566" s="612"/>
+      <c r="I566" s="1164"/>
+    </row>
+    <row r="567" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B567" s="1149"/>
       <c r="C567" s="65"/>
       <c r="D567" s="65"/>
       <c r="E567" s="65"/>
       <c r="F567" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G567" s="65"/>
       <c r="H567" s="146">
         <v>44169</v>
       </c>
-      <c r="I567" s="1172"/>
-[...1 lines deleted...]
-    <row r="568" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="I567" s="1164"/>
+    </row>
+    <row r="568" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B568" s="65"/>
       <c r="C568" s="65"/>
       <c r="D568" s="65"/>
       <c r="E568" s="65"/>
       <c r="F568" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G568" s="65"/>
       <c r="H568" s="146"/>
-      <c r="I568" s="1172"/>
-[...1 lines deleted...]
-    <row r="569" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="I568" s="1164"/>
+    </row>
+    <row r="569" spans="2:9" x14ac:dyDescent="0.35">
       <c r="B569" s="144"/>
       <c r="C569" s="144"/>
       <c r="D569" s="144"/>
       <c r="E569" s="144"/>
-      <c r="F569" s="618"/>
+      <c r="F569" s="613"/>
       <c r="G569" s="112" t="s">
         <v>199</v>
       </c>
       <c r="H569" s="113">
         <v>44673</v>
       </c>
       <c r="I569" s="142"/>
     </row>
-    <row r="570" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B570" s="1161">
+    <row r="570" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B570" s="1148">
         <f>MAX(B$27:B569)+1</f>
         <v>157</v>
       </c>
-      <c r="C570" s="334"/>
-[...3 lines deleted...]
-      <c r="E570" s="619"/>
+      <c r="C570" s="329"/>
+      <c r="D570" s="410" t="s">
+        <v>862</v>
+      </c>
+      <c r="E570" s="614"/>
       <c r="F570" s="120" t="s">
-        <v>477</v>
-[...13 lines deleted...]
-      <c r="E571" s="550" t="s">
+        <v>476</v>
+      </c>
+      <c r="G570" s="449"/>
+      <c r="H570" s="459"/>
+      <c r="I570" s="1171"/>
+    </row>
+    <row r="571" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B571" s="1149"/>
+      <c r="C571" s="330" t="s">
+        <v>864</v>
+      </c>
+      <c r="D571" s="611" t="s">
+        <v>863</v>
+      </c>
+      <c r="E571" s="545" t="s">
         <v>54</v>
       </c>
       <c r="F571" s="148" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>482</v>
+      </c>
+      <c r="G571" s="545" t="s">
+        <v>404</v>
       </c>
       <c r="H571" s="240">
         <v>44687</v>
       </c>
-      <c r="I571" s="1183"/>
-[...5 lines deleted...]
-      <c r="E572" s="620"/>
+      <c r="I571" s="1172"/>
+    </row>
+    <row r="572" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B572" s="1150"/>
+      <c r="C572" s="331"/>
+      <c r="D572" s="412"/>
+      <c r="E572" s="615"/>
       <c r="F572" s="119" t="s">
-        <v>482</v>
-[...6 lines deleted...]
-      <c r="B573" s="1164">
+        <v>481</v>
+      </c>
+      <c r="G572" s="455"/>
+      <c r="H572" s="461"/>
+      <c r="I572" s="1173"/>
+    </row>
+    <row r="573" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B573" s="1151">
         <f>MAX(B$27:B572)+1</f>
         <v>158</v>
       </c>
-      <c r="C573" s="334"/>
+      <c r="C573" s="329"/>
       <c r="D573" s="153" t="s">
         <v>372</v>
       </c>
       <c r="E573" s="156"/>
       <c r="F573" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G573" s="327"/>
-      <c r="H573" s="330"/>
+      <c r="G573" s="322"/>
+      <c r="H573" s="325"/>
       <c r="I573" s="151"/>
     </row>
-    <row r="574" spans="2:9" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="D574" s="625" t="s">
+    <row r="574" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B574" s="1152"/>
+      <c r="C574" s="619" t="s">
+        <v>866</v>
+      </c>
+      <c r="D574" s="620" t="s">
         <v>369</v>
       </c>
       <c r="E574" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F574" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G574" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H574" s="332">
+      <c r="G574" s="545" t="s">
+        <v>865</v>
+      </c>
+      <c r="H574" s="327">
         <v>44621</v>
       </c>
-      <c r="I574" s="329"/>
-[...3 lines deleted...]
-      <c r="C575" s="505"/>
+      <c r="I574" s="324"/>
+    </row>
+    <row r="575" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B575" s="1152"/>
+      <c r="C575" s="500"/>
       <c r="D575" s="65"/>
       <c r="E575" s="160"/>
       <c r="F575" s="238" t="s">
         <v>335</v>
       </c>
-      <c r="G575" s="820"/>
-[...5 lines deleted...]
-      <c r="C576" s="505"/>
+      <c r="G575" s="815"/>
+      <c r="H575" s="816"/>
+      <c r="I575" s="728"/>
+    </row>
+    <row r="576" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B576" s="814"/>
+      <c r="C576" s="500"/>
       <c r="D576" s="144"/>
       <c r="E576" s="160"/>
-      <c r="F576" s="325"/>
+      <c r="F576" s="320"/>
       <c r="G576" s="112" t="s">
         <v>146</v>
       </c>
       <c r="H576" s="113">
         <v>45466</v>
       </c>
-      <c r="I576" s="733"/>
-[...2 lines deleted...]
-      <c r="B577" s="1164">
+      <c r="I576" s="728"/>
+    </row>
+    <row r="577" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B577" s="1151">
         <f>MAX(B$27:B575)+1</f>
         <v>159</v>
       </c>
-      <c r="C577" s="334"/>
+      <c r="C577" s="329"/>
       <c r="D577" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E577" s="156"/>
       <c r="F577" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G577" s="327"/>
-[...8 lines deleted...]
-        <v>989</v>
+      <c r="G577" s="322"/>
+      <c r="H577" s="325"/>
+      <c r="I577" s="1075" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="578" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B578" s="1152"/>
+      <c r="C578" s="619" t="s">
+        <v>983</v>
       </c>
       <c r="D578" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E578" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F578" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G578" s="550" t="s">
+      <c r="G578" s="545" t="s">
         <v>319</v>
       </c>
-      <c r="H578" s="332">
+      <c r="H578" s="327">
         <v>44757</v>
       </c>
-      <c r="I578" s="1181"/>
-[...3 lines deleted...]
-      <c r="C579" s="336"/>
+      <c r="I578" s="1158"/>
+    </row>
+    <row r="579" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B579" s="1153"/>
+      <c r="C579" s="331"/>
       <c r="D579" s="144"/>
       <c r="E579" s="158"/>
       <c r="F579" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G579" s="328"/>
-[...4 lines deleted...]
-      <c r="B580" s="1164">
+      <c r="G579" s="323"/>
+      <c r="H579" s="326"/>
+      <c r="I579" s="1076"/>
+    </row>
+    <row r="580" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B580" s="1151">
         <f>MAX(B$27:B579)+1</f>
         <v>160</v>
       </c>
-      <c r="C580" s="334"/>
+      <c r="C580" s="329"/>
       <c r="D580" s="148" t="s">
         <v>348</v>
       </c>
       <c r="E580" s="156"/>
       <c r="F580" s="120"/>
-      <c r="G580" s="327"/>
-      <c r="H580" s="330"/>
+      <c r="G580" s="322"/>
+      <c r="H580" s="325"/>
       <c r="I580" s="151"/>
     </row>
-    <row r="581" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>875</v>
+    <row r="581" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B581" s="1152"/>
+      <c r="C581" s="619" t="s">
+        <v>871</v>
       </c>
       <c r="D581" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E581" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F581" s="148"/>
-      <c r="G581" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H581" s="332">
+      <c r="G581" s="545" t="s">
+        <v>872</v>
+      </c>
+      <c r="H581" s="327">
         <v>42552</v>
       </c>
-      <c r="I581" s="329"/>
-[...3 lines deleted...]
-      <c r="C582" s="336"/>
+      <c r="I581" s="324"/>
+    </row>
+    <row r="582" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B582" s="1153"/>
+      <c r="C582" s="331"/>
       <c r="D582" s="144"/>
       <c r="E582" s="158"/>
       <c r="F582" s="119"/>
-      <c r="G582" s="328"/>
-      <c r="H582" s="331"/>
+      <c r="G582" s="323"/>
+      <c r="H582" s="326"/>
       <c r="I582" s="169"/>
     </row>
-    <row r="583" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B583" s="1164">
+    <row r="583" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B583" s="1151">
         <f>MAX(B$27:B582)+1</f>
         <v>161</v>
       </c>
-      <c r="C583" s="334"/>
+      <c r="C583" s="329"/>
       <c r="D583" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E583" s="156"/>
       <c r="F583" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G583" s="327"/>
-      <c r="H583" s="330"/>
+      <c r="G583" s="322"/>
+      <c r="H583" s="325"/>
       <c r="I583" s="151"/>
     </row>
-    <row r="584" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>881</v>
+    <row r="584" spans="2:9" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="B584" s="1152"/>
+      <c r="C584" s="619" t="s">
+        <v>877</v>
       </c>
       <c r="D584" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E584" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F584" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G584" s="550" t="s">
+      <c r="G584" s="545" t="s">
         <v>301</v>
       </c>
-      <c r="H584" s="332">
+      <c r="H584" s="327">
         <v>44768</v>
       </c>
-      <c r="I584" s="329"/>
-[...3 lines deleted...]
-      <c r="C585" s="336"/>
+      <c r="I584" s="324"/>
+    </row>
+    <row r="585" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B585" s="1153"/>
+      <c r="C585" s="331"/>
       <c r="D585" s="144"/>
       <c r="E585" s="158"/>
       <c r="F585" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G585" s="328"/>
-      <c r="H585" s="331"/>
+      <c r="G585" s="323"/>
+      <c r="H585" s="326"/>
       <c r="I585" s="169"/>
     </row>
-    <row r="586" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B586" s="1164">
+    <row r="586" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B586" s="1151">
         <f>MAX(B$27:B585)+1</f>
         <v>162</v>
       </c>
       <c r="C586" s="120"/>
       <c r="D586" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E586" s="120"/>
       <c r="F586" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G586" s="120"/>
       <c r="H586" s="120"/>
       <c r="I586" s="244"/>
     </row>
-    <row r="587" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B587" s="1165"/>
+    <row r="587" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B587" s="1152"/>
       <c r="C587" s="148" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="D587" s="148" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E587" s="550" t="s">
+        <v>389</v>
+      </c>
+      <c r="E587" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F587" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G587" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H587" s="332">
+      <c r="G587" s="545" t="s">
+        <v>880</v>
+      </c>
+      <c r="H587" s="327">
         <v>44691</v>
       </c>
       <c r="I587" s="243"/>
     </row>
-    <row r="588" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B588" s="1166"/>
+    <row r="588" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B588" s="1153"/>
       <c r="C588" s="119"/>
       <c r="D588" s="119"/>
       <c r="E588" s="119"/>
       <c r="F588" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G588" s="119"/>
       <c r="H588" s="119"/>
       <c r="I588" s="242"/>
     </row>
-    <row r="589" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B589" s="1164">
+    <row r="589" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B589" s="1151">
         <f>MAX(B$27:B588)+1</f>
         <v>163</v>
       </c>
       <c r="C589" s="120"/>
       <c r="D589" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E589" s="120"/>
       <c r="F589" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G589" s="120"/>
       <c r="H589" s="120"/>
       <c r="I589" s="244"/>
     </row>
-    <row r="590" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B590" s="1165"/>
+    <row r="590" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B590" s="1152"/>
       <c r="C590" s="148" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="D590" s="148" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E590" s="550" t="s">
+        <v>389</v>
+      </c>
+      <c r="E590" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F590" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G590" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H590" s="332">
+      <c r="G590" s="545" t="s">
+        <v>884</v>
+      </c>
+      <c r="H590" s="327">
         <v>44742</v>
       </c>
       <c r="I590" s="243"/>
     </row>
-    <row r="591" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B591" s="1166"/>
+    <row r="591" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B591" s="1153"/>
       <c r="C591" s="119"/>
       <c r="D591" s="119"/>
       <c r="E591" s="119"/>
       <c r="F591" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G591" s="119"/>
       <c r="H591" s="119"/>
       <c r="I591" s="242"/>
     </row>
-    <row r="592" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B592" s="1161">
+    <row r="592" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B592" s="1148">
         <f>MAX(B$27:B591)+1</f>
         <v>164</v>
       </c>
-      <c r="C592" s="401"/>
-[...3 lines deleted...]
-      <c r="E592" s="452"/>
+      <c r="C592" s="396"/>
+      <c r="D592" s="446" t="s">
+        <v>613</v>
+      </c>
+      <c r="E592" s="447"/>
       <c r="F592" s="120" t="s">
-        <v>477</v>
-[...6 lines deleted...]
-      <c r="B593" s="1162"/>
+        <v>476</v>
+      </c>
+      <c r="G592" s="449"/>
+      <c r="H592" s="447"/>
+      <c r="I592" s="447"/>
+    </row>
+    <row r="593" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B593" s="1149"/>
       <c r="C593" s="150" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="D593" s="149" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="E593" s="455" t="s">
+        <v>433</v>
+      </c>
+      <c r="E593" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F593" s="148" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      <c r="H593" s="332">
+        <v>482</v>
+      </c>
+      <c r="G593" s="545" t="s">
+        <v>395</v>
+      </c>
+      <c r="H593" s="327">
         <v>44872</v>
       </c>
-      <c r="I593" s="458"/>
-[...5 lines deleted...]
-      <c r="E594" s="461"/>
+      <c r="I593" s="453"/>
+    </row>
+    <row r="594" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B594" s="1150"/>
+      <c r="C594" s="397"/>
+      <c r="D594" s="455"/>
+      <c r="E594" s="456"/>
       <c r="F594" s="119" t="s">
-        <v>482</v>
-[...6 lines deleted...]
-      <c r="B595" s="1161">
+        <v>481</v>
+      </c>
+      <c r="G594" s="454"/>
+      <c r="H594" s="458"/>
+      <c r="I594" s="458"/>
+    </row>
+    <row r="595" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B595" s="1148">
         <f>MAX(B$27:B594)+1</f>
         <v>165</v>
       </c>
-      <c r="C595" s="401"/>
-[...1 lines deleted...]
-        <v>615</v>
+      <c r="C595" s="396"/>
+      <c r="D595" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E595" s="156"/>
       <c r="F595" s="120"/>
-      <c r="G595" s="629">
+      <c r="G595" s="624">
         <v>6</v>
       </c>
-      <c r="H595" s="332">
+      <c r="H595" s="327">
         <v>44927</v>
       </c>
-      <c r="I595" s="452"/>
-[...2 lines deleted...]
-      <c r="B596" s="1162"/>
+      <c r="I595" s="447"/>
+    </row>
+    <row r="596" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B596" s="1149"/>
       <c r="C596" s="150" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="D596" s="149" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E596" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F596" s="203"/>
-      <c r="G596" s="803">
+      <c r="G596" s="798">
         <v>7</v>
       </c>
-      <c r="H596" s="804">
+      <c r="H596" s="799">
         <v>44927</v>
       </c>
-      <c r="I596" s="805">
+      <c r="I596" s="800">
         <v>45328</v>
       </c>
     </row>
-    <row r="597" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B597" s="1162"/>
+    <row r="597" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B597" s="1149"/>
       <c r="C597" s="150"/>
       <c r="D597" s="149"/>
       <c r="E597" s="160"/>
       <c r="F597" s="148" t="s">
-        <v>477</v>
-[...4 lines deleted...]
-      <c r="H597" s="1242">
+        <v>476</v>
+      </c>
+      <c r="G597" s="1095" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H597" s="1231">
         <v>45328</v>
       </c>
-      <c r="I597" s="1242"/>
-[...2 lines deleted...]
-      <c r="B598" s="1162"/>
+      <c r="I597" s="1231"/>
+    </row>
+    <row r="598" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B598" s="1149"/>
       <c r="C598" s="150"/>
       <c r="D598" s="149"/>
       <c r="E598" s="160"/>
       <c r="F598" s="148" t="s">
-        <v>483</v>
-[...8 lines deleted...]
-      <c r="D599" s="460"/>
+        <v>482</v>
+      </c>
+      <c r="G598" s="1095"/>
+      <c r="H598" s="1232"/>
+      <c r="I598" s="1232"/>
+    </row>
+    <row r="599" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B599" s="1150"/>
+      <c r="C599" s="397"/>
+      <c r="D599" s="455"/>
       <c r="E599" s="158"/>
       <c r="F599" s="119" t="s">
-        <v>482</v>
-[...6 lines deleted...]
-      <c r="B600" s="1161">
+        <v>481</v>
+      </c>
+      <c r="G599" s="1069"/>
+      <c r="H599" s="1233"/>
+      <c r="I599" s="1233"/>
+    </row>
+    <row r="600" spans="2:9" ht="15.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B600" s="1148">
         <f>MAX(B$27:B599)+1</f>
         <v>166</v>
       </c>
-      <c r="C600" s="401"/>
-[...1 lines deleted...]
-        <v>615</v>
+      <c r="C600" s="396"/>
+      <c r="D600" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E600" s="156"/>
       <c r="F600" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G600" s="120"/>
-      <c r="H600" s="452"/>
-[...3 lines deleted...]
-      <c r="B601" s="1162"/>
+      <c r="H600" s="447"/>
+      <c r="I600" s="1159" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="601" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B601" s="1149"/>
       <c r="C601" s="150" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="D601" s="149" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E601" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F601" s="148" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      <c r="H601" s="332">
+        <v>482</v>
+      </c>
+      <c r="G601" s="545" t="s">
+        <v>528</v>
+      </c>
+      <c r="H601" s="327">
         <v>44763</v>
       </c>
-      <c r="I601" s="458"/>
-[...4 lines deleted...]
-      <c r="D602" s="460"/>
+      <c r="I601" s="1160"/>
+    </row>
+    <row r="602" spans="2:9" ht="25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B602" s="1150"/>
+      <c r="C602" s="397"/>
+      <c r="D602" s="455"/>
       <c r="E602" s="158"/>
       <c r="F602" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G602" s="119"/>
-      <c r="H602" s="463"/>
-[...3 lines deleted...]
-      <c r="B603" s="1161">
+      <c r="H602" s="458"/>
+      <c r="I602" s="1161"/>
+    </row>
+    <row r="603" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B603" s="1148">
         <f>MAX(B$27:B602)+1</f>
         <v>167</v>
       </c>
-      <c r="C603" s="401"/>
+      <c r="C603" s="396"/>
       <c r="D603" s="154" t="s">
         <v>344</v>
       </c>
       <c r="E603" s="156"/>
       <c r="F603" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G603" s="120"/>
-      <c r="H603" s="452"/>
-[...3 lines deleted...]
-      <c r="B604" s="1162"/>
+      <c r="H603" s="447"/>
+      <c r="I603" s="447"/>
+    </row>
+    <row r="604" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B604" s="1149"/>
       <c r="C604" s="150" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D604" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E604" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F604" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G604" s="550" t="s">
+        <v>482</v>
+      </c>
+      <c r="G604" s="545" t="s">
         <v>123</v>
       </c>
-      <c r="H604" s="332">
+      <c r="H604" s="327">
         <v>44805</v>
       </c>
-      <c r="I604" s="458"/>
-[...4 lines deleted...]
-      <c r="D605" s="460"/>
+      <c r="I604" s="453"/>
+    </row>
+    <row r="605" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B605" s="1150"/>
+      <c r="C605" s="397"/>
+      <c r="D605" s="455"/>
       <c r="E605" s="158"/>
       <c r="F605" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G605" s="119"/>
-      <c r="H605" s="463"/>
-[...3 lines deleted...]
-      <c r="B606" s="1161">
+      <c r="H605" s="458"/>
+      <c r="I605" s="458"/>
+    </row>
+    <row r="606" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B606" s="1148">
         <f>MAX(B$27:B605)+1</f>
         <v>168</v>
       </c>
-      <c r="C606" s="401"/>
+      <c r="C606" s="396"/>
       <c r="D606" s="288" t="s">
         <v>384</v>
       </c>
       <c r="E606" s="156"/>
       <c r="F606" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G606" s="120"/>
-      <c r="H606" s="452"/>
-[...3 lines deleted...]
-      <c r="B607" s="1162"/>
+      <c r="H606" s="447"/>
+      <c r="I606" s="447"/>
+    </row>
+    <row r="607" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B607" s="1149"/>
       <c r="C607" s="150" t="s">
         <v>145</v>
       </c>
       <c r="D607" s="223" t="s">
         <v>383</v>
       </c>
       <c r="E607" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F607" s="148" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      <c r="H607" s="332">
+        <v>482</v>
+      </c>
+      <c r="G607" s="545" t="s">
+        <v>404</v>
+      </c>
+      <c r="H607" s="327">
         <v>44791</v>
       </c>
-      <c r="I607" s="458"/>
-[...3 lines deleted...]
-      <c r="C608" s="402"/>
+      <c r="I607" s="453"/>
+    </row>
+    <row r="608" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B608" s="1150"/>
+      <c r="C608" s="397"/>
       <c r="D608" s="291"/>
       <c r="E608" s="158"/>
       <c r="F608" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G608" s="119"/>
-      <c r="H608" s="463"/>
-[...3 lines deleted...]
-      <c r="B609" s="1161">
+      <c r="H608" s="458"/>
+      <c r="I608" s="458"/>
+    </row>
+    <row r="609" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B609" s="1148">
         <f>MAX(B$27:B608)+1</f>
         <v>169</v>
       </c>
-      <c r="C609" s="401"/>
-[...1 lines deleted...]
-        <v>913</v>
+      <c r="C609" s="396"/>
+      <c r="D609" s="446" t="s">
+        <v>909</v>
       </c>
       <c r="E609" s="156"/>
       <c r="F609" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G609" s="120"/>
-      <c r="H609" s="452"/>
-[...3 lines deleted...]
-      <c r="B610" s="1162"/>
+      <c r="H609" s="447"/>
+      <c r="I609" s="447"/>
+    </row>
+    <row r="610" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B610" s="1149"/>
       <c r="C610" s="150" t="s">
-        <v>921</v>
+        <v>917</v>
       </c>
       <c r="D610" s="149" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="E610" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F610" s="148" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      <c r="H610" s="332">
+        <v>482</v>
+      </c>
+      <c r="G610" s="545" t="s">
+        <v>910</v>
+      </c>
+      <c r="H610" s="327">
         <v>44795</v>
       </c>
-      <c r="I610" s="458"/>
-[...4 lines deleted...]
-      <c r="D611" s="460"/>
+      <c r="I610" s="453"/>
+    </row>
+    <row r="611" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B611" s="1150"/>
+      <c r="C611" s="397"/>
+      <c r="D611" s="455"/>
       <c r="E611" s="158"/>
       <c r="F611" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G611" s="119"/>
-      <c r="H611" s="463"/>
-[...3 lines deleted...]
-      <c r="B612" s="1164">
+      <c r="H611" s="458"/>
+      <c r="I611" s="458"/>
+    </row>
+    <row r="612" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B612" s="1151">
         <f>MAX(B$27:B611)+1</f>
         <v>170</v>
       </c>
-      <c r="C612" s="334"/>
+      <c r="C612" s="329"/>
       <c r="D612" s="153" t="s">
         <v>372</v>
       </c>
       <c r="E612" s="156"/>
       <c r="F612" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G612" s="327"/>
-      <c r="H612" s="330"/>
+      <c r="G612" s="322"/>
+      <c r="H612" s="325"/>
       <c r="I612" s="151"/>
     </row>
-    <row r="613" spans="2:9" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="D613" s="625" t="s">
+    <row r="613" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B613" s="1152"/>
+      <c r="C613" s="619" t="s">
+        <v>912</v>
+      </c>
+      <c r="D613" s="620" t="s">
         <v>369</v>
       </c>
       <c r="E613" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F613" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G613" s="550" t="s">
+      <c r="G613" s="545" t="s">
         <v>377</v>
       </c>
-      <c r="H613" s="332">
+      <c r="H613" s="327">
         <v>44849</v>
       </c>
-      <c r="I613" s="329"/>
-[...3 lines deleted...]
-      <c r="C614" s="336"/>
+      <c r="I613" s="324"/>
+    </row>
+    <row r="614" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B614" s="1153"/>
+      <c r="C614" s="331"/>
       <c r="D614" s="144"/>
       <c r="E614" s="158"/>
       <c r="F614" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G614" s="328"/>
-      <c r="H614" s="331"/>
+      <c r="G614" s="323"/>
+      <c r="H614" s="326"/>
       <c r="I614" s="169"/>
     </row>
-    <row r="615" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B615" s="1164">
+    <row r="615" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B615" s="1151">
         <f>MAX(B$27:B614)+1</f>
         <v>171</v>
       </c>
-      <c r="C615" s="334"/>
+      <c r="C615" s="329"/>
       <c r="D615" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E615" s="156"/>
       <c r="F615" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G615" s="327"/>
-      <c r="H615" s="330"/>
+      <c r="G615" s="322"/>
+      <c r="H615" s="325"/>
       <c r="I615" s="151"/>
     </row>
-    <row r="616" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>927</v>
+    <row r="616" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B616" s="1152"/>
+      <c r="C616" s="619" t="s">
+        <v>923</v>
       </c>
       <c r="D616" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E616" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F616" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G616" s="550" t="s">
+      <c r="G616" s="545" t="s">
         <v>114</v>
       </c>
-      <c r="H616" s="332">
+      <c r="H616" s="327">
         <v>44927</v>
       </c>
-      <c r="I616" s="329"/>
-[...3 lines deleted...]
-      <c r="C617" s="336"/>
+      <c r="I616" s="324"/>
+    </row>
+    <row r="617" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B617" s="1153"/>
+      <c r="C617" s="331"/>
       <c r="D617" s="144"/>
       <c r="E617" s="158"/>
       <c r="F617" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G617" s="328"/>
-      <c r="H617" s="331"/>
+      <c r="G617" s="323"/>
+      <c r="H617" s="326"/>
       <c r="I617" s="169"/>
     </row>
-    <row r="618" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B618" s="1164">
+    <row r="618" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B618" s="1151">
         <f>MAX(B$27:B617)+1</f>
         <v>172</v>
       </c>
       <c r="C618" s="65"/>
       <c r="D618" s="148" t="s">
         <v>348</v>
       </c>
       <c r="E618" s="156"/>
       <c r="F618" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G618" s="65"/>
-      <c r="H618" s="684"/>
-[...3 lines deleted...]
-      <c r="B619" s="1165"/>
+      <c r="H618" s="679"/>
+      <c r="I618" s="680"/>
+    </row>
+    <row r="619" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B619" s="1152"/>
       <c r="C619" s="127" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="D619" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E619" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F619" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G619" s="550"/>
-      <c r="H619" s="332">
+      <c r="G619" s="545"/>
+      <c r="H619" s="327">
         <v>44918</v>
       </c>
-      <c r="I619" s="685"/>
-[...2 lines deleted...]
-      <c r="B620" s="1166"/>
+      <c r="I619" s="680"/>
+    </row>
+    <row r="620" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B620" s="1153"/>
       <c r="C620" s="144"/>
       <c r="D620" s="144"/>
       <c r="E620" s="158"/>
       <c r="F620" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G620" s="144"/>
-      <c r="H620" s="686"/>
-[...3 lines deleted...]
-      <c r="B621" s="1104">
+      <c r="H620" s="681"/>
+      <c r="I620" s="682"/>
+    </row>
+    <row r="621" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B621" s="1093">
         <f>MAX(B$27:B620)+1</f>
         <v>173</v>
       </c>
-      <c r="C621" s="401"/>
+      <c r="C621" s="396"/>
       <c r="D621" s="153" t="s">
         <v>363</v>
       </c>
       <c r="E621" s="156"/>
       <c r="F621" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G621" s="454"/>
-[...6 lines deleted...]
-        <v>929</v>
+      <c r="G621" s="449"/>
+      <c r="H621" s="459"/>
+      <c r="I621" s="416"/>
+    </row>
+    <row r="622" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B622" s="1154"/>
+      <c r="C622" s="330" t="s">
+        <v>925</v>
       </c>
       <c r="D622" s="149" t="s">
         <v>362</v>
       </c>
       <c r="E622" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F622" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G622" s="457" t="s">
-[...2 lines deleted...]
-      <c r="H622" s="332">
+      <c r="G622" s="452" t="s">
+        <v>926</v>
+      </c>
+      <c r="H622" s="327">
         <v>44835</v>
       </c>
-      <c r="I622" s="422"/>
-[...4 lines deleted...]
-      <c r="D623" s="460"/>
+      <c r="I622" s="417"/>
+    </row>
+    <row r="623" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B623" s="1094"/>
+      <c r="C623" s="397"/>
+      <c r="D623" s="455"/>
       <c r="E623" s="158"/>
       <c r="F623" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G623" s="459"/>
-[...4 lines deleted...]
-      <c r="B624" s="1104">
+      <c r="G623" s="454"/>
+      <c r="H623" s="461"/>
+      <c r="I623" s="418"/>
+    </row>
+    <row r="624" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B624" s="1093">
         <f>MAX(B$27:B623)+1</f>
         <v>174</v>
       </c>
-      <c r="C624" s="401"/>
+      <c r="C624" s="396"/>
       <c r="D624" s="153" t="s">
         <v>363</v>
       </c>
       <c r="E624" s="156"/>
       <c r="F624" s="259"/>
-      <c r="G624" s="454"/>
-[...6 lines deleted...]
-        <v>933</v>
+      <c r="G624" s="449"/>
+      <c r="H624" s="459"/>
+      <c r="I624" s="416"/>
+    </row>
+    <row r="625" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B625" s="1154"/>
+      <c r="C625" s="330" t="s">
+        <v>929</v>
       </c>
       <c r="D625" s="149" t="s">
         <v>362</v>
       </c>
       <c r="E625" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F625" s="238"/>
-      <c r="G625" s="457" t="s">
+      <c r="G625" s="452" t="s">
         <v>119</v>
       </c>
-      <c r="H625" s="332">
+      <c r="H625" s="327">
         <v>44927</v>
       </c>
-      <c r="I625" s="422"/>
-[...4 lines deleted...]
-      <c r="D626" s="460"/>
+      <c r="I625" s="417"/>
+    </row>
+    <row r="626" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B626" s="1094"/>
+      <c r="C626" s="397"/>
+      <c r="D626" s="455"/>
       <c r="E626" s="158"/>
       <c r="F626" s="205"/>
-      <c r="G626" s="459"/>
-[...4 lines deleted...]
-      <c r="B627" s="1164">
+      <c r="G626" s="454"/>
+      <c r="H626" s="461"/>
+      <c r="I626" s="418"/>
+    </row>
+    <row r="627" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B627" s="1151">
         <f>MAX(B$27:B626)+1</f>
         <v>175</v>
       </c>
       <c r="C627" s="65"/>
       <c r="D627" s="148" t="s">
         <v>348</v>
       </c>
       <c r="E627" s="156"/>
       <c r="F627" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G627" s="65"/>
-      <c r="H627" s="424"/>
-[...3 lines deleted...]
-      <c r="B628" s="1165"/>
+      <c r="H627" s="419"/>
+      <c r="I627" s="1234"/>
+    </row>
+    <row r="628" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B628" s="1152"/>
       <c r="C628" s="127" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="D628" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E628" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F628" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G628" s="550"/>
-      <c r="H628" s="332">
+      <c r="G628" s="545"/>
+      <c r="H628" s="327">
         <v>44927</v>
       </c>
-      <c r="I628" s="1246"/>
-[...2 lines deleted...]
-      <c r="B629" s="1166"/>
+      <c r="I628" s="1234"/>
+    </row>
+    <row r="629" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B629" s="1153"/>
       <c r="C629" s="144"/>
       <c r="D629" s="144"/>
       <c r="E629" s="158"/>
       <c r="F629" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G629" s="144"/>
-      <c r="H629" s="425"/>
-[...3 lines deleted...]
-      <c r="B630" s="1164">
+      <c r="H629" s="420"/>
+      <c r="I629" s="1235"/>
+    </row>
+    <row r="630" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B630" s="1151">
         <f>MAX(B$27:B629)+1</f>
         <v>176</v>
       </c>
-      <c r="C630" s="334"/>
+      <c r="C630" s="329"/>
       <c r="D630" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E630" s="156"/>
       <c r="F630" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G630" s="327"/>
-      <c r="H630" s="330"/>
+      <c r="G630" s="322"/>
+      <c r="H630" s="325"/>
       <c r="I630" s="151"/>
     </row>
-    <row r="631" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B631" s="1165"/>
+    <row r="631" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B631" s="1152"/>
       <c r="C631" s="127" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
       <c r="D631" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E631" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F631" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G631" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H631" s="332">
+      <c r="G631" s="545" t="s">
+        <v>922</v>
+      </c>
+      <c r="H631" s="327">
         <v>45006</v>
       </c>
-      <c r="I631" s="329"/>
-[...3 lines deleted...]
-      <c r="C632" s="336"/>
+      <c r="I631" s="324"/>
+    </row>
+    <row r="632" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B632" s="1153"/>
+      <c r="C632" s="331"/>
       <c r="D632" s="144"/>
       <c r="E632" s="158"/>
       <c r="F632" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G632" s="328"/>
-      <c r="H632" s="331"/>
+      <c r="G632" s="323"/>
+      <c r="H632" s="326"/>
       <c r="I632" s="169"/>
     </row>
-    <row r="633" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B633" s="1161">
+    <row r="633" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B633" s="1148">
         <f>MAX(B$27:B632)+1</f>
         <v>177</v>
       </c>
-      <c r="C633" s="401"/>
-[...1 lines deleted...]
-        <v>615</v>
+      <c r="C633" s="396"/>
+      <c r="D633" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E633" s="156"/>
       <c r="F633" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G633" s="120"/>
-      <c r="H633" s="452"/>
-[...3 lines deleted...]
-      <c r="B634" s="1162"/>
+      <c r="H633" s="447"/>
+      <c r="I633" s="447"/>
+    </row>
+    <row r="634" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B634" s="1149"/>
       <c r="C634" s="150" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="D634" s="149" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E634" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F634" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G634" s="550" t="s">
+        <v>482</v>
+      </c>
+      <c r="G634" s="545" t="s">
         <v>127</v>
       </c>
-      <c r="H634" s="332">
+      <c r="H634" s="327">
         <v>44947</v>
       </c>
-      <c r="I634" s="458"/>
-[...4 lines deleted...]
-      <c r="D635" s="460"/>
+      <c r="I634" s="453"/>
+    </row>
+    <row r="635" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B635" s="1150"/>
+      <c r="C635" s="397"/>
+      <c r="D635" s="455"/>
       <c r="E635" s="158"/>
       <c r="F635" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G635" s="119"/>
-      <c r="H635" s="463"/>
-[...3 lines deleted...]
-      <c r="B636" s="1063">
+      <c r="H635" s="458"/>
+      <c r="I635" s="458"/>
+    </row>
+    <row r="636" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B636" s="1053">
         <f>MAX(B$27:B635)+1</f>
         <v>178</v>
       </c>
       <c r="C636" s="151"/>
-      <c r="D636" s="322" t="s">
-[...2 lines deleted...]
-      <c r="E636" s="319"/>
+      <c r="D636" s="317" t="s">
+        <v>427</v>
+      </c>
+      <c r="E636" s="314"/>
       <c r="F636" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G636" s="151"/>
       <c r="H636" s="151"/>
       <c r="I636" s="184"/>
     </row>
-    <row r="637" spans="2:9" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="F637" s="321" t="s">
+    <row r="637" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B637" s="1095"/>
+      <c r="C637" s="540" t="s">
+        <v>959</v>
+      </c>
+      <c r="D637" s="313" t="s">
+        <v>426</v>
+      </c>
+      <c r="E637" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F637" s="316" t="s">
         <v>336</v>
       </c>
       <c r="G637" s="230" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="H637" s="316">
+        <v>960</v>
+      </c>
+      <c r="H637" s="311">
         <v>44999</v>
       </c>
-      <c r="I637" s="316"/>
-[...6 lines deleted...]
-      <c r="F638" s="544" t="s">
+      <c r="I637" s="311"/>
+    </row>
+    <row r="638" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B638" s="1069"/>
+      <c r="C638" s="541"/>
+      <c r="D638" s="318"/>
+      <c r="E638" s="538"/>
+      <c r="F638" s="539" t="s">
         <v>335</v>
       </c>
       <c r="G638" s="142"/>
       <c r="H638" s="142"/>
       <c r="I638" s="181"/>
     </row>
-    <row r="639" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B639" s="1063">
+    <row r="639" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B639" s="1053">
         <f>MAX(B$27:B638)+1</f>
         <v>179</v>
       </c>
       <c r="C639" s="168"/>
       <c r="D639" s="154" t="s">
         <v>368</v>
       </c>
-      <c r="E639" s="319"/>
+      <c r="E639" s="314"/>
       <c r="F639" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G639" s="156"/>
       <c r="H639" s="163"/>
       <c r="I639" s="151"/>
     </row>
-    <row r="640" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>966</v>
+    <row r="640" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B640" s="1095"/>
+      <c r="C640" s="697" t="s">
+        <v>962</v>
       </c>
       <c r="D640" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E640" s="320" t="s">
-[...2 lines deleted...]
-      <c r="F640" s="321" t="s">
+      <c r="E640" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F640" s="316" t="s">
         <v>336</v>
       </c>
-      <c r="G640" s="550">
+      <c r="G640" s="545">
         <v>5</v>
       </c>
-      <c r="H640" s="316">
+      <c r="H640" s="311">
         <v>44992</v>
       </c>
       <c r="I640" s="145"/>
     </row>
-    <row r="641" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B641" s="1064"/>
+    <row r="641" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B641" s="1069"/>
       <c r="C641" s="165"/>
       <c r="D641" s="144"/>
-      <c r="E641" s="543"/>
-      <c r="F641" s="544" t="s">
+      <c r="E641" s="538"/>
+      <c r="F641" s="539" t="s">
         <v>335</v>
       </c>
       <c r="G641" s="144"/>
       <c r="H641" s="157"/>
       <c r="I641" s="142"/>
     </row>
-    <row r="642" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B642" s="1063">
+    <row r="642" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B642" s="1053">
         <f>MAX(B$27:B641)+1</f>
         <v>180</v>
       </c>
       <c r="C642" s="156"/>
       <c r="D642" s="120" t="s">
         <v>340</v>
       </c>
-      <c r="E642" s="319"/>
+      <c r="E642" s="314"/>
       <c r="F642" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G642" s="156"/>
       <c r="H642" s="156"/>
-      <c r="I642" s="1167"/>
-[...2 lines deleted...]
-      <c r="B643" s="1108"/>
+      <c r="I642" s="1155"/>
+    </row>
+    <row r="643" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B643" s="1095"/>
       <c r="C643" s="148" t="s">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c r="D643" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E643" s="320" t="s">
-[...2 lines deleted...]
-      <c r="F643" s="321" t="s">
+      <c r="E643" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F643" s="316" t="s">
         <v>336</v>
       </c>
       <c r="G643" s="230" t="s">
-        <v>980</v>
-[...1 lines deleted...]
-      <c r="H643" s="316">
+        <v>974</v>
+      </c>
+      <c r="H643" s="311">
         <v>45056</v>
       </c>
-      <c r="I643" s="1168"/>
-[...2 lines deleted...]
-      <c r="B644" s="1064"/>
+      <c r="I643" s="1156"/>
+    </row>
+    <row r="644" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B644" s="1069"/>
       <c r="C644" s="144"/>
       <c r="D644" s="144"/>
-      <c r="E644" s="543"/>
-      <c r="F644" s="544" t="s">
+      <c r="E644" s="538"/>
+      <c r="F644" s="539" t="s">
         <v>335</v>
       </c>
       <c r="G644" s="144"/>
       <c r="H644" s="144"/>
-      <c r="I644" s="1169"/>
-[...2 lines deleted...]
-      <c r="B645" s="1063">
+      <c r="I644" s="1157"/>
+    </row>
+    <row r="645" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B645" s="1053">
         <f>MAX(B$27:B644)+1</f>
         <v>181</v>
       </c>
-      <c r="C645" s="334"/>
+      <c r="C645" s="329"/>
       <c r="D645" s="153" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="E645" s="156"/>
       <c r="F645" s="120" t="s">
         <v>339</v>
       </c>
-      <c r="G645" s="454"/>
-[...8 lines deleted...]
-        <v>1172</v>
+      <c r="G645" s="449"/>
+      <c r="H645" s="447"/>
+      <c r="I645" s="1228" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="646" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B646" s="1095"/>
+      <c r="C646" s="330" t="s">
+        <v>1160</v>
       </c>
       <c r="D646" s="149" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="E646" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F646" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G646" s="457"/>
-      <c r="H646" s="679">
+      <c r="G646" s="452"/>
+      <c r="H646" s="674">
         <v>45078</v>
       </c>
-      <c r="I646" s="1240"/>
-[...3 lines deleted...]
-      <c r="C647" s="336"/>
+      <c r="I646" s="1229"/>
+    </row>
+    <row r="647" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B647" s="1069"/>
+      <c r="C647" s="331"/>
       <c r="D647" s="144"/>
       <c r="E647" s="158"/>
       <c r="F647" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G647" s="459"/>
-[...4 lines deleted...]
-      <c r="B648" s="1063">
+      <c r="G647" s="454"/>
+      <c r="H647" s="458"/>
+      <c r="I647" s="1230"/>
+    </row>
+    <row r="648" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B648" s="1053">
         <f>MAX(B$27:B647)+1</f>
         <v>182</v>
       </c>
       <c r="C648" s="191"/>
       <c r="D648" s="120" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E648" s="156"/>
       <c r="F648" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G648" s="327"/>
+      <c r="G648" s="322"/>
       <c r="H648" s="100"/>
       <c r="I648" s="184"/>
     </row>
-    <row r="649" spans="2:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-        <v>563</v>
+    <row r="649" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B649" s="1095"/>
+      <c r="C649" s="714" t="s">
+        <v>867</v>
+      </c>
+      <c r="D649" s="715" t="s">
+        <v>561</v>
       </c>
       <c r="E649" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F649" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G649" s="550" t="s">
-        <v>405</v>
+      <c r="G649" s="545" t="s">
+        <v>404</v>
       </c>
       <c r="H649" s="146">
         <v>45040</v>
       </c>
       <c r="I649" s="182"/>
     </row>
-    <row r="650" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B650" s="1064"/>
+    <row r="650" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B650" s="1069"/>
       <c r="C650" s="187"/>
       <c r="D650" s="144"/>
       <c r="E650" s="158"/>
       <c r="F650" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G650" s="328"/>
-      <c r="H650" s="721"/>
+      <c r="G650" s="323"/>
+      <c r="H650" s="716"/>
       <c r="I650" s="181"/>
     </row>
-    <row r="651" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B651" s="1063">
+    <row r="651" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B651" s="1053">
         <f>MAX(B$27:B650)+1</f>
         <v>183</v>
       </c>
       <c r="C651" s="168"/>
-      <c r="D651" s="722" t="s">
-        <v>866</v>
+      <c r="D651" s="717" t="s">
+        <v>862</v>
       </c>
       <c r="E651" s="156"/>
       <c r="F651" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G651" s="156"/>
-      <c r="H651" s="723"/>
-[...8 lines deleted...]
-        <v>867</v>
+      <c r="H651" s="718"/>
+      <c r="I651" s="1221"/>
+    </row>
+    <row r="652" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B652" s="1095"/>
+      <c r="C652" s="719" t="s">
+        <v>977</v>
+      </c>
+      <c r="D652" s="720" t="s">
+        <v>863</v>
       </c>
       <c r="E652" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F652" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G652" s="550"/>
+      <c r="G652" s="545"/>
       <c r="H652" s="146">
         <v>45070</v>
       </c>
-      <c r="I652" s="1233"/>
-[...2 lines deleted...]
-      <c r="B653" s="1064"/>
+      <c r="I652" s="1222"/>
+    </row>
+    <row r="653" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B653" s="1069"/>
       <c r="C653" s="165"/>
-      <c r="D653" s="726"/>
+      <c r="D653" s="721"/>
       <c r="E653" s="158"/>
       <c r="F653" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G653" s="144"/>
-      <c r="H653" s="727"/>
-[...3 lines deleted...]
-      <c r="B654" s="1164">
+      <c r="H653" s="722"/>
+      <c r="I653" s="1223"/>
+    </row>
+    <row r="654" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B654" s="1151">
         <f>MAX(B$27:B653)+1</f>
         <v>184</v>
       </c>
       <c r="C654" s="120"/>
       <c r="D654" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E654" s="120"/>
       <c r="F654" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G654" s="120"/>
       <c r="H654" s="120"/>
       <c r="I654" s="244"/>
     </row>
-    <row r="655" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B655" s="1165"/>
+    <row r="655" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B655" s="1152"/>
       <c r="C655" s="148" t="s">
         <v>281</v>
       </c>
       <c r="D655" s="148" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E655" s="550" t="s">
+        <v>389</v>
+      </c>
+      <c r="E655" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F655" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G655" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H655" s="541">
+      <c r="G655" s="545" t="s">
+        <v>718</v>
+      </c>
+      <c r="H655" s="536">
         <v>45080</v>
       </c>
       <c r="I655" s="243"/>
     </row>
-    <row r="656" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B656" s="1165"/>
+    <row r="656" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B656" s="1152"/>
       <c r="C656" s="148"/>
       <c r="D656" s="148"/>
-      <c r="E656" s="550"/>
-      <c r="F656" s="728" t="s">
+      <c r="E656" s="545"/>
+      <c r="F656" s="723" t="s">
         <v>335</v>
       </c>
       <c r="G656" s="202"/>
-      <c r="H656" s="729"/>
+      <c r="H656" s="724"/>
       <c r="I656" s="243"/>
     </row>
-    <row r="657" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B657" s="1166"/>
+    <row r="657" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B657" s="1153"/>
       <c r="C657" s="119"/>
       <c r="D657" s="119"/>
       <c r="E657" s="119"/>
       <c r="F657" s="205"/>
-      <c r="G657" s="620" t="s">
+      <c r="G657" s="615" t="s">
         <v>282</v>
       </c>
-      <c r="H657" s="398">
+      <c r="H657" s="393">
         <v>43466</v>
       </c>
       <c r="I657" s="242"/>
     </row>
-    <row r="658" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B658" s="1164">
+    <row r="658" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B658" s="1151">
         <f>MAX(B$27:B657)+1</f>
         <v>185</v>
       </c>
-      <c r="C658" s="334"/>
+      <c r="C658" s="329"/>
       <c r="D658" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E658" s="156"/>
       <c r="F658" s="120" t="s">
         <v>339</v>
       </c>
       <c r="H658" s="156"/>
       <c r="I658" s="151"/>
     </row>
-    <row r="659" spans="2:10" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C659" s="624" t="s">
+    <row r="659" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B659" s="1152"/>
+      <c r="C659" s="619" t="s">
         <v>205</v>
       </c>
       <c r="D659" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E659" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F659" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G659" s="550">
+      <c r="G659" s="545">
         <v>5</v>
       </c>
-      <c r="H659" s="541">
+      <c r="H659" s="536">
         <v>45082</v>
       </c>
       <c r="I659" s="145"/>
     </row>
-    <row r="660" spans="2:10" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C660" s="505"/>
+    <row r="660" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B660" s="1152"/>
+      <c r="C660" s="500"/>
       <c r="D660" s="65"/>
       <c r="E660" s="160"/>
       <c r="F660" s="203" t="s">
         <v>335</v>
       </c>
-      <c r="G660" s="732"/>
-[...4 lines deleted...]
-      <c r="B661" s="1165"/>
+      <c r="G660" s="727"/>
+      <c r="H660" s="730"/>
+      <c r="I660" s="728"/>
+    </row>
+    <row r="661" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B661" s="1152"/>
       <c r="C661" s="65"/>
       <c r="D661" s="30"/>
       <c r="E661" s="65"/>
       <c r="F661" s="65"/>
-      <c r="G661" s="736" t="s">
+      <c r="G661" s="731" t="s">
         <v>146</v>
       </c>
-      <c r="H661" s="562">
+      <c r="H661" s="557">
         <v>43266</v>
       </c>
-      <c r="I661" s="734">
+      <c r="I661" s="729">
         <v>45082</v>
       </c>
     </row>
-    <row r="662" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B662" s="1166"/>
+    <row r="662" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B662" s="1153"/>
       <c r="C662" s="144"/>
       <c r="D662" s="165"/>
       <c r="E662" s="144"/>
       <c r="F662" s="144"/>
-      <c r="G662" s="620" t="s">
-[...2 lines deleted...]
-      <c r="H662" s="730">
+      <c r="G662" s="615" t="s">
+        <v>985</v>
+      </c>
+      <c r="H662" s="725">
         <v>43266</v>
       </c>
-      <c r="I662" s="731"/>
-[...2 lines deleted...]
-      <c r="B663" s="1063">
+      <c r="I662" s="726"/>
+    </row>
+    <row r="663" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B663" s="1053">
         <f>MAX(B$27:B662)+1</f>
         <v>186</v>
       </c>
       <c r="C663" s="168"/>
       <c r="D663" s="154" t="s">
-        <v>913</v>
-[...1 lines deleted...]
-      <c r="E663" s="319"/>
+        <v>909</v>
+      </c>
+      <c r="E663" s="314"/>
       <c r="F663" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G663" s="156"/>
       <c r="H663" s="163"/>
       <c r="I663" s="151"/>
     </row>
-    <row r="664" spans="2:10" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>993</v>
+    <row r="664" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B664" s="1095"/>
+      <c r="C664" s="732" t="s">
+        <v>987</v>
       </c>
       <c r="D664" s="148" t="s">
-        <v>867</v>
-[...4 lines deleted...]
-      <c r="F664" s="321" t="s">
+        <v>863</v>
+      </c>
+      <c r="E664" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F664" s="316" t="s">
         <v>336</v>
       </c>
-      <c r="G664" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H664" s="316">
+      <c r="G664" s="545" t="s">
+        <v>910</v>
+      </c>
+      <c r="H664" s="311">
         <v>45139</v>
       </c>
       <c r="I664" s="145"/>
     </row>
-    <row r="665" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B665" s="1064"/>
+    <row r="665" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B665" s="1069"/>
       <c r="C665" s="165"/>
       <c r="D665" s="144"/>
-      <c r="E665" s="543"/>
-      <c r="F665" s="544" t="s">
+      <c r="E665" s="538"/>
+      <c r="F665" s="539" t="s">
         <v>335</v>
       </c>
       <c r="G665" s="144"/>
       <c r="H665" s="157"/>
       <c r="I665" s="142"/>
     </row>
-    <row r="666" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B666" s="1063">
+    <row r="666" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B666" s="1053">
         <f>MAX(B$27:B665)+1</f>
         <v>187</v>
       </c>
       <c r="C666" s="168"/>
-      <c r="D666" s="722" t="s">
-[...2 lines deleted...]
-      <c r="E666" s="319"/>
+      <c r="D666" s="717" t="s">
+        <v>993</v>
+      </c>
+      <c r="E666" s="314"/>
       <c r="F666" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G666" s="156"/>
-      <c r="H666" s="723"/>
-[...4 lines deleted...]
-      <c r="C667" s="724" t="s">
+      <c r="H666" s="718"/>
+      <c r="I666" s="1221"/>
+    </row>
+    <row r="667" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B667" s="1095"/>
+      <c r="C667" s="719" t="s">
+        <v>994</v>
+      </c>
+      <c r="D667" s="720" t="s">
+        <v>995</v>
+      </c>
+      <c r="E667" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F667" s="316"/>
+      <c r="G667" s="545" t="s">
+        <v>319</v>
+      </c>
+      <c r="H667" s="311">
+        <v>45134</v>
+      </c>
+      <c r="I667" s="1222"/>
+    </row>
+    <row r="668" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B668" s="1069"/>
+      <c r="C668" s="165"/>
+      <c r="D668" s="721"/>
+      <c r="E668" s="538"/>
+      <c r="F668" s="539"/>
+      <c r="G668" s="144"/>
+      <c r="H668" s="722"/>
+      <c r="I668" s="1223"/>
+    </row>
+    <row r="669" spans="2:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B669" s="61"/>
+      <c r="C669" s="748"/>
+      <c r="D669" s="35" t="s">
         <v>1000</v>
       </c>
-      <c r="D667" s="725" t="s">
-[...30 lines deleted...]
-      <c r="E669" s="438"/>
+      <c r="E669" s="433"/>
       <c r="F669" s="156"/>
       <c r="G669" s="61" t="s">
         <v>11</v>
       </c>
       <c r="H669" s="81">
         <v>41725</v>
       </c>
-      <c r="I669" s="1088" t="s">
-[...4 lines deleted...]
-      <c r="B670" s="351">
+      <c r="I669" s="1075" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="670" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B670" s="346">
         <f>MAX(B$27:B669)+1</f>
         <v>188</v>
       </c>
-      <c r="C670" s="752" t="s">
+      <c r="C670" s="747" t="s">
         <v>31</v>
       </c>
-      <c r="D670" s="749" t="s">
-[...2 lines deleted...]
-      <c r="E670" s="754" t="s">
+      <c r="D670" s="744" t="s">
+        <v>677</v>
+      </c>
+      <c r="E670" s="749" t="s">
         <v>120</v>
       </c>
       <c r="F670" s="65"/>
-      <c r="G670" s="750" t="s">
+      <c r="G670" s="745" t="s">
         <v>377</v>
       </c>
-      <c r="H670" s="751">
+      <c r="H670" s="746">
         <v>44743</v>
       </c>
-      <c r="I670" s="1181"/>
-[...1 lines deleted...]
-    <row r="671" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="I670" s="1158"/>
+    </row>
+    <row r="671" spans="2:10" x14ac:dyDescent="0.35">
       <c r="B671" s="187"/>
       <c r="C671" s="187"/>
       <c r="D671" s="187"/>
       <c r="E671" s="187"/>
       <c r="F671" s="187"/>
       <c r="G671" s="187"/>
       <c r="H671" s="187"/>
-      <c r="I671" s="1089"/>
+      <c r="I671" s="1076"/>
       <c r="J671" s="29"/>
     </row>
-    <row r="672" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B672" s="1063">
+    <row r="672" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B672" s="1053">
         <f>MAX(B$27:B671)+1</f>
         <v>189</v>
       </c>
       <c r="C672" s="168"/>
       <c r="D672" s="154" t="s">
         <v>368</v>
       </c>
-      <c r="E672" s="319"/>
+      <c r="E672" s="314"/>
       <c r="F672" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G672" s="156"/>
       <c r="H672" s="163"/>
       <c r="I672" s="151"/>
     </row>
-    <row r="673" spans="2:10" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1021</v>
+    <row r="673" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B673" s="1095"/>
+      <c r="C673" s="762" t="s">
+        <v>1015</v>
       </c>
       <c r="D673" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E673" s="320" t="s">
-[...2 lines deleted...]
-      <c r="F673" s="321" t="s">
+      <c r="E673" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F673" s="316" t="s">
         <v>336</v>
       </c>
-      <c r="G673" s="550" t="s">
+      <c r="G673" s="545" t="s">
         <v>127</v>
       </c>
-      <c r="H673" s="316">
+      <c r="H673" s="311">
         <v>45141</v>
       </c>
       <c r="I673" s="145"/>
     </row>
-    <row r="674" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B674" s="1064"/>
+    <row r="674" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B674" s="1069"/>
       <c r="C674" s="165"/>
       <c r="D674" s="144"/>
-      <c r="E674" s="543"/>
-      <c r="F674" s="544" t="s">
+      <c r="E674" s="538"/>
+      <c r="F674" s="539" t="s">
         <v>335</v>
       </c>
       <c r="G674" s="144"/>
       <c r="H674" s="157"/>
       <c r="I674" s="142"/>
     </row>
-    <row r="675" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B675" s="1063">
+    <row r="675" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B675" s="1053">
         <f>MAX(B$27:B674)+1</f>
         <v>190</v>
       </c>
       <c r="C675" s="204"/>
       <c r="D675" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E675" s="120"/>
       <c r="F675" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G675" s="120"/>
       <c r="H675" s="120"/>
-      <c r="I675" s="1176" t="s">
-[...6 lines deleted...]
-        <v>1101</v>
+      <c r="I675" s="1159" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="676" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B676" s="1095"/>
+      <c r="C676" s="810" t="s">
+        <v>1093</v>
       </c>
       <c r="D676" s="148" t="s">
-        <v>390</v>
-[...4 lines deleted...]
-      <c r="F676" s="321" t="s">
+        <v>389</v>
+      </c>
+      <c r="E676" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F676" s="316" t="s">
         <v>336</v>
       </c>
-      <c r="H676" s="316">
+      <c r="H676" s="311">
         <v>42219</v>
       </c>
-      <c r="I676" s="1177"/>
-[...3 lines deleted...]
-      <c r="B677" s="1108"/>
+      <c r="I676" s="1160"/>
+      <c r="J676" s="767"/>
+    </row>
+    <row r="677" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B677" s="1095"/>
       <c r="C677" s="194"/>
       <c r="D677" s="148"/>
       <c r="E677" s="148"/>
-      <c r="F677" s="321" t="s">
+      <c r="F677" s="316" t="s">
         <v>335</v>
       </c>
-      <c r="G677" s="550"/>
-[...6 lines deleted...]
-      <c r="C678" s="574"/>
+      <c r="G677" s="545"/>
+      <c r="H677" s="311"/>
+      <c r="I677" s="1160"/>
+      <c r="J677" s="768"/>
+    </row>
+    <row r="678" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B678" s="1095"/>
+      <c r="C678" s="569"/>
       <c r="D678" s="65"/>
       <c r="E678" s="65"/>
       <c r="F678" s="65"/>
-      <c r="G678" s="550">
+      <c r="G678" s="545">
         <v>5</v>
       </c>
-      <c r="H678" s="316">
+      <c r="H678" s="311">
         <v>42506</v>
       </c>
-      <c r="I678" s="1177"/>
-[...2 lines deleted...]
-      <c r="B679" s="1108"/>
+      <c r="I678" s="1160"/>
+    </row>
+    <row r="679" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B679" s="1095"/>
       <c r="C679" s="65"/>
       <c r="D679" s="65"/>
       <c r="E679" s="65"/>
       <c r="F679" s="65"/>
-      <c r="G679" s="803" t="s">
+      <c r="G679" s="798" t="s">
         <v>319</v>
       </c>
-      <c r="H679" s="805">
+      <c r="H679" s="800">
         <v>45167</v>
       </c>
-      <c r="I679" s="1177"/>
-[...2 lines deleted...]
-      <c r="B680" s="822"/>
+      <c r="I679" s="1160"/>
+    </row>
+    <row r="680" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B680" s="817"/>
       <c r="C680" s="144"/>
       <c r="D680" s="144"/>
       <c r="E680" s="144"/>
       <c r="F680" s="144"/>
-      <c r="G680" s="620">
+      <c r="G680" s="615">
         <v>7</v>
       </c>
-      <c r="H680" s="825">
+      <c r="H680" s="820">
         <v>45505</v>
       </c>
-      <c r="I680" s="823"/>
-[...2 lines deleted...]
-      <c r="B681" s="1063">
+      <c r="I680" s="818"/>
+    </row>
+    <row r="681" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B681" s="1053">
         <f>MAX(B$27:B679)+1</f>
         <v>191</v>
       </c>
-      <c r="C681" s="774"/>
-[...1 lines deleted...]
-        <v>615</v>
+      <c r="C681" s="769"/>
+      <c r="D681" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E681" s="156"/>
       <c r="F681" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G681" s="120"/>
       <c r="H681" s="151"/>
       <c r="I681" s="151"/>
     </row>
-    <row r="682" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B682" s="1108"/>
+    <row r="682" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B682" s="1095"/>
       <c r="C682" s="150" t="s">
-        <v>1024</v>
+        <v>1018</v>
       </c>
       <c r="D682" s="149" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E682" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F682" s="148" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      <c r="H682" s="316">
+        <v>482</v>
+      </c>
+      <c r="G682" s="545" t="s">
+        <v>974</v>
+      </c>
+      <c r="H682" s="311">
         <v>45231</v>
       </c>
       <c r="I682" s="145"/>
     </row>
-    <row r="683" spans="2:10" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="D683" s="460"/>
+    <row r="683" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B683" s="1069"/>
+      <c r="C683" s="770"/>
+      <c r="D683" s="455"/>
       <c r="E683" s="158"/>
       <c r="F683" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G683" s="119"/>
       <c r="H683" s="142"/>
       <c r="I683" s="142"/>
     </row>
-    <row r="684" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B684" s="1063">
+    <row r="684" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B684" s="1053">
         <f>MAX(B$27:B683)+1</f>
         <v>192</v>
       </c>
       <c r="C684" s="191"/>
       <c r="D684" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E684" s="156"/>
       <c r="F684" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G684" s="327"/>
+      <c r="G684" s="322"/>
       <c r="H684" s="100"/>
       <c r="I684" s="184"/>
     </row>
-    <row r="685" spans="2:10" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1042</v>
+    <row r="685" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B685" s="1095"/>
+      <c r="C685" s="714" t="s">
+        <v>1036</v>
       </c>
       <c r="D685" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E685" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F685" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G685" s="550" t="s">
+      <c r="G685" s="545" t="s">
         <v>319</v>
       </c>
       <c r="H685" s="146">
         <v>45231</v>
       </c>
       <c r="I685" s="182"/>
     </row>
-    <row r="686" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B686" s="1064"/>
+    <row r="686" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B686" s="1069"/>
       <c r="C686" s="187"/>
       <c r="D686" s="144"/>
       <c r="E686" s="158"/>
       <c r="F686" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G686" s="328"/>
-      <c r="H686" s="721"/>
+      <c r="G686" s="323"/>
+      <c r="H686" s="716"/>
       <c r="I686" s="181"/>
     </row>
-    <row r="687" spans="2:10" x14ac:dyDescent="0.2">
-      <c r="B687" s="1063">
+    <row r="687" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B687" s="1053">
         <f>MAX(B$27:B686)+1</f>
         <v>193</v>
       </c>
       <c r="C687" s="190"/>
       <c r="D687" s="120" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="E687" s="156"/>
       <c r="F687" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G687" s="156"/>
       <c r="H687" s="163"/>
-      <c r="I687" s="1178" t="s">
-[...6 lines deleted...]
-        <v>1049</v>
+      <c r="I687" s="1168" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="688" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B688" s="1095"/>
+      <c r="C688" s="783" t="s">
+        <v>1043</v>
       </c>
       <c r="D688" s="148" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="E688" s="550" t="s">
+        <v>677</v>
+      </c>
+      <c r="E688" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F688" s="150" t="s">
         <v>336</v>
       </c>
-      <c r="G688" s="550" t="s">
+      <c r="G688" s="545" t="s">
         <v>123</v>
       </c>
       <c r="H688" s="146">
         <v>44665</v>
       </c>
-      <c r="I688" s="1179"/>
-[...2 lines deleted...]
-      <c r="B689" s="1064"/>
+      <c r="I688" s="1169"/>
+    </row>
+    <row r="689" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B689" s="1069"/>
       <c r="C689" s="186"/>
       <c r="D689" s="165"/>
       <c r="E689" s="158"/>
       <c r="F689" s="195" t="s">
         <v>335</v>
       </c>
-      <c r="G689" s="620"/>
+      <c r="G689" s="615"/>
       <c r="H689" s="157"/>
-      <c r="I689" s="1180"/>
-[...2 lines deleted...]
-      <c r="B690" s="1063">
+      <c r="I689" s="1170"/>
+    </row>
+    <row r="690" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B690" s="1053">
         <f>MAX(B$27:B689)+1</f>
         <v>194</v>
       </c>
       <c r="C690" s="251"/>
       <c r="D690" s="251" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="E690" s="156"/>
       <c r="F690" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G690" s="120"/>
       <c r="H690" s="120"/>
       <c r="I690" s="151"/>
     </row>
-    <row r="691" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B691" s="1108"/>
+    <row r="691" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B691" s="1095"/>
       <c r="C691" s="148" t="s">
-        <v>1052</v>
+        <v>1046</v>
       </c>
       <c r="D691" s="176" t="s">
-        <v>1053</v>
-[...1 lines deleted...]
-      <c r="E691" s="550" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E691" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F691" s="150" t="s">
         <v>336</v>
       </c>
-      <c r="G691" s="550" t="s">
-        <v>1054</v>
+      <c r="G691" s="545" t="s">
+        <v>1048</v>
       </c>
       <c r="H691" s="146">
         <v>45292</v>
       </c>
       <c r="I691" s="145"/>
     </row>
-    <row r="692" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B692" s="1064"/>
+    <row r="692" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B692" s="1069"/>
       <c r="C692" s="119"/>
       <c r="D692" s="119"/>
       <c r="E692" s="158"/>
       <c r="F692" s="195" t="s">
         <v>335</v>
       </c>
       <c r="G692" s="119"/>
       <c r="H692" s="119"/>
       <c r="I692" s="142"/>
     </row>
-    <row r="693" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B693" s="1063">
+    <row r="693" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B693" s="1053">
         <f>MAX(B$27:B692)+1</f>
         <v>195</v>
       </c>
       <c r="C693" s="191"/>
       <c r="D693" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E693" s="156"/>
       <c r="F693" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G693" s="327"/>
+      <c r="G693" s="322"/>
       <c r="H693" s="100"/>
       <c r="I693" s="184"/>
     </row>
-    <row r="694" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1059</v>
+    <row r="694" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B694" s="1095"/>
+      <c r="C694" s="714" t="s">
+        <v>1051</v>
       </c>
       <c r="D694" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E694" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F694" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G694" s="550" t="s">
+      <c r="G694" s="545" t="s">
         <v>114</v>
       </c>
       <c r="H694" s="146">
         <v>45331</v>
       </c>
       <c r="I694" s="182"/>
     </row>
-    <row r="695" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B695" s="1064"/>
+    <row r="695" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B695" s="1069"/>
       <c r="C695" s="187"/>
       <c r="D695" s="144"/>
       <c r="E695" s="158"/>
       <c r="F695" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G695" s="328"/>
-      <c r="H695" s="721"/>
+      <c r="G695" s="323"/>
+      <c r="H695" s="716"/>
       <c r="I695" s="181"/>
     </row>
-    <row r="696" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B696" s="1164">
+    <row r="696" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B696" s="1151">
         <f>MAX(B$27:B695)+1</f>
         <v>196</v>
       </c>
       <c r="C696" s="120"/>
       <c r="D696" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E696" s="120"/>
       <c r="F696" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G696" s="120"/>
       <c r="H696" s="120"/>
       <c r="I696" s="244"/>
     </row>
-    <row r="697" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B697" s="1165"/>
+    <row r="697" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B697" s="1152"/>
       <c r="C697" s="148" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="D697" s="148" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E697" s="550" t="s">
+        <v>389</v>
+      </c>
+      <c r="E697" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F697" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G697" s="550" t="s">
+      <c r="G697" s="545" t="s">
         <v>199</v>
       </c>
       <c r="H697" s="146">
         <v>45250</v>
       </c>
       <c r="I697" s="243"/>
     </row>
-    <row r="698" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B698" s="1165"/>
+    <row r="698" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B698" s="1152"/>
       <c r="C698" s="148"/>
       <c r="D698" s="148"/>
       <c r="E698" s="148"/>
       <c r="F698" s="238" t="s">
         <v>335</v>
       </c>
       <c r="G698" s="148"/>
       <c r="H698" s="148"/>
       <c r="I698" s="242"/>
     </row>
-    <row r="699" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B699" s="895"/>
+    <row r="699" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B699" s="861"/>
       <c r="C699" s="148"/>
       <c r="D699" s="119"/>
       <c r="E699" s="148"/>
-      <c r="F699" s="325"/>
-      <c r="G699" s="789">
+      <c r="F699" s="320"/>
+      <c r="G699" s="784">
         <v>3</v>
       </c>
       <c r="H699" s="113">
         <v>45681</v>
       </c>
       <c r="I699" s="243"/>
     </row>
-    <row r="700" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B700" s="1063">
+    <row r="700" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B700" s="1053">
         <f>MAX(B$27:B698)+1</f>
         <v>197</v>
       </c>
       <c r="C700" s="156"/>
       <c r="D700" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E700" s="156"/>
       <c r="F700" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G700" s="156"/>
-      <c r="H700" s="792"/>
+      <c r="H700" s="787"/>
       <c r="I700" s="151"/>
     </row>
-    <row r="701" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1067</v>
+    <row r="701" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B701" s="1095"/>
+      <c r="C701" s="788" t="s">
+        <v>1059</v>
       </c>
       <c r="D701" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E701" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F701" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G701" s="550" t="s">
+      <c r="G701" s="545" t="s">
         <v>301</v>
       </c>
       <c r="H701" s="146">
         <v>45352</v>
       </c>
       <c r="I701" s="145"/>
     </row>
-    <row r="702" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B702" s="1064"/>
+    <row r="702" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B702" s="1069"/>
       <c r="C702" s="144"/>
       <c r="D702" s="144"/>
       <c r="E702" s="158"/>
       <c r="F702" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G702" s="144"/>
-      <c r="H702" s="425"/>
+      <c r="H702" s="420"/>
       <c r="I702" s="142"/>
     </row>
-    <row r="703" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B703" s="1063">
+    <row r="703" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B703" s="1053">
         <f>MAX(B$27:B702)+1</f>
         <v>198</v>
       </c>
       <c r="C703" s="168"/>
       <c r="D703" s="154" t="s">
         <v>368</v>
       </c>
-      <c r="E703" s="319"/>
+      <c r="E703" s="314"/>
       <c r="F703" s="244" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="G703" s="156"/>
       <c r="H703" s="163"/>
       <c r="I703" s="151"/>
     </row>
-    <row r="704" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1068</v>
+    <row r="704" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B704" s="1095"/>
+      <c r="C704" s="786" t="s">
+        <v>1060</v>
       </c>
       <c r="D704" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E704" s="320" t="s">
-[...2 lines deleted...]
-      <c r="F704" s="321" t="s">
+      <c r="E704" s="315" t="s">
+        <v>120</v>
+      </c>
+      <c r="F704" s="316" t="s">
         <v>336</v>
       </c>
-      <c r="G704" s="550" t="s">
+      <c r="G704" s="545" t="s">
         <v>114</v>
       </c>
       <c r="H704" s="146">
         <v>45292</v>
       </c>
       <c r="I704" s="145"/>
     </row>
-    <row r="705" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B705" s="1064"/>
+    <row r="705" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B705" s="1069"/>
       <c r="C705" s="165"/>
       <c r="D705" s="144"/>
-      <c r="E705" s="543"/>
-      <c r="F705" s="544" t="s">
+      <c r="E705" s="538"/>
+      <c r="F705" s="539" t="s">
         <v>335</v>
       </c>
       <c r="G705" s="144"/>
       <c r="H705" s="157"/>
       <c r="I705" s="142"/>
     </row>
-    <row r="706" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B706" s="1063">
+    <row r="706" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B706" s="1053">
         <f>MAX(B$27:B705)+1</f>
         <v>199</v>
       </c>
-      <c r="C706" s="774"/>
+      <c r="C706" s="769"/>
       <c r="D706" s="288" t="s">
         <v>384</v>
       </c>
       <c r="E706" s="156"/>
       <c r="F706" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G706" s="120"/>
       <c r="H706" s="151"/>
       <c r="I706" s="151"/>
     </row>
-    <row r="707" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B707" s="1108"/>
+    <row r="707" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B707" s="1095"/>
       <c r="C707" s="150" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
       <c r="D707" s="223" t="s">
         <v>383</v>
       </c>
       <c r="E707" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F707" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G707" s="550" t="s">
+        <v>482</v>
+      </c>
+      <c r="G707" s="545" t="s">
         <v>303</v>
       </c>
-      <c r="H707" s="679">
+      <c r="H707" s="674">
         <v>45336</v>
       </c>
       <c r="I707" s="145"/>
     </row>
-    <row r="708" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C708" s="775"/>
+    <row r="708" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B708" s="1069"/>
+      <c r="C708" s="770"/>
       <c r="D708" s="291"/>
       <c r="E708" s="158"/>
       <c r="F708" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G708" s="119"/>
       <c r="H708" s="142"/>
       <c r="I708" s="142"/>
     </row>
-    <row r="709" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B709" s="1161">
+    <row r="709" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B709" s="1148">
         <f>MAX(B$27:B708)+1</f>
         <v>200</v>
       </c>
-      <c r="C709" s="401"/>
+      <c r="C709" s="396"/>
       <c r="D709" s="154" t="s">
         <v>344</v>
       </c>
       <c r="E709" s="156"/>
       <c r="F709" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G709" s="120"/>
-      <c r="H709" s="452"/>
-[...3 lines deleted...]
-      <c r="B710" s="1162"/>
+      <c r="H709" s="447"/>
+      <c r="I709" s="447"/>
+    </row>
+    <row r="710" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B710" s="1149"/>
       <c r="C710" s="150" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="D710" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E710" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F710" s="148" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      <c r="H710" s="332">
+        <v>482</v>
+      </c>
+      <c r="G710" s="545" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H710" s="327">
         <v>45312</v>
       </c>
-      <c r="I710" s="458"/>
-[...4 lines deleted...]
-      <c r="D711" s="460"/>
+      <c r="I710" s="453"/>
+    </row>
+    <row r="711" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B711" s="1150"/>
+      <c r="C711" s="397"/>
+      <c r="D711" s="455"/>
       <c r="E711" s="158"/>
       <c r="F711" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G711" s="119"/>
-      <c r="H711" s="463"/>
-[...3 lines deleted...]
-      <c r="B712" s="1063">
+      <c r="H711" s="458"/>
+      <c r="I711" s="458"/>
+    </row>
+    <row r="712" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B712" s="1053">
         <f>MAX(B$27:B711)+1</f>
         <v>201</v>
       </c>
       <c r="C712" s="120"/>
       <c r="D712" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E712" s="120"/>
       <c r="F712" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G712" s="120"/>
       <c r="H712" s="151"/>
       <c r="I712" s="151"/>
     </row>
-    <row r="713" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B713" s="1108"/>
+    <row r="713" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B713" s="1095"/>
       <c r="C713" s="150" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="D713" s="148" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E713" s="550" t="s">
+        <v>389</v>
+      </c>
+      <c r="E713" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F713" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G713" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H713" s="332">
+      <c r="G713" s="545" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H713" s="327">
         <v>45308</v>
       </c>
       <c r="I713" s="145"/>
     </row>
-    <row r="714" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B714" s="1064"/>
+    <row r="714" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B714" s="1069"/>
       <c r="C714" s="119"/>
       <c r="D714" s="119"/>
       <c r="E714" s="119"/>
       <c r="F714" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G714" s="119"/>
       <c r="H714" s="142"/>
       <c r="I714" s="142"/>
     </row>
-    <row r="715" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B715" s="1063">
+    <row r="715" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B715" s="1053">
         <f>MAX(B$27:B714)+1</f>
         <v>202</v>
       </c>
       <c r="C715" s="120"/>
-      <c r="D715" s="451" t="s">
-        <v>615</v>
+      <c r="D715" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E715" s="120"/>
       <c r="F715" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G715" s="120"/>
       <c r="H715" s="151"/>
       <c r="I715" s="151"/>
     </row>
-    <row r="716" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B716" s="1108"/>
+    <row r="716" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B716" s="1095"/>
       <c r="C716" s="148" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="D716" s="149" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="E716" s="550" t="s">
+        <v>433</v>
+      </c>
+      <c r="E716" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F716" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G716" s="550" t="s">
+      <c r="G716" s="545" t="s">
         <v>303</v>
       </c>
-      <c r="H716" s="332">
+      <c r="H716" s="327">
         <v>45352</v>
       </c>
       <c r="I716" s="145"/>
     </row>
-    <row r="717" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B717" s="1064"/>
+    <row r="717" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B717" s="1069"/>
       <c r="C717" s="119"/>
       <c r="D717" s="119"/>
       <c r="E717" s="119"/>
       <c r="F717" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G717" s="119"/>
       <c r="H717" s="142"/>
       <c r="I717" s="142"/>
     </row>
-    <row r="718" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B718" s="1063">
+    <row r="718" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B718" s="1053">
         <f>MAX(B$27:B717)+1</f>
         <v>203</v>
       </c>
       <c r="C718" s="120"/>
-      <c r="D718" s="451" t="s">
-        <v>615</v>
+      <c r="D718" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E718" s="120"/>
       <c r="F718" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G718" s="120"/>
       <c r="H718" s="151"/>
       <c r="I718" s="151"/>
     </row>
-    <row r="719" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B719" s="1108"/>
+    <row r="719" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B719" s="1095"/>
       <c r="C719" s="148" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
       <c r="D719" s="149" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="E719" s="550" t="s">
+        <v>433</v>
+      </c>
+      <c r="E719" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F719" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G719" s="550" t="s">
+      <c r="G719" s="545" t="s">
         <v>127</v>
       </c>
-      <c r="H719" s="332">
+      <c r="H719" s="327">
         <v>45364</v>
       </c>
       <c r="I719" s="145"/>
     </row>
-    <row r="720" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B720" s="1064"/>
+    <row r="720" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B720" s="1069"/>
       <c r="C720" s="119"/>
       <c r="D720" s="119"/>
       <c r="E720" s="119"/>
       <c r="F720" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G720" s="119"/>
       <c r="H720" s="142"/>
       <c r="I720" s="142"/>
     </row>
-    <row r="721" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B721" s="1063">
+    <row r="721" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B721" s="1053">
         <f>MAX(B$27:B720)+1</f>
         <v>204</v>
       </c>
       <c r="C721" s="191"/>
       <c r="D721" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E721" s="156"/>
       <c r="F721" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G721" s="327"/>
+      <c r="G721" s="322"/>
       <c r="H721" s="100"/>
       <c r="I721" s="184"/>
     </row>
-    <row r="722" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1089</v>
+    <row r="722" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B722" s="1095"/>
+      <c r="C722" s="714" t="s">
+        <v>1081</v>
       </c>
       <c r="D722" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E722" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F722" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G722" s="550" t="s">
+      <c r="G722" s="545" t="s">
         <v>319</v>
       </c>
       <c r="H722" s="146">
         <v>45420</v>
       </c>
       <c r="I722" s="182"/>
     </row>
-    <row r="723" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B723" s="1064"/>
+    <row r="723" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B723" s="1069"/>
       <c r="C723" s="187"/>
       <c r="D723" s="144"/>
       <c r="E723" s="158"/>
       <c r="F723" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G723" s="328"/>
-      <c r="H723" s="721"/>
+      <c r="G723" s="323"/>
+      <c r="H723" s="716"/>
       <c r="I723" s="181"/>
     </row>
-    <row r="724" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B724" s="1063">
+    <row r="724" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B724" s="1053">
         <f>MAX(B$27:B723)+1</f>
         <v>205</v>
       </c>
       <c r="C724" s="120"/>
-      <c r="D724" s="451" t="s">
-        <v>615</v>
+      <c r="D724" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E724" s="120"/>
       <c r="F724" s="259"/>
       <c r="G724" s="120"/>
       <c r="H724" s="151"/>
       <c r="I724" s="151"/>
     </row>
-    <row r="725" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B725" s="1108"/>
+    <row r="725" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B725" s="1095"/>
       <c r="C725" s="148" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="D725" s="149" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="E725" s="550" t="s">
+        <v>433</v>
+      </c>
+      <c r="E725" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F725" s="238"/>
-      <c r="G725" s="550" t="s">
+      <c r="G725" s="545" t="s">
         <v>203</v>
       </c>
-      <c r="H725" s="332">
+      <c r="H725" s="327">
         <v>45381</v>
       </c>
       <c r="I725" s="145"/>
     </row>
-    <row r="726" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B726" s="1064"/>
+    <row r="726" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B726" s="1069"/>
       <c r="C726" s="119"/>
       <c r="D726" s="119"/>
       <c r="E726" s="119"/>
       <c r="F726" s="205"/>
       <c r="G726" s="119"/>
       <c r="H726" s="142"/>
       <c r="I726" s="142"/>
     </row>
-    <row r="727" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B727" s="1063">
+    <row r="727" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B727" s="1053">
         <f>MAX(B$27:B726)+1</f>
         <v>206</v>
       </c>
       <c r="C727" s="191"/>
-      <c r="D727" s="451" t="s">
-        <v>615</v>
+      <c r="D727" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E727" s="120"/>
       <c r="F727" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G727" s="327"/>
+      <c r="G727" s="322"/>
       <c r="H727" s="100"/>
       <c r="I727" s="184"/>
     </row>
-    <row r="728" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1097</v>
+    <row r="728" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B728" s="1095"/>
+      <c r="C728" s="714" t="s">
+        <v>1089</v>
       </c>
       <c r="D728" s="149" t="s">
-        <v>434</v>
-[...1 lines deleted...]
-      <c r="E728" s="550" t="s">
+        <v>433</v>
+      </c>
+      <c r="E728" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F728" s="148"/>
-      <c r="G728" s="550" t="s">
+      <c r="G728" s="545" t="s">
         <v>303</v>
       </c>
       <c r="H728" s="146">
         <v>45413</v>
       </c>
       <c r="I728" s="182"/>
     </row>
-    <row r="729" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B729" s="1064"/>
+    <row r="729" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B729" s="1069"/>
       <c r="C729" s="187"/>
       <c r="D729" s="119"/>
       <c r="E729" s="119"/>
       <c r="F729" s="119"/>
-      <c r="G729" s="328"/>
-      <c r="H729" s="721"/>
+      <c r="G729" s="323"/>
+      <c r="H729" s="716"/>
       <c r="I729" s="181"/>
     </row>
-    <row r="730" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B730" s="1063">
+    <row r="730" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B730" s="1053">
         <f>MAX(B$27:B729)+1</f>
         <v>207</v>
       </c>
       <c r="C730" s="191"/>
       <c r="D730" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E730" s="156"/>
       <c r="F730" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G730" s="327"/>
+      <c r="G730" s="322"/>
       <c r="H730" s="100"/>
       <c r="I730" s="184"/>
     </row>
-    <row r="731" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1099</v>
+    <row r="731" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B731" s="1095"/>
+      <c r="C731" s="714" t="s">
+        <v>1091</v>
       </c>
       <c r="D731" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E731" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F731" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G731" s="550" t="s">
+      <c r="G731" s="545" t="s">
         <v>141</v>
       </c>
       <c r="H731" s="146">
         <v>45390</v>
       </c>
       <c r="I731" s="182"/>
     </row>
-    <row r="732" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B732" s="1064"/>
+    <row r="732" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B732" s="1069"/>
       <c r="C732" s="187"/>
       <c r="D732" s="144"/>
       <c r="E732" s="158"/>
       <c r="F732" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G732" s="328"/>
-      <c r="H732" s="721"/>
+      <c r="G732" s="323"/>
+      <c r="H732" s="716"/>
       <c r="I732" s="181"/>
     </row>
-    <row r="733" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B733" s="1063">
+    <row r="733" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B733" s="1053">
         <f>MAX(B$27:B732)+1</f>
         <v>208</v>
       </c>
       <c r="C733" s="191"/>
-      <c r="D733" s="451" t="s">
-        <v>615</v>
+      <c r="D733" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E733" s="156"/>
       <c r="F733" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G733" s="327"/>
+      <c r="G733" s="322"/>
       <c r="H733" s="100"/>
       <c r="I733" s="184"/>
     </row>
-    <row r="734" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1111</v>
+    <row r="734" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B734" s="1095"/>
+      <c r="C734" s="714" t="s">
+        <v>1103</v>
       </c>
       <c r="D734" s="149" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E734" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F734" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G734" s="550" t="s">
-        <v>1112</v>
+      <c r="G734" s="545" t="s">
+        <v>1104</v>
       </c>
       <c r="H734" s="146">
         <v>45450</v>
       </c>
       <c r="I734" s="182"/>
     </row>
-    <row r="735" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B735" s="1064"/>
+    <row r="735" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B735" s="1069"/>
       <c r="C735" s="144"/>
       <c r="D735" s="119"/>
       <c r="E735" s="158"/>
       <c r="F735" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G735" s="328"/>
-      <c r="H735" s="721"/>
+      <c r="G735" s="323"/>
+      <c r="H735" s="716"/>
       <c r="I735" s="181"/>
     </row>
-    <row r="736" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B736" s="1063">
+    <row r="736" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B736" s="1053">
         <f>MAX(B$27:B735)+1</f>
         <v>209</v>
       </c>
       <c r="C736" s="156"/>
       <c r="D736" s="120" t="s">
         <v>340</v>
       </c>
       <c r="E736" s="156"/>
       <c r="F736" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G736" s="156"/>
       <c r="H736" s="156"/>
-      <c r="I736" s="1167"/>
-[...2 lines deleted...]
-      <c r="B737" s="1108"/>
+      <c r="I736" s="1155"/>
+    </row>
+    <row r="737" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B737" s="1095"/>
       <c r="C737" s="148" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="D737" s="148" t="s">
         <v>337</v>
       </c>
       <c r="E737" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F737" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G737" s="230"/>
       <c r="H737" s="146">
         <v>45458</v>
       </c>
-      <c r="I737" s="1168"/>
-[...2 lines deleted...]
-      <c r="B738" s="1064"/>
+      <c r="I737" s="1156"/>
+    </row>
+    <row r="738" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B738" s="1069"/>
       <c r="C738" s="144"/>
       <c r="D738" s="144"/>
       <c r="E738" s="158"/>
       <c r="F738" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G738" s="144"/>
       <c r="H738" s="144"/>
-      <c r="I738" s="1169"/>
-[...2 lines deleted...]
-      <c r="B739" s="1063">
+      <c r="I738" s="1157"/>
+    </row>
+    <row r="739" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B739" s="1053">
         <f>MAX(B$27:B738)+1</f>
         <v>210</v>
       </c>
       <c r="C739" s="120"/>
       <c r="D739" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E739" s="120"/>
       <c r="F739" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G739" s="120"/>
       <c r="H739" s="151"/>
       <c r="I739" s="151"/>
     </row>
-    <row r="740" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B740" s="1108"/>
+    <row r="740" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B740" s="1095"/>
       <c r="C740" s="150" t="s">
-        <v>1121</v>
+        <v>1112</v>
       </c>
       <c r="D740" s="148" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E740" s="550" t="s">
+        <v>389</v>
+      </c>
+      <c r="E740" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F740" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G740" s="550"/>
-      <c r="H740" s="332">
+      <c r="G740" s="545"/>
+      <c r="H740" s="327">
         <v>45473</v>
       </c>
       <c r="I740" s="145"/>
     </row>
-    <row r="741" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B741" s="1064"/>
+    <row r="741" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B741" s="1069"/>
       <c r="C741" s="119"/>
       <c r="D741" s="119"/>
       <c r="E741" s="119"/>
       <c r="F741" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G741" s="119"/>
       <c r="H741" s="142"/>
       <c r="I741" s="142"/>
     </row>
-    <row r="742" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B742" s="1063">
+    <row r="742" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B742" s="1053">
         <f>MAX(B$27:B741)+1</f>
         <v>211</v>
       </c>
-      <c r="C742" s="774"/>
+      <c r="C742" s="769"/>
       <c r="D742" s="288" t="s">
         <v>384</v>
       </c>
       <c r="E742" s="156"/>
       <c r="F742" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G742" s="120"/>
       <c r="H742" s="151"/>
       <c r="I742" s="151"/>
     </row>
-    <row r="743" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B743" s="1108"/>
+    <row r="743" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B743" s="1095"/>
       <c r="C743" s="150" t="s">
-        <v>1125</v>
+        <v>1116</v>
       </c>
       <c r="D743" s="223" t="s">
         <v>383</v>
       </c>
       <c r="E743" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F743" s="148" t="s">
-        <v>483</v>
-[...4 lines deleted...]
-      <c r="H743" s="679">
+        <v>482</v>
+      </c>
+      <c r="G743" s="545" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H743" s="674">
         <v>45512</v>
       </c>
       <c r="I743" s="145"/>
     </row>
-    <row r="744" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C744" s="775"/>
+    <row r="744" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B744" s="1069"/>
+      <c r="C744" s="770"/>
       <c r="D744" s="291"/>
       <c r="E744" s="158"/>
       <c r="F744" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G744" s="119"/>
       <c r="H744" s="142"/>
       <c r="I744" s="142"/>
     </row>
-    <row r="745" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B745" s="1063">
+    <row r="745" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B745" s="1053">
         <f>MAX(B$27:B744)+1</f>
         <v>212</v>
       </c>
       <c r="C745" s="120"/>
       <c r="D745" s="120" t="s">
         <v>352</v>
       </c>
       <c r="E745" s="120"/>
       <c r="F745" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G745" s="120"/>
       <c r="H745" s="151"/>
       <c r="I745" s="151"/>
     </row>
-    <row r="746" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B746" s="1108"/>
+    <row r="746" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B746" s="1095"/>
       <c r="C746" s="150" t="s">
-        <v>1127</v>
+        <v>1118</v>
       </c>
       <c r="D746" s="148" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="E746" s="550" t="s">
+        <v>389</v>
+      </c>
+      <c r="E746" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F746" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G746" s="550" t="s">
+      <c r="G746" s="545" t="s">
         <v>114</v>
       </c>
-      <c r="H746" s="679">
+      <c r="H746" s="674">
         <v>45475</v>
       </c>
       <c r="I746" s="145"/>
     </row>
-    <row r="747" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B747" s="1064"/>
+    <row r="747" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B747" s="1069"/>
       <c r="C747" s="119"/>
       <c r="D747" s="119"/>
       <c r="E747" s="119"/>
       <c r="F747" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G747" s="119"/>
       <c r="H747" s="142"/>
       <c r="I747" s="142"/>
     </row>
-    <row r="748" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B748" s="1063">
+    <row r="748" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B748" s="1053">
         <f>MAX(B$27:B747)+1</f>
         <v>213</v>
       </c>
       <c r="C748" s="156"/>
       <c r="D748" s="120" t="s">
         <v>340</v>
       </c>
       <c r="E748" s="120"/>
       <c r="F748" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G748" s="156"/>
       <c r="H748" s="156"/>
-      <c r="I748" s="1167"/>
-[...2 lines deleted...]
-      <c r="B749" s="1108"/>
+      <c r="I748" s="1155"/>
+    </row>
+    <row r="749" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B749" s="1095"/>
       <c r="C749" s="148" t="s">
-        <v>1129</v>
+        <v>1120</v>
       </c>
       <c r="D749" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E749" s="550" t="s">
+      <c r="E749" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F749" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G749" s="230"/>
-      <c r="H749" s="679">
+      <c r="H749" s="674">
         <v>45505</v>
       </c>
-      <c r="I749" s="1168"/>
-[...2 lines deleted...]
-      <c r="B750" s="1064"/>
+      <c r="I749" s="1156"/>
+    </row>
+    <row r="750" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B750" s="1069"/>
       <c r="C750" s="144"/>
       <c r="D750" s="144"/>
       <c r="E750" s="119"/>
       <c r="F750" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G750" s="144"/>
       <c r="H750" s="144"/>
-      <c r="I750" s="1169"/>
-[...2 lines deleted...]
-      <c r="B751" s="1063">
+      <c r="I750" s="1157"/>
+    </row>
+    <row r="751" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B751" s="1053">
         <f>MAX(B$27:B750)+1</f>
         <v>214</v>
       </c>
       <c r="C751" s="65"/>
       <c r="D751" s="148" t="s">
         <v>348</v>
       </c>
       <c r="E751" s="65"/>
       <c r="F751" s="148" t="s">
         <v>339</v>
       </c>
       <c r="G751" s="65"/>
       <c r="H751" s="65"/>
-      <c r="I751" s="1171"/>
-[...2 lines deleted...]
-      <c r="B752" s="1108"/>
+      <c r="I751" s="1163"/>
+    </row>
+    <row r="752" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B752" s="1095"/>
       <c r="C752" s="127" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="D752" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E752" s="155" t="s">
         <v>120</v>
       </c>
       <c r="F752" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G752" s="550">
+      <c r="G752" s="545">
         <v>6</v>
       </c>
       <c r="H752" s="146">
         <v>45505</v>
       </c>
-      <c r="I752" s="1172"/>
-[...2 lines deleted...]
-      <c r="B753" s="1064"/>
+      <c r="I752" s="1164"/>
+    </row>
+    <row r="753" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B753" s="1069"/>
       <c r="C753" s="144"/>
       <c r="D753" s="144"/>
       <c r="E753" s="144"/>
       <c r="F753" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G753" s="144"/>
       <c r="H753" s="144"/>
-      <c r="I753" s="1173"/>
-[...2 lines deleted...]
-      <c r="B754" s="1063">
+      <c r="I753" s="1165"/>
+    </row>
+    <row r="754" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B754" s="1053">
         <f>MAX(B$27:B753)+1</f>
         <v>215</v>
       </c>
       <c r="C754" s="156"/>
       <c r="D754" s="120" t="s">
         <v>340</v>
       </c>
       <c r="E754" s="120"/>
       <c r="F754" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G754" s="156"/>
       <c r="H754" s="156"/>
-      <c r="I754" s="1167"/>
-[...2 lines deleted...]
-      <c r="B755" s="1108"/>
+      <c r="I754" s="1155"/>
+    </row>
+    <row r="755" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B755" s="1095"/>
       <c r="C755" s="148" t="s">
-        <v>1137</v>
+        <v>1128</v>
       </c>
       <c r="D755" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E755" s="550" t="s">
+      <c r="E755" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F755" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G755" s="230"/>
-      <c r="H755" s="679">
+      <c r="H755" s="674">
         <v>45508</v>
       </c>
-      <c r="I755" s="1168"/>
-[...2 lines deleted...]
-      <c r="B756" s="1064"/>
+      <c r="I755" s="1156"/>
+    </row>
+    <row r="756" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B756" s="1069"/>
       <c r="C756" s="144"/>
       <c r="D756" s="144"/>
       <c r="E756" s="119"/>
       <c r="F756" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G756" s="144"/>
       <c r="H756" s="144"/>
-      <c r="I756" s="1169"/>
-[...2 lines deleted...]
-      <c r="B757" s="1063">
+      <c r="I756" s="1157"/>
+    </row>
+    <row r="757" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B757" s="1053">
         <f>MAX(B$27:B756)+1</f>
         <v>216</v>
       </c>
       <c r="C757" s="156"/>
       <c r="D757" s="120" t="s">
         <v>346</v>
       </c>
       <c r="E757" s="151"/>
       <c r="F757" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G757" s="156"/>
       <c r="H757" s="156"/>
-      <c r="I757" s="1167"/>
-[...2 lines deleted...]
-      <c r="B758" s="1108"/>
+      <c r="I757" s="1155"/>
+    </row>
+    <row r="758" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B758" s="1095"/>
       <c r="C758" s="148" t="s">
-        <v>1144</v>
+        <v>1135</v>
       </c>
       <c r="D758" s="148" t="s">
         <v>345</v>
       </c>
-      <c r="E758" s="550" t="s">
+      <c r="E758" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F758" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G758" s="230" t="s">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="H758" s="679">
+        <v>856</v>
+      </c>
+      <c r="H758" s="674">
         <v>45532</v>
       </c>
-      <c r="I758" s="1168"/>
-[...2 lines deleted...]
-      <c r="B759" s="1064"/>
+      <c r="I758" s="1156"/>
+    </row>
+    <row r="759" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B759" s="1069"/>
       <c r="C759" s="144"/>
       <c r="D759" s="144"/>
-      <c r="E759" s="317"/>
+      <c r="E759" s="312"/>
       <c r="F759" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G759" s="144"/>
       <c r="H759" s="144"/>
-      <c r="I759" s="1169"/>
-[...2 lines deleted...]
-      <c r="B760" s="1063">
+      <c r="I759" s="1157"/>
+    </row>
+    <row r="760" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B760" s="1053">
         <f>MAX(B$27:B759)+1</f>
         <v>217</v>
       </c>
       <c r="C760" s="156"/>
       <c r="D760" s="120" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="E760" s="151"/>
       <c r="F760" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G760" s="156"/>
       <c r="H760" s="156"/>
-      <c r="I760" s="1167"/>
-[...2 lines deleted...]
-      <c r="B761" s="1108"/>
+      <c r="I760" s="1155"/>
+    </row>
+    <row r="761" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B761" s="1095"/>
       <c r="C761" s="148" t="s">
-        <v>1145</v>
+        <v>1136</v>
       </c>
       <c r="D761" s="148" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="E761" s="550" t="s">
+        <v>863</v>
+      </c>
+      <c r="E761" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F761" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G761" s="230" t="s">
-        <v>1146</v>
-[...1 lines deleted...]
-      <c r="H761" s="679">
+        <v>1137</v>
+      </c>
+      <c r="H761" s="674">
         <v>45544</v>
       </c>
-      <c r="I761" s="1168"/>
-[...2 lines deleted...]
-      <c r="B762" s="1064"/>
+      <c r="I761" s="1156"/>
+    </row>
+    <row r="762" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B762" s="1069"/>
       <c r="C762" s="144"/>
       <c r="D762" s="144"/>
-      <c r="E762" s="317"/>
+      <c r="E762" s="312"/>
       <c r="F762" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G762" s="144"/>
       <c r="H762" s="144"/>
-      <c r="I762" s="1169"/>
-[...2 lines deleted...]
-      <c r="B763" s="1063">
+      <c r="I762" s="1157"/>
+    </row>
+    <row r="763" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B763" s="1053">
         <f>MAX(B$27:B762)+1</f>
         <v>218</v>
       </c>
-      <c r="C763" s="334"/>
+      <c r="C763" s="329"/>
       <c r="D763" s="120" t="s">
         <v>375</v>
       </c>
       <c r="E763" s="156"/>
       <c r="F763" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G763" s="156"/>
       <c r="H763" s="163"/>
-      <c r="I763" s="1167"/>
-[...4 lines deleted...]
-        <v>1147</v>
+      <c r="I763" s="1155"/>
+    </row>
+    <row r="764" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B764" s="1095"/>
+      <c r="C764" s="330" t="s">
+        <v>1138</v>
       </c>
       <c r="D764" s="148" t="s">
         <v>374</v>
       </c>
       <c r="E764" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F764" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G764" s="550" t="s">
-        <v>698</v>
+      <c r="G764" s="545" t="s">
+        <v>695</v>
       </c>
       <c r="H764" s="146">
         <v>45505</v>
       </c>
-      <c r="I764" s="1168"/>
-[...3 lines deleted...]
-      <c r="C765" s="336"/>
+      <c r="I764" s="1156"/>
+    </row>
+    <row r="765" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B765" s="1069"/>
+      <c r="C765" s="331"/>
       <c r="D765" s="144"/>
       <c r="E765" s="158"/>
       <c r="F765" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G765" s="144"/>
       <c r="H765" s="157"/>
-      <c r="I765" s="1169"/>
-[...2 lines deleted...]
-      <c r="B766" s="1063">
+      <c r="I765" s="1157"/>
+    </row>
+    <row r="766" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B766" s="1053">
         <f>MAX(B$27:B765)+1</f>
         <v>219</v>
       </c>
       <c r="C766" s="156"/>
       <c r="D766" s="120" t="s">
         <v>340</v>
       </c>
       <c r="E766" s="120"/>
       <c r="F766" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G766" s="156"/>
       <c r="H766" s="156"/>
-      <c r="I766" s="1167"/>
-[...2 lines deleted...]
-      <c r="B767" s="1108"/>
+      <c r="I766" s="1155"/>
+    </row>
+    <row r="767" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B767" s="1095"/>
       <c r="C767" s="148" t="s">
-        <v>1158</v>
+        <v>1146</v>
       </c>
       <c r="D767" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E767" s="550" t="s">
+      <c r="E767" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F767" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G767" s="230"/>
       <c r="H767" s="146">
         <v>45566</v>
       </c>
-      <c r="I767" s="1168"/>
-[...2 lines deleted...]
-      <c r="B768" s="1064"/>
+      <c r="I767" s="1156"/>
+    </row>
+    <row r="768" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B768" s="1069"/>
       <c r="C768" s="144"/>
       <c r="D768" s="144"/>
-      <c r="E768" s="317"/>
+      <c r="E768" s="312"/>
       <c r="F768" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G768" s="144"/>
       <c r="H768" s="144"/>
-      <c r="I768" s="1169"/>
-[...2 lines deleted...]
-      <c r="B769" s="1063">
+      <c r="I768" s="1157"/>
+    </row>
+    <row r="769" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B769" s="1053">
         <f>MAX(B$27:B768)+1</f>
         <v>220</v>
       </c>
       <c r="C769" s="168"/>
       <c r="D769" s="175" t="s">
-        <v>1160</v>
+        <v>1148</v>
       </c>
       <c r="E769" s="156"/>
       <c r="F769" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G769" s="156"/>
       <c r="H769" s="163"/>
       <c r="I769" s="151"/>
     </row>
-    <row r="770" spans="2:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-        <v>1162</v>
+    <row r="770" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B770" s="1095"/>
+      <c r="C770" s="825" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D770" s="826" t="s">
+        <v>1150</v>
       </c>
       <c r="E770" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F770" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G770" s="550" t="s">
-        <v>1163</v>
+      <c r="G770" s="545" t="s">
+        <v>1151</v>
       </c>
       <c r="H770" s="240">
         <v>45566</v>
       </c>
       <c r="I770" s="145"/>
     </row>
-    <row r="771" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B771" s="1064"/>
+    <row r="771" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B771" s="1069"/>
       <c r="C771" s="165"/>
       <c r="D771" s="173"/>
       <c r="E771" s="158"/>
       <c r="F771" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G771" s="144"/>
       <c r="H771" s="157"/>
       <c r="I771" s="142"/>
     </row>
-    <row r="772" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="D772" s="874" t="s">
+    <row r="772" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B772" s="830"/>
+      <c r="C772" s="839"/>
+      <c r="D772" s="840" t="s">
         <v>384</v>
       </c>
-      <c r="E772" s="867"/>
+      <c r="E772" s="833"/>
       <c r="F772" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G772" s="120"/>
-      <c r="H772" s="875"/>
+      <c r="H772" s="841"/>
       <c r="I772" s="244"/>
     </row>
-    <row r="773" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B773" s="866">
+    <row r="773" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B773" s="832">
         <v>231</v>
       </c>
       <c r="C773" s="161" t="s">
-        <v>1167</v>
-[...4 lines deleted...]
-      <c r="E773" s="868" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D773" s="837" t="s">
+        <v>429</v>
+      </c>
+      <c r="E773" s="834" t="s">
         <v>120</v>
       </c>
       <c r="F773" s="148" t="s">
         <v>336</v>
       </c>
       <c r="G773" s="148"/>
-      <c r="H773" s="872">
+      <c r="H773" s="838">
         <v>45566</v>
       </c>
       <c r="I773" s="243"/>
     </row>
-    <row r="774" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B774" s="865"/>
+    <row r="774" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B774" s="831"/>
       <c r="C774" s="159"/>
-      <c r="D774" s="876"/>
-      <c r="E774" s="869"/>
+      <c r="D774" s="842"/>
+      <c r="E774" s="835"/>
       <c r="F774" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G774" s="119"/>
-      <c r="H774" s="877"/>
+      <c r="H774" s="843"/>
       <c r="I774" s="242"/>
     </row>
-    <row r="775" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B775" s="1063">
+    <row r="775" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B775" s="1053">
         <f>MAX(B$27:B774)+1</f>
         <v>232</v>
       </c>
-      <c r="C775" s="774"/>
+      <c r="C775" s="769"/>
       <c r="D775" s="167" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="E775" s="880"/>
+        <v>675</v>
+      </c>
+      <c r="E775" s="846"/>
       <c r="F775" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G775" s="156"/>
       <c r="H775" s="151"/>
       <c r="I775" s="151"/>
     </row>
-    <row r="776" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1179</v>
+    <row r="776" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B776" s="1095"/>
+      <c r="C776" s="719" t="s">
+        <v>1167</v>
       </c>
       <c r="D776" s="148" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="E776" s="881" t="s">
+        <v>677</v>
+      </c>
+      <c r="E776" s="847" t="s">
         <v>120</v>
       </c>
       <c r="F776" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G776" s="550" t="s">
+      <c r="G776" s="545" t="s">
         <v>114</v>
       </c>
-      <c r="H776" s="872">
+      <c r="H776" s="838">
         <v>45682</v>
       </c>
       <c r="I776" s="145"/>
     </row>
-    <row r="777" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C777" s="775"/>
+    <row r="777" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B777" s="1069"/>
+      <c r="C777" s="770"/>
       <c r="D777" s="144"/>
-      <c r="E777" s="882"/>
+      <c r="E777" s="848"/>
       <c r="F777" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G777" s="620"/>
+      <c r="G777" s="615"/>
       <c r="H777" s="142"/>
       <c r="I777" s="142"/>
     </row>
-    <row r="778" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B778" s="1063">
+    <row r="778" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B778" s="1053">
         <f>MAX(B$27:B777)+1</f>
         <v>233</v>
       </c>
-      <c r="C778" s="774"/>
+      <c r="C778" s="769"/>
       <c r="D778" s="167" t="s">
-        <v>913</v>
-[...1 lines deleted...]
-      <c r="E778" s="880"/>
+        <v>909</v>
+      </c>
+      <c r="E778" s="846"/>
       <c r="F778" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G778" s="156"/>
       <c r="H778" s="151"/>
       <c r="I778" s="151"/>
     </row>
-    <row r="779" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>831</v>
+    <row r="779" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B779" s="1095"/>
+      <c r="C779" s="719" t="s">
+        <v>827</v>
       </c>
       <c r="D779" s="148" t="s">
-        <v>867</v>
-[...1 lines deleted...]
-      <c r="E779" s="881" t="s">
+        <v>863</v>
+      </c>
+      <c r="E779" s="847" t="s">
         <v>120</v>
       </c>
       <c r="F779" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G779" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H779" s="872">
+      <c r="G779" s="545" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H779" s="838">
         <v>45595</v>
       </c>
       <c r="I779" s="145"/>
     </row>
-    <row r="780" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C780" s="775"/>
+    <row r="780" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B780" s="1069"/>
+      <c r="C780" s="770"/>
       <c r="D780" s="144"/>
-      <c r="E780" s="882"/>
+      <c r="E780" s="848"/>
       <c r="F780" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G780" s="620"/>
+      <c r="G780" s="615"/>
       <c r="H780" s="142"/>
       <c r="I780" s="142"/>
     </row>
-    <row r="781" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B781" s="1063">
+    <row r="781" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B781" s="1053">
         <f>MAX(B$27:B780)+1</f>
         <v>234</v>
       </c>
       <c r="C781" s="190"/>
       <c r="D781" s="237" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="E781" s="452"/>
+        <v>394</v>
+      </c>
+      <c r="E781" s="447"/>
       <c r="F781" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G781" s="156"/>
       <c r="H781" s="163"/>
-      <c r="I781" s="421"/>
-[...4 lines deleted...]
-        <v>1195</v>
+      <c r="I781" s="416"/>
+    </row>
+    <row r="782" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B782" s="1095"/>
+      <c r="C782" s="860" t="s">
+        <v>1183</v>
       </c>
       <c r="D782" s="127" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="E782" s="455" t="s">
+        <v>393</v>
+      </c>
+      <c r="E782" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F782" s="148" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>482</v>
+      </c>
+      <c r="G782" s="545" t="s">
+        <v>517</v>
       </c>
       <c r="H782" s="240">
         <v>45748</v>
       </c>
-      <c r="I782" s="422"/>
-[...3 lines deleted...]
-      <c r="C783" s="1049"/>
+      <c r="I782" s="417"/>
+    </row>
+    <row r="783" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B783" s="1095"/>
+      <c r="C783" s="993"/>
       <c r="D783" s="65"/>
-      <c r="E783" s="455"/>
+      <c r="E783" s="450"/>
       <c r="F783" s="148" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="G783" s="550"/>
+        <v>481</v>
+      </c>
+      <c r="G783" s="545"/>
       <c r="H783" s="193"/>
-      <c r="I783" s="422"/>
-[...2 lines deleted...]
-      <c r="B784" s="1045"/>
+      <c r="I783" s="417"/>
+    </row>
+    <row r="784" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B784" s="989"/>
       <c r="C784" s="186"/>
       <c r="D784" s="144"/>
-      <c r="E784" s="461"/>
+      <c r="E784" s="456"/>
       <c r="F784" s="205"/>
       <c r="G784" s="247" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="H784" s="373">
+        <v>571</v>
+      </c>
+      <c r="H784" s="368">
         <v>46023</v>
       </c>
-      <c r="I784" s="423"/>
-[...2 lines deleted...]
-      <c r="B785" s="1063">
+      <c r="I784" s="418"/>
+    </row>
+    <row r="785" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B785" s="1053">
         <f>MAX(B$27:B783)+1</f>
         <v>235</v>
       </c>
       <c r="C785" s="156"/>
       <c r="D785" s="120" t="s">
         <v>340</v>
       </c>
       <c r="E785" s="120"/>
       <c r="F785" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G785" s="156"/>
       <c r="H785" s="156"/>
-      <c r="I785" s="1167"/>
-[...2 lines deleted...]
-      <c r="B786" s="1108"/>
+      <c r="I785" s="1155"/>
+    </row>
+    <row r="786" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B786" s="1095"/>
       <c r="C786" s="148" t="s">
-        <v>1196</v>
+        <v>1184</v>
       </c>
       <c r="D786" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E786" s="550" t="s">
+      <c r="E786" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F786" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G786" s="230" t="s">
         <v>114</v>
       </c>
       <c r="H786" s="146">
         <v>45689</v>
       </c>
-      <c r="I786" s="1168"/>
-[...2 lines deleted...]
-      <c r="B787" s="1064"/>
+      <c r="I786" s="1156"/>
+    </row>
+    <row r="787" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B787" s="1069"/>
       <c r="C787" s="144"/>
       <c r="D787" s="144"/>
-      <c r="E787" s="317"/>
+      <c r="E787" s="312"/>
       <c r="F787" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G787" s="144"/>
       <c r="H787" s="144"/>
-      <c r="I787" s="1169"/>
-[...2 lines deleted...]
-      <c r="B788" s="1063">
+      <c r="I787" s="1157"/>
+    </row>
+    <row r="788" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B788" s="1053">
         <f>MAX(B$27:B787)+1</f>
         <v>236</v>
       </c>
       <c r="C788" s="168"/>
       <c r="D788" s="154" t="s">
         <v>368</v>
       </c>
       <c r="E788" s="156"/>
       <c r="F788" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G788" s="156"/>
       <c r="H788" s="163"/>
-      <c r="I788" s="1110" t="s">
-[...6 lines deleted...]
-        <v>853</v>
+      <c r="I788" s="1097" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="789" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B789" s="1095"/>
+      <c r="C789" s="862" t="s">
+        <v>849</v>
       </c>
       <c r="D789" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E789" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F789" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G789" s="550" t="s">
+      <c r="G789" s="545" t="s">
         <v>303</v>
       </c>
       <c r="H789" s="146">
         <v>45673</v>
       </c>
-      <c r="I789" s="1148"/>
-[...2 lines deleted...]
-      <c r="B790" s="1108"/>
+      <c r="I789" s="1127"/>
+    </row>
+    <row r="790" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B790" s="1095"/>
       <c r="C790" s="30"/>
       <c r="D790" s="65"/>
       <c r="E790" s="160"/>
       <c r="F790" s="148" t="s">
         <v>335</v>
       </c>
       <c r="G790" s="65"/>
       <c r="H790" s="193"/>
-      <c r="I790" s="1148"/>
-[...2 lines deleted...]
-      <c r="B791" s="1064"/>
+      <c r="I790" s="1127"/>
+    </row>
+    <row r="791" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B791" s="1069"/>
       <c r="C791" s="187"/>
       <c r="D791" s="144"/>
       <c r="E791" s="158"/>
       <c r="F791" s="205"/>
       <c r="G791" s="112" t="s">
         <v>203</v>
       </c>
       <c r="H791" s="192">
         <v>45845</v>
       </c>
-      <c r="I791" s="955"/>
-[...2 lines deleted...]
-      <c r="B792" s="1164">
+      <c r="I791" s="904"/>
+    </row>
+    <row r="792" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B792" s="1151">
         <f>MAX(B$27:B790)+1</f>
         <v>237</v>
       </c>
-      <c r="C792" s="334"/>
+      <c r="C792" s="329"/>
       <c r="D792" s="153" t="s">
         <v>372</v>
       </c>
       <c r="E792" s="156"/>
       <c r="F792" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G792" s="327"/>
-      <c r="H792" s="330"/>
+      <c r="G792" s="322"/>
+      <c r="H792" s="325"/>
       <c r="I792" s="151"/>
     </row>
-    <row r="793" spans="2:9" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="D793" s="625" t="s">
+    <row r="793" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B793" s="1152"/>
+      <c r="C793" s="619" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D793" s="620" t="s">
         <v>369</v>
       </c>
       <c r="E793" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F793" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G793" s="550" t="s">
+      <c r="G793" s="545" t="s">
         <v>319</v>
       </c>
-      <c r="H793" s="332">
+      <c r="H793" s="327">
         <v>45735</v>
       </c>
-      <c r="I793" s="329"/>
-[...3 lines deleted...]
-      <c r="C794" s="336"/>
+      <c r="I793" s="324"/>
+    </row>
+    <row r="794" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B794" s="1153"/>
+      <c r="C794" s="331"/>
       <c r="D794" s="144"/>
       <c r="E794" s="158"/>
       <c r="F794" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G794" s="328"/>
-      <c r="H794" s="331"/>
+      <c r="G794" s="323"/>
+      <c r="H794" s="326"/>
       <c r="I794" s="169"/>
     </row>
-    <row r="795" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B795" s="1164">
+    <row r="795" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B795" s="1151">
         <f>MAX(B$27:B794)+1</f>
         <v>238</v>
       </c>
-      <c r="C795" s="873"/>
-      <c r="D795" s="874" t="s">
+      <c r="C795" s="839"/>
+      <c r="D795" s="840" t="s">
         <v>384</v>
       </c>
-      <c r="E795" s="901"/>
+      <c r="E795" s="867"/>
       <c r="F795" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G795" s="120"/>
-      <c r="H795" s="875"/>
+      <c r="H795" s="841"/>
       <c r="I795" s="244"/>
     </row>
-    <row r="796" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B796" s="1165"/>
+    <row r="796" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B796" s="1152"/>
       <c r="C796" s="161" t="s">
-        <v>1204</v>
-[...4 lines deleted...]
-      <c r="E796" s="902" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D796" s="837" t="s">
+        <v>429</v>
+      </c>
+      <c r="E796" s="868" t="s">
         <v>120</v>
       </c>
       <c r="F796" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G796" s="900" t="s">
-[...2 lines deleted...]
-      <c r="H796" s="872">
+      <c r="G796" s="866" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H796" s="838">
         <v>45735</v>
       </c>
       <c r="I796" s="243"/>
     </row>
-    <row r="797" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B797" s="1166"/>
+    <row r="797" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B797" s="1153"/>
       <c r="C797" s="159"/>
-      <c r="D797" s="876"/>
-      <c r="E797" s="903"/>
+      <c r="D797" s="842"/>
+      <c r="E797" s="869"/>
       <c r="F797" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G797" s="119"/>
-      <c r="H797" s="877"/>
+      <c r="H797" s="843"/>
       <c r="I797" s="242"/>
     </row>
-    <row r="798" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B798" s="1063">
+    <row r="798" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B798" s="1053">
         <f>MAX(B$27:B797)+1</f>
         <v>239</v>
       </c>
       <c r="C798" s="120"/>
       <c r="D798" s="120" t="s">
         <v>340</v>
       </c>
       <c r="E798" s="120"/>
       <c r="F798" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G798" s="120"/>
       <c r="H798" s="151"/>
       <c r="I798" s="151"/>
     </row>
-    <row r="799" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B799" s="1108"/>
+    <row r="799" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B799" s="1095"/>
       <c r="C799" s="150" t="s">
-        <v>1207</v>
+        <v>1195</v>
       </c>
       <c r="D799" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E799" s="550" t="s">
+      <c r="E799" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F799" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G799" s="230" t="s">
         <v>114</v>
       </c>
-      <c r="H799" s="679">
+      <c r="H799" s="674">
         <v>45733</v>
       </c>
       <c r="I799" s="145"/>
     </row>
-    <row r="800" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B800" s="1064"/>
+    <row r="800" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B800" s="1069"/>
       <c r="C800" s="119"/>
       <c r="D800" s="144"/>
       <c r="E800" s="119"/>
       <c r="F800" s="205" t="s">
         <v>335</v>
       </c>
       <c r="G800" s="119"/>
       <c r="H800" s="142"/>
       <c r="I800" s="142"/>
     </row>
-    <row r="801" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B801" s="1063">
+    <row r="801" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B801" s="1053">
         <f>MAX(B$27:B800)+1</f>
         <v>240</v>
       </c>
       <c r="C801" s="156"/>
       <c r="D801" s="120" t="s">
         <v>340</v>
       </c>
       <c r="E801" s="120"/>
       <c r="F801" s="259" t="s">
         <v>339</v>
       </c>
       <c r="G801" s="156"/>
       <c r="H801" s="156"/>
-      <c r="I801" s="1167"/>
-[...2 lines deleted...]
-      <c r="B802" s="1108"/>
+      <c r="I801" s="1155"/>
+    </row>
+    <row r="802" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B802" s="1095"/>
       <c r="C802" s="148" t="s">
-        <v>1208</v>
+        <v>1196</v>
       </c>
       <c r="D802" s="148" t="s">
         <v>337</v>
       </c>
-      <c r="E802" s="550" t="s">
+      <c r="E802" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F802" s="238" t="s">
         <v>336</v>
       </c>
       <c r="G802" s="230"/>
       <c r="H802" s="146">
         <v>45762</v>
       </c>
-      <c r="I802" s="1168"/>
-[...2 lines deleted...]
-      <c r="B803" s="1064"/>
+      <c r="I802" s="1156"/>
+    </row>
+    <row r="803" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B803" s="1069"/>
       <c r="C803" s="144"/>
       <c r="D803" s="144"/>
-      <c r="E803" s="317"/>
+      <c r="E803" s="312"/>
       <c r="F803" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G803" s="144"/>
       <c r="H803" s="144"/>
-      <c r="I803" s="1169"/>
-[...2 lines deleted...]
-      <c r="B804" s="1063">
+      <c r="I803" s="1157"/>
+    </row>
+    <row r="804" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B804" s="1053">
         <f>MAX(B$27:B803)+1</f>
         <v>241</v>
       </c>
       <c r="C804" s="191"/>
-      <c r="D804" s="451" t="s">
-        <v>615</v>
+      <c r="D804" s="446" t="s">
+        <v>613</v>
       </c>
       <c r="E804" s="156"/>
       <c r="F804" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G804" s="327"/>
+      <c r="G804" s="322"/>
       <c r="H804" s="100"/>
       <c r="I804" s="184"/>
     </row>
-    <row r="805" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1209</v>
+    <row r="805" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B805" s="1095"/>
+      <c r="C805" s="714" t="s">
+        <v>1197</v>
       </c>
       <c r="D805" s="149" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="E805" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F805" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G805" s="550" t="s">
+      <c r="G805" s="545" t="s">
         <v>304</v>
       </c>
       <c r="H805" s="146">
         <v>45420</v>
       </c>
       <c r="I805" s="182"/>
     </row>
-    <row r="806" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B806" s="1064"/>
+    <row r="806" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B806" s="1069"/>
       <c r="C806" s="144"/>
       <c r="D806" s="119"/>
       <c r="E806" s="158"/>
       <c r="F806" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G806" s="328"/>
-      <c r="H806" s="721"/>
+      <c r="G806" s="323"/>
+      <c r="H806" s="716"/>
       <c r="I806" s="181"/>
     </row>
-    <row r="807" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B807" s="1063">
+    <row r="807" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B807" s="1053">
         <f>MAX(B$27:B806)+1</f>
         <v>242</v>
       </c>
       <c r="C807" s="191"/>
-      <c r="D807" s="451" t="s">
-        <v>1213</v>
+      <c r="D807" s="446" t="s">
+        <v>1201</v>
       </c>
       <c r="E807" s="156"/>
       <c r="F807" s="259"/>
-      <c r="G807" s="327"/>
+      <c r="G807" s="322"/>
       <c r="H807" s="100"/>
       <c r="I807" s="184"/>
     </row>
-    <row r="808" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1212</v>
+    <row r="808" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B808" s="1095"/>
+      <c r="C808" s="714" t="s">
+        <v>1200</v>
       </c>
       <c r="D808" s="149" t="s">
-        <v>1214</v>
+        <v>1202</v>
       </c>
       <c r="E808" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F808" s="238"/>
-      <c r="G808" s="550" t="s">
+      <c r="G808" s="545" t="s">
         <v>114</v>
       </c>
       <c r="H808" s="146">
         <v>45752</v>
       </c>
       <c r="I808" s="182"/>
     </row>
-    <row r="809" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B809" s="1064"/>
+    <row r="809" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B809" s="1069"/>
       <c r="C809" s="144"/>
       <c r="D809" s="119"/>
       <c r="E809" s="158"/>
       <c r="F809" s="205"/>
-      <c r="G809" s="328"/>
-      <c r="H809" s="721"/>
+      <c r="G809" s="323"/>
+      <c r="H809" s="716"/>
       <c r="I809" s="181"/>
     </row>
-    <row r="810" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B810" s="1063">
+    <row r="810" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B810" s="1053">
         <f>MAX(B$27:B809)+1</f>
         <v>243</v>
       </c>
-      <c r="C810" s="774"/>
+      <c r="C810" s="769"/>
       <c r="D810" s="167" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="E810" s="929"/>
+        <v>675</v>
+      </c>
+      <c r="E810" s="878"/>
       <c r="F810" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G810" s="156"/>
       <c r="H810" s="151"/>
       <c r="I810" s="151"/>
     </row>
-    <row r="811" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1217</v>
+    <row r="811" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B811" s="1095"/>
+      <c r="C811" s="719" t="s">
+        <v>1205</v>
       </c>
       <c r="D811" s="148" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="E811" s="930" t="s">
+        <v>677</v>
+      </c>
+      <c r="E811" s="879" t="s">
         <v>120</v>
       </c>
       <c r="F811" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G811" s="550">
+      <c r="G811" s="545">
         <v>3</v>
       </c>
-      <c r="H811" s="872">
+      <c r="H811" s="838">
         <v>45757</v>
       </c>
       <c r="I811" s="145"/>
     </row>
-    <row r="812" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C812" s="775"/>
+    <row r="812" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B812" s="1069"/>
+      <c r="C812" s="770"/>
       <c r="D812" s="144"/>
-      <c r="E812" s="931"/>
+      <c r="E812" s="880"/>
       <c r="F812" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G812" s="620"/>
+      <c r="G812" s="615"/>
       <c r="H812" s="142"/>
       <c r="I812" s="142"/>
     </row>
-    <row r="813" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B813" s="1164">
+    <row r="813" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B813" s="1151">
         <f>MAX(B$27:B812)+1</f>
         <v>244</v>
       </c>
-      <c r="C813" s="334"/>
+      <c r="C813" s="329"/>
       <c r="D813" s="148" t="s">
         <v>348</v>
       </c>
       <c r="E813" s="156"/>
       <c r="F813" s="259" t="s">
         <v>339</v>
       </c>
-      <c r="G813" s="327"/>
-      <c r="H813" s="330"/>
+      <c r="G813" s="322"/>
+      <c r="H813" s="325"/>
       <c r="I813" s="151"/>
     </row>
-    <row r="814" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1219</v>
+    <row r="814" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B814" s="1152"/>
+      <c r="C814" s="619" t="s">
+        <v>1207</v>
       </c>
       <c r="D814" s="148" t="s">
         <v>347</v>
       </c>
       <c r="E814" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F814" s="238" t="s">
         <v>336</v>
       </c>
-      <c r="G814" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H814" s="332">
+      <c r="G814" s="545" t="s">
+        <v>667</v>
+      </c>
+      <c r="H814" s="327">
         <v>45809</v>
       </c>
-      <c r="I814" s="329"/>
-[...3 lines deleted...]
-      <c r="C815" s="336"/>
+      <c r="I814" s="324"/>
+    </row>
+    <row r="815" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B815" s="1153"/>
+      <c r="C815" s="331"/>
       <c r="D815" s="144"/>
       <c r="E815" s="158"/>
       <c r="F815" s="205" t="s">
         <v>335</v>
       </c>
-      <c r="G815" s="328"/>
-      <c r="H815" s="331"/>
+      <c r="G815" s="323"/>
+      <c r="H815" s="326"/>
       <c r="I815" s="169"/>
     </row>
-    <row r="816" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B816" s="1063">
+    <row r="816" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B816" s="1053">
         <f>MAX(B$27:B815)+1</f>
         <v>245</v>
       </c>
       <c r="C816" s="168"/>
       <c r="D816" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E816" s="156"/>
       <c r="F816" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G816" s="156"/>
       <c r="H816" s="163"/>
       <c r="I816" s="151"/>
     </row>
-    <row r="817" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1257</v>
+    <row r="817" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B817" s="1095"/>
+      <c r="C817" s="913" t="s">
+        <v>1245</v>
       </c>
       <c r="D817" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E817" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F817" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G817" s="550" t="s">
+      <c r="G817" s="545" t="s">
         <v>301</v>
       </c>
       <c r="H817" s="146">
         <v>45853</v>
       </c>
       <c r="I817" s="145"/>
     </row>
-    <row r="818" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B818" s="1064"/>
+    <row r="818" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B818" s="1069"/>
       <c r="C818" s="165"/>
       <c r="D818" s="144"/>
       <c r="E818" s="158"/>
       <c r="F818" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G818" s="144"/>
       <c r="H818" s="157"/>
       <c r="I818" s="142"/>
     </row>
-    <row r="819" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B819" s="1164">
+    <row r="819" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B819" s="1151">
         <f>MAX(B$27:B818)+1</f>
         <v>246</v>
       </c>
-      <c r="C819" s="873"/>
-      <c r="D819" s="874" t="s">
+      <c r="C819" s="839"/>
+      <c r="D819" s="840" t="s">
         <v>384</v>
       </c>
-      <c r="E819" s="960"/>
+      <c r="E819" s="909"/>
       <c r="F819" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G819" s="120"/>
-      <c r="H819" s="875"/>
+      <c r="H819" s="841"/>
       <c r="I819" s="244"/>
     </row>
-    <row r="820" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B820" s="1165"/>
+    <row r="820" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B820" s="1152"/>
       <c r="C820" s="161" t="s">
-        <v>1258</v>
-[...4 lines deleted...]
-      <c r="E820" s="963" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D820" s="837" t="s">
+        <v>429</v>
+      </c>
+      <c r="E820" s="912" t="s">
         <v>120</v>
       </c>
       <c r="F820" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G820" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H820" s="872">
+      <c r="G820" s="545" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H820" s="838">
         <v>45805</v>
       </c>
       <c r="I820" s="243"/>
     </row>
-    <row r="821" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B821" s="1166"/>
+    <row r="821" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B821" s="1153"/>
       <c r="C821" s="159"/>
-      <c r="D821" s="876"/>
-      <c r="E821" s="961"/>
+      <c r="D821" s="842"/>
+      <c r="E821" s="910"/>
       <c r="F821" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G821" s="119"/>
-      <c r="H821" s="877"/>
+      <c r="H821" s="843"/>
       <c r="I821" s="242"/>
     </row>
-    <row r="822" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B822" s="1063">
+    <row r="822" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B822" s="1053">
         <f>MAX(B$27:B821)+1</f>
         <v>247</v>
       </c>
-      <c r="C822" s="774"/>
+      <c r="C822" s="769"/>
       <c r="D822" s="154" t="s">
         <v>368</v>
       </c>
-      <c r="E822" s="960"/>
+      <c r="E822" s="909"/>
       <c r="F822" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G822" s="156"/>
       <c r="H822" s="151"/>
       <c r="I822" s="151"/>
     </row>
-    <row r="823" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1260</v>
+    <row r="823" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B823" s="1095"/>
+      <c r="C823" s="719" t="s">
+        <v>1248</v>
       </c>
       <c r="D823" s="148" t="s">
         <v>343</v>
       </c>
-      <c r="E823" s="963" t="s">
+      <c r="E823" s="912" t="s">
         <v>120</v>
       </c>
       <c r="F823" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G823" s="550" t="s">
-[...2 lines deleted...]
-      <c r="H823" s="872">
+      <c r="G823" s="545" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H823" s="838">
         <v>45778</v>
       </c>
       <c r="I823" s="145"/>
     </row>
-    <row r="824" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C824" s="775"/>
+    <row r="824" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B824" s="1069"/>
+      <c r="C824" s="770"/>
       <c r="D824" s="144"/>
-      <c r="E824" s="961"/>
+      <c r="E824" s="910"/>
       <c r="F824" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G824" s="620"/>
+      <c r="G824" s="615"/>
       <c r="H824" s="142"/>
       <c r="I824" s="142"/>
     </row>
-    <row r="825" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B825" s="1063">
+    <row r="825" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B825" s="1053">
         <f>MAX(B$27:B824)+1</f>
         <v>248</v>
       </c>
       <c r="C825" s="190"/>
       <c r="D825" s="237" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="E825" s="452"/>
+        <v>394</v>
+      </c>
+      <c r="E825" s="447"/>
       <c r="F825" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G825" s="156"/>
       <c r="H825" s="163"/>
-      <c r="I825" s="421"/>
-[...4 lines deleted...]
-        <v>1263</v>
+      <c r="I825" s="416"/>
+    </row>
+    <row r="826" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B826" s="1095"/>
+      <c r="C826" s="917" t="s">
+        <v>1251</v>
       </c>
       <c r="D826" s="127" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="E826" s="455" t="s">
+        <v>393</v>
+      </c>
+      <c r="E826" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F826" s="148" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>1264</v>
+        <v>482</v>
+      </c>
+      <c r="G826" s="545" t="s">
+        <v>1252</v>
       </c>
       <c r="H826" s="240">
         <v>45821</v>
       </c>
-      <c r="I826" s="422"/>
-[...2 lines deleted...]
-      <c r="B827" s="1064"/>
+      <c r="I826" s="417"/>
+    </row>
+    <row r="827" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B827" s="1069"/>
       <c r="C827" s="186"/>
       <c r="D827" s="144"/>
-      <c r="E827" s="461"/>
+      <c r="E827" s="456"/>
       <c r="F827" s="119" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="G827" s="620"/>
+        <v>481</v>
+      </c>
+      <c r="G827" s="615"/>
       <c r="H827" s="157"/>
-      <c r="I827" s="423"/>
-[...2 lines deleted...]
-      <c r="B828" s="1063">
+      <c r="I827" s="418"/>
+    </row>
+    <row r="828" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B828" s="1053">
         <f>MAX(B$27:B827)+1</f>
         <v>249</v>
       </c>
       <c r="C828" s="120"/>
       <c r="D828" s="164" t="s">
         <v>352</v>
       </c>
-      <c r="E828" s="452"/>
+      <c r="E828" s="447"/>
       <c r="F828" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G828" s="120"/>
       <c r="H828" s="151"/>
       <c r="I828" s="151"/>
     </row>
-    <row r="829" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B829" s="1108"/>
+    <row r="829" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B829" s="1095"/>
       <c r="C829" s="150" t="s">
-        <v>1266</v>
-[...4 lines deleted...]
-      <c r="E829" s="455" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D829" s="929" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E829" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F829" s="148" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="G829" s="550" t="s">
+        <v>482</v>
+      </c>
+      <c r="G829" s="545" t="s">
         <v>319</v>
       </c>
       <c r="H829" s="240">
         <v>45870</v>
       </c>
       <c r="I829" s="145"/>
     </row>
-    <row r="830" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B830" s="1064"/>
+    <row r="830" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B830" s="1069"/>
       <c r="C830" s="119"/>
       <c r="D830" s="159"/>
-      <c r="E830" s="461"/>
+      <c r="E830" s="456"/>
       <c r="F830" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G830" s="119"/>
       <c r="H830" s="142"/>
       <c r="I830" s="142"/>
     </row>
-    <row r="831" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B831" s="1063">
+    <row r="831" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B831" s="1053">
         <f>MAX(B$27:B830)+1</f>
         <v>250</v>
       </c>
       <c r="C831" s="168"/>
       <c r="D831" s="154" t="s">
         <v>368</v>
       </c>
       <c r="E831" s="156"/>
       <c r="F831" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G831" s="156"/>
       <c r="H831" s="163"/>
-      <c r="I831" s="1110"/>
-[...4 lines deleted...]
-        <v>1274</v>
+      <c r="I831" s="1097"/>
+    </row>
+    <row r="832" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B832" s="1095"/>
+      <c r="C832" s="936" t="s">
+        <v>1262</v>
       </c>
       <c r="D832" s="148" t="s">
         <v>343</v>
       </c>
       <c r="E832" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F832" s="148"/>
-      <c r="G832" s="550" t="s">
+      <c r="G832" s="545" t="s">
         <v>303</v>
       </c>
       <c r="H832" s="146">
         <v>46023</v>
       </c>
-      <c r="I832" s="1148"/>
-[...2 lines deleted...]
-      <c r="B833" s="1064"/>
+      <c r="I832" s="1127"/>
+    </row>
+    <row r="833" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B833" s="1069"/>
       <c r="C833" s="165"/>
       <c r="D833" s="144"/>
       <c r="E833" s="158"/>
       <c r="F833" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G833" s="144"/>
       <c r="H833" s="157"/>
-      <c r="I833" s="1111"/>
-[...2 lines deleted...]
-      <c r="B834" s="1063">
+      <c r="I833" s="1098"/>
+    </row>
+    <row r="834" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B834" s="1053">
         <f>MAX(B$27:B833)+1</f>
         <v>251</v>
       </c>
       <c r="C834" s="168"/>
       <c r="D834" s="148" t="s">
         <v>346</v>
       </c>
       <c r="E834" s="156"/>
       <c r="F834" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G834" s="156"/>
       <c r="H834" s="163"/>
       <c r="I834" s="151"/>
     </row>
-    <row r="835" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1275</v>
+    <row r="835" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B835" s="1095"/>
+      <c r="C835" s="937" t="s">
+        <v>1263</v>
       </c>
       <c r="D835" s="148" t="s">
         <v>345</v>
       </c>
       <c r="E835" s="160" t="s">
         <v>120</v>
       </c>
       <c r="F835" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G835" s="550" t="s">
-        <v>1276</v>
+      <c r="G835" s="545" t="s">
+        <v>1264</v>
       </c>
       <c r="H835" s="146">
         <v>43627</v>
       </c>
       <c r="I835" s="145"/>
     </row>
-    <row r="836" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B836" s="1064"/>
+    <row r="836" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B836" s="1069"/>
       <c r="C836" s="165"/>
       <c r="D836" s="144"/>
       <c r="E836" s="158"/>
       <c r="F836" s="119" t="s">
         <v>335</v>
       </c>
       <c r="G836" s="144"/>
       <c r="H836" s="157"/>
       <c r="I836" s="142"/>
     </row>
-    <row r="837" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B837" s="1063">
+    <row r="837" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B837" s="1053">
         <f>MAX(B$27:B836)+1</f>
         <v>252</v>
       </c>
       <c r="C837" s="120"/>
       <c r="D837" s="164" t="s">
         <v>352</v>
       </c>
-      <c r="E837" s="452"/>
+      <c r="E837" s="447"/>
       <c r="F837" s="120" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="G837" s="120"/>
       <c r="H837" s="151"/>
       <c r="I837" s="151"/>
     </row>
-    <row r="838" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B838" s="1108"/>
+    <row r="838" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B838" s="1095"/>
       <c r="C838" s="150" t="s">
-        <v>1278</v>
-[...4 lines deleted...]
-      <c r="E838" s="455" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D838" s="929" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E838" s="450" t="s">
         <v>120</v>
       </c>
       <c r="F838" s="148" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="G838" s="230" t="s">
         <v>114</v>
       </c>
       <c r="H838" s="240">
         <v>45910</v>
       </c>
       <c r="I838" s="145"/>
     </row>
-    <row r="839" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B839" s="1064"/>
+    <row r="839" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B839" s="1069"/>
       <c r="C839" s="119"/>
       <c r="D839" s="159"/>
-      <c r="E839" s="461"/>
+      <c r="E839" s="456"/>
       <c r="F839" s="119" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="G839" s="119"/>
       <c r="H839" s="142"/>
       <c r="I839" s="142"/>
     </row>
-    <row r="840" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B840" s="1019"/>
+    <row r="840" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B840" s="963"/>
       <c r="C840" s="156"/>
-      <c r="D840" s="873" t="s">
+      <c r="D840" s="839" t="s">
         <v>384</v>
       </c>
       <c r="E840" s="120"/>
-      <c r="F840" s="873" t="s">
-        <v>1283</v>
+      <c r="F840" s="839" t="s">
+        <v>1271</v>
       </c>
       <c r="G840" s="120"/>
       <c r="H840" s="163"/>
       <c r="I840" s="151"/>
     </row>
-    <row r="841" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B841" s="1020">
+    <row r="841" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B841" s="964">
         <v>253</v>
       </c>
       <c r="C841" s="148" t="s">
-        <v>1282</v>
-[...11 lines deleted...]
-        <v>698</v>
+        <v>1270</v>
+      </c>
+      <c r="D841" s="929" t="s">
+        <v>429</v>
+      </c>
+      <c r="E841" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F841" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G841" s="545" t="s">
+        <v>695</v>
       </c>
       <c r="H841" s="146">
         <v>45916</v>
       </c>
       <c r="I841" s="145"/>
     </row>
-    <row r="842" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B842" s="1021"/>
+    <row r="842" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B842" s="965"/>
       <c r="C842" s="144"/>
       <c r="D842" s="159"/>
       <c r="E842" s="119"/>
       <c r="F842" s="159" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="G842" s="119"/>
       <c r="H842" s="157"/>
       <c r="I842" s="142"/>
     </row>
-    <row r="843" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B843" s="1063">
+    <row r="843" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B843" s="1053">
         <f>MAX(B$27:B842)+1</f>
         <v>254</v>
       </c>
       <c r="C843" s="156"/>
-      <c r="D843" s="873" t="s">
+      <c r="D843" s="839" t="s">
         <v>384</v>
       </c>
       <c r="E843" s="120"/>
-      <c r="F843" s="873" t="s">
-        <v>1283</v>
+      <c r="F843" s="839" t="s">
+        <v>1271</v>
       </c>
       <c r="G843" s="120"/>
-      <c r="H843" s="873"/>
+      <c r="H843" s="839"/>
       <c r="I843" s="244"/>
     </row>
-    <row r="844" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B844" s="1108"/>
+    <row r="844" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B844" s="1095"/>
       <c r="C844" s="148" t="s">
-        <v>1289</v>
-[...8 lines deleted...]
-      <c r="G844" s="550" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D844" s="929" t="s">
+        <v>429</v>
+      </c>
+      <c r="E844" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F844" s="929"/>
+      <c r="G844" s="545" t="s">
         <v>127</v>
       </c>
       <c r="H844" s="146">
         <v>45918</v>
       </c>
       <c r="I844" s="243"/>
     </row>
-    <row r="845" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B845" s="1064"/>
+    <row r="845" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B845" s="1069"/>
       <c r="C845" s="144"/>
       <c r="D845" s="159"/>
       <c r="E845" s="119"/>
       <c r="F845" s="159"/>
       <c r="G845" s="119"/>
       <c r="H845" s="159"/>
       <c r="I845" s="242"/>
     </row>
-    <row r="846" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B846" s="1063">
+    <row r="846" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B846" s="1053">
         <f>MAX(B$27:B845)+1</f>
         <v>255</v>
       </c>
       <c r="C846" s="168"/>
-      <c r="D846" s="722" t="s">
-        <v>866</v>
+      <c r="D846" s="717" t="s">
+        <v>862</v>
       </c>
       <c r="E846" s="120"/>
-      <c r="F846" s="873" t="s">
-        <v>1283</v>
+      <c r="F846" s="839" t="s">
+        <v>1271</v>
       </c>
       <c r="G846" s="156"/>
-      <c r="H846" s="723"/>
-[...17 lines deleted...]
-        <v>1292</v>
+      <c r="H846" s="718"/>
+      <c r="I846" s="1221"/>
+    </row>
+    <row r="847" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B847" s="1095"/>
+      <c r="C847" s="719" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D847" s="720" t="s">
+        <v>863</v>
+      </c>
+      <c r="E847" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F847" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G847" s="545" t="s">
+        <v>1280</v>
       </c>
       <c r="H847" s="146">
         <v>45901</v>
       </c>
-      <c r="I847" s="1233"/>
-[...2 lines deleted...]
-      <c r="B848" s="1064"/>
+      <c r="I847" s="1222"/>
+    </row>
+    <row r="848" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B848" s="1069"/>
       <c r="C848" s="165"/>
-      <c r="D848" s="726"/>
+      <c r="D848" s="721"/>
       <c r="E848" s="119"/>
       <c r="F848" s="159" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="G848" s="144"/>
-      <c r="H848" s="727"/>
-[...3 lines deleted...]
-      <c r="B849" s="1063">
+      <c r="H848" s="722"/>
+      <c r="I848" s="1223"/>
+    </row>
+    <row r="849" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B849" s="1053">
         <f>MAX(B$27:B848)+1</f>
         <v>256</v>
       </c>
       <c r="C849" s="251"/>
       <c r="D849" s="251" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E849" s="156"/>
       <c r="F849" s="120" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G849" s="120"/>
       <c r="H849" s="120"/>
       <c r="I849" s="151"/>
     </row>
-    <row r="850" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B850" s="1108"/>
+    <row r="850" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B850" s="1095"/>
       <c r="C850" s="148" t="s">
-        <v>1296</v>
+        <v>1284</v>
       </c>
       <c r="D850" s="176" t="s">
-        <v>467</v>
-[...1 lines deleted...]
-      <c r="E850" s="550" t="s">
+        <v>466</v>
+      </c>
+      <c r="E850" s="545" t="s">
         <v>120</v>
       </c>
       <c r="F850" s="150"/>
-      <c r="G850" s="550" t="s">
-        <v>1297</v>
+      <c r="G850" s="545" t="s">
+        <v>1285</v>
       </c>
       <c r="H850" s="146">
         <v>45992</v>
       </c>
       <c r="I850" s="145"/>
     </row>
-    <row r="851" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B851" s="1064"/>
+    <row r="851" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B851" s="1069"/>
       <c r="C851" s="119"/>
       <c r="D851" s="119"/>
       <c r="E851" s="158"/>
       <c r="F851" s="195"/>
       <c r="G851" s="119"/>
       <c r="H851" s="119"/>
       <c r="I851" s="142"/>
     </row>
-    <row r="852" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B852" s="1063">
+    <row r="852" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B852" s="1053">
         <f>MAX(B$27:B851)+1</f>
         <v>257</v>
       </c>
       <c r="C852" s="251"/>
       <c r="D852" s="251" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E852" s="156"/>
-      <c r="F852" s="873" t="s">
-        <v>1283</v>
+      <c r="F852" s="839" t="s">
+        <v>1271</v>
       </c>
       <c r="G852" s="120"/>
       <c r="H852" s="120"/>
       <c r="I852" s="151"/>
     </row>
-    <row r="853" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B853" s="1108"/>
+    <row r="853" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B853" s="1095"/>
       <c r="C853" s="148" t="s">
-        <v>1298</v>
+        <v>1286</v>
       </c>
       <c r="D853" s="176" t="s">
-        <v>467</v>
-[...8 lines deleted...]
-        <v>1299</v>
+        <v>466</v>
+      </c>
+      <c r="E853" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F853" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G853" s="545" t="s">
+        <v>1287</v>
       </c>
       <c r="H853" s="146">
         <v>46054</v>
       </c>
       <c r="I853" s="145"/>
     </row>
-    <row r="854" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B854" s="1064"/>
+    <row r="854" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B854" s="1069"/>
       <c r="C854" s="119"/>
       <c r="D854" s="119"/>
       <c r="E854" s="158"/>
       <c r="F854" s="159" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="G854" s="119"/>
       <c r="H854" s="119"/>
       <c r="I854" s="142"/>
     </row>
-    <row r="855" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B855" s="1063">
+    <row r="855" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B855" s="1053">
         <f>MAX(B$27:B854)+1</f>
         <v>258</v>
       </c>
       <c r="C855" s="251"/>
       <c r="D855" s="251" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E855" s="156"/>
-      <c r="F855" s="873" t="s">
-        <v>1283</v>
+      <c r="F855" s="839" t="s">
+        <v>1271</v>
       </c>
       <c r="G855" s="120"/>
       <c r="H855" s="120"/>
       <c r="I855" s="151"/>
     </row>
-    <row r="856" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B856" s="1108"/>
+    <row r="856" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B856" s="1095"/>
       <c r="C856" s="148" t="s">
-        <v>1300</v>
+        <v>1288</v>
       </c>
       <c r="D856" s="176" t="s">
-        <v>467</v>
-[...8 lines deleted...]
-        <v>565</v>
+        <v>466</v>
+      </c>
+      <c r="E856" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F856" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G856" s="545" t="s">
+        <v>563</v>
       </c>
       <c r="H856" s="146">
         <v>45962</v>
       </c>
       <c r="I856" s="145"/>
     </row>
-    <row r="857" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B857" s="1064"/>
+    <row r="857" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B857" s="1069"/>
       <c r="C857" s="119"/>
       <c r="D857" s="119"/>
       <c r="E857" s="158"/>
       <c r="F857" s="159" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="G857" s="119"/>
       <c r="H857" s="119"/>
       <c r="I857" s="142"/>
     </row>
-    <row r="858" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B858" s="1063">
+    <row r="858" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B858" s="1053">
         <f>MAX(B$27:B857)+1</f>
         <v>259</v>
       </c>
-      <c r="C858" s="774"/>
+      <c r="C858" s="769"/>
       <c r="D858" s="167" t="s">
-        <v>678</v>
-[...1 lines deleted...]
-      <c r="E858" s="1046"/>
+        <v>675</v>
+      </c>
+      <c r="E858" s="990"/>
       <c r="F858" s="120" t="s">
         <v>339</v>
       </c>
       <c r="G858" s="156"/>
       <c r="H858" s="151"/>
       <c r="I858" s="151"/>
     </row>
-    <row r="859" spans="2:9" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-        <v>1311</v>
+    <row r="859" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B859" s="1095"/>
+      <c r="C859" s="719" t="s">
+        <v>1299</v>
       </c>
       <c r="D859" s="148" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="E859" s="1048" t="s">
+        <v>677</v>
+      </c>
+      <c r="E859" s="992" t="s">
         <v>120</v>
       </c>
       <c r="F859" s="148" t="s">
         <v>336</v>
       </c>
-      <c r="G859" s="550" t="s">
+      <c r="G859" s="545" t="s">
         <v>119</v>
       </c>
-      <c r="H859" s="872">
+      <c r="H859" s="838">
         <v>45944</v>
       </c>
       <c r="I859" s="145"/>
     </row>
-    <row r="860" spans="2:9" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C860" s="775"/>
+    <row r="860" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B860" s="1069"/>
+      <c r="C860" s="770"/>
       <c r="D860" s="144"/>
-      <c r="E860" s="1047"/>
+      <c r="E860" s="991"/>
       <c r="F860" s="119" t="s">
         <v>335</v>
       </c>
-      <c r="G860" s="620"/>
+      <c r="G860" s="615"/>
       <c r="H860" s="142"/>
       <c r="I860" s="142"/>
     </row>
-    <row r="861" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B861" s="1063">
+    <row r="861" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B861" s="1053">
         <f>MAX(B$27:B860)+1</f>
         <v>260</v>
       </c>
       <c r="C861" s="156"/>
-      <c r="D861" s="873" t="s">
+      <c r="D861" s="839" t="s">
         <v>384</v>
       </c>
       <c r="E861" s="120"/>
-      <c r="F861" s="873" t="s">
-        <v>1283</v>
+      <c r="F861" s="839" t="s">
+        <v>1271</v>
       </c>
       <c r="G861" s="120"/>
-      <c r="H861" s="873"/>
+      <c r="H861" s="839"/>
       <c r="I861" s="244"/>
     </row>
-    <row r="862" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B862" s="1108"/>
+    <row r="862" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B862" s="1095"/>
       <c r="C862" s="148" t="s">
-        <v>1312</v>
-[...11 lines deleted...]
-        <v>1313</v>
+        <v>1300</v>
+      </c>
+      <c r="D862" s="929" t="s">
+        <v>429</v>
+      </c>
+      <c r="E862" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F862" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G862" s="545" t="s">
+        <v>1301</v>
       </c>
       <c r="H862" s="146">
         <v>45975</v>
       </c>
       <c r="I862" s="243"/>
     </row>
-    <row r="863" spans="2:9" x14ac:dyDescent="0.2">
-      <c r="B863" s="1064"/>
+    <row r="863" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B863" s="1069"/>
       <c r="C863" s="144"/>
       <c r="D863" s="159"/>
       <c r="E863" s="119"/>
       <c r="F863" s="159" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="G863" s="119"/>
       <c r="H863" s="159"/>
       <c r="I863" s="242"/>
     </row>
+    <row r="864" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B864" s="1053">
+        <f>MAX(B$27:B863)+1</f>
+        <v>261</v>
+      </c>
+      <c r="C864" s="156"/>
+      <c r="D864" s="839" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E864" s="120"/>
+      <c r="F864" s="839" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G864" s="120"/>
+      <c r="H864" s="839"/>
+      <c r="I864" s="244"/>
+    </row>
+    <row r="865" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B865" s="1095"/>
+      <c r="C865" s="148" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D865" s="929" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E865" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F865" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G865" s="545"/>
+      <c r="H865" s="146">
+        <v>45951</v>
+      </c>
+      <c r="I865" s="243"/>
+    </row>
+    <row r="866" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B866" s="1069"/>
+      <c r="C866" s="144"/>
+      <c r="D866" s="159"/>
+      <c r="E866" s="119"/>
+      <c r="F866" s="159" t="s">
+        <v>487</v>
+      </c>
+      <c r="G866" s="119"/>
+      <c r="H866" s="159"/>
+      <c r="I866" s="242"/>
+    </row>
+    <row r="867" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B867" s="1053">
+        <f>MAX(B$27:B866)+1</f>
+        <v>262</v>
+      </c>
+      <c r="C867" s="156"/>
+      <c r="D867" s="839" t="s">
+        <v>384</v>
+      </c>
+      <c r="E867" s="120"/>
+      <c r="F867" s="839" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G867" s="120"/>
+      <c r="H867" s="839"/>
+      <c r="I867" s="244"/>
+    </row>
+    <row r="868" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B868" s="1095"/>
+      <c r="C868" s="148" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D868" s="929" t="s">
+        <v>429</v>
+      </c>
+      <c r="E868" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F868" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G868" s="545" t="s">
+        <v>123</v>
+      </c>
+      <c r="H868" s="146">
+        <v>45991</v>
+      </c>
+      <c r="I868" s="243"/>
+    </row>
+    <row r="869" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B869" s="1069"/>
+      <c r="C869" s="144"/>
+      <c r="D869" s="159"/>
+      <c r="E869" s="119"/>
+      <c r="F869" s="159" t="s">
+        <v>487</v>
+      </c>
+      <c r="G869" s="119"/>
+      <c r="H869" s="159"/>
+      <c r="I869" s="242"/>
+    </row>
+    <row r="870" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B870" s="1053">
+        <f>MAX(B$27:B869)+1</f>
+        <v>263</v>
+      </c>
+      <c r="C870" s="156"/>
+      <c r="D870" s="120" t="s">
+        <v>340</v>
+      </c>
+      <c r="E870" s="120"/>
+      <c r="F870" s="839" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G870" s="156"/>
+      <c r="H870" s="156"/>
+      <c r="I870" s="184"/>
+    </row>
+    <row r="871" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B871" s="1095"/>
+      <c r="C871" s="148" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D871" s="148" t="s">
+        <v>337</v>
+      </c>
+      <c r="E871" s="545" t="s">
+        <v>120</v>
+      </c>
+      <c r="F871" s="929" t="s">
+        <v>1272</v>
+      </c>
+      <c r="G871" s="230" t="s">
+        <v>341</v>
+      </c>
+      <c r="H871" s="146">
+        <v>46023</v>
+      </c>
+      <c r="I871" s="182"/>
+    </row>
+    <row r="872" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B872" s="1069"/>
+      <c r="C872" s="144"/>
+      <c r="D872" s="144"/>
+      <c r="E872" s="119"/>
+      <c r="F872" s="159" t="s">
+        <v>487</v>
+      </c>
+      <c r="G872" s="144"/>
+      <c r="H872" s="144"/>
+      <c r="I872" s="181"/>
+    </row>
+    <row r="873" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B873" s="1053">
+        <f>MAX(B$27:B872)+1</f>
+        <v>264</v>
+      </c>
+      <c r="C873" s="120"/>
+      <c r="D873" s="164" t="s">
+        <v>352</v>
+      </c>
+      <c r="E873" s="447"/>
+      <c r="F873" s="120" t="s">
+        <v>476</v>
+      </c>
+      <c r="G873" s="120"/>
+      <c r="H873" s="151"/>
+      <c r="I873" s="151"/>
+    </row>
+    <row r="874" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B874" s="1095"/>
+      <c r="C874" s="150" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D874" s="929" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E874" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F874" s="148" t="s">
+        <v>482</v>
+      </c>
+      <c r="G874" s="230" t="s">
+        <v>114</v>
+      </c>
+      <c r="H874" s="240">
+        <v>46013</v>
+      </c>
+      <c r="I874" s="145"/>
+    </row>
+    <row r="875" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B875" s="1069"/>
+      <c r="C875" s="119"/>
+      <c r="D875" s="159"/>
+      <c r="E875" s="456"/>
+      <c r="F875" s="119" t="s">
+        <v>481</v>
+      </c>
+      <c r="G875" s="119"/>
+      <c r="H875" s="142"/>
+      <c r="I875" s="142"/>
+    </row>
+    <row r="876" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B876" s="1053">
+        <f>MAX(B$27:B875)+1</f>
+        <v>265</v>
+      </c>
+      <c r="C876" s="769"/>
+      <c r="D876" s="154" t="s">
+        <v>368</v>
+      </c>
+      <c r="E876" s="447"/>
+      <c r="F876" s="120" t="s">
+        <v>476</v>
+      </c>
+      <c r="G876" s="156"/>
+      <c r="H876" s="151"/>
+      <c r="I876" s="151"/>
+    </row>
+    <row r="877" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B877" s="1095"/>
+      <c r="C877" s="719" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D877" s="148" t="s">
+        <v>343</v>
+      </c>
+      <c r="E877" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F877" s="148" t="s">
+        <v>482</v>
+      </c>
+      <c r="G877" s="230" t="s">
+        <v>563</v>
+      </c>
+      <c r="H877" s="838">
+        <v>46023</v>
+      </c>
+      <c r="I877" s="145"/>
+    </row>
+    <row r="878" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B878" s="1069"/>
+      <c r="C878" s="770"/>
+      <c r="D878" s="144"/>
+      <c r="E878" s="456"/>
+      <c r="F878" s="119" t="s">
+        <v>481</v>
+      </c>
+      <c r="G878" s="615"/>
+      <c r="H878" s="142"/>
+      <c r="I878" s="142"/>
+    </row>
+    <row r="879" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B879" s="1053">
+        <f>MAX(B$27:B877)+1</f>
+        <v>266</v>
+      </c>
+      <c r="C879" s="156"/>
+      <c r="D879" s="120" t="s">
+        <v>340</v>
+      </c>
+      <c r="E879" s="447"/>
+      <c r="F879" s="120" t="s">
+        <v>476</v>
+      </c>
+      <c r="G879" s="156"/>
+      <c r="H879" s="156"/>
+      <c r="I879" s="1155"/>
+    </row>
+    <row r="880" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B880" s="1095"/>
+      <c r="C880" s="148" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D880" s="148" t="s">
+        <v>337</v>
+      </c>
+      <c r="E880" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F880" s="148" t="s">
+        <v>482</v>
+      </c>
+      <c r="G880" s="545"/>
+      <c r="H880" s="146">
+        <v>46029</v>
+      </c>
+      <c r="I880" s="1156"/>
+    </row>
+    <row r="881" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B881" s="1069"/>
+      <c r="C881" s="144"/>
+      <c r="D881" s="144"/>
+      <c r="E881" s="456"/>
+      <c r="F881" s="119" t="s">
+        <v>481</v>
+      </c>
+      <c r="G881" s="144"/>
+      <c r="H881" s="144"/>
+      <c r="I881" s="1157"/>
+    </row>
+    <row r="882" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B882" s="1053">
+        <f>MAX(B$27:B881)+1</f>
+        <v>267</v>
+      </c>
+      <c r="C882" s="120"/>
+      <c r="D882" s="164" t="s">
+        <v>352</v>
+      </c>
+      <c r="E882" s="447"/>
+      <c r="F882" s="120" t="s">
+        <v>476</v>
+      </c>
+      <c r="G882" s="120"/>
+      <c r="H882" s="151"/>
+      <c r="I882" s="151"/>
+    </row>
+    <row r="883" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B883" s="1095"/>
+      <c r="C883" s="150" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D883" s="929" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E883" s="450" t="s">
+        <v>120</v>
+      </c>
+      <c r="F883" s="148" t="s">
+        <v>482</v>
+      </c>
+      <c r="G883" s="230" t="s">
+        <v>114</v>
+      </c>
+      <c r="H883" s="240">
+        <v>46041</v>
+      </c>
+      <c r="I883" s="145"/>
+    </row>
+    <row r="884" spans="2:9" x14ac:dyDescent="0.35">
+      <c r="B884" s="1069"/>
+      <c r="C884" s="119"/>
+      <c r="D884" s="159"/>
+      <c r="E884" s="456"/>
+      <c r="F884" s="119" t="s">
+        <v>481</v>
+      </c>
+      <c r="G884" s="119"/>
+      <c r="H884" s="142"/>
+      <c r="I884" s="142"/>
+    </row>
   </sheetData>
-  <mergeCells count="332">
-[...6 lines deleted...]
-    <mergeCell ref="B831:B833"/>
+  <mergeCells count="344">
+    <mergeCell ref="B876:B878"/>
+    <mergeCell ref="B879:B881"/>
+    <mergeCell ref="I879:I881"/>
+    <mergeCell ref="I484:I486"/>
+    <mergeCell ref="B873:B875"/>
     <mergeCell ref="I831:I833"/>
     <mergeCell ref="B703:B705"/>
     <mergeCell ref="B706:B708"/>
     <mergeCell ref="B727:B729"/>
     <mergeCell ref="I763:I765"/>
     <mergeCell ref="B843:B845"/>
     <mergeCell ref="B846:B848"/>
     <mergeCell ref="I846:I848"/>
     <mergeCell ref="B834:B836"/>
     <mergeCell ref="B825:B827"/>
     <mergeCell ref="B788:B791"/>
     <mergeCell ref="B810:B812"/>
     <mergeCell ref="B813:B815"/>
     <mergeCell ref="B807:B809"/>
     <mergeCell ref="B798:B800"/>
     <mergeCell ref="B801:B803"/>
     <mergeCell ref="B828:B830"/>
-    <mergeCell ref="B766:B768"/>
-    <mergeCell ref="I751:I753"/>
+    <mergeCell ref="B763:B765"/>
+    <mergeCell ref="B721:B723"/>
+    <mergeCell ref="B858:B860"/>
+    <mergeCell ref="B861:B863"/>
+    <mergeCell ref="B855:B857"/>
+    <mergeCell ref="B849:B851"/>
+    <mergeCell ref="B852:B854"/>
+    <mergeCell ref="B837:B839"/>
+    <mergeCell ref="B831:B833"/>
     <mergeCell ref="I627:I629"/>
     <mergeCell ref="B615:B617"/>
     <mergeCell ref="B618:B620"/>
     <mergeCell ref="B621:B623"/>
     <mergeCell ref="B654:B657"/>
     <mergeCell ref="B658:B662"/>
     <mergeCell ref="I736:I738"/>
     <mergeCell ref="B739:B741"/>
     <mergeCell ref="B742:B744"/>
     <mergeCell ref="B730:B732"/>
     <mergeCell ref="B724:B726"/>
     <mergeCell ref="B666:B668"/>
     <mergeCell ref="I666:I668"/>
     <mergeCell ref="B681:B683"/>
     <mergeCell ref="B672:B674"/>
     <mergeCell ref="I669:I671"/>
     <mergeCell ref="B693:B695"/>
     <mergeCell ref="B696:B698"/>
     <mergeCell ref="B684:B686"/>
+    <mergeCell ref="B642:B644"/>
+    <mergeCell ref="B822:B824"/>
     <mergeCell ref="B459:B461"/>
     <mergeCell ref="G597:G599"/>
     <mergeCell ref="I597:I599"/>
     <mergeCell ref="H597:H599"/>
     <mergeCell ref="B577:B579"/>
     <mergeCell ref="B573:B575"/>
     <mergeCell ref="B565:B567"/>
     <mergeCell ref="B562:B564"/>
     <mergeCell ref="B524:B526"/>
     <mergeCell ref="B533:B536"/>
     <mergeCell ref="I562:I564"/>
     <mergeCell ref="B580:B582"/>
     <mergeCell ref="B500:B502"/>
     <mergeCell ref="B570:B572"/>
     <mergeCell ref="I506:I508"/>
     <mergeCell ref="B509:B511"/>
     <mergeCell ref="B595:B599"/>
     <mergeCell ref="B496:B499"/>
     <mergeCell ref="I500:I502"/>
     <mergeCell ref="B583:B585"/>
     <mergeCell ref="I566:I568"/>
-    <mergeCell ref="B816:B818"/>
-[...1 lines deleted...]
-    <mergeCell ref="B822:B824"/>
+    <mergeCell ref="B592:B594"/>
     <mergeCell ref="B781:B783"/>
     <mergeCell ref="B518:B520"/>
     <mergeCell ref="B769:B771"/>
     <mergeCell ref="B521:B523"/>
     <mergeCell ref="B512:B514"/>
     <mergeCell ref="I512:I514"/>
     <mergeCell ref="B515:B517"/>
     <mergeCell ref="B544:B546"/>
     <mergeCell ref="B541:B543"/>
     <mergeCell ref="B553:B555"/>
     <mergeCell ref="B547:B549"/>
     <mergeCell ref="B556:B558"/>
     <mergeCell ref="B537:B540"/>
     <mergeCell ref="I521:I523"/>
     <mergeCell ref="I570:I572"/>
     <mergeCell ref="B645:B647"/>
     <mergeCell ref="B648:B650"/>
     <mergeCell ref="B651:B653"/>
     <mergeCell ref="I651:I653"/>
     <mergeCell ref="I642:I644"/>
     <mergeCell ref="I645:I647"/>
+    <mergeCell ref="B766:B768"/>
+    <mergeCell ref="I751:I753"/>
     <mergeCell ref="I389:I392"/>
     <mergeCell ref="I434:I436"/>
     <mergeCell ref="B437:B439"/>
     <mergeCell ref="B425:B427"/>
     <mergeCell ref="B434:B436"/>
     <mergeCell ref="B481:B483"/>
     <mergeCell ref="B380:B382"/>
     <mergeCell ref="B377:B379"/>
     <mergeCell ref="B400:B402"/>
     <mergeCell ref="B397:B399"/>
     <mergeCell ref="B409:B411"/>
     <mergeCell ref="B450:B452"/>
     <mergeCell ref="B456:B458"/>
     <mergeCell ref="B469:B471"/>
     <mergeCell ref="B478:B480"/>
     <mergeCell ref="B431:B433"/>
     <mergeCell ref="B440:B442"/>
     <mergeCell ref="B472:B474"/>
     <mergeCell ref="B428:B430"/>
     <mergeCell ref="B422:B424"/>
     <mergeCell ref="B403:B405"/>
     <mergeCell ref="B443:B446"/>
     <mergeCell ref="I462:I464"/>
     <mergeCell ref="B383:B385"/>
     <mergeCell ref="I403:I405"/>
@@ -36868,1031 +37502,1012 @@
     <mergeCell ref="C362:C368"/>
     <mergeCell ref="B362:B368"/>
     <mergeCell ref="I447:I449"/>
     <mergeCell ref="B506:B508"/>
     <mergeCell ref="B179:B181"/>
     <mergeCell ref="B176:B178"/>
     <mergeCell ref="B163:B165"/>
     <mergeCell ref="B280:B282"/>
     <mergeCell ref="B284:B287"/>
     <mergeCell ref="B288:B290"/>
     <mergeCell ref="B219:B221"/>
     <mergeCell ref="B255:B257"/>
     <mergeCell ref="B258:B260"/>
     <mergeCell ref="B235:B237"/>
     <mergeCell ref="B231:B233"/>
     <mergeCell ref="B261:B264"/>
     <mergeCell ref="B249:B251"/>
     <mergeCell ref="B268:B270"/>
     <mergeCell ref="B265:B267"/>
     <mergeCell ref="B242:B244"/>
     <mergeCell ref="B238:B240"/>
     <mergeCell ref="B195:B197"/>
     <mergeCell ref="B188:B190"/>
     <mergeCell ref="B185:B187"/>
     <mergeCell ref="B182:B184"/>
+    <mergeCell ref="B415:B417"/>
+    <mergeCell ref="B465:B467"/>
     <mergeCell ref="I370:I372"/>
     <mergeCell ref="B350:B352"/>
     <mergeCell ref="B191:B193"/>
     <mergeCell ref="B198:B200"/>
     <mergeCell ref="I280:I282"/>
     <mergeCell ref="B359:B361"/>
     <mergeCell ref="B322:B324"/>
     <mergeCell ref="B353:B355"/>
     <mergeCell ref="B291:B293"/>
     <mergeCell ref="B252:B254"/>
     <mergeCell ref="B271:B273"/>
     <mergeCell ref="I268:I270"/>
     <mergeCell ref="B274:B276"/>
     <mergeCell ref="C313:C318"/>
     <mergeCell ref="B297:B300"/>
     <mergeCell ref="I212:I214"/>
-    <mergeCell ref="I57:I59"/>
-[...3 lines deleted...]
-    <mergeCell ref="C155:C157"/>
+    <mergeCell ref="I245:I248"/>
     <mergeCell ref="B319:B321"/>
     <mergeCell ref="B325:B327"/>
     <mergeCell ref="B347:B349"/>
     <mergeCell ref="B301:B304"/>
     <mergeCell ref="I155:I157"/>
     <mergeCell ref="I182:I184"/>
     <mergeCell ref="B294:B296"/>
     <mergeCell ref="B305:B307"/>
     <mergeCell ref="B277:B279"/>
     <mergeCell ref="B313:B318"/>
     <mergeCell ref="B308:B311"/>
     <mergeCell ref="H182:H183"/>
     <mergeCell ref="B228:B230"/>
     <mergeCell ref="B159:B162"/>
     <mergeCell ref="B169:B171"/>
     <mergeCell ref="C344:C345"/>
     <mergeCell ref="C213:C214"/>
     <mergeCell ref="I284:I286"/>
     <mergeCell ref="B209:B211"/>
+    <mergeCell ref="B166:B168"/>
+    <mergeCell ref="B155:B157"/>
+    <mergeCell ref="B143:B145"/>
+    <mergeCell ref="I163:I165"/>
+    <mergeCell ref="B151:B154"/>
+    <mergeCell ref="I151:I154"/>
+    <mergeCell ref="I57:I59"/>
+    <mergeCell ref="B119:B121"/>
+    <mergeCell ref="B116:B118"/>
+    <mergeCell ref="B112:B114"/>
+    <mergeCell ref="C155:C157"/>
+    <mergeCell ref="F138:F139"/>
     <mergeCell ref="G138:G139"/>
     <mergeCell ref="C127:C128"/>
     <mergeCell ref="B132:B137"/>
     <mergeCell ref="I119:I121"/>
     <mergeCell ref="I109:I111"/>
     <mergeCell ref="B106:B108"/>
     <mergeCell ref="C152:C153"/>
     <mergeCell ref="B103:B105"/>
-    <mergeCell ref="B166:B168"/>
-[...4 lines deleted...]
-    <mergeCell ref="I151:I154"/>
+    <mergeCell ref="B172:B175"/>
     <mergeCell ref="I100:I102"/>
     <mergeCell ref="B140:B142"/>
     <mergeCell ref="C148:C149"/>
     <mergeCell ref="I112:I114"/>
     <mergeCell ref="B28:B30"/>
     <mergeCell ref="B31:B34"/>
     <mergeCell ref="B53:B56"/>
     <mergeCell ref="B73:B76"/>
     <mergeCell ref="B94:B99"/>
     <mergeCell ref="B35:B39"/>
     <mergeCell ref="B41:B44"/>
     <mergeCell ref="B100:B102"/>
     <mergeCell ref="B88:B90"/>
     <mergeCell ref="B64:B66"/>
     <mergeCell ref="B61:B63"/>
     <mergeCell ref="B57:B59"/>
     <mergeCell ref="B82:B84"/>
     <mergeCell ref="I82:I84"/>
     <mergeCell ref="B91:B93"/>
     <mergeCell ref="I41:I43"/>
     <mergeCell ref="C94:C99"/>
     <mergeCell ref="C41:C44"/>
     <mergeCell ref="E138:E139"/>
-    <mergeCell ref="F138:F139"/>
+    <mergeCell ref="B559:B561"/>
     <mergeCell ref="E41:E44"/>
     <mergeCell ref="B77:B80"/>
     <mergeCell ref="B126:B130"/>
     <mergeCell ref="B109:B111"/>
     <mergeCell ref="B67:B69"/>
     <mergeCell ref="B85:B87"/>
     <mergeCell ref="B586:B588"/>
     <mergeCell ref="D41:D44"/>
     <mergeCell ref="C45:C49"/>
     <mergeCell ref="C53:C56"/>
     <mergeCell ref="B50:B52"/>
     <mergeCell ref="B45:B49"/>
     <mergeCell ref="B70:B72"/>
     <mergeCell ref="C78:C79"/>
     <mergeCell ref="C74:C75"/>
     <mergeCell ref="B245:B248"/>
     <mergeCell ref="B374:B376"/>
     <mergeCell ref="B334:B336"/>
     <mergeCell ref="B216:B218"/>
     <mergeCell ref="B147:B150"/>
     <mergeCell ref="B331:B333"/>
     <mergeCell ref="B206:B208"/>
     <mergeCell ref="B201:B204"/>
-    <mergeCell ref="B172:B175"/>
+    <mergeCell ref="I600:I602"/>
     <mergeCell ref="G182:G183"/>
     <mergeCell ref="I198:I200"/>
     <mergeCell ref="I172:I174"/>
     <mergeCell ref="B212:B215"/>
     <mergeCell ref="I675:I679"/>
     <mergeCell ref="B715:B717"/>
     <mergeCell ref="B718:B720"/>
     <mergeCell ref="B687:B689"/>
     <mergeCell ref="I687:I689"/>
     <mergeCell ref="B690:B692"/>
     <mergeCell ref="I577:I579"/>
     <mergeCell ref="B343:B346"/>
     <mergeCell ref="B328:B330"/>
     <mergeCell ref="B453:B455"/>
     <mergeCell ref="B419:B421"/>
     <mergeCell ref="B406:B408"/>
     <mergeCell ref="I559:I561"/>
     <mergeCell ref="B550:B552"/>
     <mergeCell ref="B527:B529"/>
     <mergeCell ref="I493:I495"/>
     <mergeCell ref="B394:B396"/>
     <mergeCell ref="B447:B449"/>
     <mergeCell ref="I509:I511"/>
-    <mergeCell ref="B559:B561"/>
-[...1 lines deleted...]
-    <mergeCell ref="B465:B467"/>
+    <mergeCell ref="B819:B821"/>
     <mergeCell ref="B462:B464"/>
     <mergeCell ref="B356:B358"/>
     <mergeCell ref="B370:B372"/>
     <mergeCell ref="I801:I803"/>
     <mergeCell ref="B804:B806"/>
     <mergeCell ref="B792:B794"/>
     <mergeCell ref="B795:B797"/>
     <mergeCell ref="B785:B787"/>
     <mergeCell ref="I785:I787"/>
     <mergeCell ref="I788:I790"/>
     <mergeCell ref="B775:B777"/>
     <mergeCell ref="B778:B780"/>
     <mergeCell ref="I766:I768"/>
     <mergeCell ref="B757:B759"/>
     <mergeCell ref="I757:I759"/>
     <mergeCell ref="B760:B762"/>
     <mergeCell ref="I760:I762"/>
     <mergeCell ref="B754:B756"/>
     <mergeCell ref="I754:I756"/>
     <mergeCell ref="B748:B750"/>
     <mergeCell ref="I748:I750"/>
     <mergeCell ref="B675:B679"/>
-    <mergeCell ref="B642:B644"/>
-[...2 lines deleted...]
-    <mergeCell ref="B721:B723"/>
+    <mergeCell ref="I406:I408"/>
+    <mergeCell ref="B882:B884"/>
+    <mergeCell ref="B864:B866"/>
+    <mergeCell ref="B867:B869"/>
+    <mergeCell ref="B870:B872"/>
     <mergeCell ref="B712:B714"/>
     <mergeCell ref="B709:B711"/>
     <mergeCell ref="B589:B591"/>
     <mergeCell ref="B700:B702"/>
     <mergeCell ref="B663:B665"/>
     <mergeCell ref="B751:B753"/>
     <mergeCell ref="B745:B747"/>
     <mergeCell ref="B733:B735"/>
     <mergeCell ref="B736:B738"/>
     <mergeCell ref="B603:B605"/>
     <mergeCell ref="B633:B635"/>
     <mergeCell ref="B630:B632"/>
     <mergeCell ref="B624:B626"/>
     <mergeCell ref="B627:B629"/>
     <mergeCell ref="B612:B614"/>
     <mergeCell ref="B606:B608"/>
     <mergeCell ref="B600:B602"/>
     <mergeCell ref="B639:B641"/>
     <mergeCell ref="B636:B638"/>
+    <mergeCell ref="B816:B818"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C89" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" fitToHeight="10" orientation="landscape" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
-    <sheetView topLeftCell="A16" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C42" sqref="C42"/>
+    <sheetView topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="D33" sqref="D33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.765625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.21875" style="302" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.77734375" style="302"/>
+    <col min="1" max="1" width="2.23046875" style="1015" customWidth="1"/>
+    <col min="2" max="2" width="5.765625" style="1015" customWidth="1"/>
+    <col min="3" max="3" width="43.4609375" style="1015" customWidth="1"/>
+    <col min="4" max="4" width="45.69140625" style="1015" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.23046875" style="1015" customWidth="1"/>
+    <col min="6" max="6" width="20.07421875" style="1015" customWidth="1"/>
+    <col min="7" max="7" width="27.765625" style="1015" customWidth="1"/>
+    <col min="8" max="8" width="26.23046875" style="1015" customWidth="1"/>
+    <col min="9" max="16384" width="8.765625" style="1015"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...51 lines deleted...]
-      <c r="A6" s="309"/>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1" s="1013"/>
+      <c r="B1" s="1013"/>
+      <c r="C1" s="1013"/>
+      <c r="D1" s="1013"/>
+      <c r="E1" s="1013"/>
+      <c r="F1" s="1013"/>
+      <c r="G1" s="1014"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A2" s="1016"/>
+      <c r="B2" s="1016" t="s">
+        <v>582</v>
+      </c>
+      <c r="C2" s="1013"/>
+      <c r="D2" s="1013"/>
+      <c r="E2" s="1013"/>
+      <c r="F2" s="1013"/>
+      <c r="G2" s="1017"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A3" s="1013"/>
+      <c r="B3" s="1016" t="s">
+        <v>581</v>
+      </c>
+      <c r="C3" s="1013"/>
+      <c r="D3" s="1013"/>
+      <c r="E3" s="1013"/>
+      <c r="F3" s="1013"/>
+      <c r="G3" s="1017"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" s="1013"/>
+      <c r="B4" s="1013"/>
+      <c r="C4" s="1013"/>
+      <c r="D4" s="1013"/>
+      <c r="E4" s="1013"/>
+      <c r="F4" s="1013"/>
+      <c r="G4" s="1017"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" s="1013"/>
+      <c r="B5" s="34" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C5" s="1013"/>
+      <c r="D5" s="1013"/>
+      <c r="E5" s="1013"/>
+      <c r="F5" s="1013"/>
+      <c r="G5" s="1017"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" s="1013"/>
       <c r="B6" s="4" t="s">
-        <v>517</v>
-[...8 lines deleted...]
-      <c r="A7" s="309"/>
+        <v>515</v>
+      </c>
+      <c r="C6" s="1013"/>
+      <c r="D6" s="1013"/>
+      <c r="E6" s="1013"/>
+      <c r="F6" s="1013"/>
+      <c r="G6" s="1017"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" s="1013"/>
       <c r="B7" s="4"/>
-      <c r="C7" s="309"/>
-[...5 lines deleted...]
-    <row r="8" spans="1:8" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="1013"/>
+      <c r="D7" s="1013"/>
+      <c r="E7" s="1013"/>
+      <c r="F7" s="1013"/>
+      <c r="G7" s="1017"/>
+    </row>
+    <row r="8" spans="1:8" s="1018" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B8" s="4" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="C10" s="362" t="s">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="G9" s="1014"/>
+    </row>
+    <row r="10" spans="1:8" ht="39" x14ac:dyDescent="0.3">
+      <c r="A10" s="1019"/>
+      <c r="B10" s="356" t="s">
+        <v>509</v>
+      </c>
+      <c r="C10" s="357" t="s">
+        <v>513</v>
+      </c>
+      <c r="D10" s="356" t="s">
+        <v>507</v>
+      </c>
+      <c r="E10" s="356" t="s">
+        <v>506</v>
+      </c>
+      <c r="F10" s="358" t="s">
         <v>514</v>
       </c>
-      <c r="D10" s="361" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="360" t="s">
+      <c r="G10" s="355" t="s">
         <v>191</v>
       </c>
-      <c r="H10" s="360" t="s">
+      <c r="H10" s="355" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="303"/>
-      <c r="B11" s="828">
+      <c r="B11" s="305">
         <f>MAX(B$10:B10)+1</f>
         <v>1</v>
       </c>
-      <c r="C11" s="829" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="830" t="s">
+      <c r="C11" s="1020" t="s">
+        <v>511</v>
+      </c>
+      <c r="D11" s="304" t="s">
         <v>138</v>
       </c>
-      <c r="E11" s="831" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="831">
+      <c r="E11" s="1021" t="s">
+        <v>120</v>
+      </c>
+      <c r="F11" s="1021">
         <v>8</v>
       </c>
-      <c r="G11" s="904">
+      <c r="G11" s="88">
         <v>43661</v>
       </c>
-      <c r="H11" s="832"/>
-[...2 lines deleted...]
-      <c r="B12" s="828">
+      <c r="H11" s="1022"/>
+    </row>
+    <row r="12" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="305">
         <f>MAX(B$10:B11)+1</f>
         <v>2</v>
       </c>
-      <c r="C12" s="829" t="s">
-[...2 lines deleted...]
-      <c r="D12" s="830" t="s">
+      <c r="C12" s="1020" t="s">
+        <v>522</v>
+      </c>
+      <c r="D12" s="304" t="s">
         <v>132</v>
       </c>
-      <c r="E12" s="831" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="831">
+      <c r="E12" s="1021" t="s">
+        <v>120</v>
+      </c>
+      <c r="F12" s="1021">
         <v>8</v>
       </c>
-      <c r="G12" s="904">
+      <c r="G12" s="88">
         <v>43678</v>
       </c>
-      <c r="H12" s="905"/>
-[...2 lines deleted...]
-      <c r="B13" s="828">
+      <c r="H12" s="1023"/>
+    </row>
+    <row r="13" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B13" s="305">
         <f>MAX(B$10:B12)+1</f>
         <v>3</v>
       </c>
-      <c r="C13" s="906" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="907" t="s">
+      <c r="C13" s="17" t="s">
+        <v>523</v>
+      </c>
+      <c r="D13" s="339" t="s">
         <v>129</v>
       </c>
-      <c r="E13" s="908" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="908">
+      <c r="E13" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F13" s="15">
         <v>8</v>
       </c>
-      <c r="G13" s="904">
+      <c r="G13" s="88">
         <v>43678</v>
       </c>
-      <c r="H13" s="832"/>
-[...2 lines deleted...]
-      <c r="B14" s="828">
+      <c r="H13" s="1022"/>
+    </row>
+    <row r="14" spans="1:8" ht="39" x14ac:dyDescent="0.3">
+      <c r="B14" s="305">
         <f>MAX(B$10:B13)+1</f>
         <v>4</v>
       </c>
-      <c r="C14" s="906" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="833" t="s">
+      <c r="C14" s="17" t="s">
+        <v>707</v>
+      </c>
+      <c r="D14" s="1024" t="s">
         <v>138</v>
       </c>
-      <c r="E14" s="908" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="831">
+      <c r="E14" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F14" s="1021">
         <v>8</v>
       </c>
-      <c r="G14" s="904">
+      <c r="G14" s="88">
         <v>43739</v>
       </c>
-      <c r="H14" s="834" t="s">
-[...4 lines deleted...]
-      <c r="B15" s="828">
+      <c r="H14" s="1025" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B15" s="305">
         <f>MAX(B$10:B14)+1</f>
         <v>5</v>
       </c>
-      <c r="C15" s="833" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="830" t="s">
+      <c r="C15" s="1024" t="s">
+        <v>567</v>
+      </c>
+      <c r="D15" s="304" t="s">
         <v>206</v>
       </c>
-      <c r="E15" s="835" t="s">
-[...2 lines deleted...]
-      <c r="F15" s="836">
+      <c r="E15" s="341" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F15" s="6">
         <v>8</v>
       </c>
-      <c r="G15" s="837">
+      <c r="G15" s="83">
         <v>43838</v>
       </c>
-      <c r="H15" s="909"/>
-[...2 lines deleted...]
-      <c r="B16" s="828">
+      <c r="H15" s="13"/>
+    </row>
+    <row r="16" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="305">
         <f>MAX(B$10:B15)+1</f>
         <v>6</v>
       </c>
-      <c r="C16" s="838" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="830" t="s">
+      <c r="C16" s="371" t="s">
+        <v>594</v>
+      </c>
+      <c r="D16" s="304" t="s">
         <v>206</v>
       </c>
-      <c r="E16" s="839" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="908">
+      <c r="E16" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" s="15">
         <v>8</v>
       </c>
-      <c r="G16" s="840">
+      <c r="G16" s="381">
         <v>43994</v>
       </c>
-      <c r="H16" s="910"/>
-[...2 lines deleted...]
-      <c r="B17" s="828">
+      <c r="H16" s="24"/>
+    </row>
+    <row r="17" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="305">
         <f>MAX(B$10:B16)+1</f>
         <v>7</v>
       </c>
-      <c r="C17" s="911" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="922" t="s">
+      <c r="C17" s="1026" t="s">
+        <v>600</v>
+      </c>
+      <c r="D17" s="819" t="s">
         <v>135</v>
       </c>
-      <c r="E17" s="839" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="908">
+      <c r="E17" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" s="15">
         <v>8</v>
       </c>
-      <c r="G17" s="840">
+      <c r="G17" s="381">
         <v>43983</v>
       </c>
-      <c r="H17" s="842"/>
-[...2 lines deleted...]
-      <c r="B18" s="828">
+      <c r="H17" s="1027"/>
+    </row>
+    <row r="18" spans="2:8" s="1018" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="305">
         <f>MAX(B$10:B17)+1</f>
         <v>8</v>
       </c>
-      <c r="C18" s="906" t="s">
-[...8 lines deleted...]
-      <c r="F18" s="908">
+      <c r="C18" s="17" t="s">
+        <v>611</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>612</v>
+      </c>
+      <c r="E18" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" s="15">
         <v>8</v>
       </c>
-      <c r="G18" s="840">
+      <c r="G18" s="381">
         <v>43963</v>
       </c>
-      <c r="H18" s="913"/>
-[...2 lines deleted...]
-      <c r="B19" s="828">
+      <c r="H18" s="41"/>
+    </row>
+    <row r="19" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="305">
         <f>MAX(B$10:B18)+1</f>
         <v>9</v>
       </c>
-      <c r="C19" s="843" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="906" t="s">
+      <c r="C19" s="371" t="s">
         <v>645</v>
       </c>
-      <c r="E19" s="839" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="908">
+      <c r="D19" s="17" t="s">
+        <v>642</v>
+      </c>
+      <c r="E19" s="54" t="s">
+        <v>120</v>
+      </c>
+      <c r="F19" s="15">
         <v>8</v>
       </c>
-      <c r="G19" s="904">
-[...7 lines deleted...]
-      <c r="B20" s="828">
+      <c r="G19" s="87">
+        <v>44105</v>
+      </c>
+      <c r="H19" s="24"/>
+    </row>
+    <row r="20" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="10">
         <f>MAX(B$10:B19)+1</f>
         <v>10</v>
       </c>
-      <c r="C20" s="838" t="s">
-[...8 lines deleted...]
-      <c r="F20" s="908">
+      <c r="C20" s="1028" t="s">
+        <v>779</v>
+      </c>
+      <c r="D20" s="875" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E20" s="520" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F20" s="511">
         <v>8</v>
       </c>
-      <c r="G20" s="914">
-[...5 lines deleted...]
-      <c r="B21" s="845">
+      <c r="G20" s="83">
+        <v>44449</v>
+      </c>
+      <c r="H20" s="9"/>
+    </row>
+    <row r="21" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="10">
         <f>MAX(B$10:B20)+1</f>
         <v>11</v>
       </c>
-      <c r="C21" s="846" t="s">
-[...8 lines deleted...]
-      <c r="F21" s="849">
+      <c r="C21" s="1028" t="s">
+        <v>808</v>
+      </c>
+      <c r="D21" s="1029" t="s">
+        <v>118</v>
+      </c>
+      <c r="E21" s="520" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F21" s="511">
         <v>8</v>
       </c>
-      <c r="G21" s="837">
-[...5 lines deleted...]
-      <c r="B22" s="845">
+      <c r="G21" s="83">
+        <v>44548</v>
+      </c>
+      <c r="H21" s="9"/>
+    </row>
+    <row r="22" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B22" s="10">
         <f>MAX(B$10:B21)+1</f>
         <v>12</v>
       </c>
-      <c r="C22" s="846" t="s">
-[...8 lines deleted...]
-      <c r="F22" s="849">
+      <c r="C22" s="13" t="s">
+        <v>809</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="E22" s="520" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F22" s="511">
         <v>8</v>
       </c>
-      <c r="G22" s="837">
-[...5 lines deleted...]
-      <c r="B23" s="845">
+      <c r="G22" s="83">
+        <v>44516</v>
+      </c>
+      <c r="H22" s="13"/>
+    </row>
+    <row r="23" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="10">
         <f>MAX(B$10:B22)+1</f>
         <v>13</v>
       </c>
-      <c r="C23" s="909" t="s">
-[...8 lines deleted...]
-      <c r="F23" s="849">
+      <c r="C23" s="17" t="s">
+        <v>818</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>206</v>
+      </c>
+      <c r="E23" s="520" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F23" s="511">
         <v>8</v>
       </c>
-      <c r="G23" s="837">
-[...6 lines deleted...]
-        <f>MAX(B$10:B23)+1</f>
+      <c r="G23" s="83">
+        <v>44620</v>
+      </c>
+      <c r="H23" s="48"/>
+    </row>
+    <row r="24" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B24" s="6">
+        <f>MAX(B$22:B23)+1</f>
         <v>14</v>
       </c>
-      <c r="C24" s="906" t="s">
-[...2 lines deleted...]
-      <c r="D24" s="906" t="s">
+      <c r="C24" s="1030" t="s">
+        <v>820</v>
+      </c>
+      <c r="D24" s="1024" t="s">
+        <v>138</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F24" s="511">
+        <v>8</v>
+      </c>
+      <c r="G24" s="83">
+        <v>44593</v>
+      </c>
+      <c r="H24" s="1023"/>
+    </row>
+    <row r="25" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B25" s="6">
+        <f>MAX(B$22:B24)+1</f>
+        <v>15</v>
+      </c>
+      <c r="C25" s="17" t="s">
+        <v>899</v>
+      </c>
+      <c r="D25" s="17" t="s">
         <v>206</v>
       </c>
-      <c r="E24" s="848" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="849">
+      <c r="E25" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F25" s="511">
         <v>8</v>
       </c>
-      <c r="G24" s="837">
-[...18 lines deleted...]
-      <c r="F25" s="849">
+      <c r="G25" s="83">
+        <v>44834</v>
+      </c>
+      <c r="H25" s="656"/>
+    </row>
+    <row r="26" spans="2:8" s="1018" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="6">
+        <f>MAX(B$22:B25)+1</f>
+        <v>16</v>
+      </c>
+      <c r="C26" s="334" t="s">
+        <v>933</v>
+      </c>
+      <c r="D26" s="334" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E26" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F26" s="25">
         <v>8</v>
       </c>
-      <c r="G25" s="837">
-[...12 lines deleted...]
-      <c r="D26" s="906" t="s">
+      <c r="G26" s="88">
+        <v>44927</v>
+      </c>
+      <c r="H26" s="388"/>
+    </row>
+    <row r="27" spans="2:8" s="1018" customFormat="1" ht="26.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="6">
+        <f>MAX(B$22:B26)+1</f>
+        <v>17</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>953</v>
+      </c>
+      <c r="D27" s="13" t="s">
+        <v>534</v>
+      </c>
+      <c r="E27" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F27" s="15">
+        <v>8</v>
+      </c>
+      <c r="G27" s="88">
+        <v>44942</v>
+      </c>
+      <c r="H27" s="499"/>
+    </row>
+    <row r="28" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B28" s="6">
+        <f>MAX(B$22:B27)+1</f>
+        <v>18</v>
+      </c>
+      <c r="C28" s="1023" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D28" s="1029" t="s">
+        <v>118</v>
+      </c>
+      <c r="E28" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" s="15">
+        <v>8</v>
+      </c>
+      <c r="G28" s="88">
+        <v>45139</v>
+      </c>
+      <c r="H28" s="1023"/>
+    </row>
+    <row r="29" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="6">
+        <f>MAX(B$22:B28)+1</f>
+        <v>19</v>
+      </c>
+      <c r="C29" s="1023" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D29" s="1029" t="s">
+        <v>118</v>
+      </c>
+      <c r="E29" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" s="15">
+        <v>8</v>
+      </c>
+      <c r="G29" s="88">
+        <v>45200</v>
+      </c>
+      <c r="H29" s="1023"/>
+    </row>
+    <row r="30" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="6">
+        <f>MAX(B$22:B29)+1</f>
+        <v>20</v>
+      </c>
+      <c r="C30" s="334" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D30" s="334" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E30" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F30" s="15">
+        <v>8</v>
+      </c>
+      <c r="G30" s="88">
+        <v>45258</v>
+      </c>
+      <c r="H30" s="388"/>
+    </row>
+    <row r="31" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="6">
+        <f>MAX(B$22:B30)+1</f>
+        <v>21</v>
+      </c>
+      <c r="C31" s="17" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D31" s="17" t="s">
+        <v>318</v>
+      </c>
+      <c r="E31" s="1008" t="s">
+        <v>120</v>
+      </c>
+      <c r="F31" s="15">
+        <v>8</v>
+      </c>
+      <c r="G31" s="132">
+        <v>45261</v>
+      </c>
+      <c r="H31" s="646"/>
+    </row>
+    <row r="32" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B32" s="6">
+        <f>MAX(B$22:B31)+1</f>
+        <v>22</v>
+      </c>
+      <c r="C32" s="371" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D32" s="17" t="s">
+        <v>642</v>
+      </c>
+      <c r="E32" s="54" t="s">
+        <v>120</v>
+      </c>
+      <c r="F32" s="15">
+        <v>8</v>
+      </c>
+      <c r="G32" s="87">
+        <v>45306</v>
+      </c>
+      <c r="H32" s="24"/>
+    </row>
+    <row r="33" spans="2:8" s="1018" customFormat="1" ht="78" x14ac:dyDescent="0.25">
+      <c r="B33" s="6">
+        <f>MAX(B$22:B32)+1</f>
+        <v>23</v>
+      </c>
+      <c r="C33" s="13" t="s">
+        <v>331</v>
+      </c>
+      <c r="D33" s="13" t="s">
         <v>206</v>
       </c>
-      <c r="E26" s="845" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="849">
+      <c r="E33" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F33" s="15">
         <v>8</v>
       </c>
-      <c r="G26" s="837">
-[...18 lines deleted...]
-      <c r="F27" s="917">
+      <c r="G33" s="88">
+        <v>45330</v>
+      </c>
+      <c r="H33" s="522" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="34" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B34" s="6">
+        <f>MAX(B$22:B33)+1</f>
+        <v>24</v>
+      </c>
+      <c r="C34" s="13" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D34" s="17" t="s">
+        <v>206</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F34" s="511">
         <v>8</v>
       </c>
-      <c r="G27" s="904">
-[...18 lines deleted...]
-      <c r="F28" s="908">
+      <c r="G34" s="87">
+        <v>45473</v>
+      </c>
+      <c r="H34" s="753"/>
+    </row>
+    <row r="35" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="1012">
+        <f>MAX(B$10:B34)+1</f>
+        <v>25</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D35" s="819" t="s">
+        <v>135</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F35" s="511">
         <v>8</v>
       </c>
-      <c r="G28" s="904">
-[...18 lines deleted...]
-      <c r="F29" s="908">
+      <c r="G35" s="87">
+        <v>45444</v>
+      </c>
+      <c r="H35" s="1027"/>
+    </row>
+    <row r="36" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B36" s="1012">
+        <f>MAX(B$10:B35)+1</f>
+        <v>26</v>
+      </c>
+      <c r="C36" s="13" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D36" s="334" t="s">
+        <v>576</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F36" s="511">
         <v>8</v>
       </c>
-      <c r="G29" s="904">
-[...161 lines deleted...]
-      <c r="B37" s="856">
+      <c r="G36" s="87">
+        <v>45526</v>
+      </c>
+      <c r="H36" s="1027"/>
+    </row>
+    <row r="37" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B37" s="1031">
         <f>MAX(B$10:B36)+1</f>
         <v>27</v>
       </c>
-      <c r="C37" s="909" t="s">
-[...8 lines deleted...]
-      <c r="F37" s="849">
+      <c r="C37" s="1032" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D37" s="1033" t="s">
+        <v>642</v>
+      </c>
+      <c r="E37" s="1034" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F37" s="1035">
         <v>8</v>
       </c>
-      <c r="G37" s="914">
-[...5 lines deleted...]
-      <c r="B38" s="856">
+      <c r="G37" s="1036">
+        <v>45536</v>
+      </c>
+      <c r="H37" s="1037"/>
+    </row>
+    <row r="38" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B38" s="1038">
         <f>MAX(B$10:B37)+1</f>
         <v>28</v>
       </c>
-      <c r="C38" s="909" t="s">
-[...8 lines deleted...]
-      <c r="F38" s="849">
+      <c r="C38" s="1032" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D38" s="1032" t="s">
+        <v>148</v>
+      </c>
+      <c r="E38" s="1034" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F38" s="1035">
         <v>8</v>
       </c>
-      <c r="G38" s="914">
-[...5 lines deleted...]
-      <c r="B39" s="828">
+      <c r="G38" s="1039">
+        <v>45733</v>
+      </c>
+      <c r="H38" s="1040"/>
+    </row>
+    <row r="39" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="B39" s="1038">
         <f>MAX(B$10:B38)+1</f>
         <v>29</v>
       </c>
-      <c r="C39" s="909" t="s">
-[...8 lines deleted...]
-      <c r="F39" s="921">
+      <c r="C39" s="1037" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D39" s="1033" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E39" s="1034" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F39" s="1041">
         <v>8</v>
       </c>
-      <c r="G39" s="914">
-[...24 lines deleted...]
-      <c r="H40" s="918"/>
+      <c r="G39" s="1039">
+        <v>45992</v>
+      </c>
+      <c r="H39" s="1042"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>PI</vt:lpstr>