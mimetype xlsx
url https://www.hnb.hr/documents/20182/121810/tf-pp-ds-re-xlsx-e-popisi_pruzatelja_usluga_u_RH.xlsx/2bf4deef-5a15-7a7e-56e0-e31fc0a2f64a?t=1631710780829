--- v1 (2026-01-05)
+++ v2 (2026-03-14)
@@ -8,664 +8,668 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\PASSPORTING\EVIDENCIJA zaprimljenih notifikacija (POPIS)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B405E0B-7548-4A5A-88B2-D2A29F785546}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63EDDAFD-F162-4C42-8A30-49A0426F7DCA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PI" sheetId="5" r:id="rId1"/>
     <sheet name="EMI" sheetId="6" r:id="rId2"/>
     <sheet name="AISP" sheetId="7" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">PI!$B$27:$H$27</definedName>
     <definedName name="syspay">EMI!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B882" i="6" l="1"/>
-  <c r="B879" i="6" l="1"/>
+  <c r="B527" i="5" l="1"/>
+  <c r="B526" i="5"/>
   <c r="B39" i="7"/>
-  <c r="B876" i="6"/>
-[...5 lines deleted...]
-  <c r="B858" i="6"/>
   <c r="B28" i="6" l="1"/>
   <c r="B28" i="5"/>
   <c r="B31" i="6" l="1"/>
   <c r="B11" i="7" l="1"/>
   <c r="B29" i="5"/>
   <c r="B12" i="7" l="1"/>
   <c r="B13" i="7" s="1"/>
   <c r="B14" i="7" s="1"/>
-  <c r="B146" i="5"/>
-  <c r="B148" i="5" s="1"/>
+  <c r="B149" i="5"/>
   <c r="B35" i="6"/>
   <c r="B15" i="7" l="1"/>
   <c r="B41" i="6"/>
   <c r="B45" i="6" s="1"/>
   <c r="B16" i="7" l="1"/>
   <c r="B17" i="7" s="1"/>
-  <c r="B149" i="5"/>
+  <c r="B151" i="5"/>
   <c r="B50" i="6"/>
   <c r="B18" i="7"/>
-  <c r="B150" i="5" l="1"/>
+  <c r="B152" i="5" l="1"/>
   <c r="B53" i="6"/>
   <c r="B19" i="7" l="1"/>
-  <c r="B151" i="5"/>
+  <c r="B153" i="5"/>
   <c r="B57" i="6"/>
   <c r="B61" i="6" l="1"/>
   <c r="B64" i="6" s="1"/>
   <c r="B20" i="7"/>
-  <c r="B153" i="5"/>
+  <c r="B155" i="5"/>
   <c r="B21" i="7" l="1"/>
   <c r="B22" i="7" s="1"/>
   <c r="B67" i="6"/>
   <c r="B70" i="6" s="1"/>
-  <c r="B156" i="5"/>
-  <c r="B157" i="5" s="1"/>
+  <c r="B158" i="5"/>
+  <c r="B159" i="5" s="1"/>
   <c r="B73" i="6" l="1"/>
   <c r="B77" i="6" s="1"/>
   <c r="B82" i="6" s="1"/>
   <c r="B85" i="6" s="1"/>
   <c r="B23" i="7"/>
   <c r="B24" i="7" s="1"/>
-  <c r="B158" i="5"/>
+  <c r="B160" i="5"/>
   <c r="B25" i="7" l="1"/>
   <c r="B88" i="6"/>
   <c r="B91" i="6" s="1"/>
   <c r="B26" i="7"/>
   <c r="B27" i="7" s="1"/>
-  <c r="B159" i="5"/>
+  <c r="B161" i="5"/>
   <c r="B94" i="6" l="1"/>
   <c r="B28" i="7"/>
-  <c r="B160" i="5"/>
+  <c r="B162" i="5"/>
   <c r="B29" i="7" l="1"/>
   <c r="B100" i="6"/>
   <c r="B103" i="6" s="1"/>
   <c r="B106" i="6" s="1"/>
   <c r="B109" i="6" s="1"/>
-  <c r="B163" i="5"/>
+  <c r="B165" i="5"/>
   <c r="B30" i="7" l="1"/>
   <c r="B31" i="7" s="1"/>
   <c r="B32" i="7" s="1"/>
   <c r="B112" i="6"/>
   <c r="B116" i="6" s="1"/>
   <c r="B119" i="6" s="1"/>
   <c r="B33" i="7"/>
   <c r="B34" i="7"/>
   <c r="B35" i="7" s="1"/>
   <c r="B36" i="7" s="1"/>
   <c r="B37" i="7" s="1"/>
   <c r="B38" i="7" s="1"/>
-  <c r="B165" i="5"/>
-  <c r="B166" i="5" s="1"/>
+  <c r="B167" i="5"/>
   <c r="B168" i="5" s="1"/>
   <c r="B170" i="5" s="1"/>
   <c r="B172" i="5" s="1"/>
-  <c r="B173" i="5" s="1"/>
   <c r="B174" i="5" s="1"/>
   <c r="B175" i="5" s="1"/>
+  <c r="B176" i="5" s="1"/>
   <c r="B177" i="5" s="1"/>
-  <c r="B178" i="5" s="1"/>
   <c r="B179" i="5" s="1"/>
   <c r="B180" i="5" s="1"/>
+  <c r="B181" i="5" s="1"/>
+  <c r="B182" i="5" s="1"/>
   <c r="B126" i="6" l="1"/>
   <c r="B132" i="6" s="1"/>
   <c r="B140" i="6" s="1"/>
   <c r="B143" i="6" s="1"/>
-  <c r="B181" i="5"/>
-  <c r="B182" i="5" s="1"/>
+  <c r="B183" i="5"/>
+  <c r="B184" i="5" s="1"/>
   <c r="B147" i="6" l="1"/>
   <c r="B151" i="6" s="1"/>
   <c r="B155" i="6" s="1"/>
-  <c r="B183" i="5"/>
-[...1 lines deleted...]
-  <c r="B187" i="5" s="1"/>
+  <c r="B185" i="5"/>
   <c r="B188" i="5" s="1"/>
+  <c r="B189" i="5" s="1"/>
   <c r="B190" i="5" s="1"/>
-  <c r="B193" i="5" s="1"/>
-[...1 lines deleted...]
-  <c r="B197" i="5" s="1"/>
+  <c r="B192" i="5" s="1"/>
+  <c r="B195" i="5" s="1"/>
+  <c r="B197" i="5" l="1"/>
   <c r="B199" i="5" s="1"/>
+  <c r="B201" i="5" s="1"/>
+  <c r="B202" i="5" s="1"/>
+  <c r="B204" i="5" s="1"/>
   <c r="B159" i="6"/>
-  <c r="B201" i="5" l="1"/>
-[...3 lines deleted...]
-  <c r="B207" i="5" s="1"/>
+  <c r="B205" i="5" l="1"/>
+  <c r="B206" i="5" s="1"/>
   <c r="B208" i="5" s="1"/>
-  <c r="B209" i="5" s="1"/>
+  <c r="B210" i="5" s="1"/>
   <c r="B211" i="5" s="1"/>
+  <c r="B212" i="5" s="1"/>
   <c r="B163" i="6"/>
-  <c r="B212" i="5" l="1"/>
-[...2 lines deleted...]
-  <c r="B218" i="5" s="1"/>
+  <c r="B214" i="5" l="1"/>
+  <c r="B216" i="5" s="1"/>
+  <c r="B218" i="5" l="1"/>
+  <c r="B220" i="5" s="1"/>
   <c r="B166" i="6"/>
-  <c r="B220" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B222" i="5" s="1"/>
+  <c r="B222" i="5" l="1"/>
+  <c r="B223" i="5" s="1"/>
+  <c r="B224" i="5" s="1"/>
   <c r="B169" i="6"/>
-  <c r="B226" i="5" l="1"/>
-  <c r="B227" i="5" l="1"/>
+  <c r="B228" i="5" l="1"/>
+  <c r="B229" i="5" l="1"/>
   <c r="B172" i="6"/>
-  <c r="B228" i="5" l="1"/>
-  <c r="B229" i="5" s="1"/>
+  <c r="B230" i="5" l="1"/>
   <c r="B231" i="5" s="1"/>
   <c r="B233" i="5" s="1"/>
-  <c r="B234" i="5" s="1"/>
   <c r="B235" i="5" s="1"/>
+  <c r="B236" i="5" s="1"/>
+  <c r="B237" i="5" s="1"/>
   <c r="B176" i="6"/>
-  <c r="B237" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B239" i="5" s="1"/>
+  <c r="B239" i="5" l="1"/>
+  <c r="B240" i="5" s="1"/>
+  <c r="B241" i="5" s="1"/>
   <c r="B179" i="6"/>
   <c r="B182" i="6" l="1"/>
   <c r="B185" i="6" l="1"/>
-  <c r="B240" i="5"/>
+  <c r="B242" i="5"/>
   <c r="B188" i="6" l="1"/>
-  <c r="B241" i="5"/>
+  <c r="B243" i="5"/>
   <c r="B191" i="6" l="1"/>
   <c r="B195" i="6" l="1"/>
-  <c r="B242" i="5"/>
+  <c r="B244" i="5"/>
   <c r="B198" i="6" l="1"/>
   <c r="B201" i="6" l="1"/>
-  <c r="B243" i="5"/>
-[...2 lines deleted...]
-  <c r="B246" i="5" s="1"/>
+  <c r="B245" i="5"/>
+  <c r="B246" i="5" l="1"/>
+  <c r="B247" i="5" l="1"/>
   <c r="B248" i="5" s="1"/>
-  <c r="B250" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B252" i="5" s="1"/>
+  <c r="B250" i="5" s="1"/>
+  <c r="B252" i="5" l="1"/>
+  <c r="B253" i="5" s="1"/>
+  <c r="B254" i="5" s="1"/>
   <c r="B206" i="6"/>
-  <c r="B255" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B261" i="5" s="1"/>
+  <c r="B257" i="5" l="1"/>
+  <c r="B262" i="5" s="1"/>
   <c r="B263" i="5" s="1"/>
-  <c r="B264" i="5" s="1"/>
   <c r="B265" i="5" s="1"/>
   <c r="B266" i="5" s="1"/>
   <c r="B267" i="5" s="1"/>
+  <c r="B268" i="5" s="1"/>
   <c r="B269" i="5" s="1"/>
-  <c r="B270" i="5" s="1"/>
+  <c r="B271" i="5" s="1"/>
   <c r="B272" i="5" s="1"/>
   <c r="B274" i="5" s="1"/>
-  <c r="B275" i="5" s="1"/>
   <c r="B276" i="5" s="1"/>
   <c r="B277" i="5" s="1"/>
   <c r="B278" i="5" s="1"/>
   <c r="B279" i="5" s="1"/>
+  <c r="B280" i="5" s="1"/>
+  <c r="B281" i="5" s="1"/>
   <c r="B209" i="6"/>
-  <c r="B281" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B283" i="5" s="1"/>
+  <c r="B283" i="5" l="1"/>
   <c r="B284" i="5" s="1"/>
   <c r="B285" i="5" s="1"/>
   <c r="B286" i="5" s="1"/>
   <c r="B287" i="5" s="1"/>
+  <c r="B288" i="5" s="1"/>
   <c r="B289" i="5" s="1"/>
-  <c r="B290" i="5" s="1"/>
   <c r="B291" i="5" s="1"/>
   <c r="B292" i="5" s="1"/>
+  <c r="B293" i="5" s="1"/>
   <c r="B294" i="5" s="1"/>
   <c r="B296" i="5" s="1"/>
-  <c r="B297" i="5" s="1"/>
   <c r="B298" i="5" s="1"/>
+  <c r="B299" i="5" s="1"/>
+  <c r="B300" i="5" s="1"/>
   <c r="B212" i="6"/>
-  <c r="B299" i="5" l="1"/>
-  <c r="B300" i="5" s="1"/>
   <c r="B301" i="5" l="1"/>
   <c r="B302" i="5" s="1"/>
-  <c r="B303" i="5" s="1"/>
+  <c r="B303" i="5" l="1"/>
   <c r="B304" i="5" s="1"/>
   <c r="B305" i="5" s="1"/>
   <c r="B306" i="5" s="1"/>
+  <c r="B307" i="5" s="1"/>
   <c r="B308" i="5" s="1"/>
   <c r="B310" i="5" s="1"/>
+  <c r="B312" i="5" s="1"/>
   <c r="B216" i="6"/>
-  <c r="B311" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B314" i="5" s="1"/>
+  <c r="B313" i="5" l="1"/>
   <c r="B315" i="5" s="1"/>
   <c r="B316" i="5" s="1"/>
   <c r="B317" i="5" s="1"/>
   <c r="B318" i="5" s="1"/>
   <c r="B319" i="5" s="1"/>
   <c r="B320" i="5" s="1"/>
   <c r="B321" i="5" s="1"/>
   <c r="B322" i="5" s="1"/>
-  <c r="B325" i="5" s="1"/>
-  <c r="B326" i="5" s="1"/>
+  <c r="B323" i="5" s="1"/>
+  <c r="B324" i="5" s="1"/>
   <c r="B327" i="5" s="1"/>
   <c r="B328" i="5" s="1"/>
   <c r="B329" i="5" s="1"/>
   <c r="B330" i="5" s="1"/>
   <c r="B331" i="5" s="1"/>
+  <c r="B332" i="5" s="1"/>
+  <c r="B333" i="5" s="1"/>
   <c r="B219" i="6"/>
-  <c r="B332" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B334" i="5" s="1"/>
+  <c r="B334" i="5" l="1"/>
   <c r="B335" i="5" s="1"/>
+  <c r="B336" i="5" s="1"/>
   <c r="B337" i="5" s="1"/>
-  <c r="B338" i="5" s="1"/>
   <c r="B339" i="5" s="1"/>
+  <c r="B340" i="5" s="1"/>
   <c r="B341" i="5" s="1"/>
-  <c r="B342" i="5" s="1"/>
   <c r="B343" i="5" s="1"/>
   <c r="B344" i="5" s="1"/>
+  <c r="B345" i="5" s="1"/>
   <c r="B346" i="5" s="1"/>
-  <c r="B347" i="5" s="1"/>
   <c r="B348" i="5" s="1"/>
+  <c r="B349" i="5" s="1"/>
+  <c r="B350" i="5" s="1"/>
   <c r="B228" i="6"/>
-  <c r="B349" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B351" i="5" s="1"/>
+  <c r="B351" i="5" l="1"/>
   <c r="B352" i="5" s="1"/>
   <c r="B353" i="5" s="1"/>
+  <c r="B354" i="5" s="1"/>
   <c r="B355" i="5" s="1"/>
-  <c r="B356" i="5" s="1"/>
   <c r="B357" i="5" s="1"/>
+  <c r="B358" i="5" s="1"/>
+  <c r="B359" i="5" s="1"/>
   <c r="B231" i="6"/>
-  <c r="B358" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B360" i="5" s="1"/>
+  <c r="B360" i="5" l="1"/>
   <c r="B361" i="5" s="1"/>
   <c r="B362" i="5" s="1"/>
   <c r="B363" i="5" s="1"/>
+  <c r="B364" i="5" s="1"/>
   <c r="B365" i="5" s="1"/>
-  <c r="B366" i="5" s="1"/>
   <c r="B367" i="5" s="1"/>
   <c r="B368" i="5" s="1"/>
   <c r="B369" i="5" s="1"/>
+  <c r="B370" i="5" s="1"/>
+  <c r="B371" i="5" s="1"/>
   <c r="B235" i="6"/>
-  <c r="B370" i="5" l="1"/>
-  <c r="B373" i="5" s="1"/>
+  <c r="B372" i="5" l="1"/>
   <c r="B238" i="6"/>
-  <c r="B374" i="5" l="1"/>
-[...1 lines deleted...]
-  <c r="B376" i="5" s="1"/>
+  <c r="B375" i="5" l="1"/>
+  <c r="B243" i="6"/>
+  <c r="B246" i="6" s="1"/>
+  <c r="B250" i="6" s="1"/>
+  <c r="B253" i="6" s="1"/>
+  <c r="B256" i="6" s="1"/>
+  <c r="B259" i="6" s="1"/>
+  <c r="B262" i="6" s="1"/>
+  <c r="B266" i="6" s="1"/>
+  <c r="B376" i="5" l="1"/>
   <c r="B377" i="5" s="1"/>
-  <c r="B379" i="5" s="1"/>
+  <c r="B378" i="5" s="1"/>
   <c r="B380" i="5" s="1"/>
-  <c r="B242" i="6"/>
-[...8 lines deleted...]
-  <c r="B384" i="5" s="1"/>
+  <c r="B381" i="5" s="1"/>
+  <c r="B269" i="6"/>
+  <c r="B272" i="6" s="1"/>
+  <c r="B275" i="6" s="1"/>
+  <c r="B278" i="6" s="1"/>
+  <c r="B281" i="6" s="1"/>
+  <c r="B285" i="6" s="1"/>
+  <c r="B289" i="6" s="1"/>
+  <c r="B383" i="5" l="1"/>
   <c r="B385" i="5" s="1"/>
   <c r="B386" i="5" s="1"/>
-  <c r="B268" i="6"/>
-[...7 lines deleted...]
-  <c r="B388" i="5" s="1"/>
+  <c r="B387" i="5" s="1"/>
+  <c r="B292" i="6"/>
+  <c r="B295" i="6" s="1"/>
+  <c r="B298" i="6" s="1"/>
+  <c r="B302" i="6" s="1"/>
+  <c r="B388" i="5" l="1"/>
   <c r="B389" i="5" s="1"/>
   <c r="B390" i="5" s="1"/>
   <c r="B391" i="5" s="1"/>
-  <c r="B393" i="5" s="1"/>
-[...7 lines deleted...]
-  <c r="B399" i="5" s="1"/>
+  <c r="B392" i="5" s="1"/>
+  <c r="B394" i="5" s="1"/>
+  <c r="B396" i="5" s="1"/>
+  <c r="B306" i="6"/>
+  <c r="B397" i="5" l="1"/>
+  <c r="B398" i="5" s="1"/>
   <c r="B400" i="5" s="1"/>
   <c r="B401" i="5" s="1"/>
-  <c r="B305" i="6"/>
-  <c r="B402" i="5" l="1"/>
+  <c r="B402" i="5" s="1"/>
   <c r="B403" i="5" s="1"/>
   <c r="B404" i="5" s="1"/>
   <c r="B405" i="5" s="1"/>
   <c r="B406" i="5" s="1"/>
   <c r="B407" i="5" s="1"/>
   <c r="B408" i="5" s="1"/>
   <c r="B409" i="5" s="1"/>
   <c r="B410" i="5" s="1"/>
   <c r="B411" i="5" s="1"/>
   <c r="B412" i="5" s="1"/>
   <c r="B413" i="5" s="1"/>
   <c r="B414" i="5" s="1"/>
   <c r="B415" i="5" s="1"/>
-  <c r="B308" i="6"/>
-[...14 lines deleted...]
-  <c r="B417" i="5" s="1"/>
+  <c r="B416" i="5" s="1"/>
+  <c r="B309" i="6"/>
+  <c r="B314" i="6" s="1"/>
+  <c r="B320" i="6" s="1"/>
+  <c r="B323" i="6" l="1"/>
+  <c r="B326" i="6" s="1"/>
+  <c r="B329" i="6" s="1"/>
+  <c r="B332" i="6" s="1"/>
+  <c r="B335" i="6" s="1"/>
+  <c r="B338" i="6" s="1"/>
+  <c r="B341" i="6" s="1"/>
+  <c r="B344" i="6" s="1"/>
+  <c r="B348" i="6" s="1"/>
+  <c r="B351" i="6" s="1"/>
+  <c r="B354" i="6" s="1"/>
+  <c r="B417" i="5"/>
   <c r="B418" i="5" s="1"/>
-  <c r="B421" i="5" s="1"/>
-[...1 lines deleted...]
-  <c r="B423" i="5" s="1"/>
+  <c r="B419" i="5" s="1"/>
+  <c r="B422" i="5" s="1"/>
+  <c r="B423" i="5" l="1"/>
   <c r="B424" i="5" s="1"/>
   <c r="B425" i="5" s="1"/>
   <c r="B426" i="5" s="1"/>
   <c r="B427" i="5" s="1"/>
   <c r="B428" i="5" s="1"/>
   <c r="B429" i="5" s="1"/>
   <c r="B430" i="5" s="1"/>
   <c r="B431" i="5" s="1"/>
   <c r="B432" i="5" s="1"/>
   <c r="B433" i="5" s="1"/>
   <c r="B434" i="5" s="1"/>
-  <c r="B436" i="5" s="1"/>
+  <c r="B435" i="5" s="1"/>
   <c r="B437" i="5" s="1"/>
   <c r="B438" i="5" s="1"/>
   <c r="B439" i="5" s="1"/>
   <c r="B440" i="5" s="1"/>
   <c r="B441" i="5" s="1"/>
   <c r="B442" i="5" s="1"/>
   <c r="B443" i="5" s="1"/>
   <c r="B444" i="5" s="1"/>
   <c r="B445" i="5" s="1"/>
   <c r="B446" i="5" s="1"/>
   <c r="B447" i="5" s="1"/>
   <c r="B448" i="5" s="1"/>
   <c r="B449" i="5" s="1"/>
   <c r="B451" i="5" s="1"/>
   <c r="B452" i="5" s="1"/>
   <c r="B453" i="5" s="1"/>
   <c r="B455" i="5" s="1"/>
   <c r="B456" i="5" s="1"/>
   <c r="B457" i="5" s="1"/>
   <c r="B458" i="5" s="1"/>
   <c r="B460" i="5" s="1"/>
   <c r="B462" i="5" s="1"/>
   <c r="B463" i="5" s="1"/>
   <c r="B464" i="5" s="1"/>
   <c r="B465" i="5" s="1"/>
   <c r="B466" i="5" s="1"/>
   <c r="B467" i="5" s="1"/>
   <c r="B468" i="5" s="1"/>
   <c r="B469" i="5" s="1"/>
-  <c r="B471" i="5" s="1"/>
   <c r="B472" i="5" s="1"/>
   <c r="B473" i="5" s="1"/>
   <c r="B474" i="5" s="1"/>
   <c r="B475" i="5" s="1"/>
-  <c r="B482" i="5" s="1"/>
-  <c r="B483" i="5" s="1"/>
+  <c r="B476" i="5" s="1"/>
   <c r="B484" i="5" s="1"/>
   <c r="B485" i="5" s="1"/>
   <c r="B486" i="5" s="1"/>
   <c r="B487" i="5" s="1"/>
   <c r="B488" i="5" s="1"/>
-  <c r="B356" i="6"/>
-[...5 lines deleted...]
-  <c r="B489" i="5" l="1"/>
+  <c r="B489" i="5" s="1"/>
   <c r="B490" i="5" s="1"/>
-  <c r="B491" i="5" s="1"/>
+  <c r="B357" i="6"/>
+  <c r="B360" i="6" s="1"/>
+  <c r="B363" i="6" s="1"/>
+  <c r="B371" i="6" s="1"/>
+  <c r="B375" i="6" s="1"/>
+  <c r="B378" i="6" s="1"/>
+  <c r="B491" i="5" l="1"/>
   <c r="B492" i="5" s="1"/>
   <c r="B493" i="5" s="1"/>
   <c r="B494" i="5" s="1"/>
   <c r="B495" i="5" s="1"/>
   <c r="B496" i="5" s="1"/>
   <c r="B497" i="5" s="1"/>
   <c r="B498" i="5" s="1"/>
   <c r="B499" i="5" s="1"/>
   <c r="B500" i="5" s="1"/>
   <c r="B501" i="5" s="1"/>
   <c r="B502" i="5" s="1"/>
   <c r="B503" i="5" s="1"/>
+  <c r="B504" i="5" s="1"/>
   <c r="B505" i="5" s="1"/>
-  <c r="B506" i="5" s="1"/>
   <c r="B507" i="5" s="1"/>
-  <c r="B380" i="6"/>
-[...5 lines deleted...]
-  <c r="B508" i="5" l="1"/>
+  <c r="B508" i="5" s="1"/>
   <c r="B509" i="5" s="1"/>
-  <c r="B400" i="6"/>
-[...1 lines deleted...]
-  <c r="B406" i="6" s="1"/>
+  <c r="B381" i="6"/>
+  <c r="B384" i="6" s="1"/>
+  <c r="B387" i="6" s="1"/>
+  <c r="B390" i="6" s="1"/>
+  <c r="B395" i="6" s="1"/>
+  <c r="B398" i="6" s="1"/>
   <c r="B510" i="5" l="1"/>
   <c r="B511" i="5" s="1"/>
+  <c r="B401" i="6"/>
+  <c r="B404" i="6" s="1"/>
+  <c r="B407" i="6" s="1"/>
+  <c r="B512" i="5" l="1"/>
   <c r="B513" i="5" s="1"/>
-  <c r="B514" i="5" s="1"/>
   <c r="B515" i="5" s="1"/>
   <c r="B516" i="5" s="1"/>
   <c r="B517" i="5" s="1"/>
   <c r="B518" i="5" s="1"/>
-  <c r="B409" i="6"/>
-[...139 lines deleted...]
-  <c r="B855" i="6" s="1"/>
+  <c r="B519" i="5" s="1"/>
+  <c r="B520" i="5" s="1"/>
+  <c r="B521" i="5" s="1"/>
+  <c r="B522" i="5" s="1"/>
+  <c r="B523" i="5" s="1"/>
+  <c r="B524" i="5" s="1"/>
+  <c r="B525" i="5" s="1"/>
+  <c r="B410" i="6"/>
+  <c r="B413" i="6" s="1"/>
+  <c r="B416" i="6" s="1"/>
+  <c r="B420" i="6" l="1"/>
+  <c r="B423" i="6" s="1"/>
+  <c r="B426" i="6" s="1"/>
+  <c r="B429" i="6" l="1"/>
+  <c r="B432" i="6" s="1"/>
+  <c r="B435" i="6" l="1"/>
+  <c r="B438" i="6" l="1"/>
+  <c r="B441" i="6" l="1"/>
+  <c r="B444" i="6" l="1"/>
+  <c r="B448" i="6" l="1"/>
+  <c r="B451" i="6" l="1"/>
+  <c r="B454" i="6" s="1"/>
+  <c r="B457" i="6" s="1"/>
+  <c r="B461" i="6" s="1"/>
+  <c r="B464" i="6" s="1"/>
+  <c r="B467" i="6" s="1"/>
+  <c r="B471" i="6" s="1"/>
+  <c r="B474" i="6" s="1"/>
+  <c r="B477" i="6" s="1"/>
+  <c r="B480" i="6" s="1"/>
+  <c r="B483" i="6" s="1"/>
+  <c r="B486" i="6" l="1"/>
+  <c r="B489" i="6" s="1"/>
+  <c r="B492" i="6" s="1"/>
+  <c r="B495" i="6" s="1"/>
+  <c r="B498" i="6" s="1"/>
+  <c r="B502" i="6" s="1"/>
+  <c r="B505" i="6" l="1"/>
+  <c r="B508" i="6" s="1"/>
+  <c r="B511" i="6" l="1"/>
+  <c r="B514" i="6" s="1"/>
+  <c r="B517" i="6" s="1"/>
+  <c r="B520" i="6" s="1"/>
+  <c r="B523" i="6" s="1"/>
+  <c r="B526" i="6" s="1"/>
+  <c r="B529" i="6" l="1"/>
+  <c r="B532" i="6" s="1"/>
+  <c r="B535" i="6" s="1"/>
+  <c r="B539" i="6" s="1"/>
+  <c r="B543" i="6" s="1"/>
+  <c r="B546" i="6" s="1"/>
+  <c r="B549" i="6" l="1"/>
+  <c r="B552" i="6" s="1"/>
+  <c r="B555" i="6" s="1"/>
+  <c r="B558" i="6" s="1"/>
+  <c r="B561" i="6" s="1"/>
+  <c r="B564" i="6" s="1"/>
+  <c r="B567" i="6" l="1"/>
+  <c r="B572" i="6" s="1"/>
+  <c r="B575" i="6" s="1"/>
+  <c r="B579" i="6" l="1"/>
+  <c r="B582" i="6" l="1"/>
+  <c r="B585" i="6" s="1"/>
+  <c r="B588" i="6" s="1"/>
+  <c r="B591" i="6" s="1"/>
+  <c r="B594" i="6" s="1"/>
+  <c r="B599" i="6" s="1"/>
+  <c r="B602" i="6" s="1"/>
+  <c r="B605" i="6" s="1"/>
+  <c r="B608" i="6" l="1"/>
+  <c r="B611" i="6" s="1"/>
+  <c r="B614" i="6" s="1"/>
+  <c r="B617" i="6" l="1"/>
+  <c r="B620" i="6" l="1"/>
+  <c r="B623" i="6" l="1"/>
+  <c r="B626" i="6" l="1"/>
+  <c r="B629" i="6" l="1"/>
+  <c r="B632" i="6" l="1"/>
+  <c r="B635" i="6" l="1"/>
+  <c r="B638" i="6" s="1"/>
+  <c r="B641" i="6" s="1"/>
+  <c r="B644" i="6" s="1"/>
+  <c r="B647" i="6" s="1"/>
+  <c r="B650" i="6" s="1"/>
+  <c r="B653" i="6" s="1"/>
+  <c r="B657" i="6" s="1"/>
+  <c r="B662" i="6" s="1"/>
+  <c r="B665" i="6" s="1"/>
+  <c r="B669" i="6" s="1"/>
+  <c r="B671" i="6" s="1"/>
+  <c r="B674" i="6" s="1"/>
+  <c r="B680" i="6" s="1"/>
+  <c r="B683" i="6" s="1"/>
+  <c r="B686" i="6" s="1"/>
+  <c r="B689" i="6" s="1"/>
+  <c r="B692" i="6" s="1"/>
+  <c r="B695" i="6" s="1"/>
+  <c r="B699" i="6" s="1"/>
+  <c r="B702" i="6" s="1"/>
+  <c r="B705" i="6" l="1"/>
+  <c r="B708" i="6" s="1"/>
+  <c r="B711" i="6" s="1"/>
+  <c r="B714" i="6" s="1"/>
+  <c r="B717" i="6" s="1"/>
+  <c r="B720" i="6" s="1"/>
+  <c r="B723" i="6" s="1"/>
+  <c r="B726" i="6" s="1"/>
+  <c r="B729" i="6" s="1"/>
+  <c r="B732" i="6" s="1"/>
+  <c r="B735" i="6" s="1"/>
+  <c r="B738" i="6" s="1"/>
+  <c r="B741" i="6" s="1"/>
+  <c r="B744" i="6" s="1"/>
+  <c r="B747" i="6" s="1"/>
+  <c r="B750" i="6" s="1"/>
+  <c r="B753" i="6" s="1"/>
+  <c r="B756" i="6" s="1"/>
+  <c r="B759" i="6" s="1"/>
+  <c r="B762" i="6" s="1"/>
+  <c r="B765" i="6" s="1"/>
+  <c r="B768" i="6" s="1"/>
+  <c r="B774" i="6" s="1"/>
+  <c r="B777" i="6" s="1"/>
+  <c r="B780" i="6" s="1"/>
+  <c r="B784" i="6" s="1"/>
+  <c r="B787" i="6" l="1"/>
+  <c r="B791" i="6" s="1"/>
+  <c r="B794" i="6" s="1"/>
+  <c r="B797" i="6" s="1"/>
+  <c r="B800" i="6" s="1"/>
+  <c r="B803" i="6" s="1"/>
+  <c r="B806" i="6" s="1"/>
+  <c r="B809" i="6" s="1"/>
+  <c r="B812" i="6" s="1"/>
+  <c r="B815" i="6" s="1"/>
+  <c r="B818" i="6" s="1"/>
+  <c r="B821" i="6" s="1"/>
+  <c r="B824" i="6" s="1"/>
+  <c r="B827" i="6" s="1"/>
+  <c r="B830" i="6" s="1"/>
+  <c r="B833" i="6" s="1"/>
+  <c r="B836" i="6" s="1"/>
+  <c r="B842" i="6" s="1"/>
+  <c r="B845" i="6" s="1"/>
+  <c r="B848" i="6" s="1"/>
+  <c r="B851" i="6" s="1"/>
+  <c r="B854" i="6" s="1"/>
+  <c r="B857" i="6" s="1"/>
+  <c r="B860" i="6" s="1"/>
+  <c r="B863" i="6" s="1"/>
+  <c r="B866" i="6" s="1"/>
+  <c r="B869" i="6" s="1"/>
+  <c r="B872" i="6" s="1"/>
+  <c r="B875" i="6" s="1"/>
+  <c r="B878" i="6" s="1"/>
+  <c r="B881" i="6" s="1"/>
+  <c r="B884" i="6" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3652" uniqueCount="1335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3691" uniqueCount="1349">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> services enabling cash withdrawals from a payment account as well as all the operations required for operating a payment account;</t>
     </r>
   </si>
   <si>
     <r>
@@ -904,98 +908,50 @@
       </rPr>
       <t>6</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>directly</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t>WorldBridge Payment Services S.A. </t>
-[...46 lines deleted...]
-      </rPr>
       <t>Bank of Lithuania, Lithuania</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Centrum Elektronicznych Uslug Platniczych eService Spolka z ograniczona odpowiedziialnoscia</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Polish Financial Supervision Authority, Poland</t>
@@ -1538,62 +1494,50 @@
       </rPr>
       <t>Bank of Lithuania, Lithuania</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>directly</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t>PayLane Sp z o.o.</t>
-[...10 lines deleted...]
-      </rPr>
       <t>Polish Financial Supervision Authority, Poland</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>directly</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1, 2, 3, and 5</t>
@@ -2185,69 +2129,63 @@
   <si>
     <t>3 and 6</t>
   </si>
   <si>
     <t>Paynetics AD</t>
   </si>
   <si>
     <t>3c and 5</t>
   </si>
   <si>
     <t>3 and 4</t>
   </si>
   <si>
     <t>Krajowy Integrator Platnosci S.A.</t>
   </si>
   <si>
     <t>1, 2, 3c and 5</t>
   </si>
   <si>
     <t>EPG Financial Services Ltd</t>
   </si>
   <si>
     <t>3a</t>
   </si>
   <si>
-    <t>Transferzero Money Transfer Entidad de Pago S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>Banco de Espana, Spain</t>
   </si>
   <si>
     <t>Bank of Lithuania, Lithuania</t>
   </si>
   <si>
     <t>Pay Solutions, a.s.</t>
   </si>
   <si>
     <t>Nacional Bank of Slovakia, Slovakia</t>
   </si>
   <si>
     <t>Easy Payment and Finance E.P., S.A.U.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tempo France</t>
   </si>
   <si>
     <t>De Nederlandsche Bank NV  (the Dutch Central Bank), Niderland</t>
   </si>
   <si>
     <t>Autorité de Contrôle Prudentiel et de Résolution, France</t>
   </si>
   <si>
     <t>eCard S.A.</t>
   </si>
   <si>
     <t>Polish Financial Supervision Authority , Poland</t>
   </si>
   <si>
     <t>Trust Pay, a.s</t>
   </si>
   <si>
     <t>National Bank of Slovakia, Slovakia</t>
   </si>
   <si>
     <t>3,4 and 5</t>
   </si>
   <si>
     <t>CCV Group B.V.</t>
   </si>
@@ -3396,53 +3334,50 @@
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Bulgarian National Bank,</t>
     </r>
   </si>
   <si>
     <t>UAB Blender Lithuania</t>
   </si>
   <si>
     <t>UAB Seven Seas Europe</t>
   </si>
   <si>
     <t xml:space="preserve">1,2,3,5 and 6 </t>
   </si>
   <si>
     <t xml:space="preserve">1,2,5 i 6 </t>
   </si>
   <si>
-    <t xml:space="preserve">UAB IBS Lithuania </t>
-[...1 lines deleted...]
-  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Finansinspektionen,</t>
   </si>
   <si>
     <t>Commission de Surveillance du Secteur Financier</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Malta Financial Services Authority</t>
   </si>
   <si>
     <t>Papaya Ltd</t>
   </si>
   <si>
     <t>Sibilla Solutions Limited</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Via Payments UAB</t>
@@ -4701,53 +4636,50 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Compagnie de L'Arc Atlantique </t>
     </r>
   </si>
   <si>
     <t>Jubilee Services SRL</t>
   </si>
   <si>
     <t>3a, 3c and 5</t>
   </si>
   <si>
     <t xml:space="preserve"> 1/4/2021</t>
   </si>
   <si>
     <t>3a, 3b and 5a</t>
   </si>
   <si>
-    <t xml:space="preserve">SnapSwap International S.A. </t>
-[...1 lines deleted...]
-  <si>
     <t>82) Sandmih Projekt d.o.o., Zagreb</t>
   </si>
   <si>
     <t>Fenige Sp. z o. o.</t>
   </si>
   <si>
     <t>1, 2, 3c, 5b and 6</t>
   </si>
   <si>
     <t xml:space="preserve"> 15/5/2021</t>
   </si>
   <si>
     <t>Unzer Luxembourg S.A.</t>
   </si>
   <si>
     <t>Wallester AS</t>
   </si>
   <si>
     <t>Finantsinspektsioon, Estonia</t>
   </si>
   <si>
     <t>distribution, redemption
 distribution, redemption</t>
   </si>
   <si>
@@ -4803,60 +4735,54 @@
   <si>
     <t>TRANSFER RAPID ELECTRONIC S.R.L.</t>
   </si>
   <si>
     <t>Stanhope Financial UAB</t>
   </si>
   <si>
     <t>1, 2, 3a, 3b, 5 and 6</t>
   </si>
   <si>
     <t>HiPay SAS</t>
   </si>
   <si>
     <t>Bizcuit Payments B.V.</t>
   </si>
   <si>
     <t>Flow Money Automation B.V.</t>
   </si>
   <si>
     <t>ContextLogic B.V.</t>
   </si>
   <si>
     <t>Planet Pay sp. z o. o.</t>
   </si>
   <si>
-    <t>MASARI PAYMENT SERVICES LIMITED</t>
-[...1 lines deleted...]
-  <si>
     <t>5b, 7 and 8</t>
   </si>
   <si>
     <t>RIA PAYMENT INSTITUTION, EP, S.A.U.</t>
-  </si>
-[...1 lines deleted...]
-    <t>ArcaPay UAB</t>
   </si>
   <si>
     <t>TryPay S.A.</t>
   </si>
   <si>
     <t>6 and 8</t>
   </si>
   <si>
     <t>TrueLayer (Ireland) Limited (‘TIL’)</t>
   </si>
   <si>
     <t>3c, 7 and 8</t>
   </si>
   <si>
     <t>finAPI GmbH</t>
   </si>
   <si>
     <t>Andaria Financial Services Ltd (“AFSL”)</t>
   </si>
   <si>
     <t>Usability Engineering Center s. r. o.</t>
   </si>
   <si>
     <t>Wise Europe SA</t>
   </si>
@@ -5768,53 +5694,50 @@
   <si>
     <t>UAB TeslaPay</t>
   </si>
   <si>
     <t>90) Ineltours d.o.o.</t>
   </si>
   <si>
     <t>91) Dabo d.o.o.</t>
   </si>
   <si>
     <t>92) Saiva Plemeniti Metali d.o.o.</t>
   </si>
   <si>
     <t>93) Vuckovic Travel Collections j.d.o.o.</t>
   </si>
   <si>
     <t>94) Draganovic-Netprom d.o.o.</t>
   </si>
   <si>
     <t>Lydia Solutions</t>
   </si>
   <si>
     <t>2, 3, 4, 5, 7 and 8</t>
   </si>
   <si>
-    <t xml:space="preserve">June Technologies B.V. </t>
-[...1 lines deleted...]
-  <si>
     <t>Thunes Financial Service SAS</t>
   </si>
   <si>
     <t>Membrane Finance Oy</t>
   </si>
   <si>
     <t xml:space="preserve">Januar ApS </t>
   </si>
   <si>
     <t>MP Centauri Technology Europe B.V.</t>
   </si>
   <si>
     <t xml:space="preserve">3a and 5b </t>
   </si>
   <si>
     <t>Convera Europe S.A.</t>
   </si>
   <si>
     <t>3a, 3c, 4a and 4c</t>
   </si>
   <si>
     <t>Gemini Payments Europe Limited</t>
   </si>
   <si>
     <t>*additional remark: until 4/5/2023 operated under the name Gemini Payments Limited</t>
@@ -6063,53 +5986,50 @@
     <t>Plum Fintech CY Limited</t>
   </si>
   <si>
     <t xml:space="preserve">3b and 3c </t>
   </si>
   <si>
     <t>XGD Europe S.A.</t>
   </si>
   <si>
     <t>Paymentsense Ireland Limited</t>
   </si>
   <si>
     <t xml:space="preserve">Quantoz Payments B.V. </t>
   </si>
   <si>
     <t>Ixaris Financial Services Malta Limited</t>
   </si>
   <si>
     <t>OLKY PAYMENT SERVICE PROVIDER S.A.</t>
   </si>
   <si>
     <t>8/12/2023
 *additional remark: agent previously operated under the name Sberbank d.d.</t>
   </si>
   <si>
-    <t>Windcave Limited UAB</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">98) Revija Services j.d.o.o. </t>
   </si>
   <si>
     <t>2, 3 i 5a</t>
   </si>
   <si>
     <t>Nyíltbankolás Zrt.</t>
   </si>
   <si>
     <t xml:space="preserve">Fiat Republic Netherlands B.V. </t>
   </si>
   <si>
     <t>1, 2, 3 and 5b</t>
   </si>
   <si>
     <t xml:space="preserve">Unity Monetary Services B.V. </t>
   </si>
   <si>
     <t xml:space="preserve">MazePay A/S </t>
   </si>
   <si>
     <t>Billit BV</t>
   </si>
   <si>
     <t xml:space="preserve">TFI Markets Ltd </t>
@@ -6393,53 +6313,50 @@
     <t>KEY CURRENCY, S.L.</t>
   </si>
   <si>
     <t xml:space="preserve">IdoPayments sp. z o.o. </t>
   </si>
   <si>
     <t>Larstal Denmark ApS</t>
   </si>
   <si>
     <t>1, 2, 3, 4, 5, 7 and 8</t>
   </si>
   <si>
     <t xml:space="preserve">Enable Now B.V. </t>
   </si>
   <si>
     <t>IYU EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve">Shift4 Limited </t>
   </si>
   <si>
     <t>*additional remark: until 4/12/2024 operated under the name UAB „Argentum Mobile“</t>
   </si>
   <si>
     <t>Contomobile UAB</t>
-  </si>
-[...1 lines deleted...]
-    <t>* additional remark: until 11/12/2024 operated under the name: Nobel Financial Ltd</t>
   </si>
   <si>
     <t>System Pay Services (Malta) Limited</t>
   </si>
   <si>
     <t xml:space="preserve">107) Dario, Obrt za trgovinu, usluge i ugostiteljstvo </t>
   </si>
   <si>
     <t xml:space="preserve">108) Dds-business j.d.o.o. </t>
   </si>
   <si>
     <t>1, 2, 4 and 8</t>
   </si>
   <si>
     <t>3, 5, 6 and 7</t>
   </si>
   <si>
     <t xml:space="preserve">109) SENCCI j.d.o.o. </t>
   </si>
   <si>
     <t>* additional remark: until 7/1/2025 operated under the name Insignia Cards Ltd</t>
   </si>
   <si>
     <t>Valletta Credit Finance Corporation Ltd</t>
   </si>
@@ -7090,50 +7007,135 @@
   </si>
   <si>
     <t xml:space="preserve">AIEU Services Limited S.A. </t>
   </si>
   <si>
     <t>*additional remark: until 8/12/2025 operated under the name Ambr Payments UAB</t>
   </si>
   <si>
     <t xml:space="preserve">Newrails UAB </t>
   </si>
   <si>
     <t>*additional remark: since 29/12/2025 the institution is temporarily obliged not to provide financial services by through the distributor Amnis Europe
 AG</t>
   </si>
   <si>
     <t>Altery EU Limited</t>
   </si>
   <si>
     <t>Hubject Financial Services GmbH</t>
   </si>
   <si>
     <t>through the agent from Bulgaria:            1) La Orange BG EOOD</t>
   </si>
   <si>
     <t>through the agent from Malta:            1) Ventures Pay LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118) Beni Komerc d.o.o. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">*additional remark: until  19.12.2025. operated under the name UAB IBS Lithuania </t>
+  </si>
+  <si>
+    <t>ibsettle UAB</t>
+  </si>
+  <si>
+    <t>*additional remark: until 23/12/2025 operated under the name ArcaPay UAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ebury Partners Lithuania UAB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">* additional remark: until 5/1/2026 operated under the name SnapSwap International S.A. </t>
+  </si>
+  <si>
+    <t>* additional remark: until 11/12/2024 operated under the name Nobel Financial Ltd</t>
+  </si>
+  <si>
+    <t>Wallee Europe S.A.</t>
+  </si>
+  <si>
+    <t>SIA GR8 PAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3 and 5a</t>
+  </si>
+  <si>
+    <t>dtcpay Luxembourg S.A.</t>
+  </si>
+  <si>
+    <t>through the agent from France:            1) M&amp;M FINTECH Société par actions simplifiée</t>
+  </si>
+  <si>
+    <t>trough agent from Ireland: 
+1) Grand Financial Services Ireland Limited</t>
+  </si>
+  <si>
+    <t>*additional remark: until 22/1/2026 operated under the name PayLane Sp z o.o.</t>
+  </si>
+  <si>
+    <t>Polskie ePłatności Sp z o.o.</t>
+  </si>
+  <si>
+    <t>*additional remark: until 26/1/2026 operated under the name Tempo France</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NGPES Payments </t>
+  </si>
+  <si>
+    <t>Decentralized, UAB</t>
+  </si>
+  <si>
+    <t>Nuvei Liquidity UAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alunafi Limited </t>
+  </si>
+  <si>
+    <t>Nopan B.V.</t>
+  </si>
+  <si>
+    <t>Rootline B.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*additional remark: until 10/2/2026 operated under the name  June Technologies B.V. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">119) Nik d.o.o. </t>
+  </si>
+  <si>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>120) Trgovina i servis motornih pila, kosilica, skutera i rezervnih dijelova, vl. Sven Jurec</t>
+  </si>
+  <si>
+    <t>Paytently PI Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OKX Europe Limited </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="d\/m\/yyyy"/>
   </numFmts>
   <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
@@ -8259,51 +8261,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="dashed">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="26" fillId="6" borderId="21" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="35" fillId="6" borderId="21" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="1236">
+  <cellXfs count="1249">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -8315,53 +8317,50 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -9518,56 +9517,50 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="23" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -9931,53 +9924,50 @@
     </xf>
     <xf numFmtId="164" fontId="22" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="24" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
@@ -11055,50 +11045,92 @@
     <xf numFmtId="164" fontId="43" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="46" fillId="2" borderId="4" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="43" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -11247,429 +11279,438 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...73 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...205 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hiperveza 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Izlaz" xfId="1" builtinId="21"/>
     <cellStyle name="Izlaz 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normalno 2 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF1D1D"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -11992,26522 +12033,26762 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Em@ney%20plc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:K518"/>
+  <dimension ref="A2:K527"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A466" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="G477" sqref="G477"/>
+    <sheetView tabSelected="1" topLeftCell="A492" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C505" sqref="C505"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.4609375" customWidth="1"/>
-    <col min="2" max="2" width="5.23046875" customWidth="1"/>
+    <col min="1" max="1" width="2.44140625" customWidth="1"/>
+    <col min="2" max="2" width="5.21875" customWidth="1"/>
     <col min="3" max="3" width="45" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="46.07421875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="8.4609375" customWidth="1"/>
+    <col min="4" max="4" width="46.109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="23" style="889" customWidth="1"/>
+    <col min="6" max="6" width="15.21875" customWidth="1"/>
+    <col min="7" max="7" width="16.44140625" customWidth="1"/>
+    <col min="8" max="8" width="24.44140625" style="629" customWidth="1"/>
+    <col min="9" max="9" width="8.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...6 lines deleted...]
-      <c r="F2" s="75"/>
+    <row r="2" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B2" s="534" t="s">
+        <v>571</v>
+      </c>
+      <c r="C2" s="74"/>
+      <c r="D2" s="74"/>
+      <c r="E2" s="881"/>
+      <c r="F2" s="74"/>
       <c r="G2" s="1"/>
     </row>
-    <row r="3" spans="2:8" ht="20.5" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="F3" s="39"/>
+    <row r="3" spans="2:8" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="B3" s="74"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="38"/>
+      <c r="E3" s="882"/>
+      <c r="F3" s="38"/>
       <c r="G3" s="1"/>
     </row>
-    <row r="5" spans="2:8" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>181</v>
+    <row r="5" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B5" s="76" t="s">
+        <v>174</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
-      <c r="E5" s="887"/>
+      <c r="E5" s="883"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
-      <c r="H5" s="633"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H5" s="630"/>
+    </row>
+    <row r="6" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B6" s="3" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
-      <c r="E6" s="888"/>
+      <c r="E6" s="884"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
-      <c r="H6" s="634"/>
-[...1 lines deleted...]
-    <row r="7" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H6" s="631"/>
+    </row>
+    <row r="7" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
-      <c r="E7" s="888"/>
+      <c r="E7" s="884"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
-      <c r="H7" s="634"/>
-[...1 lines deleted...]
-    <row r="8" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H7" s="631"/>
+    </row>
+    <row r="8" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
-      <c r="E8" s="888"/>
+      <c r="E8" s="884"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
-      <c r="H8" s="634"/>
-[...2 lines deleted...]
-      <c r="B9" s="33" t="s">
+      <c r="H8" s="631"/>
+    </row>
+    <row r="9" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B9" s="32" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
-      <c r="E9" s="888"/>
+      <c r="E9" s="884"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
-      <c r="H9" s="634"/>
-[...3 lines deleted...]
-        <v>183</v>
+      <c r="H9" s="631"/>
+    </row>
+    <row r="10" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B10" s="33" t="s">
+        <v>176</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
-      <c r="E10" s="888"/>
+      <c r="E10" s="884"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
-      <c r="H10" s="634"/>
-[...1 lines deleted...]
-    <row r="11" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H10" s="631"/>
+    </row>
+    <row r="11" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
-      <c r="E11" s="888"/>
+      <c r="E11" s="884"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
-      <c r="H11" s="634"/>
-[...1 lines deleted...]
-    <row r="12" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H11" s="631"/>
+    </row>
+    <row r="12" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B12" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
-      <c r="E12" s="888"/>
+      <c r="E12" s="884"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
-      <c r="H12" s="634"/>
-[...1 lines deleted...]
-    <row r="13" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H12" s="631"/>
+    </row>
+    <row r="13" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B13" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
-      <c r="E13" s="888"/>
+      <c r="E13" s="884"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
-      <c r="H13" s="634"/>
-[...1 lines deleted...]
-    <row r="14" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H13" s="631"/>
+    </row>
+    <row r="14" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
-      <c r="E14" s="888"/>
+      <c r="E14" s="884"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
-      <c r="H14" s="634"/>
-[...1 lines deleted...]
-    <row r="15" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H14" s="631"/>
+    </row>
+    <row r="15" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
-      <c r="E15" s="888"/>
+      <c r="E15" s="884"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
-      <c r="H15" s="634"/>
-[...3 lines deleted...]
-        <v>197</v>
+      <c r="H15" s="631"/>
+    </row>
+    <row r="16" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B16" s="33" t="s">
+        <v>190</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
-      <c r="E16" s="888"/>
+      <c r="E16" s="884"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
-      <c r="H16" s="634"/>
-[...1 lines deleted...]
-    <row r="17" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H16" s="631"/>
+    </row>
+    <row r="17" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B17" s="4" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
-      <c r="E17" s="888"/>
+      <c r="E17" s="884"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
-      <c r="H17" s="634"/>
-[...1 lines deleted...]
-    <row r="18" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H17" s="631"/>
+    </row>
+    <row r="18" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B18" s="4" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
-      <c r="E18" s="888"/>
+      <c r="E18" s="884"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
-      <c r="H18" s="634"/>
-[...5 lines deleted...]
-      <c r="C19" s="78"/>
+      <c r="H18" s="631"/>
+    </row>
+    <row r="19" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B19" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="C19" s="77"/>
       <c r="D19" s="4"/>
-      <c r="E19" s="888"/>
+      <c r="E19" s="884"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
-      <c r="H19" s="634"/>
-[...3 lines deleted...]
-        <v>177</v>
+      <c r="H19" s="631"/>
+    </row>
+    <row r="20" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B20" s="32" t="s">
+        <v>170</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
-      <c r="E20" s="888"/>
+      <c r="E20" s="884"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
-      <c r="H20" s="634"/>
-[...3 lines deleted...]
-        <v>185</v>
+      <c r="H20" s="631"/>
+    </row>
+    <row r="21" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B21" s="78" t="s">
+        <v>178</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
-      <c r="E21" s="888"/>
+      <c r="E21" s="884"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
-      <c r="H21" s="634"/>
-[...1 lines deleted...]
-    <row r="22" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H21" s="631"/>
+    </row>
+    <row r="22" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B22" s="4" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
-      <c r="E22" s="888"/>
+      <c r="E22" s="884"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
-      <c r="H22" s="634"/>
-[...1 lines deleted...]
-    <row r="23" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H22" s="631"/>
+    </row>
+    <row r="23" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B23" s="4" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
-      <c r="E23" s="888"/>
+      <c r="E23" s="884"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
-      <c r="H23" s="634"/>
-[...1 lines deleted...]
-    <row r="24" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H23" s="631"/>
+    </row>
+    <row r="24" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
-      <c r="E24" s="888"/>
+      <c r="E24" s="884"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
-      <c r="H24" s="634"/>
-[...1 lines deleted...]
-    <row r="25" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H24" s="631"/>
+    </row>
+    <row r="25" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B25" s="4" t="s">
-        <v>678</v>
+        <v>670</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
-      <c r="E25" s="888"/>
+      <c r="E25" s="884"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
-      <c r="H25" s="634"/>
-[...1 lines deleted...]
-    <row r="26" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H25" s="631"/>
+    </row>
+    <row r="26" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B26" s="5"/>
-      <c r="C26" s="349"/>
-[...30 lines deleted...]
-      <c r="B28" s="346">
+      <c r="C26" s="348"/>
+      <c r="D26" s="348"/>
+      <c r="E26" s="885"/>
+      <c r="F26" s="348"/>
+      <c r="G26" s="349"/>
+      <c r="H26" s="632"/>
+    </row>
+    <row r="27" spans="2:8" ht="51" x14ac:dyDescent="0.2">
+      <c r="B27" s="350" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="351" t="s">
+        <v>504</v>
+      </c>
+      <c r="D27" s="350" t="s">
+        <v>105</v>
+      </c>
+      <c r="E27" s="350" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" s="352" t="s">
+        <v>107</v>
+      </c>
+      <c r="G27" s="353" t="s">
+        <v>184</v>
+      </c>
+      <c r="H27" s="353" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="345">
         <f>MAX(B$27:B27)+1</f>
         <v>1</v>
       </c>
-      <c r="C28" s="347" t="s">
+      <c r="C28" s="346" t="s">
         <v>7</v>
       </c>
-      <c r="D28" s="27" t="s">
+      <c r="D28" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="E28" s="432" t="s">
+      <c r="E28" s="431" t="s">
         <v>9</v>
       </c>
-      <c r="F28" s="346" t="s">
+      <c r="F28" s="345" t="s">
         <v>10</v>
       </c>
-      <c r="G28" s="348">
+      <c r="G28" s="347">
         <v>41451</v>
       </c>
-      <c r="H28" s="442"/>
-[...2 lines deleted...]
-      <c r="B29" s="1119">
+      <c r="H28" s="441"/>
+    </row>
+    <row r="29" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="1129">
         <f>MAX(B$27:B28)+1</f>
         <v>2</v>
       </c>
-      <c r="C29" s="1065" t="s">
-[...11 lines deleted...]
-      <c r="G29" s="81">
+      <c r="C29" s="1075" t="s">
+        <v>295</v>
+      </c>
+      <c r="D29" s="1075" t="s">
+        <v>199</v>
+      </c>
+      <c r="E29" s="886" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F29" s="60" t="s">
+        <v>162</v>
+      </c>
+      <c r="G29" s="80">
         <v>41460</v>
       </c>
-      <c r="H29" s="636"/>
-[...11 lines deleted...]
-      <c r="G30" s="109">
+      <c r="H29" s="633"/>
+    </row>
+    <row r="30" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="1130"/>
+      <c r="C30" s="1097"/>
+      <c r="D30" s="1097"/>
+      <c r="E30" s="577" t="s">
+        <v>570</v>
+      </c>
+      <c r="F30" s="107" t="s">
+        <v>203</v>
+      </c>
+      <c r="G30" s="108">
         <v>41815</v>
       </c>
-      <c r="H30" s="637">
+      <c r="H30" s="634">
         <v>44440</v>
       </c>
     </row>
-    <row r="31" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="G31" s="109">
+    <row r="31" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="1130"/>
+      <c r="C31" s="1125"/>
+      <c r="D31" s="1097"/>
+      <c r="E31" s="577" t="s">
+        <v>636</v>
+      </c>
+      <c r="F31" s="107" t="s">
+        <v>203</v>
+      </c>
+      <c r="G31" s="108">
         <v>41831</v>
       </c>
-      <c r="H31" s="637">
+      <c r="H31" s="634">
         <v>44069</v>
       </c>
     </row>
-    <row r="32" spans="2:8" ht="45.65" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="F32" s="61" t="s">
+    <row r="32" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B32" s="1130"/>
+      <c r="C32" s="65"/>
+      <c r="D32" s="66"/>
+      <c r="E32" s="578" t="s">
+        <v>161</v>
+      </c>
+      <c r="F32" s="60" t="s">
         <v>11</v>
       </c>
-      <c r="G32" s="81">
+      <c r="G32" s="80">
         <v>42074</v>
       </c>
-      <c r="H32" s="638"/>
-[...11 lines deleted...]
-      <c r="G33" s="109">
+      <c r="H32" s="635"/>
+    </row>
+    <row r="33" spans="2:9" ht="51" x14ac:dyDescent="0.2">
+      <c r="B33" s="1130"/>
+      <c r="C33" s="65"/>
+      <c r="D33" s="66"/>
+      <c r="E33" s="579" t="s">
+        <v>267</v>
+      </c>
+      <c r="F33" s="107" t="s">
+        <v>203</v>
+      </c>
+      <c r="G33" s="108">
         <v>42305</v>
       </c>
-      <c r="H33" s="104" t="s">
-[...10 lines deleted...]
-      <c r="F34" s="61">
+      <c r="H33" s="103" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="34" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="1130"/>
+      <c r="C34" s="65"/>
+      <c r="D34" s="66"/>
+      <c r="E34" s="580" t="s">
+        <v>266</v>
+      </c>
+      <c r="F34" s="60">
         <v>6</v>
       </c>
-      <c r="G34" s="81">
+      <c r="G34" s="80">
         <v>42438</v>
       </c>
-      <c r="H34" s="636"/>
-[...8 lines deleted...]
-      <c r="F35" s="61">
+      <c r="H34" s="633"/>
+    </row>
+    <row r="35" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="1130"/>
+      <c r="C35" s="65"/>
+      <c r="D35" s="66"/>
+      <c r="E35" s="581" t="s">
+        <v>159</v>
+      </c>
+      <c r="F35" s="60">
         <v>6</v>
       </c>
-      <c r="G35" s="81">
+      <c r="G35" s="80">
         <v>42445</v>
       </c>
-      <c r="H35" s="636"/>
-[...5 lines deleted...]
-      <c r="E36" s="582" t="s">
+      <c r="H35" s="633"/>
+    </row>
+    <row r="36" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="1130"/>
+      <c r="C36" s="65"/>
+      <c r="D36" s="66"/>
+      <c r="E36" s="579" t="s">
+        <v>265</v>
+      </c>
+      <c r="F36" s="101">
+        <v>6</v>
+      </c>
+      <c r="G36" s="102">
+        <v>42537</v>
+      </c>
+      <c r="H36" s="634">
+        <v>42907</v>
+      </c>
+    </row>
+    <row r="37" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B37" s="1130"/>
+      <c r="C37" s="65"/>
+      <c r="D37" s="66"/>
+      <c r="E37" s="582" t="s">
+        <v>264</v>
+      </c>
+      <c r="F37" s="62">
+        <v>6</v>
+      </c>
+      <c r="G37" s="81">
+        <v>42642</v>
+      </c>
+      <c r="H37" s="633"/>
+    </row>
+    <row r="38" spans="2:9" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="B38" s="1130"/>
+      <c r="C38" s="65"/>
+      <c r="D38" s="66"/>
+      <c r="E38" s="583" t="s">
+        <v>263</v>
+      </c>
+      <c r="F38" s="104">
+        <v>6</v>
+      </c>
+      <c r="G38" s="105">
+        <v>42684</v>
+      </c>
+      <c r="H38" s="634">
+        <v>42781</v>
+      </c>
+    </row>
+    <row r="39" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="1130"/>
+      <c r="C39" s="65"/>
+      <c r="D39" s="66"/>
+      <c r="E39" s="579" t="s">
+        <v>262</v>
+      </c>
+      <c r="F39" s="101">
+        <v>6</v>
+      </c>
+      <c r="G39" s="102">
+        <v>42655</v>
+      </c>
+      <c r="H39" s="102">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="40" spans="2:9" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="B40" s="1130"/>
+      <c r="C40" s="65"/>
+      <c r="D40" s="66"/>
+      <c r="E40" s="579" t="s">
+        <v>261</v>
+      </c>
+      <c r="F40" s="101">
+        <v>6</v>
+      </c>
+      <c r="G40" s="102">
+        <v>42655</v>
+      </c>
+      <c r="H40" s="102">
+        <v>43341</v>
+      </c>
+    </row>
+    <row r="41" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="1130"/>
+      <c r="C41" s="65"/>
+      <c r="D41" s="66"/>
+      <c r="E41" s="579" t="s">
+        <v>270</v>
+      </c>
+      <c r="F41" s="101">
+        <v>6</v>
+      </c>
+      <c r="G41" s="102">
+        <v>42655</v>
+      </c>
+      <c r="H41" s="636">
+        <v>43495</v>
+      </c>
+    </row>
+    <row r="42" spans="2:9" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B42" s="1130"/>
+      <c r="C42" s="65"/>
+      <c r="D42" s="66"/>
+      <c r="E42" s="579" t="s">
+        <v>259</v>
+      </c>
+      <c r="F42" s="106">
+        <v>6</v>
+      </c>
+      <c r="G42" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H42" s="636">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="43" spans="2:9" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="1130"/>
+      <c r="C43" s="65"/>
+      <c r="D43" s="66"/>
+      <c r="E43" s="579" t="s">
+        <v>258</v>
+      </c>
+      <c r="F43" s="106">
+        <v>6</v>
+      </c>
+      <c r="G43" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H43" s="102">
+        <v>43369</v>
+      </c>
+    </row>
+    <row r="44" spans="2:9" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B44" s="1130"/>
+      <c r="C44" s="65"/>
+      <c r="D44" s="66"/>
+      <c r="E44" s="579" t="s">
+        <v>257</v>
+      </c>
+      <c r="F44" s="106">
+        <v>6</v>
+      </c>
+      <c r="G44" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H44" s="803" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="45" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B45" s="1130"/>
+      <c r="C45" s="65"/>
+      <c r="D45" s="66"/>
+      <c r="E45" s="579" t="s">
+        <v>256</v>
+      </c>
+      <c r="F45" s="106">
+        <v>6</v>
+      </c>
+      <c r="G45" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H45" s="636" t="s">
+        <v>992</v>
+      </c>
+      <c r="I45" s="746" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="46" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B46" s="1130"/>
+      <c r="C46" s="65"/>
+      <c r="D46" s="66"/>
+      <c r="E46" s="579" t="s">
+        <v>255</v>
+      </c>
+      <c r="F46" s="106">
+        <v>6</v>
+      </c>
+      <c r="G46" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H46" s="636">
+        <v>44958</v>
+      </c>
+    </row>
+    <row r="47" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B47" s="1130"/>
+      <c r="C47" s="65"/>
+      <c r="D47" s="66"/>
+      <c r="E47" s="579" t="s">
+        <v>254</v>
+      </c>
+      <c r="F47" s="106">
+        <v>6</v>
+      </c>
+      <c r="G47" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H47" s="636">
+        <v>43922</v>
+      </c>
+    </row>
+    <row r="48" spans="2:9" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B48" s="1130"/>
+      <c r="C48" s="65"/>
+      <c r="D48" s="66"/>
+      <c r="E48" s="579" t="s">
+        <v>253</v>
+      </c>
+      <c r="F48" s="106">
+        <v>6</v>
+      </c>
+      <c r="G48" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H48" s="102">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="49" spans="2:8" ht="51" x14ac:dyDescent="0.2">
+      <c r="B49" s="1130"/>
+      <c r="C49" s="65"/>
+      <c r="D49" s="66"/>
+      <c r="E49" s="579" t="s">
+        <v>260</v>
+      </c>
+      <c r="F49" s="106">
+        <v>6</v>
+      </c>
+      <c r="G49" s="102">
+        <v>42815</v>
+      </c>
+      <c r="H49" s="102">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="50" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="1130"/>
+      <c r="C50" s="65"/>
+      <c r="D50" s="66"/>
+      <c r="E50" s="579" t="s">
+        <v>252</v>
+      </c>
+      <c r="F50" s="106">
+        <v>6</v>
+      </c>
+      <c r="G50" s="102">
+        <v>42832</v>
+      </c>
+      <c r="H50" s="102">
+        <v>43369</v>
+      </c>
+    </row>
+    <row r="51" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B51" s="1130"/>
+      <c r="C51" s="65"/>
+      <c r="D51" s="66"/>
+      <c r="E51" s="579" t="s">
+        <v>251</v>
+      </c>
+      <c r="F51" s="106">
+        <v>6</v>
+      </c>
+      <c r="G51" s="102">
+        <v>42832</v>
+      </c>
+      <c r="H51" s="636">
+        <v>44616</v>
+      </c>
+    </row>
+    <row r="52" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="1130"/>
+      <c r="C52" s="65"/>
+      <c r="D52" s="66"/>
+      <c r="E52" s="579" t="s">
+        <v>250</v>
+      </c>
+      <c r="F52" s="106">
+        <v>6</v>
+      </c>
+      <c r="G52" s="102">
+        <v>42837</v>
+      </c>
+      <c r="H52" s="636">
+        <v>43922</v>
+      </c>
+    </row>
+    <row r="53" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="1130"/>
+      <c r="C53" s="65"/>
+      <c r="D53" s="66"/>
+      <c r="E53" s="582" t="s">
+        <v>249</v>
+      </c>
+      <c r="F53" s="63">
+        <v>6</v>
+      </c>
+      <c r="G53" s="81">
+        <v>42837</v>
+      </c>
+      <c r="H53" s="633"/>
+    </row>
+    <row r="54" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B54" s="1130"/>
+      <c r="C54" s="65"/>
+      <c r="D54" s="66"/>
+      <c r="E54" s="579" t="s">
+        <v>248</v>
+      </c>
+      <c r="F54" s="106">
+        <v>6</v>
+      </c>
+      <c r="G54" s="102">
+        <v>42828</v>
+      </c>
+      <c r="H54" s="636">
+        <v>43201</v>
+      </c>
+    </row>
+    <row r="55" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="1130"/>
+      <c r="C55" s="65"/>
+      <c r="D55" s="66"/>
+      <c r="E55" s="579" t="s">
+        <v>247</v>
+      </c>
+      <c r="F55" s="106">
+        <v>6</v>
+      </c>
+      <c r="G55" s="102">
+        <v>42860</v>
+      </c>
+      <c r="H55" s="636">
+        <v>43341</v>
+      </c>
+    </row>
+    <row r="56" spans="2:8" ht="128.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="1130"/>
+      <c r="C56" s="65"/>
+      <c r="D56" s="66"/>
+      <c r="E56" s="579" t="s">
+        <v>246</v>
+      </c>
+      <c r="F56" s="106">
+        <v>6</v>
+      </c>
+      <c r="G56" s="102">
+        <v>42860</v>
+      </c>
+      <c r="H56" s="803" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="57" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="1130"/>
+      <c r="C57" s="65"/>
+      <c r="D57" s="66"/>
+      <c r="E57" s="582" t="s">
+        <v>874</v>
+      </c>
+      <c r="F57" s="63">
+        <v>6</v>
+      </c>
+      <c r="G57" s="81">
+        <v>42886</v>
+      </c>
+      <c r="H57" s="633"/>
+    </row>
+    <row r="58" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="1130"/>
+      <c r="C58" s="65"/>
+      <c r="D58" s="66"/>
+      <c r="E58" s="579" t="s">
+        <v>245</v>
+      </c>
+      <c r="F58" s="106">
+        <v>6</v>
+      </c>
+      <c r="G58" s="102">
+        <v>42886</v>
+      </c>
+      <c r="H58" s="636">
+        <v>43341</v>
+      </c>
+    </row>
+    <row r="59" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B59" s="1130"/>
+      <c r="C59" s="65"/>
+      <c r="D59" s="66"/>
+      <c r="E59" s="579" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F59" s="106">
+        <v>6</v>
+      </c>
+      <c r="G59" s="102">
+        <v>42886</v>
+      </c>
+      <c r="H59" s="636">
+        <v>45258</v>
+      </c>
+    </row>
+    <row r="60" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B60" s="1130"/>
+      <c r="C60" s="65"/>
+      <c r="D60" s="66"/>
+      <c r="E60" s="579" t="s">
+        <v>244</v>
+      </c>
+      <c r="F60" s="106">
+        <v>6</v>
+      </c>
+      <c r="G60" s="102">
+        <v>42886</v>
+      </c>
+      <c r="H60" s="636">
+        <v>43922</v>
+      </c>
+    </row>
+    <row r="61" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B61" s="1130"/>
+      <c r="C61" s="65"/>
+      <c r="D61" s="66"/>
+      <c r="E61" s="582" t="s">
+        <v>243</v>
+      </c>
+      <c r="F61" s="63">
+        <v>6</v>
+      </c>
+      <c r="G61" s="81">
+        <v>42886</v>
+      </c>
+      <c r="H61" s="633"/>
+    </row>
+    <row r="62" spans="2:8" ht="54.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B62" s="1130"/>
+      <c r="C62" s="65"/>
+      <c r="D62" s="66"/>
+      <c r="E62" s="579" t="s">
+        <v>268</v>
+      </c>
+      <c r="F62" s="106">
+        <v>6</v>
+      </c>
+      <c r="G62" s="102">
+        <v>42891</v>
+      </c>
+      <c r="H62" s="102">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="63" spans="2:8" ht="45.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="1130"/>
+      <c r="C63" s="65"/>
+      <c r="D63" s="66"/>
+      <c r="E63" s="579" t="s">
+        <v>242</v>
+      </c>
+      <c r="F63" s="106">
+        <v>6</v>
+      </c>
+      <c r="G63" s="102">
+        <v>42905</v>
+      </c>
+      <c r="H63" s="102">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="64" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B64" s="1130"/>
+      <c r="C64" s="68"/>
+      <c r="D64" s="61"/>
+      <c r="E64" s="579" t="s">
+        <v>241</v>
+      </c>
+      <c r="F64" s="106">
+        <v>6</v>
+      </c>
+      <c r="G64" s="102">
+        <v>42912</v>
+      </c>
+      <c r="H64" s="102">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="65" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B65" s="1130"/>
+      <c r="C65" s="1126"/>
+      <c r="D65" s="1126"/>
+      <c r="E65" s="579" t="s">
+        <v>240</v>
+      </c>
+      <c r="F65" s="106">
+        <v>6</v>
+      </c>
+      <c r="G65" s="102">
+        <v>42912</v>
+      </c>
+      <c r="H65" s="636">
+        <v>44103</v>
+      </c>
+    </row>
+    <row r="66" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B66" s="1130"/>
+      <c r="C66" s="1126"/>
+      <c r="D66" s="1126"/>
+      <c r="E66" s="579" t="s">
+        <v>239</v>
+      </c>
+      <c r="F66" s="106">
+        <v>6</v>
+      </c>
+      <c r="G66" s="102">
+        <v>42944</v>
+      </c>
+      <c r="H66" s="102">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="67" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B67" s="1130"/>
+      <c r="C67" s="71"/>
+      <c r="D67" s="71"/>
+      <c r="E67" s="579" t="s">
+        <v>269</v>
+      </c>
+      <c r="F67" s="106">
+        <v>6</v>
+      </c>
+      <c r="G67" s="102">
+        <v>42944</v>
+      </c>
+      <c r="H67" s="102">
+        <v>45258</v>
+      </c>
+    </row>
+    <row r="68" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B68" s="1130"/>
+      <c r="C68" s="68"/>
+      <c r="D68" s="68"/>
+      <c r="E68" s="579" t="s">
+        <v>238</v>
+      </c>
+      <c r="F68" s="106">
+        <v>6</v>
+      </c>
+      <c r="G68" s="102">
+        <v>43073</v>
+      </c>
+      <c r="H68" s="636">
+        <v>44545</v>
+      </c>
+    </row>
+    <row r="69" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B69" s="1130"/>
+      <c r="C69" s="73"/>
+      <c r="D69" s="72"/>
+      <c r="E69" s="579" t="s">
+        <v>237</v>
+      </c>
+      <c r="F69" s="106">
+        <v>6</v>
+      </c>
+      <c r="G69" s="102">
+        <v>43108</v>
+      </c>
+      <c r="H69" s="102">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="70" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B70" s="1130"/>
+      <c r="C70" s="73"/>
+      <c r="D70" s="72"/>
+      <c r="E70" s="579" t="s">
+        <v>236</v>
+      </c>
+      <c r="F70" s="106">
+        <v>6</v>
+      </c>
+      <c r="G70" s="102">
+        <v>43108</v>
+      </c>
+      <c r="H70" s="102">
+        <v>43277</v>
+      </c>
+    </row>
+    <row r="71" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B71" s="1130"/>
+      <c r="C71" s="73"/>
+      <c r="D71" s="72"/>
+      <c r="E71" s="579" t="s">
+        <v>235</v>
+      </c>
+      <c r="F71" s="106">
+        <v>6</v>
+      </c>
+      <c r="G71" s="102">
+        <v>43108</v>
+      </c>
+      <c r="H71" s="636">
+        <v>43858</v>
+      </c>
+    </row>
+    <row r="72" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B72" s="1130"/>
+      <c r="C72" s="73"/>
+      <c r="D72" s="75"/>
+      <c r="E72" s="582" t="s">
+        <v>234</v>
+      </c>
+      <c r="F72" s="63">
+        <v>6</v>
+      </c>
+      <c r="G72" s="81">
+        <v>43129</v>
+      </c>
+      <c r="H72" s="40"/>
+    </row>
+    <row r="73" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B73" s="1130"/>
+      <c r="C73" s="73"/>
+      <c r="D73" s="79"/>
+      <c r="E73" s="579" t="s">
+        <v>233</v>
+      </c>
+      <c r="F73" s="106">
+        <v>6</v>
+      </c>
+      <c r="G73" s="102">
+        <v>43153</v>
+      </c>
+      <c r="H73" s="636">
+        <v>44181</v>
+      </c>
+    </row>
+    <row r="74" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B74" s="1130"/>
+      <c r="C74" s="73"/>
+      <c r="D74" s="79"/>
+      <c r="E74" s="582" t="s">
+        <v>232</v>
+      </c>
+      <c r="F74" s="63">
+        <v>6</v>
+      </c>
+      <c r="G74" s="81">
+        <v>43159</v>
+      </c>
+      <c r="H74" s="40"/>
+    </row>
+    <row r="75" spans="2:8" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="B75" s="1130"/>
+      <c r="C75" s="73"/>
+      <c r="D75" s="79"/>
+      <c r="E75" s="579" t="s">
+        <v>271</v>
+      </c>
+      <c r="F75" s="106">
+        <v>6</v>
+      </c>
+      <c r="G75" s="102">
+        <v>43159</v>
+      </c>
+      <c r="H75" s="636">
+        <v>44958</v>
+      </c>
+    </row>
+    <row r="76" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="1130"/>
+      <c r="C76" s="73"/>
+      <c r="D76" s="96"/>
+      <c r="E76" s="579" t="s">
+        <v>231</v>
+      </c>
+      <c r="F76" s="106">
+        <v>6</v>
+      </c>
+      <c r="G76" s="102">
+        <v>43175</v>
+      </c>
+      <c r="H76" s="636">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="77" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="1130"/>
+      <c r="C77" s="73"/>
+      <c r="D77" s="96"/>
+      <c r="E77" s="582" t="s">
+        <v>230</v>
+      </c>
+      <c r="F77" s="63">
+        <v>6</v>
+      </c>
+      <c r="G77" s="81">
+        <v>43292</v>
+      </c>
+      <c r="H77" s="40"/>
+    </row>
+    <row r="78" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B78" s="1130"/>
+      <c r="C78" s="73"/>
+      <c r="D78" s="96"/>
+      <c r="E78" s="579" t="s">
+        <v>229</v>
+      </c>
+      <c r="F78" s="106">
+        <v>6</v>
+      </c>
+      <c r="G78" s="102">
+        <v>43292</v>
+      </c>
+      <c r="H78" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="79" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B79" s="1130"/>
+      <c r="C79" s="73"/>
+      <c r="D79" s="96"/>
+      <c r="E79" s="579" t="s">
+        <v>228</v>
+      </c>
+      <c r="F79" s="106">
+        <v>6</v>
+      </c>
+      <c r="G79" s="102">
+        <v>43292</v>
+      </c>
+      <c r="H79" s="102">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="80" spans="2:8" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B80" s="1130"/>
+      <c r="C80" s="73"/>
+      <c r="D80" s="96"/>
+      <c r="E80" s="579" t="s">
+        <v>227</v>
+      </c>
+      <c r="F80" s="106">
+        <v>6</v>
+      </c>
+      <c r="G80" s="102">
+        <v>43292</v>
+      </c>
+      <c r="H80" s="636">
+        <v>44958</v>
+      </c>
+    </row>
+    <row r="81" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="1130"/>
+      <c r="C81" s="73"/>
+      <c r="D81" s="96"/>
+      <c r="E81" s="579" t="s">
+        <v>226</v>
+      </c>
+      <c r="F81" s="106">
+        <v>6</v>
+      </c>
+      <c r="G81" s="102">
+        <v>43292</v>
+      </c>
+      <c r="H81" s="637">
+        <v>44398</v>
+      </c>
+    </row>
+    <row r="82" spans="2:8" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B82" s="1130"/>
+      <c r="C82" s="73"/>
+      <c r="D82" s="96"/>
+      <c r="E82" s="579" t="s">
         <v>272</v>
       </c>
-      <c r="F36" s="102">
+      <c r="F82" s="106">
         <v>6</v>
       </c>
-      <c r="G36" s="103">
-[...13 lines deleted...]
-      <c r="F37" s="63">
+      <c r="G82" s="102">
+        <v>43292</v>
+      </c>
+      <c r="H82" s="636">
+        <v>44251</v>
+      </c>
+    </row>
+    <row r="83" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B83" s="1130"/>
+      <c r="C83" s="73"/>
+      <c r="D83" s="97"/>
+      <c r="E83" s="579" t="s">
+        <v>225</v>
+      </c>
+      <c r="F83" s="106">
         <v>6</v>
       </c>
-      <c r="G37" s="82">
-[...11 lines deleted...]
-      <c r="F38" s="105">
+      <c r="G83" s="102">
+        <v>43292</v>
+      </c>
+      <c r="H83" s="636">
+        <v>44223</v>
+      </c>
+    </row>
+    <row r="84" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B84" s="1130"/>
+      <c r="C84" s="73"/>
+      <c r="D84" s="97"/>
+      <c r="E84" s="579" t="s">
+        <v>224</v>
+      </c>
+      <c r="F84" s="106">
         <v>6</v>
       </c>
-      <c r="G38" s="106">
-[...13 lines deleted...]
-      <c r="F39" s="102">
+      <c r="G84" s="102">
+        <v>43314</v>
+      </c>
+      <c r="H84" s="636">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="85" spans="2:8" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B85" s="1130"/>
+      <c r="C85" s="73"/>
+      <c r="D85" s="97"/>
+      <c r="E85" s="579" t="s">
+        <v>223</v>
+      </c>
+      <c r="F85" s="106">
         <v>6</v>
       </c>
-      <c r="G39" s="103">
-[...2 lines deleted...]
-      <c r="H39" s="103">
+      <c r="G85" s="102">
+        <v>43314</v>
+      </c>
+      <c r="H85" s="636">
+        <v>44398</v>
+      </c>
+    </row>
+    <row r="86" spans="2:8" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B86" s="1130"/>
+      <c r="C86" s="73"/>
+      <c r="D86" s="97"/>
+      <c r="E86" s="579" t="s">
+        <v>222</v>
+      </c>
+      <c r="F86" s="106">
+        <v>6</v>
+      </c>
+      <c r="G86" s="102">
+        <v>43314</v>
+      </c>
+      <c r="H86" s="636">
+        <v>44398</v>
+      </c>
+    </row>
+    <row r="87" spans="2:8" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B87" s="1130"/>
+      <c r="C87" s="73"/>
+      <c r="D87" s="98"/>
+      <c r="E87" s="579" t="s">
+        <v>221</v>
+      </c>
+      <c r="F87" s="106">
+        <v>6</v>
+      </c>
+      <c r="G87" s="102">
+        <v>43314</v>
+      </c>
+      <c r="H87" s="636">
+        <v>45258</v>
+      </c>
+    </row>
+    <row r="88" spans="2:8" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B88" s="1130"/>
+      <c r="C88" s="73"/>
+      <c r="D88" s="98"/>
+      <c r="E88" s="579" t="s">
+        <v>220</v>
+      </c>
+      <c r="F88" s="106">
+        <v>6</v>
+      </c>
+      <c r="G88" s="102">
+        <v>43347</v>
+      </c>
+      <c r="H88" s="636">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="89" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B89" s="1130"/>
+      <c r="C89" s="73"/>
+      <c r="D89" s="115"/>
+      <c r="E89" s="579" t="s">
+        <v>218</v>
+      </c>
+      <c r="F89" s="106">
+        <v>6</v>
+      </c>
+      <c r="G89" s="102">
+        <v>43347</v>
+      </c>
+      <c r="H89" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="90" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B90" s="1130"/>
+      <c r="C90" s="73"/>
+      <c r="D90" s="115"/>
+      <c r="E90" s="579" t="s">
+        <v>219</v>
+      </c>
+      <c r="F90" s="106">
+        <v>6</v>
+      </c>
+      <c r="G90" s="102">
+        <v>43374</v>
+      </c>
+      <c r="H90" s="636">
+        <v>45258</v>
+      </c>
+    </row>
+    <row r="91" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B91" s="1130"/>
+      <c r="C91" s="73"/>
+      <c r="D91" s="115"/>
+      <c r="E91" s="579" t="s">
+        <v>216</v>
+      </c>
+      <c r="F91" s="106">
+        <v>6</v>
+      </c>
+      <c r="G91" s="102">
+        <v>43440</v>
+      </c>
+      <c r="H91" s="636">
+        <v>45258</v>
+      </c>
+    </row>
+    <row r="92" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B92" s="1130"/>
+      <c r="C92" s="115"/>
+      <c r="D92" s="115"/>
+      <c r="E92" s="579" t="s">
+        <v>217</v>
+      </c>
+      <c r="F92" s="106">
+        <v>6</v>
+      </c>
+      <c r="G92" s="102">
+        <v>43440</v>
+      </c>
+      <c r="H92" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="93" spans="2:8" ht="49.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B93" s="1130"/>
+      <c r="C93" s="115"/>
+      <c r="D93" s="115"/>
+      <c r="E93" s="579" t="s">
+        <v>278</v>
+      </c>
+      <c r="F93" s="106">
+        <v>6</v>
+      </c>
+      <c r="G93" s="102">
+        <v>43499</v>
+      </c>
+      <c r="H93" s="636">
+        <v>44181</v>
+      </c>
+    </row>
+    <row r="94" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B94" s="1130"/>
+      <c r="C94" s="130"/>
+      <c r="D94" s="130"/>
+      <c r="E94" s="579" t="s">
+        <v>282</v>
+      </c>
+      <c r="F94" s="106">
+        <v>6</v>
+      </c>
+      <c r="G94" s="102">
+        <v>43528</v>
+      </c>
+      <c r="H94" s="636">
+        <v>44713</v>
+      </c>
+    </row>
+    <row r="95" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B95" s="1130"/>
+      <c r="C95" s="130"/>
+      <c r="D95" s="130"/>
+      <c r="E95" s="579" t="s">
+        <v>303</v>
+      </c>
+      <c r="F95" s="106">
+        <v>6</v>
+      </c>
+      <c r="G95" s="102">
+        <v>43557</v>
+      </c>
+      <c r="H95" s="636">
         <v>45133</v>
       </c>
     </row>
-    <row r="40" spans="2:9" ht="65" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="F40" s="102">
+    <row r="96" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B96" s="1130"/>
+      <c r="C96" s="130"/>
+      <c r="D96" s="130"/>
+      <c r="E96" s="579" t="s">
+        <v>304</v>
+      </c>
+      <c r="F96" s="106">
         <v>6</v>
       </c>
-      <c r="G40" s="103">
-[...13 lines deleted...]
-      <c r="F41" s="102">
+      <c r="G96" s="102">
+        <v>43585</v>
+      </c>
+      <c r="H96" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="97" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="1130"/>
+      <c r="C97" s="130"/>
+      <c r="D97" s="130"/>
+      <c r="E97" s="579" t="s">
+        <v>305</v>
+      </c>
+      <c r="F97" s="106">
         <v>6</v>
       </c>
-      <c r="G41" s="103">
-[...13 lines deleted...]
-      <c r="F42" s="64">
+      <c r="G97" s="102">
+        <v>43585</v>
+      </c>
+      <c r="H97" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="98" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B98" s="1130"/>
+      <c r="C98" s="135"/>
+      <c r="D98" s="135"/>
+      <c r="E98" s="579" t="s">
+        <v>306</v>
+      </c>
+      <c r="F98" s="106">
         <v>6</v>
       </c>
-      <c r="G42" s="82">
-[...11 lines deleted...]
-      <c r="F43" s="107">
+      <c r="G98" s="102">
+        <v>43585</v>
+      </c>
+      <c r="H98" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="99" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B99" s="1130"/>
+      <c r="C99" s="135"/>
+      <c r="D99" s="135"/>
+      <c r="E99" s="582" t="s">
+        <v>314</v>
+      </c>
+      <c r="F99" s="63">
         <v>6</v>
       </c>
-      <c r="G43" s="103">
-[...13 lines deleted...]
-      <c r="F44" s="107">
+      <c r="G99" s="81">
+        <v>43620</v>
+      </c>
+      <c r="H99" s="636"/>
+    </row>
+    <row r="100" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B100" s="1130"/>
+      <c r="C100" s="135"/>
+      <c r="D100" s="135"/>
+      <c r="E100" s="579" t="s">
+        <v>313</v>
+      </c>
+      <c r="F100" s="106">
         <v>6</v>
       </c>
-      <c r="G44" s="103">
-[...13 lines deleted...]
-      <c r="F45" s="107">
+      <c r="G100" s="102">
+        <v>43620</v>
+      </c>
+      <c r="H100" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="101" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B101" s="1130"/>
+      <c r="C101" s="137"/>
+      <c r="D101" s="137"/>
+      <c r="E101" s="579" t="s">
+        <v>315</v>
+      </c>
+      <c r="F101" s="106">
         <v>6</v>
       </c>
-      <c r="G45" s="103">
-[...5 lines deleted...]
-      <c r="I45" s="750" t="s">
+      <c r="G101" s="102">
+        <v>43620</v>
+      </c>
+      <c r="H101" s="636">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="102" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B102" s="1130"/>
+      <c r="C102" s="137"/>
+      <c r="D102" s="137"/>
+      <c r="E102" s="579" t="s">
+        <v>326</v>
+      </c>
+      <c r="F102" s="106">
+        <v>6</v>
+      </c>
+      <c r="G102" s="102">
+        <v>43648</v>
+      </c>
+      <c r="H102" s="636">
+        <v>44013</v>
+      </c>
+    </row>
+    <row r="103" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B103" s="1130"/>
+      <c r="C103" s="332"/>
+      <c r="D103" s="331"/>
+      <c r="E103" s="579" t="s">
+        <v>327</v>
+      </c>
+      <c r="F103" s="106">
+        <v>6</v>
+      </c>
+      <c r="G103" s="102">
+        <v>43648</v>
+      </c>
+      <c r="H103" s="636">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="104" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B104" s="1130"/>
+      <c r="C104" s="331"/>
+      <c r="D104" s="332"/>
+      <c r="E104" s="584" t="s">
+        <v>554</v>
+      </c>
+      <c r="F104" s="106">
+        <v>6</v>
+      </c>
+      <c r="G104" s="102">
+        <v>43678</v>
+      </c>
+      <c r="H104" s="636">
+        <v>44587</v>
+      </c>
+    </row>
+    <row r="105" spans="2:8" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B105" s="1130"/>
+      <c r="C105" s="334"/>
+      <c r="D105" s="335"/>
+      <c r="E105" s="585" t="s">
+        <v>599</v>
+      </c>
+      <c r="F105" s="63">
+        <v>6</v>
+      </c>
+      <c r="G105" s="81">
+        <v>43832</v>
+      </c>
+      <c r="H105" s="638"/>
+    </row>
+    <row r="106" spans="2:8" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B106" s="1130"/>
+      <c r="C106" s="382"/>
+      <c r="D106" s="382"/>
+      <c r="E106" s="586" t="s">
+        <v>557</v>
+      </c>
+      <c r="F106" s="106">
+        <v>6</v>
+      </c>
+      <c r="G106" s="102">
+        <v>43864</v>
+      </c>
+      <c r="H106" s="636">
+        <v>44314</v>
+      </c>
+    </row>
+    <row r="107" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B107" s="1130"/>
+      <c r="C107" s="413"/>
+      <c r="D107" s="413"/>
+      <c r="E107" s="584" t="s">
+        <v>620</v>
+      </c>
+      <c r="F107" s="106">
+        <v>6</v>
+      </c>
+      <c r="G107" s="102">
+        <v>44015</v>
+      </c>
+      <c r="H107" s="102">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="108" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B108" s="1130"/>
+      <c r="C108" s="345"/>
+      <c r="D108" s="481"/>
+      <c r="E108" s="586" t="s">
+        <v>656</v>
+      </c>
+      <c r="F108" s="754">
+        <v>6</v>
+      </c>
+      <c r="G108" s="756">
+        <v>44078</v>
+      </c>
+      <c r="H108" s="102">
+        <v>45741</v>
+      </c>
+    </row>
+    <row r="109" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B109" s="482"/>
+      <c r="C109" s="345"/>
+      <c r="D109" s="481"/>
+      <c r="E109" s="584" t="s">
+        <v>770</v>
+      </c>
+      <c r="F109" s="106">
+        <v>6</v>
+      </c>
+      <c r="G109" s="102">
+        <v>44321</v>
+      </c>
+      <c r="H109" s="102">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="110" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B110" s="511"/>
+      <c r="C110" s="345"/>
+      <c r="D110" s="510"/>
+      <c r="E110" s="586" t="s">
+        <v>726</v>
+      </c>
+      <c r="F110" s="754">
+        <v>6</v>
+      </c>
+      <c r="G110" s="102">
+        <v>44321</v>
+      </c>
+      <c r="H110" s="102">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="111" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B111" s="575"/>
+      <c r="C111" s="345"/>
+      <c r="D111" s="574"/>
+      <c r="E111" s="584" t="s">
+        <v>775</v>
+      </c>
+      <c r="F111" s="106">
+        <v>6</v>
+      </c>
+      <c r="G111" s="102">
+        <v>44398</v>
+      </c>
+      <c r="H111" s="102">
+        <v>45076</v>
+      </c>
+    </row>
+    <row r="112" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B112" s="594"/>
+      <c r="C112" s="345"/>
+      <c r="D112" s="593"/>
+      <c r="E112" s="586" t="s">
+        <v>821</v>
+      </c>
+      <c r="F112" s="755">
+        <v>6</v>
+      </c>
+      <c r="G112" s="756">
+        <v>44565</v>
+      </c>
+      <c r="H112" s="756">
+        <v>45133</v>
+      </c>
+    </row>
+    <row r="113" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B113" s="594"/>
+      <c r="C113" s="345"/>
+      <c r="D113" s="593"/>
+      <c r="E113" s="587" t="s">
+        <v>823</v>
+      </c>
+      <c r="F113" s="576">
+        <v>6</v>
+      </c>
+      <c r="G113" s="81">
+        <v>44593</v>
+      </c>
+      <c r="H113" s="638"/>
+    </row>
+    <row r="114" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B114" s="594"/>
+      <c r="C114" s="345"/>
+      <c r="D114" s="593"/>
+      <c r="E114" s="587" t="s">
+        <v>824</v>
+      </c>
+      <c r="F114" s="576">
+        <v>6</v>
+      </c>
+      <c r="G114" s="81">
+        <v>44593</v>
+      </c>
+      <c r="H114" s="638"/>
+    </row>
+    <row r="115" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B115" s="601"/>
+      <c r="C115" s="345"/>
+      <c r="D115" s="600"/>
+      <c r="E115" s="584" t="s">
+        <v>837</v>
+      </c>
+      <c r="F115" s="106">
+        <v>6</v>
+      </c>
+      <c r="G115" s="102">
+        <v>44630</v>
+      </c>
+      <c r="H115" s="756">
+        <v>45713</v>
+      </c>
+    </row>
+    <row r="116" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B116" s="686"/>
+      <c r="C116" s="345"/>
+      <c r="D116" s="685"/>
+      <c r="E116" s="584" t="s">
+        <v>935</v>
+      </c>
+      <c r="F116" s="106">
+        <v>6</v>
+      </c>
+      <c r="G116" s="102">
+        <v>44903</v>
+      </c>
+      <c r="H116" s="756">
+        <v>45685</v>
+      </c>
+    </row>
+    <row r="117" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B117" s="686"/>
+      <c r="C117" s="345"/>
+      <c r="D117" s="685"/>
+      <c r="E117" s="587" t="s">
+        <v>936</v>
+      </c>
+      <c r="F117" s="63">
+        <v>6</v>
+      </c>
+      <c r="G117" s="81">
+        <v>44903</v>
+      </c>
+      <c r="H117" s="638"/>
+    </row>
+    <row r="118" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B118" s="705"/>
+      <c r="C118" s="345"/>
+      <c r="D118" s="704"/>
+      <c r="E118" s="587" t="s">
+        <v>957</v>
+      </c>
+      <c r="F118" s="63">
+        <v>6</v>
+      </c>
+      <c r="G118" s="81">
+        <v>45019</v>
+      </c>
+      <c r="H118" s="638"/>
+    </row>
+    <row r="119" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B119" s="705"/>
+      <c r="C119" s="345"/>
+      <c r="D119" s="704"/>
+      <c r="E119" s="584" t="s">
+        <v>958</v>
+      </c>
+      <c r="F119" s="106">
+        <v>6</v>
+      </c>
+      <c r="G119" s="102">
+        <v>45019</v>
+      </c>
+      <c r="H119" s="102">
+        <v>45643</v>
+      </c>
+    </row>
+    <row r="120" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B120" s="705"/>
+      <c r="C120" s="345"/>
+      <c r="D120" s="704"/>
+      <c r="E120" s="584" t="s">
+        <v>959</v>
+      </c>
+      <c r="F120" s="106">
+        <v>6</v>
+      </c>
+      <c r="G120" s="102">
+        <v>45019</v>
+      </c>
+      <c r="H120" s="102">
+        <v>45741</v>
+      </c>
+    </row>
+    <row r="121" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B121" s="705"/>
+      <c r="C121" s="345"/>
+      <c r="D121" s="704"/>
+      <c r="E121" s="587" t="s">
+        <v>960</v>
+      </c>
+      <c r="F121" s="63">
+        <v>6</v>
+      </c>
+      <c r="G121" s="81">
+        <v>45019</v>
+      </c>
+      <c r="H121" s="638"/>
+    </row>
+    <row r="122" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B122" s="705"/>
+      <c r="C122" s="345"/>
+      <c r="D122" s="704"/>
+      <c r="E122" s="587" t="s">
+        <v>961</v>
+      </c>
+      <c r="F122" s="63">
+        <v>6</v>
+      </c>
+      <c r="G122" s="81">
+        <v>45019</v>
+      </c>
+      <c r="H122" s="638"/>
+    </row>
+    <row r="123" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B123" s="748"/>
+      <c r="C123" s="345"/>
+      <c r="D123" s="747"/>
+      <c r="E123" s="750" t="s">
+        <v>994</v>
+      </c>
+      <c r="F123" s="751">
+        <v>6</v>
+      </c>
+      <c r="G123" s="81">
+        <v>45104</v>
+      </c>
+      <c r="H123" s="638"/>
+    </row>
+    <row r="124" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B124" s="753"/>
+      <c r="C124" s="345"/>
+      <c r="D124" s="752"/>
+      <c r="E124" s="1053" t="s">
         <v>998</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="F46" s="107">
+      <c r="F124" s="1054">
         <v>6</v>
       </c>
-      <c r="G46" s="103">
-[...13 lines deleted...]
-      <c r="F47" s="107">
+      <c r="G124" s="102">
+        <v>45133</v>
+      </c>
+      <c r="H124" s="102">
+        <v>46063</v>
+      </c>
+    </row>
+    <row r="125" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B125" s="762"/>
+      <c r="C125" s="345"/>
+      <c r="D125" s="761"/>
+      <c r="E125" s="750" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F125" s="751">
         <v>6</v>
       </c>
-      <c r="G47" s="103">
-[...13 lines deleted...]
-      <c r="F48" s="107">
+      <c r="G125" s="81">
+        <v>45173</v>
+      </c>
+      <c r="H125" s="638"/>
+    </row>
+    <row r="126" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B126" s="793"/>
+      <c r="C126" s="345"/>
+      <c r="D126" s="792"/>
+      <c r="E126" s="750" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F126" s="751">
         <v>6</v>
       </c>
-      <c r="G48" s="103">
-[...13 lines deleted...]
-      <c r="F49" s="107">
+      <c r="G126" s="81">
+        <v>45272</v>
+      </c>
+      <c r="H126" s="638"/>
+    </row>
+    <row r="127" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B127" s="802"/>
+      <c r="C127" s="345"/>
+      <c r="D127" s="801"/>
+      <c r="E127" s="750" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F127" s="751">
         <v>6</v>
       </c>
-      <c r="G49" s="103">
-[...13 lines deleted...]
-      <c r="F50" s="107">
+      <c r="G127" s="81">
+        <v>45330</v>
+      </c>
+      <c r="H127" s="638"/>
+    </row>
+    <row r="128" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B128" s="805"/>
+      <c r="C128" s="345"/>
+      <c r="D128" s="804"/>
+      <c r="E128" s="750" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F128" s="751">
         <v>6</v>
       </c>
-      <c r="G50" s="103">
-[...13 lines deleted...]
-      <c r="F51" s="107">
+      <c r="G128" s="81">
+        <v>45390</v>
+      </c>
+      <c r="H128" s="638"/>
+    </row>
+    <row r="129" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B129" s="809"/>
+      <c r="C129" s="345"/>
+      <c r="D129" s="808"/>
+      <c r="E129" s="750" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F129" s="751">
         <v>6</v>
       </c>
-      <c r="G51" s="103">
-[...13 lines deleted...]
-      <c r="F52" s="107">
+      <c r="G129" s="81">
+        <v>45427</v>
+      </c>
+      <c r="H129" s="638"/>
+    </row>
+    <row r="130" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B130" s="809"/>
+      <c r="C130" s="345"/>
+      <c r="D130" s="808"/>
+      <c r="E130" s="750" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F130" s="751">
         <v>6</v>
       </c>
-      <c r="G52" s="103">
-[...13 lines deleted...]
-      <c r="F53" s="64">
+      <c r="G130" s="81">
+        <v>45427</v>
+      </c>
+      <c r="H130" s="638"/>
+    </row>
+    <row r="131" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B131" s="809"/>
+      <c r="C131" s="345"/>
+      <c r="D131" s="808"/>
+      <c r="E131" s="750" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F131" s="751">
         <v>6</v>
       </c>
-      <c r="G53" s="82">
-[...11 lines deleted...]
-      <c r="F54" s="107">
+      <c r="G131" s="81">
+        <v>45427</v>
+      </c>
+      <c r="H131" s="638"/>
+    </row>
+    <row r="132" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B132" s="820"/>
+      <c r="C132" s="345"/>
+      <c r="D132" s="819"/>
+      <c r="E132" s="750" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F132" s="751">
         <v>6</v>
       </c>
-      <c r="G54" s="103">
-[...13 lines deleted...]
-      <c r="F55" s="107">
+      <c r="G132" s="81">
+        <v>45504</v>
+      </c>
+      <c r="H132" s="638"/>
+    </row>
+    <row r="133" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B133" s="820"/>
+      <c r="C133" s="345"/>
+      <c r="D133" s="819"/>
+      <c r="E133" s="750" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F133" s="751">
         <v>6</v>
       </c>
-      <c r="G55" s="103">
-[...13 lines deleted...]
-      <c r="F56" s="107">
+      <c r="G133" s="81">
+        <v>45537</v>
+      </c>
+      <c r="H133" s="638"/>
+    </row>
+    <row r="134" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B134" s="820"/>
+      <c r="C134" s="345"/>
+      <c r="D134" s="819"/>
+      <c r="E134" s="750" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F134" s="751">
         <v>6</v>
       </c>
-      <c r="G56" s="103">
-[...13 lines deleted...]
-      <c r="F57" s="64">
+      <c r="G134" s="81">
+        <v>45537</v>
+      </c>
+      <c r="H134" s="638"/>
+    </row>
+    <row r="135" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B135" s="841"/>
+      <c r="C135" s="345"/>
+      <c r="D135" s="840"/>
+      <c r="E135" s="750" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F135" s="751">
         <v>6</v>
       </c>
-      <c r="G57" s="82">
-[...11 lines deleted...]
-      <c r="F58" s="107">
+      <c r="G135" s="81">
+        <v>45566</v>
+      </c>
+      <c r="H135" s="638"/>
+    </row>
+    <row r="136" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="850"/>
+      <c r="C136" s="345"/>
+      <c r="D136" s="849"/>
+      <c r="E136" s="750" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F136" s="751">
         <v>6</v>
       </c>
-      <c r="G58" s="103">
-[...13 lines deleted...]
-      <c r="F59" s="107">
+      <c r="G136" s="81">
+        <v>45623</v>
+      </c>
+      <c r="H136" s="638"/>
+    </row>
+    <row r="137" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="855"/>
+      <c r="C137" s="345"/>
+      <c r="D137" s="854"/>
+      <c r="E137" s="750" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F137" s="751">
         <v>6</v>
       </c>
-      <c r="G59" s="103">
-[...13 lines deleted...]
-      <c r="F60" s="107">
+      <c r="G137" s="81">
+        <v>45659</v>
+      </c>
+      <c r="H137" s="638"/>
+    </row>
+    <row r="138" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="861"/>
+      <c r="C138" s="345"/>
+      <c r="D138" s="860"/>
+      <c r="E138" s="750" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F138" s="751">
         <v>6</v>
       </c>
-      <c r="G60" s="103">
-[...13 lines deleted...]
-      <c r="F61" s="64">
+      <c r="G138" s="81">
+        <v>45693</v>
+      </c>
+      <c r="H138" s="638"/>
+    </row>
+    <row r="139" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B139" s="861"/>
+      <c r="C139" s="345"/>
+      <c r="D139" s="860"/>
+      <c r="E139" s="750" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F139" s="751">
         <v>6</v>
       </c>
-      <c r="G61" s="82">
-[...11 lines deleted...]
-      <c r="F62" s="107">
+      <c r="G139" s="81">
+        <v>45693</v>
+      </c>
+      <c r="H139" s="638"/>
+    </row>
+    <row r="140" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B140" s="878"/>
+      <c r="C140" s="345"/>
+      <c r="D140" s="877"/>
+      <c r="E140" s="750" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F140" s="751">
         <v>6</v>
       </c>
-      <c r="G62" s="103">
-[...13 lines deleted...]
-      <c r="F63" s="107">
+      <c r="G140" s="81">
+        <v>45741</v>
+      </c>
+      <c r="H140" s="638"/>
+    </row>
+    <row r="141" spans="2:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B141" s="878"/>
+      <c r="C141" s="345"/>
+      <c r="D141" s="877"/>
+      <c r="E141" s="750" t="s">
+        <v>1225</v>
+      </c>
+      <c r="F141" s="751">
         <v>6</v>
       </c>
-      <c r="G63" s="103">
-[...13 lines deleted...]
-      <c r="F64" s="107">
+      <c r="G141" s="81">
+        <v>45741</v>
+      </c>
+      <c r="H141" s="638"/>
+    </row>
+    <row r="142" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B142" s="912"/>
+      <c r="C142" s="345"/>
+      <c r="D142" s="911"/>
+      <c r="E142" s="750" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F142" s="751">
         <v>6</v>
       </c>
-      <c r="G64" s="103">
-[...13 lines deleted...]
-      <c r="F65" s="107">
+      <c r="G142" s="81">
+        <v>45785</v>
+      </c>
+      <c r="H142" s="638"/>
+    </row>
+    <row r="143" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B143" s="921"/>
+      <c r="C143" s="345"/>
+      <c r="D143" s="920"/>
+      <c r="E143" s="750" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F143" s="751">
         <v>6</v>
       </c>
-      <c r="G65" s="103">
-[...13 lines deleted...]
-      <c r="F66" s="107">
+      <c r="G143" s="81">
+        <v>45834</v>
+      </c>
+      <c r="H143" s="638"/>
+    </row>
+    <row r="144" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B144" s="930"/>
+      <c r="C144" s="345"/>
+      <c r="D144" s="929"/>
+      <c r="E144" s="750" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F144" s="751">
         <v>6</v>
       </c>
-      <c r="G66" s="103">
-[...13 lines deleted...]
-      <c r="F67" s="107">
+      <c r="G144" s="81">
+        <v>45840</v>
+      </c>
+      <c r="H144" s="638"/>
+    </row>
+    <row r="145" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B145" s="935"/>
+      <c r="C145" s="345"/>
+      <c r="D145" s="934"/>
+      <c r="E145" s="750" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F145" s="751">
         <v>6</v>
       </c>
-      <c r="G67" s="103">
-[...13 lines deleted...]
-      <c r="F68" s="107">
+      <c r="G145" s="81">
+        <v>45867</v>
+      </c>
+      <c r="H145" s="638"/>
+    </row>
+    <row r="146" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B146" s="1042"/>
+      <c r="C146" s="345"/>
+      <c r="D146" s="1041"/>
+      <c r="E146" s="750" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F146" s="751">
         <v>6</v>
       </c>
-      <c r="G68" s="103">
-[...1248 lines deleted...]
-      <c r="B146" s="1067">
+      <c r="G146" s="81">
+        <v>46014</v>
+      </c>
+      <c r="H146" s="638"/>
+    </row>
+    <row r="147" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B147" s="1050"/>
+      <c r="C147" s="345"/>
+      <c r="D147" s="1049"/>
+      <c r="E147" s="750" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F147" s="751" t="s">
+        <v>1345</v>
+      </c>
+      <c r="G147" s="81">
+        <v>45698</v>
+      </c>
+      <c r="H147" s="638"/>
+    </row>
+    <row r="148" spans="2:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B148" s="1050"/>
+      <c r="C148" s="345"/>
+      <c r="D148" s="1049"/>
+      <c r="E148" s="750" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F148" s="751" t="s">
+        <v>1345</v>
+      </c>
+      <c r="G148" s="81">
+        <v>45698</v>
+      </c>
+      <c r="H148" s="638"/>
+    </row>
+    <row r="149" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B149" s="1077">
         <f>MAX(B$27:B108)+1</f>
         <v>3</v>
       </c>
-      <c r="C146" s="1085" t="s">
-[...2 lines deleted...]
-      <c r="D146" s="1065" t="s">
+      <c r="C149" s="1095" t="s">
+        <v>721</v>
+      </c>
+      <c r="D149" s="1075" t="s">
+        <v>97</v>
+      </c>
+      <c r="E149" s="1117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" s="471" t="s">
+        <v>701</v>
+      </c>
+      <c r="G149" s="472">
+        <v>41575</v>
+      </c>
+      <c r="H149" s="639"/>
+    </row>
+    <row r="150" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B150" s="1126"/>
+      <c r="C150" s="1097"/>
+      <c r="D150" s="1131"/>
+      <c r="E150" s="1134"/>
+      <c r="F150" s="469" t="s">
+        <v>700</v>
+      </c>
+      <c r="G150" s="470">
+        <v>41575</v>
+      </c>
+      <c r="H150" s="640">
+        <v>44215</v>
+      </c>
+    </row>
+    <row r="151" spans="2:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B151" s="60">
+        <f>MAX(B$27:B150)+1</f>
+        <v>4</v>
+      </c>
+      <c r="C151" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="D151" s="22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="432" t="s">
+        <v>16</v>
+      </c>
+      <c r="F151" s="20" t="s">
+        <v>17</v>
+      </c>
+      <c r="G151" s="80">
+        <v>41641</v>
+      </c>
+      <c r="H151" s="40"/>
+    </row>
+    <row r="152" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B152" s="20">
+        <f>MAX(B$27:B151)+1</f>
+        <v>5</v>
+      </c>
+      <c r="C152" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D152" s="34" t="s">
+        <v>311</v>
+      </c>
+      <c r="E152" s="432" t="s">
+        <v>19</v>
+      </c>
+      <c r="F152" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" s="80">
+        <v>41642</v>
+      </c>
+      <c r="H152" s="40"/>
+    </row>
+    <row r="153" spans="2:10" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B153" s="1077">
+        <f>MAX(B$27:B152)+1</f>
+        <v>6</v>
+      </c>
+      <c r="C153" s="1095" t="s">
+        <v>21</v>
+      </c>
+      <c r="D153" s="1095" t="s">
+        <v>22</v>
+      </c>
+      <c r="E153" s="1117" t="s">
+        <v>23</v>
+      </c>
+      <c r="F153" s="473" t="s">
+        <v>24</v>
+      </c>
+      <c r="G153" s="472">
+        <v>41654</v>
+      </c>
+      <c r="H153" s="1140"/>
+    </row>
+    <row r="154" spans="2:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B154" s="1078"/>
+      <c r="C154" s="1096"/>
+      <c r="D154" s="1096"/>
+      <c r="E154" s="1118"/>
+      <c r="F154" s="345">
+        <v>5</v>
+      </c>
+      <c r="G154" s="347">
+        <v>42636</v>
+      </c>
+      <c r="H154" s="1141"/>
+    </row>
+    <row r="155" spans="2:10" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B155" s="1077">
+        <f>MAX(B$27:B154)+1</f>
+        <v>7</v>
+      </c>
+      <c r="C155" s="1095" t="s">
+        <v>840</v>
+      </c>
+      <c r="D155" s="1095" t="s">
+        <v>25</v>
+      </c>
+      <c r="E155" s="1117" t="s">
+        <v>26</v>
+      </c>
+      <c r="F155" s="679" t="s">
+        <v>916</v>
+      </c>
+      <c r="G155" s="80">
+        <v>41659</v>
+      </c>
+      <c r="H155" s="1107" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="156" spans="2:10" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B156" s="1126"/>
+      <c r="C156" s="1097"/>
+      <c r="D156" s="1097"/>
+      <c r="E156" s="1134"/>
+      <c r="F156" s="679" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G156" s="80">
+        <v>45282</v>
+      </c>
+      <c r="H156" s="1135"/>
+    </row>
+    <row r="157" spans="2:10" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B157" s="1078"/>
+      <c r="C157" s="1096"/>
+      <c r="D157" s="1096"/>
+      <c r="E157" s="1118"/>
+      <c r="F157" s="679" t="s">
+        <v>196</v>
+      </c>
+      <c r="G157" s="80">
+        <v>45600</v>
+      </c>
+      <c r="H157" s="1108"/>
+    </row>
+    <row r="158" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B158" s="20">
+        <f>MAX(B$27:B155)+1</f>
+        <v>8</v>
+      </c>
+      <c r="C158" s="22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D158" s="45" t="s">
+        <v>124</v>
+      </c>
+      <c r="E158" s="432" t="s">
+        <v>29</v>
+      </c>
+      <c r="F158" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G158" s="80">
+        <v>41729</v>
+      </c>
+      <c r="H158" s="40"/>
+    </row>
+    <row r="159" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B159" s="60">
+        <f>MAX(B$27:B158)+1</f>
+        <v>9</v>
+      </c>
+      <c r="C159" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D159" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E159" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F159" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G159" s="83">
+        <v>41732</v>
+      </c>
+      <c r="H159" s="40"/>
+    </row>
+    <row r="160" spans="2:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B160" s="60">
+        <f>MAX(B$27:B159)+1</f>
+        <v>10</v>
+      </c>
+      <c r="C160" s="7" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D160" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E160" s="340" t="s">
+        <v>36</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G160" s="82">
+        <v>41739</v>
+      </c>
+      <c r="H160" s="40" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J160" s="29"/>
+    </row>
+    <row r="161" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B161" s="60">
+        <f>MAX(B$27:B160)+1</f>
+        <v>11</v>
+      </c>
+      <c r="C161" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D161" s="54" t="s">
+        <v>133</v>
+      </c>
+      <c r="E161" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F161" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G161" s="83">
+        <v>41794</v>
+      </c>
+      <c r="H161" s="40"/>
+    </row>
+    <row r="162" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B162" s="1142">
+        <f>MAX(B$27:B161)+1</f>
+        <v>12</v>
+      </c>
+      <c r="C162" s="1123" t="s">
+        <v>730</v>
+      </c>
+      <c r="D162" s="1138" t="s">
+        <v>98</v>
+      </c>
+      <c r="E162" s="1065" t="s">
+        <v>41</v>
+      </c>
+      <c r="F162" s="486" t="s">
+        <v>659</v>
+      </c>
+      <c r="G162" s="109">
+        <v>41904</v>
+      </c>
+      <c r="H162" s="641">
+        <v>44309</v>
+      </c>
+    </row>
+    <row r="163" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B163" s="1143"/>
+      <c r="C163" s="1124"/>
+      <c r="D163" s="1139"/>
+      <c r="E163" s="1069"/>
+      <c r="F163" s="487" t="s">
+        <v>192</v>
+      </c>
+      <c r="G163" s="440" t="s">
+        <v>100</v>
+      </c>
+      <c r="H163" s="1107" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="164" spans="2:8" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B164" s="1143"/>
+      <c r="C164" s="1124"/>
+      <c r="D164" s="1139"/>
+      <c r="E164" s="1069"/>
+      <c r="F164" s="618">
+        <v>3</v>
+      </c>
+      <c r="G164" s="439">
+        <v>42074</v>
+      </c>
+      <c r="H164" s="1135"/>
+    </row>
+    <row r="165" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B165" s="1065">
+        <f>MAX(B$27:B164)+1</f>
+        <v>13</v>
+      </c>
+      <c r="C165" s="1133" t="s">
+        <v>954</v>
+      </c>
+      <c r="D165" s="1133" t="s">
+        <v>97</v>
+      </c>
+      <c r="E165" s="1065" t="s">
+        <v>42</v>
+      </c>
+      <c r="F165" s="39" t="s">
+        <v>136</v>
+      </c>
+      <c r="G165" s="83">
+        <v>41907</v>
+      </c>
+      <c r="H165" s="1109" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="166" spans="2:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B166" s="1069"/>
+      <c r="C166" s="1124"/>
+      <c r="D166" s="1124"/>
+      <c r="E166" s="1069"/>
+      <c r="F166" s="57" t="s">
+        <v>141</v>
+      </c>
+      <c r="G166" s="84">
+        <v>42724</v>
+      </c>
+      <c r="H166" s="1110"/>
+    </row>
+    <row r="167" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B167" s="14">
+        <f>MAX(B$27:B166)+1</f>
+        <v>14</v>
+      </c>
+      <c r="C167" s="11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D167" s="11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E167" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F167" s="39" t="s">
+        <v>111</v>
+      </c>
+      <c r="G167" s="85">
+        <v>41947</v>
+      </c>
+      <c r="H167" s="40"/>
+    </row>
+    <row r="168" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B168" s="1103">
+        <f>MAX(B$27:B167)+1</f>
+        <v>15</v>
+      </c>
+      <c r="C168" s="1123" t="s">
+        <v>46</v>
+      </c>
+      <c r="D168" s="1133" t="s">
+        <v>526</v>
+      </c>
+      <c r="E168" s="1065" t="s">
+        <v>47</v>
+      </c>
+      <c r="F168" s="361" t="s">
+        <v>110</v>
+      </c>
+      <c r="G168" s="362">
+        <v>41968</v>
+      </c>
+      <c r="H168" s="638"/>
+    </row>
+    <row r="169" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B169" s="1104"/>
+      <c r="C169" s="1132"/>
+      <c r="D169" s="1132"/>
+      <c r="E169" s="1066"/>
+      <c r="F169" s="358" t="s">
+        <v>534</v>
+      </c>
+      <c r="G169" s="360">
+        <v>43766</v>
+      </c>
+      <c r="H169" s="441"/>
+    </row>
+    <row r="170" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B170" s="1063">
+        <f>MAX(B$27:B169)+1</f>
+        <v>16</v>
+      </c>
+      <c r="C170" s="1082" t="s">
+        <v>48</v>
+      </c>
+      <c r="D170" s="1082" t="s">
+        <v>49</v>
+      </c>
+      <c r="E170" s="1063" t="s">
+        <v>50</v>
+      </c>
+      <c r="F170" s="15">
+        <v>5</v>
+      </c>
+      <c r="G170" s="85">
+        <v>41969</v>
+      </c>
+      <c r="H170" s="40"/>
+    </row>
+    <row r="171" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B171" s="1079"/>
+      <c r="C171" s="1083"/>
+      <c r="D171" s="1083"/>
+      <c r="E171" s="1079"/>
+      <c r="F171" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="G171" s="85">
+        <v>45717</v>
+      </c>
+      <c r="H171" s="40"/>
+    </row>
+    <row r="172" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B172" s="1063">
+        <f>MAX(B$27:B170)+1</f>
+        <v>17</v>
+      </c>
+      <c r="C172" s="1082" t="s">
+        <v>51</v>
+      </c>
+      <c r="D172" s="1082" t="s">
+        <v>52</v>
+      </c>
+      <c r="E172" s="1063" t="s">
+        <v>53</v>
+      </c>
+      <c r="F172" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="G172" s="85">
+        <v>41996</v>
+      </c>
+      <c r="H172" s="40"/>
+    </row>
+    <row r="173" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B173" s="1079"/>
+      <c r="C173" s="1083"/>
+      <c r="D173" s="1083"/>
+      <c r="E173" s="1079"/>
+      <c r="F173" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G173" s="85">
+        <v>44774</v>
+      </c>
+      <c r="H173" s="40"/>
+    </row>
+    <row r="174" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B174" s="15">
+        <f>MAX(B$27:B172)+1</f>
+        <v>18</v>
+      </c>
+      <c r="C174" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="D174" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="E174" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="F174" s="39" t="s">
+        <v>109</v>
+      </c>
+      <c r="G174" s="85" t="s">
         <v>102</v>
       </c>
-      <c r="E146" s="1107" t="s">
-[...49 lines deleted...]
-        <f>MAX(B$27:B148)+1</f>
+      <c r="H174" s="40"/>
+    </row>
+    <row r="175" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B175" s="14">
+        <f>MAX(B$27:B174)+1</f>
+        <v>19</v>
+      </c>
+      <c r="C175" s="16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D175" s="16" t="s">
+        <v>59</v>
+      </c>
+      <c r="E175" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="F175" s="39" t="s">
+        <v>108</v>
+      </c>
+      <c r="G175" s="85" t="s">
+        <v>101</v>
+      </c>
+      <c r="H175" s="40"/>
+    </row>
+    <row r="176" spans="2:8" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B176" s="15">
+        <f>MAX(B$27:B175)+1</f>
+        <v>20</v>
+      </c>
+      <c r="C176" s="16" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D176" s="16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E176" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F176" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G176" s="85" t="s">
+        <v>103</v>
+      </c>
+      <c r="H176" s="95" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="177" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B177" s="1063">
+        <f>MAX(B$27:B176)+1</f>
+        <v>21</v>
+      </c>
+      <c r="C177" s="1082" t="s">
+        <v>64</v>
+      </c>
+      <c r="D177" s="1082" t="s">
+        <v>65</v>
+      </c>
+      <c r="E177" s="1063" t="s">
+        <v>66</v>
+      </c>
+      <c r="F177" s="122">
+        <v>3</v>
+      </c>
+      <c r="G177" s="123">
+        <v>42061</v>
+      </c>
+      <c r="H177" s="624"/>
+    </row>
+    <row r="178" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B178" s="1079"/>
+      <c r="C178" s="1083"/>
+      <c r="D178" s="1083"/>
+      <c r="E178" s="1079"/>
+      <c r="F178" s="120">
         <v>5</v>
       </c>
-      <c r="C149" s="21" t="s">
-[...526 lines deleted...]
-      <c r="G176" s="122">
+      <c r="G178" s="121">
         <v>43524</v>
       </c>
-      <c r="H176" s="628"/>
-[...47 lines deleted...]
-    <row r="179" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H178" s="625"/>
+    </row>
+    <row r="179" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B179" s="15">
         <f>MAX(B$27:B178)+1</f>
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C179" s="13" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>67</v>
+      </c>
+      <c r="D179" s="35" t="s">
+        <v>127</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="F179" s="15" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-    <row r="180" spans="2:8" ht="107.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>69</v>
+      </c>
+      <c r="G179" s="87">
+        <v>42062</v>
+      </c>
+      <c r="H179" s="519"/>
+    </row>
+    <row r="180" spans="2:8" ht="51" x14ac:dyDescent="0.2">
       <c r="B180" s="15">
         <f>MAX(B$27:B179)+1</f>
-        <v>26</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>23</v>
+      </c>
+      <c r="C180" s="35" t="s">
+        <v>769</v>
       </c>
       <c r="D180" s="13" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="E180" s="15" t="s">
-        <v>82</v>
-[...11 lines deleted...]
-    <row r="181" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>71</v>
+      </c>
+      <c r="F180" s="36" t="s">
+        <v>779</v>
+      </c>
+      <c r="G180" s="87">
+        <v>42076</v>
+      </c>
+      <c r="H180" s="543" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="181" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B181" s="15">
         <f>MAX(B$27:B180)+1</f>
-        <v>27</v>
-[...18 lines deleted...]
-    <row r="182" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+      <c r="C181" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D181" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E181" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="F181" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G181" s="87">
+        <v>42079</v>
+      </c>
+      <c r="H181" s="519"/>
+    </row>
+    <row r="182" spans="2:8" ht="107.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B182" s="15">
         <f>MAX(B$27:B181)+1</f>
+        <v>25</v>
+      </c>
+      <c r="C182" s="13" t="s">
+        <v>794</v>
+      </c>
+      <c r="D182" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="E182" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="F182" s="36" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G182" s="87">
+        <v>42109</v>
+      </c>
+      <c r="H182" s="543" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="183" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="15">
+        <f>MAX(B$27:B182)+1</f>
+        <v>26</v>
+      </c>
+      <c r="C183" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="D183" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="E183" s="433" t="s">
+        <v>81</v>
+      </c>
+      <c r="F183" s="19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G183" s="90">
+        <v>42221</v>
+      </c>
+      <c r="H183" s="40"/>
+    </row>
+    <row r="184" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="15">
+        <f>MAX(B$27:B183)+1</f>
+        <v>27</v>
+      </c>
+      <c r="C184" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D184" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E184" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F184" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="G184" s="87">
+        <v>42292</v>
+      </c>
+      <c r="H184" s="642"/>
+    </row>
+    <row r="185" spans="2:8" ht="46.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B185" s="1063">
+        <f>MAX(B$27:B184)+1</f>
         <v>28</v>
       </c>
-      <c r="C182" s="13" t="s">
+      <c r="C185" s="1082" t="s">
+        <v>87</v>
+      </c>
+      <c r="D185" s="1082" t="s">
         <v>88</v>
       </c>
-      <c r="D182" s="13" t="s">
+      <c r="E185" s="1063" t="s">
         <v>89</v>
       </c>
-      <c r="E182" s="15" t="s">
+      <c r="F185" s="438" t="s">
+        <v>122</v>
+      </c>
+      <c r="G185" s="88">
+        <v>42312</v>
+      </c>
+      <c r="H185" s="435" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="186" spans="2:8" ht="69.599999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B186" s="1105"/>
+      <c r="C186" s="1112"/>
+      <c r="D186" s="1112"/>
+      <c r="E186" s="1105"/>
+      <c r="F186" s="436">
+        <v>4</v>
+      </c>
+      <c r="G186" s="437">
+        <v>42650</v>
+      </c>
+      <c r="H186" s="434" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="187" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B187" s="1079"/>
+      <c r="C187" s="1083"/>
+      <c r="D187" s="1083"/>
+      <c r="E187" s="1079"/>
+      <c r="F187" s="100" t="s">
+        <v>204</v>
+      </c>
+      <c r="G187" s="89">
+        <v>43305</v>
+      </c>
+      <c r="H187" s="435"/>
+    </row>
+    <row r="188" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B188" s="15">
+        <f>MAX(B$27:B187)+1</f>
+        <v>29</v>
+      </c>
+      <c r="C188" s="35" t="s">
+        <v>163</v>
+      </c>
+      <c r="D188" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="F182" s="13" t="s">
+      <c r="E188" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="G182" s="88">
-[...9 lines deleted...]
-      <c r="C183" s="1072" t="s">
+      <c r="F188" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="D183" s="1072" t="s">
+      <c r="G188" s="87">
+        <v>42342</v>
+      </c>
+      <c r="H188" s="95" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="189" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B189" s="24">
+        <f>MAX(B$27:B188)+1</f>
+        <v>30</v>
+      </c>
+      <c r="C189" s="23" t="s">
         <v>93</v>
       </c>
-      <c r="E183" s="1053" t="s">
+      <c r="D189" s="23" t="s">
         <v>94</v>
       </c>
-      <c r="F183" s="439" t="s">
+      <c r="E189" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F189" s="44" t="s">
+        <v>171</v>
+      </c>
+      <c r="G189" s="86">
+        <v>42349</v>
+      </c>
+      <c r="H189" s="643"/>
+    </row>
+    <row r="190" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B190" s="1063">
+        <f>MAX(B$27:B189)+1</f>
+        <v>31</v>
+      </c>
+      <c r="C190" s="1127" t="s">
+        <v>284</v>
+      </c>
+      <c r="D190" s="1127" t="s">
+        <v>99</v>
+      </c>
+      <c r="E190" s="1063" t="s">
+        <v>96</v>
+      </c>
+      <c r="F190" s="67" t="s">
+        <v>192</v>
+      </c>
+      <c r="G190" s="91">
+        <v>42374</v>
+      </c>
+      <c r="H190" s="153"/>
+    </row>
+    <row r="191" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B191" s="1079"/>
+      <c r="C191" s="1083"/>
+      <c r="D191" s="1128"/>
+      <c r="E191" s="1079"/>
+      <c r="F191" s="116">
+        <v>7</v>
+      </c>
+      <c r="G191" s="92">
+        <v>43525</v>
+      </c>
+      <c r="H191" s="644"/>
+    </row>
+    <row r="192" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B192" s="1063">
+        <f>MAX(B$27:B191)+1</f>
+        <v>32</v>
+      </c>
+      <c r="C192" s="1082" t="s">
+        <v>877</v>
+      </c>
+      <c r="D192" s="1082" t="s">
+        <v>99</v>
+      </c>
+      <c r="E192" s="1063" t="s">
+        <v>50</v>
+      </c>
+      <c r="F192" s="123" t="s">
+        <v>172</v>
+      </c>
+      <c r="G192" s="123">
+        <v>42411</v>
+      </c>
+      <c r="H192" s="623" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8" ht="78" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B193" s="1105"/>
+      <c r="C193" s="1112"/>
+      <c r="D193" s="1112"/>
+      <c r="E193" s="1105"/>
+      <c r="F193" s="527" t="s">
+        <v>200</v>
+      </c>
+      <c r="G193" s="528">
+        <v>43337</v>
+      </c>
+      <c r="H193" s="1144" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B194" s="1079"/>
+      <c r="C194" s="1083"/>
+      <c r="D194" s="1083"/>
+      <c r="E194" s="1079"/>
+      <c r="F194" s="622" t="s">
+        <v>878</v>
+      </c>
+      <c r="G194" s="394">
+        <v>44707</v>
+      </c>
+      <c r="H194" s="1145"/>
+    </row>
+    <row r="195" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B195" s="1063">
+        <f>MAX(B$27:B193)+1</f>
+        <v>33</v>
+      </c>
+      <c r="C195" s="1067" t="s">
+        <v>112</v>
+      </c>
+      <c r="D195" s="1119" t="s">
+        <v>113</v>
+      </c>
+      <c r="E195" s="1121" t="s">
+        <v>50</v>
+      </c>
+      <c r="F195" s="372" t="s">
+        <v>114</v>
+      </c>
+      <c r="G195" s="373">
+        <v>42422</v>
+      </c>
+      <c r="H195" s="638"/>
+    </row>
+    <row r="196" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B196" s="1079"/>
+      <c r="C196" s="1068"/>
+      <c r="D196" s="1120"/>
+      <c r="E196" s="1122"/>
+      <c r="F196" s="371" t="s">
+        <v>196</v>
+      </c>
+      <c r="G196" s="298">
+        <v>43811</v>
+      </c>
+      <c r="H196" s="441"/>
+    </row>
+    <row r="197" spans="1:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B197" s="1063">
+        <f>MAX(B$27:B196)+1</f>
+        <v>34</v>
+      </c>
+      <c r="C197" s="1082" t="s">
+        <v>185</v>
+      </c>
+      <c r="D197" s="1082" t="s">
+        <v>116</v>
+      </c>
+      <c r="E197" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F197" s="122">
+        <v>3</v>
+      </c>
+      <c r="G197" s="123">
+        <v>42436</v>
+      </c>
+      <c r="H197" s="1107" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B198" s="1079"/>
+      <c r="C198" s="1083"/>
+      <c r="D198" s="1083"/>
+      <c r="E198" s="1079"/>
+      <c r="F198" s="524" t="s">
+        <v>192</v>
+      </c>
+      <c r="G198" s="405">
+        <v>43718</v>
+      </c>
+      <c r="H198" s="1108"/>
+    </row>
+    <row r="199" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B199" s="1063">
+        <f>MAX(B$27:B198)+1</f>
+        <v>35</v>
+      </c>
+      <c r="C199" s="1082" t="s">
+        <v>120</v>
+      </c>
+      <c r="D199" s="1082" t="s">
+        <v>173</v>
+      </c>
+      <c r="E199" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F199" s="117" t="s">
+        <v>121</v>
+      </c>
+      <c r="G199" s="91">
+        <v>42436</v>
+      </c>
+      <c r="H199" s="646"/>
+    </row>
+    <row r="200" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B200" s="1079"/>
+      <c r="C200" s="1083"/>
+      <c r="D200" s="1083"/>
+      <c r="E200" s="1079"/>
+      <c r="F200" s="612" t="s">
+        <v>196</v>
+      </c>
+      <c r="G200" s="92">
+        <v>43466</v>
+      </c>
+      <c r="H200" s="647"/>
+    </row>
+    <row r="201" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="1047"/>
+      <c r="B201" s="15">
+        <f>MAX(B$27:B200)+1</f>
+        <v>36</v>
+      </c>
+      <c r="C201" s="784" t="s">
+        <v>860</v>
+      </c>
+      <c r="D201" s="1045" t="s">
+        <v>116</v>
+      </c>
+      <c r="E201" s="1046" t="s">
+        <v>115</v>
+      </c>
+      <c r="F201" s="542" t="s">
+        <v>861</v>
+      </c>
+      <c r="G201" s="326">
+        <v>42552</v>
+      </c>
+      <c r="H201" s="323"/>
+    </row>
+    <row r="202" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B202" s="1063">
+        <f>MAX(B$27:B201)+1</f>
+        <v>37</v>
+      </c>
+      <c r="C202" s="1067" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D202" s="1119" t="s">
+        <v>113</v>
+      </c>
+      <c r="E202" s="1121" t="s">
+        <v>50</v>
+      </c>
+      <c r="F202" s="372" t="s">
+        <v>114</v>
+      </c>
+      <c r="G202" s="373">
+        <v>42650</v>
+      </c>
+      <c r="H202" s="1107" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B203" s="1079"/>
+      <c r="C203" s="1068"/>
+      <c r="D203" s="1120"/>
+      <c r="E203" s="1122"/>
+      <c r="F203" s="371" t="s">
+        <v>196</v>
+      </c>
+      <c r="G203" s="298">
+        <v>43811</v>
+      </c>
+      <c r="H203" s="1108"/>
+    </row>
+    <row r="204" spans="1:8" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A204"/>
+      <c r="B204" s="24">
+        <f>MAX(B$27:B203)+1</f>
+        <v>38</v>
+      </c>
+      <c r="C204" s="42" t="s">
+        <v>128</v>
+      </c>
+      <c r="D204" s="41" t="s">
+        <v>113</v>
+      </c>
+      <c r="E204" s="433" t="s">
+        <v>50</v>
+      </c>
+      <c r="F204" s="43">
+        <v>6</v>
+      </c>
+      <c r="G204" s="93">
+        <v>42653</v>
+      </c>
+      <c r="H204" s="40"/>
+    </row>
+    <row r="205" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B205" s="24">
+        <f>MAX(B$27:B204)+1</f>
+        <v>39</v>
+      </c>
+      <c r="C205" s="50" t="s">
+        <v>129</v>
+      </c>
+      <c r="D205" s="51" t="s">
+        <v>130</v>
+      </c>
+      <c r="E205" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="G205" s="86">
+        <v>42669</v>
+      </c>
+      <c r="H205" s="387"/>
+    </row>
+    <row r="206" spans="1:8" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B206" s="898">
+        <f>MAX(B$27:B205)+1</f>
+        <v>40</v>
+      </c>
+      <c r="C206" s="910" t="s">
+        <v>896</v>
+      </c>
+      <c r="D206" s="910" t="s">
+        <v>117</v>
+      </c>
+      <c r="E206" s="897" t="s">
+        <v>115</v>
+      </c>
+      <c r="F206" s="897" t="s">
+        <v>137</v>
+      </c>
+      <c r="G206" s="88">
+        <v>42683</v>
+      </c>
+      <c r="H206" s="638" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A207" s="29"/>
+      <c r="B207" s="899"/>
+      <c r="C207" s="784"/>
+      <c r="D207" s="784"/>
+      <c r="E207" s="901"/>
+      <c r="F207" s="780">
+        <v>6</v>
+      </c>
+      <c r="G207" s="113">
+        <v>45782</v>
+      </c>
+      <c r="H207" s="902"/>
+    </row>
+    <row r="208" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B208" s="1063">
+        <f>MAX(B$27:B206)+1</f>
+        <v>41</v>
+      </c>
+      <c r="C208" s="1082" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D208" s="1082" t="s">
+        <v>117</v>
+      </c>
+      <c r="E208" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F208" s="114" t="s">
+        <v>109</v>
+      </c>
+      <c r="G208" s="94">
+        <v>42683</v>
+      </c>
+      <c r="H208" s="1109" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="209" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B209" s="1079"/>
+      <c r="C209" s="1083"/>
+      <c r="D209" s="1083"/>
+      <c r="E209" s="1079"/>
+      <c r="F209" s="393" t="s">
+        <v>196</v>
+      </c>
+      <c r="G209" s="92">
+        <v>43665</v>
+      </c>
+      <c r="H209" s="1110"/>
+    </row>
+    <row r="210" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B210" s="59">
+        <f>MAX(B$27:B209)+1</f>
+        <v>42</v>
+      </c>
+      <c r="C210" s="13" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D210" s="464" t="s">
+        <v>131</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F210" s="465" t="s">
+        <v>122</v>
+      </c>
+      <c r="G210" s="87">
+        <v>42736</v>
+      </c>
+      <c r="H210" s="40" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="211" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B211" s="24">
+        <f>MAX(B$27:B210)+1</f>
+        <v>43</v>
+      </c>
+      <c r="C211" s="52" t="s">
+        <v>132</v>
+      </c>
+      <c r="D211" s="49" t="s">
+        <v>133</v>
+      </c>
+      <c r="E211" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="F211" s="55" t="s">
+        <v>121</v>
+      </c>
+      <c r="G211" s="86">
+        <v>42705</v>
+      </c>
+      <c r="H211" s="638"/>
+      <c r="I211" s="58"/>
+    </row>
+    <row r="212" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B212" s="1055">
+        <f>MAX(B$27:B211)+1</f>
+        <v>44</v>
+      </c>
+      <c r="C212" s="1101" t="s">
+        <v>138</v>
+      </c>
+      <c r="D212" s="1095" t="s">
+        <v>113</v>
+      </c>
+      <c r="E212" s="1117" t="s">
+        <v>115</v>
+      </c>
+      <c r="F212" s="475" t="s">
+        <v>139</v>
+      </c>
+      <c r="G212" s="91">
+        <v>42720</v>
+      </c>
+      <c r="H212" s="441"/>
+      <c r="I212" s="58"/>
+    </row>
+    <row r="213" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B213" s="1056"/>
+      <c r="C213" s="1102"/>
+      <c r="D213" s="1096"/>
+      <c r="E213" s="1118"/>
+      <c r="F213" s="468" t="s">
+        <v>710</v>
+      </c>
+      <c r="G213" s="92">
+        <v>44348</v>
+      </c>
+      <c r="H213" s="40"/>
+    </row>
+    <row r="214" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B214" s="1055">
+        <f>MAX(B$27:B213)+1</f>
+        <v>45</v>
+      </c>
+      <c r="C214" s="1067" t="s">
+        <v>144</v>
+      </c>
+      <c r="D214" s="1067" t="s">
+        <v>145</v>
+      </c>
+      <c r="E214" s="1055" t="s">
+        <v>115</v>
+      </c>
+      <c r="F214" s="110">
+        <v>3</v>
+      </c>
+      <c r="G214" s="99">
+        <v>42768</v>
+      </c>
+      <c r="H214" s="40" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="215" spans="2:9" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B215" s="1056"/>
+      <c r="C215" s="1068"/>
+      <c r="D215" s="1068"/>
+      <c r="E215" s="1056"/>
+      <c r="F215" s="111" t="s">
+        <v>192</v>
+      </c>
+      <c r="G215" s="112">
+        <v>43402</v>
+      </c>
+      <c r="H215" s="645"/>
+    </row>
+    <row r="216" spans="2:9" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B216" s="1055">
+        <f>MAX(B$27:B215)+1</f>
+        <v>46</v>
+      </c>
+      <c r="C216" s="1067" t="s">
+        <v>146</v>
+      </c>
+      <c r="D216" s="1067" t="s">
+        <v>142</v>
+      </c>
+      <c r="E216" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F216" s="117">
+        <v>6</v>
+      </c>
+      <c r="G216" s="91">
+        <v>42775</v>
+      </c>
+      <c r="H216" s="646"/>
+    </row>
+    <row r="217" spans="2:9" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B217" s="1056"/>
+      <c r="C217" s="1068"/>
+      <c r="D217" s="1068"/>
+      <c r="E217" s="1066"/>
+      <c r="F217" s="474" t="s">
+        <v>109</v>
+      </c>
+      <c r="G217" s="91">
+        <v>44277</v>
+      </c>
+      <c r="H217" s="647"/>
+    </row>
+    <row r="218" spans="2:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B218" s="1055">
+        <f>MAX(B$27:B216)+1</f>
+        <v>47</v>
+      </c>
+      <c r="C218" s="1082" t="s">
+        <v>771</v>
+      </c>
+      <c r="D218" s="1082" t="s">
+        <v>147</v>
+      </c>
+      <c r="E218" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F218" s="122" t="s">
+        <v>109</v>
+      </c>
+      <c r="G218" s="123">
+        <v>42786</v>
+      </c>
+      <c r="H218" s="1107" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="219" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B219" s="1056"/>
+      <c r="C219" s="1083"/>
+      <c r="D219" s="1083"/>
+      <c r="E219" s="1079"/>
+      <c r="F219" s="522" t="s">
+        <v>196</v>
+      </c>
+      <c r="G219" s="405">
+        <v>44384</v>
+      </c>
+      <c r="H219" s="1108"/>
+    </row>
+    <row r="220" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B220" s="1063">
+        <f>MAX(B$27:B218)+1</f>
+        <v>48</v>
+      </c>
+      <c r="C220" s="1095" t="s">
+        <v>863</v>
+      </c>
+      <c r="D220" s="1095" t="s">
+        <v>124</v>
+      </c>
+      <c r="E220" s="1117" t="s">
+        <v>115</v>
+      </c>
+      <c r="F220" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="G220" s="87">
+        <v>42786</v>
+      </c>
+      <c r="H220" s="1109" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="221" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B221" s="1079"/>
+      <c r="C221" s="1096"/>
+      <c r="D221" s="1096"/>
+      <c r="E221" s="1118"/>
+      <c r="F221" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="G221" s="87">
+        <v>44683</v>
+      </c>
+      <c r="H221" s="1110"/>
+    </row>
+    <row r="222" spans="2:9" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B222" s="59">
+        <f>MAX(B$27:B220)+1</f>
+        <v>49</v>
+      </c>
+      <c r="C222" s="13" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D222" s="17" t="s">
+        <v>148</v>
+      </c>
+      <c r="E222" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F222" s="14">
+        <v>6</v>
+      </c>
+      <c r="G222" s="87">
+        <v>42789</v>
+      </c>
+      <c r="H222" s="40" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="223" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B223" s="24">
+        <f>MAX(B$27:B222)+1</f>
+        <v>50</v>
+      </c>
+      <c r="C223" s="42" t="s">
+        <v>149</v>
+      </c>
+      <c r="D223" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E223" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F223" s="24" t="s">
+        <v>156</v>
+      </c>
+      <c r="G223" s="87">
+        <v>42793</v>
+      </c>
+      <c r="H223" s="642"/>
+    </row>
+    <row r="224" spans="2:9" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B224" s="1063">
+        <f>MAX(B$27:B223)+1</f>
+        <v>51</v>
+      </c>
+      <c r="C224" s="1067" t="s">
+        <v>151</v>
+      </c>
+      <c r="D224" s="1080" t="s">
+        <v>152</v>
+      </c>
+      <c r="E224" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F224" s="730" t="s">
+        <v>109</v>
+      </c>
+      <c r="G224" s="99">
+        <v>42809</v>
+      </c>
+      <c r="H224" s="642"/>
+    </row>
+    <row r="225" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B225" s="1105"/>
+      <c r="C225" s="1111"/>
+      <c r="D225" s="1115"/>
+      <c r="E225" s="1116"/>
+      <c r="F225" s="733" t="s">
+        <v>984</v>
+      </c>
+      <c r="G225" s="734">
+        <v>45139</v>
+      </c>
+      <c r="H225" s="646"/>
+    </row>
+    <row r="226" spans="2:10" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B226" s="1105"/>
+      <c r="C226" s="1111"/>
+      <c r="D226" s="1115"/>
+      <c r="E226" s="890" t="s">
+        <v>976</v>
+      </c>
+      <c r="F226" s="731" t="s">
+        <v>109</v>
+      </c>
+      <c r="G226" s="732">
+        <v>43578</v>
+      </c>
+      <c r="H226" s="648">
+        <v>43738</v>
+      </c>
+    </row>
+    <row r="227" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B227" s="555"/>
+      <c r="C227" s="556"/>
+      <c r="D227" s="557"/>
+      <c r="E227" s="990" t="s">
+        <v>977</v>
+      </c>
+      <c r="F227" s="851" t="s">
+        <v>109</v>
+      </c>
+      <c r="G227" s="991">
+        <v>44536</v>
+      </c>
+      <c r="H227" s="648">
+        <v>45930</v>
+      </c>
+    </row>
+    <row r="228" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B228" s="46">
+        <f>MAX(B$27:B226)+1</f>
+        <v>52</v>
+      </c>
+      <c r="C228" s="42" t="s">
+        <v>154</v>
+      </c>
+      <c r="D228" s="30" t="s">
+        <v>147</v>
+      </c>
+      <c r="E228" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F228" s="47" t="s">
+        <v>109</v>
+      </c>
+      <c r="G228" s="86">
+        <v>42801</v>
+      </c>
+      <c r="H228" s="642"/>
+    </row>
+    <row r="229" spans="2:10" ht="54.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B229" s="59">
+        <f>MAX(B$27:B228)+1</f>
+        <v>53</v>
+      </c>
+      <c r="C229" s="13" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D229" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="E229" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F229" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="G229" s="87">
+        <v>42838</v>
+      </c>
+      <c r="H229" s="40" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="230" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B230" s="24">
+        <f>MAX(B$27:B229)+1</f>
+        <v>54</v>
+      </c>
+      <c r="C230" s="23" t="s">
+        <v>160</v>
+      </c>
+      <c r="D230" s="23" t="s">
+        <v>117</v>
+      </c>
+      <c r="E230" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F230" s="24">
+        <v>3</v>
+      </c>
+      <c r="G230" s="86">
+        <v>42874</v>
+      </c>
+      <c r="H230" s="643"/>
+      <c r="J230" s="375"/>
+    </row>
+    <row r="231" spans="2:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B231" s="1063">
+        <f>MAX(B$27:B230)+1</f>
+        <v>55</v>
+      </c>
+      <c r="C231" s="1067" t="s">
+        <v>681</v>
+      </c>
+      <c r="D231" s="1082" t="s">
+        <v>142</v>
+      </c>
+      <c r="E231" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F231" s="442" t="s">
+        <v>319</v>
+      </c>
+      <c r="G231" s="443">
+        <v>42902</v>
+      </c>
+      <c r="H231" s="649">
+        <v>43642</v>
+      </c>
+    </row>
+    <row r="232" spans="2:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B232" s="1079"/>
+      <c r="C232" s="1068"/>
+      <c r="D232" s="1083"/>
+      <c r="E232" s="1066"/>
+      <c r="F232" s="430" t="s">
+        <v>192</v>
+      </c>
+      <c r="G232" s="92">
+        <v>42902</v>
+      </c>
+      <c r="H232" s="441" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="233" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B233" s="1063">
+        <f>MAX(B$27:B232)+1</f>
+        <v>56</v>
+      </c>
+      <c r="C233" s="1067" t="s">
+        <v>581</v>
+      </c>
+      <c r="D233" s="1082" t="s">
+        <v>150</v>
+      </c>
+      <c r="E233" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F233" s="117">
+        <v>6</v>
+      </c>
+      <c r="G233" s="91">
+        <v>42950</v>
+      </c>
+      <c r="H233" s="1085" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="234" spans="2:10" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B234" s="1079"/>
+      <c r="C234" s="1068"/>
+      <c r="D234" s="1083"/>
+      <c r="E234" s="1066"/>
+      <c r="F234" s="374" t="s">
+        <v>512</v>
+      </c>
+      <c r="G234" s="92">
+        <v>43657</v>
+      </c>
+      <c r="H234" s="1086"/>
+    </row>
+    <row r="235" spans="2:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B235" s="124">
+        <f>MAX(B$27:B234)+1</f>
+        <v>57</v>
+      </c>
+      <c r="C235" s="125" t="s">
+        <v>287</v>
+      </c>
+      <c r="D235" s="17" t="s">
+        <v>169</v>
+      </c>
+      <c r="E235" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F235" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="G235" s="87">
+        <v>42996</v>
+      </c>
+      <c r="H235" s="40" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="236" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B236" s="47">
+        <f>MAX(B$27:B235)+1</f>
+        <v>58</v>
+      </c>
+      <c r="C236" s="69" t="s">
+        <v>166</v>
+      </c>
+      <c r="D236" s="70" t="s">
+        <v>165</v>
+      </c>
+      <c r="E236" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F236" s="24">
+        <v>5</v>
+      </c>
+      <c r="G236" s="86">
+        <v>43070</v>
+      </c>
+      <c r="H236" s="650"/>
+    </row>
+    <row r="237" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B237" s="1103">
+        <f>MAX(B$27:B236)+1</f>
+        <v>59</v>
+      </c>
+      <c r="C237" s="1067" t="s">
+        <v>739</v>
+      </c>
+      <c r="D237" s="1080" t="s">
+        <v>169</v>
+      </c>
+      <c r="E237" s="1063" t="s">
+        <v>50</v>
+      </c>
+      <c r="F237" s="117">
+        <v>3</v>
+      </c>
+      <c r="G237" s="91">
+        <v>43101</v>
+      </c>
+      <c r="H237" s="1109" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="238" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B238" s="1104"/>
+      <c r="C238" s="1068"/>
+      <c r="D238" s="1081"/>
+      <c r="E238" s="1079"/>
+      <c r="F238" s="520" t="s">
+        <v>196</v>
+      </c>
+      <c r="G238" s="92">
+        <v>44322</v>
+      </c>
+      <c r="H238" s="1110"/>
+    </row>
+    <row r="239" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B239" s="47">
+        <f>MAX(B$27:B238)+1</f>
+        <v>60</v>
+      </c>
+      <c r="C239" s="42" t="s">
+        <v>168</v>
+      </c>
+      <c r="D239" s="49" t="s">
+        <v>133</v>
+      </c>
+      <c r="E239" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F239" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="G239" s="86">
+        <v>43090</v>
+      </c>
+      <c r="H239" s="642"/>
+    </row>
+    <row r="240" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B240" s="47">
+        <f>MAX(B$27:B239)+1</f>
+        <v>61</v>
+      </c>
+      <c r="C240" s="42" t="s">
+        <v>187</v>
+      </c>
+      <c r="D240" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E240" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F240" s="24">
+        <v>5</v>
+      </c>
+      <c r="G240" s="86">
+        <v>43192</v>
+      </c>
+      <c r="H240" s="651"/>
+    </row>
+    <row r="241" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B241" s="47">
+        <f>MAX(B$27:B240)+1</f>
+        <v>62</v>
+      </c>
+      <c r="C241" s="42" t="s">
+        <v>188</v>
+      </c>
+      <c r="D241" s="23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E241" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F241" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G241" s="86">
+        <v>43199</v>
+      </c>
+      <c r="H241" s="651"/>
+    </row>
+    <row r="242" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="47"/>
+      <c r="B242" s="47">
+        <f>MAX(B$27:B241)+1</f>
+        <v>63</v>
+      </c>
+      <c r="C242" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="D242" s="30" t="s">
+        <v>124</v>
+      </c>
+      <c r="E242" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F242" s="86" t="s">
+        <v>194</v>
+      </c>
+      <c r="G242" s="86">
+        <v>43206</v>
+      </c>
+      <c r="H242" s="652"/>
+    </row>
+    <row r="243" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B243" s="47">
+        <f>MAX(B$27:B242)+1</f>
+        <v>64</v>
+      </c>
+      <c r="C243" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="D243" s="56" t="s">
+        <v>143</v>
+      </c>
+      <c r="E243" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F243" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G243" s="86">
+        <v>43216</v>
+      </c>
+      <c r="H243" s="652"/>
+    </row>
+    <row r="244" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B244" s="47">
+        <f>MAX(B$27:B243)+1</f>
+        <v>65</v>
+      </c>
+      <c r="C244" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="D244" s="70" t="s">
+        <v>125</v>
+      </c>
+      <c r="E244" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F244" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G244" s="86">
+        <v>43286</v>
+      </c>
+      <c r="H244" s="652"/>
+    </row>
+    <row r="245" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B245" s="47">
+        <f>MAX(B$27:B244)+1</f>
+        <v>66</v>
+      </c>
+      <c r="C245" s="25" t="s">
+        <v>202</v>
+      </c>
+      <c r="D245" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E245" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F245" s="53" t="s">
+        <v>211</v>
+      </c>
+      <c r="G245" s="86">
+        <v>43525</v>
+      </c>
+      <c r="H245" s="642"/>
+    </row>
+    <row r="246" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B246" s="47">
+        <f>MAX(B$27:B245)+1</f>
+        <v>67</v>
+      </c>
+      <c r="C246" s="25" t="s">
+        <v>206</v>
+      </c>
+      <c r="D246" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="E246" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F246" s="24" t="s">
+        <v>134</v>
+      </c>
+      <c r="G246" s="86">
+        <v>43405</v>
+      </c>
+      <c r="H246" s="652"/>
+    </row>
+    <row r="247" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B247" s="47">
+        <f>MAX(B$27:B246)+1</f>
+        <v>68</v>
+      </c>
+      <c r="C247" s="25" t="s">
+        <v>207</v>
+      </c>
+      <c r="D247" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E247" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F247" s="24">
+        <v>3</v>
+      </c>
+      <c r="G247" s="86">
+        <v>43391</v>
+      </c>
+      <c r="H247" s="652"/>
+    </row>
+    <row r="248" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B248" s="1103">
+        <f>MAX(B$27:B247)+1</f>
+        <v>69</v>
+      </c>
+      <c r="C248" s="1080" t="s">
+        <v>208</v>
+      </c>
+      <c r="D248" s="1080" t="s">
+        <v>199</v>
+      </c>
+      <c r="E248" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F248" s="621" t="s">
+        <v>209</v>
+      </c>
+      <c r="G248" s="99">
+        <v>43466</v>
+      </c>
+      <c r="H248" s="652"/>
+    </row>
+    <row r="249" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="1104"/>
+      <c r="C249" s="1081"/>
+      <c r="D249" s="1081"/>
+      <c r="E249" s="1079"/>
+      <c r="F249" s="111">
+        <v>7</v>
+      </c>
+      <c r="G249" s="112">
+        <v>44708</v>
+      </c>
+      <c r="H249" s="652"/>
+    </row>
+    <row r="250" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B250" s="1080">
+        <f>MAX(B$27:B248)+1</f>
+        <v>70</v>
+      </c>
+      <c r="C250" s="1082" t="s">
+        <v>213</v>
+      </c>
+      <c r="D250" s="1082" t="s">
+        <v>169</v>
+      </c>
+      <c r="E250" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F250" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="G250" s="86">
+        <v>43556</v>
+      </c>
+      <c r="H250" s="642"/>
+    </row>
+    <row r="251" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B251" s="1081"/>
+      <c r="C251" s="1083"/>
+      <c r="D251" s="1083"/>
+      <c r="E251" s="1079"/>
+      <c r="F251" s="787">
+        <v>6</v>
+      </c>
+      <c r="G251" s="767">
+        <v>43556</v>
+      </c>
+      <c r="H251" s="767">
+        <v>45250</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B252" s="47">
+        <f>MAX(B$27:B250)+1</f>
+        <v>71</v>
+      </c>
+      <c r="C252" s="25" t="s">
+        <v>215</v>
+      </c>
+      <c r="D252" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E252" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F252" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="G252" s="86">
+        <v>43405</v>
+      </c>
+      <c r="H252" s="642"/>
+    </row>
+    <row r="253" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B253" s="47">
+        <f>MAX(B$27:B252)+1</f>
+        <v>72</v>
+      </c>
+      <c r="C253" s="48" t="s">
+        <v>273</v>
+      </c>
+      <c r="D253" s="48" t="s">
         <v>127</v>
       </c>
-      <c r="G183" s="89">
-[...11 lines deleted...]
-      <c r="F184" s="437">
+      <c r="E253" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F253" s="44" t="s">
+        <v>279</v>
+      </c>
+      <c r="G253" s="86">
+        <v>43466</v>
+      </c>
+      <c r="H253" s="519"/>
+    </row>
+    <row r="254" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B254" s="1055">
+        <f>MAX(B$27:B253)+1</f>
+        <v>73</v>
+      </c>
+      <c r="C254" s="1067" t="s">
+        <v>276</v>
+      </c>
+      <c r="D254" s="1082" t="s">
+        <v>142</v>
+      </c>
+      <c r="E254" s="872" t="s">
+        <v>115</v>
+      </c>
+      <c r="F254" s="1063" t="s">
+        <v>192</v>
+      </c>
+      <c r="G254" s="99">
+        <v>43525</v>
+      </c>
+      <c r="H254" s="646"/>
+    </row>
+    <row r="255" spans="1:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B255" s="1106"/>
+      <c r="C255" s="1111"/>
+      <c r="D255" s="1112"/>
+      <c r="E255" s="892" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F255" s="1105"/>
+      <c r="G255" s="893">
+        <v>43762</v>
+      </c>
+      <c r="H255" s="692">
+        <v>45152</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B256" s="1056"/>
+      <c r="C256" s="768"/>
+      <c r="D256" s="769"/>
+      <c r="E256" s="891" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F256" s="771" t="s">
+        <v>192</v>
+      </c>
+      <c r="G256" s="407">
+        <v>45183</v>
+      </c>
+      <c r="H256" s="770"/>
+    </row>
+    <row r="257" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B257" s="1063">
+        <f>MAX(B$27:B255)+1</f>
+        <v>74</v>
+      </c>
+      <c r="C257" s="1067" t="s">
+        <v>997</v>
+      </c>
+      <c r="D257" s="1082" t="s">
+        <v>173</v>
+      </c>
+      <c r="E257" s="887" t="s">
+        <v>115</v>
+      </c>
+      <c r="F257" s="117">
+        <v>6</v>
+      </c>
+      <c r="G257" s="91">
+        <v>43525</v>
+      </c>
+      <c r="H257" s="646"/>
+    </row>
+    <row r="258" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B258" s="1105"/>
+      <c r="C258" s="1111"/>
+      <c r="D258" s="1112"/>
+      <c r="E258" s="890" t="s">
+        <v>895</v>
+      </c>
+      <c r="F258" s="788">
+        <v>6</v>
+      </c>
+      <c r="G258" s="732">
+        <v>43525</v>
+      </c>
+      <c r="H258" s="789" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="259" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B259" s="1105"/>
+      <c r="C259" s="1111"/>
+      <c r="D259" s="1112"/>
+      <c r="E259" s="892" t="s">
+        <v>300</v>
+      </c>
+      <c r="F259" s="127">
+        <v>6</v>
+      </c>
+      <c r="G259" s="128">
+        <v>43526</v>
+      </c>
+      <c r="H259" s="791">
+        <v>43549</v>
+      </c>
+    </row>
+    <row r="260" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B260" s="1105"/>
+      <c r="C260" s="1111"/>
+      <c r="D260" s="1112"/>
+      <c r="E260" s="891" t="s">
+        <v>299</v>
+      </c>
+      <c r="F260" s="129">
+        <v>6</v>
+      </c>
+      <c r="G260" s="113">
+        <v>43571</v>
+      </c>
+      <c r="H260" s="790"/>
+    </row>
+    <row r="261" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B261" s="1079"/>
+      <c r="C261" s="1068"/>
+      <c r="D261" s="1083"/>
+      <c r="E261" s="962" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F261" s="963">
+        <v>6</v>
+      </c>
+      <c r="G261" s="964">
+        <v>45449</v>
+      </c>
+      <c r="H261" s="965">
+        <v>45877</v>
+      </c>
+    </row>
+    <row r="262" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B262" s="24">
+        <f>MAX(B$27:B260)+1</f>
+        <v>75</v>
+      </c>
+      <c r="C262" s="42" t="s">
+        <v>280</v>
+      </c>
+      <c r="D262" s="56" t="s">
+        <v>199</v>
+      </c>
+      <c r="E262" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F262" s="24">
+        <v>5</v>
+      </c>
+      <c r="G262" s="86">
+        <v>43553</v>
+      </c>
+      <c r="H262" s="642"/>
+    </row>
+    <row r="263" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B263" s="1063">
+        <f>MAX(B$27:B262)+1</f>
+        <v>76</v>
+      </c>
+      <c r="C263" s="1067" t="s">
+        <v>285</v>
+      </c>
+      <c r="D263" s="1080" t="s">
+        <v>124</v>
+      </c>
+      <c r="E263" s="1065" t="s">
+        <v>9</v>
+      </c>
+      <c r="F263" s="114" t="s">
+        <v>286</v>
+      </c>
+      <c r="G263" s="94">
+        <v>43554</v>
+      </c>
+      <c r="H263" s="1113"/>
+    </row>
+    <row r="264" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B264" s="1079"/>
+      <c r="C264" s="1068"/>
+      <c r="D264" s="1081"/>
+      <c r="E264" s="1066"/>
+      <c r="F264" s="379" t="s">
+        <v>566</v>
+      </c>
+      <c r="G264" s="92">
+        <v>43876</v>
+      </c>
+      <c r="H264" s="1114"/>
+    </row>
+    <row r="265" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B265" s="15">
+        <f>MAX(B$27:B264)+1</f>
+        <v>77</v>
+      </c>
+      <c r="C265" s="133" t="s">
+        <v>871</v>
+      </c>
+      <c r="D265" s="17" t="s">
+        <v>143</v>
+      </c>
+      <c r="E265" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F265" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="G265" s="87">
+        <v>43543</v>
+      </c>
+      <c r="H265" s="40" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="266" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B266" s="24">
+        <f>MAX(B$27:B265)+1</f>
+        <v>78</v>
+      </c>
+      <c r="C266" s="42" t="s">
+        <v>290</v>
+      </c>
+      <c r="D266" s="23" t="s">
+        <v>173</v>
+      </c>
+      <c r="E266" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F266" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="G266" s="86">
+        <v>43539</v>
+      </c>
+      <c r="H266" s="642"/>
+    </row>
+    <row r="267" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B267" s="24">
+        <f>MAX(B$27:B266)+1</f>
+        <v>79</v>
+      </c>
+      <c r="C267" s="42" t="s">
+        <v>298</v>
+      </c>
+      <c r="D267" s="23" t="s">
+        <v>173</v>
+      </c>
+      <c r="E267" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F267" s="24">
+        <v>6</v>
+      </c>
+      <c r="G267" s="86">
+        <v>43556</v>
+      </c>
+      <c r="H267" s="642"/>
+    </row>
+    <row r="268" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B268" s="24">
+        <f>MAX(B$27:B267)+1</f>
+        <v>80</v>
+      </c>
+      <c r="C268" s="42" t="s">
+        <v>291</v>
+      </c>
+      <c r="D268" s="23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E268" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F268" s="24" t="s">
+        <v>292</v>
+      </c>
+      <c r="G268" s="86">
+        <v>43553</v>
+      </c>
+      <c r="H268" s="642"/>
+    </row>
+    <row r="269" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="1063">
+        <f>MAX(B$27:B268)+1</f>
+        <v>81</v>
+      </c>
+      <c r="C269" s="1067" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D269" s="1082" t="s">
+        <v>44</v>
+      </c>
+      <c r="E269" s="1065" t="s">
+        <v>9</v>
+      </c>
+      <c r="F269" s="621">
+        <v>3</v>
+      </c>
+      <c r="G269" s="99">
+        <v>43544</v>
+      </c>
+      <c r="H269" s="1107" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="270" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B270" s="1079"/>
+      <c r="C270" s="1068"/>
+      <c r="D270" s="1083"/>
+      <c r="E270" s="1066"/>
+      <c r="F270" s="246">
+        <v>5</v>
+      </c>
+      <c r="G270" s="817">
+        <v>45434</v>
+      </c>
+      <c r="H270" s="1108"/>
+    </row>
+    <row r="271" spans="2:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B271" s="24">
+        <f>MAX(B$27:B269)+1</f>
+        <v>82</v>
+      </c>
+      <c r="C271" s="42" t="s">
+        <v>293</v>
+      </c>
+      <c r="D271" s="23" t="s">
+        <v>97</v>
+      </c>
+      <c r="E271" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F271" s="24" t="s">
+        <v>281</v>
+      </c>
+      <c r="G271" s="86">
+        <v>43553</v>
+      </c>
+      <c r="H271" s="642"/>
+    </row>
+    <row r="272" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B272" s="1063">
+        <f>MAX(B$27:B271)+1</f>
+        <v>83</v>
+      </c>
+      <c r="C272" s="1082" t="s">
+        <v>843</v>
+      </c>
+      <c r="D272" s="1082" t="s">
+        <v>145</v>
+      </c>
+      <c r="E272" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F272" s="114" t="s">
+        <v>294</v>
+      </c>
+      <c r="G272" s="94">
+        <v>43595</v>
+      </c>
+      <c r="H272" s="1085" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="273" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B273" s="1079"/>
+      <c r="C273" s="1083"/>
+      <c r="D273" s="1083"/>
+      <c r="E273" s="1066"/>
+      <c r="F273" s="389" t="s">
+        <v>196</v>
+      </c>
+      <c r="G273" s="92">
+        <v>44042</v>
+      </c>
+      <c r="H273" s="1086"/>
+    </row>
+    <row r="274" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B274" s="1057">
+        <f>MAX(B$27:B273)+1</f>
+        <v>84</v>
+      </c>
+      <c r="C274" s="1080" t="s">
+        <v>767</v>
+      </c>
+      <c r="D274" s="1082" t="s">
+        <v>173</v>
+      </c>
+      <c r="E274" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F274" s="778" t="s">
+        <v>122</v>
+      </c>
+      <c r="G274" s="88">
+        <v>43544</v>
+      </c>
+      <c r="H274" s="1085" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="275" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B275" s="1058"/>
+      <c r="C275" s="1081"/>
+      <c r="D275" s="1083"/>
+      <c r="E275" s="1066"/>
+      <c r="F275" s="780">
         <v>4</v>
       </c>
-      <c r="G184" s="438">
-[...1494 lines deleted...]
-      <c r="E261" s="1055" t="s">
+      <c r="G275" s="113">
+        <v>45217</v>
+      </c>
+      <c r="H275" s="1086"/>
+    </row>
+    <row r="276" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B276" s="19">
+        <f>MAX(B$27:B274)+1</f>
+        <v>85</v>
+      </c>
+      <c r="C276" s="17" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D276" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E276" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="F261" s="115" t="s">
-[...260 lines deleted...]
-      <c r="G274" s="88">
+      <c r="F276" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G276" s="87">
         <v>43558</v>
       </c>
-      <c r="H274" s="41" t="s">
-[...47 lines deleted...]
-    <row r="277" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H276" s="40" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="277" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B277" s="19">
         <f>MAX(B$27:B276)+1</f>
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C277" s="133" t="s">
-        <v>315</v>
-[...4 lines deleted...]
-      <c r="E277" s="341" t="s">
+        <v>301</v>
+      </c>
+      <c r="D277" s="56" t="s">
+        <v>143</v>
+      </c>
+      <c r="E277" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="F277" s="54" t="s">
-[...7 lines deleted...]
-    <row r="278" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="F277" s="24">
+        <v>5</v>
+      </c>
+      <c r="G277" s="86">
+        <v>43626</v>
+      </c>
+      <c r="H277" s="642"/>
+    </row>
+    <row r="278" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B278" s="19">
         <f>MAX(B$27:B277)+1</f>
+        <v>87</v>
+      </c>
+      <c r="C278" s="13" t="s">
+        <v>307</v>
+      </c>
+      <c r="D278" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E278" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F278" s="53" t="s">
+        <v>109</v>
+      </c>
+      <c r="G278" s="86">
+        <v>43647</v>
+      </c>
+      <c r="H278" s="40"/>
+    </row>
+    <row r="279" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B279" s="19">
+        <f>MAX(B$27:B278)+1</f>
+        <v>88</v>
+      </c>
+      <c r="C279" s="132" t="s">
+        <v>308</v>
+      </c>
+      <c r="D279" s="134" t="s">
+        <v>124</v>
+      </c>
+      <c r="E279" s="340" t="s">
+        <v>9</v>
+      </c>
+      <c r="F279" s="53" t="s">
+        <v>134</v>
+      </c>
+      <c r="G279" s="136">
+        <v>43800</v>
+      </c>
+      <c r="H279" s="40"/>
+    </row>
+    <row r="280" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B280" s="19">
+        <f>MAX(B$27:B279)+1</f>
+        <v>89</v>
+      </c>
+      <c r="C280" s="133" t="s">
+        <v>309</v>
+      </c>
+      <c r="D280" s="69" t="s">
+        <v>182</v>
+      </c>
+      <c r="E280" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F280" s="24">
+        <v>6</v>
+      </c>
+      <c r="G280" s="86">
+        <v>43251</v>
+      </c>
+      <c r="H280" s="651"/>
+    </row>
+    <row r="281" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B281" s="1057">
+        <f>MAX(B$27:B280)+1</f>
         <v>90</v>
       </c>
-      <c r="C278" s="134" t="s">
+      <c r="C281" s="1055" t="s">
+        <v>310</v>
+      </c>
+      <c r="D281" s="1063" t="s">
+        <v>311</v>
+      </c>
+      <c r="E281" s="1063" t="s">
+        <v>9</v>
+      </c>
+      <c r="F281" s="24" t="s">
+        <v>312</v>
+      </c>
+      <c r="G281" s="86">
+        <v>43653</v>
+      </c>
+      <c r="H281" s="651"/>
+    </row>
+    <row r="282" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B282" s="1058"/>
+      <c r="C282" s="1056"/>
+      <c r="D282" s="1079"/>
+      <c r="E282" s="1079"/>
+      <c r="F282" s="24">
+        <v>6</v>
+      </c>
+      <c r="G282" s="86">
+        <v>45937</v>
+      </c>
+      <c r="H282" s="651"/>
+    </row>
+    <row r="283" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B283" s="6">
+        <f>MAX(B$27:B281)+1</f>
+        <v>91</v>
+      </c>
+      <c r="C283" s="133" t="s">
         <v>316</v>
       </c>
-      <c r="D278" s="70" t="s">
-[...5 lines deleted...]
-      <c r="F278" s="25">
+      <c r="D283" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E283" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F283" s="24">
         <v>6</v>
       </c>
-      <c r="G278" s="87">
-[...56 lines deleted...]
-      <c r="G281" s="87">
+      <c r="G283" s="86">
         <v>43709</v>
       </c>
-      <c r="H281" s="645"/>
-[...45 lines deleted...]
-    <row r="284" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H283" s="642"/>
+    </row>
+    <row r="284" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B284" s="6">
         <f>MAX(B$27:B283)+1</f>
-        <v>95</v>
-[...18 lines deleted...]
-    <row r="285" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>92</v>
+      </c>
+      <c r="C284" s="133" t="s">
+        <v>317</v>
+      </c>
+      <c r="D284" s="56" t="s">
+        <v>143</v>
+      </c>
+      <c r="E284" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F284" s="24" t="s">
+        <v>318</v>
+      </c>
+      <c r="G284" s="86">
+        <v>43667</v>
+      </c>
+      <c r="H284" s="642"/>
+    </row>
+    <row r="285" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B285" s="6">
         <f>MAX(B$27:B284)+1</f>
-        <v>96</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>93</v>
+      </c>
+      <c r="C285" s="133" t="s">
+        <v>320</v>
+      </c>
+      <c r="D285" s="56" t="s">
+        <v>124</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>54</v>
-[...9 lines deleted...]
-    <row r="286" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>50</v>
+      </c>
+      <c r="F285" s="24" t="s">
+        <v>321</v>
+      </c>
+      <c r="G285" s="86">
+        <v>43678</v>
+      </c>
+      <c r="H285" s="37"/>
+    </row>
+    <row r="286" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B286" s="6">
         <f>MAX(B$27:B285)+1</f>
+        <v>94</v>
+      </c>
+      <c r="C286" s="133" t="s">
+        <v>322</v>
+      </c>
+      <c r="D286" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E286" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F286" s="24" t="s">
+        <v>110</v>
+      </c>
+      <c r="G286" s="86">
+        <v>43646</v>
+      </c>
+      <c r="H286" s="642"/>
+    </row>
+    <row r="287" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B287" s="6">
+        <f>MAX(B$27:B286)+1</f>
+        <v>95</v>
+      </c>
+      <c r="C287" s="133" t="s">
+        <v>323</v>
+      </c>
+      <c r="D287" s="56" t="s">
+        <v>124</v>
+      </c>
+      <c r="E287" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F287" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="G287" s="86">
+        <v>43679</v>
+      </c>
+      <c r="H287" s="37"/>
+    </row>
+    <row r="288" spans="2:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B288" s="6">
+        <f>MAX(B$27:B287)+1</f>
+        <v>96</v>
+      </c>
+      <c r="C288" s="133" t="s">
+        <v>325</v>
+      </c>
+      <c r="D288" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E288" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F288" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G288" s="86">
+        <v>43647</v>
+      </c>
+      <c r="H288" s="642"/>
+    </row>
+    <row r="289" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B289" s="1077">
+        <f>MAX(B$27:B288)+1</f>
         <v>97</v>
       </c>
-      <c r="C286" s="134" t="s">
-[...11 lines deleted...]
-      <c r="G286" s="87">
+      <c r="C289" s="1075" t="s">
+        <v>508</v>
+      </c>
+      <c r="D289" s="1075" t="s">
+        <v>97</v>
+      </c>
+      <c r="E289" s="1117" t="s">
+        <v>9</v>
+      </c>
+      <c r="F289" s="122" t="s">
+        <v>509</v>
+      </c>
+      <c r="G289" s="472">
+        <v>43663</v>
+      </c>
+      <c r="H289" s="653"/>
+    </row>
+    <row r="290" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B290" s="1078"/>
+      <c r="C290" s="1076"/>
+      <c r="D290" s="1076"/>
+      <c r="E290" s="1118"/>
+      <c r="F290" s="523" t="s">
+        <v>758</v>
+      </c>
+      <c r="G290" s="525">
+        <v>44378</v>
+      </c>
+      <c r="H290" s="654"/>
+    </row>
+    <row r="291" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B291" s="6">
+        <f>MAX(B$27:B289)+1</f>
+        <v>98</v>
+      </c>
+      <c r="C291" s="133" t="s">
+        <v>510</v>
+      </c>
+      <c r="D291" s="69" t="s">
+        <v>311</v>
+      </c>
+      <c r="E291" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="F291" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="G291" s="86">
+        <v>43700</v>
+      </c>
+      <c r="H291" s="651"/>
+    </row>
+    <row r="292" spans="2:8" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B292" s="6">
+        <f>MAX(B$27:B291)+1</f>
+        <v>99</v>
+      </c>
+      <c r="C292" s="133" t="s">
+        <v>511</v>
+      </c>
+      <c r="D292" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E292" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F292" s="24">
+        <v>6</v>
+      </c>
+      <c r="G292" s="86">
+        <v>43709</v>
+      </c>
+      <c r="H292" s="642"/>
+    </row>
+    <row r="293" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B293" s="6">
+        <f>MAX(B$27:B292)+1</f>
+        <v>100</v>
+      </c>
+      <c r="C293" s="133" t="s">
+        <v>513</v>
+      </c>
+      <c r="D293" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E293" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F293" s="53" t="s">
+        <v>109</v>
+      </c>
+      <c r="G293" s="86">
+        <v>43709</v>
+      </c>
+      <c r="H293" s="40"/>
+    </row>
+    <row r="294" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B294" s="1065">
+        <f>MAX(B$27:B293)+1</f>
+        <v>101</v>
+      </c>
+      <c r="C294" s="1067" t="s">
+        <v>675</v>
+      </c>
+      <c r="D294" s="1082" t="s">
+        <v>44</v>
+      </c>
+      <c r="E294" s="1063" t="s">
+        <v>50</v>
+      </c>
+      <c r="F294" s="117" t="s">
+        <v>109</v>
+      </c>
+      <c r="G294" s="91">
         <v>43647</v>
       </c>
-      <c r="H286" s="645"/>
-[...6 lines deleted...]
-      <c r="C287" s="1065" t="s">
+      <c r="H294" s="1085" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="295" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B295" s="1066"/>
+      <c r="C295" s="1068"/>
+      <c r="D295" s="1083"/>
+      <c r="E295" s="1079"/>
+      <c r="F295" s="376">
+        <v>8</v>
+      </c>
+      <c r="G295" s="92">
+        <v>43831</v>
+      </c>
+      <c r="H295" s="1086"/>
+    </row>
+    <row r="296" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B296" s="1146">
+        <f>MAX(B$27:B295)+1</f>
+        <v>102</v>
+      </c>
+      <c r="C296" s="1067" t="s">
         <v>516</v>
       </c>
-      <c r="D287" s="1065" t="s">
-[...143 lines deleted...]
-      <c r="F294" s="37">
+      <c r="D296" s="1087" t="s">
+        <v>78</v>
+      </c>
+      <c r="E296" s="1063" t="s">
+        <v>50</v>
+      </c>
+      <c r="F296" s="36">
         <v>3</v>
       </c>
-      <c r="G294" s="88">
+      <c r="G296" s="87">
         <v>43739</v>
       </c>
-      <c r="H294" s="41"/>
-[...9 lines deleted...]
-      <c r="G295" s="88">
+      <c r="H296" s="40"/>
+    </row>
+    <row r="297" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B297" s="1147"/>
+      <c r="C297" s="1068"/>
+      <c r="D297" s="1088"/>
+      <c r="E297" s="1079"/>
+      <c r="F297" s="36" t="s">
+        <v>192</v>
+      </c>
+      <c r="G297" s="87">
         <v>43845</v>
       </c>
-      <c r="H295" s="645"/>
-[...45 lines deleted...]
-    <row r="298" spans="2:8" ht="26.5" x14ac:dyDescent="0.35">
+      <c r="H297" s="642"/>
+    </row>
+    <row r="298" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B298" s="8">
         <f>MAX(B$27:B297)+1</f>
-        <v>106</v>
-[...13 lines deleted...]
-      <c r="G298" s="88">
+        <v>103</v>
+      </c>
+      <c r="C298" s="9" t="s">
+        <v>517</v>
+      </c>
+      <c r="D298" s="54" t="s">
+        <v>133</v>
+      </c>
+      <c r="E298" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F298" s="36">
+        <v>6</v>
+      </c>
+      <c r="G298" s="87">
         <v>43739</v>
       </c>
-      <c r="H298" s="499" t="s">
-[...3 lines deleted...]
-    <row r="299" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H298" s="642"/>
+    </row>
+    <row r="299" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B299" s="8">
         <f>MAX(B$27:B298)+1</f>
-        <v>107</v>
-[...18 lines deleted...]
-    <row r="300" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>104</v>
+      </c>
+      <c r="C299" s="133" t="s">
+        <v>521</v>
+      </c>
+      <c r="D299" s="303" t="s">
+        <v>199</v>
+      </c>
+      <c r="E299" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F299" s="24">
+        <v>6</v>
+      </c>
+      <c r="G299" s="87">
+        <v>43766</v>
+      </c>
+      <c r="H299" s="642"/>
+    </row>
+    <row r="300" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B300" s="8">
         <f>MAX(B$27:B299)+1</f>
-        <v>108</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>105</v>
+      </c>
+      <c r="C300" s="133" t="s">
+        <v>746</v>
+      </c>
+      <c r="D300" s="17" t="s">
+        <v>526</v>
       </c>
       <c r="E300" s="8" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="301" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F300" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="G300" s="87">
+        <v>43739</v>
+      </c>
+      <c r="H300" s="498" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="301" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B301" s="8">
         <f>MAX(B$27:B300)+1</f>
-        <v>109</v>
-[...2 lines deleted...]
-        <v>547</v>
+        <v>106</v>
+      </c>
+      <c r="C301" s="133" t="s">
+        <v>535</v>
       </c>
       <c r="D301" s="13" t="s">
-        <v>148</v>
-[...12 lines deleted...]
-    <row r="302" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>44</v>
+      </c>
+      <c r="E301" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F301" s="53" t="s">
+        <v>141</v>
+      </c>
+      <c r="G301" s="131">
+        <v>43780</v>
+      </c>
+      <c r="H301" s="642"/>
+    </row>
+    <row r="302" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B302" s="8">
         <f>MAX(B$27:B301)+1</f>
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C302" s="17" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
       <c r="D302" s="13" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
       <c r="E302" s="8" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="303" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F302" s="24">
+        <v>6</v>
+      </c>
+      <c r="G302" s="131">
+        <v>43783</v>
+      </c>
+      <c r="H302" s="40"/>
+    </row>
+    <row r="303" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B303" s="8">
         <f>MAX(B$27:B302)+1</f>
-        <v>111</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>108</v>
+      </c>
+      <c r="C303" s="17" t="s">
+        <v>539</v>
       </c>
       <c r="D303" s="13" t="s">
-        <v>48</v>
-[...12 lines deleted...]
-    <row r="304" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>142</v>
+      </c>
+      <c r="E303" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F303" s="24" t="s">
+        <v>312</v>
+      </c>
+      <c r="G303" s="131">
+        <v>43814</v>
+      </c>
+      <c r="H303" s="40"/>
+    </row>
+    <row r="304" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B304" s="8">
         <f>MAX(B$27:B303)+1</f>
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C304" s="17" t="s">
-        <v>553</v>
+        <v>540</v>
       </c>
       <c r="D304" s="13" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>98</v>
+      </c>
+      <c r="E304" s="8" t="s">
+        <v>115</v>
       </c>
       <c r="F304" s="15" t="s">
-        <v>555</v>
-[...6 lines deleted...]
-    <row r="305" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>541</v>
+      </c>
+      <c r="G304" s="131">
+        <v>43800</v>
+      </c>
+      <c r="H304" s="40"/>
+    </row>
+    <row r="305" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B305" s="8">
         <f>MAX(B$27:B304)+1</f>
+        <v>110</v>
+      </c>
+      <c r="C305" s="133" t="s">
+        <v>544</v>
+      </c>
+      <c r="D305" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E305" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F305" s="53" t="s">
+        <v>357</v>
+      </c>
+      <c r="G305" s="131">
+        <v>43861</v>
+      </c>
+      <c r="H305" s="642"/>
+    </row>
+    <row r="306" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B306" s="8">
+        <f>MAX(B$27:B305)+1</f>
+        <v>111</v>
+      </c>
+      <c r="C306" s="17" t="s">
+        <v>545</v>
+      </c>
+      <c r="D306" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="E306" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F306" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="G306" s="131">
+        <v>43836</v>
+      </c>
+      <c r="H306" s="40"/>
+    </row>
+    <row r="307" spans="1:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B307" s="8">
+        <f>MAX(B$27:B306)+1</f>
+        <v>112</v>
+      </c>
+      <c r="C307" s="133" t="s">
+        <v>549</v>
+      </c>
+      <c r="D307" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E307" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F307" s="24">
+        <v>6</v>
+      </c>
+      <c r="G307" s="131">
+        <v>43834</v>
+      </c>
+      <c r="H307" s="37"/>
+    </row>
+    <row r="308" spans="1:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B308" s="695">
+        <f>MAX(B$27:B307)+1</f>
         <v>113</v>
       </c>
-      <c r="C305" s="134" t="s">
-[...8 lines deleted...]
-      <c r="F305" s="25">
+      <c r="C308" s="700" t="s">
+        <v>550</v>
+      </c>
+      <c r="D308" s="697" t="s">
+        <v>130</v>
+      </c>
+      <c r="E308" s="872" t="s">
+        <v>115</v>
+      </c>
+      <c r="F308" s="699" t="s">
+        <v>196</v>
+      </c>
+      <c r="G308" s="478">
+        <v>43794</v>
+      </c>
+      <c r="H308" s="653"/>
+    </row>
+    <row r="309" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B309" s="696"/>
+      <c r="C309" s="408"/>
+      <c r="D309" s="698"/>
+      <c r="E309" s="873"/>
+      <c r="F309" s="129" t="s">
+        <v>334</v>
+      </c>
+      <c r="G309" s="407">
+        <v>45031</v>
+      </c>
+      <c r="H309" s="654"/>
+    </row>
+    <row r="310" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B310" s="1065">
+        <f>MAX(B$27:B308)+1</f>
+        <v>114</v>
+      </c>
+      <c r="C310" s="1089" t="s">
+        <v>562</v>
+      </c>
+      <c r="D310" s="1080" t="s">
+        <v>143</v>
+      </c>
+      <c r="E310" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F310" s="24" t="s">
+        <v>563</v>
+      </c>
+      <c r="G310" s="131">
+        <v>43878</v>
+      </c>
+      <c r="H310" s="643"/>
+    </row>
+    <row r="311" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B311" s="1066"/>
+      <c r="C311" s="1090"/>
+      <c r="D311" s="1081"/>
+      <c r="E311" s="1066"/>
+      <c r="F311" s="24">
         <v>6</v>
       </c>
-      <c r="G305" s="132">
-[...69 lines deleted...]
-      <c r="G309" s="132">
+      <c r="G311" s="131">
         <v>44875</v>
       </c>
-      <c r="H309" s="646"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B308)+1</f>
+      <c r="H311" s="643"/>
+    </row>
+    <row r="312" spans="1:8" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B312" s="8">
+        <f>MAX(B$27:B310)+1</f>
+        <v>115</v>
+      </c>
+      <c r="C312" s="133" t="s">
+        <v>564</v>
+      </c>
+      <c r="D312" s="303" t="s">
+        <v>199</v>
+      </c>
+      <c r="E312" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F312" s="24" t="s">
+        <v>565</v>
+      </c>
+      <c r="G312" s="131">
+        <v>43862</v>
+      </c>
+      <c r="H312" s="642"/>
+    </row>
+    <row r="313" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B313" s="1065">
+        <f>MAX(B$27:B312)+1</f>
         <v>116</v>
       </c>
-      <c r="C310" s="134" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B310)+1</f>
+      <c r="C313" s="1067" t="s">
+        <v>567</v>
+      </c>
+      <c r="D313" s="1082" t="s">
+        <v>182</v>
+      </c>
+      <c r="E313" s="1063" t="s">
+        <v>50</v>
+      </c>
+      <c r="F313" s="24" t="s">
+        <v>110</v>
+      </c>
+      <c r="G313" s="86">
+        <v>43935</v>
+      </c>
+      <c r="H313" s="651"/>
+    </row>
+    <row r="314" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B314" s="1066"/>
+      <c r="C314" s="1068"/>
+      <c r="D314" s="1083"/>
+      <c r="E314" s="1079"/>
+      <c r="F314" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G314" s="86">
+        <v>45958</v>
+      </c>
+      <c r="H314" s="651"/>
+    </row>
+    <row r="315" spans="1:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B315" s="8">
+        <f>MAX(B$27:B313)+1</f>
         <v>117</v>
       </c>
-      <c r="C311" s="1057" t="s">
-[...46 lines deleted...]
-      <c r="G313" s="88">
+      <c r="C315" s="133" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D315" s="16" t="s">
+        <v>568</v>
+      </c>
+      <c r="E315" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F315" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G315" s="87">
         <v>43951</v>
       </c>
-      <c r="H313" s="388" t="s">
-[...47 lines deleted...]
-    <row r="316" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H315" s="387" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8" s="377" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316"/>
       <c r="B316" s="8">
         <f>MAX(B$27:B315)+1</f>
-        <v>121</v>
-[...5 lines deleted...]
-        <v>157</v>
+        <v>118</v>
+      </c>
+      <c r="C316" s="370" t="s">
+        <v>583</v>
+      </c>
+      <c r="D316" s="13" t="s">
+        <v>142</v>
       </c>
       <c r="E316" s="8" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="317" spans="2:8" s="378" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>115</v>
+      </c>
+      <c r="F316" s="340" t="s">
+        <v>158</v>
+      </c>
+      <c r="G316" s="131">
+        <v>43951</v>
+      </c>
+      <c r="H316" s="642"/>
+    </row>
+    <row r="317" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B317" s="8">
         <f>MAX(B$27:B316)+1</f>
-        <v>122</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>119</v>
+      </c>
+      <c r="C317" s="133" t="s">
+        <v>632</v>
       </c>
       <c r="D317" s="13" t="s">
-        <v>131</v>
+        <v>78</v>
       </c>
       <c r="E317" s="15" t="s">
-        <v>54</v>
-[...9 lines deleted...]
-    <row r="318" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>50</v>
+      </c>
+      <c r="F317" s="36" t="s">
+        <v>192</v>
+      </c>
+      <c r="G317" s="87">
+        <v>43891</v>
+      </c>
+      <c r="H317" s="40"/>
+    </row>
+    <row r="318" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B318" s="8">
         <f>MAX(B$27:B317)+1</f>
-        <v>123</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>120</v>
+      </c>
+      <c r="C318" s="370" t="s">
+        <v>584</v>
+      </c>
+      <c r="D318" s="369" t="s">
+        <v>150</v>
       </c>
       <c r="E318" s="8" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="319" spans="2:8" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F318" s="340" t="s">
+        <v>585</v>
+      </c>
+      <c r="G318" s="131">
+        <v>43915</v>
+      </c>
+      <c r="H318" s="642"/>
+    </row>
+    <row r="319" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="377"/>
       <c r="B319" s="8">
         <f>MAX(B$27:B318)+1</f>
-        <v>124</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>121</v>
+      </c>
+      <c r="C319" s="133" t="s">
+        <v>588</v>
       </c>
       <c r="D319" s="13" t="s">
-        <v>48</v>
+        <v>126</v>
       </c>
       <c r="E319" s="15" t="s">
-        <v>54</v>
-[...9 lines deleted...]
-    <row r="320" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>50</v>
+      </c>
+      <c r="F319" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="G319" s="87">
+        <v>43913</v>
+      </c>
+      <c r="H319" s="655"/>
+    </row>
+    <row r="320" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B320" s="8">
         <f>MAX(B$27:B319)+1</f>
-        <v>125</v>
-[...18 lines deleted...]
-    <row r="321" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>122</v>
+      </c>
+      <c r="C320" s="370" t="s">
+        <v>593</v>
+      </c>
+      <c r="D320" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E320" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F320" s="340" t="s">
+        <v>192</v>
+      </c>
+      <c r="G320" s="380">
+        <v>43978</v>
+      </c>
+      <c r="H320" s="642"/>
+    </row>
+    <row r="321" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B321" s="8">
         <f>MAX(B$27:B320)+1</f>
+        <v>123</v>
+      </c>
+      <c r="C321" s="378" t="s">
+        <v>597</v>
+      </c>
+      <c r="D321" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E321" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F321" s="53" t="s">
+        <v>200</v>
+      </c>
+      <c r="G321" s="87">
+        <v>43942</v>
+      </c>
+      <c r="H321" s="656"/>
+    </row>
+    <row r="322" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B322" s="8">
+        <f>MAX(B$27:B321)+1</f>
+        <v>124</v>
+      </c>
+      <c r="C322" s="133" t="s">
+        <v>601</v>
+      </c>
+      <c r="D322" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="E322" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="F322" s="15">
+        <v>6</v>
+      </c>
+      <c r="G322" s="131">
+        <v>43981</v>
+      </c>
+      <c r="H322" s="40"/>
+    </row>
+    <row r="323" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B323" s="8">
+        <f>MAX(B$27:B322)+1</f>
+        <v>125</v>
+      </c>
+      <c r="C323" s="133" t="s">
+        <v>602</v>
+      </c>
+      <c r="D323" s="16" t="s">
+        <v>311</v>
+      </c>
+      <c r="E323" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="F323" s="15">
+        <v>6</v>
+      </c>
+      <c r="G323" s="380">
+        <v>43990</v>
+      </c>
+      <c r="H323" s="642"/>
+    </row>
+    <row r="324" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B324" s="1065">
+        <f>MAX(B$27:B323)+1</f>
         <v>126</v>
       </c>
-      <c r="C321" s="134" t="s">
-[...11 lines deleted...]
-      <c r="G321" s="381">
+      <c r="C324" s="1070" t="s">
+        <v>630</v>
+      </c>
+      <c r="D324" s="1095" t="s">
+        <v>130</v>
+      </c>
+      <c r="E324" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F324" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="G324" s="380">
         <v>43990</v>
       </c>
-      <c r="H321" s="645"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B321)+1</f>
+      <c r="H324" s="387" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="325" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B325" s="1069"/>
+      <c r="C325" s="1071"/>
+      <c r="D325" s="1097"/>
+      <c r="E325" s="586" t="s">
+        <v>1199</v>
+      </c>
+      <c r="F325" s="1052" t="s">
+        <v>281</v>
+      </c>
+      <c r="G325" s="109">
+        <v>45260</v>
+      </c>
+      <c r="H325" s="109">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="326" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B326" s="1066"/>
+      <c r="C326" s="1072"/>
+      <c r="D326" s="1096"/>
+      <c r="E326" s="543" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F326" s="786" t="s">
+        <v>281</v>
+      </c>
+      <c r="G326" s="380">
+        <v>45580</v>
+      </c>
+      <c r="H326" s="387"/>
+    </row>
+    <row r="327" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B327" s="8">
+        <f>MAX(B$27:B324)+1</f>
         <v>127</v>
       </c>
-      <c r="C322" s="1060" t="s">
-[...65 lines deleted...]
-      <c r="G325" s="132">
+      <c r="C327" s="370" t="s">
+        <v>609</v>
+      </c>
+      <c r="D327" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E327" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F327" s="340" t="s">
+        <v>192</v>
+      </c>
+      <c r="G327" s="131">
         <v>44044</v>
       </c>
-      <c r="H325" s="645"/>
-[...45 lines deleted...]
-    <row r="328" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H327" s="642"/>
+    </row>
+    <row r="328" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B328" s="8">
         <f>MAX(B$27:B327)+1</f>
-        <v>131</v>
-[...5 lines deleted...]
-        <v>135</v>
+        <v>128</v>
+      </c>
+      <c r="C328" s="370" t="s">
+        <v>610</v>
+      </c>
+      <c r="D328" s="13" t="s">
+        <v>611</v>
       </c>
       <c r="E328" s="8" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="329" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F328" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G328" s="380">
+        <v>43985</v>
+      </c>
+      <c r="H328" s="657"/>
+    </row>
+    <row r="329" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B329" s="8">
         <f>MAX(B$27:B328)+1</f>
-        <v>132</v>
-[...18 lines deleted...]
-    <row r="330" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>129</v>
+      </c>
+      <c r="C329" s="370" t="s">
+        <v>612</v>
+      </c>
+      <c r="D329" s="369" t="s">
+        <v>150</v>
+      </c>
+      <c r="E329" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F329" s="340" t="s">
+        <v>613</v>
+      </c>
+      <c r="G329" s="380">
+        <v>44105</v>
+      </c>
+      <c r="H329" s="642"/>
+    </row>
+    <row r="330" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B330" s="8">
         <f>MAX(B$27:B329)+1</f>
-        <v>133</v>
-[...5 lines deleted...]
-        <v>148</v>
+        <v>130</v>
+      </c>
+      <c r="C330" s="11" t="s">
+        <v>616</v>
+      </c>
+      <c r="D330" s="333" t="s">
+        <v>130</v>
       </c>
       <c r="E330" s="8" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="331" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F330" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="G330" s="131">
+        <v>44021</v>
+      </c>
+      <c r="H330" s="387"/>
+    </row>
+    <row r="331" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B331" s="8">
         <f>MAX(B$27:B330)+1</f>
-        <v>134</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>131</v>
+      </c>
+      <c r="C331" s="133" t="s">
+        <v>626</v>
+      </c>
+      <c r="D331" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="E331" s="15" t="s">
+        <v>50</v>
       </c>
       <c r="F331" s="14" t="s">
-        <v>203</v>
-[...6 lines deleted...]
-    <row r="332" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+      <c r="G331" s="86">
+        <v>44119</v>
+      </c>
+      <c r="H331" s="651"/>
+    </row>
+    <row r="332" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B332" s="8">
         <f>MAX(B$27:B331)+1</f>
-        <v>135</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>132</v>
+      </c>
+      <c r="C332" s="133" t="s">
+        <v>628</v>
+      </c>
+      <c r="D332" s="13" t="s">
+        <v>142</v>
       </c>
       <c r="E332" s="8" t="s">
-        <v>9</v>
-[...9 lines deleted...]
-    <row r="333" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F332" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G332" s="86">
+        <v>44099</v>
+      </c>
+      <c r="H332" s="642"/>
+    </row>
+    <row r="333" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B333" s="8">
         <f>MAX(B$27:B332)+1</f>
-        <v>136</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>133</v>
+      </c>
+      <c r="C333" s="133" t="s">
+        <v>629</v>
+      </c>
+      <c r="D333" s="13" t="s">
+        <v>142</v>
       </c>
       <c r="E333" s="8" t="s">
-        <v>9</v>
-[...11 lines deleted...]
-    <row r="334" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F333" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="G333" s="86">
+        <v>44098</v>
+      </c>
+      <c r="H333" s="642"/>
+    </row>
+    <row r="334" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B334" s="8">
         <f>MAX(B$27:B333)+1</f>
-        <v>137</v>
-[...5 lines deleted...]
-        <v>129</v>
+        <v>134</v>
+      </c>
+      <c r="C334" s="17" t="s">
+        <v>635</v>
+      </c>
+      <c r="D334" s="56" t="s">
+        <v>124</v>
       </c>
       <c r="E334" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="F334" s="15" t="s">
-[...2 lines deleted...]
-      <c r="G334" s="88">
+      <c r="F334" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G334" s="86">
+        <v>44197</v>
+      </c>
+      <c r="H334" s="642"/>
+    </row>
+    <row r="335" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B335" s="8">
+        <f>MAX(B$27:B334)+1</f>
+        <v>135</v>
+      </c>
+      <c r="C335" s="17" t="s">
+        <v>789</v>
+      </c>
+      <c r="D335" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E335" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F335" s="15">
+        <v>6</v>
+      </c>
+      <c r="G335" s="87">
+        <v>44197</v>
+      </c>
+      <c r="H335" s="387" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="336" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B336" s="8">
+        <f>MAX(B$27:B335)+1</f>
+        <v>136</v>
+      </c>
+      <c r="C336" s="338" t="s">
+        <v>638</v>
+      </c>
+      <c r="D336" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E336" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F336" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="G336" s="87">
         <v>44114</v>
       </c>
-      <c r="H334" s="645"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B334)+1</f>
+      <c r="H336" s="642"/>
+    </row>
+    <row r="337" spans="1:8" s="29" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337"/>
+      <c r="B337" s="1065">
+        <f>MAX(B$27:B336)+1</f>
+        <v>137</v>
+      </c>
+      <c r="C337" s="1070" t="s">
+        <v>640</v>
+      </c>
+      <c r="D337" s="1095" t="s">
+        <v>130</v>
+      </c>
+      <c r="E337" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F337" s="15" t="s">
+        <v>641</v>
+      </c>
+      <c r="G337" s="87">
+        <v>44105</v>
+      </c>
+      <c r="H337" s="387"/>
+    </row>
+    <row r="338" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B338" s="1066"/>
+      <c r="C338" s="1072"/>
+      <c r="D338" s="1096"/>
+      <c r="E338" s="1066"/>
+      <c r="F338" s="972" t="s">
+        <v>509</v>
+      </c>
+      <c r="G338" s="88">
+        <v>45918</v>
+      </c>
+      <c r="H338" s="653"/>
+    </row>
+    <row r="339" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="8">
+        <f>MAX(B$27:B337)+1</f>
         <v>138</v>
       </c>
-      <c r="C335" s="1060" t="s">
-[...31 lines deleted...]
-        <f>MAX(B$27:B335)+1</f>
+      <c r="C339" s="404" t="s">
+        <v>642</v>
+      </c>
+      <c r="D339" s="568" t="s">
+        <v>819</v>
+      </c>
+      <c r="E339" s="872" t="s">
+        <v>115</v>
+      </c>
+      <c r="F339" s="403">
+        <v>8</v>
+      </c>
+      <c r="G339" s="88">
+        <v>44166</v>
+      </c>
+      <c r="H339" s="638"/>
+    </row>
+    <row r="340" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="29"/>
+      <c r="B340" s="8">
+        <f>MAX(B$27:B339)+1</f>
         <v>139</v>
       </c>
-      <c r="C337" s="405" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B337)+1</f>
+      <c r="C340" s="400" t="s">
+        <v>643</v>
+      </c>
+      <c r="D340" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="E340" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F340" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="G340" s="87">
+        <v>44151</v>
+      </c>
+      <c r="H340" s="40"/>
+    </row>
+    <row r="341" spans="1:8" ht="69.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="1065">
+        <f>MAX(B$27:B340)+1</f>
         <v>140</v>
       </c>
-      <c r="C338" s="401" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B338)+1</f>
+      <c r="C341" s="1136" t="s">
+        <v>645</v>
+      </c>
+      <c r="D341" s="1095" t="s">
+        <v>130</v>
+      </c>
+      <c r="E341" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F341" s="570" t="s">
+        <v>334</v>
+      </c>
+      <c r="G341" s="394">
+        <v>44106</v>
+      </c>
+      <c r="H341" s="654"/>
+    </row>
+    <row r="342" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="1064"/>
+      <c r="C342" s="1062"/>
+      <c r="D342" s="1137"/>
+      <c r="E342" s="1064"/>
+      <c r="F342" s="571" t="s">
+        <v>196</v>
+      </c>
+      <c r="G342" s="572">
+        <v>44585</v>
+      </c>
+      <c r="H342" s="654"/>
+    </row>
+    <row r="343" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="8">
+        <f>MAX(B$27:B341)+1</f>
         <v>141</v>
       </c>
-      <c r="C339" s="1129" t="s">
-[...31 lines deleted...]
-        <f>MAX(B$27:B339)+1</f>
+      <c r="C343" s="17" t="s">
+        <v>646</v>
+      </c>
+      <c r="D343" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="E343" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F343" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="G343" s="87">
+        <v>44173</v>
+      </c>
+      <c r="H343" s="652"/>
+    </row>
+    <row r="344" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="8">
+        <f>MAX(B$27:B343)+1</f>
         <v>142</v>
       </c>
-      <c r="C341" s="17" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B341)+1</f>
+      <c r="C344" s="370" t="s">
+        <v>881</v>
+      </c>
+      <c r="D344" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E344" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F344" s="340" t="s">
+        <v>192</v>
+      </c>
+      <c r="G344" s="380">
+        <v>44170</v>
+      </c>
+      <c r="H344" s="387" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="8">
+        <f>MAX(B$27:B344)+1</f>
         <v>143</v>
       </c>
-      <c r="C342" s="371" t="s">
-[...20 lines deleted...]
-        <f>MAX(B$27:B342)+1</f>
+      <c r="C345" s="370" t="s">
+        <v>696</v>
+      </c>
+      <c r="D345" s="56" t="s">
+        <v>124</v>
+      </c>
+      <c r="E345" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F345" s="340" t="s">
+        <v>108</v>
+      </c>
+      <c r="G345" s="131">
+        <v>44256</v>
+      </c>
+      <c r="H345" s="642"/>
+    </row>
+    <row r="346" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B346" s="1065">
+        <f>MAX(B$27:B345)+1</f>
         <v>144</v>
       </c>
-      <c r="C343" s="371" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B343)+1</f>
+      <c r="C346" s="1089" t="s">
+        <v>697</v>
+      </c>
+      <c r="D346" s="1070" t="s">
+        <v>125</v>
+      </c>
+      <c r="E346" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F346" s="476" t="s">
+        <v>281</v>
+      </c>
+      <c r="G346" s="478">
+        <v>44136</v>
+      </c>
+      <c r="H346" s="643"/>
+    </row>
+    <row r="347" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="1066"/>
+      <c r="C347" s="1090"/>
+      <c r="D347" s="1072"/>
+      <c r="E347" s="1066"/>
+      <c r="F347" s="479" t="s">
+        <v>725</v>
+      </c>
+      <c r="G347" s="407" t="s">
+        <v>724</v>
+      </c>
+      <c r="H347" s="643"/>
+    </row>
+    <row r="348" spans="1:8" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B348" s="8">
+        <f>MAX(B$27:B346)+1</f>
         <v>145</v>
       </c>
-      <c r="C344" s="1079" t="s">
-[...46 lines deleted...]
-      <c r="G346" s="132">
+      <c r="C348" s="333" t="s">
+        <v>664</v>
+      </c>
+      <c r="D348" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E348" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F348" s="24" t="s">
+        <v>134</v>
+      </c>
+      <c r="G348" s="131">
         <v>44197</v>
       </c>
-      <c r="H346" s="41"/>
-[...45 lines deleted...]
-    <row r="349" spans="2:8" ht="48.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H348" s="40"/>
+    </row>
+    <row r="349" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B349" s="8">
         <f>MAX(B$27:B348)+1</f>
-        <v>149</v>
-[...10 lines deleted...]
-      <c r="F349" s="15">
+        <v>146</v>
+      </c>
+      <c r="C349" s="370" t="s">
+        <v>665</v>
+      </c>
+      <c r="D349" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E349" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F349" s="340">
         <v>6</v>
       </c>
-      <c r="G349" s="381">
-[...6 lines deleted...]
-    <row r="350" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="G349" s="131">
+        <v>44225</v>
+      </c>
+      <c r="H349" s="642"/>
+    </row>
+    <row r="350" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B350" s="8">
         <f>MAX(B$27:B349)+1</f>
-        <v>150</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>147</v>
+      </c>
+      <c r="C350" s="370" t="s">
+        <v>666</v>
+      </c>
+      <c r="D350" s="13" t="s">
+        <v>98</v>
       </c>
       <c r="E350" s="8" t="s">
-        <v>120</v>
-[...11 lines deleted...]
-    <row r="351" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F350" s="340" t="s">
+        <v>192</v>
+      </c>
+      <c r="G350" s="131">
+        <v>44172</v>
+      </c>
+      <c r="H350" s="642"/>
+    </row>
+    <row r="351" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B351" s="8">
         <f>MAX(B$27:B350)+1</f>
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C351" s="17" t="s">
-        <v>700</v>
+        <v>811</v>
       </c>
       <c r="D351" s="17" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="E351" s="15" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F351" s="15">
-        <v>5</v>
-[...6 lines deleted...]
-    <row r="352" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>6</v>
+      </c>
+      <c r="G351" s="380">
+        <v>44270</v>
+      </c>
+      <c r="H351" s="387" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B352" s="8">
         <f>MAX(B$27:B351)+1</f>
+        <v>149</v>
+      </c>
+      <c r="C352" s="333" t="s">
+        <v>939</v>
+      </c>
+      <c r="D352" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E352" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F352" s="15">
+        <v>6</v>
+      </c>
+      <c r="G352" s="380">
+        <v>44287</v>
+      </c>
+      <c r="H352" s="387" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B353" s="8">
+        <f>MAX(B$27:B352)+1</f>
+        <v>150</v>
+      </c>
+      <c r="C353" s="17" t="s">
+        <v>692</v>
+      </c>
+      <c r="D353" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="E353" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F353" s="15">
+        <v>5</v>
+      </c>
+      <c r="G353" s="131">
+        <v>44228</v>
+      </c>
+      <c r="H353" s="652"/>
+    </row>
+    <row r="354" spans="1:8" s="301" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354"/>
+      <c r="B354" s="8">
+        <f>MAX(B$27:B353)+1</f>
+        <v>151</v>
+      </c>
+      <c r="C354" s="17" t="s">
+        <v>693</v>
+      </c>
+      <c r="D354" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E354" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F354" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="G354" s="131">
+        <v>44236</v>
+      </c>
+      <c r="H354" s="642"/>
+    </row>
+    <row r="355" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B355" s="1055">
+        <f>MAX(B$27:B354)+1</f>
         <v>152</v>
       </c>
-      <c r="C352" s="17" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B352)+1</f>
+      <c r="C355" s="923" t="s">
+        <v>703</v>
+      </c>
+      <c r="D355" s="910" t="s">
+        <v>173</v>
+      </c>
+      <c r="E355" s="914" t="s">
+        <v>115</v>
+      </c>
+      <c r="F355" s="914">
+        <v>6</v>
+      </c>
+      <c r="G355" s="99">
+        <v>44223</v>
+      </c>
+      <c r="H355" s="153"/>
+    </row>
+    <row r="356" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B356" s="1056"/>
+      <c r="C356" s="924"/>
+      <c r="D356" s="307"/>
+      <c r="E356" s="915"/>
+      <c r="F356" s="780" t="s">
+        <v>109</v>
+      </c>
+      <c r="G356" s="561">
+        <v>45800</v>
+      </c>
+      <c r="H356" s="644"/>
+    </row>
+    <row r="357" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="301"/>
+      <c r="B357" s="304">
+        <f>MAX(B$10:B355)+1</f>
         <v>153</v>
       </c>
-      <c r="C353" s="927" t="s">
-[...8 lines deleted...]
-      <c r="F353" s="918">
+      <c r="C357" s="370" t="s">
+        <v>705</v>
+      </c>
+      <c r="D357" s="133" t="s">
+        <v>634</v>
+      </c>
+      <c r="E357" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F357" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="G357" s="86">
+        <v>44326</v>
+      </c>
+      <c r="H357" s="658"/>
+    </row>
+    <row r="358" spans="1:8" s="29" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358"/>
+      <c r="B358" s="8">
+        <f>MAX(B$27:B357)+1</f>
+        <v>154</v>
+      </c>
+      <c r="C358" s="408" t="s">
+        <v>858</v>
+      </c>
+      <c r="D358" s="462" t="s">
+        <v>130</v>
+      </c>
+      <c r="E358" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F358" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="G358" s="131">
+        <v>44263</v>
+      </c>
+      <c r="H358" s="387" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8" s="377" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359"/>
+      <c r="B359" s="467">
+        <f>MAX(B$27:B358)+1</f>
+        <v>155</v>
+      </c>
+      <c r="C359" s="11" t="s">
+        <v>718</v>
+      </c>
+      <c r="D359" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="E359" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F359" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="G359" s="131" t="s">
+        <v>719</v>
+      </c>
+      <c r="H359" s="40"/>
+    </row>
+    <row r="360" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B360" s="46">
+        <f>MAX(B$27:B359)+1</f>
+        <v>156</v>
+      </c>
+      <c r="C360" s="23" t="s">
+        <v>722</v>
+      </c>
+      <c r="D360" s="23" t="s">
+        <v>173</v>
+      </c>
+      <c r="E360" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F360" s="24">
         <v>6</v>
       </c>
-      <c r="G353" s="100">
-[...102 lines deleted...]
-      <c r="G358" s="87">
+      <c r="G360" s="86">
         <v>44284</v>
       </c>
-      <c r="H358" s="646"/>
-[...45 lines deleted...]
-    <row r="361" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H360" s="643"/>
+    </row>
+    <row r="361" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="29"/>
       <c r="B361" s="8">
         <f>MAX(B$27:B360)+1</f>
+        <v>157</v>
+      </c>
+      <c r="C361" s="400" t="s">
+        <v>727</v>
+      </c>
+      <c r="D361" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="E361" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F361" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="G361" s="131" t="s">
+        <v>729</v>
+      </c>
+      <c r="H361" s="40"/>
+    </row>
+    <row r="362" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="377"/>
+      <c r="B362" s="488">
+        <f>MAX(B$27:B361)+1</f>
+        <v>158</v>
+      </c>
+      <c r="C362" s="35" t="s">
+        <v>731</v>
+      </c>
+      <c r="D362" s="35" t="s">
+        <v>732</v>
+      </c>
+      <c r="E362" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F362" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G362" s="131">
+        <v>44378</v>
+      </c>
+      <c r="H362" s="659"/>
+    </row>
+    <row r="363" spans="1:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B363" s="8">
+        <f>MAX(B$27:B362)+1</f>
+        <v>159</v>
+      </c>
+      <c r="C363" s="17" t="s">
+        <v>740</v>
+      </c>
+      <c r="D363" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="E363" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F363" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="G363" s="131">
+        <v>44369</v>
+      </c>
+      <c r="H363" s="652"/>
+    </row>
+    <row r="364" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B364" s="8">
+        <f>MAX(B$27:B363)+1</f>
         <v>160</v>
       </c>
-      <c r="C361" s="17" t="s">
+      <c r="C364" s="17" t="s">
+        <v>747</v>
+      </c>
+      <c r="D364" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E364" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F364" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="G364" s="131">
+        <v>44361</v>
+      </c>
+      <c r="H364" s="652"/>
+    </row>
+    <row r="365" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B365" s="1065">
+        <f>MAX(B$27:B364)+1</f>
+        <v>161</v>
+      </c>
+      <c r="C365" s="923" t="s">
+        <v>750</v>
+      </c>
+      <c r="D365" s="923" t="s">
         <v>749</v>
       </c>
-      <c r="D361" s="17" t="s">
-[...5 lines deleted...]
-      <c r="F361" s="15" t="s">
+      <c r="E365" s="914" t="s">
+        <v>115</v>
+      </c>
+      <c r="F365" s="917">
+        <v>6</v>
+      </c>
+      <c r="G365" s="478">
+        <v>44389</v>
+      </c>
+      <c r="H365" s="926"/>
+    </row>
+    <row r="366" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B366" s="1066"/>
+      <c r="C366" s="924"/>
+      <c r="D366" s="924"/>
+      <c r="E366" s="915"/>
+      <c r="F366" s="780" t="s">
+        <v>312</v>
+      </c>
+      <c r="G366" s="407">
+        <v>45853</v>
+      </c>
+      <c r="H366" s="927"/>
+    </row>
+    <row r="367" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B367" s="8">
+        <f>MAX(B$27:B365)+1</f>
+        <v>162</v>
+      </c>
+      <c r="C367" s="333" t="s">
+        <v>990</v>
+      </c>
+      <c r="D367" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E367" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F367" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="G367" s="380">
+        <v>44391</v>
+      </c>
+      <c r="H367" s="40" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="8">
+        <f>MAX(B$27:B367)+1</f>
+        <v>163</v>
+      </c>
+      <c r="C368" s="408" t="s">
+        <v>753</v>
+      </c>
+      <c r="D368" s="503" t="s">
+        <v>130</v>
+      </c>
+      <c r="E368" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F368" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="G368" s="131">
+        <v>44453</v>
+      </c>
+      <c r="H368" s="654"/>
+    </row>
+    <row r="369" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B369" s="467">
+        <f>MAX(B$27:B368)+1</f>
+        <v>164</v>
+      </c>
+      <c r="C369" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="D369" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="E369" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F369" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="G369" s="131">
+        <v>44385</v>
+      </c>
+      <c r="H369" s="40"/>
+    </row>
+    <row r="370" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B370" s="467">
+        <f>MAX(B$27:B369)+1</f>
+        <v>165</v>
+      </c>
+      <c r="C370" s="11" t="s">
+        <v>755</v>
+      </c>
+      <c r="D370" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="E370" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F370" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="G370" s="131">
+        <v>44378</v>
+      </c>
+      <c r="H370" s="40"/>
+    </row>
+    <row r="371" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B371" s="467">
+        <f>MAX(B$27:B370)+1</f>
+        <v>166</v>
+      </c>
+      <c r="C371" s="11" t="s">
+        <v>756</v>
+      </c>
+      <c r="D371" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="E371" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F371" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G371" s="131">
+        <v>44384</v>
+      </c>
+      <c r="H371" s="40"/>
+    </row>
+    <row r="372" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B372" s="1098">
+        <f>MAX(B$27:B371)+1</f>
+        <v>167</v>
+      </c>
+      <c r="C372" s="1089" t="s">
+        <v>757</v>
+      </c>
+      <c r="D372" s="1091" t="s">
+        <v>150</v>
+      </c>
+      <c r="E372" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F372" s="340" t="s">
+        <v>139</v>
+      </c>
+      <c r="G372" s="131">
+        <v>44470</v>
+      </c>
+      <c r="H372" s="642"/>
+    </row>
+    <row r="373" spans="1:8" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A373"/>
+      <c r="B373" s="1099"/>
+      <c r="C373" s="1094"/>
+      <c r="D373" s="1092"/>
+      <c r="E373" s="1069"/>
+      <c r="F373" s="517" t="s">
+        <v>904</v>
+      </c>
+      <c r="G373" s="131">
+        <v>44866</v>
+      </c>
+      <c r="H373" s="642"/>
+    </row>
+    <row r="374" spans="1:8" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B374" s="1100"/>
+      <c r="C374" s="1090"/>
+      <c r="D374" s="1093"/>
+      <c r="E374" s="1066"/>
+      <c r="F374" s="517">
+        <v>6</v>
+      </c>
+      <c r="G374" s="131">
+        <v>45748</v>
+      </c>
+      <c r="H374" s="642"/>
+    </row>
+    <row r="375" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="426"/>
+      <c r="B375" s="467">
+        <f>MAX(B$27:B374)+1</f>
+        <v>168</v>
+      </c>
+      <c r="C375" s="133" t="s">
+        <v>759</v>
+      </c>
+      <c r="D375" s="516" t="s">
+        <v>142</v>
+      </c>
+      <c r="E375" s="785" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F375" s="47">
+        <v>6</v>
+      </c>
+      <c r="G375" s="131">
+        <v>44406</v>
+      </c>
+      <c r="H375" s="660"/>
+    </row>
+    <row r="376" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B376" s="8">
+        <f>MAX(B$27:B375)+1</f>
+        <v>169</v>
+      </c>
+      <c r="C376" s="333" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D376" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E376" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F376" s="6">
+        <v>6</v>
+      </c>
+      <c r="G376" s="131">
+        <v>44438</v>
+      </c>
+      <c r="H376" s="40" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8" ht="20.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B377" s="488">
+        <f>MAX(B$27:B376)+1</f>
+        <v>170</v>
+      </c>
+      <c r="C377" s="370" t="s">
+        <v>760</v>
+      </c>
+      <c r="D377" s="369" t="s">
+        <v>150</v>
+      </c>
+      <c r="E377" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F377" s="14" t="s">
+        <v>761</v>
+      </c>
+      <c r="G377" s="131">
+        <v>44440</v>
+      </c>
+      <c r="H377" s="642"/>
+    </row>
+    <row r="378" spans="1:8" ht="20.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B378" s="1065">
+        <f>MAX(B$27:B377)+1</f>
+        <v>171</v>
+      </c>
+      <c r="C378" s="1080" t="s">
+        <v>762</v>
+      </c>
+      <c r="D378" s="1080" t="s">
         <v>199</v>
       </c>
-      <c r="G361" s="132">
-[...40 lines deleted...]
-      <c r="F363" s="921">
+      <c r="E378" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F378" s="8" t="s">
+        <v>763</v>
+      </c>
+      <c r="G378" s="131">
+        <v>44436</v>
+      </c>
+      <c r="H378" s="652"/>
+    </row>
+    <row r="379" spans="1:8" ht="20.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B379" s="1066"/>
+      <c r="C379" s="1081"/>
+      <c r="D379" s="1081"/>
+      <c r="E379" s="1079"/>
+      <c r="F379" s="8" t="s">
+        <v>141</v>
+      </c>
+      <c r="G379" s="131">
+        <v>45748</v>
+      </c>
+      <c r="H379" s="652"/>
+    </row>
+    <row r="380" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B380" s="8">
+        <f>MAX(B$27:B378)+1</f>
+        <v>172</v>
+      </c>
+      <c r="C380" s="17" t="s">
+        <v>764</v>
+      </c>
+      <c r="D380" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E380" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F380" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="G380" s="131">
+        <v>44409</v>
+      </c>
+      <c r="H380" s="652"/>
+    </row>
+    <row r="381" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B381" s="1065">
+        <f>MAX(B$27:B380)+1</f>
+        <v>173</v>
+      </c>
+      <c r="C381" s="1080" t="s">
+        <v>766</v>
+      </c>
+      <c r="D381" s="1080" t="s">
+        <v>145</v>
+      </c>
+      <c r="E381" s="1063" t="s">
+        <v>115</v>
+      </c>
+      <c r="F381" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="G381" s="131">
+        <v>44501</v>
+      </c>
+      <c r="H381" s="338"/>
+    </row>
+    <row r="382" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B382" s="1066"/>
+      <c r="C382" s="1081"/>
+      <c r="D382" s="1081"/>
+      <c r="E382" s="1079"/>
+      <c r="F382" s="1005">
         <v>6</v>
       </c>
-      <c r="G363" s="479">
-[...71 lines deleted...]
-      <c r="D367" s="11" t="s">
+      <c r="G382" s="478">
+        <v>45992</v>
+      </c>
+      <c r="H382" s="1007"/>
+    </row>
+    <row r="383" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B383" s="1063">
+        <f>MAX(B$27:B381)+1</f>
+        <v>174</v>
+      </c>
+      <c r="C383" s="1127" t="s">
+        <v>795</v>
+      </c>
+      <c r="D383" s="1095" t="s">
         <v>130</v>
       </c>
-      <c r="E367" s="877" t="s">
-[...249 lines deleted...]
-        <f>MAX(B$27:B379)+1</f>
+      <c r="E383" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F383" s="916" t="s">
+        <v>796</v>
+      </c>
+      <c r="G383" s="88">
+        <v>44514</v>
+      </c>
+      <c r="H383" s="918"/>
+    </row>
+    <row r="384" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B384" s="1079"/>
+      <c r="C384" s="1128"/>
+      <c r="D384" s="1096"/>
+      <c r="E384" s="1066"/>
+      <c r="F384" s="479" t="s">
+        <v>1190</v>
+      </c>
+      <c r="G384" s="113">
+        <v>45885</v>
+      </c>
+      <c r="H384" s="919"/>
+    </row>
+    <row r="385" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B385" s="8">
+        <f>MAX(B$27:B383)+1</f>
         <v>175</v>
       </c>
-      <c r="C380" s="1070" t="s">
-[...31 lines deleted...]
-        <f>MAX(B$27:B380)+1</f>
+      <c r="C385" s="333" t="s">
+        <v>799</v>
+      </c>
+      <c r="D385" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E385" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F385" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="G385" s="87">
+        <v>44593</v>
+      </c>
+      <c r="H385" s="40"/>
+    </row>
+    <row r="386" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B386" s="488">
+        <f>MAX(B$27:B385)+1</f>
         <v>176</v>
       </c>
-      <c r="C382" s="1117" t="s">
-[...46 lines deleted...]
-      <c r="G384" s="88">
+      <c r="C386" s="370" t="s">
+        <v>801</v>
+      </c>
+      <c r="D386" s="369" t="s">
+        <v>150</v>
+      </c>
+      <c r="E386" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F386" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="G386" s="87">
         <v>44593</v>
       </c>
-      <c r="H384" s="41"/>
-[...45 lines deleted...]
-    <row r="387" spans="2:8" ht="39" x14ac:dyDescent="0.35">
+      <c r="H386" s="642"/>
+    </row>
+    <row r="387" spans="1:8" s="301" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387"/>
       <c r="B387" s="15">
         <f>MAX(B$27:B386)+1</f>
-        <v>180</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>177</v>
+      </c>
+      <c r="C387" s="35" t="s">
+        <v>805</v>
+      </c>
+      <c r="D387" s="559" t="s">
+        <v>130</v>
+      </c>
+      <c r="E387" s="873" t="s">
+        <v>115</v>
       </c>
       <c r="F387" s="8" t="s">
-        <v>203</v>
-[...8 lines deleted...]
-    <row r="388" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>334</v>
+      </c>
+      <c r="G387" s="87">
+        <v>44515</v>
+      </c>
+      <c r="H387" s="519"/>
+    </row>
+    <row r="388" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B388" s="15">
         <f>MAX(B$27:B387)+1</f>
-        <v>181</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>178</v>
+      </c>
+      <c r="C388" s="35" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D388" s="562" t="s">
+        <v>130</v>
+      </c>
+      <c r="E388" s="873" t="s">
+        <v>115</v>
       </c>
       <c r="F388" s="8" t="s">
-        <v>824</v>
-[...6 lines deleted...]
-    <row r="389" spans="2:8" s="302" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>196</v>
+      </c>
+      <c r="G388" s="87">
+        <v>44562</v>
+      </c>
+      <c r="H388" s="40" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B389" s="15">
         <f>MAX(B$27:B388)+1</f>
-        <v>182</v>
-[...11 lines deleted...]
-        <v>8</v>
+        <v>179</v>
+      </c>
+      <c r="C389" s="35" t="s">
+        <v>812</v>
+      </c>
+      <c r="D389" s="564" t="s">
+        <v>130</v>
+      </c>
+      <c r="E389" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F389" s="8" t="s">
+        <v>813</v>
       </c>
       <c r="G389" s="87">
-        <v>44583</v>
-[...3 lines deleted...]
-    <row r="390" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>44621</v>
+      </c>
+      <c r="H389" s="519"/>
+    </row>
+    <row r="390" spans="1:8" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="301"/>
       <c r="B390" s="15">
         <f>MAX(B$27:B389)+1</f>
+        <v>180</v>
+      </c>
+      <c r="C390" s="370" t="s">
+        <v>818</v>
+      </c>
+      <c r="D390" s="133" t="s">
+        <v>634</v>
+      </c>
+      <c r="E390" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F390" s="15">
+        <v>8</v>
+      </c>
+      <c r="G390" s="86">
+        <v>44583</v>
+      </c>
+      <c r="H390" s="658"/>
+    </row>
+    <row r="391" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B391" s="15">
+        <f>MAX(B$27:B390)+1</f>
+        <v>181</v>
+      </c>
+      <c r="C391" s="370" t="s">
+        <v>815</v>
+      </c>
+      <c r="D391" s="13" t="s">
+        <v>611</v>
+      </c>
+      <c r="E391" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F391" s="15" t="s">
+        <v>710</v>
+      </c>
+      <c r="G391" s="86">
+        <v>44621</v>
+      </c>
+      <c r="H391" s="657"/>
+    </row>
+    <row r="392" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B392" s="1063">
+        <f>MAX(B$27:B391)+1</f>
+        <v>182</v>
+      </c>
+      <c r="C392" s="1067" t="s">
+        <v>816</v>
+      </c>
+      <c r="D392" s="1080" t="s">
+        <v>526</v>
+      </c>
+      <c r="E392" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F392" s="14" t="s">
+        <v>817</v>
+      </c>
+      <c r="G392" s="86">
+        <v>44713</v>
+      </c>
+      <c r="H392" s="498"/>
+    </row>
+    <row r="393" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B393" s="1079"/>
+      <c r="C393" s="1068"/>
+      <c r="D393" s="1081"/>
+      <c r="E393" s="1066"/>
+      <c r="F393" s="14" t="s">
+        <v>659</v>
+      </c>
+      <c r="G393" s="86">
+        <v>45544</v>
+      </c>
+      <c r="H393" s="498"/>
+    </row>
+    <row r="394" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B394" s="1063">
+        <f>MAX(B$27:B392)+1</f>
         <v>183</v>
       </c>
-      <c r="C390" s="371" t="s">
+      <c r="C394" s="1067" t="s">
+        <v>825</v>
+      </c>
+      <c r="D394" s="1080" t="s">
+        <v>199</v>
+      </c>
+      <c r="E394" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F394" s="14" t="s">
         <v>826</v>
       </c>
-      <c r="D390" s="13" t="s">
-[...65 lines deleted...]
-      <c r="G393" s="87">
+      <c r="G394" s="86">
         <v>44651</v>
       </c>
-      <c r="H393" s="499"/>
-[...9 lines deleted...]
-      <c r="G394" s="87">
+      <c r="H394" s="498"/>
+    </row>
+    <row r="395" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B395" s="1079"/>
+      <c r="C395" s="1068"/>
+      <c r="D395" s="1081"/>
+      <c r="E395" s="1066"/>
+      <c r="F395" s="14" t="s">
+        <v>312</v>
+      </c>
+      <c r="G395" s="86">
         <v>45198</v>
       </c>
-      <c r="H394" s="499"/>
-[...23 lines deleted...]
-    <row r="396" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H395" s="498"/>
+    </row>
+    <row r="396" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B396" s="15">
         <f>MAX(B$27:B395)+1</f>
+        <v>184</v>
+      </c>
+      <c r="C396" s="11" t="s">
+        <v>868</v>
+      </c>
+      <c r="D396" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="E396" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F396" s="340" t="s">
+        <v>555</v>
+      </c>
+      <c r="G396" s="86">
+        <v>44713</v>
+      </c>
+      <c r="H396" s="40"/>
+    </row>
+    <row r="397" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B397" s="15">
+        <f>MAX(B$27:B396)+1</f>
+        <v>185</v>
+      </c>
+      <c r="C397" s="42" t="s">
+        <v>880</v>
+      </c>
+      <c r="D397" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E397" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F397" s="24">
+        <v>6</v>
+      </c>
+      <c r="G397" s="86">
+        <v>44792</v>
+      </c>
+      <c r="H397" s="642"/>
+    </row>
+    <row r="398" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B398" s="1063">
+        <f>MAX(B$27:B397)+1</f>
+        <v>186</v>
+      </c>
+      <c r="C398" s="1080" t="s">
+        <v>887</v>
+      </c>
+      <c r="D398" s="1082" t="s">
+        <v>173</v>
+      </c>
+      <c r="E398" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F398" s="24">
+        <v>6</v>
+      </c>
+      <c r="G398" s="86">
+        <v>44747</v>
+      </c>
+      <c r="H398" s="643"/>
+    </row>
+    <row r="399" spans="1:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B399" s="1079"/>
+      <c r="C399" s="1081"/>
+      <c r="D399" s="1083"/>
+      <c r="E399" s="1066"/>
+      <c r="F399" s="24">
+        <v>3</v>
+      </c>
+      <c r="G399" s="86">
+        <v>45568</v>
+      </c>
+      <c r="H399" s="643"/>
+    </row>
+    <row r="400" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="B400" s="15">
+        <f>MAX(B$27:B398)+1</f>
         <v>187</v>
       </c>
-      <c r="C396" s="43" t="s">
-[...43 lines deleted...]
-      <c r="F398" s="25">
+      <c r="C400" s="17" t="s">
+        <v>890</v>
+      </c>
+      <c r="D400" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="E400" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F400" s="24">
         <v>3</v>
       </c>
-      <c r="G398" s="87">
-[...21 lines deleted...]
-      <c r="G399" s="87">
+      <c r="G400" s="86">
         <v>44774</v>
       </c>
-      <c r="H399" s="646"/>
-[...23 lines deleted...]
-    <row r="401" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H400" s="643"/>
+    </row>
+    <row r="401" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B401" s="15">
         <f>MAX(B$27:B400)+1</f>
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C401" s="17" t="s">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="D401" s="17" t="s">
-        <v>318</v>
+        <v>749</v>
       </c>
       <c r="E401" s="8" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="G401" s="87">
+        <v>115</v>
+      </c>
+      <c r="F401" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="G401" s="86">
+        <v>44774</v>
+      </c>
+      <c r="H401" s="643"/>
+    </row>
+    <row r="402" spans="2:10" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B402" s="15">
+        <f>MAX(B$27:B401)+1</f>
+        <v>189</v>
+      </c>
+      <c r="C402" s="17" t="s">
+        <v>893</v>
+      </c>
+      <c r="D402" s="17" t="s">
+        <v>311</v>
+      </c>
+      <c r="E402" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F402" s="24" t="s">
+        <v>894</v>
+      </c>
+      <c r="G402" s="86">
         <v>44780</v>
       </c>
-      <c r="H401" s="646"/>
-[...18 lines deleted...]
-      <c r="G402" s="88">
+      <c r="H402" s="643"/>
+      <c r="I402" s="670"/>
+      <c r="J402" s="29"/>
+    </row>
+    <row r="403" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B403" s="8">
+        <f>MAX(B$27:B402)+1</f>
+        <v>190</v>
+      </c>
+      <c r="C403" s="333" t="s">
+        <v>931</v>
+      </c>
+      <c r="D403" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E403" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F403" s="8" t="s">
+        <v>196</v>
+      </c>
+      <c r="G403" s="87">
         <v>44228</v>
       </c>
-      <c r="H402" s="388" t="s">
-[...25 lines deleted...]
-    <row r="404" spans="2:10" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H403" s="387" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="404" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B404" s="15">
         <f>MAX(B$27:B403)+1</f>
-        <v>194</v>
-[...20 lines deleted...]
-    <row r="405" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>191</v>
+      </c>
+      <c r="C404" s="133" t="s">
+        <v>900</v>
+      </c>
+      <c r="D404" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E404" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F404" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G404" s="87">
+        <v>44866</v>
+      </c>
+      <c r="H404" s="642"/>
+    </row>
+    <row r="405" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B405" s="15">
         <f>MAX(B$27:B404)+1</f>
+        <v>192</v>
+      </c>
+      <c r="C405" s="369" t="s">
+        <v>902</v>
+      </c>
+      <c r="D405" s="669" t="s">
+        <v>903</v>
+      </c>
+      <c r="E405" s="488" t="s">
+        <v>115</v>
+      </c>
+      <c r="F405" s="44" t="s">
+        <v>121</v>
+      </c>
+      <c r="G405" s="131">
+        <v>44802</v>
+      </c>
+      <c r="H405" s="642"/>
+    </row>
+    <row r="406" spans="2:10" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B406" s="15">
+        <f>MAX(B$27:B405)+1</f>
+        <v>193</v>
+      </c>
+      <c r="C406" s="17" t="s">
+        <v>907</v>
+      </c>
+      <c r="D406" s="17" t="s">
+        <v>311</v>
+      </c>
+      <c r="E406" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F406" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="G406" s="131">
+        <v>44809</v>
+      </c>
+      <c r="H406" s="643"/>
+    </row>
+    <row r="407" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B407" s="488">
+        <f>MAX(B$27:B406)+1</f>
+        <v>194</v>
+      </c>
+      <c r="C407" s="35" t="s">
+        <v>910</v>
+      </c>
+      <c r="D407" s="35" t="s">
+        <v>732</v>
+      </c>
+      <c r="E407" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F407" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="G407" s="380">
+        <v>44817</v>
+      </c>
+      <c r="H407" s="659"/>
+    </row>
+    <row r="408" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B408" s="15">
+        <f>MAX(B$27:B407)+1</f>
         <v>195</v>
       </c>
-      <c r="C405" s="17" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B405)+1</f>
+      <c r="C408" s="42" t="s">
+        <v>917</v>
+      </c>
+      <c r="D408" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E408" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F408" s="24" t="s">
+        <v>281</v>
+      </c>
+      <c r="G408" s="86">
+        <v>44888</v>
+      </c>
+      <c r="H408" s="642"/>
+    </row>
+    <row r="409" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B409" s="8">
+        <f>MAX(B$27:B408)+1</f>
         <v>196</v>
       </c>
-      <c r="C406" s="36" t="s">
-[...52 lines deleted...]
-      <c r="F408" s="25">
+      <c r="C409" s="333" t="s">
+        <v>562</v>
+      </c>
+      <c r="D409" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E409" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F409" s="24">
         <v>6</v>
       </c>
-      <c r="G408" s="86">
+      <c r="G409" s="85">
         <v>44875</v>
       </c>
-      <c r="H408" s="388"/>
-[...23 lines deleted...]
-    <row r="410" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H409" s="387"/>
+    </row>
+    <row r="410" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B410" s="15">
         <f>MAX(B$27:B409)+1</f>
-        <v>200</v>
-[...2 lines deleted...]
-        <v>935</v>
+        <v>197</v>
+      </c>
+      <c r="C410" s="35" t="s">
+        <v>923</v>
       </c>
       <c r="D410" s="13" t="s">
-        <v>130</v>
-[...12 lines deleted...]
-    <row r="411" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>49</v>
+      </c>
+      <c r="E410" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F410" s="15">
+        <v>6</v>
+      </c>
+      <c r="G410" s="85">
+        <v>44866</v>
+      </c>
+      <c r="H410" s="40"/>
+    </row>
+    <row r="411" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B411" s="15">
         <f>MAX(B$27:B410)+1</f>
-        <v>201</v>
-[...2 lines deleted...]
-        <v>936</v>
+        <v>198</v>
+      </c>
+      <c r="C411" s="35" t="s">
+        <v>924</v>
       </c>
       <c r="D411" s="13" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="E411" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F411" s="15" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="G411" s="86">
+        <v>926</v>
+      </c>
+      <c r="G411" s="85">
         <v>44848</v>
       </c>
-      <c r="H411" s="499"/>
-[...1 lines deleted...]
-    <row r="412" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H411" s="498"/>
+    </row>
+    <row r="412" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B412" s="15">
         <f>MAX(B$27:B411)+1</f>
-        <v>202</v>
-[...2 lines deleted...]
-        <v>938</v>
+        <v>199</v>
+      </c>
+      <c r="C412" s="35" t="s">
+        <v>925</v>
       </c>
       <c r="D412" s="13" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="E412" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F412" s="15" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="G412" s="86">
+        <v>109</v>
+      </c>
+      <c r="G412" s="85">
+        <v>44848</v>
+      </c>
+      <c r="H412" s="498"/>
+    </row>
+    <row r="413" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B413" s="15">
+        <f>MAX(B$27:B412)+1</f>
+        <v>200</v>
+      </c>
+      <c r="C413" s="35" t="s">
+        <v>927</v>
+      </c>
+      <c r="D413" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="E413" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F413" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G413" s="85">
         <v>44858</v>
       </c>
-      <c r="H412" s="499"/>
-[...18 lines deleted...]
-      <c r="G413" s="86">
+      <c r="H413" s="498"/>
+    </row>
+    <row r="414" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B414" s="488">
+        <f>MAX(B$27:B413)+1</f>
+        <v>201</v>
+      </c>
+      <c r="C414" s="16" t="s">
+        <v>928</v>
+      </c>
+      <c r="D414" s="16" t="s">
+        <v>929</v>
+      </c>
+      <c r="E414" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F414" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G414" s="85">
         <v>44927</v>
       </c>
-      <c r="H413" s="646"/>
-[...23 lines deleted...]
-    <row r="415" spans="2:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H414" s="643"/>
+    </row>
+    <row r="415" spans="2:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B415" s="15">
         <f>MAX(B$27:B414)+1</f>
-        <v>205</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>202</v>
+      </c>
+      <c r="C415" s="35" t="s">
+        <v>930</v>
+      </c>
+      <c r="D415" s="683" t="s">
+        <v>130</v>
+      </c>
+      <c r="E415" s="873" t="s">
+        <v>115</v>
       </c>
       <c r="F415" s="8" t="s">
-        <v>395</v>
-[...6 lines deleted...]
-    <row r="416" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+        <v>281</v>
+      </c>
+      <c r="G415" s="87">
+        <v>44927</v>
+      </c>
+      <c r="H415" s="519"/>
+    </row>
+    <row r="416" spans="2:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B416" s="15">
         <f>MAX(B$27:B415)+1</f>
+        <v>203</v>
+      </c>
+      <c r="C416" s="35" t="s">
+        <v>932</v>
+      </c>
+      <c r="D416" s="684" t="s">
+        <v>130</v>
+      </c>
+      <c r="E416" s="873" t="s">
+        <v>115</v>
+      </c>
+      <c r="F416" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="G416" s="87">
+        <v>44925</v>
+      </c>
+      <c r="H416" s="519"/>
+    </row>
+    <row r="417" spans="2:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B417" s="15">
+        <f>MAX(B$27:B416)+1</f>
+        <v>204</v>
+      </c>
+      <c r="C417" s="17" t="s">
+        <v>933</v>
+      </c>
+      <c r="D417" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="E417" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F417" s="24" t="s">
+        <v>710</v>
+      </c>
+      <c r="G417" s="86">
+        <v>44880</v>
+      </c>
+      <c r="H417" s="643"/>
+    </row>
+    <row r="418" spans="2:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B418" s="512">
+        <f>MAX(B$27:B417)+1</f>
+        <v>205</v>
+      </c>
+      <c r="C418" s="35" t="s">
+        <v>947</v>
+      </c>
+      <c r="D418" s="69" t="s">
+        <v>182</v>
+      </c>
+      <c r="E418" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F418" s="24">
+        <v>6</v>
+      </c>
+      <c r="G418" s="86">
+        <v>45004</v>
+      </c>
+      <c r="H418" s="651"/>
+    </row>
+    <row r="419" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B419" s="1098">
+        <f>MAX(B$27:B418)+1</f>
         <v>206</v>
       </c>
-      <c r="C416" s="17" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B416)+1</f>
+      <c r="C419" s="1091" t="s">
+        <v>950</v>
+      </c>
+      <c r="D419" s="1082" t="s">
+        <v>611</v>
+      </c>
+      <c r="E419" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F419" s="757">
+        <v>6</v>
+      </c>
+      <c r="G419" s="88">
+        <v>44986</v>
+      </c>
+      <c r="H419" s="642"/>
+    </row>
+    <row r="420" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B420" s="1099"/>
+      <c r="C420" s="1092"/>
+      <c r="D420" s="1112"/>
+      <c r="E420" s="1116"/>
+      <c r="F420" s="760" t="s">
+        <v>728</v>
+      </c>
+      <c r="G420" s="759">
+        <v>45155</v>
+      </c>
+      <c r="H420" s="642"/>
+    </row>
+    <row r="421" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B421" s="1100"/>
+      <c r="C421" s="1093"/>
+      <c r="D421" s="1083"/>
+      <c r="E421" s="729" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F421" s="774" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G421" s="777" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H421" s="642"/>
+    </row>
+    <row r="422" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B422" s="15">
+        <f>MAX(B$27:B421)+1</f>
         <v>207</v>
       </c>
-      <c r="C417" s="36" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B417)+1</f>
+      <c r="C422" s="35" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D422" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="E422" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F422" s="340" t="s">
+        <v>200</v>
+      </c>
+      <c r="G422" s="85">
+        <v>45139</v>
+      </c>
+      <c r="H422" s="387" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="423" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B423" s="8">
+        <f>MAX(B$27:B422)+1</f>
         <v>208</v>
       </c>
-      <c r="C418" s="1081" t="s">
-[...46 lines deleted...]
-        <f>MAX(B$27:B420)+1</f>
+      <c r="C423" s="11" t="s">
+        <v>964</v>
+      </c>
+      <c r="D423" s="333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E423" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F423" s="340" t="s">
+        <v>281</v>
+      </c>
+      <c r="G423" s="87">
+        <v>45108</v>
+      </c>
+      <c r="H423" s="387"/>
+    </row>
+    <row r="424" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B424" s="488">
+        <f>MAX(B$27:B423)+1</f>
         <v>209</v>
       </c>
-      <c r="C421" s="36" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B421)+1</f>
+      <c r="C424" s="13" t="s">
+        <v>966</v>
+      </c>
+      <c r="D424" s="13" t="s">
+        <v>568</v>
+      </c>
+      <c r="E424" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F424" s="44" t="s">
+        <v>110</v>
+      </c>
+      <c r="G424" s="87">
+        <v>45135</v>
+      </c>
+      <c r="H424" s="40"/>
+    </row>
+    <row r="425" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B425" s="15">
+        <f>MAX(B$27:B424)+1</f>
         <v>210</v>
       </c>
-      <c r="C422" s="11" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B422)+1</f>
+      <c r="C425" s="35" t="s">
+        <v>967</v>
+      </c>
+      <c r="D425" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="E425" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F425" s="15" t="s">
+        <v>968</v>
+      </c>
+      <c r="G425" s="85">
+        <v>45078</v>
+      </c>
+      <c r="H425" s="498"/>
+    </row>
+    <row r="426" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B426" s="488">
+        <f>MAX(B$27:B425)+1</f>
         <v>211</v>
       </c>
-      <c r="C423" s="13" t="s">
-[...33 lines deleted...]
-      <c r="G424" s="86">
+      <c r="C426" s="13" t="s">
+        <v>969</v>
+      </c>
+      <c r="D426" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="E426" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F426" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="G426" s="85">
         <v>45078</v>
       </c>
-      <c r="H424" s="499"/>
-[...45 lines deleted...]
-    <row r="427" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H426" s="40"/>
+    </row>
+    <row r="427" spans="2:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B427" s="15">
         <f>MAX(B$27:B426)+1</f>
-        <v>215</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>212</v>
+      </c>
+      <c r="C427" s="35" t="s">
+        <v>974</v>
       </c>
       <c r="D427" s="13" t="s">
-        <v>148</v>
+        <v>125</v>
       </c>
       <c r="E427" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F427" s="15" t="s">
-        <v>991</v>
-[...6 lines deleted...]
-    <row r="428" spans="2:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>537</v>
+      </c>
+      <c r="G427" s="85">
+        <v>45055</v>
+      </c>
+      <c r="H427" s="498"/>
+    </row>
+    <row r="428" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B428" s="15">
         <f>MAX(B$27:B427)+1</f>
-        <v>216</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>213</v>
+      </c>
+      <c r="C428" s="133" t="s">
+        <v>978</v>
       </c>
       <c r="D428" s="13" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="E428" s="8" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F428" s="15">
+        <v>115</v>
+      </c>
+      <c r="F428" s="15" t="s">
+        <v>979</v>
+      </c>
+      <c r="G428" s="85">
+        <v>45078</v>
+      </c>
+      <c r="H428" s="642"/>
+    </row>
+    <row r="429" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B429" s="15">
+        <f>MAX(B$27:B428)+1</f>
+        <v>214</v>
+      </c>
+      <c r="C429" s="37" t="s">
+        <v>980</v>
+      </c>
+      <c r="D429" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E429" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F429" s="15">
         <v>7</v>
       </c>
-      <c r="G428" s="86">
+      <c r="G429" s="85">
         <v>45092</v>
       </c>
-      <c r="H428" s="645"/>
-[...23 lines deleted...]
-    <row r="430" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H429" s="642"/>
+    </row>
+    <row r="430" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B430" s="8">
         <f>MAX(B$27:B429)+1</f>
-        <v>218</v>
-[...5 lines deleted...]
-        <v>576</v>
+        <v>215</v>
+      </c>
+      <c r="C430" s="333" t="s">
+        <v>985</v>
+      </c>
+      <c r="D430" s="735" t="s">
+        <v>819</v>
       </c>
       <c r="E430" s="8" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="G430" s="86">
+        <v>115</v>
+      </c>
+      <c r="F430" s="15">
+        <v>6</v>
+      </c>
+      <c r="G430" s="85">
+        <v>45131</v>
+      </c>
+      <c r="H430" s="387"/>
+    </row>
+    <row r="431" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B431" s="8">
+        <f>MAX(B$27:B430)+1</f>
+        <v>216</v>
+      </c>
+      <c r="C431" s="333" t="s">
+        <v>987</v>
+      </c>
+      <c r="D431" s="13" t="s">
+        <v>568</v>
+      </c>
+      <c r="E431" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F431" s="340" t="s">
+        <v>109</v>
+      </c>
+      <c r="G431" s="85">
         <v>45199</v>
       </c>
-      <c r="H430" s="388"/>
-[...15 lines deleted...]
-      <c r="F431" s="15">
+      <c r="H431" s="387"/>
+    </row>
+    <row r="432" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B432" s="488">
+        <f>MAX(B$27:B431)+1</f>
+        <v>217</v>
+      </c>
+      <c r="C432" s="23" t="s">
+        <v>993</v>
+      </c>
+      <c r="D432" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="E432" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F432" s="15">
         <v>4</v>
       </c>
-      <c r="G431" s="88">
+      <c r="G432" s="87">
         <v>45125</v>
       </c>
-      <c r="H431" s="753"/>
-[...23 lines deleted...]
-    <row r="433" spans="2:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H432" s="749"/>
+    </row>
+    <row r="433" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B433" s="8">
         <f>MAX(B$27:B432)+1</f>
+        <v>218</v>
+      </c>
+      <c r="C433" s="370" t="s">
+        <v>995</v>
+      </c>
+      <c r="D433" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E433" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F433" s="340">
+        <v>6</v>
+      </c>
+      <c r="G433" s="87">
+        <v>45126</v>
+      </c>
+      <c r="H433" s="642"/>
+    </row>
+    <row r="434" spans="1:10" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B434" s="8">
+        <f>MAX(B$27:B433)+1</f>
+        <v>219</v>
+      </c>
+      <c r="C434" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="D434" s="23" t="s">
+        <v>124</v>
+      </c>
+      <c r="E434" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F434" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G434" s="87">
+        <v>45231</v>
+      </c>
+      <c r="H434" s="643"/>
+    </row>
+    <row r="435" spans="1:10" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B435" s="1057">
+        <f>MAX(B$27:B434)+1</f>
+        <v>220</v>
+      </c>
+      <c r="C435" s="1061" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D435" s="1084" t="s">
+        <v>125</v>
+      </c>
+      <c r="E435" s="1073" t="s">
+        <v>115</v>
+      </c>
+      <c r="F435" s="970" t="s">
+        <v>109</v>
+      </c>
+      <c r="G435" s="971">
+        <v>45153</v>
+      </c>
+      <c r="H435" s="641">
+        <v>45884</v>
+      </c>
+    </row>
+    <row r="436" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B436" s="1060"/>
+      <c r="C436" s="1062"/>
+      <c r="D436" s="1062"/>
+      <c r="E436" s="1074"/>
+      <c r="F436" s="966">
+        <v>6</v>
+      </c>
+      <c r="G436" s="405">
+        <v>45884</v>
+      </c>
+      <c r="H436" s="498"/>
+    </row>
+    <row r="437" spans="1:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B437" s="8">
+        <f>MAX(B$27:B435)+1</f>
         <v>221</v>
       </c>
-      <c r="C433" s="24" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B433)+1</f>
+      <c r="C437" s="11" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D437" s="333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E437" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F437" s="340" t="s">
+        <v>196</v>
+      </c>
+      <c r="G437" s="87">
+        <v>45170</v>
+      </c>
+      <c r="H437" s="387"/>
+    </row>
+    <row r="438" spans="1:10" s="377" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A438"/>
+      <c r="B438" s="15">
+        <f>MAX(B$27:B437)+1</f>
         <v>222</v>
       </c>
-      <c r="C434" s="1051" t="s">
+      <c r="C438" s="17" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D438" s="17" t="s">
+        <v>199</v>
+      </c>
+      <c r="E438" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F438" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="G438" s="87">
+        <v>45261</v>
+      </c>
+      <c r="H438" s="643"/>
+      <c r="I438" s="772"/>
+      <c r="J438" s="773"/>
+    </row>
+    <row r="439" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B439" s="488">
+        <f>MAX(B$27:B438)+1</f>
+        <v>223</v>
+      </c>
+      <c r="C439" s="369" t="s">
         <v>1014</v>
       </c>
-      <c r="D434" s="1074" t="s">
-[...89 lines deleted...]
-      <c r="G438" s="88">
+      <c r="D439" s="369" t="s">
+        <v>150</v>
+      </c>
+      <c r="E439" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F439" s="340" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G439" s="87">
         <v>45200</v>
       </c>
-      <c r="H438" s="645"/>
-[...23 lines deleted...]
-    <row r="440" spans="2:10" s="378" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H439" s="642"/>
+    </row>
+    <row r="440" spans="1:10" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B440" s="15">
         <f>MAX(B$27:B439)+1</f>
+        <v>224</v>
+      </c>
+      <c r="C440" s="35" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D440" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="E440" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F440" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="G440" s="87">
+        <v>45184</v>
+      </c>
+      <c r="H440" s="498"/>
+    </row>
+    <row r="441" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A441" s="377"/>
+      <c r="B441" s="15">
+        <f>MAX(B$27:B440)+1</f>
+        <v>225</v>
+      </c>
+      <c r="C441" s="369" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D441" s="370" t="s">
+        <v>903</v>
+      </c>
+      <c r="E441" s="488" t="s">
+        <v>115</v>
+      </c>
+      <c r="F441" s="36">
+        <v>6</v>
+      </c>
+      <c r="G441" s="380">
+        <v>45191</v>
+      </c>
+      <c r="H441" s="657"/>
+    </row>
+    <row r="442" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B442" s="488">
+        <f>MAX(B$27:B441)+1</f>
+        <v>226</v>
+      </c>
+      <c r="C442" s="13" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D442" s="13" t="s">
+        <v>169</v>
+      </c>
+      <c r="E442" s="488" t="s">
+        <v>115</v>
+      </c>
+      <c r="F442" s="36">
+        <v>6</v>
+      </c>
+      <c r="G442" s="380">
+        <v>45231</v>
+      </c>
+      <c r="H442" s="40"/>
+    </row>
+    <row r="443" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B443" s="8">
+        <f>MAX(B$27:B442)+1</f>
         <v>227</v>
       </c>
-      <c r="C440" s="370" t="s">
-[...20 lines deleted...]
-        <f>MAX(B$27:B440)+1</f>
+      <c r="C443" s="9" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D443" s="333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E443" s="488" t="s">
+        <v>115</v>
+      </c>
+      <c r="F443" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="G443" s="87">
+        <v>45245</v>
+      </c>
+      <c r="H443" s="387"/>
+    </row>
+    <row r="444" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B444" s="488">
+        <f>MAX(B$27:B443)+1</f>
         <v>228</v>
       </c>
-      <c r="C441" s="13" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B441)+1</f>
+      <c r="C444" s="13" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D444" s="13" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E444" s="488" t="s">
+        <v>115</v>
+      </c>
+      <c r="F444" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="G444" s="87">
+        <v>45304</v>
+      </c>
+      <c r="H444" s="643"/>
+    </row>
+    <row r="445" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B445" s="488">
+        <f>MAX(B$27:B444)+1</f>
         <v>229</v>
       </c>
-      <c r="C442" s="9" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B442)+1</f>
+      <c r="C445" s="13" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D445" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="E445" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F445" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="G445" s="85">
+        <v>45292</v>
+      </c>
+      <c r="H445" s="40"/>
+    </row>
+    <row r="446" spans="1:10" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B446" s="8">
+        <f>MAX(B$27:B445)+1</f>
         <v>230</v>
       </c>
-      <c r="C443" s="13" t="s">
-[...18 lines deleted...]
-        <f>MAX(B$27:B443)+1</f>
+      <c r="C446" s="9" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D446" s="333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E446" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F446" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="G446" s="87">
+        <v>45293</v>
+      </c>
+      <c r="H446" s="387" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="B447" s="488">
+        <f>MAX(B$27:B446)+1</f>
         <v>231</v>
       </c>
-      <c r="C444" s="13" t="s">
-[...57 lines deleted...]
-      <c r="G446" s="86">
+      <c r="C447" s="13" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D447" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="E447" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F447" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="G447" s="85">
         <v>45296</v>
       </c>
-      <c r="H446" s="41"/>
-[...23 lines deleted...]
-    <row r="448" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="H447" s="40"/>
+    </row>
+    <row r="448" spans="1:10" s="301" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448"/>
       <c r="B448" s="8">
         <f>MAX(B$27:B447)+1</f>
-        <v>235</v>
-[...2 lines deleted...]
-        <v>1070</v>
+        <v>232</v>
+      </c>
+      <c r="C448" s="35" t="s">
+        <v>1057</v>
       </c>
       <c r="D448" s="13" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="E448" s="15" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F448" s="15">
         <v>6</v>
       </c>
-      <c r="G448" s="86">
+      <c r="G448" s="85">
         <v>45352</v>
       </c>
-      <c r="H448" s="41"/>
-[...2 lines deleted...]
-      <c r="B449" s="1049">
+      <c r="H448" s="40"/>
+    </row>
+    <row r="449" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B449" s="1059">
         <f>MAX(B$27:B448)+1</f>
-        <v>236</v>
-[...13 lines deleted...]
-      <c r="G449" s="973">
+        <v>233</v>
+      </c>
+      <c r="C449" s="1061" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D449" s="1061" t="s">
+        <v>568</v>
+      </c>
+      <c r="E449" s="1063" t="s">
+        <v>50</v>
+      </c>
+      <c r="F449" s="122" t="s">
+        <v>1260</v>
+      </c>
+      <c r="G449" s="969">
         <v>45366</v>
       </c>
-      <c r="H449" s="41"/>
-[...6 lines deleted...]
-      <c r="F450" s="970">
+      <c r="H449" s="40"/>
+    </row>
+    <row r="450" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B450" s="1060"/>
+      <c r="C450" s="1062"/>
+      <c r="D450" s="1062"/>
+      <c r="E450" s="1064"/>
+      <c r="F450" s="966">
         <v>3</v>
       </c>
-      <c r="G450" s="972">
+      <c r="G450" s="968">
         <v>45925</v>
       </c>
-      <c r="H450" s="41"/>
-[...1 lines deleted...]
-    <row r="451" spans="2:11" s="302" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H450" s="40"/>
+    </row>
+    <row r="451" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A451" s="301"/>
       <c r="B451" s="6">
         <f>MAX(B$24:B449)+1</f>
-        <v>237</v>
-[...2 lines deleted...]
-        <v>1080</v>
+        <v>234</v>
+      </c>
+      <c r="C451" s="386" t="s">
+        <v>1067</v>
       </c>
       <c r="D451" s="9" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="E451" s="15" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F451" s="15" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="G451" s="83">
+        <v>122</v>
+      </c>
+      <c r="G451" s="82">
         <v>45352</v>
       </c>
-      <c r="H451" s="306"/>
-[...1 lines deleted...]
-    <row r="452" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="H451" s="305"/>
+      <c r="K451" s="967"/>
+    </row>
+    <row r="452" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B452" s="6">
         <f>MAX(B$24:B451)+1</f>
-        <v>238</v>
-[...5 lines deleted...]
-        <v>642</v>
+        <v>235</v>
+      </c>
+      <c r="C452" s="370" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D452" s="133" t="s">
+        <v>634</v>
       </c>
       <c r="E452" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F452" s="15" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="G452" s="87">
+        <v>563</v>
+      </c>
+      <c r="G452" s="86">
         <v>45398</v>
       </c>
-      <c r="H452" s="28"/>
-[...2 lines deleted...]
-      <c r="B453" s="1055">
+      <c r="H452" s="27"/>
+    </row>
+    <row r="453" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B453" s="1065">
         <f>MAX(B$27:B452)+1</f>
-        <v>239</v>
-[...8 lines deleted...]
-        <v>54</v>
+        <v>236</v>
+      </c>
+      <c r="C453" s="1127" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D453" s="1082" t="s">
+        <v>125</v>
+      </c>
+      <c r="E453" s="1063" t="s">
+        <v>50</v>
       </c>
       <c r="F453" s="15" t="s">
-        <v>1096</v>
-[...1 lines deleted...]
-      <c r="G453" s="87">
+        <v>1083</v>
+      </c>
+      <c r="G453" s="86">
         <v>45404</v>
       </c>
-      <c r="H453" s="41"/>
-[...5 lines deleted...]
-      <c r="E454" s="1069"/>
+      <c r="H453" s="40"/>
+    </row>
+    <row r="454" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B454" s="1066"/>
+      <c r="C454" s="1128"/>
+      <c r="D454" s="1083"/>
+      <c r="E454" s="1079"/>
       <c r="F454" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="G454" s="86">
+        <v>45538</v>
+      </c>
+      <c r="H454" s="40"/>
+    </row>
+    <row r="455" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B455" s="24">
+        <f>MAX(B$27:B453)+1</f>
+        <v>237</v>
+      </c>
+      <c r="C455" s="42" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D455" s="56" t="s">
         <v>199</v>
       </c>
-      <c r="G454" s="87">
-[...15 lines deleted...]
-      </c>
       <c r="E455" s="8" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="G455" s="87">
+        <v>115</v>
+      </c>
+      <c r="F455" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G455" s="86">
         <v>45503</v>
       </c>
-      <c r="H455" s="645"/>
-[...1 lines deleted...]
-    <row r="456" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="H455" s="642"/>
+    </row>
+    <row r="456" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B456" s="8">
         <f>MAX(B$27:B455)+1</f>
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C456" s="9" t="s">
-        <v>1100</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>1087</v>
+      </c>
+      <c r="D456" s="333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E456" s="488" t="s">
+        <v>115</v>
       </c>
       <c r="F456" s="15" t="s">
-        <v>718</v>
-[...1 lines deleted...]
-      <c r="G456" s="88">
+        <v>710</v>
+      </c>
+      <c r="G456" s="87">
         <v>45438</v>
       </c>
-      <c r="H456" s="388"/>
-[...1 lines deleted...]
-    <row r="457" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="H456" s="387"/>
+    </row>
+    <row r="457" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B457" s="8">
         <f>MAX(B$27:B456)+1</f>
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="C457" s="9" t="s">
-        <v>1101</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>1088</v>
+      </c>
+      <c r="D457" s="333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E457" s="488" t="s">
+        <v>115</v>
       </c>
       <c r="F457" s="15" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="G457" s="88">
+        <v>196</v>
+      </c>
+      <c r="G457" s="87">
         <v>45429</v>
       </c>
-      <c r="H457" s="388"/>
-[...2 lines deleted...]
-      <c r="B458" s="1049">
+      <c r="H457" s="387"/>
+    </row>
+    <row r="458" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B458" s="1059">
         <f>MAX(B$27:B457)+1</f>
-        <v>243</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>240</v>
+      </c>
+      <c r="C458" s="1082" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D458" s="1082" t="s">
+        <v>749</v>
+      </c>
+      <c r="E458" s="1098" t="s">
+        <v>115</v>
       </c>
       <c r="F458" s="15">
         <v>6</v>
       </c>
-      <c r="G458" s="88">
+      <c r="G458" s="87">
         <v>45422</v>
       </c>
-      <c r="H458" s="753"/>
-[...5 lines deleted...]
-      <c r="E459" s="1090"/>
+      <c r="H458" s="749"/>
+    </row>
+    <row r="459" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B459" s="1152"/>
+      <c r="C459" s="1083"/>
+      <c r="D459" s="1083"/>
+      <c r="E459" s="1100"/>
       <c r="F459" s="15" t="s">
-        <v>667</v>
-[...1 lines deleted...]
-      <c r="G459" s="88">
+        <v>659</v>
+      </c>
+      <c r="G459" s="87">
         <v>45580</v>
       </c>
-      <c r="H459" s="753"/>
-[...2 lines deleted...]
-      <c r="B460" s="1053">
+      <c r="H459" s="749"/>
+    </row>
+    <row r="460" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B460" s="1063">
         <f>MAX(B$27:B458)+1</f>
-        <v>244</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>241</v>
+      </c>
+      <c r="C460" s="1127" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D460" s="1082" t="s">
+        <v>142</v>
+      </c>
+      <c r="E460" s="1065" t="s">
+        <v>115</v>
       </c>
       <c r="F460" s="15">
         <v>6</v>
       </c>
-      <c r="G460" s="88">
+      <c r="G460" s="87">
         <v>45483</v>
       </c>
-      <c r="H460" s="645"/>
-[...5 lines deleted...]
-      <c r="E461" s="1056"/>
+      <c r="H460" s="642"/>
+    </row>
+    <row r="461" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B461" s="1079"/>
+      <c r="C461" s="1128"/>
+      <c r="D461" s="1083"/>
+      <c r="E461" s="1066"/>
       <c r="F461" s="15" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="G461" s="88">
+        <v>312</v>
+      </c>
+      <c r="G461" s="87">
         <v>45853</v>
       </c>
-      <c r="H461" s="645"/>
-[...1 lines deleted...]
-    <row r="462" spans="2:11" ht="39.5" x14ac:dyDescent="0.35">
+      <c r="H461" s="642"/>
+    </row>
+    <row r="462" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B462" s="15">
         <f>MAX(B$27:B460)+1</f>
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C462" s="13" t="s">
-        <v>1307</v>
+        <v>1293</v>
       </c>
       <c r="D462" s="17" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="E462" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F462" s="15">
         <v>6</v>
       </c>
-      <c r="G462" s="88">
+      <c r="G462" s="87">
         <v>45566</v>
       </c>
-      <c r="H462" s="499" t="s">
-[...3 lines deleted...]
-    <row r="463" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="H462" s="498" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="463" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B463" s="15">
         <f>MAX(B$27:B462)+1</f>
-        <v>246</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>243</v>
+      </c>
+      <c r="C463" s="30" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D463" s="30" t="s">
+        <v>125</v>
       </c>
       <c r="E463" s="15" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="G463" s="88">
+        <v>115</v>
+      </c>
+      <c r="F463" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="G463" s="87">
         <v>45440</v>
       </c>
-      <c r="H463" s="646"/>
-[...1 lines deleted...]
-    <row r="464" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="H463" s="643"/>
+    </row>
+    <row r="464" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B464" s="15">
         <f>MAX(B$27:B463)+1</f>
-        <v>247</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>244</v>
+      </c>
+      <c r="C464" s="30" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D464" s="30" t="s">
+        <v>125</v>
       </c>
       <c r="E464" s="15" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="G464" s="88">
+        <v>115</v>
+      </c>
+      <c r="F464" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G464" s="87">
         <v>45444</v>
       </c>
-      <c r="H464" s="646"/>
-[...1 lines deleted...]
-    <row r="465" spans="2:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H464" s="643"/>
+    </row>
+    <row r="465" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B465" s="8">
         <f>MAX(B$27:B464)+1</f>
-        <v>248</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>245</v>
+      </c>
+      <c r="C465" s="815" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D465" s="333" t="s">
+        <v>13</v>
       </c>
       <c r="E465" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F465" s="15" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="G465" s="88">
+        <v>196</v>
+      </c>
+      <c r="G465" s="87">
         <v>45490</v>
       </c>
-      <c r="H465" s="388"/>
-[...1 lines deleted...]
-    <row r="466" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H465" s="387"/>
+    </row>
+    <row r="466" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B466" s="8">
         <f>MAX(B$27:B465)+1</f>
-        <v>249</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>246</v>
+      </c>
+      <c r="C466" s="815" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D466" s="333" t="s">
+        <v>13</v>
       </c>
       <c r="E466" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F466" s="15">
         <v>6</v>
       </c>
-      <c r="G466" s="88">
+      <c r="G466" s="87">
         <v>45493</v>
       </c>
-      <c r="H466" s="388"/>
-[...1 lines deleted...]
-    <row r="467" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H466" s="387"/>
+    </row>
+    <row r="467" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B467" s="8">
         <f>MAX(B$27:B466)+1</f>
-        <v>250</v>
-[...2 lines deleted...]
-        <v>1126</v>
+        <v>247</v>
+      </c>
+      <c r="C467" s="815" t="s">
+        <v>1113</v>
       </c>
       <c r="D467" s="9" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="E467" s="8" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-      <c r="G467" s="88">
+        <v>115</v>
+      </c>
+      <c r="F467" s="24" t="s">
+        <v>388</v>
+      </c>
+      <c r="G467" s="87">
         <v>45505</v>
       </c>
-      <c r="H467" s="388"/>
-[...1 lines deleted...]
-    <row r="468" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H467" s="387"/>
+    </row>
+    <row r="468" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B468" s="15">
         <f>MAX(B$27:B467)+1</f>
-        <v>251</v>
-[...2 lines deleted...]
-        <v>1127</v>
+        <v>248</v>
+      </c>
+      <c r="C468" s="35" t="s">
+        <v>1114</v>
       </c>
       <c r="D468" s="13" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="E468" s="8" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F468" s="15">
         <v>6</v>
       </c>
-      <c r="G468" s="88">
+      <c r="G468" s="87">
         <v>45535</v>
       </c>
-      <c r="H468" s="645"/>
-[...2 lines deleted...]
-      <c r="B469" s="1053">
+      <c r="H468" s="642"/>
+    </row>
+    <row r="469" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B469" s="1063">
         <f>MAX(B$27:B468)+1</f>
-        <v>252</v>
-[...8 lines deleted...]
-        <v>120</v>
+        <v>249</v>
+      </c>
+      <c r="C469" s="1067" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D469" s="1080" t="s">
+        <v>526</v>
+      </c>
+      <c r="E469" s="1065" t="s">
+        <v>115</v>
       </c>
       <c r="F469" s="14" t="s">
-        <v>1133</v>
-[...1 lines deleted...]
-      <c r="G469" s="87">
+        <v>1120</v>
+      </c>
+      <c r="G469" s="86">
         <v>45530</v>
       </c>
-      <c r="H469" s="499" t="s">
-[...7 lines deleted...]
-      <c r="E470" s="1056"/>
+      <c r="H469" s="498" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="470" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B470" s="1105"/>
+      <c r="C470" s="1111"/>
+      <c r="D470" s="1115"/>
+      <c r="E470" s="1069"/>
       <c r="F470" s="14">
         <v>8</v>
       </c>
-      <c r="G470" s="87">
+      <c r="G470" s="86">
         <v>45989</v>
       </c>
-      <c r="H470" s="499"/>
-[...2 lines deleted...]
-      <c r="B471" s="8">
+      <c r="H470" s="498"/>
+    </row>
+    <row r="471" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B471" s="1079"/>
+      <c r="C471" s="1068"/>
+      <c r="D471" s="1081"/>
+      <c r="E471" s="1066"/>
+      <c r="F471" s="14" t="s">
+        <v>687</v>
+      </c>
+      <c r="G471" s="86">
+        <v>46009</v>
+      </c>
+      <c r="H471" s="498"/>
+    </row>
+    <row r="472" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B472" s="8">
         <f>MAX(B$27:B469)+1</f>
-        <v>253</v>
-[...13 lines deleted...]
-      <c r="G471" s="88">
+        <v>250</v>
+      </c>
+      <c r="C472" s="133" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D472" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E472" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F472" s="36" t="s">
+        <v>659</v>
+      </c>
+      <c r="G472" s="87">
         <v>45505</v>
       </c>
-      <c r="H471" s="41"/>
-[...23 lines deleted...]
-    <row r="473" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H472" s="40"/>
+    </row>
+    <row r="473" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B473" s="8">
         <f>MAX(B$27:B472)+1</f>
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="C473" s="9" t="s">
+        <v>251</v>
+      </c>
+      <c r="C473" s="518" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D473" s="518" t="s">
+        <v>124</v>
+      </c>
+      <c r="E473" s="517" t="s">
+        <v>9</v>
+      </c>
+      <c r="F473" s="818" t="s">
+        <v>354</v>
+      </c>
+      <c r="G473" s="82">
+        <v>45566</v>
+      </c>
+      <c r="H473" s="40"/>
+    </row>
+    <row r="474" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B474" s="8">
+        <f>MAX(B$27:B473)+1</f>
+        <v>252</v>
+      </c>
+      <c r="C474" s="9" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D474" s="333" t="s">
+        <v>130</v>
+      </c>
+      <c r="E474" s="488" t="s">
+        <v>115</v>
+      </c>
+      <c r="F474" s="15" t="s">
+        <v>1128</v>
+      </c>
+      <c r="G474" s="87">
+        <v>45597</v>
+      </c>
+      <c r="H474" s="387"/>
+    </row>
+    <row r="475" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B475" s="15">
+        <f>MAX(B$27:B474)+1</f>
+        <v>253</v>
+      </c>
+      <c r="C475" s="815" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D475" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E475" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F475" s="15">
+        <v>8</v>
+      </c>
+      <c r="G475" s="87">
+        <v>45559</v>
+      </c>
+      <c r="H475" s="387"/>
+    </row>
+    <row r="476" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B476" s="1098">
+        <f>MAX(B$27:B475)+1</f>
+        <v>254</v>
+      </c>
+      <c r="C476" s="1091" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D476" s="1091" t="s">
+        <v>150</v>
+      </c>
+      <c r="E476" s="1039" t="s">
+        <v>115</v>
+      </c>
+      <c r="F476" s="24" t="s">
         <v>1140</v>
       </c>
-      <c r="D473" s="334" t="s">
-[...8 lines deleted...]
-      <c r="G473" s="88">
+      <c r="G476" s="87">
+        <v>45568</v>
+      </c>
+      <c r="H476" s="642"/>
+    </row>
+    <row r="477" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B477" s="1099"/>
+      <c r="C477" s="1092"/>
+      <c r="D477" s="1092"/>
+      <c r="E477" s="1040" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F477" s="24" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G477" s="87">
+        <v>46003</v>
+      </c>
+      <c r="H477" s="642"/>
+    </row>
+    <row r="478" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B478" s="1099"/>
+      <c r="C478" s="1092"/>
+      <c r="D478" s="1092"/>
+      <c r="E478" s="1040" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F478" s="24" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G478" s="87">
+        <v>46003</v>
+      </c>
+      <c r="H478" s="642"/>
+    </row>
+    <row r="479" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B479" s="1100"/>
+      <c r="C479" s="1093"/>
+      <c r="D479" s="1093"/>
+      <c r="E479" s="1044" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F479" s="15" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G479" s="87">
+        <v>46034</v>
+      </c>
+      <c r="H479" s="642"/>
+    </row>
+    <row r="480" spans="2:8" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B480" s="488">
+        <v>265</v>
+      </c>
+      <c r="C480" s="369" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D480" s="369" t="s">
+        <v>311</v>
+      </c>
+      <c r="E480" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F480" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G480" s="87">
+        <v>45596</v>
+      </c>
+      <c r="H480" s="642"/>
+    </row>
+    <row r="481" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B481" s="1150">
+        <v>266</v>
+      </c>
+      <c r="C481" s="1148" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D481" s="1148" t="s">
+        <v>150</v>
+      </c>
+      <c r="E481" s="1065" t="s">
+        <v>115</v>
+      </c>
+      <c r="F481" s="117" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G481" s="87">
+        <v>45589</v>
+      </c>
+      <c r="H481" s="642"/>
+    </row>
+    <row r="482" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B482" s="1151"/>
+      <c r="C482" s="1149"/>
+      <c r="D482" s="1149"/>
+      <c r="E482" s="1116"/>
+      <c r="F482" s="201" t="s">
+        <v>1164</v>
+      </c>
+      <c r="G482" s="859">
+        <v>45656</v>
+      </c>
+      <c r="H482" s="642"/>
+    </row>
+    <row r="483" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B483" s="1060"/>
+      <c r="C483" s="1062"/>
+      <c r="D483" s="1062"/>
+      <c r="E483" s="888" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F483" s="832" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G483" s="405">
+        <v>45589</v>
+      </c>
+      <c r="H483" s="642"/>
+    </row>
+    <row r="484" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B484" s="8">
+        <f>MAX(B$27:B483)+1</f>
+        <v>267</v>
+      </c>
+      <c r="C484" s="133" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D484" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="E484" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F484" s="14" t="s">
+        <v>537</v>
+      </c>
+      <c r="G484" s="86">
+        <v>45672</v>
+      </c>
+      <c r="H484" s="651"/>
+    </row>
+    <row r="485" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B485" s="8">
+        <f>MAX(B$27:B484)+1</f>
+        <v>268</v>
+      </c>
+      <c r="C485" s="518" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D485" s="518" t="s">
+        <v>124</v>
+      </c>
+      <c r="E485" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F485" s="818" t="s">
+        <v>192</v>
+      </c>
+      <c r="G485" s="82">
         <v>45597</v>
       </c>
-      <c r="H473" s="388"/>
-[...233 lines deleted...]
-    <row r="486" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H485" s="40"/>
+    </row>
+    <row r="486" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B486" s="15">
         <f>MAX(B$27:B485)+1</f>
+        <v>269</v>
+      </c>
+      <c r="C486" s="35" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D486" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E486" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F486" s="15">
+        <v>6</v>
+      </c>
+      <c r="G486" s="82">
+        <v>45597</v>
+      </c>
+      <c r="H486" s="642"/>
+    </row>
+    <row r="487" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B487" s="488">
+        <f>MAX(B$27:B486)+1</f>
+        <v>270</v>
+      </c>
+      <c r="C487" s="369" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D487" s="369" t="s">
+        <v>150</v>
+      </c>
+      <c r="E487" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F487" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G487" s="86">
+        <v>45748</v>
+      </c>
+      <c r="H487" s="642"/>
+    </row>
+    <row r="488" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B488" s="15">
+        <f>MAX(B$27:B487)+1</f>
         <v>271</v>
       </c>
-      <c r="C486" s="31" t="s">
-[...2 lines deleted...]
-      <c r="D486" s="31" t="s">
+      <c r="C488" s="30" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D488" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E488" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F488" s="24">
+        <v>8</v>
+      </c>
+      <c r="G488" s="87">
+        <v>45602</v>
+      </c>
+      <c r="H488" s="643"/>
+    </row>
+    <row r="489" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B489" s="8">
+        <f>MAX(B$27:B488)+1</f>
+        <v>272</v>
+      </c>
+      <c r="C489" s="9" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D489" s="333" t="s">
         <v>130</v>
       </c>
-      <c r="E486" s="15" t="s">
-[...24 lines deleted...]
-      <c r="F487" s="15">
+      <c r="E489" s="488" t="s">
+        <v>115</v>
+      </c>
+      <c r="F489" s="15">
         <v>6</v>
       </c>
-      <c r="G487" s="88">
+      <c r="G489" s="87">
         <v>45618</v>
       </c>
-      <c r="H487" s="388"/>
-[...45 lines deleted...]
-    <row r="490" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H489" s="387"/>
+    </row>
+    <row r="490" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B490" s="8">
         <f>MAX(B$27:B489)+1</f>
-        <v>275</v>
-[...18 lines deleted...]
-    <row r="491" spans="2:8" x14ac:dyDescent="0.35">
+        <v>273</v>
+      </c>
+      <c r="C490" s="133" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D490" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="E490" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F490" s="340" t="s">
+        <v>297</v>
+      </c>
+      <c r="G490" s="86">
+        <v>45655</v>
+      </c>
+      <c r="H490" s="651"/>
+    </row>
+    <row r="491" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B491" s="15">
         <f>MAX(B$27:B490)+1</f>
-        <v>276</v>
-[...2 lines deleted...]
-        <v>1198</v>
+        <v>274</v>
+      </c>
+      <c r="C491" s="35" t="s">
+        <v>1171</v>
       </c>
       <c r="D491" s="13" t="s">
-        <v>148</v>
-[...13 lines deleted...]
-      <c r="B492" s="508">
+        <v>142</v>
+      </c>
+      <c r="E491" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F491" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="G491" s="82">
+        <v>45719</v>
+      </c>
+      <c r="H491" s="642"/>
+    </row>
+    <row r="492" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B492" s="8">
         <f>MAX(B$27:B491)+1</f>
-        <v>277</v>
-[...5 lines deleted...]
-        <v>206</v>
+        <v>275</v>
+      </c>
+      <c r="C492" s="370" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D492" s="13" t="s">
+        <v>611</v>
       </c>
       <c r="E492" s="8" t="s">
-        <v>120</v>
-[...9 lines deleted...]
-    <row r="493" spans="2:8" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+      <c r="F492" s="818" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G492" s="380">
+        <v>45689</v>
+      </c>
+      <c r="H492" s="657"/>
+    </row>
+    <row r="493" spans="2:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B493" s="15">
         <f>MAX(B$27:B492)+1</f>
+        <v>276</v>
+      </c>
+      <c r="C493" s="35" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D493" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="E493" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F493" s="15">
+        <v>6</v>
+      </c>
+      <c r="G493" s="87">
+        <v>45757</v>
+      </c>
+      <c r="H493" s="642"/>
+    </row>
+    <row r="494" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B494" s="507">
+        <f>MAX(B$27:B493)+1</f>
+        <v>277</v>
+      </c>
+      <c r="C494" s="870" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D494" s="871" t="s">
+        <v>199</v>
+      </c>
+      <c r="E494" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F494" s="508">
+        <v>5</v>
+      </c>
+      <c r="G494" s="87">
+        <v>45812</v>
+      </c>
+      <c r="H494" s="40"/>
+    </row>
+    <row r="495" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B495" s="15">
+        <f>MAX(B$27:B494)+1</f>
         <v>278</v>
       </c>
-      <c r="C493" s="36" t="s">
-[...11 lines deleted...]
-      <c r="G493" s="88">
+      <c r="C495" s="35" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D495" s="35" t="s">
+        <v>127</v>
+      </c>
+      <c r="E495" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F495" s="24" t="s">
+        <v>537</v>
+      </c>
+      <c r="G495" s="87">
         <v>42309</v>
       </c>
-      <c r="H493" s="522"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B493)+1</f>
+      <c r="H495" s="519"/>
+    </row>
+    <row r="496" spans="2:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B496" s="467">
+        <f>MAX(B$27:B495)+1</f>
         <v>279</v>
       </c>
-      <c r="C494" s="134" t="s">
-[...11 lines deleted...]
-      <c r="G494" s="381">
+      <c r="C496" s="133" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D496" s="369" t="s">
+        <v>113</v>
+      </c>
+      <c r="E496" s="785" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F496" s="14" t="s">
+        <v>192</v>
+      </c>
+      <c r="G496" s="380">
         <v>45742</v>
       </c>
-      <c r="H494" s="664"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B494)+1</f>
+      <c r="H496" s="660"/>
+    </row>
+    <row r="497" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B497" s="508">
+        <f>MAX(B$27:B496)+1</f>
         <v>280</v>
       </c>
-      <c r="C495" s="521" t="s">
-[...5 lines deleted...]
-      <c r="E495" s="520" t="s">
+      <c r="C497" s="518" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D497" s="896" t="s">
+        <v>311</v>
+      </c>
+      <c r="E497" s="517" t="s">
         <v>9</v>
       </c>
-      <c r="F495" s="511" t="s">
-[...2 lines deleted...]
-      <c r="G495" s="83">
+      <c r="F497" s="508" t="s">
+        <v>109</v>
+      </c>
+      <c r="G497" s="82">
         <v>45808</v>
       </c>
-      <c r="H495" s="41"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B495)+1</f>
+      <c r="H497" s="40"/>
+    </row>
+    <row r="498" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B498" s="508">
+        <f>MAX(B$27:B497)+1</f>
         <v>281</v>
       </c>
-      <c r="C496" s="371" t="s">
-[...8 lines deleted...]
-      <c r="F496" s="15">
+      <c r="C498" s="370" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D498" s="133" t="s">
+        <v>634</v>
+      </c>
+      <c r="E498" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F498" s="15">
         <v>5</v>
       </c>
-      <c r="G496" s="87">
+      <c r="G498" s="86">
         <v>45828</v>
       </c>
-      <c r="H496" s="662"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B496)+1</f>
+      <c r="H498" s="658"/>
+    </row>
+    <row r="499" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B499" s="508">
+        <f>MAX(B$27:B498)+1</f>
         <v>282</v>
       </c>
-      <c r="C497" s="16" t="s">
+      <c r="C499" s="16" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D499" s="16" t="s">
+        <v>929</v>
+      </c>
+      <c r="E499" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F499" s="15">
+        <v>8</v>
+      </c>
+      <c r="G499" s="85">
+        <v>45839</v>
+      </c>
+      <c r="H499" s="643"/>
+    </row>
+    <row r="500" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B500" s="508">
+        <f>MAX(B$27:B499)+1</f>
+        <v>283</v>
+      </c>
+      <c r="C500" s="133" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D500" s="69" t="s">
+        <v>182</v>
+      </c>
+      <c r="E500" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F500" s="24">
+        <v>6</v>
+      </c>
+      <c r="G500" s="85">
+        <v>45839</v>
+      </c>
+      <c r="H500" s="651"/>
+    </row>
+    <row r="501" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B501" s="512">
+        <f>MAX(B$27:B500)+1</f>
+        <v>284</v>
+      </c>
+      <c r="C501" s="35" t="s">
         <v>1242</v>
       </c>
-      <c r="D497" s="16" t="s">
-[...18 lines deleted...]
-      <c r="C498" s="134" t="s">
+      <c r="D501" s="69" t="s">
+        <v>182</v>
+      </c>
+      <c r="E501" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F501" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G501" s="87">
+        <v>45862</v>
+      </c>
+      <c r="H501" s="651"/>
+    </row>
+    <row r="502" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B502" s="15">
+        <f>MAX(B$27:B501)+1</f>
+        <v>285</v>
+      </c>
+      <c r="C502" s="30" t="s">
         <v>1243</v>
       </c>
-      <c r="D498" s="70" t="s">
-[...5 lines deleted...]
-      <c r="F498" s="25">
+      <c r="D502" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E502" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F502" s="24">
+        <v>3</v>
+      </c>
+      <c r="G502" s="87">
+        <v>45804</v>
+      </c>
+      <c r="H502" s="643"/>
+    </row>
+    <row r="503" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B503" s="15">
+        <f>MAX(B$27:B502)+1</f>
+        <v>286</v>
+      </c>
+      <c r="C503" s="35" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D503" s="35" t="s">
+        <v>127</v>
+      </c>
+      <c r="E503" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F503" s="24" t="s">
+        <v>845</v>
+      </c>
+      <c r="G503" s="87">
+        <v>45901</v>
+      </c>
+      <c r="H503" s="519"/>
+    </row>
+    <row r="504" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B504" s="512">
+        <f>MAX(B$27:B503)+1</f>
+        <v>287</v>
+      </c>
+      <c r="C504" s="35" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D504" s="69" t="s">
+        <v>182</v>
+      </c>
+      <c r="E504" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F504" s="24" t="s">
+        <v>296</v>
+      </c>
+      <c r="G504" s="87">
+        <v>43770</v>
+      </c>
+      <c r="H504" s="651"/>
+    </row>
+    <row r="505" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B505" s="508">
+        <f>MAX(B$27:B504)+1</f>
+        <v>288</v>
+      </c>
+      <c r="C505" s="518" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D505" s="896" t="s">
+        <v>311</v>
+      </c>
+      <c r="E505" s="517" t="s">
+        <v>9</v>
+      </c>
+      <c r="F505" s="508" t="s">
+        <v>109</v>
+      </c>
+      <c r="G505" s="82">
+        <v>45870</v>
+      </c>
+      <c r="H505" s="40"/>
+    </row>
+    <row r="506" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B506" s="488">
+        <v>289</v>
+      </c>
+      <c r="C506" s="23" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D506" s="23" t="s">
+        <v>130</v>
+      </c>
+      <c r="E506" s="24" t="s">
+        <v>115</v>
+      </c>
+      <c r="F506" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G506" s="82">
+        <v>45950</v>
+      </c>
+      <c r="H506" s="643"/>
+    </row>
+    <row r="507" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B507" s="512">
+        <f>MAX(B$27:B506)+1</f>
+        <v>290</v>
+      </c>
+      <c r="C507" s="983" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D507" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E507" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F507" s="24">
         <v>6</v>
       </c>
-      <c r="G498" s="86">
-[...152 lines deleted...]
-      <c r="G505" s="83">
+      <c r="G507" s="82">
         <v>45961</v>
       </c>
-      <c r="H505" s="645"/>
-[...45 lines deleted...]
-    <row r="508" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="H507" s="642"/>
+    </row>
+    <row r="508" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B508" s="15">
         <f>MAX(B$27:B507)+1</f>
-        <v>293</v>
-[...11 lines deleted...]
-        <v>328</v>
+        <v>291</v>
+      </c>
+      <c r="C508" s="30" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D508" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E508" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F508" s="24" t="s">
+        <v>1278</v>
       </c>
       <c r="G508" s="87">
-        <v>46054</v>
-[...3 lines deleted...]
-    <row r="509" spans="2:8" x14ac:dyDescent="0.35">
+        <v>45962</v>
+      </c>
+      <c r="H508" s="643"/>
+    </row>
+    <row r="509" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B509" s="8">
         <f>MAX(B$27:B508)+1</f>
+        <v>292</v>
+      </c>
+      <c r="C509" s="17" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D509" s="56" t="s">
+        <v>124</v>
+      </c>
+      <c r="E509" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F509" s="24" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G509" s="86">
+        <v>45953</v>
+      </c>
+      <c r="H509" s="642"/>
+    </row>
+    <row r="510" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B510" s="15">
+        <f>MAX(B$27:B509)+1</f>
+        <v>293</v>
+      </c>
+      <c r="C510" s="17" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D510" s="17" t="s">
+        <v>749</v>
+      </c>
+      <c r="E510" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F510" s="24" t="s">
+        <v>321</v>
+      </c>
+      <c r="G510" s="86">
+        <v>46054</v>
+      </c>
+      <c r="H510" s="643"/>
+    </row>
+    <row r="511" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B511" s="8">
+        <f>MAX(B$27:B510)+1</f>
         <v>294</v>
       </c>
-      <c r="C509" s="134" t="s">
+      <c r="C511" s="133" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D511" s="17" t="s">
+        <v>526</v>
+      </c>
+      <c r="E511" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="F511" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="G511" s="87">
+        <v>46002</v>
+      </c>
+      <c r="H511" s="498"/>
+    </row>
+    <row r="512" spans="2:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="B512" s="8">
+        <f>MAX(B$27:B511)+1</f>
+        <v>295</v>
+      </c>
+      <c r="C512" s="17" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D512" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E512" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="F512" s="340" t="s">
+        <v>397</v>
+      </c>
+      <c r="G512" s="87">
+        <v>40638</v>
+      </c>
+      <c r="H512" s="498" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="513" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B513" s="1157">
+        <f>MAX(B$27:B512)+1</f>
+        <v>296</v>
+      </c>
+      <c r="C513" s="1156" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D513" s="1156" t="s">
+        <v>169</v>
+      </c>
+      <c r="E513" s="1155" t="s">
+        <v>115</v>
+      </c>
+      <c r="F513" s="867">
+        <v>8</v>
+      </c>
+      <c r="G513" s="866">
+        <v>45383</v>
+      </c>
+      <c r="H513" s="1153"/>
+    </row>
+    <row r="514" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B514" s="1157"/>
+      <c r="C514" s="1156"/>
+      <c r="D514" s="1156"/>
+      <c r="E514" s="1155"/>
+      <c r="F514" s="15">
+        <v>7</v>
+      </c>
+      <c r="G514" s="866">
+        <v>45965</v>
+      </c>
+      <c r="H514" s="1154"/>
+    </row>
+    <row r="515" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B515" s="488">
+        <f>MAX(B$27:B513)+1</f>
+        <v>297</v>
+      </c>
+      <c r="C515" s="983" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D515" s="23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E515" s="1003" t="s">
+        <v>115</v>
+      </c>
+      <c r="F515" s="24" t="s">
+        <v>192</v>
+      </c>
+      <c r="G515" s="866">
+        <v>45992</v>
+      </c>
+      <c r="H515" s="642"/>
+    </row>
+    <row r="516" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B516" s="15">
+        <f>MAX(B$27:B515)+1</f>
+        <v>298</v>
+      </c>
+      <c r="C516" s="23" t="s">
         <v>1296</v>
       </c>
-      <c r="D509" s="17" t="s">
-[...24 lines deleted...]
-      <c r="E510" s="8" t="s">
+      <c r="D516" s="23" t="s">
+        <v>125</v>
+      </c>
+      <c r="E516" s="1003" t="s">
+        <v>115</v>
+      </c>
+      <c r="F516" s="24" t="s">
+        <v>109</v>
+      </c>
+      <c r="G516" s="87">
+        <v>45992</v>
+      </c>
+      <c r="H516" s="643"/>
+    </row>
+    <row r="517" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B517" s="488">
+        <f>MAX(B$27:B516)+1</f>
+        <v>299</v>
+      </c>
+      <c r="C517" s="35" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D517" s="369" t="s">
+        <v>113</v>
+      </c>
+      <c r="E517" s="1004" t="s">
+        <v>115</v>
+      </c>
+      <c r="F517" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="G517" s="380">
+        <v>46204</v>
+      </c>
+      <c r="H517" s="642"/>
+    </row>
+    <row r="518" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B518" s="488">
+        <f>MAX(B$27:B517)+1</f>
+        <v>300</v>
+      </c>
+      <c r="C518" s="35" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D518" s="369" t="s">
+        <v>113</v>
+      </c>
+      <c r="E518" s="1004" t="s">
+        <v>115</v>
+      </c>
+      <c r="F518" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="G518" s="380">
+        <v>46037</v>
+      </c>
+      <c r="H518" s="642"/>
+    </row>
+    <row r="519" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B519" s="15">
+        <f>MAX(B$27:B518)+1</f>
+        <v>301</v>
+      </c>
+      <c r="C519" s="23" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D519" s="23" t="s">
+        <v>125</v>
+      </c>
+      <c r="E519" s="1004" t="s">
+        <v>115</v>
+      </c>
+      <c r="F519" s="24">
+        <v>3</v>
+      </c>
+      <c r="G519" s="87">
+        <v>46024</v>
+      </c>
+      <c r="H519" s="643"/>
+    </row>
+    <row r="520" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B520" s="1006">
+        <f>MAX(B$27:B519)+1</f>
+        <v>302</v>
+      </c>
+      <c r="C520" s="17" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D520" s="17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E520" s="1006" t="s">
         <v>9</v>
       </c>
-      <c r="F510" s="341" t="s">
-[...171 lines deleted...]
-      <c r="G518" s="88">
+      <c r="F520" s="340" t="s">
+        <v>321</v>
+      </c>
+      <c r="G520" s="87">
         <v>46033</v>
       </c>
-      <c r="H518" s="499"/>
+      <c r="H520" s="498"/>
+    </row>
+    <row r="521" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B521" s="1043">
+        <f>MAX(B$27:B520)+1</f>
+        <v>303</v>
+      </c>
+      <c r="C521" s="17" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D521" s="13" t="s">
+        <v>546</v>
+      </c>
+      <c r="E521" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F521" s="15">
+        <v>5</v>
+      </c>
+      <c r="G521" s="380">
+        <v>46054</v>
+      </c>
+      <c r="H521" s="40"/>
+    </row>
+    <row r="522" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B522" s="1051">
+        <f>MAX(B$27:B521)+1</f>
+        <v>304</v>
+      </c>
+      <c r="C522" s="815" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D522" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E522" s="1051" t="s">
+        <v>115</v>
+      </c>
+      <c r="F522" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="G522" s="87">
+        <v>46038</v>
+      </c>
+      <c r="H522" s="387"/>
+    </row>
+    <row r="523" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B523" s="1051">
+        <f>MAX(B$27:B522)+1</f>
+        <v>305</v>
+      </c>
+      <c r="C523" s="815" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D523" s="333" t="s">
+        <v>13</v>
+      </c>
+      <c r="E523" s="1051" t="s">
+        <v>115</v>
+      </c>
+      <c r="F523" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="G523" s="87">
+        <v>46045</v>
+      </c>
+      <c r="H523" s="387"/>
+    </row>
+    <row r="524" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B524" s="1051">
+        <f>MAX(B$27:B523)+1</f>
+        <v>306</v>
+      </c>
+      <c r="C524" s="35" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D524" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="E524" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F524" s="340" t="s">
+        <v>388</v>
+      </c>
+      <c r="G524" s="86">
+        <v>46104</v>
+      </c>
+      <c r="H524" s="651"/>
+    </row>
+    <row r="525" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B525" s="15">
+        <f>MAX(B$27:B524)+1</f>
+        <v>307</v>
+      </c>
+      <c r="C525" s="30" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D525" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="E525" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F525" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="G525" s="87">
+        <v>46112</v>
+      </c>
+      <c r="H525" s="643"/>
+    </row>
+    <row r="526" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B526" s="508">
+        <f>MAX(B$27:B525)+1</f>
+        <v>308</v>
+      </c>
+      <c r="C526" s="35" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D526" s="69" t="s">
+        <v>182</v>
+      </c>
+      <c r="E526" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F526" s="340" t="s">
+        <v>911</v>
+      </c>
+      <c r="G526" s="85">
+        <v>46101</v>
+      </c>
+      <c r="H526" s="651"/>
+    </row>
+    <row r="527" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B527" s="508">
+        <f>MAX(B$27:B526)+1</f>
+        <v>309</v>
+      </c>
+      <c r="C527" s="35" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D527" s="69" t="s">
+        <v>182</v>
+      </c>
+      <c r="E527" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F527" s="340" t="s">
+        <v>110</v>
+      </c>
+      <c r="G527" s="85">
+        <v>46083</v>
+      </c>
+      <c r="H527" s="651"/>
     </row>
   </sheetData>
   <mergeCells count="266">
-    <mergeCell ref="B475:B477"/>
-[...7 lines deleted...]
-    <mergeCell ref="E479:E480"/>
+    <mergeCell ref="H513:H514"/>
+    <mergeCell ref="E513:E514"/>
+    <mergeCell ref="D513:D514"/>
+    <mergeCell ref="C513:C514"/>
+    <mergeCell ref="B513:B514"/>
+    <mergeCell ref="E481:E482"/>
+    <mergeCell ref="B469:B471"/>
+    <mergeCell ref="C469:C471"/>
+    <mergeCell ref="D469:D471"/>
+    <mergeCell ref="E469:E471"/>
+    <mergeCell ref="B476:B479"/>
+    <mergeCell ref="C476:C479"/>
+    <mergeCell ref="D476:D479"/>
     <mergeCell ref="B460:B461"/>
-    <mergeCell ref="B353:B354"/>
-[...1 lines deleted...]
-    <mergeCell ref="B382:B383"/>
+    <mergeCell ref="B355:B356"/>
+    <mergeCell ref="B365:B366"/>
+    <mergeCell ref="B383:B384"/>
     <mergeCell ref="C460:C461"/>
     <mergeCell ref="D460:D461"/>
     <mergeCell ref="E460:E461"/>
-    <mergeCell ref="C479:C481"/>
-[...9 lines deleted...]
-    <mergeCell ref="D380:D381"/>
+    <mergeCell ref="C481:C483"/>
+    <mergeCell ref="B481:B483"/>
+    <mergeCell ref="D481:D483"/>
+    <mergeCell ref="B394:B395"/>
+    <mergeCell ref="B381:B382"/>
+    <mergeCell ref="C381:C382"/>
+    <mergeCell ref="D381:D382"/>
     <mergeCell ref="B458:B459"/>
     <mergeCell ref="C458:C459"/>
     <mergeCell ref="E453:E454"/>
-    <mergeCell ref="E287:E288"/>
-[...2 lines deleted...]
-    <mergeCell ref="E308:E309"/>
+    <mergeCell ref="D458:D459"/>
+    <mergeCell ref="E458:E459"/>
+    <mergeCell ref="D394:D395"/>
+    <mergeCell ref="E394:E395"/>
+    <mergeCell ref="H193:H194"/>
+    <mergeCell ref="E289:E290"/>
+    <mergeCell ref="B341:B342"/>
+    <mergeCell ref="B346:B347"/>
+    <mergeCell ref="E310:E311"/>
     <mergeCell ref="B453:B454"/>
     <mergeCell ref="C453:C454"/>
     <mergeCell ref="D453:D454"/>
-    <mergeCell ref="B418:B420"/>
-[...28 lines deleted...]
-    <mergeCell ref="H161:H162"/>
+    <mergeCell ref="B419:B421"/>
+    <mergeCell ref="D289:D290"/>
+    <mergeCell ref="D378:D379"/>
+    <mergeCell ref="B313:B314"/>
+    <mergeCell ref="C313:C314"/>
+    <mergeCell ref="D313:D314"/>
+    <mergeCell ref="C419:C421"/>
+    <mergeCell ref="D419:D421"/>
+    <mergeCell ref="E419:E420"/>
+    <mergeCell ref="E381:E382"/>
+    <mergeCell ref="C383:C384"/>
+    <mergeCell ref="D383:D384"/>
+    <mergeCell ref="E383:E384"/>
+    <mergeCell ref="B296:B297"/>
+    <mergeCell ref="C192:C194"/>
+    <mergeCell ref="C394:C395"/>
     <mergeCell ref="H163:H164"/>
-    <mergeCell ref="E151:E152"/>
-[...29 lines deleted...]
-    <mergeCell ref="C160:C162"/>
+    <mergeCell ref="H165:H166"/>
+    <mergeCell ref="E153:E154"/>
+    <mergeCell ref="D155:D157"/>
+    <mergeCell ref="C155:C157"/>
+    <mergeCell ref="B185:B187"/>
+    <mergeCell ref="B155:B157"/>
+    <mergeCell ref="B162:B164"/>
+    <mergeCell ref="B168:B169"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="C185:C187"/>
+    <mergeCell ref="D185:D187"/>
+    <mergeCell ref="E185:E187"/>
+    <mergeCell ref="B165:B166"/>
+    <mergeCell ref="E190:E191"/>
+    <mergeCell ref="D192:D194"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="E155:E157"/>
+    <mergeCell ref="H155:H157"/>
+    <mergeCell ref="B197:B198"/>
+    <mergeCell ref="E162:E164"/>
+    <mergeCell ref="E149:E150"/>
+    <mergeCell ref="E346:E347"/>
+    <mergeCell ref="E341:E342"/>
+    <mergeCell ref="C341:C342"/>
+    <mergeCell ref="D341:D342"/>
+    <mergeCell ref="C346:C347"/>
+    <mergeCell ref="D346:D347"/>
+    <mergeCell ref="D165:D166"/>
+    <mergeCell ref="E165:E166"/>
+    <mergeCell ref="C199:C200"/>
+    <mergeCell ref="D199:D200"/>
+    <mergeCell ref="E168:E169"/>
+    <mergeCell ref="D162:D164"/>
+    <mergeCell ref="D172:D173"/>
+    <mergeCell ref="E192:E194"/>
+    <mergeCell ref="H153:H154"/>
+    <mergeCell ref="C165:C166"/>
+    <mergeCell ref="B250:B251"/>
+    <mergeCell ref="C162:C164"/>
     <mergeCell ref="C29:C31"/>
     <mergeCell ref="D29:D31"/>
     <mergeCell ref="D65:D66"/>
     <mergeCell ref="C65:C66"/>
-    <mergeCell ref="B151:B152"/>
-[...1 lines deleted...]
-    <mergeCell ref="D151:D152"/>
+    <mergeCell ref="B153:B154"/>
+    <mergeCell ref="C153:C154"/>
+    <mergeCell ref="D153:D154"/>
+    <mergeCell ref="C197:C198"/>
+    <mergeCell ref="D197:D198"/>
+    <mergeCell ref="B177:B178"/>
+    <mergeCell ref="C177:C178"/>
+    <mergeCell ref="D190:D191"/>
+    <mergeCell ref="C190:C191"/>
+    <mergeCell ref="B29:B108"/>
+    <mergeCell ref="D149:D150"/>
+    <mergeCell ref="B149:B150"/>
+    <mergeCell ref="C149:C150"/>
+    <mergeCell ref="B190:B191"/>
+    <mergeCell ref="C168:C169"/>
+    <mergeCell ref="D168:D169"/>
+    <mergeCell ref="D177:D178"/>
+    <mergeCell ref="B192:B194"/>
+    <mergeCell ref="H202:H203"/>
+    <mergeCell ref="B172:B173"/>
+    <mergeCell ref="E197:E198"/>
+    <mergeCell ref="H208:H209"/>
+    <mergeCell ref="B199:B200"/>
+    <mergeCell ref="E208:E209"/>
+    <mergeCell ref="B170:B171"/>
+    <mergeCell ref="C170:C171"/>
+    <mergeCell ref="D170:D171"/>
+    <mergeCell ref="E170:E171"/>
+    <mergeCell ref="B208:B209"/>
+    <mergeCell ref="B202:B203"/>
+    <mergeCell ref="C202:C203"/>
+    <mergeCell ref="D202:D203"/>
+    <mergeCell ref="E202:E203"/>
+    <mergeCell ref="E199:E200"/>
+    <mergeCell ref="C208:C209"/>
+    <mergeCell ref="D208:D209"/>
+    <mergeCell ref="B195:B196"/>
+    <mergeCell ref="E195:E196"/>
     <mergeCell ref="C195:C196"/>
     <mergeCell ref="D195:D196"/>
-    <mergeCell ref="B175:B176"/>
-[...38 lines deleted...]
-    <mergeCell ref="E209:E210"/>
+    <mergeCell ref="H197:H198"/>
+    <mergeCell ref="E177:E178"/>
+    <mergeCell ref="E212:E213"/>
+    <mergeCell ref="E233:E234"/>
+    <mergeCell ref="E220:E221"/>
+    <mergeCell ref="D237:D238"/>
+    <mergeCell ref="C233:C234"/>
+    <mergeCell ref="C263:C264"/>
+    <mergeCell ref="C231:C232"/>
+    <mergeCell ref="E248:E249"/>
+    <mergeCell ref="E214:E215"/>
+    <mergeCell ref="E263:E264"/>
+    <mergeCell ref="E237:E238"/>
+    <mergeCell ref="H220:H221"/>
+    <mergeCell ref="C257:C261"/>
+    <mergeCell ref="D257:D261"/>
+    <mergeCell ref="E216:E217"/>
+    <mergeCell ref="H263:H264"/>
+    <mergeCell ref="H233:H234"/>
+    <mergeCell ref="C250:C251"/>
+    <mergeCell ref="D250:D251"/>
+    <mergeCell ref="E250:E251"/>
+    <mergeCell ref="D263:D264"/>
+    <mergeCell ref="C254:C255"/>
+    <mergeCell ref="D254:D255"/>
+    <mergeCell ref="D248:D249"/>
+    <mergeCell ref="C224:C226"/>
+    <mergeCell ref="D233:D234"/>
+    <mergeCell ref="D224:D226"/>
+    <mergeCell ref="C216:C217"/>
+    <mergeCell ref="H218:H219"/>
     <mergeCell ref="E231:E232"/>
+    <mergeCell ref="H237:H238"/>
+    <mergeCell ref="F254:F255"/>
+    <mergeCell ref="E224:E225"/>
+    <mergeCell ref="D231:D232"/>
     <mergeCell ref="E218:E219"/>
-    <mergeCell ref="D235:D236"/>
-[...31 lines deleted...]
-    <mergeCell ref="C270:C271"/>
     <mergeCell ref="H272:H273"/>
-    <mergeCell ref="D270:D271"/>
-    <mergeCell ref="E270:E271"/>
     <mergeCell ref="C272:C273"/>
-    <mergeCell ref="B252:B254"/>
+    <mergeCell ref="H274:H275"/>
+    <mergeCell ref="D272:D273"/>
+    <mergeCell ref="E272:E273"/>
+    <mergeCell ref="C274:C275"/>
+    <mergeCell ref="B254:B256"/>
+    <mergeCell ref="B274:B275"/>
+    <mergeCell ref="B263:B264"/>
+    <mergeCell ref="H269:H270"/>
+    <mergeCell ref="B269:B270"/>
+    <mergeCell ref="C269:C270"/>
+    <mergeCell ref="D269:D270"/>
+    <mergeCell ref="E269:E270"/>
     <mergeCell ref="B272:B273"/>
-    <mergeCell ref="B261:B262"/>
-[...16 lines deleted...]
-    <mergeCell ref="C235:C236"/>
+    <mergeCell ref="B257:B261"/>
+    <mergeCell ref="D274:D275"/>
+    <mergeCell ref="E274:E275"/>
     <mergeCell ref="B212:B213"/>
     <mergeCell ref="C212:C213"/>
     <mergeCell ref="D212:D213"/>
+    <mergeCell ref="B218:B219"/>
+    <mergeCell ref="B220:B221"/>
+    <mergeCell ref="C248:C249"/>
+    <mergeCell ref="B233:B234"/>
+    <mergeCell ref="B248:B249"/>
+    <mergeCell ref="B237:B238"/>
+    <mergeCell ref="C237:C238"/>
+    <mergeCell ref="B214:B215"/>
+    <mergeCell ref="C214:C215"/>
+    <mergeCell ref="D214:D215"/>
+    <mergeCell ref="C220:C221"/>
+    <mergeCell ref="D218:D219"/>
+    <mergeCell ref="D216:D217"/>
+    <mergeCell ref="D220:D221"/>
     <mergeCell ref="C218:C219"/>
-    <mergeCell ref="D216:D217"/>
-[...14 lines deleted...]
-    <mergeCell ref="E391:E392"/>
+    <mergeCell ref="B224:B226"/>
+    <mergeCell ref="B216:B217"/>
+    <mergeCell ref="B231:B232"/>
+    <mergeCell ref="H294:H295"/>
+    <mergeCell ref="C294:C295"/>
+    <mergeCell ref="D294:D295"/>
     <mergeCell ref="E294:E295"/>
-    <mergeCell ref="D294:D295"/>
-[...14 lines deleted...]
-    <mergeCell ref="B279:B280"/>
+    <mergeCell ref="B294:B295"/>
+    <mergeCell ref="B392:B393"/>
+    <mergeCell ref="C392:C393"/>
+    <mergeCell ref="D392:D393"/>
+    <mergeCell ref="E392:E393"/>
+    <mergeCell ref="E296:E297"/>
+    <mergeCell ref="D296:D297"/>
+    <mergeCell ref="B310:B311"/>
+    <mergeCell ref="C310:C311"/>
+    <mergeCell ref="D310:D311"/>
+    <mergeCell ref="E372:E374"/>
+    <mergeCell ref="D372:D374"/>
+    <mergeCell ref="C372:C374"/>
+    <mergeCell ref="E378:E379"/>
+    <mergeCell ref="E337:E338"/>
+    <mergeCell ref="D337:D338"/>
+    <mergeCell ref="C337:C338"/>
+    <mergeCell ref="E313:E314"/>
+    <mergeCell ref="D324:D326"/>
+    <mergeCell ref="B372:B374"/>
+    <mergeCell ref="C281:C282"/>
+    <mergeCell ref="B281:B282"/>
     <mergeCell ref="B449:B450"/>
     <mergeCell ref="C449:C450"/>
     <mergeCell ref="D449:D450"/>
     <mergeCell ref="E449:E450"/>
-    <mergeCell ref="B335:B336"/>
-[...16 lines deleted...]
-    <mergeCell ref="D279:D280"/>
+    <mergeCell ref="B337:B338"/>
+    <mergeCell ref="C296:C297"/>
+    <mergeCell ref="E398:E399"/>
+    <mergeCell ref="B324:B326"/>
+    <mergeCell ref="C324:C326"/>
+    <mergeCell ref="E435:E436"/>
+    <mergeCell ref="C289:C290"/>
+    <mergeCell ref="B289:B290"/>
+    <mergeCell ref="B398:B399"/>
+    <mergeCell ref="C398:C399"/>
+    <mergeCell ref="D398:D399"/>
+    <mergeCell ref="C435:C436"/>
+    <mergeCell ref="B435:B436"/>
+    <mergeCell ref="D435:D436"/>
+    <mergeCell ref="B378:B379"/>
+    <mergeCell ref="C378:C379"/>
+    <mergeCell ref="E281:E282"/>
+    <mergeCell ref="D281:D282"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="62" fitToHeight="10" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:FZ884"/>
+  <dimension ref="B1:FZ886"/>
   <sheetViews>
-    <sheetView topLeftCell="B599" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D615" sqref="D615"/>
+    <sheetView topLeftCell="B560" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C585" sqref="C585"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="1.765625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="34.23046875" style="141" customWidth="1"/>
+    <col min="1" max="1" width="1.77734375" customWidth="1"/>
+    <col min="2" max="2" width="5.44140625" customWidth="1"/>
+    <col min="3" max="4" width="35.77734375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="30.5546875" customWidth="1"/>
+    <col min="6" max="6" width="23.21875" customWidth="1"/>
+    <col min="7" max="8" width="17.77734375" customWidth="1"/>
+    <col min="9" max="9" width="34.21875" style="140" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="21" x14ac:dyDescent="0.5">
-[...15 lines deleted...]
-      <c r="G2" s="301"/>
+    <row r="1" spans="2:8" ht="21" x14ac:dyDescent="0.35">
+      <c r="B1" s="300"/>
+      <c r="C1" s="300"/>
+      <c r="D1" s="300"/>
+      <c r="E1" s="300"/>
+      <c r="F1" s="300"/>
+      <c r="G1" s="300"/>
+    </row>
+    <row r="2" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="74" t="s">
+        <v>572</v>
+      </c>
+      <c r="C2" s="300"/>
+      <c r="D2" s="300"/>
+      <c r="E2" s="300"/>
+      <c r="F2" s="300"/>
+      <c r="G2" s="300"/>
       <c r="H2" s="1"/>
     </row>
-    <row r="3" spans="2:8" ht="21" x14ac:dyDescent="0.5">
-[...5 lines deleted...]
-      <c r="G3" s="301"/>
+    <row r="3" spans="2:8" ht="21" x14ac:dyDescent="0.35">
+      <c r="B3" s="300"/>
+      <c r="C3" s="74"/>
+      <c r="D3" s="300"/>
+      <c r="E3" s="300"/>
+      <c r="F3" s="300"/>
+      <c r="G3" s="300"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="5" spans="2:8" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>181</v>
+    <row r="5" spans="2:8" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B5" s="76" t="s">
+        <v>174</v>
       </c>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B6" s="3" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="4"/>
     </row>
-    <row r="7" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="7" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B7" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
     </row>
-    <row r="8" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
-    <row r="9" spans="2:8" x14ac:dyDescent="0.35">
-      <c r="B9" s="33" t="s">
+    <row r="9" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B9" s="32" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
     </row>
-    <row r="10" spans="2:8" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>183</v>
+    <row r="10" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B10" s="33" t="s">
+        <v>176</v>
       </c>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
     </row>
-    <row r="11" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="11" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B11" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
     </row>
-    <row r="12" spans="2:8" x14ac:dyDescent="0.35">
-      <c r="B12" s="34" t="s">
+    <row r="12" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B12" s="33" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
     </row>
-    <row r="13" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="13" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B13" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
     </row>
-    <row r="14" spans="2:8" x14ac:dyDescent="0.35">
-      <c r="B14" s="34" t="s">
+    <row r="14" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B14" s="33" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="4"/>
       <c r="D14" s="4"/>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
-    <row r="15" spans="2:8" x14ac:dyDescent="0.35">
+    <row r="15" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B15" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
-    <row r="16" spans="2:8" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>197</v>
+    <row r="16" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B16" s="33" t="s">
+        <v>190</v>
       </c>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
     </row>
-    <row r="17" spans="2:9" x14ac:dyDescent="0.35">
+    <row r="17" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B17" s="4" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
       <c r="I17"/>
     </row>
-    <row r="18" spans="2:9" x14ac:dyDescent="0.35">
+    <row r="18" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B18" s="4" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="I18"/>
     </row>
-    <row r="19" spans="2:9" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="C19" s="78"/>
+    <row r="19" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B19" s="33" t="s">
+        <v>177</v>
+      </c>
+      <c r="C19" s="77"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
     </row>
-    <row r="20" spans="2:9" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>177</v>
+    <row r="20" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B20" s="32" t="s">
+        <v>170</v>
       </c>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
-      <c r="I20" s="300"/>
-[...3 lines deleted...]
-        <v>510</v>
+      <c r="I20" s="299"/>
+    </row>
+    <row r="21" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B21" s="78" t="s">
+        <v>502</v>
       </c>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
     </row>
-    <row r="22" spans="2:9" x14ac:dyDescent="0.35">
+    <row r="22" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B22" s="4" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
     </row>
-    <row r="23" spans="2:9" x14ac:dyDescent="0.35">
+    <row r="23" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B23" s="4" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
-    <row r="24" spans="2:9" x14ac:dyDescent="0.35">
+    <row r="24" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
     </row>
-    <row r="25" spans="2:9" x14ac:dyDescent="0.35">
+    <row r="25" spans="2:9" x14ac:dyDescent="0.2">
       <c r="B25" s="4" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
       <c r="I25"/>
     </row>
-    <row r="27" spans="2:9" ht="52" x14ac:dyDescent="0.35">
-[...26 lines deleted...]
-      <c r="B28" s="1186">
+    <row r="27" spans="2:9" ht="51" x14ac:dyDescent="0.2">
+      <c r="B27" s="352" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="352" t="s">
+        <v>500</v>
+      </c>
+      <c r="D27" s="352" t="s">
+        <v>499</v>
+      </c>
+      <c r="E27" s="352" t="s">
+        <v>498</v>
+      </c>
+      <c r="F27" s="352" t="s">
+        <v>497</v>
+      </c>
+      <c r="G27" s="352" t="s">
+        <v>496</v>
+      </c>
+      <c r="H27" s="352" t="s">
+        <v>184</v>
+      </c>
+      <c r="I27" s="461" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B28" s="1213">
         <f>MAX(B$27:B27)+1</f>
         <v>1</v>
       </c>
-      <c r="C28" s="286" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="287" t="s">
+      <c r="C28" s="285" t="s">
+        <v>495</v>
+      </c>
+      <c r="D28" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="E28" s="286" t="s">
         <v>9</v>
       </c>
-      <c r="F28" s="298" t="s">
-[...19 lines deleted...]
-      <c r="H29" s="282">
+      <c r="F28" s="297" t="s">
+        <v>445</v>
+      </c>
+      <c r="G28" s="284"/>
+      <c r="H28" s="283"/>
+      <c r="I28" s="150"/>
+    </row>
+    <row r="29" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B29" s="1214"/>
+      <c r="C29" s="282"/>
+      <c r="D29" s="222" t="s">
+        <v>376</v>
+      </c>
+      <c r="E29" s="268"/>
+      <c r="F29" s="222" t="s">
+        <v>443</v>
+      </c>
+      <c r="G29" s="282" t="s">
+        <v>494</v>
+      </c>
+      <c r="H29" s="281">
         <v>41613</v>
       </c>
-      <c r="I29" s="145"/>
-[...14 lines deleted...]
-      <c r="B31" s="1186">
+      <c r="I29" s="144"/>
+    </row>
+    <row r="30" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B30" s="1215"/>
+      <c r="C30" s="267"/>
+      <c r="D30" s="290"/>
+      <c r="E30" s="289"/>
+      <c r="F30" s="296" t="s">
+        <v>479</v>
+      </c>
+      <c r="G30" s="267"/>
+      <c r="H30" s="288"/>
+      <c r="I30" s="141"/>
+    </row>
+    <row r="31" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B31" s="1213">
         <f>MAX(B$27:B30)+1</f>
         <v>2</v>
       </c>
-      <c r="C31" s="288" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="287" t="s">
+      <c r="C31" s="287" t="s">
+        <v>493</v>
+      </c>
+      <c r="D31" s="285" t="s">
+        <v>413</v>
+      </c>
+      <c r="E31" s="286" t="s">
         <v>9</v>
       </c>
-      <c r="F31" s="286" t="s">
-[...23 lines deleted...]
-      <c r="H32" s="282">
+      <c r="F31" s="285" t="s">
+        <v>445</v>
+      </c>
+      <c r="G31" s="284" t="s">
+        <v>487</v>
+      </c>
+      <c r="H31" s="283"/>
+      <c r="I31" s="188" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="32" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B32" s="1214"/>
+      <c r="C32" s="282"/>
+      <c r="D32" s="222" t="s">
+        <v>412</v>
+      </c>
+      <c r="E32" s="268"/>
+      <c r="F32" s="222" t="s">
+        <v>443</v>
+      </c>
+      <c r="G32" s="282" t="s">
+        <v>492</v>
+      </c>
+      <c r="H32" s="281">
         <v>41621</v>
       </c>
-      <c r="I32" s="188" t="s">
-[...28 lines deleted...]
-      <c r="H34" s="282">
+      <c r="I32" s="187" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="33" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B33" s="1214"/>
+      <c r="C33" s="295"/>
+      <c r="D33" s="294"/>
+      <c r="E33" s="293"/>
+      <c r="F33" s="222" t="s">
+        <v>328</v>
+      </c>
+      <c r="G33" s="292"/>
+      <c r="H33" s="291"/>
+      <c r="I33" s="187" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="34" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B34" s="1214"/>
+      <c r="C34" s="282"/>
+      <c r="D34" s="222"/>
+      <c r="E34" s="268"/>
+      <c r="F34" s="938" t="s">
+        <v>448</v>
+      </c>
+      <c r="G34" s="282" t="s">
+        <v>489</v>
+      </c>
+      <c r="H34" s="281">
         <v>43313</v>
       </c>
-      <c r="I34" s="188"/>
-[...2 lines deleted...]
-      <c r="B35" s="1189">
+      <c r="I34" s="187"/>
+    </row>
+    <row r="35" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B35" s="1216">
         <f>MAX(B$27:B34)+1</f>
         <v>3</v>
       </c>
-      <c r="C35" s="954"/>
-[...3 lines deleted...]
-      <c r="E35" s="212" t="s">
+      <c r="C35" s="950"/>
+      <c r="D35" s="946" t="s">
+        <v>748</v>
+      </c>
+      <c r="E35" s="211" t="s">
         <v>9</v>
       </c>
-      <c r="F35" s="298" t="s">
-[...19 lines deleted...]
-      <c r="H36" s="943">
+      <c r="F35" s="297" t="s">
+        <v>445</v>
+      </c>
+      <c r="G35" s="941"/>
+      <c r="H35" s="940"/>
+      <c r="I35" s="150"/>
+    </row>
+    <row r="36" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B36" s="1217"/>
+      <c r="C36" s="495"/>
+      <c r="D36" s="177" t="s">
+        <v>488</v>
+      </c>
+      <c r="E36" s="221"/>
+      <c r="F36" s="177" t="s">
+        <v>443</v>
+      </c>
+      <c r="G36" s="209" t="s">
+        <v>275</v>
+      </c>
+      <c r="H36" s="939">
         <v>41725</v>
       </c>
-      <c r="I36" s="145"/>
-[...21 lines deleted...]
-      <c r="G38" s="957">
+      <c r="I36" s="144"/>
+    </row>
+    <row r="37" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B37" s="1217"/>
+      <c r="C37" s="495" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D37" s="177"/>
+      <c r="E37" s="221"/>
+      <c r="F37" s="937" t="s">
+        <v>479</v>
+      </c>
+      <c r="G37" s="212"/>
+      <c r="H37" s="939"/>
+      <c r="I37" s="144"/>
+    </row>
+    <row r="38" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B38" s="1217"/>
+      <c r="C38" s="951"/>
+      <c r="D38" s="942"/>
+      <c r="E38" s="956"/>
+      <c r="F38" s="943"/>
+      <c r="G38" s="953">
         <v>4</v>
       </c>
-      <c r="H38" s="948">
+      <c r="H38" s="944">
         <v>41725</v>
       </c>
-      <c r="I38" s="962">
+      <c r="I38" s="958">
         <v>44207</v>
       </c>
     </row>
-    <row r="39" spans="2:9" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="H39" s="949">
+    <row r="39" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B39" s="1217"/>
+      <c r="C39" s="951"/>
+      <c r="D39" s="942"/>
+      <c r="E39" s="956"/>
+      <c r="F39" s="943"/>
+      <c r="G39" s="954" t="s">
+        <v>530</v>
+      </c>
+      <c r="H39" s="945">
         <v>44207</v>
       </c>
-      <c r="I39" s="145"/>
-[...12 lines deleted...]
-      <c r="B41" s="1191">
+      <c r="I39" s="144"/>
+    </row>
+    <row r="40" spans="2:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B40" s="936"/>
+      <c r="C40" s="952"/>
+      <c r="D40" s="947"/>
+      <c r="E40" s="957"/>
+      <c r="F40" s="948"/>
+      <c r="G40" s="955"/>
+      <c r="H40" s="949"/>
+      <c r="I40" s="141"/>
+    </row>
+    <row r="41" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B41" s="1218">
         <f>MAX(B$27:B39)+1</f>
         <v>4</v>
       </c>
-      <c r="C41" s="1121" t="s">
-[...5 lines deleted...]
-      <c r="E41" s="1174" t="s">
+      <c r="C41" s="1131" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D41" s="1183" t="s">
+        <v>377</v>
+      </c>
+      <c r="E41" s="1198" t="s">
         <v>9</v>
       </c>
-      <c r="F41" s="270" t="s">
-[...19 lines deleted...]
-      <c r="H42" s="193">
+      <c r="F41" s="269" t="s">
+        <v>445</v>
+      </c>
+      <c r="G41" s="280"/>
+      <c r="H41" s="824"/>
+      <c r="I41" s="1192" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="42" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B42" s="1218"/>
+      <c r="C42" s="1194"/>
+      <c r="D42" s="1184"/>
+      <c r="E42" s="1198"/>
+      <c r="F42" s="269" t="s">
+        <v>443</v>
+      </c>
+      <c r="G42" s="280" t="s">
+        <v>486</v>
+      </c>
+      <c r="H42" s="192">
         <v>41751</v>
       </c>
-      <c r="I42" s="1193"/>
-[...14 lines deleted...]
-      <c r="B44" s="1192"/>
+      <c r="I42" s="1192"/>
+    </row>
+    <row r="43" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B43" s="1218"/>
+      <c r="C43" s="1194"/>
+      <c r="D43" s="1184"/>
+      <c r="E43" s="1198"/>
+      <c r="F43" s="269" t="s">
+        <v>457</v>
+      </c>
+      <c r="G43" s="823"/>
+      <c r="H43" s="824"/>
+      <c r="I43" s="1192"/>
+    </row>
+    <row r="44" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B44" s="1219"/>
       <c r="C44" s="1195"/>
-      <c r="D44" s="1178"/>
-[...5 lines deleted...]
-      <c r="H44" s="368">
+      <c r="D44" s="1185"/>
+      <c r="E44" s="1199"/>
+      <c r="F44" s="207"/>
+      <c r="G44" s="825" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H44" s="367">
         <v>45639</v>
       </c>
-      <c r="I44" s="142"/>
-[...2 lines deleted...]
-      <c r="B45" s="1182">
+      <c r="I44" s="141"/>
+    </row>
+    <row r="45" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B45" s="1189">
         <f>MAX(B$27:B43)+1</f>
         <v>5</v>
       </c>
-      <c r="C45" s="1065" t="s">
-[...21 lines deleted...]
-      <c r="E46" s="213" t="s">
+      <c r="C45" s="1075" t="s">
+        <v>485</v>
+      </c>
+      <c r="D45" s="220" t="s">
+        <v>351</v>
+      </c>
+      <c r="E45" s="211"/>
+      <c r="F45" s="213" t="s">
+        <v>445</v>
+      </c>
+      <c r="G45" s="210"/>
+      <c r="H45" s="162"/>
+      <c r="I45" s="188" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="46" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B46" s="1190"/>
+      <c r="C46" s="1131"/>
+      <c r="D46" s="219" t="s">
+        <v>349</v>
+      </c>
+      <c r="E46" s="212" t="s">
         <v>9</v>
       </c>
-      <c r="F46" s="227" t="s">
-[...32 lines deleted...]
-      <c r="G48" s="276">
+      <c r="F46" s="226" t="s">
+        <v>443</v>
+      </c>
+      <c r="G46" s="218" t="s">
+        <v>484</v>
+      </c>
+      <c r="H46" s="199" t="s">
+        <v>483</v>
+      </c>
+      <c r="I46" s="187" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="47" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B47" s="1190"/>
+      <c r="C47" s="1131"/>
+      <c r="D47" s="219"/>
+      <c r="E47" s="212"/>
+      <c r="F47" s="226" t="s">
+        <v>457</v>
+      </c>
+      <c r="G47" s="218"/>
+      <c r="H47" s="199"/>
+      <c r="I47" s="187" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="48" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B48" s="1190"/>
+      <c r="C48" s="1131"/>
+      <c r="D48" s="278"/>
+      <c r="E48" s="277"/>
+      <c r="F48" s="276"/>
+      <c r="G48" s="275">
         <v>7</v>
       </c>
-      <c r="H48" s="275" t="s">
-[...10 lines deleted...]
-      <c r="G49" s="271">
+      <c r="H48" s="274" t="s">
+        <v>480</v>
+      </c>
+      <c r="I48" s="187"/>
+    </row>
+    <row r="49" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B49" s="1191"/>
+      <c r="C49" s="1076"/>
+      <c r="D49" s="273"/>
+      <c r="E49" s="272"/>
+      <c r="F49" s="271"/>
+      <c r="G49" s="270">
         <v>8</v>
       </c>
-      <c r="H49" s="192">
+      <c r="H49" s="191">
         <v>43629</v>
       </c>
-      <c r="I49" s="188"/>
-[...2 lines deleted...]
-      <c r="B50" s="1179">
+      <c r="I49" s="187"/>
+    </row>
+    <row r="50" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B50" s="1186">
         <f>MAX(B$27:B49)+1</f>
         <v>6</v>
       </c>
-      <c r="C50" s="251"/>
-[...3 lines deleted...]
-      <c r="E50" s="253" t="s">
+      <c r="C50" s="250"/>
+      <c r="D50" s="250" t="s">
+        <v>460</v>
+      </c>
+      <c r="E50" s="252" t="s">
         <v>9</v>
       </c>
-      <c r="F50" s="251" t="s">
-[...21 lines deleted...]
-      <c r="H51" s="249">
+      <c r="F50" s="250" t="s">
+        <v>445</v>
+      </c>
+      <c r="G50" s="119"/>
+      <c r="H50" s="151"/>
+      <c r="I50" s="150"/>
+    </row>
+    <row r="51" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B51" s="1187"/>
+      <c r="C51" s="175" t="s">
+        <v>478</v>
+      </c>
+      <c r="D51" s="175" t="s">
+        <v>458</v>
+      </c>
+      <c r="E51" s="147"/>
+      <c r="F51" s="175" t="s">
+        <v>443</v>
+      </c>
+      <c r="G51" s="256" t="s">
+        <v>109</v>
+      </c>
+      <c r="H51" s="248">
         <v>41887</v>
       </c>
-      <c r="I51" s="145"/>
-[...14 lines deleted...]
-      <c r="B53" s="1179">
+      <c r="I51" s="144"/>
+    </row>
+    <row r="52" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B52" s="1188"/>
+      <c r="C52" s="118"/>
+      <c r="D52" s="118"/>
+      <c r="E52" s="118"/>
+      <c r="F52" s="247" t="s">
+        <v>457</v>
+      </c>
+      <c r="G52" s="118"/>
+      <c r="H52" s="142"/>
+      <c r="I52" s="141"/>
+    </row>
+    <row r="53" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B53" s="1186">
         <f>MAX(B$27:B52)+1</f>
         <v>7</v>
       </c>
-      <c r="C53" s="1122" t="s">
-[...5 lines deleted...]
-      <c r="E53" s="253" t="s">
+      <c r="C53" s="1123" t="s">
+        <v>477</v>
+      </c>
+      <c r="D53" s="176" t="s">
+        <v>379</v>
+      </c>
+      <c r="E53" s="252" t="s">
         <v>9</v>
       </c>
-      <c r="F53" s="251" t="s">
-[...21 lines deleted...]
-      <c r="H54" s="266">
+      <c r="F53" s="250" t="s">
+        <v>445</v>
+      </c>
+      <c r="G53" s="119"/>
+      <c r="H53" s="266"/>
+      <c r="I53" s="188" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="54" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B54" s="1187"/>
+      <c r="C54" s="1124"/>
+      <c r="D54" s="175" t="s">
+        <v>378</v>
+      </c>
+      <c r="E54" s="147"/>
+      <c r="F54" s="175" t="s">
+        <v>443</v>
+      </c>
+      <c r="G54" s="229" t="s">
+        <v>342</v>
+      </c>
+      <c r="H54" s="265">
         <v>41906</v>
       </c>
-      <c r="I54" s="188" t="s">
-[...26 lines deleted...]
-      <c r="H56" s="93">
+      <c r="I54" s="187" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="55" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B55" s="1187"/>
+      <c r="C55" s="1124"/>
+      <c r="D55" s="147"/>
+      <c r="E55" s="147"/>
+      <c r="F55" s="264" t="s">
+        <v>457</v>
+      </c>
+      <c r="G55" s="201"/>
+      <c r="H55" s="263"/>
+      <c r="I55" s="187" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="56" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B56" s="1188"/>
+      <c r="C56" s="1132"/>
+      <c r="D56" s="118"/>
+      <c r="E56" s="118"/>
+      <c r="F56" s="247"/>
+      <c r="G56" s="139" t="s">
+        <v>200</v>
+      </c>
+      <c r="H56" s="92">
         <v>43636</v>
       </c>
-      <c r="I56" s="188"/>
-[...2 lines deleted...]
-      <c r="B57" s="1151">
+      <c r="I56" s="187"/>
+    </row>
+    <row r="57" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B57" s="1161">
         <f>MAX(B$27:B56)+1</f>
         <v>8</v>
       </c>
-      <c r="C57" s="120"/>
-[...30 lines deleted...]
-      <c r="H58" s="240">
+      <c r="C57" s="119"/>
+      <c r="D57" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E57" s="138"/>
+      <c r="F57" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G57" s="119"/>
+      <c r="H57" s="240"/>
+      <c r="I57" s="1203" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="58" spans="2:9" s="260" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B58" s="1162"/>
+      <c r="C58" s="147" t="s">
+        <v>938</v>
+      </c>
+      <c r="D58" s="160" t="s">
+        <v>343</v>
+      </c>
+      <c r="E58" s="146" t="s">
+        <v>50</v>
+      </c>
+      <c r="F58" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G58" s="146" t="s">
+        <v>92</v>
+      </c>
+      <c r="H58" s="239">
         <v>42033</v>
       </c>
-      <c r="I58" s="1193"/>
-[...22 lines deleted...]
-      <c r="H60" s="804">
+      <c r="I58" s="1192"/>
+    </row>
+    <row r="59" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B59" s="1162"/>
+      <c r="C59" s="147"/>
+      <c r="D59" s="160"/>
+      <c r="E59" s="542"/>
+      <c r="F59" s="147" t="s">
+        <v>473</v>
+      </c>
+      <c r="G59" s="147"/>
+      <c r="H59" s="239"/>
+      <c r="I59" s="1192"/>
+    </row>
+    <row r="60" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B60" s="797"/>
+      <c r="C60" s="118"/>
+      <c r="D60" s="158"/>
+      <c r="E60" s="799"/>
+      <c r="F60" s="118"/>
+      <c r="G60" s="111" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H60" s="800">
         <v>45359</v>
       </c>
-      <c r="I60" s="802"/>
-[...2 lines deleted...]
-      <c r="B61" s="1151">
+      <c r="I60" s="798"/>
+    </row>
+    <row r="61" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B61" s="1161">
         <f>MAX(B$27:B59)+1</f>
         <v>9</v>
       </c>
-      <c r="C61" s="120"/>
-[...22 lines deleted...]
-      <c r="F62" s="148" t="s">
+      <c r="C61" s="119"/>
+      <c r="D61" s="234" t="s">
+        <v>472</v>
+      </c>
+      <c r="E61" s="203"/>
+      <c r="F61" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G61" s="119"/>
+      <c r="H61" s="151"/>
+      <c r="I61" s="150"/>
+    </row>
+    <row r="62" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B62" s="1162"/>
+      <c r="C62" s="147" t="s">
+        <v>471</v>
+      </c>
+      <c r="D62" s="147" t="s">
         <v>470</v>
       </c>
-      <c r="G62" s="230" t="s">
-[...2 lines deleted...]
-      <c r="H62" s="258">
+      <c r="E62" s="195" t="s">
+        <v>469</v>
+      </c>
+      <c r="F62" s="147" t="s">
+        <v>462</v>
+      </c>
+      <c r="G62" s="229" t="s">
+        <v>342</v>
+      </c>
+      <c r="H62" s="257">
         <v>42048</v>
       </c>
-      <c r="I62" s="145"/>
-[...14 lines deleted...]
-      <c r="B64" s="1151">
+      <c r="I62" s="144"/>
+    </row>
+    <row r="63" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B63" s="1163"/>
+      <c r="C63" s="118"/>
+      <c r="D63" s="118"/>
+      <c r="E63" s="193"/>
+      <c r="F63" s="118" t="s">
+        <v>461</v>
+      </c>
+      <c r="G63" s="118"/>
+      <c r="H63" s="142"/>
+      <c r="I63" s="141"/>
+    </row>
+    <row r="64" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B64" s="1161">
         <f>MAX(B$27:B63)+1</f>
         <v>10</v>
       </c>
-      <c r="C64" s="156"/>
-[...28 lines deleted...]
-      <c r="H65" s="146">
+      <c r="C64" s="155"/>
+      <c r="D64" s="119" t="s">
+        <v>465</v>
+      </c>
+      <c r="E64" s="155"/>
+      <c r="F64" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G64" s="155"/>
+      <c r="H64" s="253"/>
+      <c r="I64" s="188" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="65" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B65" s="1162"/>
+      <c r="C65" s="149" t="s">
+        <v>744</v>
+      </c>
+      <c r="D65" s="147" t="s">
+        <v>467</v>
+      </c>
+      <c r="E65" s="146" t="s">
+        <v>50</v>
+      </c>
+      <c r="F65" s="64"/>
+      <c r="G65" s="229" t="s">
+        <v>466</v>
+      </c>
+      <c r="H65" s="145">
         <v>42233</v>
       </c>
-      <c r="I65" s="188" t="s">
-[...16 lines deleted...]
-      <c r="B67" s="1151">
+      <c r="I65" s="187" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="66" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B66" s="1163"/>
+      <c r="C66" s="143"/>
+      <c r="D66" s="143"/>
+      <c r="E66" s="143"/>
+      <c r="F66" s="143"/>
+      <c r="G66" s="143"/>
+      <c r="H66" s="255"/>
+      <c r="I66" s="184" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="67" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B67" s="1161">
         <f>MAX(B$27:B66)+1</f>
         <v>11</v>
       </c>
-      <c r="C67" s="156"/>
-[...185 lines deleted...]
-      <c r="H68" s="146">
+      <c r="C67" s="155"/>
+      <c r="D67" s="119" t="s">
+        <v>465</v>
+      </c>
+      <c r="E67" s="155"/>
+      <c r="F67" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G67" s="155"/>
+      <c r="H67" s="253"/>
+      <c r="I67" s="187"/>
+      <c r="Z67" s="29"/>
+      <c r="AA67" s="29"/>
+      <c r="AB67" s="29"/>
+      <c r="AC67" s="29"/>
+      <c r="AD67" s="29"/>
+      <c r="AE67" s="29"/>
+      <c r="AF67" s="29"/>
+      <c r="AG67" s="29"/>
+      <c r="AH67" s="29"/>
+      <c r="AI67" s="29"/>
+      <c r="AJ67" s="29"/>
+      <c r="AK67" s="29"/>
+      <c r="AL67" s="29"/>
+      <c r="AM67" s="29"/>
+      <c r="AN67" s="29"/>
+      <c r="AO67" s="29"/>
+      <c r="AP67" s="29"/>
+      <c r="AQ67" s="29"/>
+      <c r="AR67" s="29"/>
+      <c r="AS67" s="29"/>
+      <c r="AT67" s="29"/>
+      <c r="AU67" s="29"/>
+      <c r="AV67" s="29"/>
+      <c r="AW67" s="29"/>
+      <c r="AX67" s="29"/>
+      <c r="AY67" s="29"/>
+      <c r="AZ67" s="29"/>
+      <c r="BA67" s="29"/>
+      <c r="BB67" s="29"/>
+      <c r="BC67" s="29"/>
+      <c r="BD67" s="29"/>
+      <c r="BE67" s="29"/>
+      <c r="BF67" s="29"/>
+      <c r="BG67" s="29"/>
+      <c r="BH67" s="29"/>
+      <c r="BI67" s="29"/>
+      <c r="BJ67" s="29"/>
+      <c r="BK67" s="29"/>
+      <c r="BL67" s="29"/>
+      <c r="BM67" s="29"/>
+      <c r="BN67" s="29"/>
+      <c r="BO67" s="29"/>
+      <c r="BP67" s="29"/>
+      <c r="BQ67" s="29"/>
+      <c r="BR67" s="29"/>
+      <c r="BS67" s="29"/>
+      <c r="BT67" s="29"/>
+      <c r="BU67" s="29"/>
+      <c r="BV67" s="29"/>
+      <c r="BW67" s="29"/>
+      <c r="BX67" s="29"/>
+      <c r="BY67" s="29"/>
+      <c r="BZ67" s="29"/>
+      <c r="CA67" s="29"/>
+      <c r="CB67" s="29"/>
+      <c r="CC67" s="29"/>
+      <c r="CD67" s="29"/>
+      <c r="CE67" s="29"/>
+      <c r="CF67" s="29"/>
+      <c r="CG67" s="29"/>
+      <c r="CH67" s="29"/>
+      <c r="CI67" s="29"/>
+      <c r="CJ67" s="29"/>
+      <c r="CK67" s="29"/>
+      <c r="CL67" s="29"/>
+      <c r="CM67" s="29"/>
+      <c r="CN67" s="29"/>
+      <c r="CO67" s="29"/>
+      <c r="CP67" s="29"/>
+      <c r="CQ67" s="29"/>
+      <c r="CR67" s="29"/>
+      <c r="CS67" s="29"/>
+      <c r="CT67" s="29"/>
+      <c r="CU67" s="29"/>
+      <c r="CV67" s="29"/>
+      <c r="CW67" s="29"/>
+      <c r="CX67" s="29"/>
+      <c r="CY67" s="29"/>
+      <c r="CZ67" s="29"/>
+      <c r="DA67" s="29"/>
+      <c r="DB67" s="29"/>
+      <c r="DC67" s="29"/>
+      <c r="DD67" s="29"/>
+      <c r="DE67" s="29"/>
+      <c r="DF67" s="29"/>
+      <c r="DG67" s="29"/>
+      <c r="DH67" s="29"/>
+      <c r="DI67" s="29"/>
+      <c r="DJ67" s="29"/>
+      <c r="DK67" s="29"/>
+      <c r="DL67" s="29"/>
+      <c r="DM67" s="29"/>
+      <c r="DN67" s="29"/>
+      <c r="DO67" s="29"/>
+      <c r="DP67" s="29"/>
+      <c r="DQ67" s="29"/>
+      <c r="DR67" s="29"/>
+      <c r="DS67" s="29"/>
+      <c r="DT67" s="29"/>
+      <c r="DU67" s="29"/>
+      <c r="DV67" s="29"/>
+      <c r="DW67" s="29"/>
+      <c r="DX67" s="29"/>
+      <c r="DY67" s="29"/>
+      <c r="DZ67" s="29"/>
+      <c r="EA67" s="29"/>
+      <c r="EB67" s="29"/>
+      <c r="EC67" s="29"/>
+      <c r="ED67" s="29"/>
+      <c r="EE67" s="29"/>
+      <c r="EF67" s="29"/>
+      <c r="EG67" s="29"/>
+      <c r="EH67" s="29"/>
+      <c r="EI67" s="29"/>
+      <c r="EJ67" s="29"/>
+      <c r="EK67" s="29"/>
+      <c r="EL67" s="29"/>
+      <c r="EM67" s="29"/>
+      <c r="EN67" s="29"/>
+      <c r="EO67" s="29"/>
+      <c r="EP67" s="29"/>
+      <c r="EQ67" s="29"/>
+      <c r="ER67" s="29"/>
+      <c r="ES67" s="29"/>
+      <c r="ET67" s="29"/>
+      <c r="EU67" s="29"/>
+      <c r="EV67" s="29"/>
+      <c r="EW67" s="29"/>
+      <c r="EX67" s="29"/>
+      <c r="EY67" s="29"/>
+      <c r="EZ67" s="29"/>
+      <c r="FA67" s="29"/>
+      <c r="FB67" s="29"/>
+      <c r="FC67" s="29"/>
+      <c r="FD67" s="29"/>
+      <c r="FE67" s="29"/>
+      <c r="FF67" s="29"/>
+      <c r="FG67" s="29"/>
+      <c r="FH67" s="29"/>
+      <c r="FI67" s="29"/>
+      <c r="FJ67" s="29"/>
+      <c r="FK67" s="29"/>
+      <c r="FL67" s="29"/>
+      <c r="FM67" s="29"/>
+      <c r="FN67" s="29"/>
+      <c r="FO67" s="29"/>
+      <c r="FP67" s="29"/>
+      <c r="FQ67" s="29"/>
+      <c r="FR67" s="29"/>
+      <c r="FS67" s="29"/>
+      <c r="FT67" s="29"/>
+      <c r="FU67" s="29"/>
+      <c r="FV67" s="29"/>
+      <c r="FW67" s="29"/>
+      <c r="FX67" s="29"/>
+      <c r="FY67" s="29"/>
+      <c r="FZ67" s="29"/>
+    </row>
+    <row r="68" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B68" s="1162"/>
+      <c r="C68" s="149" t="s">
+        <v>464</v>
+      </c>
+      <c r="D68" s="147" t="s">
+        <v>463</v>
+      </c>
+      <c r="E68" s="146" t="s">
+        <v>50</v>
+      </c>
+      <c r="F68" s="147" t="s">
+        <v>462</v>
+      </c>
+      <c r="G68" s="146" t="s">
+        <v>63</v>
+      </c>
+      <c r="H68" s="145">
         <v>42360</v>
       </c>
-      <c r="I68" s="145"/>
-[...328 lines deleted...]
-      <c r="B70" s="1151">
+      <c r="I68" s="144"/>
+      <c r="Z68" s="29"/>
+      <c r="AA68" s="29"/>
+      <c r="AB68" s="29"/>
+      <c r="AC68" s="29"/>
+      <c r="AD68" s="29"/>
+      <c r="AE68" s="29"/>
+      <c r="AF68" s="29"/>
+      <c r="AG68" s="29"/>
+      <c r="AH68" s="29"/>
+      <c r="AI68" s="29"/>
+      <c r="AJ68" s="29"/>
+      <c r="AK68" s="29"/>
+      <c r="AL68" s="29"/>
+      <c r="AM68" s="29"/>
+      <c r="AN68" s="29"/>
+      <c r="AO68" s="29"/>
+      <c r="AP68" s="29"/>
+      <c r="AQ68" s="29"/>
+      <c r="AR68" s="29"/>
+      <c r="AS68" s="29"/>
+      <c r="AT68" s="29"/>
+      <c r="AU68" s="29"/>
+      <c r="AV68" s="29"/>
+      <c r="AW68" s="29"/>
+      <c r="AX68" s="29"/>
+      <c r="AY68" s="29"/>
+      <c r="AZ68" s="29"/>
+      <c r="BA68" s="29"/>
+      <c r="BB68" s="29"/>
+      <c r="BC68" s="29"/>
+      <c r="BD68" s="29"/>
+      <c r="BE68" s="29"/>
+      <c r="BF68" s="29"/>
+      <c r="BG68" s="29"/>
+      <c r="BH68" s="29"/>
+      <c r="BI68" s="29"/>
+      <c r="BJ68" s="29"/>
+      <c r="BK68" s="29"/>
+      <c r="BL68" s="29"/>
+      <c r="BM68" s="29"/>
+      <c r="BN68" s="29"/>
+      <c r="BO68" s="29"/>
+      <c r="BP68" s="29"/>
+      <c r="BQ68" s="29"/>
+      <c r="BR68" s="29"/>
+      <c r="BS68" s="29"/>
+      <c r="BT68" s="29"/>
+      <c r="BU68" s="29"/>
+      <c r="BV68" s="29"/>
+      <c r="BW68" s="29"/>
+      <c r="BX68" s="29"/>
+      <c r="BY68" s="29"/>
+      <c r="BZ68" s="29"/>
+      <c r="CA68" s="29"/>
+      <c r="CB68" s="29"/>
+      <c r="CC68" s="29"/>
+      <c r="CD68" s="29"/>
+      <c r="CE68" s="29"/>
+      <c r="CF68" s="29"/>
+      <c r="CG68" s="29"/>
+      <c r="CH68" s="29"/>
+      <c r="CI68" s="29"/>
+      <c r="CJ68" s="29"/>
+      <c r="CK68" s="29"/>
+      <c r="CL68" s="29"/>
+      <c r="CM68" s="29"/>
+      <c r="CN68" s="29"/>
+      <c r="CO68" s="29"/>
+      <c r="CP68" s="29"/>
+      <c r="CQ68" s="29"/>
+      <c r="CR68" s="29"/>
+      <c r="CS68" s="29"/>
+      <c r="CT68" s="29"/>
+      <c r="CU68" s="29"/>
+      <c r="CV68" s="29"/>
+      <c r="CW68" s="29"/>
+      <c r="CX68" s="29"/>
+      <c r="CY68" s="29"/>
+      <c r="CZ68" s="29"/>
+      <c r="DA68" s="29"/>
+      <c r="DB68" s="29"/>
+      <c r="DC68" s="29"/>
+      <c r="DD68" s="29"/>
+      <c r="DE68" s="29"/>
+      <c r="DF68" s="29"/>
+      <c r="DG68" s="29"/>
+      <c r="DH68" s="29"/>
+      <c r="DI68" s="29"/>
+      <c r="DJ68" s="29"/>
+      <c r="DK68" s="29"/>
+      <c r="DL68" s="29"/>
+      <c r="DM68" s="29"/>
+      <c r="DN68" s="29"/>
+      <c r="DO68" s="29"/>
+      <c r="DP68" s="29"/>
+      <c r="DQ68" s="29"/>
+      <c r="DR68" s="29"/>
+      <c r="DS68" s="29"/>
+      <c r="DT68" s="29"/>
+      <c r="DU68" s="29"/>
+      <c r="DV68" s="29"/>
+      <c r="DW68" s="29"/>
+      <c r="DX68" s="29"/>
+      <c r="DY68" s="29"/>
+      <c r="DZ68" s="29"/>
+      <c r="EA68" s="29"/>
+      <c r="EB68" s="29"/>
+      <c r="EC68" s="29"/>
+      <c r="ED68" s="29"/>
+      <c r="EE68" s="29"/>
+      <c r="EF68" s="29"/>
+      <c r="EG68" s="29"/>
+      <c r="EH68" s="29"/>
+      <c r="EI68" s="29"/>
+      <c r="EJ68" s="29"/>
+      <c r="EK68" s="29"/>
+      <c r="EL68" s="29"/>
+      <c r="EM68" s="29"/>
+      <c r="EN68" s="29"/>
+      <c r="EO68" s="29"/>
+      <c r="EP68" s="29"/>
+      <c r="EQ68" s="29"/>
+      <c r="ER68" s="29"/>
+      <c r="ES68" s="29"/>
+      <c r="ET68" s="29"/>
+      <c r="EU68" s="29"/>
+      <c r="EV68" s="29"/>
+      <c r="EW68" s="29"/>
+      <c r="EX68" s="29"/>
+      <c r="EY68" s="29"/>
+      <c r="EZ68" s="29"/>
+      <c r="FA68" s="29"/>
+      <c r="FB68" s="29"/>
+      <c r="FC68" s="29"/>
+      <c r="FD68" s="29"/>
+      <c r="FE68" s="29"/>
+      <c r="FF68" s="29"/>
+      <c r="FG68" s="29"/>
+      <c r="FH68" s="29"/>
+      <c r="FI68" s="29"/>
+      <c r="FJ68" s="29"/>
+      <c r="FK68" s="29"/>
+      <c r="FL68" s="29"/>
+      <c r="FM68" s="29"/>
+      <c r="FN68" s="29"/>
+      <c r="FO68" s="29"/>
+      <c r="FP68" s="29"/>
+      <c r="FQ68" s="29"/>
+      <c r="FR68" s="29"/>
+      <c r="FS68" s="29"/>
+      <c r="FT68" s="29"/>
+      <c r="FU68" s="29"/>
+      <c r="FV68" s="29"/>
+      <c r="FW68" s="29"/>
+      <c r="FX68" s="29"/>
+      <c r="FY68" s="29"/>
+      <c r="FZ68" s="29"/>
+    </row>
+    <row r="69" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B69" s="1163"/>
+      <c r="C69" s="118"/>
+      <c r="D69" s="118"/>
+      <c r="E69" s="118"/>
+      <c r="F69" s="118" t="s">
+        <v>461</v>
+      </c>
+      <c r="G69" s="118"/>
+      <c r="H69" s="142"/>
+      <c r="I69" s="141"/>
+      <c r="Z69" s="29"/>
+      <c r="AA69" s="29"/>
+      <c r="AB69" s="29"/>
+      <c r="AC69" s="29"/>
+      <c r="AD69" s="29"/>
+      <c r="AE69" s="29"/>
+      <c r="AF69" s="29"/>
+      <c r="AG69" s="29"/>
+      <c r="AH69" s="29"/>
+      <c r="AI69" s="29"/>
+      <c r="AJ69" s="29"/>
+      <c r="AK69" s="29"/>
+      <c r="AL69" s="29"/>
+      <c r="AM69" s="29"/>
+      <c r="AN69" s="29"/>
+      <c r="AO69" s="29"/>
+      <c r="AP69" s="29"/>
+      <c r="AQ69" s="29"/>
+      <c r="AR69" s="29"/>
+      <c r="AS69" s="29"/>
+      <c r="AT69" s="29"/>
+      <c r="AU69" s="29"/>
+      <c r="AV69" s="29"/>
+      <c r="AW69" s="29"/>
+      <c r="AX69" s="29"/>
+      <c r="AY69" s="29"/>
+      <c r="AZ69" s="29"/>
+      <c r="BA69" s="29"/>
+      <c r="BB69" s="29"/>
+      <c r="BC69" s="29"/>
+      <c r="BD69" s="29"/>
+      <c r="BE69" s="29"/>
+      <c r="BF69" s="29"/>
+      <c r="BG69" s="29"/>
+      <c r="BH69" s="29"/>
+      <c r="BI69" s="29"/>
+      <c r="BJ69" s="29"/>
+      <c r="BK69" s="29"/>
+      <c r="BL69" s="29"/>
+      <c r="BM69" s="29"/>
+      <c r="BN69" s="29"/>
+      <c r="BO69" s="29"/>
+      <c r="BP69" s="29"/>
+      <c r="BQ69" s="29"/>
+      <c r="BR69" s="29"/>
+      <c r="BS69" s="29"/>
+      <c r="BT69" s="29"/>
+      <c r="BU69" s="29"/>
+      <c r="BV69" s="29"/>
+      <c r="BW69" s="29"/>
+      <c r="BX69" s="29"/>
+      <c r="BY69" s="29"/>
+      <c r="BZ69" s="29"/>
+      <c r="CA69" s="29"/>
+      <c r="CB69" s="29"/>
+      <c r="CC69" s="29"/>
+      <c r="CD69" s="29"/>
+      <c r="CE69" s="29"/>
+      <c r="CF69" s="29"/>
+      <c r="CG69" s="29"/>
+      <c r="CH69" s="29"/>
+      <c r="CI69" s="29"/>
+      <c r="CJ69" s="29"/>
+      <c r="CK69" s="29"/>
+      <c r="CL69" s="29"/>
+      <c r="CM69" s="29"/>
+      <c r="CN69" s="29"/>
+      <c r="CO69" s="29"/>
+      <c r="CP69" s="29"/>
+      <c r="CQ69" s="29"/>
+      <c r="CR69" s="29"/>
+      <c r="CS69" s="29"/>
+      <c r="CT69" s="29"/>
+      <c r="CU69" s="29"/>
+      <c r="CV69" s="29"/>
+      <c r="CW69" s="29"/>
+      <c r="CX69" s="29"/>
+      <c r="CY69" s="29"/>
+      <c r="CZ69" s="29"/>
+      <c r="DA69" s="29"/>
+      <c r="DB69" s="29"/>
+      <c r="DC69" s="29"/>
+      <c r="DD69" s="29"/>
+      <c r="DE69" s="29"/>
+      <c r="DF69" s="29"/>
+      <c r="DG69" s="29"/>
+      <c r="DH69" s="29"/>
+      <c r="DI69" s="29"/>
+      <c r="DJ69" s="29"/>
+      <c r="DK69" s="29"/>
+      <c r="DL69" s="29"/>
+      <c r="DM69" s="29"/>
+      <c r="DN69" s="29"/>
+      <c r="DO69" s="29"/>
+      <c r="DP69" s="29"/>
+      <c r="DQ69" s="29"/>
+      <c r="DR69" s="29"/>
+      <c r="DS69" s="29"/>
+      <c r="DT69" s="29"/>
+      <c r="DU69" s="29"/>
+      <c r="DV69" s="29"/>
+      <c r="DW69" s="29"/>
+      <c r="DX69" s="29"/>
+      <c r="DY69" s="29"/>
+      <c r="DZ69" s="29"/>
+      <c r="EA69" s="29"/>
+      <c r="EB69" s="29"/>
+      <c r="EC69" s="29"/>
+      <c r="ED69" s="29"/>
+      <c r="EE69" s="29"/>
+      <c r="EF69" s="29"/>
+      <c r="EG69" s="29"/>
+      <c r="EH69" s="29"/>
+      <c r="EI69" s="29"/>
+      <c r="EJ69" s="29"/>
+      <c r="EK69" s="29"/>
+      <c r="EL69" s="29"/>
+      <c r="EM69" s="29"/>
+      <c r="EN69" s="29"/>
+      <c r="EO69" s="29"/>
+      <c r="EP69" s="29"/>
+      <c r="EQ69" s="29"/>
+      <c r="ER69" s="29"/>
+      <c r="ES69" s="29"/>
+      <c r="ET69" s="29"/>
+      <c r="EU69" s="29"/>
+      <c r="EV69" s="29"/>
+      <c r="EW69" s="29"/>
+      <c r="EX69" s="29"/>
+      <c r="EY69" s="29"/>
+      <c r="EZ69" s="29"/>
+      <c r="FA69" s="29"/>
+      <c r="FB69" s="29"/>
+      <c r="FC69" s="29"/>
+      <c r="FD69" s="29"/>
+      <c r="FE69" s="29"/>
+      <c r="FF69" s="29"/>
+      <c r="FG69" s="29"/>
+      <c r="FH69" s="29"/>
+      <c r="FI69" s="29"/>
+      <c r="FJ69" s="29"/>
+      <c r="FK69" s="29"/>
+      <c r="FL69" s="29"/>
+      <c r="FM69" s="29"/>
+      <c r="FN69" s="29"/>
+      <c r="FO69" s="29"/>
+      <c r="FP69" s="29"/>
+      <c r="FQ69" s="29"/>
+      <c r="FR69" s="29"/>
+      <c r="FS69" s="29"/>
+      <c r="FT69" s="29"/>
+      <c r="FU69" s="29"/>
+      <c r="FV69" s="29"/>
+      <c r="FW69" s="29"/>
+      <c r="FX69" s="29"/>
+      <c r="FY69" s="29"/>
+      <c r="FZ69" s="29"/>
+    </row>
+    <row r="70" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B70" s="1161">
         <f>MAX(B$27:B69)+1</f>
         <v>12</v>
       </c>
-      <c r="C70" s="251"/>
-[...25 lines deleted...]
-      <c r="G71" s="250">
+      <c r="C70" s="250"/>
+      <c r="D70" s="250" t="s">
+        <v>460</v>
+      </c>
+      <c r="E70" s="251"/>
+      <c r="F70" s="250" t="s">
+        <v>445</v>
+      </c>
+      <c r="G70" s="119"/>
+      <c r="H70" s="151"/>
+      <c r="I70" s="150"/>
+    </row>
+    <row r="71" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B71" s="1162"/>
+      <c r="C71" s="147" t="s">
+        <v>459</v>
+      </c>
+      <c r="D71" s="175" t="s">
+        <v>458</v>
+      </c>
+      <c r="E71" s="146" t="s">
+        <v>115</v>
+      </c>
+      <c r="F71" s="175" t="s">
+        <v>443</v>
+      </c>
+      <c r="G71" s="249">
         <v>3</v>
       </c>
-      <c r="H71" s="249">
+      <c r="H71" s="248">
         <v>42453</v>
       </c>
-      <c r="I71" s="145"/>
-[...14 lines deleted...]
-      <c r="B73" s="1151">
+      <c r="I71" s="144"/>
+    </row>
+    <row r="72" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B72" s="1163"/>
+      <c r="C72" s="118"/>
+      <c r="D72" s="118"/>
+      <c r="E72" s="118"/>
+      <c r="F72" s="247" t="s">
+        <v>457</v>
+      </c>
+      <c r="G72" s="118"/>
+      <c r="H72" s="142"/>
+      <c r="I72" s="141"/>
+    </row>
+    <row r="73" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B73" s="1161">
         <f>MAX(B$27:B72)+1</f>
         <v>13</v>
       </c>
-      <c r="C73" s="120"/>
-[...25 lines deleted...]
-      <c r="G74" s="230">
+      <c r="C73" s="119"/>
+      <c r="D73" s="119" t="s">
+        <v>456</v>
+      </c>
+      <c r="E73" s="119"/>
+      <c r="F73" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G73" s="119"/>
+      <c r="H73" s="119"/>
+      <c r="I73" s="243"/>
+    </row>
+    <row r="74" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B74" s="1162"/>
+      <c r="C74" s="1112" t="s">
+        <v>455</v>
+      </c>
+      <c r="D74" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E74" s="146" t="s">
+        <v>115</v>
+      </c>
+      <c r="F74" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G74" s="229">
         <v>5</v>
       </c>
-      <c r="H74" s="146">
+      <c r="H74" s="145">
         <v>42479</v>
       </c>
-      <c r="I74" s="243"/>
-[...22 lines deleted...]
-      <c r="H76" s="113">
+      <c r="I74" s="242"/>
+    </row>
+    <row r="75" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B75" s="1162"/>
+      <c r="C75" s="1112"/>
+      <c r="D75" s="147"/>
+      <c r="E75" s="147"/>
+      <c r="F75" s="149" t="s">
+        <v>328</v>
+      </c>
+      <c r="G75" s="147"/>
+      <c r="H75" s="147"/>
+      <c r="I75" s="242"/>
+    </row>
+    <row r="76" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B76" s="1163"/>
+      <c r="C76" s="204"/>
+      <c r="D76" s="204"/>
+      <c r="E76" s="204"/>
+      <c r="F76" s="245"/>
+      <c r="G76" s="244" t="s">
+        <v>312</v>
+      </c>
+      <c r="H76" s="112">
         <v>43653</v>
       </c>
-      <c r="I76" s="242"/>
-[...2 lines deleted...]
-      <c r="B77" s="1053">
+      <c r="I76" s="241"/>
+    </row>
+    <row r="77" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B77" s="1063">
         <f>MAX(B$27:B76)+1</f>
         <v>14</v>
       </c>
-      <c r="C77" s="191"/>
-[...30 lines deleted...]
-      <c r="H78" s="146">
+      <c r="C77" s="190"/>
+      <c r="D77" s="236" t="s">
+        <v>387</v>
+      </c>
+      <c r="E77" s="214"/>
+      <c r="F77" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G77" s="155"/>
+      <c r="H77" s="155"/>
+      <c r="I77" s="188" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="78" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B78" s="1105"/>
+      <c r="C78" s="1111" t="s">
+        <v>135</v>
+      </c>
+      <c r="D78" s="126" t="s">
+        <v>386</v>
+      </c>
+      <c r="E78" s="154" t="s">
+        <v>115</v>
+      </c>
+      <c r="F78" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G78" s="159" t="s">
+        <v>158</v>
+      </c>
+      <c r="H78" s="145">
         <v>42536</v>
       </c>
-      <c r="I78" s="188" t="s">
-[...23 lines deleted...]
-      <c r="G80" s="230">
+      <c r="I78" s="187" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="79" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B79" s="1105"/>
+      <c r="C79" s="1111"/>
+      <c r="D79" s="126"/>
+      <c r="E79" s="235"/>
+      <c r="F79" s="149" t="s">
+        <v>328</v>
+      </c>
+      <c r="G79" s="230"/>
+      <c r="H79" s="145"/>
+      <c r="I79" s="187" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="80" spans="2:182" x14ac:dyDescent="0.2">
+      <c r="B80" s="1105"/>
+      <c r="C80" s="28"/>
+      <c r="D80" s="64"/>
+      <c r="E80" s="566"/>
+      <c r="F80" s="149"/>
+      <c r="G80" s="229">
         <v>3</v>
       </c>
-      <c r="H80" s="481">
+      <c r="H80" s="480">
         <v>43313</v>
       </c>
-      <c r="I80" s="188" t="s">
-[...12 lines deleted...]
-      <c r="H81" s="113">
+      <c r="I80" s="187" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="81" spans="2:9" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B81" s="563"/>
+      <c r="C81" s="28"/>
+      <c r="D81" s="64"/>
+      <c r="E81" s="566"/>
+      <c r="F81" s="149"/>
+      <c r="G81" s="567" t="s">
+        <v>196</v>
+      </c>
+      <c r="H81" s="112">
         <v>44564</v>
       </c>
-      <c r="I81" s="188"/>
-[...2 lines deleted...]
-      <c r="B82" s="1053">
+      <c r="I81" s="187"/>
+    </row>
+    <row r="82" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B82" s="1063">
         <f>MAX(B$27:B80)+1</f>
         <v>15</v>
       </c>
-      <c r="C82" s="156"/>
-[...30 lines deleted...]
-      <c r="H83" s="146">
+      <c r="C82" s="155"/>
+      <c r="D82" s="119" t="s">
+        <v>377</v>
+      </c>
+      <c r="E82" s="155"/>
+      <c r="F82" s="119" t="s">
+        <v>342</v>
+      </c>
+      <c r="G82" s="155"/>
+      <c r="H82" s="155"/>
+      <c r="I82" s="1169" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="83" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B83" s="1105"/>
+      <c r="C83" s="126" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D83" s="147" t="s">
+        <v>421</v>
+      </c>
+      <c r="E83" s="154" t="s">
+        <v>115</v>
+      </c>
+      <c r="F83" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G83" s="146" t="s">
+        <v>450</v>
+      </c>
+      <c r="H83" s="145">
         <v>42626</v>
       </c>
-      <c r="I83" s="1164"/>
-[...14 lines deleted...]
-      <c r="B85" s="1053">
+      <c r="I83" s="1170"/>
+    </row>
+    <row r="84" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B84" s="1079"/>
+      <c r="C84" s="143"/>
+      <c r="D84" s="143"/>
+      <c r="E84" s="143"/>
+      <c r="F84" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G84" s="143"/>
+      <c r="H84" s="143"/>
+      <c r="I84" s="1171"/>
+    </row>
+    <row r="85" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B85" s="1063">
         <f>MAX(B$27:B84)+1</f>
         <v>16</v>
       </c>
-      <c r="C85" s="156"/>
-[...8 lines deleted...]
-      <c r="H85" s="146">
+      <c r="C85" s="155"/>
+      <c r="D85" s="119" t="s">
+        <v>420</v>
+      </c>
+      <c r="E85" s="155"/>
+      <c r="F85" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G85" s="155"/>
+      <c r="H85" s="145">
         <v>42625</v>
       </c>
-      <c r="I85" s="151"/>
-[...18 lines deleted...]
-      <c r="H86" s="481">
+      <c r="I85" s="1169" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="86" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B86" s="1105"/>
+      <c r="C86" s="126" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D86" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E86" s="154" t="s">
+        <v>115</v>
+      </c>
+      <c r="F86" s="198" t="s">
+        <v>329</v>
+      </c>
+      <c r="G86" s="477" t="s">
+        <v>659</v>
+      </c>
+      <c r="H86" s="480">
         <v>44328</v>
       </c>
-      <c r="I86" s="145"/>
-[...14 lines deleted...]
-      <c r="B88" s="1053">
+      <c r="I86" s="1170"/>
+    </row>
+    <row r="87" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B87" s="1079"/>
+      <c r="C87" s="143"/>
+      <c r="D87" s="143"/>
+      <c r="E87" s="143"/>
+      <c r="F87" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G87" s="143"/>
+      <c r="H87" s="143"/>
+      <c r="I87" s="1171"/>
+    </row>
+    <row r="88" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B88" s="1063">
         <f>MAX(B$27:B87)+1</f>
         <v>17</v>
       </c>
-      <c r="C88" s="156"/>
-[...28 lines deleted...]
-      <c r="H89" s="146">
+      <c r="C88" s="155"/>
+      <c r="D88" s="119" t="s">
+        <v>377</v>
+      </c>
+      <c r="E88" s="155"/>
+      <c r="F88" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G88" s="155"/>
+      <c r="H88" s="155"/>
+      <c r="I88" s="150"/>
+    </row>
+    <row r="89" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B89" s="1105"/>
+      <c r="C89" s="233" t="s">
+        <v>449</v>
+      </c>
+      <c r="D89" s="147" t="s">
+        <v>421</v>
+      </c>
+      <c r="E89" s="154" t="s">
+        <v>115</v>
+      </c>
+      <c r="F89" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G89" s="146" t="s">
+        <v>411</v>
+      </c>
+      <c r="H89" s="145">
         <v>42633</v>
       </c>
-      <c r="I89" s="145"/>
-[...14 lines deleted...]
-      <c r="B91" s="1053">
+      <c r="I89" s="144"/>
+    </row>
+    <row r="90" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B90" s="1079"/>
+      <c r="C90" s="143"/>
+      <c r="D90" s="143"/>
+      <c r="E90" s="143"/>
+      <c r="F90" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G90" s="143"/>
+      <c r="H90" s="143"/>
+      <c r="I90" s="141"/>
+    </row>
+    <row r="91" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B91" s="1063">
         <f>MAX(B$27:B90)+1</f>
         <v>18</v>
       </c>
-      <c r="C91" s="156"/>
-[...28 lines deleted...]
-      <c r="H92" s="146">
+      <c r="C91" s="155"/>
+      <c r="D91" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E91" s="167"/>
+      <c r="F91" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G91" s="155"/>
+      <c r="H91" s="155"/>
+      <c r="I91" s="183"/>
+    </row>
+    <row r="92" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B92" s="1105"/>
+      <c r="C92" s="147" t="s">
+        <v>447</v>
+      </c>
+      <c r="D92" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E92" s="195" t="s">
+        <v>115</v>
+      </c>
+      <c r="F92" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G92" s="229" t="s">
+        <v>446</v>
+      </c>
+      <c r="H92" s="145">
         <v>42754</v>
       </c>
-      <c r="I92" s="182"/>
-[...14 lines deleted...]
-      <c r="B94" s="1053">
+      <c r="I92" s="181"/>
+    </row>
+    <row r="93" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B93" s="1079"/>
+      <c r="C93" s="143"/>
+      <c r="D93" s="143"/>
+      <c r="E93" s="164"/>
+      <c r="F93" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G93" s="143"/>
+      <c r="H93" s="143"/>
+      <c r="I93" s="180"/>
+    </row>
+    <row r="94" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B94" s="1063">
         <f>MAX(B$27:B93)+1</f>
         <v>19</v>
       </c>
-      <c r="C94" s="1194" t="s">
-[...19 lines deleted...]
-      <c r="E95" s="213" t="s">
+      <c r="C94" s="1193" t="s">
+        <v>444</v>
+      </c>
+      <c r="D94" s="220" t="s">
+        <v>351</v>
+      </c>
+      <c r="E94" s="211"/>
+      <c r="F94" s="213" t="s">
+        <v>445</v>
+      </c>
+      <c r="G94" s="210"/>
+      <c r="H94" s="162"/>
+      <c r="I94" s="188"/>
+    </row>
+    <row r="95" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B95" s="1105"/>
+      <c r="C95" s="1194"/>
+      <c r="D95" s="219" t="s">
+        <v>349</v>
+      </c>
+      <c r="E95" s="212" t="s">
         <v>9</v>
       </c>
-      <c r="F95" s="227" t="s">
-[...47 lines deleted...]
-      <c r="H98" s="226">
+      <c r="F95" s="226" t="s">
+        <v>443</v>
+      </c>
+      <c r="G95" s="209" t="s">
+        <v>438</v>
+      </c>
+      <c r="H95" s="199" t="s">
+        <v>442</v>
+      </c>
+      <c r="I95" s="187"/>
+    </row>
+    <row r="96" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B96" s="1105"/>
+      <c r="C96" s="1194"/>
+      <c r="D96" s="219"/>
+      <c r="E96" s="228"/>
+      <c r="F96" s="227" t="s">
+        <v>328</v>
+      </c>
+      <c r="G96" s="216"/>
+      <c r="H96" s="200"/>
+      <c r="I96" s="187"/>
+    </row>
+    <row r="97" spans="2:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B97" s="1105"/>
+      <c r="C97" s="1194"/>
+      <c r="D97" s="219"/>
+      <c r="E97" s="565" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F97" s="226"/>
+      <c r="G97" s="209"/>
+      <c r="H97" s="199"/>
+      <c r="I97" s="187"/>
+    </row>
+    <row r="98" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B98" s="1105"/>
+      <c r="C98" s="1194"/>
+      <c r="D98" s="219"/>
+      <c r="E98" s="894" t="s">
+        <v>441</v>
+      </c>
+      <c r="F98" s="147" t="s">
+        <v>342</v>
+      </c>
+      <c r="G98" s="201" t="s">
+        <v>440</v>
+      </c>
+      <c r="H98" s="225">
         <v>43137</v>
       </c>
-      <c r="I98" s="188"/>
-[...2 lines deleted...]
-      <c r="B99" s="1069"/>
+      <c r="I98" s="187"/>
+    </row>
+    <row r="99" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B99" s="1079"/>
       <c r="C99" s="1195"/>
-      <c r="D99" s="218"/>
-[...9 lines deleted...]
-      <c r="H99" s="200">
+      <c r="D99" s="217"/>
+      <c r="E99" s="895" t="s">
+        <v>439</v>
+      </c>
+      <c r="F99" s="224" t="s">
+        <v>342</v>
+      </c>
+      <c r="G99" s="146" t="s">
+        <v>438</v>
+      </c>
+      <c r="H99" s="199">
         <v>43137</v>
       </c>
-      <c r="I99" s="185"/>
-[...2 lines deleted...]
-      <c r="B100" s="1053">
+      <c r="I99" s="184"/>
+    </row>
+    <row r="100" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B100" s="1063">
         <f>MAX(B$27:B99)+1</f>
         <v>20</v>
       </c>
-      <c r="C100" s="449"/>
-[...28 lines deleted...]
-      <c r="H101" s="1003">
+      <c r="C100" s="448"/>
+      <c r="D100" s="992" t="s">
+        <v>377</v>
+      </c>
+      <c r="E100" s="426"/>
+      <c r="F100" s="329"/>
+      <c r="G100" s="993"/>
+      <c r="H100" s="223"/>
+      <c r="I100" s="1169" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="101" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B101" s="1105"/>
+      <c r="C101" s="614" t="s">
+        <v>437</v>
+      </c>
+      <c r="D101" s="994" t="s">
+        <v>421</v>
+      </c>
+      <c r="E101" s="995" t="s">
+        <v>115</v>
+      </c>
+      <c r="F101" s="329" t="s">
+        <v>332</v>
+      </c>
+      <c r="G101" s="996" t="s">
+        <v>436</v>
+      </c>
+      <c r="H101" s="999">
         <v>42795</v>
       </c>
-      <c r="I101" s="1164"/>
-[...10 lines deleted...]
-      <c r="H102" s="1006">
+      <c r="I101" s="1170"/>
+    </row>
+    <row r="102" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B102" s="1079"/>
+      <c r="C102" s="738"/>
+      <c r="D102" s="997"/>
+      <c r="E102" s="998"/>
+      <c r="F102" s="1000"/>
+      <c r="G102" s="1001" t="s">
+        <v>121</v>
+      </c>
+      <c r="H102" s="1002">
         <v>45959</v>
       </c>
-      <c r="I102" s="1165"/>
-[...2 lines deleted...]
-      <c r="B103" s="1053">
+      <c r="I102" s="1171"/>
+    </row>
+    <row r="103" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B103" s="1063">
         <f>MAX(B$27:B102)+1</f>
         <v>21</v>
       </c>
-      <c r="C103" s="156"/>
-[...28 lines deleted...]
-      <c r="H104" s="146">
+      <c r="C103" s="155"/>
+      <c r="D103" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E103" s="155"/>
+      <c r="F103" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G103" s="155"/>
+      <c r="H103" s="155"/>
+      <c r="I103" s="183"/>
+    </row>
+    <row r="104" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B104" s="1105"/>
+      <c r="C104" s="126" t="s">
+        <v>435</v>
+      </c>
+      <c r="D104" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E104" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F104" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G104" s="146" t="s">
+        <v>214</v>
+      </c>
+      <c r="H104" s="145">
         <v>42807</v>
       </c>
-      <c r="I104" s="127"/>
-[...14 lines deleted...]
-      <c r="B106" s="1053">
+      <c r="I104" s="126"/>
+    </row>
+    <row r="105" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B105" s="1079"/>
+      <c r="C105" s="143"/>
+      <c r="D105" s="164"/>
+      <c r="E105" s="143"/>
+      <c r="F105" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G105" s="143"/>
+      <c r="H105" s="143"/>
+      <c r="I105" s="180"/>
+    </row>
+    <row r="106" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B106" s="1063">
         <f>MAX(B$27:B105)+1</f>
         <v>22</v>
       </c>
-      <c r="C106" s="190"/>
-[...19 lines deleted...]
-      <c r="E107" s="213" t="s">
+      <c r="C106" s="189"/>
+      <c r="D106" s="220" t="s">
+        <v>351</v>
+      </c>
+      <c r="E106" s="211"/>
+      <c r="F106" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G106" s="210"/>
+      <c r="H106" s="162"/>
+      <c r="I106" s="188"/>
+    </row>
+    <row r="107" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B107" s="1105"/>
+      <c r="C107" s="161" t="s">
+        <v>434</v>
+      </c>
+      <c r="D107" s="219" t="s">
+        <v>349</v>
+      </c>
+      <c r="E107" s="212" t="s">
         <v>9</v>
       </c>
-      <c r="F107" s="148" t="s">
-[...23 lines deleted...]
-      <c r="B109" s="1053">
+      <c r="F107" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G107" s="218" t="s">
+        <v>433</v>
+      </c>
+      <c r="H107" s="199" t="s">
+        <v>432</v>
+      </c>
+      <c r="I107" s="187"/>
+    </row>
+    <row r="108" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B108" s="1079"/>
+      <c r="C108" s="185"/>
+      <c r="D108" s="217"/>
+      <c r="E108" s="208"/>
+      <c r="F108" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G108" s="207"/>
+      <c r="H108" s="156"/>
+      <c r="I108" s="184"/>
+    </row>
+    <row r="109" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B109" s="1063">
         <f>MAX(B$27:B108)+1</f>
         <v>23</v>
       </c>
-      <c r="C109" s="168"/>
-[...27 lines deleted...]
-      <c r="G110" s="147">
+      <c r="C109" s="167"/>
+      <c r="D109" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E109" s="155"/>
+      <c r="F109" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G109" s="155"/>
+      <c r="H109" s="155"/>
+      <c r="I109" s="1169" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="110" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B110" s="1105"/>
+      <c r="C110" s="126" t="s">
+        <v>865</v>
+      </c>
+      <c r="D110" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E110" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F110" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G110" s="146">
         <v>5</v>
       </c>
-      <c r="H110" s="146">
+      <c r="H110" s="145">
         <v>42919</v>
       </c>
-      <c r="I110" s="1164"/>
-[...14 lines deleted...]
-      <c r="B112" s="1053">
+      <c r="I110" s="1170"/>
+    </row>
+    <row r="111" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B111" s="1079"/>
+      <c r="C111" s="164"/>
+      <c r="D111" s="143"/>
+      <c r="E111" s="157"/>
+      <c r="F111" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G111" s="143"/>
+      <c r="H111" s="92"/>
+      <c r="I111" s="1171"/>
+    </row>
+    <row r="112" spans="2:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B112" s="1063">
         <f>MAX(B$27:B111)+1</f>
         <v>24</v>
       </c>
-      <c r="C112" s="190"/>
-[...22 lines deleted...]
-      <c r="F113" s="147" t="s">
+      <c r="C112" s="189"/>
+      <c r="D112" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E112" s="211"/>
+      <c r="F112" s="213"/>
+      <c r="G112" s="210"/>
+      <c r="H112" s="162"/>
+      <c r="I112" s="1169" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="113" spans="2:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B113" s="1105"/>
+      <c r="C113" s="161" t="s">
+        <v>828</v>
+      </c>
+      <c r="D113" s="147" t="s">
         <v>349</v>
       </c>
-      <c r="G113" s="210" t="s">
-[...2 lines deleted...]
-      <c r="H113" s="200">
+      <c r="E113" s="209" t="s">
+        <v>115</v>
+      </c>
+      <c r="F113" s="146" t="s">
+        <v>342</v>
+      </c>
+      <c r="G113" s="209" t="s">
+        <v>431</v>
+      </c>
+      <c r="H113" s="199">
         <v>42976</v>
       </c>
-      <c r="I113" s="1164"/>
-[...10 lines deleted...]
-      <c r="H114" s="275">
+      <c r="I113" s="1170"/>
+    </row>
+    <row r="114" spans="2:9" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B114" s="1105"/>
+      <c r="C114" s="545"/>
+      <c r="D114" s="64"/>
+      <c r="E114" s="212"/>
+      <c r="F114" s="226"/>
+      <c r="G114" s="275" t="s">
+        <v>192</v>
+      </c>
+      <c r="H114" s="274">
         <v>44436</v>
       </c>
-      <c r="I114" s="1164"/>
-[...11 lines deleted...]
-      <c r="G115" s="594">
+      <c r="I114" s="1170"/>
+    </row>
+    <row r="115" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B115" s="544"/>
+      <c r="C115" s="185"/>
+      <c r="D115" s="143"/>
+      <c r="E115" s="422" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F115" s="590" t="s">
+        <v>342</v>
+      </c>
+      <c r="G115" s="591">
         <v>3</v>
       </c>
-      <c r="H115" s="595">
+      <c r="H115" s="592">
         <v>44504</v>
       </c>
-      <c r="I115" s="595">
+      <c r="I115" s="592">
         <v>44592</v>
       </c>
     </row>
-    <row r="116" spans="2:9" x14ac:dyDescent="0.35">
-      <c r="B116" s="1053">
+    <row r="116" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B116" s="1063">
         <f>MAX(B$27:B114)+1</f>
         <v>25</v>
       </c>
-      <c r="C116" s="190"/>
-[...25 lines deleted...]
-      <c r="G117" s="147">
+      <c r="C116" s="189"/>
+      <c r="D116" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E116" s="155"/>
+      <c r="F116" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G116" s="155"/>
+      <c r="H116" s="162"/>
+      <c r="I116" s="188"/>
+    </row>
+    <row r="117" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B117" s="1105"/>
+      <c r="C117" s="161" t="s">
+        <v>430</v>
+      </c>
+      <c r="D117" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E117" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F117" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G117" s="146">
         <v>5</v>
       </c>
-      <c r="H117" s="200">
+      <c r="H117" s="199">
         <v>42993</v>
       </c>
-      <c r="I117" s="188"/>
-[...14 lines deleted...]
-      <c r="B119" s="1053">
+      <c r="I117" s="187"/>
+    </row>
+    <row r="118" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B118" s="1079"/>
+      <c r="C118" s="185"/>
+      <c r="D118" s="143"/>
+      <c r="E118" s="157"/>
+      <c r="F118" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G118" s="139"/>
+      <c r="H118" s="156"/>
+      <c r="I118" s="184"/>
+    </row>
+    <row r="119" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B119" s="1063">
         <f>MAX(B$27:B118)+1</f>
         <v>26</v>
       </c>
-      <c r="C119" s="190"/>
-[...30 lines deleted...]
-      <c r="H120" s="200">
+      <c r="C119" s="189"/>
+      <c r="D119" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E119" s="211"/>
+      <c r="F119" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G119" s="210"/>
+      <c r="H119" s="162"/>
+      <c r="I119" s="1169" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="120" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B120" s="1105"/>
+      <c r="C120" s="161" t="s">
+        <v>580</v>
+      </c>
+      <c r="D120" s="165" t="s">
+        <v>425</v>
+      </c>
+      <c r="E120" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F120" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G120" s="209" t="s">
+        <v>429</v>
+      </c>
+      <c r="H120" s="199">
         <v>43019</v>
       </c>
-      <c r="I120" s="1164"/>
-[...24 lines deleted...]
-      <c r="H122" s="672">
+      <c r="I120" s="1170"/>
+    </row>
+    <row r="121" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B121" s="1105"/>
+      <c r="C121" s="569"/>
+      <c r="D121" s="64"/>
+      <c r="E121" s="212"/>
+      <c r="F121" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G121" s="269"/>
+      <c r="H121" s="192"/>
+      <c r="I121" s="1170"/>
+    </row>
+    <row r="122" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B122" s="602"/>
+      <c r="C122" s="573"/>
+      <c r="D122" s="64"/>
+      <c r="E122" s="680" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F122" s="681"/>
+      <c r="G122" s="682" t="s">
+        <v>820</v>
+      </c>
+      <c r="H122" s="668">
         <v>44581</v>
       </c>
-      <c r="I122" s="691">
+      <c r="I122" s="687">
         <v>44902</v>
       </c>
     </row>
-    <row r="123" spans="2:9" ht="26.5" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="H123" s="672">
+    <row r="123" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B123" s="64"/>
+      <c r="C123" s="605"/>
+      <c r="D123" s="64"/>
+      <c r="E123" s="680" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F123" s="681"/>
+      <c r="G123" s="682" t="s">
+        <v>820</v>
+      </c>
+      <c r="H123" s="668">
         <v>44587</v>
       </c>
-      <c r="I123" s="669">
+      <c r="I123" s="665">
         <v>44846</v>
       </c>
     </row>
-    <row r="124" spans="2:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="H124" s="672">
+    <row r="124" spans="2:9" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B124" s="627"/>
+      <c r="C124" s="628"/>
+      <c r="D124" s="566"/>
+      <c r="E124" s="662" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F124" s="663"/>
+      <c r="G124" s="664" t="s">
+        <v>820</v>
+      </c>
+      <c r="H124" s="668">
         <v>44648</v>
       </c>
-      <c r="I124" s="669">
+      <c r="I124" s="665">
         <v>44743</v>
       </c>
     </row>
-    <row r="125" spans="2:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="H125" s="672">
+    <row r="125" spans="2:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B125" s="626"/>
+      <c r="C125" s="185"/>
+      <c r="D125" s="231"/>
+      <c r="E125" s="666" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F125" s="661"/>
+      <c r="G125" s="667" t="s">
+        <v>883</v>
+      </c>
+      <c r="H125" s="668">
         <v>44742</v>
       </c>
-      <c r="I125" s="672">
+      <c r="I125" s="668">
         <v>44767</v>
       </c>
     </row>
-    <row r="126" spans="2:9" x14ac:dyDescent="0.35">
-      <c r="B126" s="1053">
+    <row r="126" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B126" s="1063">
         <f>MAX(B$27:B121)+1</f>
         <v>27</v>
       </c>
-      <c r="C126" s="190"/>
-[...28 lines deleted...]
-      <c r="H127" s="200">
+      <c r="C126" s="189"/>
+      <c r="D126" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E126" s="155"/>
+      <c r="F126" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G126" s="155"/>
+      <c r="H126" s="162"/>
+      <c r="I126" s="188"/>
+    </row>
+    <row r="127" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B127" s="1105"/>
+      <c r="C127" s="1210" t="s">
+        <v>428</v>
+      </c>
+      <c r="D127" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E127" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F127" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G127" s="146" t="s">
+        <v>427</v>
+      </c>
+      <c r="H127" s="199">
         <v>43026</v>
       </c>
-      <c r="I127" s="188"/>
-[...19 lines deleted...]
-      <c r="G129" s="198">
+      <c r="I127" s="187"/>
+    </row>
+    <row r="128" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B128" s="1105"/>
+      <c r="C128" s="1210"/>
+      <c r="D128" s="64"/>
+      <c r="E128" s="159"/>
+      <c r="F128" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G128" s="146"/>
+      <c r="H128" s="192"/>
+      <c r="I128" s="187"/>
+    </row>
+    <row r="129" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B129" s="1105"/>
+      <c r="C129" s="279"/>
+      <c r="D129" s="28"/>
+      <c r="E129" s="215"/>
+      <c r="F129" s="237"/>
+      <c r="G129" s="197">
         <v>8</v>
       </c>
-      <c r="H129" s="275">
+      <c r="H129" s="274">
         <v>43653</v>
       </c>
-      <c r="I129" s="188"/>
-[...7 lines deleted...]
-      <c r="G130" s="478">
+      <c r="I129" s="187"/>
+    </row>
+    <row r="130" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B130" s="1105"/>
+      <c r="C130" s="279"/>
+      <c r="D130" s="28"/>
+      <c r="E130" s="215"/>
+      <c r="F130" s="237"/>
+      <c r="G130" s="477">
         <v>5</v>
       </c>
-      <c r="H130" s="275">
+      <c r="H130" s="274">
         <v>43901</v>
       </c>
-      <c r="I130" s="188"/>
-[...7 lines deleted...]
-      <c r="G131" s="245">
+      <c r="I130" s="187"/>
+    </row>
+    <row r="131" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B131" s="694"/>
+      <c r="C131" s="206"/>
+      <c r="D131" s="186"/>
+      <c r="E131" s="205"/>
+      <c r="F131" s="204"/>
+      <c r="G131" s="244">
         <v>7</v>
       </c>
-      <c r="H131" s="192">
+      <c r="H131" s="191">
         <v>45078</v>
       </c>
-      <c r="I131" s="185"/>
-[...2 lines deleted...]
-      <c r="B132" s="1203">
+      <c r="I131" s="184"/>
+    </row>
+    <row r="132" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B132" s="1211">
         <f>MAX(B$27:B130)+1</f>
         <v>28</v>
       </c>
-      <c r="C132" s="495" t="s">
-[...12 lines deleted...]
-      <c r="H132" s="392">
+      <c r="C132" s="494" t="s">
+        <v>590</v>
+      </c>
+      <c r="D132" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E132" s="155"/>
+      <c r="F132" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G132" s="321" t="s">
+        <v>119</v>
+      </c>
+      <c r="H132" s="391">
         <v>43069</v>
       </c>
-      <c r="I132" s="189"/>
-[...35 lines deleted...]
-      <c r="G135" s="147">
+      <c r="I132" s="188"/>
+    </row>
+    <row r="133" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B133" s="1212"/>
+      <c r="C133" s="495"/>
+      <c r="D133" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E133" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F133" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G133" s="146"/>
+      <c r="H133" s="199"/>
+      <c r="I133" s="187"/>
+    </row>
+    <row r="134" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B134" s="1212"/>
+      <c r="C134" s="495"/>
+      <c r="D134" s="64"/>
+      <c r="E134" s="159"/>
+      <c r="F134" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G134" s="390"/>
+      <c r="H134" s="225"/>
+      <c r="I134" s="187"/>
+    </row>
+    <row r="135" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B135" s="1212"/>
+      <c r="C135" s="495"/>
+      <c r="D135" s="64"/>
+      <c r="E135" s="159"/>
+      <c r="F135" s="193"/>
+      <c r="G135" s="146">
         <v>4</v>
       </c>
-      <c r="H135" s="556">
+      <c r="H135" s="553">
         <v>43953</v>
       </c>
-      <c r="I135" s="188"/>
-[...32 lines deleted...]
-      <c r="H137" s="197">
+      <c r="I135" s="187"/>
+    </row>
+    <row r="136" spans="2:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B136" s="1212"/>
+      <c r="C136" s="495"/>
+      <c r="D136" s="64"/>
+      <c r="E136" s="490" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F136" s="493" t="s">
+        <v>733</v>
+      </c>
+      <c r="G136" s="492" t="s">
+        <v>735</v>
+      </c>
+      <c r="H136" s="552" t="s">
+        <v>734</v>
+      </c>
+      <c r="I136" s="187"/>
+    </row>
+    <row r="137" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B137" s="1212"/>
+      <c r="C137" s="495"/>
+      <c r="D137" s="64"/>
+      <c r="E137" s="429" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F137" s="549" t="s">
+        <v>679</v>
+      </c>
+      <c r="G137" s="427" t="s">
+        <v>294</v>
+      </c>
+      <c r="H137" s="196">
         <v>44337</v>
       </c>
-      <c r="I137" s="188"/>
-[...4 lines deleted...]
-      <c r="D138" s="65"/>
+      <c r="I137" s="187"/>
+    </row>
+    <row r="138" spans="2:9" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B138" s="674"/>
+      <c r="C138" s="495"/>
+      <c r="D138" s="64"/>
       <c r="E138" s="1196" t="s">
-        <v>1223</v>
-[...7 lines deleted...]
-      <c r="H138" s="676">
+        <v>1209</v>
+      </c>
+      <c r="F138" s="1206" t="s">
+        <v>679</v>
+      </c>
+      <c r="G138" s="1208" t="s">
+        <v>294</v>
+      </c>
+      <c r="H138" s="672">
         <v>44512</v>
       </c>
-      <c r="I138" s="598">
+      <c r="I138" s="595">
         <v>44592</v>
       </c>
     </row>
-    <row r="139" spans="2:9" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="D139" s="65"/>
+    <row r="139" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B139" s="546"/>
+      <c r="C139" s="496"/>
+      <c r="D139" s="64"/>
       <c r="E139" s="1197"/>
-      <c r="F139" s="1199"/>
-[...1 lines deleted...]
-      <c r="H139" s="595">
+      <c r="F139" s="1207"/>
+      <c r="G139" s="1209"/>
+      <c r="H139" s="592">
         <v>44817</v>
       </c>
-      <c r="I139" s="518">
+      <c r="I139" s="515">
         <v>44914</v>
       </c>
     </row>
-    <row r="140" spans="2:9" x14ac:dyDescent="0.35">
-      <c r="B140" s="1053">
+    <row r="140" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B140" s="1063">
         <f>MAX(B$27:B135)+1</f>
         <v>29</v>
       </c>
-      <c r="C140" s="495" t="s">
-[...26 lines deleted...]
-      <c r="H141" s="200">
+      <c r="C140" s="494" t="s">
+        <v>426</v>
+      </c>
+      <c r="D140" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E140" s="155"/>
+      <c r="F140" s="203"/>
+      <c r="G140" s="155"/>
+      <c r="H140" s="199"/>
+      <c r="I140" s="188"/>
+    </row>
+    <row r="141" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B141" s="1105"/>
+      <c r="C141" s="495"/>
+      <c r="D141" s="165" t="s">
+        <v>425</v>
+      </c>
+      <c r="E141" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F141" s="195" t="s">
+        <v>394</v>
+      </c>
+      <c r="G141" s="146" t="s">
+        <v>736</v>
+      </c>
+      <c r="H141" s="199">
         <v>43054</v>
       </c>
-      <c r="I141" s="188"/>
-[...12 lines deleted...]
-      <c r="B143" s="1053">
+      <c r="I141" s="187"/>
+    </row>
+    <row r="142" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B142" s="1105"/>
+      <c r="C142" s="495"/>
+      <c r="D142" s="64"/>
+      <c r="E142" s="159"/>
+      <c r="F142" s="193"/>
+      <c r="G142" s="483"/>
+      <c r="H142" s="199"/>
+      <c r="I142" s="184"/>
+    </row>
+    <row r="143" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B143" s="1063">
         <f>MAX(B$27:B142)+1</f>
         <v>30</v>
       </c>
-      <c r="C143" s="190"/>
-[...28 lines deleted...]
-      <c r="H144" s="200">
+      <c r="C143" s="189"/>
+      <c r="D143" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E143" s="155"/>
+      <c r="F143" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G143" s="155"/>
+      <c r="H143" s="162"/>
+      <c r="I143" s="188"/>
+    </row>
+    <row r="144" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B144" s="1105"/>
+      <c r="C144" s="161" t="s">
+        <v>424</v>
+      </c>
+      <c r="D144" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E144" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F144" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G144" s="146" t="s">
+        <v>342</v>
+      </c>
+      <c r="H144" s="199">
         <v>43069</v>
       </c>
-      <c r="I144" s="188"/>
-[...19 lines deleted...]
-      <c r="G146" s="112">
+      <c r="I144" s="187"/>
+    </row>
+    <row r="145" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B145" s="1105"/>
+      <c r="C145" s="689"/>
+      <c r="D145" s="64"/>
+      <c r="E145" s="159"/>
+      <c r="F145" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G145" s="542"/>
+      <c r="H145" s="192"/>
+      <c r="I145" s="187"/>
+    </row>
+    <row r="146" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B146" s="688"/>
+      <c r="C146" s="185"/>
+      <c r="D146" s="143"/>
+      <c r="E146" s="157"/>
+      <c r="F146" s="224"/>
+      <c r="G146" s="111">
         <v>3</v>
       </c>
-      <c r="H146" s="192">
+      <c r="H146" s="191">
         <v>44935</v>
       </c>
-      <c r="I146" s="185"/>
-[...2 lines deleted...]
-      <c r="B147" s="1053">
+      <c r="I146" s="184"/>
+    </row>
+    <row r="147" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B147" s="1063">
         <f>MAX(B$27:B145)+1</f>
         <v>31</v>
       </c>
-      <c r="C147" s="190"/>
-[...26 lines deleted...]
-      <c r="H148" s="200">
+      <c r="C147" s="189"/>
+      <c r="D147" s="119"/>
+      <c r="E147" s="155"/>
+      <c r="F147" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G147" s="155"/>
+      <c r="H147" s="162"/>
+      <c r="I147" s="188"/>
+    </row>
+    <row r="148" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B148" s="1105"/>
+      <c r="C148" s="1194" t="s">
+        <v>423</v>
+      </c>
+      <c r="D148" s="147" t="s">
+        <v>422</v>
+      </c>
+      <c r="E148" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F148" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G148" s="146" t="s">
+        <v>342</v>
+      </c>
+      <c r="H148" s="199">
         <v>43076</v>
       </c>
-      <c r="I148" s="188"/>
-[...24 lines deleted...]
-      <c r="H150" s="157">
+      <c r="I148" s="187"/>
+    </row>
+    <row r="149" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B149" s="1105"/>
+      <c r="C149" s="1194"/>
+      <c r="D149" s="147" t="s">
+        <v>421</v>
+      </c>
+      <c r="E149" s="159"/>
+      <c r="F149" s="202" t="s">
+        <v>328</v>
+      </c>
+      <c r="G149" s="201"/>
+      <c r="H149" s="200"/>
+      <c r="I149" s="187"/>
+    </row>
+    <row r="150" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B150" s="1079"/>
+      <c r="C150" s="185"/>
+      <c r="D150" s="143"/>
+      <c r="E150" s="157"/>
+      <c r="F150" s="118"/>
+      <c r="G150" s="139" t="s">
+        <v>123</v>
+      </c>
+      <c r="H150" s="156">
         <v>43158</v>
       </c>
-      <c r="I150" s="185"/>
-[...2 lines deleted...]
-      <c r="B151" s="1053">
+      <c r="I150" s="184"/>
+    </row>
+    <row r="151" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B151" s="1063">
         <f>MAX(B$27:B150)+1</f>
         <v>32</v>
       </c>
-      <c r="C151" s="156"/>
-[...10 lines deleted...]
-      <c r="H151" s="200">
+      <c r="C151" s="155"/>
+      <c r="D151" s="119" t="s">
+        <v>420</v>
+      </c>
+      <c r="E151" s="155"/>
+      <c r="F151" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G151" s="146" t="s">
+        <v>342</v>
+      </c>
+      <c r="H151" s="199">
         <v>43101</v>
       </c>
-      <c r="I151" s="1163" t="s">
-[...20 lines deleted...]
-      <c r="H152" s="197">
+      <c r="I151" s="1169" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="152" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B152" s="1105"/>
+      <c r="C152" s="1115" t="s">
+        <v>934</v>
+      </c>
+      <c r="D152" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E152" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F152" s="198" t="s">
+        <v>329</v>
+      </c>
+      <c r="G152" s="197" t="s">
+        <v>342</v>
+      </c>
+      <c r="H152" s="196">
         <v>43591</v>
       </c>
-      <c r="I152" s="1164"/>
-[...22 lines deleted...]
-      <c r="H154" s="192">
+      <c r="I152" s="1170"/>
+    </row>
+    <row r="153" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B153" s="1105"/>
+      <c r="C153" s="1115"/>
+      <c r="D153" s="64"/>
+      <c r="E153" s="64"/>
+      <c r="F153" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G153" s="64"/>
+      <c r="H153" s="64"/>
+      <c r="I153" s="1170"/>
+    </row>
+    <row r="154" spans="2:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B154" s="1079"/>
+      <c r="C154" s="143"/>
+      <c r="D154" s="143"/>
+      <c r="E154" s="164"/>
+      <c r="F154" s="118"/>
+      <c r="G154" s="111" t="s">
+        <v>200</v>
+      </c>
+      <c r="H154" s="191">
         <v>44097</v>
       </c>
-      <c r="I154" s="1165"/>
-[...2 lines deleted...]
-      <c r="B155" s="1053">
+      <c r="I154" s="1171"/>
+    </row>
+    <row r="155" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B155" s="1063">
         <f>MAX(B$27:B154)+1</f>
         <v>33</v>
       </c>
-      <c r="C155" s="1209" t="s">
-[...30 lines deleted...]
-      <c r="H156" s="146">
+      <c r="C155" s="1204" t="s">
+        <v>556</v>
+      </c>
+      <c r="D155" s="119" t="s">
+        <v>575</v>
+      </c>
+      <c r="E155" s="363"/>
+      <c r="F155" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G155" s="363"/>
+      <c r="H155" s="364"/>
+      <c r="I155" s="1107" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="156" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B156" s="1105"/>
+      <c r="C156" s="1205"/>
+      <c r="D156" s="147" t="s">
+        <v>576</v>
+      </c>
+      <c r="E156" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F156" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G156" s="146" t="s">
+        <v>109</v>
+      </c>
+      <c r="H156" s="145">
         <v>43103</v>
       </c>
-      <c r="I156" s="1127"/>
-[...19 lines deleted...]
-      <c r="G158" s="615">
+      <c r="I156" s="1135"/>
+    </row>
+    <row r="157" spans="2:9" ht="104.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B157" s="1105"/>
+      <c r="C157" s="1205"/>
+      <c r="D157" s="706"/>
+      <c r="E157" s="159"/>
+      <c r="F157" s="708" t="s">
+        <v>328</v>
+      </c>
+      <c r="G157" s="542"/>
+      <c r="H157" s="707"/>
+      <c r="I157" s="1135"/>
+    </row>
+    <row r="158" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B158" s="701"/>
+      <c r="C158" s="703"/>
+      <c r="D158" s="365"/>
+      <c r="E158" s="157"/>
+      <c r="F158" s="194"/>
+      <c r="G158" s="612">
         <v>6</v>
       </c>
-      <c r="H158" s="367">
+      <c r="H158" s="366">
         <v>45008</v>
       </c>
-      <c r="I158" s="706"/>
-[...2 lines deleted...]
-      <c r="B159" s="1053">
+      <c r="I158" s="702"/>
+    </row>
+    <row r="159" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B159" s="1063">
         <f>MAX(B$27:B157)+1</f>
         <v>34</v>
       </c>
-      <c r="C159" s="190"/>
-[...25 lines deleted...]
-      <c r="G160" s="147">
+      <c r="C159" s="189"/>
+      <c r="D159" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E159" s="155"/>
+      <c r="F159" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G159" s="155"/>
+      <c r="H159" s="162"/>
+      <c r="I159" s="1246" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="160" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B160" s="1105"/>
+      <c r="C160" s="161" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D160" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E160" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F160" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G160" s="146">
         <v>3</v>
       </c>
-      <c r="H160" s="146">
+      <c r="H160" s="145">
         <v>43103</v>
       </c>
-      <c r="I160" s="188"/>
-[...22 lines deleted...]
-      <c r="H162" s="193">
+      <c r="I160" s="1247"/>
+    </row>
+    <row r="161" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B161" s="1105"/>
+      <c r="C161" s="161"/>
+      <c r="D161" s="64"/>
+      <c r="E161" s="159"/>
+      <c r="F161" s="238" t="s">
+        <v>328</v>
+      </c>
+      <c r="G161" s="139"/>
+      <c r="H161" s="156"/>
+      <c r="I161" s="1248"/>
+    </row>
+    <row r="162" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B162" s="1079"/>
+      <c r="C162" s="185"/>
+      <c r="D162" s="143"/>
+      <c r="E162" s="157"/>
+      <c r="F162" s="149"/>
+      <c r="G162" s="146" t="s">
+        <v>417</v>
+      </c>
+      <c r="H162" s="192">
         <v>43678</v>
       </c>
-      <c r="I162" s="188"/>
-[...2 lines deleted...]
-      <c r="B163" s="1053">
+      <c r="I162" s="187"/>
+    </row>
+    <row r="163" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B163" s="1063">
         <f>MAX(B$27:B162)+1</f>
         <v>35</v>
       </c>
-      <c r="C163" s="190"/>
-[...30 lines deleted...]
-      <c r="H164" s="146">
+      <c r="C163" s="189"/>
+      <c r="D163" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E163" s="155"/>
+      <c r="F163" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G163" s="155"/>
+      <c r="H163" s="162"/>
+      <c r="I163" s="1200" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="164" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B164" s="1105"/>
+      <c r="C164" s="161" t="s">
+        <v>909</v>
+      </c>
+      <c r="D164" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E164" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F164" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G164" s="146" t="s">
+        <v>416</v>
+      </c>
+      <c r="H164" s="145">
         <v>43137</v>
       </c>
-      <c r="I164" s="1206"/>
-[...14 lines deleted...]
-      <c r="B166" s="1053">
+      <c r="I164" s="1201"/>
+    </row>
+    <row r="165" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B165" s="1079"/>
+      <c r="C165" s="185"/>
+      <c r="D165" s="143"/>
+      <c r="E165" s="157"/>
+      <c r="F165" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G165" s="139"/>
+      <c r="H165" s="156"/>
+      <c r="I165" s="1202"/>
+    </row>
+    <row r="166" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B166" s="1063">
         <f>MAX(B$27:B165)+1</f>
         <v>36</v>
       </c>
-      <c r="C166" s="190"/>
-[...28 lines deleted...]
-      <c r="H167" s="146">
+      <c r="C166" s="189"/>
+      <c r="D166" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E166" s="155"/>
+      <c r="F166" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G166" s="155"/>
+      <c r="H166" s="162"/>
+      <c r="I166" s="188"/>
+    </row>
+    <row r="167" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B167" s="1105"/>
+      <c r="C167" s="161" t="s">
+        <v>415</v>
+      </c>
+      <c r="D167" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E167" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F167" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G167" s="146" t="s">
+        <v>109</v>
+      </c>
+      <c r="H167" s="145">
         <v>43160</v>
       </c>
-      <c r="I167" s="188"/>
-[...14 lines deleted...]
-      <c r="B169" s="1053">
+      <c r="I167" s="187"/>
+    </row>
+    <row r="168" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B168" s="1079"/>
+      <c r="C168" s="185"/>
+      <c r="D168" s="143"/>
+      <c r="E168" s="157"/>
+      <c r="F168" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G168" s="139"/>
+      <c r="H168" s="156"/>
+      <c r="I168" s="184"/>
+    </row>
+    <row r="169" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B169" s="1063">
         <f>MAX(B$27:B168)+1</f>
         <v>37</v>
       </c>
-      <c r="C169" s="190"/>
-[...25 lines deleted...]
-      <c r="G170" s="147">
+      <c r="C169" s="189"/>
+      <c r="D169" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E169" s="155"/>
+      <c r="F169" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G169" s="155"/>
+      <c r="H169" s="162"/>
+      <c r="I169" s="188"/>
+    </row>
+    <row r="170" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B170" s="1105"/>
+      <c r="C170" s="161" t="s">
+        <v>414</v>
+      </c>
+      <c r="D170" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E170" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F170" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G170" s="146">
         <v>3</v>
       </c>
-      <c r="H170" s="146">
+      <c r="H170" s="145">
         <v>43152</v>
       </c>
-      <c r="I170" s="188"/>
-[...14 lines deleted...]
-      <c r="B172" s="1053">
+      <c r="I170" s="187"/>
+    </row>
+    <row r="171" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B171" s="1079"/>
+      <c r="C171" s="185"/>
+      <c r="D171" s="143"/>
+      <c r="E171" s="157"/>
+      <c r="F171" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G171" s="139"/>
+      <c r="H171" s="156"/>
+      <c r="I171" s="184"/>
+    </row>
+    <row r="172" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B172" s="1063">
         <f>MAX(B$27:B171)+1</f>
         <v>38</v>
       </c>
-      <c r="C172" s="190"/>
-[...30 lines deleted...]
-      <c r="H173" s="146">
+      <c r="C172" s="189"/>
+      <c r="D172" s="119" t="s">
+        <v>413</v>
+      </c>
+      <c r="E172" s="155"/>
+      <c r="F172" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G172" s="542"/>
+      <c r="H172" s="162"/>
+      <c r="I172" s="1172" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="173" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B173" s="1105"/>
+      <c r="C173" s="161" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D173" s="147" t="s">
+        <v>412</v>
+      </c>
+      <c r="E173" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F173" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G173" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H173" s="145">
         <v>43160</v>
       </c>
-      <c r="I173" s="1167"/>
-[...21 lines deleted...]
-      <c r="H175" s="696">
+      <c r="I173" s="1173"/>
+    </row>
+    <row r="174" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B174" s="1105"/>
+      <c r="C174" s="690"/>
+      <c r="D174" s="147"/>
+      <c r="E174" s="159"/>
+      <c r="F174" s="149" t="s">
+        <v>328</v>
+      </c>
+      <c r="H174" s="64"/>
+      <c r="I174" s="1173"/>
+    </row>
+    <row r="175" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B175" s="1079"/>
+      <c r="C175" s="185"/>
+      <c r="D175" s="143"/>
+      <c r="E175" s="157"/>
+      <c r="F175" s="194"/>
+      <c r="G175" s="691" t="s">
+        <v>946</v>
+      </c>
+      <c r="H175" s="692">
         <v>43160</v>
       </c>
-      <c r="I175" s="696">
+      <c r="I175" s="692">
         <v>44468</v>
       </c>
     </row>
-    <row r="176" spans="2:9" x14ac:dyDescent="0.35">
-      <c r="B176" s="1053">
+    <row r="176" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B176" s="1063">
         <f>MAX(B$27:B175)+1</f>
         <v>39</v>
       </c>
-      <c r="C176" s="190"/>
-[...28 lines deleted...]
-      <c r="H177" s="146">
+      <c r="C176" s="189"/>
+      <c r="D176" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E176" s="155"/>
+      <c r="F176" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G176" s="155"/>
+      <c r="H176" s="162"/>
+      <c r="I176" s="188"/>
+    </row>
+    <row r="177" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B177" s="1105"/>
+      <c r="C177" s="161" t="s">
+        <v>410</v>
+      </c>
+      <c r="D177" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E177" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F177" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G177" s="146" t="s">
+        <v>119</v>
+      </c>
+      <c r="H177" s="145">
         <v>43186</v>
       </c>
-      <c r="I177" s="188"/>
-[...14 lines deleted...]
-      <c r="B179" s="1053">
+      <c r="I177" s="187"/>
+    </row>
+    <row r="178" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B178" s="1079"/>
+      <c r="C178" s="185"/>
+      <c r="D178" s="143"/>
+      <c r="E178" s="157"/>
+      <c r="F178" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G178" s="139"/>
+      <c r="H178" s="156"/>
+      <c r="I178" s="184"/>
+    </row>
+    <row r="179" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B179" s="1063">
         <f>MAX(B$27:B178)+1</f>
         <v>40</v>
       </c>
-      <c r="C179" s="190"/>
-[...28 lines deleted...]
-      <c r="H180" s="146">
+      <c r="C179" s="189"/>
+      <c r="D179" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E179" s="155"/>
+      <c r="F179" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G179" s="155"/>
+      <c r="H179" s="162"/>
+      <c r="I179" s="188"/>
+    </row>
+    <row r="180" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B180" s="1105"/>
+      <c r="C180" s="161" t="s">
+        <v>409</v>
+      </c>
+      <c r="D180" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E180" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F180" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G180" s="146" t="s">
+        <v>119</v>
+      </c>
+      <c r="H180" s="145">
         <v>43186</v>
       </c>
-      <c r="I180" s="188"/>
-[...14 lines deleted...]
-      <c r="B182" s="1053">
+      <c r="I180" s="187"/>
+    </row>
+    <row r="181" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B181" s="1079"/>
+      <c r="C181" s="185"/>
+      <c r="D181" s="143"/>
+      <c r="E181" s="157"/>
+      <c r="F181" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G181" s="139"/>
+      <c r="H181" s="156"/>
+      <c r="I181" s="184"/>
+    </row>
+    <row r="182" spans="2:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B182" s="1063">
         <f>MAX(B$27:B181)+1</f>
         <v>41</v>
       </c>
-      <c r="C182" s="190"/>
-[...10 lines deleted...]
-      <c r="H182" s="1214">
+      <c r="C182" s="189"/>
+      <c r="D182" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E182" s="155"/>
+      <c r="F182" s="243" t="s">
+        <v>332</v>
+      </c>
+      <c r="G182" s="1098" t="s">
+        <v>109</v>
+      </c>
+      <c r="H182" s="1223">
         <v>43202</v>
       </c>
-      <c r="I182" s="1211" t="s">
-[...29 lines deleted...]
-      <c r="G184" s="307">
+      <c r="I182" s="1220" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="183" spans="2:9" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B183" s="1105"/>
+      <c r="C183" s="161" t="s">
+        <v>408</v>
+      </c>
+      <c r="D183" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E183" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F183" s="368" t="s">
+        <v>329</v>
+      </c>
+      <c r="G183" s="1168"/>
+      <c r="H183" s="1224"/>
+      <c r="I183" s="1221"/>
+    </row>
+    <row r="184" spans="2:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B184" s="1079"/>
+      <c r="C184" s="185"/>
+      <c r="D184" s="143"/>
+      <c r="E184" s="157"/>
+      <c r="F184" s="307" t="s">
+        <v>328</v>
+      </c>
+      <c r="G184" s="306">
         <v>2</v>
       </c>
-      <c r="H184" s="309">
+      <c r="H184" s="308">
         <v>43202</v>
       </c>
-      <c r="I184" s="1213"/>
-[...2 lines deleted...]
-      <c r="B185" s="1053">
+      <c r="I184" s="1222"/>
+    </row>
+    <row r="185" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B185" s="1063">
         <f>MAX(B$27:B184)+1</f>
         <v>42</v>
       </c>
-      <c r="C185" s="190"/>
-[...28 lines deleted...]
-      <c r="H186" s="146">
+      <c r="C185" s="189"/>
+      <c r="D185" s="119" t="s">
+        <v>407</v>
+      </c>
+      <c r="E185" s="155"/>
+      <c r="F185" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G185" s="155"/>
+      <c r="H185" s="162"/>
+      <c r="I185" s="188"/>
+    </row>
+    <row r="186" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B186" s="1105"/>
+      <c r="C186" s="161" t="s">
+        <v>406</v>
+      </c>
+      <c r="D186" s="147" t="s">
+        <v>405</v>
+      </c>
+      <c r="E186" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F186" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G186" s="146" t="s">
+        <v>164</v>
+      </c>
+      <c r="H186" s="145">
         <v>43206</v>
       </c>
-      <c r="I186" s="188"/>
-[...14 lines deleted...]
-      <c r="B188" s="1053">
+      <c r="I186" s="187"/>
+    </row>
+    <row r="187" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B187" s="1079"/>
+      <c r="C187" s="185"/>
+      <c r="D187" s="143"/>
+      <c r="E187" s="157"/>
+      <c r="F187" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G187" s="139"/>
+      <c r="H187" s="156"/>
+      <c r="I187" s="184"/>
+    </row>
+    <row r="188" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B188" s="1063">
         <f>MAX(B$27:B187)+1</f>
         <v>43</v>
       </c>
-      <c r="C188" s="190"/>
-[...28 lines deleted...]
-      <c r="H189" s="146">
+      <c r="C188" s="189"/>
+      <c r="D188" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E188" s="155"/>
+      <c r="F188" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G188" s="155"/>
+      <c r="H188" s="162"/>
+      <c r="I188" s="188"/>
+    </row>
+    <row r="189" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B189" s="1105"/>
+      <c r="C189" s="161" t="s">
+        <v>404</v>
+      </c>
+      <c r="D189" s="165" t="s">
+        <v>425</v>
+      </c>
+      <c r="E189" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F189" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G189" s="146" t="s">
+        <v>214</v>
+      </c>
+      <c r="H189" s="145">
         <v>43234</v>
       </c>
-      <c r="I189" s="188"/>
-[...14 lines deleted...]
-      <c r="B191" s="1053">
+      <c r="I189" s="187"/>
+    </row>
+    <row r="190" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B190" s="1079"/>
+      <c r="C190" s="185"/>
+      <c r="D190" s="143"/>
+      <c r="E190" s="157"/>
+      <c r="F190" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G190" s="139"/>
+      <c r="H190" s="156"/>
+      <c r="I190" s="184"/>
+    </row>
+    <row r="191" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B191" s="1063">
         <f>MAX(B$27:B190)+1</f>
         <v>44</v>
       </c>
-      <c r="C191" s="190"/>
-[...28 lines deleted...]
-      <c r="H192" s="146">
+      <c r="C191" s="189"/>
+      <c r="D191" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E191" s="155"/>
+      <c r="F191" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G191" s="155"/>
+      <c r="H191" s="162"/>
+      <c r="I191" s="188"/>
+    </row>
+    <row r="192" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B192" s="1105"/>
+      <c r="C192" s="161" t="s">
+        <v>403</v>
+      </c>
+      <c r="D192" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E192" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F192" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G192" s="146" t="s">
+        <v>119</v>
+      </c>
+      <c r="H192" s="145">
         <v>43234</v>
       </c>
-      <c r="I192" s="188"/>
-[...24 lines deleted...]
-      <c r="H194" s="595">
+      <c r="I192" s="187"/>
+    </row>
+    <row r="193" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B193" s="1105"/>
+      <c r="C193" s="505"/>
+      <c r="D193" s="64"/>
+      <c r="E193" s="159"/>
+      <c r="F193" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G193" s="506"/>
+      <c r="H193" s="192"/>
+      <c r="I193" s="184"/>
+    </row>
+    <row r="194" spans="2:9" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B194" s="502"/>
+      <c r="C194" s="185"/>
+      <c r="D194" s="231"/>
+      <c r="E194" s="422" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F194" s="709"/>
+      <c r="G194" s="691" t="s">
+        <v>752</v>
+      </c>
+      <c r="H194" s="592">
         <v>44377</v>
       </c>
-      <c r="I194" s="595">
+      <c r="I194" s="592">
         <v>45008</v>
       </c>
     </row>
-    <row r="195" spans="2:9" x14ac:dyDescent="0.35">
-      <c r="B195" s="1053">
+    <row r="195" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B195" s="1063">
         <f>MAX(B$27:B193)+1</f>
         <v>45</v>
       </c>
-      <c r="C195" s="120"/>
-[...28 lines deleted...]
-      <c r="H196" s="146">
+      <c r="C195" s="119"/>
+      <c r="D195" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E195" s="167"/>
+      <c r="F195" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G195" s="155"/>
+      <c r="H195" s="162"/>
+      <c r="I195" s="188"/>
+    </row>
+    <row r="196" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B196" s="1105"/>
+      <c r="C196" s="147" t="s">
+        <v>402</v>
+      </c>
+      <c r="D196" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E196" s="195" t="s">
+        <v>115</v>
+      </c>
+      <c r="F196" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G196" s="146" t="s">
+        <v>334</v>
+      </c>
+      <c r="H196" s="145">
         <v>43374</v>
       </c>
-      <c r="I196" s="188"/>
-[...14 lines deleted...]
-      <c r="B198" s="1053">
+      <c r="I196" s="187"/>
+    </row>
+    <row r="197" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B197" s="1079"/>
+      <c r="C197" s="143"/>
+      <c r="D197" s="143"/>
+      <c r="E197" s="164"/>
+      <c r="F197" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G197" s="139"/>
+      <c r="H197" s="156"/>
+      <c r="I197" s="184"/>
+    </row>
+    <row r="198" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B198" s="1063">
         <f>MAX(B$27:B197)+1</f>
         <v>46</v>
       </c>
-      <c r="C198" s="190"/>
-[...30 lines deleted...]
-      <c r="H199" s="146">
+      <c r="C198" s="189"/>
+      <c r="D198" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E198" s="155"/>
+      <c r="F198" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G198" s="155"/>
+      <c r="H198" s="162"/>
+      <c r="I198" s="1169" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="199" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B199" s="1105"/>
+      <c r="C199" s="161" t="s">
+        <v>399</v>
+      </c>
+      <c r="D199" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E199" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F199" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G199" s="146" t="s">
+        <v>164</v>
+      </c>
+      <c r="H199" s="145">
         <v>43282</v>
       </c>
-      <c r="I199" s="1164"/>
-[...14 lines deleted...]
-      <c r="B201" s="1053">
+      <c r="I199" s="1170"/>
+    </row>
+    <row r="200" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B200" s="1079"/>
+      <c r="C200" s="185"/>
+      <c r="D200" s="143"/>
+      <c r="E200" s="157"/>
+      <c r="F200" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G200" s="139"/>
+      <c r="H200" s="156"/>
+      <c r="I200" s="1171"/>
+    </row>
+    <row r="201" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B201" s="1063">
         <f>MAX(B$27:B200)+1</f>
         <v>47</v>
       </c>
-      <c r="C201" s="190"/>
-[...28 lines deleted...]
-      <c r="H202" s="146">
+      <c r="C201" s="189"/>
+      <c r="D201" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E201" s="155"/>
+      <c r="F201" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G201" s="155"/>
+      <c r="H201" s="162"/>
+      <c r="I201" s="188"/>
+    </row>
+    <row r="202" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B202" s="1105"/>
+      <c r="C202" s="161" t="s">
+        <v>398</v>
+      </c>
+      <c r="D202" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E202" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F202" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G202" s="146" t="s">
+        <v>153</v>
+      </c>
+      <c r="H202" s="145">
         <v>43285</v>
       </c>
-      <c r="I202" s="188"/>
-[...22 lines deleted...]
-      <c r="H204" s="275">
+      <c r="I202" s="187"/>
+    </row>
+    <row r="203" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B203" s="1105"/>
+      <c r="C203" s="484"/>
+      <c r="D203" s="64"/>
+      <c r="E203" s="159"/>
+      <c r="F203" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G203" s="483"/>
+      <c r="H203" s="192"/>
+      <c r="I203" s="187"/>
+    </row>
+    <row r="204" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B204" s="1105"/>
+      <c r="C204" s="620"/>
+      <c r="D204" s="64"/>
+      <c r="E204" s="159"/>
+      <c r="F204" s="147"/>
+      <c r="G204" s="477" t="s">
+        <v>196</v>
+      </c>
+      <c r="H204" s="274">
         <v>44339</v>
       </c>
-      <c r="I204" s="185"/>
-[...10 lines deleted...]
-      <c r="H205" s="192">
+      <c r="I204" s="184"/>
+    </row>
+    <row r="205" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B205" s="619"/>
+      <c r="C205" s="185"/>
+      <c r="D205" s="143"/>
+      <c r="E205" s="157"/>
+      <c r="F205" s="118"/>
+      <c r="G205" s="111" t="s">
+        <v>687</v>
+      </c>
+      <c r="H205" s="191">
         <v>44676</v>
       </c>
-      <c r="I205" s="188"/>
-[...2 lines deleted...]
-      <c r="B206" s="1053">
+      <c r="I205" s="187"/>
+    </row>
+    <row r="206" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B206" s="1063">
         <f>MAX(B$27:B205)+1</f>
         <v>48</v>
       </c>
-      <c r="C206" s="190"/>
-[...28 lines deleted...]
-      <c r="H207" s="146">
+      <c r="C206" s="189"/>
+      <c r="D206" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E206" s="155"/>
+      <c r="F206" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G206" s="155"/>
+      <c r="H206" s="162"/>
+      <c r="I206" s="188"/>
+    </row>
+    <row r="207" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B207" s="1105"/>
+      <c r="C207" s="161" t="s">
+        <v>396</v>
+      </c>
+      <c r="D207" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E207" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F207" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G207" s="146" t="s">
+        <v>164</v>
+      </c>
+      <c r="H207" s="145">
         <v>43349</v>
       </c>
-      <c r="I207" s="188"/>
-[...14 lines deleted...]
-      <c r="B209" s="1053">
+      <c r="I207" s="187"/>
+    </row>
+    <row r="208" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B208" s="1079"/>
+      <c r="C208" s="185"/>
+      <c r="D208" s="143"/>
+      <c r="E208" s="157"/>
+      <c r="F208" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G208" s="139"/>
+      <c r="H208" s="156"/>
+      <c r="I208" s="184"/>
+    </row>
+    <row r="209" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B209" s="1063">
         <f>MAX(B$27:B208)+1</f>
         <v>49</v>
       </c>
-      <c r="C209" s="190"/>
-[...26 lines deleted...]
-      <c r="H210" s="146">
+      <c r="C209" s="189"/>
+      <c r="D209" s="119" t="s">
+        <v>356</v>
+      </c>
+      <c r="E209" s="155"/>
+      <c r="F209" s="119"/>
+      <c r="G209" s="155"/>
+      <c r="H209" s="162"/>
+      <c r="I209" s="188"/>
+    </row>
+    <row r="210" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B210" s="1105"/>
+      <c r="C210" s="161" t="s">
+        <v>395</v>
+      </c>
+      <c r="D210" s="147" t="s">
+        <v>355</v>
+      </c>
+      <c r="E210" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F210" s="193" t="s">
+        <v>394</v>
+      </c>
+      <c r="G210" s="146" t="s">
+        <v>201</v>
+      </c>
+      <c r="H210" s="145">
         <v>43374</v>
       </c>
-      <c r="I210" s="188"/>
-[...12 lines deleted...]
-      <c r="B212" s="1053">
+      <c r="I210" s="187"/>
+    </row>
+    <row r="211" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B211" s="1079"/>
+      <c r="C211" s="185"/>
+      <c r="D211" s="143"/>
+      <c r="E211" s="157"/>
+      <c r="F211" s="118"/>
+      <c r="G211" s="139"/>
+      <c r="H211" s="156"/>
+      <c r="I211" s="184"/>
+    </row>
+    <row r="212" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B212" s="1063">
         <f>MAX(B$27:B211)+1</f>
         <v>50</v>
       </c>
-      <c r="C212" s="190"/>
-[...24 lines deleted...]
-      <c r="F213" s="148" t="s">
+      <c r="C212" s="189"/>
+      <c r="D212" s="119" t="s">
+        <v>393</v>
+      </c>
+      <c r="E212" s="155"/>
+      <c r="F212" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G212" s="155"/>
+      <c r="H212" s="162"/>
+      <c r="I212" s="1169" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="213" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B213" s="1105"/>
+      <c r="C213" s="1194" t="s">
+        <v>391</v>
+      </c>
+      <c r="D213" s="147" t="s">
         <v>336</v>
       </c>
-      <c r="G213" s="147">
+      <c r="E213" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F213" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G213" s="146">
         <v>3</v>
       </c>
-      <c r="H213" s="146">
+      <c r="H213" s="145">
         <v>43405</v>
       </c>
-      <c r="I213" s="1164"/>
-[...22 lines deleted...]
-      <c r="H215" s="192">
+      <c r="I213" s="1170"/>
+    </row>
+    <row r="214" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B214" s="1105"/>
+      <c r="C214" s="1194"/>
+      <c r="D214" s="64"/>
+      <c r="E214" s="159"/>
+      <c r="F214" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G214" s="146"/>
+      <c r="H214" s="192"/>
+      <c r="I214" s="1170"/>
+    </row>
+    <row r="215" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B215" s="1079"/>
+      <c r="C215" s="185"/>
+      <c r="D215" s="143"/>
+      <c r="E215" s="157"/>
+      <c r="F215" s="118"/>
+      <c r="G215" s="111" t="s">
+        <v>390</v>
+      </c>
+      <c r="H215" s="191">
         <v>43466</v>
       </c>
-      <c r="I215" s="185"/>
-[...2 lines deleted...]
-      <c r="B216" s="1053">
+      <c r="I215" s="184"/>
+    </row>
+    <row r="216" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B216" s="1063">
         <f>MAX(B$27:B215)+1</f>
         <v>51</v>
       </c>
-      <c r="C216" s="168"/>
-[...28 lines deleted...]
-      <c r="H217" s="146">
+      <c r="C216" s="167"/>
+      <c r="D216" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E216" s="155"/>
+      <c r="F216" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G216" s="155"/>
+      <c r="H216" s="162"/>
+      <c r="I216" s="183"/>
+    </row>
+    <row r="217" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B217" s="1105"/>
+      <c r="C217" s="182" t="s">
+        <v>389</v>
+      </c>
+      <c r="D217" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E217" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F217" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G217" s="146" t="s">
+        <v>388</v>
+      </c>
+      <c r="H217" s="145">
         <v>43424</v>
       </c>
-      <c r="I217" s="182"/>
-[...14 lines deleted...]
-      <c r="B219" s="1053">
+      <c r="I217" s="181"/>
+    </row>
+    <row r="218" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B218" s="1079"/>
+      <c r="C218" s="164"/>
+      <c r="D218" s="143"/>
+      <c r="E218" s="157"/>
+      <c r="F218" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G218" s="139"/>
+      <c r="H218" s="156"/>
+      <c r="I218" s="180"/>
+    </row>
+    <row r="219" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B219" s="1063">
         <f>MAX(B$27:B218)+1</f>
         <v>52</v>
       </c>
-      <c r="C219" s="168"/>
-[...28 lines deleted...]
-      <c r="H220" s="146">
+      <c r="C219" s="167"/>
+      <c r="D219" s="179" t="s">
+        <v>387</v>
+      </c>
+      <c r="E219" s="155"/>
+      <c r="F219" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G219" s="155"/>
+      <c r="H219" s="162"/>
+      <c r="I219" s="150"/>
+    </row>
+    <row r="220" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B220" s="1105"/>
+      <c r="C220" s="177" t="s">
+        <v>157</v>
+      </c>
+      <c r="D220" s="178" t="s">
+        <v>386</v>
+      </c>
+      <c r="E220" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F220" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G220" s="146" t="s">
+        <v>158</v>
+      </c>
+      <c r="H220" s="145">
         <v>43467</v>
       </c>
-      <c r="I220" s="145"/>
-[...22 lines deleted...]
-      <c r="H222" s="850">
+      <c r="I220" s="144"/>
+    </row>
+    <row r="221" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B221" s="1105"/>
+      <c r="C221" s="29"/>
+      <c r="D221" s="64"/>
+      <c r="E221" s="159"/>
+      <c r="F221" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G221" s="64"/>
+      <c r="H221" s="192"/>
+      <c r="I221" s="144"/>
+    </row>
+    <row r="222" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B222" s="845"/>
+      <c r="C222" s="29"/>
+      <c r="D222" s="64"/>
+      <c r="E222" s="159"/>
+      <c r="F222" s="147"/>
+      <c r="G222" s="794" t="s">
+        <v>530</v>
+      </c>
+      <c r="H222" s="846">
         <v>45596</v>
       </c>
-      <c r="I222" s="145"/>
-[...10 lines deleted...]
-      <c r="H223" s="275">
+      <c r="I222" s="144"/>
+    </row>
+    <row r="223" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B223" s="869"/>
+      <c r="C223" s="29"/>
+      <c r="D223" s="64"/>
+      <c r="E223" s="159"/>
+      <c r="F223" s="147"/>
+      <c r="G223" s="477" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H223" s="274">
         <v>45730</v>
       </c>
-      <c r="I223" s="145"/>
-[...10 lines deleted...]
-      <c r="H224" s="275">
+      <c r="I223" s="144"/>
+    </row>
+    <row r="224" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B224" s="907"/>
+      <c r="C224" s="29"/>
+      <c r="D224" s="64"/>
+      <c r="E224" s="159"/>
+      <c r="F224" s="147"/>
+      <c r="G224" s="477" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H224" s="274">
         <v>45779</v>
       </c>
-      <c r="I224" s="145"/>
-[...10 lines deleted...]
-      <c r="H225" s="275">
+      <c r="I224" s="144"/>
+    </row>
+    <row r="225" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B225" s="984"/>
+      <c r="C225" s="29"/>
+      <c r="D225" s="64"/>
+      <c r="E225" s="159"/>
+      <c r="F225" s="147"/>
+      <c r="G225" s="477" t="s">
+        <v>196</v>
+      </c>
+      <c r="H225" s="274">
         <v>45919</v>
       </c>
-      <c r="I225" s="145"/>
-[...14 lines deleted...]
-      <c r="H226" s="275">
+      <c r="I225" s="144"/>
+    </row>
+    <row r="226" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B226" s="869"/>
+      <c r="C226" s="29"/>
+      <c r="D226" s="64"/>
+      <c r="E226" s="429" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F226" s="879" t="s">
+        <v>673</v>
+      </c>
+      <c r="G226" s="477" t="s">
+        <v>659</v>
+      </c>
+      <c r="H226" s="274">
         <v>45093</v>
       </c>
-      <c r="I226" s="145"/>
-[...10 lines deleted...]
-      <c r="H227" s="192">
+      <c r="I226" s="144"/>
+    </row>
+    <row r="227" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B227" s="868"/>
+      <c r="C227" s="164"/>
+      <c r="D227" s="143"/>
+      <c r="E227" s="880"/>
+      <c r="F227" s="644"/>
+      <c r="G227" s="111" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H227" s="191">
         <v>45730</v>
       </c>
-      <c r="I227" s="142"/>
-[...2 lines deleted...]
-      <c r="B228" s="1053">
+      <c r="I227" s="141"/>
+    </row>
+    <row r="228" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B228" s="1063">
         <f>MAX(B$27:B221)+1</f>
         <v>53</v>
       </c>
-      <c r="C228" s="156"/>
-[...28 lines deleted...]
-      <c r="H229" s="146">
+      <c r="C228" s="155"/>
+      <c r="D228" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E228" s="155"/>
+      <c r="F228" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G228" s="155"/>
+      <c r="H228" s="162"/>
+      <c r="I228" s="150"/>
+    </row>
+    <row r="229" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B229" s="1105"/>
+      <c r="C229" s="161" t="s">
+        <v>385</v>
+      </c>
+      <c r="D229" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E229" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F229" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G229" s="146" t="s">
+        <v>109</v>
+      </c>
+      <c r="H229" s="145">
         <v>43441</v>
       </c>
-      <c r="I229" s="145"/>
-[...14 lines deleted...]
-      <c r="B231" s="1053">
+      <c r="I229" s="144"/>
+    </row>
+    <row r="230" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B230" s="1079"/>
+      <c r="C230" s="143"/>
+      <c r="D230" s="143"/>
+      <c r="E230" s="157"/>
+      <c r="F230" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G230" s="143"/>
+      <c r="H230" s="156"/>
+      <c r="I230" s="141"/>
+    </row>
+    <row r="231" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B231" s="1063">
         <f>MAX(B$27:B230)+1</f>
         <v>54</v>
       </c>
-      <c r="C231" s="168"/>
-[...28 lines deleted...]
-      <c r="H232" s="146">
+      <c r="C231" s="167"/>
+      <c r="D231" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E231" s="155"/>
+      <c r="F231" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G231" s="155"/>
+      <c r="H231" s="162"/>
+      <c r="I231" s="150"/>
+    </row>
+    <row r="232" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B232" s="1105"/>
+      <c r="C232" s="177" t="s">
+        <v>956</v>
+      </c>
+      <c r="D232" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E232" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F232" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G232" s="146" t="s">
+        <v>109</v>
+      </c>
+      <c r="H232" s="145">
         <v>43537</v>
       </c>
-      <c r="I232" s="145"/>
-[...24 lines deleted...]
-      <c r="H234" s="192">
+      <c r="I232" s="144"/>
+    </row>
+    <row r="233" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B233" s="1105"/>
+      <c r="C233" s="29"/>
+      <c r="D233" s="64"/>
+      <c r="E233" s="159"/>
+      <c r="F233" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G233" s="64"/>
+      <c r="H233" s="192"/>
+      <c r="I233" s="144"/>
+    </row>
+    <row r="234" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B234" s="781"/>
+      <c r="C234" s="164"/>
+      <c r="D234" s="143"/>
+      <c r="E234" s="428" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F234" s="661"/>
+      <c r="G234" s="246" t="s">
+        <v>312</v>
+      </c>
+      <c r="H234" s="191">
         <v>44998</v>
       </c>
-      <c r="I234" s="142"/>
-[...2 lines deleted...]
-      <c r="B235" s="1053">
+      <c r="I234" s="141"/>
+    </row>
+    <row r="235" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B235" s="1063">
         <f>MAX(B$27:B233)+1</f>
         <v>55</v>
       </c>
-      <c r="C235" s="168"/>
-[...28 lines deleted...]
-      <c r="H236" s="146">
+      <c r="C235" s="167"/>
+      <c r="D235" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E235" s="155"/>
+      <c r="F235" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G235" s="155"/>
+      <c r="H235" s="162"/>
+      <c r="I235" s="150"/>
+    </row>
+    <row r="236" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B236" s="1105"/>
+      <c r="C236" s="177" t="s">
+        <v>384</v>
+      </c>
+      <c r="D236" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E236" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F236" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G236" s="146" t="s">
+        <v>109</v>
+      </c>
+      <c r="H236" s="145">
         <v>43497</v>
       </c>
-      <c r="I236" s="145"/>
-[...14 lines deleted...]
-      <c r="B238" s="1053">
+      <c r="I236" s="144"/>
+    </row>
+    <row r="237" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B237" s="1079"/>
+      <c r="C237" s="164"/>
+      <c r="D237" s="143"/>
+      <c r="E237" s="157"/>
+      <c r="F237" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G237" s="143"/>
+      <c r="H237" s="156"/>
+      <c r="I237" s="141"/>
+    </row>
+    <row r="238" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B238" s="1063">
         <f>MAX(B$27:B237)+1</f>
         <v>56</v>
       </c>
-      <c r="C238" s="168"/>
-[...28 lines deleted...]
-      <c r="H239" s="146">
+      <c r="C238" s="167"/>
+      <c r="D238" s="152" t="s">
+        <v>345</v>
+      </c>
+      <c r="E238" s="155"/>
+      <c r="F238" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G238" s="155"/>
+      <c r="H238" s="162"/>
+      <c r="I238" s="150"/>
+    </row>
+    <row r="239" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B239" s="1105"/>
+      <c r="C239" s="177" t="s">
+        <v>383</v>
+      </c>
+      <c r="D239" s="148" t="s">
+        <v>382</v>
+      </c>
+      <c r="E239" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F239" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G239" s="146" t="s">
+        <v>342</v>
+      </c>
+      <c r="H239" s="145">
         <v>43468</v>
       </c>
-      <c r="I239" s="145"/>
-[...22 lines deleted...]
-      <c r="H241" s="192">
+      <c r="I239" s="144"/>
+    </row>
+    <row r="240" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B240" s="1105"/>
+      <c r="C240" s="29"/>
+      <c r="D240" s="64"/>
+      <c r="E240" s="159"/>
+      <c r="F240" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G240" s="64"/>
+      <c r="H240" s="192"/>
+      <c r="I240" s="144"/>
+    </row>
+    <row r="241" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B241" s="1105"/>
+      <c r="C241" s="29"/>
+      <c r="D241" s="64"/>
+      <c r="E241" s="159"/>
+      <c r="F241" s="198"/>
+      <c r="G241" s="477" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H241" s="274">
         <v>45245</v>
       </c>
-      <c r="I241" s="142"/>
-[...2 lines deleted...]
-      <c r="B242" s="1053">
+      <c r="I241" s="144"/>
+    </row>
+    <row r="242" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B242" s="1079"/>
+      <c r="C242" s="164"/>
+      <c r="D242" s="143"/>
+      <c r="E242" s="157"/>
+      <c r="F242" s="118"/>
+      <c r="G242" s="612" t="s">
+        <v>192</v>
+      </c>
+      <c r="H242" s="156">
+        <v>46031</v>
+      </c>
+      <c r="I242" s="141"/>
+    </row>
+    <row r="243" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B243" s="1063">
         <f>MAX(B$27:B240)+1</f>
         <v>57</v>
       </c>
-      <c r="C242" s="168"/>
-      <c r="D242" s="120" t="s">
+      <c r="C243" s="167"/>
+      <c r="D243" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E243" s="155"/>
+      <c r="F243" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G243" s="155"/>
+      <c r="H243" s="162"/>
+      <c r="I243" s="150"/>
+    </row>
+    <row r="244" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B244" s="1105"/>
+      <c r="C244" s="177" t="s">
+        <v>381</v>
+      </c>
+      <c r="D244" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E244" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F244" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G244" s="146" t="s">
+        <v>380</v>
+      </c>
+      <c r="H244" s="145">
+        <v>43553</v>
+      </c>
+      <c r="I244" s="144"/>
+    </row>
+    <row r="245" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B245" s="1079"/>
+      <c r="C245" s="164"/>
+      <c r="D245" s="143"/>
+      <c r="E245" s="157"/>
+      <c r="F245" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G245" s="143"/>
+      <c r="H245" s="156"/>
+      <c r="I245" s="141"/>
+    </row>
+    <row r="246" spans="2:11" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B246" s="1063">
+        <f>MAX(B$27:B245)+1</f>
+        <v>58</v>
+      </c>
+      <c r="C246" s="167"/>
+      <c r="D246" s="176" t="s">
+        <v>379</v>
+      </c>
+      <c r="E246" s="155"/>
+      <c r="F246" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G246" s="155"/>
+      <c r="H246" s="162"/>
+      <c r="I246" s="1085" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="247" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B247" s="1105"/>
+      <c r="C247" s="161" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D247" s="175" t="s">
+        <v>378</v>
+      </c>
+      <c r="E247" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F247" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G247" s="146" t="s">
+        <v>192</v>
+      </c>
+      <c r="H247" s="145">
+        <v>43479</v>
+      </c>
+      <c r="I247" s="1179"/>
+    </row>
+    <row r="248" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B248" s="1105"/>
+      <c r="C248" s="29"/>
+      <c r="D248" s="147"/>
+      <c r="E248" s="159"/>
+      <c r="F248" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G248" s="64"/>
+      <c r="H248" s="192"/>
+      <c r="I248" s="1179"/>
+    </row>
+    <row r="249" spans="2:11" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B249" s="1079"/>
+      <c r="D249" s="147"/>
+      <c r="E249" s="159"/>
+      <c r="F249" s="147"/>
+      <c r="G249" s="111">
+        <v>6</v>
+      </c>
+      <c r="H249" s="112">
+        <v>44136</v>
+      </c>
+      <c r="I249" s="1086"/>
+    </row>
+    <row r="250" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B250" s="1063">
+        <f>MAX(B$27:B249)+1</f>
+        <v>59</v>
+      </c>
+      <c r="C250" s="167"/>
+      <c r="D250" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E250" s="155"/>
+      <c r="F250" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G250" s="155"/>
+      <c r="H250" s="162"/>
+      <c r="I250" s="150"/>
+      <c r="J250" s="29"/>
+      <c r="K250" s="29"/>
+    </row>
+    <row r="251" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B251" s="1105"/>
+      <c r="C251" s="161" t="s">
+        <v>375</v>
+      </c>
+      <c r="D251" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E251" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F251" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G251" s="146" t="s">
+        <v>134</v>
+      </c>
+      <c r="H251" s="145">
+        <v>43569</v>
+      </c>
+      <c r="I251" s="144"/>
+      <c r="J251" s="29"/>
+      <c r="K251" s="29"/>
+    </row>
+    <row r="252" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B252" s="1079"/>
+      <c r="C252" s="164"/>
+      <c r="D252" s="143"/>
+      <c r="E252" s="157"/>
+      <c r="F252" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G252" s="143"/>
+      <c r="H252" s="156"/>
+      <c r="I252" s="141"/>
+      <c r="J252" s="499"/>
+      <c r="K252" s="29"/>
+    </row>
+    <row r="253" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B253" s="1063">
+        <f>MAX(B$27:B252)+1</f>
+        <v>60</v>
+      </c>
+      <c r="C253" s="167"/>
+      <c r="D253" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E253" s="155"/>
+      <c r="F253" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G253" s="155"/>
+      <c r="H253" s="162"/>
+      <c r="I253" s="150"/>
+      <c r="J253" s="500"/>
+      <c r="K253" s="29"/>
+    </row>
+    <row r="254" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B254" s="1105"/>
+      <c r="C254" s="161" t="s">
+        <v>374</v>
+      </c>
+      <c r="D254" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E254" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F254" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G254" s="146" t="s">
+        <v>373</v>
+      </c>
+      <c r="H254" s="145">
+        <v>43556</v>
+      </c>
+      <c r="I254" s="144"/>
+      <c r="J254" s="499"/>
+      <c r="K254" s="29"/>
+    </row>
+    <row r="255" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B255" s="1079"/>
+      <c r="C255" s="164"/>
+      <c r="D255" s="143"/>
+      <c r="E255" s="157"/>
+      <c r="F255" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G255" s="143"/>
+      <c r="H255" s="156"/>
+      <c r="I255" s="141"/>
+      <c r="J255" s="499"/>
+      <c r="K255" s="29"/>
+    </row>
+    <row r="256" spans="2:11" x14ac:dyDescent="0.2">
+      <c r="B256" s="1063">
+        <f>MAX(B$27:B255)+1</f>
+        <v>61</v>
+      </c>
+      <c r="C256" s="167"/>
+      <c r="D256" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E256" s="155"/>
+      <c r="F256" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G256" s="155"/>
+      <c r="H256" s="162"/>
+      <c r="I256" s="150"/>
+    </row>
+    <row r="257" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B257" s="1105"/>
+      <c r="C257" s="161" t="s">
+        <v>372</v>
+      </c>
+      <c r="D257" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E257" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F257" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G257" s="146" t="s">
+        <v>371</v>
+      </c>
+      <c r="H257" s="521">
+        <v>43546</v>
+      </c>
+      <c r="I257" s="144"/>
+    </row>
+    <row r="258" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B258" s="1079"/>
+      <c r="C258" s="164"/>
+      <c r="D258" s="143"/>
+      <c r="E258" s="157"/>
+      <c r="F258" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G258" s="111">
+        <v>8</v>
+      </c>
+      <c r="H258" s="145">
+        <v>44399</v>
+      </c>
+      <c r="I258" s="141"/>
+    </row>
+    <row r="259" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B259" s="1063">
+        <f>MAX(B$27:B258)+1</f>
+        <v>62</v>
+      </c>
+      <c r="C259" s="167"/>
+      <c r="D259" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E259" s="155"/>
+      <c r="F259" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G259" s="155"/>
+      <c r="H259" s="162"/>
+      <c r="I259" s="150"/>
+    </row>
+    <row r="260" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B260" s="1105"/>
+      <c r="C260" s="161" t="s">
+        <v>543</v>
+      </c>
+      <c r="D260" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E260" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F260" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G260" s="146" t="s">
+        <v>370</v>
+      </c>
+      <c r="H260" s="145">
+        <v>43553</v>
+      </c>
+      <c r="I260" s="144"/>
+    </row>
+    <row r="261" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B261" s="1079"/>
+      <c r="C261" s="164"/>
+      <c r="D261" s="143"/>
+      <c r="E261" s="157"/>
+      <c r="F261" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G261" s="143"/>
+      <c r="H261" s="156"/>
+      <c r="I261" s="141"/>
+    </row>
+    <row r="262" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B262" s="1063">
+        <f>MAX(B$27:B261)+1</f>
+        <v>63</v>
+      </c>
+      <c r="C262" s="29"/>
+      <c r="D262" s="147" t="s">
+        <v>716</v>
+      </c>
+      <c r="E262" s="159"/>
+      <c r="F262" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G262" s="64"/>
+      <c r="H262" s="192"/>
+      <c r="I262" s="144"/>
+    </row>
+    <row r="263" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B263" s="1105"/>
+      <c r="C263" s="161" t="s">
+        <v>561</v>
+      </c>
+      <c r="D263" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E263" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F263" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G263" s="542" t="s">
+        <v>857</v>
+      </c>
+      <c r="H263" s="145">
+        <v>43553</v>
+      </c>
+      <c r="I263" s="144"/>
+    </row>
+    <row r="264" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B264" s="1105"/>
+      <c r="C264" s="177"/>
+      <c r="D264" s="147"/>
+      <c r="E264" s="159"/>
+      <c r="F264" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G264" s="64"/>
+      <c r="H264" s="145"/>
+      <c r="I264" s="144"/>
+    </row>
+    <row r="265" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B265" s="1079"/>
+      <c r="C265" s="29"/>
+      <c r="D265" s="143"/>
+      <c r="E265" s="159"/>
+      <c r="F265" s="111"/>
+      <c r="G265" s="111" t="s">
+        <v>509</v>
+      </c>
+      <c r="H265" s="191">
+        <v>44702</v>
+      </c>
+      <c r="I265" s="144"/>
+    </row>
+    <row r="266" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B266" s="1063">
+        <f>MAX(B$27:B265)+1</f>
+        <v>64</v>
+      </c>
+      <c r="C266" s="155"/>
+      <c r="D266" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E266" s="155"/>
+      <c r="F266" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G266" s="155"/>
+      <c r="H266" s="155"/>
+      <c r="I266" s="150"/>
+    </row>
+    <row r="267" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B267" s="1105"/>
+      <c r="C267" s="147" t="s">
+        <v>369</v>
+      </c>
+      <c r="D267" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E267" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F267" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G267" s="146" t="s">
+        <v>364</v>
+      </c>
+      <c r="H267" s="145">
+        <v>43545</v>
+      </c>
+      <c r="I267" s="144"/>
+    </row>
+    <row r="268" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B268" s="1079"/>
+      <c r="C268" s="143"/>
+      <c r="D268" s="143"/>
+      <c r="E268" s="143"/>
+      <c r="F268" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G268" s="143"/>
+      <c r="H268" s="143"/>
+      <c r="I268" s="141"/>
+    </row>
+    <row r="269" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B269" s="1063">
+        <f>MAX(B$27:B268)+1</f>
+        <v>65</v>
+      </c>
+      <c r="C269" s="167"/>
+      <c r="D269" s="119" t="s">
+        <v>368</v>
+      </c>
+      <c r="E269" s="155"/>
+      <c r="F269" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G269" s="155"/>
+      <c r="H269" s="162"/>
+      <c r="I269" s="1165" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="270" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B270" s="1105"/>
+      <c r="C270" s="161" t="s">
+        <v>661</v>
+      </c>
+      <c r="D270" s="147" t="s">
+        <v>367</v>
+      </c>
+      <c r="E270" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F270" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G270" s="146" t="s">
+        <v>114</v>
+      </c>
+      <c r="H270" s="145">
+        <v>43543</v>
+      </c>
+      <c r="I270" s="1166"/>
+    </row>
+    <row r="271" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B271" s="1079"/>
+      <c r="C271" s="164"/>
+      <c r="D271" s="143"/>
+      <c r="E271" s="157"/>
+      <c r="F271" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G271" s="143"/>
+      <c r="H271" s="156"/>
+      <c r="I271" s="1167"/>
+    </row>
+    <row r="272" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B272" s="1063">
+        <f>MAX(B$27:B271)+1</f>
+        <v>66</v>
+      </c>
+      <c r="C272" s="167"/>
+      <c r="D272" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E272" s="155"/>
+      <c r="F272" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G272" s="155"/>
+      <c r="H272" s="162"/>
+      <c r="I272" s="150"/>
+    </row>
+    <row r="273" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B273" s="1105"/>
+      <c r="C273" s="161" t="s">
+        <v>366</v>
+      </c>
+      <c r="D273" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E273" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F273" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G273" s="146" t="s">
+        <v>109</v>
+      </c>
+      <c r="H273" s="145">
+        <v>43584</v>
+      </c>
+      <c r="I273" s="144"/>
+    </row>
+    <row r="274" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B274" s="1079"/>
+      <c r="C274" s="164"/>
+      <c r="D274" s="143"/>
+      <c r="E274" s="157"/>
+      <c r="F274" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G274" s="143"/>
+      <c r="H274" s="156"/>
+      <c r="I274" s="141"/>
+    </row>
+    <row r="275" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B275" s="1063">
+        <f>MAX(B$27:B274)+1</f>
+        <v>67</v>
+      </c>
+      <c r="C275" s="167"/>
+      <c r="D275" s="152" t="s">
+        <v>365</v>
+      </c>
+      <c r="E275" s="155"/>
+      <c r="F275" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G275" s="146" t="s">
+        <v>364</v>
+      </c>
+      <c r="H275" s="145">
+        <v>43617</v>
+      </c>
+      <c r="I275" s="150"/>
+    </row>
+    <row r="276" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B276" s="1105"/>
+      <c r="C276" s="161" t="s">
+        <v>363</v>
+      </c>
+      <c r="D276" s="148" t="s">
+        <v>362</v>
+      </c>
+      <c r="E276" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F276" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G276" s="171" t="s">
+        <v>192</v>
+      </c>
+      <c r="H276" s="170">
+        <v>43617</v>
+      </c>
+      <c r="I276" s="170">
+        <v>43642</v>
+      </c>
+    </row>
+    <row r="277" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B277" s="1079"/>
+      <c r="C277" s="164"/>
+      <c r="D277" s="143"/>
+      <c r="E277" s="157"/>
+      <c r="F277" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G277" s="168"/>
+      <c r="H277" s="169"/>
+      <c r="I277" s="168"/>
+    </row>
+    <row r="278" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B278" s="1063">
+        <f>MAX(B$27:B277)+1</f>
+        <v>68</v>
+      </c>
+      <c r="C278" s="167"/>
+      <c r="D278" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E278" s="155"/>
+      <c r="F278" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G278" s="155"/>
+      <c r="H278" s="162"/>
+      <c r="I278" s="150"/>
+    </row>
+    <row r="279" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B279" s="1105"/>
+      <c r="C279" s="161" t="s">
+        <v>360</v>
+      </c>
+      <c r="D279" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E279" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F279" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G279" s="146" t="s">
+        <v>122</v>
+      </c>
+      <c r="H279" s="145">
+        <v>43566</v>
+      </c>
+      <c r="I279" s="144"/>
+    </row>
+    <row r="280" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B280" s="1079"/>
+      <c r="C280" s="164"/>
+      <c r="D280" s="143"/>
+      <c r="E280" s="157"/>
+      <c r="F280" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G280" s="143"/>
+      <c r="H280" s="156"/>
+      <c r="I280" s="141"/>
+    </row>
+    <row r="281" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B281" s="1063">
+        <f>MAX(B$27:B280)+1</f>
+        <v>69</v>
+      </c>
+      <c r="C281" s="155"/>
+      <c r="D281" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E281" s="155"/>
+      <c r="F281" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G281" s="155"/>
+      <c r="H281" s="162"/>
+      <c r="I281" s="1165" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="282" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B282" s="1105"/>
+      <c r="C282" s="161" t="s">
         <v>358</v>
       </c>
-      <c r="E242" s="156"/>
-      <c r="F242" s="120" t="s">
+      <c r="D282" s="160" t="s">
+        <v>343</v>
+      </c>
+      <c r="E282" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F282" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G282" s="146" t="s">
+        <v>342</v>
+      </c>
+      <c r="H282" s="145">
+        <v>43586</v>
+      </c>
+      <c r="I282" s="1166"/>
+    </row>
+    <row r="283" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B283" s="1105"/>
+      <c r="C283" s="64"/>
+      <c r="D283" s="160"/>
+      <c r="E283" s="159"/>
+      <c r="F283" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G283" s="64"/>
+      <c r="H283" s="192"/>
+      <c r="I283" s="1166"/>
+    </row>
+    <row r="284" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B284" s="928"/>
+      <c r="C284" s="143"/>
+      <c r="D284" s="158"/>
+      <c r="E284" s="157"/>
+      <c r="F284" s="118"/>
+      <c r="G284" s="111" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H284" s="191">
+        <v>45857</v>
+      </c>
+      <c r="I284" s="931"/>
+    </row>
+    <row r="285" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B285" s="1105">
+        <f>MAX(B$27:B283)+1</f>
+        <v>70</v>
+      </c>
+      <c r="C285" s="29"/>
+      <c r="D285" s="147" t="s">
+        <v>356</v>
+      </c>
+      <c r="E285" s="64"/>
+      <c r="F285" s="147" t="s">
+        <v>332</v>
+      </c>
+      <c r="G285" s="542"/>
+      <c r="H285" s="192"/>
+      <c r="I285" s="1170" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="286" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B286" s="1105"/>
+      <c r="C286" s="161" t="s">
+        <v>167</v>
+      </c>
+      <c r="D286" s="147" t="s">
+        <v>355</v>
+      </c>
+      <c r="E286" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F286" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G286" s="146" t="s">
+        <v>354</v>
+      </c>
+      <c r="H286" s="145">
+        <v>43584</v>
+      </c>
+      <c r="I286" s="1170"/>
+    </row>
+    <row r="287" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B287" s="1105"/>
+      <c r="C287" s="29"/>
+      <c r="D287" s="64"/>
+      <c r="E287" s="159"/>
+      <c r="F287" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G287" s="146"/>
+      <c r="H287" s="192"/>
+      <c r="I287" s="1170"/>
+    </row>
+    <row r="288" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B288" s="1079"/>
+      <c r="C288" s="164"/>
+      <c r="D288" s="143"/>
+      <c r="E288" s="157"/>
+      <c r="F288" s="118"/>
+      <c r="G288" s="246" t="s">
+        <v>577</v>
+      </c>
+      <c r="H288" s="367">
+        <v>43768</v>
+      </c>
+      <c r="I288" s="359"/>
+    </row>
+    <row r="289" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B289" s="1063">
+        <f>MAX(B$27:B288)+1</f>
+        <v>71</v>
+      </c>
+      <c r="C289" s="167"/>
+      <c r="D289" s="119" t="s">
         <v>339</v>
       </c>
-      <c r="G242" s="156"/>
-[...5 lines deleted...]
-      <c r="C243" s="178" t="s">
+      <c r="E289" s="155"/>
+      <c r="F289" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G289" s="138"/>
+      <c r="H289" s="162"/>
+      <c r="I289" s="150"/>
+    </row>
+    <row r="290" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B290" s="1105"/>
+      <c r="C290" s="161" t="s">
+        <v>353</v>
+      </c>
+      <c r="D290" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E290" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F290" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G290" s="146" t="s">
+        <v>297</v>
+      </c>
+      <c r="H290" s="145">
+        <v>43549</v>
+      </c>
+      <c r="I290" s="144"/>
+    </row>
+    <row r="291" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B291" s="1079"/>
+      <c r="C291" s="164"/>
+      <c r="D291" s="143"/>
+      <c r="E291" s="157"/>
+      <c r="F291" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G291" s="139"/>
+      <c r="H291" s="156"/>
+      <c r="I291" s="141"/>
+    </row>
+    <row r="292" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B292" s="1063">
+        <f>MAX(B$27:B291)+1</f>
+        <v>72</v>
+      </c>
+      <c r="C292" s="155"/>
+      <c r="D292" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E292" s="155"/>
+      <c r="F292" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G292" s="146" t="s">
+        <v>121</v>
+      </c>
+      <c r="H292" s="145">
+        <v>43603</v>
+      </c>
+      <c r="I292" s="903"/>
+    </row>
+    <row r="293" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B293" s="1105"/>
+      <c r="C293" s="161" t="s">
+        <v>352</v>
+      </c>
+      <c r="D293" s="160" t="s">
+        <v>343</v>
+      </c>
+      <c r="E293" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F293" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G293" s="146"/>
+      <c r="H293" s="145"/>
+      <c r="I293" s="904"/>
+    </row>
+    <row r="294" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B294" s="1079"/>
+      <c r="C294" s="143"/>
+      <c r="D294" s="158"/>
+      <c r="E294" s="157"/>
+      <c r="F294" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G294" s="691">
+        <v>8</v>
+      </c>
+      <c r="H294" s="692">
+        <v>44135</v>
+      </c>
+      <c r="I294" s="692">
+        <v>45751</v>
+      </c>
+    </row>
+    <row r="295" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B295" s="1063">
+        <f>MAX(B$27:B294)+1</f>
+        <v>73</v>
+      </c>
+      <c r="C295" s="167"/>
+      <c r="D295" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E295" s="155"/>
+      <c r="F295" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G295" s="155"/>
+      <c r="H295" s="162"/>
+      <c r="I295" s="150"/>
+    </row>
+    <row r="296" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B296" s="1105"/>
+      <c r="C296" s="161" t="s">
+        <v>350</v>
+      </c>
+      <c r="D296" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E296" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F296" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G296" s="146" t="s">
+        <v>312</v>
+      </c>
+      <c r="H296" s="145">
+        <v>43610</v>
+      </c>
+      <c r="I296" s="144"/>
+    </row>
+    <row r="297" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B297" s="1079"/>
+      <c r="C297" s="164"/>
+      <c r="D297" s="143"/>
+      <c r="E297" s="157"/>
+      <c r="F297" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G297" s="143"/>
+      <c r="H297" s="156"/>
+      <c r="I297" s="141"/>
+    </row>
+    <row r="298" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B298" s="1063">
+        <f>MAX(B$27:B297)+1</f>
+        <v>74</v>
+      </c>
+      <c r="C298" s="167"/>
+      <c r="D298" s="166" t="s">
+        <v>348</v>
+      </c>
+      <c r="E298" s="155"/>
+      <c r="F298" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G298" s="155"/>
+      <c r="H298" s="162"/>
+      <c r="I298" s="150"/>
+    </row>
+    <row r="299" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B299" s="1105"/>
+      <c r="C299" s="161" t="s">
+        <v>347</v>
+      </c>
+      <c r="D299" s="165" t="s">
+        <v>346</v>
+      </c>
+      <c r="E299" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F299" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G299" s="146" t="s">
+        <v>121</v>
+      </c>
+      <c r="H299" s="145">
+        <v>43586</v>
+      </c>
+      <c r="I299" s="144"/>
+    </row>
+    <row r="300" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B300" s="1105"/>
+      <c r="C300" s="29"/>
+      <c r="D300" s="64"/>
+      <c r="E300" s="159"/>
+      <c r="F300" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G300" s="64"/>
+      <c r="H300" s="192"/>
+      <c r="I300" s="144"/>
+    </row>
+    <row r="301" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B301" s="1079"/>
+      <c r="C301" s="164"/>
+      <c r="D301" s="143"/>
+      <c r="E301" s="157"/>
+      <c r="F301" s="118"/>
+      <c r="G301" s="244" t="s">
+        <v>196</v>
+      </c>
+      <c r="H301" s="112">
+        <v>45737</v>
+      </c>
+      <c r="I301" s="141"/>
+    </row>
+    <row r="302" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B302" s="1063">
+        <f>MAX(B$27:B300)+1</f>
+        <v>75</v>
+      </c>
+      <c r="C302" s="155"/>
+      <c r="D302" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E302" s="155"/>
+      <c r="F302" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G302" s="155"/>
+      <c r="H302" s="162"/>
+      <c r="I302" s="150"/>
+    </row>
+    <row r="303" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B303" s="1105"/>
+      <c r="C303" s="161" t="s">
+        <v>344</v>
+      </c>
+      <c r="D303" s="160" t="s">
+        <v>343</v>
+      </c>
+      <c r="E303" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F303" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G303" s="146" t="s">
+        <v>342</v>
+      </c>
+      <c r="H303" s="145">
+        <v>43610</v>
+      </c>
+      <c r="I303" s="144"/>
+    </row>
+    <row r="304" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B304" s="1105"/>
+      <c r="C304" s="64"/>
+      <c r="D304" s="160"/>
+      <c r="E304" s="159"/>
+      <c r="F304" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G304" s="64"/>
+      <c r="H304" s="192"/>
+      <c r="I304" s="144"/>
+    </row>
+    <row r="305" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B305" s="1079"/>
+      <c r="C305" s="186"/>
+      <c r="D305" s="204"/>
+      <c r="E305" s="186"/>
+      <c r="F305" s="319"/>
+      <c r="G305" s="244">
+        <v>8</v>
+      </c>
+      <c r="H305" s="112">
+        <v>43800</v>
+      </c>
+      <c r="I305" s="320"/>
+      <c r="J305" s="28"/>
+    </row>
+    <row r="306" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B306" s="1063">
+        <f>MAX(B$27:B305)+1</f>
+        <v>76</v>
+      </c>
+      <c r="C306" s="119"/>
+      <c r="D306" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E306" s="119"/>
+      <c r="F306" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G306" s="119"/>
+      <c r="H306" s="151"/>
+      <c r="I306" s="150"/>
+    </row>
+    <row r="307" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B307" s="1105"/>
+      <c r="C307" s="149" t="s">
+        <v>335</v>
+      </c>
+      <c r="D307" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E307" s="146" t="s">
+        <v>50</v>
+      </c>
+      <c r="F307" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G307" s="146" t="s">
+        <v>334</v>
+      </c>
+      <c r="H307" s="145">
+        <v>43692</v>
+      </c>
+      <c r="I307" s="144"/>
+    </row>
+    <row r="308" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B308" s="1079"/>
+      <c r="C308" s="118"/>
+      <c r="D308" s="143"/>
+      <c r="E308" s="118"/>
+      <c r="F308" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G308" s="118"/>
+      <c r="H308" s="142"/>
+      <c r="I308" s="141"/>
+    </row>
+    <row r="309" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B309" s="1063">
+        <f>MAX(B$27:B308)+1</f>
+        <v>77</v>
+      </c>
+      <c r="C309" s="119"/>
+      <c r="D309" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E309" s="119"/>
+      <c r="F309" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G309" s="119"/>
+      <c r="H309" s="151"/>
+      <c r="I309" s="150"/>
+    </row>
+    <row r="310" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B310" s="1105"/>
+      <c r="C310" s="149" t="s">
+        <v>331</v>
+      </c>
+      <c r="D310" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E310" s="146" t="s">
+        <v>50</v>
+      </c>
+      <c r="F310" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G310" s="146"/>
+      <c r="H310" s="145">
+        <v>43662</v>
+      </c>
+      <c r="I310" s="144"/>
+    </row>
+    <row r="311" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B311" s="1105"/>
+      <c r="C311" s="147"/>
+      <c r="D311" s="64"/>
+      <c r="E311" s="147"/>
+      <c r="F311" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G311" s="147"/>
+      <c r="H311" s="262"/>
+      <c r="I311" s="144"/>
+    </row>
+    <row r="312" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B312" s="1105"/>
+      <c r="C312" s="147"/>
+      <c r="D312" s="64"/>
+      <c r="E312" s="147"/>
+      <c r="F312" s="198"/>
+      <c r="G312" s="477" t="s">
+        <v>281</v>
+      </c>
+      <c r="H312" s="480">
+        <v>44152</v>
+      </c>
+      <c r="I312" s="144"/>
+    </row>
+    <row r="313" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B313" s="974"/>
+      <c r="C313" s="118"/>
+      <c r="D313" s="143"/>
+      <c r="E313" s="118"/>
+      <c r="F313" s="118"/>
+      <c r="G313" s="111" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H313" s="191">
+        <v>45901</v>
+      </c>
+      <c r="I313" s="141"/>
+    </row>
+    <row r="314" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B314" s="1161">
+        <f>MAX(B$27:B312)+1</f>
+        <v>78</v>
+      </c>
+      <c r="C314" s="1193" t="s">
+        <v>518</v>
+      </c>
+      <c r="D314" s="166" t="s">
+        <v>348</v>
+      </c>
+      <c r="E314" s="155"/>
+      <c r="F314" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G314" s="155"/>
+      <c r="H314" s="162"/>
+      <c r="I314" s="150"/>
+    </row>
+    <row r="315" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B315" s="1162"/>
+      <c r="C315" s="1194"/>
+      <c r="D315" s="165" t="s">
+        <v>346</v>
+      </c>
+      <c r="E315" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F315" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G315" s="146" t="s">
+        <v>296</v>
+      </c>
+      <c r="H315" s="145">
+        <v>43718</v>
+      </c>
+      <c r="I315" s="144"/>
+    </row>
+    <row r="316" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B316" s="1162"/>
+      <c r="C316" s="1194"/>
+      <c r="D316" s="64"/>
+      <c r="E316" s="159"/>
+      <c r="F316" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G316" s="64"/>
+      <c r="H316" s="192"/>
+      <c r="I316" s="144"/>
+    </row>
+    <row r="317" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B317" s="1162"/>
+      <c r="C317" s="1194"/>
+      <c r="D317" s="64"/>
+      <c r="E317" s="157"/>
+      <c r="F317" s="118"/>
+      <c r="G317" s="111">
+        <v>6</v>
+      </c>
+      <c r="H317" s="191">
+        <v>45800</v>
+      </c>
+      <c r="I317" s="144"/>
+    </row>
+    <row r="318" spans="2:10" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B318" s="1162"/>
+      <c r="C318" s="1194"/>
+      <c r="D318" s="64"/>
+      <c r="E318" s="339" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F318" s="421" t="s">
+        <v>785</v>
+      </c>
+      <c r="G318" s="539" t="s">
+        <v>786</v>
+      </c>
+      <c r="H318" s="541" t="s">
+        <v>787</v>
+      </c>
+      <c r="I318" s="420"/>
+    </row>
+    <row r="319" spans="2:10" ht="66" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B319" s="1163"/>
+      <c r="C319" s="1195"/>
+      <c r="D319" s="143"/>
+      <c r="E319" s="422" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F319" s="423" t="s">
+        <v>673</v>
+      </c>
+      <c r="G319" s="424" t="s">
+        <v>110</v>
+      </c>
+      <c r="H319" s="425">
+        <v>43876</v>
+      </c>
+      <c r="I319" s="425">
+        <v>44196</v>
+      </c>
+    </row>
+    <row r="320" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B320" s="1161">
+        <f>MAX(B$27:B319)+1</f>
+        <v>79</v>
+      </c>
+      <c r="C320" s="152"/>
+      <c r="D320" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E320" s="155"/>
+      <c r="F320" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G320" s="119"/>
+      <c r="H320" s="150"/>
+      <c r="I320" s="150"/>
+    </row>
+    <row r="321" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B321" s="1162"/>
+      <c r="C321" s="232" t="s">
+        <v>523</v>
+      </c>
+      <c r="D321" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E321" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F321" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G321" s="146" t="s">
         <v>388</v>
       </c>
-      <c r="D243" s="148" t="s">
+      <c r="H321" s="310" t="s">
+        <v>525</v>
+      </c>
+      <c r="I321" s="144"/>
+    </row>
+    <row r="322" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B322" s="1163"/>
+      <c r="C322" s="254"/>
+      <c r="D322" s="143"/>
+      <c r="E322" s="157"/>
+      <c r="F322" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G322" s="118"/>
+      <c r="H322" s="141"/>
+      <c r="I322" s="141"/>
+    </row>
+    <row r="323" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B323" s="1161">
+        <f>MAX(B$27:B322)+1</f>
+        <v>80</v>
+      </c>
+      <c r="C323" s="152"/>
+      <c r="D323" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E323" s="155"/>
+      <c r="F323" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G323" s="119"/>
+      <c r="H323" s="150"/>
+      <c r="I323" s="150"/>
+    </row>
+    <row r="324" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B324" s="1162"/>
+      <c r="C324" s="232" t="s">
+        <v>524</v>
+      </c>
+      <c r="D324" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E324" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F324" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G324" s="146" t="s">
+        <v>122</v>
+      </c>
+      <c r="H324" s="310">
+        <v>43769</v>
+      </c>
+      <c r="I324" s="144"/>
+    </row>
+    <row r="325" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B325" s="1163"/>
+      <c r="C325" s="118"/>
+      <c r="D325" s="143"/>
+      <c r="E325" s="157"/>
+      <c r="F325" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G325" s="118"/>
+      <c r="H325" s="141"/>
+      <c r="I325" s="141"/>
+    </row>
+    <row r="326" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B326" s="1161">
+        <f>MAX(B$27:B325)+1</f>
+        <v>81</v>
+      </c>
+      <c r="C326" s="152"/>
+      <c r="D326" s="153" t="s">
+        <v>337</v>
+      </c>
+      <c r="E326" s="155"/>
+      <c r="F326" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G326" s="119"/>
+      <c r="H326" s="150"/>
+      <c r="I326" s="150"/>
+    </row>
+    <row r="327" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B327" s="1162"/>
+      <c r="C327" s="232" t="s">
+        <v>527</v>
+      </c>
+      <c r="D327" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E327" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F327" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G327" s="146" t="s">
+        <v>114</v>
+      </c>
+      <c r="H327" s="310">
+        <v>43787</v>
+      </c>
+      <c r="I327" s="144"/>
+    </row>
+    <row r="328" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B328" s="1163"/>
+      <c r="C328" s="254"/>
+      <c r="D328" s="143"/>
+      <c r="E328" s="157"/>
+      <c r="F328" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G328" s="118"/>
+      <c r="H328" s="141"/>
+      <c r="I328" s="141"/>
+    </row>
+    <row r="329" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B329" s="1161">
+        <f>MAX(B$27:B328)+1</f>
+        <v>82</v>
+      </c>
+      <c r="C329" s="152"/>
+      <c r="D329" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E329" s="155"/>
+      <c r="F329" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G329" s="119"/>
+      <c r="H329" s="150"/>
+      <c r="I329" s="150"/>
+    </row>
+    <row r="330" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B330" s="1162"/>
+      <c r="C330" s="232" t="s">
+        <v>528</v>
+      </c>
+      <c r="D330" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E330" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F330" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G330" s="146" t="s">
+        <v>529</v>
+      </c>
+      <c r="H330" s="310">
+        <v>43790</v>
+      </c>
+      <c r="I330" s="144"/>
+    </row>
+    <row r="331" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B331" s="1163"/>
+      <c r="C331" s="254"/>
+      <c r="D331" s="143"/>
+      <c r="E331" s="157"/>
+      <c r="F331" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G331" s="118"/>
+      <c r="H331" s="141"/>
+      <c r="I331" s="141"/>
+    </row>
+    <row r="332" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B332" s="1161">
+        <f>MAX(B$27:B331)+1</f>
+        <v>83</v>
+      </c>
+      <c r="C332" s="152"/>
+      <c r="D332" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E332" s="155"/>
+      <c r="F332" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G332" s="119"/>
+      <c r="H332" s="183"/>
+      <c r="I332" s="150"/>
+    </row>
+    <row r="333" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B333" s="1162"/>
+      <c r="C333" s="232" t="s">
+        <v>531</v>
+      </c>
+      <c r="D333" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E333" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F333" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G333" s="146" t="s">
+        <v>530</v>
+      </c>
+      <c r="H333" s="318">
+        <v>43846</v>
+      </c>
+      <c r="I333" s="144"/>
+    </row>
+    <row r="334" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B334" s="1163"/>
+      <c r="C334" s="254"/>
+      <c r="D334" s="143"/>
+      <c r="E334" s="157"/>
+      <c r="F334" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G334" s="118"/>
+      <c r="H334" s="180"/>
+      <c r="I334" s="141"/>
+    </row>
+    <row r="335" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B335" s="1161">
+        <f>MAX(B$27:B334)+1</f>
+        <v>84</v>
+      </c>
+      <c r="C335" s="152"/>
+      <c r="D335" s="119" t="s">
+        <v>351</v>
+      </c>
+      <c r="E335" s="155"/>
+      <c r="F335" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G335" s="119"/>
+      <c r="H335" s="150"/>
+      <c r="I335" s="150"/>
+    </row>
+    <row r="336" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B336" s="1162"/>
+      <c r="C336" s="232" t="s">
+        <v>532</v>
+      </c>
+      <c r="D336" s="165" t="s">
+        <v>425</v>
+      </c>
+      <c r="E336" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F336" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G336" s="146" t="s">
+        <v>388</v>
+      </c>
+      <c r="H336" s="318">
+        <v>43790</v>
+      </c>
+      <c r="I336" s="144"/>
+    </row>
+    <row r="337" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B337" s="1163"/>
+      <c r="C337" s="254"/>
+      <c r="D337" s="143"/>
+      <c r="E337" s="157"/>
+      <c r="F337" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G337" s="118"/>
+      <c r="H337" s="141"/>
+      <c r="I337" s="141"/>
+    </row>
+    <row r="338" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B338" s="1161">
+        <f>MAX(B$27:B337)+1</f>
+        <v>85</v>
+      </c>
+      <c r="C338" s="152"/>
+      <c r="D338" s="153" t="s">
+        <v>337</v>
+      </c>
+      <c r="E338" s="155"/>
+      <c r="F338" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G338" s="119"/>
+      <c r="H338" s="151"/>
+      <c r="I338" s="150"/>
+    </row>
+    <row r="339" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B339" s="1162"/>
+      <c r="C339" s="232" t="s">
+        <v>533</v>
+      </c>
+      <c r="D339" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E339" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F339" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G339" s="146" t="s">
+        <v>296</v>
+      </c>
+      <c r="H339" s="145">
+        <v>43761</v>
+      </c>
+      <c r="I339" s="144"/>
+    </row>
+    <row r="340" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B340" s="1163"/>
+      <c r="C340" s="118"/>
+      <c r="D340" s="143"/>
+      <c r="E340" s="157"/>
+      <c r="F340" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G340" s="147"/>
+      <c r="H340" s="262"/>
+      <c r="I340" s="144"/>
+    </row>
+    <row r="341" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B341" s="1161">
+        <f>MAX(B$27:B340)+1</f>
+        <v>86</v>
+      </c>
+      <c r="C341" s="328"/>
+      <c r="D341" s="152" t="s">
+        <v>365</v>
+      </c>
+      <c r="E341" s="155"/>
+      <c r="F341" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G341" s="321"/>
+      <c r="H341" s="324"/>
+      <c r="I341" s="150"/>
+    </row>
+    <row r="342" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B342" s="1162"/>
+      <c r="C342" s="329" t="s">
+        <v>536</v>
+      </c>
+      <c r="D342" s="148" t="s">
+        <v>362</v>
+      </c>
+      <c r="E342" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F342" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G342" s="327" t="s">
+        <v>312</v>
+      </c>
+      <c r="H342" s="326">
+        <v>43859</v>
+      </c>
+      <c r="I342" s="323"/>
+    </row>
+    <row r="343" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B343" s="1163"/>
+      <c r="C343" s="330"/>
+      <c r="D343" s="143"/>
+      <c r="E343" s="157"/>
+      <c r="F343" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G343" s="322"/>
+      <c r="H343" s="325"/>
+      <c r="I343" s="168"/>
+    </row>
+    <row r="344" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="1161">
+        <f>MAX(B$27:B343)+1</f>
+        <v>87</v>
+      </c>
+      <c r="C344" s="119"/>
+      <c r="D344" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E344" s="155"/>
+      <c r="F344" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G344" s="119"/>
+      <c r="H344" s="150"/>
+      <c r="I344" s="1225" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="345" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B345" s="1162"/>
+      <c r="C345" s="1111" t="s">
+        <v>952</v>
+      </c>
+      <c r="D345" s="165" t="s">
+        <v>425</v>
+      </c>
+      <c r="E345" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F345" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G345" s="146" t="s">
+        <v>537</v>
+      </c>
+      <c r="H345" s="326">
+        <v>43831</v>
+      </c>
+      <c r="I345" s="1226"/>
+    </row>
+    <row r="346" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B346" s="1162"/>
+      <c r="C346" s="1111"/>
+      <c r="D346" s="64"/>
+      <c r="E346" s="159"/>
+      <c r="F346" s="237" t="s">
+        <v>328</v>
+      </c>
+      <c r="G346" s="147"/>
+      <c r="H346" s="144"/>
+      <c r="I346" s="1226"/>
+    </row>
+    <row r="347" spans="2:9" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B347" s="1163"/>
+      <c r="C347" s="148"/>
+      <c r="D347" s="64"/>
+      <c r="E347" s="159"/>
+      <c r="F347" s="237"/>
+      <c r="G347" s="111" t="s">
+        <v>687</v>
+      </c>
+      <c r="H347" s="392">
+        <v>43884</v>
+      </c>
+      <c r="I347" s="1227"/>
+    </row>
+    <row r="348" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B348" s="1161">
+        <f>MAX(B$27:B347)+1</f>
+        <v>88</v>
+      </c>
+      <c r="C348" s="119"/>
+      <c r="D348" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E348" s="155"/>
+      <c r="F348" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G348" s="119"/>
+      <c r="H348" s="150"/>
+      <c r="I348" s="150"/>
+    </row>
+    <row r="349" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B349" s="1162"/>
+      <c r="C349" s="149" t="s">
+        <v>589</v>
+      </c>
+      <c r="D349" s="147" t="s">
+        <v>349</v>
+      </c>
+      <c r="E349" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F349" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G349" s="146" t="s">
+        <v>548</v>
+      </c>
+      <c r="H349" s="326">
+        <v>43836</v>
+      </c>
+      <c r="I349" s="144"/>
+    </row>
+    <row r="350" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B350" s="1163"/>
+      <c r="C350" s="118"/>
+      <c r="D350" s="143"/>
+      <c r="E350" s="157"/>
+      <c r="F350" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G350" s="118"/>
+      <c r="H350" s="141"/>
+      <c r="I350" s="141"/>
+    </row>
+    <row r="351" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B351" s="1161">
+        <f>MAX(B$27:B350)+1</f>
+        <v>89</v>
+      </c>
+      <c r="C351" s="119"/>
+      <c r="D351" s="166" t="s">
+        <v>551</v>
+      </c>
+      <c r="E351" s="155"/>
+      <c r="F351" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G351" s="119"/>
+      <c r="H351" s="150"/>
+      <c r="I351" s="150"/>
+    </row>
+    <row r="352" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B352" s="1162"/>
+      <c r="C352" s="149" t="s">
+        <v>552</v>
+      </c>
+      <c r="D352" s="147" t="s">
+        <v>553</v>
+      </c>
+      <c r="E352" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F352" s="147"/>
+      <c r="G352" s="146"/>
+      <c r="H352" s="326">
+        <v>43810</v>
+      </c>
+      <c r="I352" s="144"/>
+    </row>
+    <row r="353" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B353" s="1163"/>
+      <c r="C353" s="118"/>
+      <c r="D353" s="143"/>
+      <c r="E353" s="157"/>
+      <c r="F353" s="118"/>
+      <c r="G353" s="118"/>
+      <c r="H353" s="141"/>
+      <c r="I353" s="141"/>
+    </row>
+    <row r="354" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B354" s="1161">
+        <f>MAX(B$27:B353)+1</f>
+        <v>90</v>
+      </c>
+      <c r="C354" s="152"/>
+      <c r="D354" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E354" s="336"/>
+      <c r="F354" s="119"/>
+      <c r="G354" s="119"/>
+      <c r="H354" s="150"/>
+      <c r="I354" s="150"/>
+    </row>
+    <row r="355" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B355" s="1162"/>
+      <c r="C355" s="232" t="s">
+        <v>558</v>
+      </c>
+      <c r="D355" s="160" t="s">
+        <v>343</v>
+      </c>
+      <c r="E355" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F355" s="147"/>
+      <c r="G355" s="146">
+        <v>6</v>
+      </c>
+      <c r="H355" s="326">
+        <v>43871</v>
+      </c>
+      <c r="I355" s="144"/>
+    </row>
+    <row r="356" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B356" s="1163"/>
+      <c r="C356" s="254"/>
+      <c r="D356" s="158"/>
+      <c r="E356" s="337"/>
+      <c r="F356" s="118"/>
+      <c r="G356" s="118"/>
+      <c r="H356" s="141"/>
+      <c r="I356" s="141"/>
+    </row>
+    <row r="357" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B357" s="1161">
+        <f>MAX(B$27:B356)+1</f>
+        <v>91</v>
+      </c>
+      <c r="C357" s="152"/>
+      <c r="D357" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E357" s="155"/>
+      <c r="F357" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G357" s="119"/>
+      <c r="H357" s="183"/>
+      <c r="I357" s="150"/>
+    </row>
+    <row r="358" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B358" s="1162"/>
+      <c r="C358" s="232" t="s">
+        <v>560</v>
+      </c>
+      <c r="D358" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E358" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F358" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G358" s="146" t="s">
+        <v>136</v>
+      </c>
+      <c r="H358" s="318">
+        <v>43906</v>
+      </c>
+      <c r="I358" s="144"/>
+    </row>
+    <row r="359" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B359" s="1163"/>
+      <c r="C359" s="254"/>
+      <c r="D359" s="143"/>
+      <c r="E359" s="157"/>
+      <c r="F359" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G359" s="118"/>
+      <c r="H359" s="180"/>
+      <c r="I359" s="141"/>
+    </row>
+    <row r="360" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B360" s="1161">
+        <f>MAX(B$27:B359)+1</f>
+        <v>92</v>
+      </c>
+      <c r="C360" s="152"/>
+      <c r="D360" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E360" s="155"/>
+      <c r="F360" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G360" s="119"/>
+      <c r="H360" s="119"/>
+      <c r="I360" s="150"/>
+    </row>
+    <row r="361" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B361" s="1162"/>
+      <c r="C361" s="148" t="s">
+        <v>715</v>
+      </c>
+      <c r="D361" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E361" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F361" s="147"/>
+      <c r="G361" s="146" t="s">
+        <v>294</v>
+      </c>
+      <c r="H361" s="318">
+        <v>43983</v>
+      </c>
+      <c r="I361" s="144"/>
+    </row>
+    <row r="362" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B362" s="1163"/>
+      <c r="C362" s="254"/>
+      <c r="D362" s="143"/>
+      <c r="E362" s="157"/>
+      <c r="F362" s="118"/>
+      <c r="G362" s="118"/>
+      <c r="H362" s="118"/>
+      <c r="I362" s="141"/>
+    </row>
+    <row r="363" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B363" s="1230">
+        <f>MAX(B$27:B362)+1</f>
+        <v>93</v>
+      </c>
+      <c r="C363" s="1228" t="s">
+        <v>569</v>
+      </c>
+      <c r="D363" s="1232" t="s">
+        <v>143</v>
+      </c>
+      <c r="E363" s="155"/>
+      <c r="F363" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G363" s="155"/>
+      <c r="H363" s="162"/>
+      <c r="I363" s="150"/>
+    </row>
+    <row r="364" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B364" s="1231"/>
+      <c r="C364" s="1229"/>
+      <c r="D364" s="1233"/>
+      <c r="E364" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F364" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G364" s="146" t="s">
+        <v>114</v>
+      </c>
+      <c r="H364" s="145">
+        <v>43895</v>
+      </c>
+      <c r="I364" s="144"/>
+    </row>
+    <row r="365" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B365" s="1231"/>
+      <c r="C365" s="1229"/>
+      <c r="D365" s="1233"/>
+      <c r="E365" s="159"/>
+      <c r="F365" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G365" s="146"/>
+      <c r="H365" s="192"/>
+      <c r="I365" s="144"/>
+    </row>
+    <row r="366" spans="2:9" s="29" customFormat="1" ht="98.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B366" s="1231"/>
+      <c r="C366" s="1229"/>
+      <c r="D366" s="1233"/>
+      <c r="E366" s="429" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F366" s="597" t="s">
+        <v>679</v>
+      </c>
+      <c r="G366" s="427" t="s">
+        <v>884</v>
+      </c>
+      <c r="H366" s="491" t="s">
+        <v>885</v>
+      </c>
+      <c r="I366" s="595" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="367" spans="2:9" s="29" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B367" s="1231"/>
+      <c r="C367" s="1229"/>
+      <c r="D367" s="1233"/>
+      <c r="E367" s="509" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F367" s="597" t="s">
+        <v>342</v>
+      </c>
+      <c r="G367" s="671" t="s">
+        <v>114</v>
+      </c>
+      <c r="H367" s="672">
+        <v>44182</v>
+      </c>
+      <c r="I367" s="673">
+        <v>44809</v>
+      </c>
+    </row>
+    <row r="368" spans="2:9" s="29" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B368" s="1231"/>
+      <c r="C368" s="1229"/>
+      <c r="D368" s="1233"/>
+      <c r="E368" s="490" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F368" s="489" t="s">
+        <v>679</v>
+      </c>
+      <c r="G368" s="492" t="s">
+        <v>114</v>
+      </c>
+      <c r="H368" s="274">
+        <v>44249</v>
+      </c>
+      <c r="I368" s="144"/>
+    </row>
+    <row r="369" spans="2:9" s="29" customFormat="1" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B369" s="1231"/>
+      <c r="C369" s="1229"/>
+      <c r="D369" s="1233"/>
+      <c r="E369" s="429" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F369" s="550" t="s">
+        <v>829</v>
+      </c>
+      <c r="G369" s="526" t="s">
+        <v>830</v>
+      </c>
+      <c r="H369" s="491" t="s">
+        <v>831</v>
+      </c>
+      <c r="I369" s="491" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="370" spans="2:9" s="29" customFormat="1" ht="50.65" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B370" s="532"/>
+      <c r="C370" s="531"/>
+      <c r="D370" s="530"/>
+      <c r="E370" s="422" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F370" s="596" t="s">
+        <v>733</v>
+      </c>
+      <c r="G370" s="514" t="s">
+        <v>791</v>
+      </c>
+      <c r="H370" s="515" t="s">
+        <v>834</v>
+      </c>
+      <c r="I370" s="595" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="371" spans="2:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B371" s="1161">
+        <f>MAX(B$27:B367)+1</f>
+        <v>94</v>
+      </c>
+      <c r="C371" s="189"/>
+      <c r="D371" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E371" s="155"/>
+      <c r="F371" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G371" s="155"/>
+      <c r="H371" s="162"/>
+      <c r="I371" s="1085" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="372" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B372" s="1162"/>
+      <c r="C372" s="463" t="s">
+        <v>711</v>
+      </c>
+      <c r="D372" s="165" t="s">
+        <v>425</v>
+      </c>
+      <c r="E372" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F372" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G372" s="146" t="s">
+        <v>587</v>
+      </c>
+      <c r="H372" s="145">
+        <v>43948</v>
+      </c>
+      <c r="I372" s="1179"/>
+    </row>
+    <row r="373" spans="2:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B373" s="1162"/>
+      <c r="C373" s="505"/>
+      <c r="D373" s="64"/>
+      <c r="E373" s="159"/>
+      <c r="F373" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G373" s="506"/>
+      <c r="H373" s="192"/>
+      <c r="I373" s="1179"/>
+    </row>
+    <row r="374" spans="2:9" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B374" s="504"/>
+      <c r="C374" s="185"/>
+      <c r="D374" s="143"/>
+      <c r="E374" s="422" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F374" s="513"/>
+      <c r="G374" s="978" t="s">
+        <v>738</v>
+      </c>
+      <c r="H374" s="979">
+        <v>44378</v>
+      </c>
+      <c r="I374" s="979">
+        <v>44400</v>
+      </c>
+    </row>
+    <row r="375" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B375" s="1161">
+        <f>MAX(B$27:B374)+1</f>
+        <v>95</v>
+      </c>
+      <c r="C375" s="243"/>
+      <c r="D375" s="243" t="s">
+        <v>595</v>
+      </c>
+      <c r="E375" s="150"/>
+      <c r="F375" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G375" s="243"/>
+      <c r="H375" s="150"/>
+      <c r="I375" s="150"/>
+    </row>
+    <row r="376" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B376" s="1162"/>
+      <c r="C376" s="315" t="s">
+        <v>594</v>
+      </c>
+      <c r="D376" s="242" t="s">
+        <v>596</v>
+      </c>
+      <c r="E376" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F376" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G376" s="344" t="s">
+        <v>121</v>
+      </c>
+      <c r="H376" s="326">
+        <v>44013</v>
+      </c>
+      <c r="I376" s="144"/>
+    </row>
+    <row r="377" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B377" s="1163"/>
+      <c r="C377" s="241"/>
+      <c r="D377" s="141"/>
+      <c r="E377" s="311"/>
+      <c r="F377" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G377" s="241"/>
+      <c r="H377" s="141"/>
+      <c r="I377" s="141"/>
+    </row>
+    <row r="378" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B378" s="1161">
+        <f>MAX(B$27:B377)+1</f>
+        <v>96</v>
+      </c>
+      <c r="C378" s="152"/>
+      <c r="D378" s="153" t="s">
+        <v>337</v>
+      </c>
+      <c r="E378" s="150"/>
+      <c r="F378" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G378" s="119"/>
+      <c r="H378" s="150"/>
+      <c r="I378" s="150"/>
+    </row>
+    <row r="379" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B379" s="1162"/>
+      <c r="C379" s="232" t="s">
+        <v>598</v>
+      </c>
+      <c r="D379" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E379" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F379" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G379" s="344" t="s">
+        <v>354</v>
+      </c>
+      <c r="H379" s="145">
+        <v>43942</v>
+      </c>
+      <c r="I379" s="144"/>
+    </row>
+    <row r="380" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B380" s="1163"/>
+      <c r="C380" s="254"/>
+      <c r="D380" s="143"/>
+      <c r="E380" s="311"/>
+      <c r="F380" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G380" s="118"/>
+      <c r="H380" s="141"/>
+      <c r="I380" s="141"/>
+    </row>
+    <row r="381" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B381" s="1161">
+        <f>MAX(B$27:B380)+1</f>
+        <v>97</v>
+      </c>
+      <c r="C381" s="395"/>
+      <c r="D381" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E381" s="150"/>
+      <c r="F381" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G381" s="155"/>
+      <c r="H381" s="150"/>
+      <c r="I381" s="150"/>
+    </row>
+    <row r="382" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B382" s="1162"/>
+      <c r="C382" s="329" t="s">
+        <v>606</v>
+      </c>
+      <c r="D382" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E382" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F382" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G382" s="146" t="s">
+        <v>607</v>
+      </c>
+      <c r="H382" s="326">
+        <v>44027</v>
+      </c>
+      <c r="I382" s="144"/>
+    </row>
+    <row r="383" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B383" s="1163"/>
+      <c r="C383" s="396"/>
+      <c r="D383" s="143"/>
+      <c r="E383" s="311"/>
+      <c r="F383" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G383" s="381"/>
+      <c r="H383" s="141"/>
+      <c r="I383" s="141"/>
+    </row>
+    <row r="384" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B384" s="1161">
+        <f>MAX(B$27:B383)+1</f>
+        <v>98</v>
+      </c>
+      <c r="C384" s="328"/>
+      <c r="D384" s="174" t="s">
+        <v>377</v>
+      </c>
+      <c r="E384" s="155"/>
+      <c r="F384" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G384" s="155"/>
+      <c r="H384" s="162"/>
+      <c r="I384" s="150"/>
+    </row>
+    <row r="385" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B385" s="1162"/>
+      <c r="C385" s="329" t="s">
+        <v>614</v>
+      </c>
+      <c r="D385" s="173" t="s">
+        <v>376</v>
+      </c>
+      <c r="E385" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F385" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G385" s="146" t="s">
+        <v>615</v>
+      </c>
+      <c r="H385" s="145">
+        <v>44109</v>
+      </c>
+      <c r="I385" s="144"/>
+    </row>
+    <row r="386" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B386" s="1163"/>
+      <c r="C386" s="330"/>
+      <c r="D386" s="172"/>
+      <c r="E386" s="157"/>
+      <c r="F386" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G386" s="143"/>
+      <c r="H386" s="156"/>
+      <c r="I386" s="141"/>
+    </row>
+    <row r="387" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B387" s="1161">
+        <f>MAX(B$27:B386)+1</f>
+        <v>99</v>
+      </c>
+      <c r="C387" s="316"/>
+      <c r="D387" s="119" t="s">
+        <v>618</v>
+      </c>
+      <c r="E387" s="150"/>
+      <c r="F387" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G387" s="344"/>
+      <c r="H387" s="150"/>
+      <c r="I387" s="150"/>
+    </row>
+    <row r="388" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B388" s="1162"/>
+      <c r="C388" s="397" t="s">
+        <v>619</v>
+      </c>
+      <c r="D388" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E388" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F388" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G388" s="146" t="s">
+        <v>334</v>
+      </c>
+      <c r="H388" s="326">
+        <v>44013</v>
+      </c>
+      <c r="I388" s="144"/>
+    </row>
+    <row r="389" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B389" s="1163"/>
+      <c r="C389" s="317"/>
+      <c r="D389" s="143"/>
+      <c r="E389" s="311"/>
+      <c r="F389" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G389" s="241"/>
+      <c r="H389" s="141"/>
+      <c r="I389" s="141"/>
+    </row>
+    <row r="390" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B390" s="1161">
+        <f>MAX(B$27:B389)+1</f>
+        <v>100</v>
+      </c>
+      <c r="C390" s="316"/>
+      <c r="D390" s="119" t="s">
+        <v>621</v>
+      </c>
+      <c r="E390" s="150"/>
+      <c r="F390" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G390" s="344"/>
+      <c r="H390" s="150"/>
+      <c r="I390" s="1085" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="391" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B391" s="1162"/>
+      <c r="C391" s="398" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D391" s="147" t="s">
+        <v>622</v>
+      </c>
+      <c r="E391" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F391" s="981" t="s">
+        <v>329</v>
+      </c>
+      <c r="G391" s="975" t="s">
+        <v>370</v>
+      </c>
+      <c r="H391" s="982">
+        <v>44104</v>
+      </c>
+      <c r="I391" s="1179"/>
+    </row>
+    <row r="392" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B392" s="1162"/>
+      <c r="C392" s="312"/>
+      <c r="D392" s="64"/>
+      <c r="E392" s="309"/>
+      <c r="F392" s="342" t="s">
+        <v>328</v>
+      </c>
+      <c r="G392" s="242"/>
+      <c r="H392" s="144"/>
+      <c r="I392" s="1179"/>
+    </row>
+    <row r="393" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B393" s="976"/>
+      <c r="C393" s="312"/>
+      <c r="D393" s="64"/>
+      <c r="E393" s="309"/>
+      <c r="F393" s="242"/>
+      <c r="G393" s="980">
+        <v>6</v>
+      </c>
+      <c r="H393" s="796">
+        <v>44652</v>
+      </c>
+      <c r="I393" s="1179"/>
+    </row>
+    <row r="394" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B394" s="977"/>
+      <c r="C394" s="317"/>
+      <c r="D394" s="143"/>
+      <c r="E394" s="311"/>
+      <c r="F394" s="343"/>
+      <c r="G394" s="406">
+        <v>4</v>
+      </c>
+      <c r="H394" s="326">
+        <v>46023</v>
+      </c>
+      <c r="I394" s="973"/>
+    </row>
+    <row r="395" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B395" s="1161">
+        <f>MAX(B$27:B392)+1</f>
+        <v>101</v>
+      </c>
+      <c r="C395" s="189"/>
+      <c r="D395" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E395" s="150"/>
+      <c r="F395" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G395" s="155"/>
+      <c r="H395" s="150"/>
+      <c r="I395" s="150"/>
+    </row>
+    <row r="396" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B396" s="1162"/>
+      <c r="C396" s="161" t="s">
+        <v>623</v>
+      </c>
+      <c r="D396" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E396" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F396" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G396" s="146" t="s">
+        <v>370</v>
+      </c>
+      <c r="H396" s="326">
+        <v>44075</v>
+      </c>
+      <c r="I396" s="144"/>
+    </row>
+    <row r="397" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B397" s="1163"/>
+      <c r="C397" s="185"/>
+      <c r="D397" s="143"/>
+      <c r="E397" s="311"/>
+      <c r="F397" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G397" s="383"/>
+      <c r="H397" s="141"/>
+      <c r="I397" s="141"/>
+    </row>
+    <row r="398" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B398" s="1161">
+        <f>MAX(B$27:B397)+1</f>
+        <v>102</v>
+      </c>
+      <c r="C398" s="152"/>
+      <c r="D398" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E398" s="150"/>
+      <c r="F398" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G398" s="119"/>
+      <c r="H398" s="183"/>
+      <c r="I398" s="150"/>
+    </row>
+    <row r="399" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B399" s="1162"/>
+      <c r="C399" s="232" t="s">
+        <v>624</v>
+      </c>
+      <c r="D399" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E399" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F399" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G399" s="146" t="s">
+        <v>625</v>
+      </c>
+      <c r="H399" s="326">
+        <v>44105</v>
+      </c>
+      <c r="I399" s="144"/>
+    </row>
+    <row r="400" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B400" s="1163"/>
+      <c r="C400" s="254"/>
+      <c r="D400" s="143"/>
+      <c r="E400" s="311"/>
+      <c r="F400" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G400" s="118"/>
+      <c r="H400" s="180"/>
+      <c r="I400" s="141"/>
+    </row>
+    <row r="401" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B401" s="1161">
+        <f>MAX(B$27:B400)+1</f>
+        <v>103</v>
+      </c>
+      <c r="C401" s="189"/>
+      <c r="D401" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E401" s="150"/>
+      <c r="F401" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G401" s="155"/>
+      <c r="H401" s="150"/>
+      <c r="I401" s="150"/>
+    </row>
+    <row r="402" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B402" s="1162"/>
+      <c r="C402" s="161" t="s">
+        <v>627</v>
+      </c>
+      <c r="D402" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E402" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F402" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G402" s="146" t="s">
+        <v>388</v>
+      </c>
+      <c r="H402" s="326">
+        <v>44105</v>
+      </c>
+      <c r="I402" s="144"/>
+    </row>
+    <row r="403" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B403" s="1163"/>
+      <c r="C403" s="185"/>
+      <c r="D403" s="143"/>
+      <c r="E403" s="311"/>
+      <c r="F403" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G403" s="384"/>
+      <c r="H403" s="141"/>
+      <c r="I403" s="141"/>
+    </row>
+    <row r="404" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B404" s="1161">
+        <f>MAX(B$27:B403)+1</f>
+        <v>104</v>
+      </c>
+      <c r="C404" s="189"/>
+      <c r="D404" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E404" s="150"/>
+      <c r="F404" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G404" s="155"/>
+      <c r="H404" s="150"/>
+      <c r="I404" s="1085" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="405" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B405" s="1162"/>
+      <c r="C405" s="161" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D405" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E405" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F405" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G405" s="146" t="s">
+        <v>122</v>
+      </c>
+      <c r="H405" s="326">
+        <v>44094</v>
+      </c>
+      <c r="I405" s="1179"/>
+    </row>
+    <row r="406" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B406" s="1163"/>
+      <c r="C406" s="185"/>
+      <c r="D406" s="143"/>
+      <c r="E406" s="311"/>
+      <c r="F406" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G406" s="385"/>
+      <c r="H406" s="141"/>
+      <c r="I406" s="1179"/>
+    </row>
+    <row r="407" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B407" s="1161">
+        <f>MAX(B$27:B406)+1</f>
+        <v>105</v>
+      </c>
+      <c r="C407" s="189"/>
+      <c r="D407" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E407" s="150"/>
+      <c r="F407" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G407" s="155"/>
+      <c r="H407" s="150"/>
+      <c r="I407" s="1085" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="408" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B408" s="1162"/>
+      <c r="C408" s="161" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D408" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E408" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F408" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G408" s="146" t="s">
+        <v>109</v>
+      </c>
+      <c r="H408" s="326">
+        <v>44084</v>
+      </c>
+      <c r="I408" s="1179"/>
+    </row>
+    <row r="409" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B409" s="1163"/>
+      <c r="C409" s="185"/>
+      <c r="D409" s="143"/>
+      <c r="E409" s="311"/>
+      <c r="F409" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G409" s="388"/>
+      <c r="H409" s="141"/>
+      <c r="I409" s="1179"/>
+    </row>
+    <row r="410" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B410" s="1161">
+        <f>MAX(B$27:B409)+1</f>
+        <v>106</v>
+      </c>
+      <c r="C410" s="152"/>
+      <c r="D410" s="153" t="s">
+        <v>337</v>
+      </c>
+      <c r="E410" s="150"/>
+      <c r="F410" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G410" s="119"/>
+      <c r="H410" s="150"/>
+      <c r="I410" s="150"/>
+    </row>
+    <row r="411" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B411" s="1162"/>
+      <c r="C411" s="232" t="s">
+        <v>633</v>
+      </c>
+      <c r="D411" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E411" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F411" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G411" s="344" t="s">
+        <v>296</v>
+      </c>
+      <c r="H411" s="145">
+        <v>44075</v>
+      </c>
+      <c r="I411" s="144"/>
+    </row>
+    <row r="412" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B412" s="1163"/>
+      <c r="C412" s="254"/>
+      <c r="D412" s="143"/>
+      <c r="E412" s="311"/>
+      <c r="F412" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G412" s="118"/>
+      <c r="H412" s="141"/>
+      <c r="I412" s="141"/>
+    </row>
+    <row r="413" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B413" s="1161">
+        <f>MAX(B$27:B412)+1</f>
+        <v>107</v>
+      </c>
+      <c r="C413" s="189"/>
+      <c r="D413" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E413" s="150"/>
+      <c r="F413" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G413" s="155"/>
+      <c r="H413" s="150"/>
+      <c r="I413" s="150"/>
+    </row>
+    <row r="414" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B414" s="1162"/>
+      <c r="C414" s="161" t="s">
+        <v>639</v>
+      </c>
+      <c r="D414" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E414" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F414" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G414" s="146" t="s">
+        <v>122</v>
+      </c>
+      <c r="H414" s="326">
+        <v>44126</v>
+      </c>
+      <c r="I414" s="144"/>
+    </row>
+    <row r="415" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B415" s="1163"/>
+      <c r="C415" s="185"/>
+      <c r="D415" s="143"/>
+      <c r="E415" s="311"/>
+      <c r="F415" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G415" s="399"/>
+      <c r="H415" s="141"/>
+      <c r="I415" s="141"/>
+    </row>
+    <row r="416" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B416" s="1161">
+        <f>MAX(B$27:B415)+1</f>
+        <v>108</v>
+      </c>
+      <c r="C416" s="189"/>
+      <c r="D416" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E416" s="150"/>
+      <c r="F416" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G416" s="155"/>
+      <c r="H416" s="150"/>
+      <c r="I416" s="150"/>
+    </row>
+    <row r="417" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B417" s="1162"/>
+      <c r="C417" s="161" t="s">
+        <v>647</v>
+      </c>
+      <c r="D417" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E417" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F417" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G417" s="146" t="s">
+        <v>648</v>
+      </c>
+      <c r="H417" s="326">
+        <v>44197</v>
+      </c>
+      <c r="I417" s="144"/>
+    </row>
+    <row r="418" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B418" s="1162"/>
+      <c r="C418" s="548"/>
+      <c r="D418" s="64"/>
+      <c r="E418" s="309"/>
+      <c r="F418" s="342" t="s">
+        <v>328</v>
+      </c>
+      <c r="G418" s="542"/>
+      <c r="H418" s="144"/>
+      <c r="I418" s="144"/>
+    </row>
+    <row r="419" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B419" s="547"/>
+      <c r="C419" s="185"/>
+      <c r="D419" s="143"/>
+      <c r="E419" s="311"/>
+      <c r="F419" s="241"/>
+      <c r="G419" s="111" t="s">
+        <v>800</v>
+      </c>
+      <c r="H419" s="551">
+        <v>44515</v>
+      </c>
+      <c r="I419" s="144"/>
+    </row>
+    <row r="420" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B420" s="1161">
+        <f>MAX(B$27:B419)+1</f>
+        <v>109</v>
+      </c>
+      <c r="C420" s="189"/>
+      <c r="D420" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E420" s="150"/>
+      <c r="F420" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G420" s="155"/>
+      <c r="H420" s="150"/>
+      <c r="I420" s="150"/>
+    </row>
+    <row r="421" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B421" s="1162"/>
+      <c r="C421" s="161" t="s">
+        <v>649</v>
+      </c>
+      <c r="D421" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E421" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F421" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G421" s="146" t="s">
+        <v>388</v>
+      </c>
+      <c r="H421" s="326">
+        <v>44162</v>
+      </c>
+      <c r="I421" s="144"/>
+    </row>
+    <row r="422" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B422" s="1163"/>
+      <c r="C422" s="185"/>
+      <c r="D422" s="143"/>
+      <c r="E422" s="311"/>
+      <c r="F422" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G422" s="401"/>
+      <c r="H422" s="141"/>
+      <c r="I422" s="141"/>
+    </row>
+    <row r="423" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B423" s="1161">
+        <f>MAX(B$27:B422)+1</f>
+        <v>110</v>
+      </c>
+      <c r="C423" s="189"/>
+      <c r="D423" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E423" s="150"/>
+      <c r="F423" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G423" s="155"/>
+      <c r="H423" s="150"/>
+      <c r="I423" s="150"/>
+    </row>
+    <row r="424" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B424" s="1162"/>
+      <c r="C424" s="161" t="s">
+        <v>650</v>
+      </c>
+      <c r="D424" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E424" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F424" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G424" s="146" t="s">
+        <v>651</v>
+      </c>
+      <c r="H424" s="326">
+        <v>44162</v>
+      </c>
+      <c r="I424" s="144"/>
+    </row>
+    <row r="425" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B425" s="1163"/>
+      <c r="C425" s="185"/>
+      <c r="D425" s="143"/>
+      <c r="E425" s="311"/>
+      <c r="F425" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G425" s="401"/>
+      <c r="H425" s="141"/>
+      <c r="I425" s="141"/>
+    </row>
+    <row r="426" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B426" s="1161">
+        <f>MAX(B$27:B425)+1</f>
+        <v>111</v>
+      </c>
+      <c r="C426" s="119"/>
+      <c r="D426" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E426" s="119"/>
+      <c r="F426" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G426" s="155"/>
+      <c r="H426" s="150"/>
+      <c r="I426" s="150"/>
+    </row>
+    <row r="427" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B427" s="1162"/>
+      <c r="C427" s="149" t="s">
+        <v>653</v>
+      </c>
+      <c r="D427" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E427" s="146" t="s">
+        <v>50</v>
+      </c>
+      <c r="F427" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G427" s="146" t="s">
+        <v>294</v>
+      </c>
+      <c r="H427" s="326">
+        <v>44140</v>
+      </c>
+      <c r="I427" s="144"/>
+    </row>
+    <row r="428" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B428" s="1163"/>
+      <c r="C428" s="118"/>
+      <c r="D428" s="143"/>
+      <c r="E428" s="118"/>
+      <c r="F428" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G428" s="402"/>
+      <c r="H428" s="141"/>
+      <c r="I428" s="141"/>
+    </row>
+    <row r="429" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B429" s="1161">
+        <f>MAX(B$27:B428)+1</f>
+        <v>112</v>
+      </c>
+      <c r="C429" s="328"/>
+      <c r="D429" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E429" s="155"/>
+      <c r="F429" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G429" s="155"/>
+      <c r="H429" s="162"/>
+      <c r="I429" s="150"/>
+    </row>
+    <row r="430" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B430" s="1162"/>
+      <c r="C430" s="329" t="s">
+        <v>654</v>
+      </c>
+      <c r="D430" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E430" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F430" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G430" s="146" t="s">
+        <v>655</v>
+      </c>
+      <c r="H430" s="326">
+        <v>44197</v>
+      </c>
+      <c r="I430" s="144"/>
+    </row>
+    <row r="431" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B431" s="1163"/>
+      <c r="C431" s="330"/>
+      <c r="D431" s="411"/>
+      <c r="E431" s="157"/>
+      <c r="F431" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G431" s="143"/>
+      <c r="H431" s="156"/>
+      <c r="I431" s="141"/>
+    </row>
+    <row r="432" spans="2:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B432" s="1161">
+        <f>MAX(B$27:B431)+1</f>
+        <v>113</v>
+      </c>
+      <c r="C432" s="189"/>
+      <c r="D432" s="119" t="s">
         <v>356</v>
       </c>
-      <c r="E243" s="160" t="s">
+      <c r="E432" s="155"/>
+      <c r="F432" s="119"/>
+      <c r="G432" s="155"/>
+      <c r="H432" s="162"/>
+      <c r="I432" s="415"/>
+    </row>
+    <row r="433" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B433" s="1162"/>
+      <c r="C433" s="161" t="s">
+        <v>657</v>
+      </c>
+      <c r="D433" s="147" t="s">
+        <v>658</v>
+      </c>
+      <c r="E433" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F433" s="193" t="s">
+        <v>394</v>
+      </c>
+      <c r="G433" s="146">
+        <v>5</v>
+      </c>
+      <c r="H433" s="326">
+        <v>44185</v>
+      </c>
+      <c r="I433" s="416"/>
+    </row>
+    <row r="434" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B434" s="1163"/>
+      <c r="C434" s="185"/>
+      <c r="D434" s="143"/>
+      <c r="E434" s="157"/>
+      <c r="F434" s="118"/>
+      <c r="G434" s="412"/>
+      <c r="H434" s="156"/>
+      <c r="I434" s="417"/>
+    </row>
+    <row r="435" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B435" s="1161">
+        <f>MAX(B$27:B434)+1</f>
+        <v>114</v>
+      </c>
+      <c r="C435" s="64"/>
+      <c r="D435" s="147" t="s">
+        <v>341</v>
+      </c>
+      <c r="E435" s="155"/>
+      <c r="F435" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G435" s="64"/>
+      <c r="H435" s="418"/>
+      <c r="I435" s="1234" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="436" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B436" s="1162"/>
+      <c r="C436" s="784" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D436" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E436" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F436" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G436" s="146" t="s">
+        <v>659</v>
+      </c>
+      <c r="H436" s="326">
+        <v>44228</v>
+      </c>
+      <c r="I436" s="1235"/>
+    </row>
+    <row r="437" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B437" s="1163"/>
+      <c r="C437" s="143"/>
+      <c r="D437" s="143"/>
+      <c r="E437" s="157"/>
+      <c r="F437" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G437" s="143"/>
+      <c r="H437" s="419"/>
+      <c r="I437" s="1236"/>
+    </row>
+    <row r="438" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B438" s="1161">
+        <f>MAX(B$27:B437)+1</f>
+        <v>115</v>
+      </c>
+      <c r="C438" s="189"/>
+      <c r="D438" s="166" t="s">
+        <v>605</v>
+      </c>
+      <c r="E438" s="150"/>
+      <c r="F438" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G438" s="155"/>
+      <c r="H438" s="150"/>
+      <c r="I438" s="150"/>
+    </row>
+    <row r="439" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B439" s="1162"/>
+      <c r="C439" s="161" t="s">
+        <v>662</v>
+      </c>
+      <c r="D439" s="147" t="s">
+        <v>425</v>
+      </c>
+      <c r="E439" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F439" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G439" s="146" t="s">
+        <v>663</v>
+      </c>
+      <c r="H439" s="326">
+        <v>44198</v>
+      </c>
+      <c r="I439" s="144"/>
+    </row>
+    <row r="440" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B440" s="1163"/>
+      <c r="C440" s="185"/>
+      <c r="D440" s="143"/>
+      <c r="E440" s="311"/>
+      <c r="F440" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G440" s="412"/>
+      <c r="H440" s="141"/>
+      <c r="I440" s="141"/>
+    </row>
+    <row r="441" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B441" s="1161">
+        <f>MAX(B$27:B440)+1</f>
+        <v>116</v>
+      </c>
+      <c r="C441" s="189"/>
+      <c r="D441" s="166" t="s">
+        <v>667</v>
+      </c>
+      <c r="E441" s="150"/>
+      <c r="F441" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G441" s="155"/>
+      <c r="H441" s="326"/>
+      <c r="I441" s="150"/>
+    </row>
+    <row r="442" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B442" s="1162"/>
+      <c r="C442" s="329" t="s">
+        <v>668</v>
+      </c>
+      <c r="D442" s="147" t="s">
+        <v>669</v>
+      </c>
+      <c r="E442" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F442" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G442" s="146" t="s">
+        <v>121</v>
+      </c>
+      <c r="H442" s="326">
+        <v>44197</v>
+      </c>
+      <c r="I442" s="144"/>
+    </row>
+    <row r="443" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B443" s="1163"/>
+      <c r="C443" s="396"/>
+      <c r="D443" s="143"/>
+      <c r="E443" s="311"/>
+      <c r="F443" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G443" s="414"/>
+      <c r="H443" s="141"/>
+      <c r="I443" s="141"/>
+    </row>
+    <row r="444" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B444" s="1161">
+        <f>MAX(B$27:B443)+1</f>
+        <v>117</v>
+      </c>
+      <c r="C444" s="395"/>
+      <c r="D444" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E444" s="150"/>
+      <c r="F444" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G444" s="155"/>
+      <c r="H444" s="326"/>
+      <c r="I444" s="150"/>
+    </row>
+    <row r="445" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B445" s="1162"/>
+      <c r="C445" s="329" t="s">
+        <v>676</v>
+      </c>
+      <c r="D445" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E445" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F445" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G445" s="146" t="s">
+        <v>677</v>
+      </c>
+      <c r="H445" s="326">
+        <v>44197</v>
+      </c>
+      <c r="I445" s="144"/>
+    </row>
+    <row r="446" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B446" s="1162"/>
+      <c r="C446" s="329"/>
+      <c r="D446" s="64"/>
+      <c r="E446" s="309"/>
+      <c r="F446" s="342" t="s">
+        <v>328</v>
+      </c>
+      <c r="G446" s="542"/>
+      <c r="H446" s="144"/>
+      <c r="I446" s="144"/>
+    </row>
+    <row r="447" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B447" s="1163"/>
+      <c r="C447" s="922"/>
+      <c r="D447" s="143"/>
+      <c r="E447" s="311"/>
+      <c r="F447" s="343"/>
+      <c r="G447" s="111" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H447" s="392">
+        <v>45832</v>
+      </c>
+      <c r="I447" s="141"/>
+    </row>
+    <row r="448" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B448" s="1063">
+        <f>MAX(B$27:B446)+1</f>
+        <v>118</v>
+      </c>
+      <c r="C448" s="328"/>
+      <c r="D448" s="119" t="s">
+        <v>368</v>
+      </c>
+      <c r="E448" s="155"/>
+      <c r="F448" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G448" s="155"/>
+      <c r="H448" s="162"/>
+      <c r="I448" s="1165"/>
+    </row>
+    <row r="449" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B449" s="1105"/>
+      <c r="C449" s="329" t="s">
+        <v>678</v>
+      </c>
+      <c r="D449" s="147" t="s">
+        <v>367</v>
+      </c>
+      <c r="E449" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F449" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G449" s="146" t="s">
+        <v>118</v>
+      </c>
+      <c r="H449" s="145">
+        <v>43840</v>
+      </c>
+      <c r="I449" s="1166"/>
+    </row>
+    <row r="450" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B450" s="1079"/>
+      <c r="C450" s="330"/>
+      <c r="D450" s="143"/>
+      <c r="E450" s="157"/>
+      <c r="F450" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G450" s="143"/>
+      <c r="H450" s="156"/>
+      <c r="I450" s="1167"/>
+    </row>
+    <row r="451" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B451" s="1161">
+        <f>MAX(B$27:B450)+1</f>
+        <v>119</v>
+      </c>
+      <c r="C451" s="328"/>
+      <c r="D451" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E451" s="155"/>
+      <c r="F451" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G451" s="155"/>
+      <c r="H451" s="162"/>
+      <c r="I451" s="1234" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="452" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B452" s="1162"/>
+      <c r="C452" s="329" t="s">
+        <v>682</v>
+      </c>
+      <c r="D452" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E452" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F452" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G452" s="146" t="s">
+        <v>683</v>
+      </c>
+      <c r="H452" s="326">
+        <v>43793</v>
+      </c>
+      <c r="I452" s="1235"/>
+    </row>
+    <row r="453" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B453" s="1163"/>
+      <c r="C453" s="330"/>
+      <c r="D453" s="411"/>
+      <c r="E453" s="157"/>
+      <c r="F453" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G453" s="143"/>
+      <c r="H453" s="156"/>
+      <c r="I453" s="1236"/>
+    </row>
+    <row r="454" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B454" s="1063">
+        <f>MAX(B$27:B453)+1</f>
         <v>120</v>
       </c>
-      <c r="F243" s="148" t="s">
+      <c r="C454" s="328"/>
+      <c r="D454" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E454" s="155"/>
+      <c r="F454" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G454" s="155"/>
+      <c r="H454" s="162"/>
+      <c r="I454" s="150"/>
+    </row>
+    <row r="455" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B455" s="1105"/>
+      <c r="C455" s="329" t="s">
+        <v>685</v>
+      </c>
+      <c r="D455" s="147" t="s">
         <v>336</v>
       </c>
-      <c r="G243" s="147" t="s">
+      <c r="E455" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F455" s="147"/>
+      <c r="G455" s="146" t="s">
+        <v>686</v>
+      </c>
+      <c r="H455" s="145">
+        <v>44181</v>
+      </c>
+      <c r="I455" s="144"/>
+    </row>
+    <row r="456" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B456" s="1079"/>
+      <c r="C456" s="330"/>
+      <c r="D456" s="143"/>
+      <c r="E456" s="157"/>
+      <c r="F456" s="118"/>
+      <c r="G456" s="143"/>
+      <c r="H456" s="156"/>
+      <c r="I456" s="141"/>
+    </row>
+    <row r="457" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B457" s="1158">
+        <f>MAX(B$27:B456)+1</f>
+        <v>121</v>
+      </c>
+      <c r="C457" s="395"/>
+      <c r="D457" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E457" s="446"/>
+      <c r="F457" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G457" s="448"/>
+      <c r="H457" s="446"/>
+      <c r="I457" s="446"/>
+    </row>
+    <row r="458" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B458" s="1159"/>
+      <c r="C458" s="329" t="s">
+        <v>688</v>
+      </c>
+      <c r="D458" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E458" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F458" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G458" s="451" t="s">
+        <v>689</v>
+      </c>
+      <c r="H458" s="326">
+        <v>44227</v>
+      </c>
+      <c r="I458" s="452"/>
+    </row>
+    <row r="459" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B459" s="1159"/>
+      <c r="C459" s="329"/>
+      <c r="D459" s="737"/>
+      <c r="E459" s="455"/>
+      <c r="F459" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G459" s="453"/>
+      <c r="H459" s="457"/>
+      <c r="I459" s="457"/>
+    </row>
+    <row r="460" spans="2:9" s="426" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B460" s="1160"/>
+      <c r="C460" s="396"/>
+      <c r="D460" s="454"/>
+      <c r="E460" s="1048" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F460" s="450" t="s">
+        <v>679</v>
+      </c>
+      <c r="G460" s="451" t="s">
+        <v>689</v>
+      </c>
+      <c r="H460" s="145">
+        <v>46028</v>
+      </c>
+      <c r="I460" s="452"/>
+    </row>
+    <row r="461" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B461" s="1158">
+        <f>MAX(B$27:B459)+1</f>
+        <v>122</v>
+      </c>
+      <c r="C461" s="395"/>
+      <c r="D461" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E461" s="446"/>
+      <c r="F461" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G461" s="448"/>
+      <c r="H461" s="446"/>
+      <c r="I461" s="1234" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="462" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B462" s="1159"/>
+      <c r="C462" s="329" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D462" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E462" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F462" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G462" s="451" t="s">
+        <v>720</v>
+      </c>
+      <c r="H462" s="326">
+        <v>44287</v>
+      </c>
+      <c r="I462" s="1235"/>
+    </row>
+    <row r="463" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B463" s="1160"/>
+      <c r="C463" s="396"/>
+      <c r="D463" s="454"/>
+      <c r="E463" s="455"/>
+      <c r="F463" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G463" s="453"/>
+      <c r="H463" s="457"/>
+      <c r="I463" s="1236"/>
+    </row>
+    <row r="464" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B464" s="1158">
+        <f>MAX(B$27:B463)+1</f>
+        <v>123</v>
+      </c>
+      <c r="C464" s="328"/>
+      <c r="D464" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E464" s="448"/>
+      <c r="F464" s="152" t="s">
+        <v>332</v>
+      </c>
+      <c r="G464" s="448"/>
+      <c r="H464" s="458"/>
+      <c r="I464" s="1180"/>
+    </row>
+    <row r="465" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B465" s="1159"/>
+      <c r="C465" s="329" t="s">
+        <v>690</v>
+      </c>
+      <c r="D465" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E465" s="459" t="s">
+        <v>115</v>
+      </c>
+      <c r="F465" s="148" t="s">
+        <v>329</v>
+      </c>
+      <c r="G465" s="451" t="s">
+        <v>691</v>
+      </c>
+      <c r="H465" s="326">
+        <v>44232</v>
+      </c>
+      <c r="I465" s="1181"/>
+    </row>
+    <row r="466" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B466" s="1160"/>
+      <c r="C466" s="330"/>
+      <c r="D466" s="411"/>
+      <c r="E466" s="444"/>
+      <c r="F466" s="254" t="s">
+        <v>328</v>
+      </c>
+      <c r="G466" s="454"/>
+      <c r="H466" s="460"/>
+      <c r="I466" s="1182"/>
+    </row>
+    <row r="467" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B467" s="1158">
+        <f>MAX(B$27:B466)+1</f>
+        <v>124</v>
+      </c>
+      <c r="C467" s="395"/>
+      <c r="D467" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E467" s="446"/>
+      <c r="F467" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G467" s="448"/>
+      <c r="H467" s="446"/>
+      <c r="I467" s="446"/>
+    </row>
+    <row r="468" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B468" s="1159"/>
+      <c r="C468" s="329" t="s">
+        <v>702</v>
+      </c>
+      <c r="D468" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E468" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F468" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G468" s="451" t="s">
+        <v>530</v>
+      </c>
+      <c r="H468" s="326">
+        <v>44253</v>
+      </c>
+      <c r="I468" s="452"/>
+    </row>
+    <row r="469" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B469" s="1159"/>
+      <c r="C469" s="329"/>
+      <c r="D469" s="737"/>
+      <c r="E469" s="449"/>
+      <c r="F469" s="450" t="s">
+        <v>328</v>
+      </c>
+      <c r="G469" s="451"/>
+      <c r="H469" s="452"/>
+      <c r="I469" s="452"/>
+    </row>
+    <row r="470" spans="2:9" s="426" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B470" s="736"/>
+      <c r="C470" s="738"/>
+      <c r="D470" s="454"/>
+      <c r="E470" s="775" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F470" s="776"/>
+      <c r="G470" s="851" t="s">
+        <v>530</v>
+      </c>
+      <c r="H470" s="852">
+        <v>45099</v>
+      </c>
+      <c r="I470" s="853">
+        <v>45204</v>
+      </c>
+    </row>
+    <row r="471" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B471" s="1063">
+        <f>MAX(B$27:B469)+1</f>
+        <v>125</v>
+      </c>
+      <c r="C471" s="328"/>
+      <c r="D471" s="152" t="s">
+        <v>365</v>
+      </c>
+      <c r="E471" s="155"/>
+      <c r="F471" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G471" s="448"/>
+      <c r="H471" s="446"/>
+      <c r="I471" s="446"/>
+    </row>
+    <row r="472" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B472" s="1105"/>
+      <c r="C472" s="329" t="s">
+        <v>704</v>
+      </c>
+      <c r="D472" s="148" t="s">
+        <v>362</v>
+      </c>
+      <c r="E472" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F472" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G472" s="451" t="s">
+        <v>541</v>
+      </c>
+      <c r="H472" s="326">
+        <v>44316</v>
+      </c>
+      <c r="I472" s="452"/>
+    </row>
+    <row r="473" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B473" s="1079"/>
+      <c r="C473" s="330"/>
+      <c r="D473" s="143"/>
+      <c r="E473" s="157"/>
+      <c r="F473" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G473" s="453"/>
+      <c r="H473" s="457"/>
+      <c r="I473" s="457"/>
+    </row>
+    <row r="474" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B474" s="1063">
+        <f>MAX(B$27:B473)+1</f>
+        <v>126</v>
+      </c>
+      <c r="C474" s="328"/>
+      <c r="D474" s="152" t="s">
+        <v>707</v>
+      </c>
+      <c r="E474" s="155"/>
+      <c r="F474" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G474" s="448"/>
+      <c r="H474" s="446"/>
+      <c r="I474" s="446"/>
+    </row>
+    <row r="475" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B475" s="1105"/>
+      <c r="C475" s="329" t="s">
+        <v>709</v>
+      </c>
+      <c r="D475" s="148" t="s">
+        <v>708</v>
+      </c>
+      <c r="E475" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F475" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G475" s="451" t="s">
+        <v>121</v>
+      </c>
+      <c r="H475" s="326">
+        <v>44255</v>
+      </c>
+      <c r="I475" s="452"/>
+    </row>
+    <row r="476" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B476" s="1079"/>
+      <c r="C476" s="330"/>
+      <c r="D476" s="143"/>
+      <c r="E476" s="157"/>
+      <c r="F476" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G476" s="453"/>
+      <c r="H476" s="457"/>
+      <c r="I476" s="457"/>
+    </row>
+    <row r="477" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B477" s="1158">
+        <f>MAX(B$27:B476)+1</f>
+        <v>127</v>
+      </c>
+      <c r="C477" s="395"/>
+      <c r="D477" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E477" s="446"/>
+      <c r="F477" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G477" s="448"/>
+      <c r="H477" s="446"/>
+      <c r="I477" s="446"/>
+    </row>
+    <row r="478" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B478" s="1159"/>
+      <c r="C478" s="329" t="s">
+        <v>713</v>
+      </c>
+      <c r="D478" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E478" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F478" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G478" s="451" t="s">
+        <v>109</v>
+      </c>
+      <c r="H478" s="326">
+        <v>44287</v>
+      </c>
+      <c r="I478" s="452"/>
+    </row>
+    <row r="479" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B479" s="1160"/>
+      <c r="C479" s="396"/>
+      <c r="D479" s="454"/>
+      <c r="E479" s="455"/>
+      <c r="F479" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G479" s="453"/>
+      <c r="H479" s="457"/>
+      <c r="I479" s="457"/>
+    </row>
+    <row r="480" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B480" s="1158">
+        <f>MAX(B$27:B479)+1</f>
+        <v>128</v>
+      </c>
+      <c r="C480" s="395"/>
+      <c r="D480" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E480" s="446"/>
+      <c r="F480" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G480" s="448"/>
+      <c r="H480" s="446"/>
+      <c r="I480" s="446"/>
+    </row>
+    <row r="481" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B481" s="1159"/>
+      <c r="C481" s="329" t="s">
+        <v>714</v>
+      </c>
+      <c r="D481" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E481" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F481" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G481" s="451" t="s">
+        <v>723</v>
+      </c>
+      <c r="H481" s="326">
+        <v>44287</v>
+      </c>
+      <c r="I481" s="452"/>
+    </row>
+    <row r="482" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B482" s="1160"/>
+      <c r="C482" s="396"/>
+      <c r="D482" s="454"/>
+      <c r="E482" s="455"/>
+      <c r="F482" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G482" s="453"/>
+      <c r="H482" s="457"/>
+      <c r="I482" s="457"/>
+    </row>
+    <row r="483" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B483" s="1158">
+        <f>MAX(B$27:B482)+1</f>
+        <v>129</v>
+      </c>
+      <c r="C483" s="328"/>
+      <c r="D483" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E483" s="448"/>
+      <c r="F483" s="152" t="s">
+        <v>332</v>
+      </c>
+      <c r="G483" s="448"/>
+      <c r="H483" s="458"/>
+      <c r="I483" s="1180"/>
+    </row>
+    <row r="484" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B484" s="1159"/>
+      <c r="C484" s="329" t="s">
+        <v>717</v>
+      </c>
+      <c r="D484" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E484" s="459" t="s">
+        <v>115</v>
+      </c>
+      <c r="F484" s="148" t="s">
+        <v>329</v>
+      </c>
+      <c r="G484" s="451"/>
+      <c r="H484" s="326">
+        <v>44298</v>
+      </c>
+      <c r="I484" s="1181"/>
+    </row>
+    <row r="485" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B485" s="1160"/>
+      <c r="C485" s="330"/>
+      <c r="D485" s="411"/>
+      <c r="E485" s="466"/>
+      <c r="F485" s="254" t="s">
+        <v>328</v>
+      </c>
+      <c r="G485" s="454"/>
+      <c r="H485" s="460"/>
+      <c r="I485" s="1182"/>
+    </row>
+    <row r="486" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B486" s="1158">
+        <f>MAX(B$27:B485)+1</f>
+        <v>130</v>
+      </c>
+      <c r="C486" s="395"/>
+      <c r="D486" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E486" s="446"/>
+      <c r="F486" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G486" s="448"/>
+      <c r="H486" s="446"/>
+      <c r="I486" s="1107" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="487" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B487" s="1159"/>
+      <c r="C487" s="715" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D487" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E487" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F487" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G487" s="483" t="s">
+        <v>370</v>
+      </c>
+      <c r="H487" s="326">
+        <v>44339</v>
+      </c>
+      <c r="I487" s="1135"/>
+    </row>
+    <row r="488" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B488" s="1160"/>
+      <c r="C488" s="396"/>
+      <c r="D488" s="454"/>
+      <c r="E488" s="455"/>
+      <c r="F488" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G488" s="453"/>
+      <c r="H488" s="457"/>
+      <c r="I488" s="1108"/>
+    </row>
+    <row r="489" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B489" s="1063">
+        <f>MAX(B$27:B488)+1</f>
+        <v>131</v>
+      </c>
+      <c r="C489" s="328"/>
+      <c r="D489" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E489" s="446"/>
+      <c r="F489" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G489" s="155"/>
+      <c r="H489" s="162"/>
+      <c r="I489" s="150"/>
+    </row>
+    <row r="490" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B490" s="1105"/>
+      <c r="C490" s="329" t="s">
+        <v>737</v>
+      </c>
+      <c r="D490" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E490" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F490" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G490" s="485" t="s">
+        <v>114</v>
+      </c>
+      <c r="H490" s="326">
+        <v>44330</v>
+      </c>
+      <c r="I490" s="144"/>
+    </row>
+    <row r="491" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B491" s="1079"/>
+      <c r="C491" s="330"/>
+      <c r="D491" s="143"/>
+      <c r="E491" s="455"/>
+      <c r="F491" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G491" s="143"/>
+      <c r="H491" s="156"/>
+      <c r="I491" s="141"/>
+    </row>
+    <row r="492" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B492" s="1158">
+        <f>MAX(B$27:B491)+1</f>
+        <v>132</v>
+      </c>
+      <c r="C492" s="395"/>
+      <c r="D492" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E492" s="446"/>
+      <c r="F492" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G492" s="448"/>
+      <c r="H492" s="446"/>
+      <c r="I492" s="1234"/>
+    </row>
+    <row r="493" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B493" s="1159"/>
+      <c r="C493" s="329" t="s">
+        <v>210</v>
+      </c>
+      <c r="D493" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E493" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F493" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G493" s="497" t="s">
+        <v>738</v>
+      </c>
+      <c r="H493" s="326">
+        <v>44353</v>
+      </c>
+      <c r="I493" s="1235"/>
+    </row>
+    <row r="494" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B494" s="1160"/>
+      <c r="C494" s="396"/>
+      <c r="D494" s="454"/>
+      <c r="E494" s="455"/>
+      <c r="F494" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G494" s="453"/>
+      <c r="H494" s="457"/>
+      <c r="I494" s="1236"/>
+    </row>
+    <row r="495" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B495" s="1063">
+        <f>MAX(B$27:B494)+1</f>
+        <v>133</v>
+      </c>
+      <c r="C495" s="155"/>
+      <c r="D495" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E495" s="167"/>
+      <c r="F495" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G495" s="155"/>
+      <c r="H495" s="155"/>
+      <c r="I495" s="1107" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="496" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B496" s="1105"/>
+      <c r="C496" s="147" t="s">
+        <v>920</v>
+      </c>
+      <c r="D496" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E496" s="195" t="s">
+        <v>115</v>
+      </c>
+      <c r="F496" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G496" s="229" t="s">
+        <v>388</v>
+      </c>
+      <c r="H496" s="145">
+        <v>44354</v>
+      </c>
+      <c r="I496" s="1135"/>
+    </row>
+    <row r="497" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B497" s="1079"/>
+      <c r="C497" s="143"/>
+      <c r="D497" s="143"/>
+      <c r="E497" s="164"/>
+      <c r="F497" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G497" s="143"/>
+      <c r="H497" s="143"/>
+      <c r="I497" s="1108"/>
+    </row>
+    <row r="498" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B498" s="1158">
+        <f>MAX(B$27:B497)+1</f>
+        <v>134</v>
+      </c>
+      <c r="C498" s="395"/>
+      <c r="D498" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E498" s="446"/>
+      <c r="F498" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G498" s="448"/>
+      <c r="H498" s="446"/>
+      <c r="I498" s="446"/>
+    </row>
+    <row r="499" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B499" s="1159"/>
+      <c r="C499" s="329" t="s">
+        <v>741</v>
+      </c>
+      <c r="D499" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E499" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F499" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G499" s="229" t="s">
+        <v>388</v>
+      </c>
+      <c r="H499" s="326">
+        <v>44357</v>
+      </c>
+      <c r="I499" s="452"/>
+    </row>
+    <row r="500" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B500" s="1159"/>
+      <c r="C500" s="329"/>
+      <c r="D500" s="737"/>
+      <c r="E500" s="449"/>
+      <c r="F500" s="450" t="s">
+        <v>328</v>
+      </c>
+      <c r="G500" s="451"/>
+      <c r="H500" s="452"/>
+      <c r="I500" s="452"/>
+    </row>
+    <row r="501" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B501" s="1160"/>
+      <c r="C501" s="396"/>
+      <c r="D501" s="454"/>
+      <c r="E501" s="455"/>
+      <c r="F501" s="456"/>
+      <c r="G501" s="739" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H501" s="392">
+        <v>45194</v>
+      </c>
+      <c r="I501" s="457"/>
+    </row>
+    <row r="502" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B502" s="1158">
+        <f>MAX(B$27:B500)+1</f>
+        <v>135</v>
+      </c>
+      <c r="C502" s="395"/>
+      <c r="D502" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E502" s="446"/>
+      <c r="F502" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G502" s="448"/>
+      <c r="H502" s="446"/>
+      <c r="I502" s="1107" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="503" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B503" s="1159"/>
+      <c r="C503" s="329" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D503" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E503" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F503" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G503" s="229" t="s">
+        <v>136</v>
+      </c>
+      <c r="H503" s="326">
+        <v>44382</v>
+      </c>
+      <c r="I503" s="1135"/>
+    </row>
+    <row r="504" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B504" s="1160"/>
+      <c r="C504" s="396"/>
+      <c r="D504" s="454"/>
+      <c r="E504" s="455"/>
+      <c r="F504" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G504" s="453"/>
+      <c r="H504" s="457"/>
+      <c r="I504" s="1108"/>
+    </row>
+    <row r="505" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B505" s="1158">
+        <f>MAX(B$27:B504)+1</f>
+        <v>136</v>
+      </c>
+      <c r="C505" s="395"/>
+      <c r="D505" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E505" s="446"/>
+      <c r="F505" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G505" s="448"/>
+      <c r="H505" s="446"/>
+      <c r="I505" s="446"/>
+    </row>
+    <row r="506" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B506" s="1159"/>
+      <c r="C506" s="329" t="s">
+        <v>751</v>
+      </c>
+      <c r="D506" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E506" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F506" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G506" s="501" t="s">
+        <v>296</v>
+      </c>
+      <c r="H506" s="326">
+        <v>44440</v>
+      </c>
+      <c r="I506" s="452"/>
+    </row>
+    <row r="507" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B507" s="1160"/>
+      <c r="C507" s="396"/>
+      <c r="D507" s="454"/>
+      <c r="E507" s="455"/>
+      <c r="F507" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G507" s="453"/>
+      <c r="H507" s="457"/>
+      <c r="I507" s="457"/>
+    </row>
+    <row r="508" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B508" s="1158">
+        <f>MAX(B$27:B507)+1</f>
+        <v>137</v>
+      </c>
+      <c r="C508" s="328"/>
+      <c r="D508" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E508" s="446"/>
+      <c r="F508" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G508" s="448"/>
+      <c r="H508" s="458"/>
+      <c r="I508" s="1180"/>
+    </row>
+    <row r="509" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B509" s="1159"/>
+      <c r="C509" s="329" t="s">
+        <v>765</v>
+      </c>
+      <c r="D509" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E509" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F509" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G509" s="451" t="s">
+        <v>784</v>
+      </c>
+      <c r="H509" s="326">
+        <v>44562</v>
+      </c>
+      <c r="I509" s="1181"/>
+    </row>
+    <row r="510" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B510" s="1160"/>
+      <c r="C510" s="330"/>
+      <c r="D510" s="411"/>
+      <c r="E510" s="455"/>
+      <c r="F510" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G510" s="454"/>
+      <c r="H510" s="460"/>
+      <c r="I510" s="1182"/>
+    </row>
+    <row r="511" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B511" s="1158">
+        <f>MAX(B$27:B510)+1</f>
+        <v>138</v>
+      </c>
+      <c r="C511" s="328"/>
+      <c r="D511" s="409" t="s">
+        <v>772</v>
+      </c>
+      <c r="E511" s="150"/>
+      <c r="F511" s="119"/>
+      <c r="G511" s="448"/>
+      <c r="H511" s="458"/>
+      <c r="I511" s="1180"/>
+    </row>
+    <row r="512" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B512" s="1159"/>
+      <c r="C512" s="329" t="s">
+        <v>773</v>
+      </c>
+      <c r="D512" s="410" t="s">
+        <v>774</v>
+      </c>
+      <c r="E512" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F512" s="147"/>
+      <c r="G512" s="451" t="s">
+        <v>192</v>
+      </c>
+      <c r="H512" s="326">
+        <v>44501</v>
+      </c>
+      <c r="I512" s="1181"/>
+    </row>
+    <row r="513" spans="2:9" s="426" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B513" s="1160"/>
+      <c r="C513" s="330"/>
+      <c r="D513" s="411"/>
+      <c r="E513" s="311"/>
+      <c r="F513" s="118"/>
+      <c r="G513" s="454"/>
+      <c r="H513" s="460"/>
+      <c r="I513" s="1182"/>
+    </row>
+    <row r="514" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B514" s="1158">
+        <f>MAX(B$27:B513)+1</f>
+        <v>139</v>
+      </c>
+      <c r="C514" s="328"/>
+      <c r="D514" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E514" s="446"/>
+      <c r="F514" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G514" s="448"/>
+      <c r="H514" s="458"/>
+      <c r="I514" s="1180"/>
+    </row>
+    <row r="515" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B515" s="1159"/>
+      <c r="C515" s="329" t="s">
+        <v>781</v>
+      </c>
+      <c r="D515" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E515" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F515" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G515" s="529" t="s">
+        <v>296</v>
+      </c>
+      <c r="H515" s="326">
+        <v>44550</v>
+      </c>
+      <c r="I515" s="1181"/>
+    </row>
+    <row r="516" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B516" s="1160"/>
+      <c r="C516" s="330"/>
+      <c r="D516" s="411"/>
+      <c r="E516" s="455"/>
+      <c r="F516" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G516" s="454"/>
+      <c r="H516" s="460"/>
+      <c r="I516" s="1182"/>
+    </row>
+    <row r="517" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B517" s="1063">
+        <f>MAX(B$27:B516)+1</f>
+        <v>140</v>
+      </c>
+      <c r="C517" s="155"/>
+      <c r="D517" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E517" s="446"/>
+      <c r="F517" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G517" s="155"/>
+      <c r="H517" s="155"/>
+      <c r="I517" s="183"/>
+    </row>
+    <row r="518" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B518" s="1105"/>
+      <c r="C518" s="147" t="s">
+        <v>782</v>
+      </c>
+      <c r="D518" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E518" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F518" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G518" s="229" t="s">
+        <v>388</v>
+      </c>
+      <c r="H518" s="533">
+        <v>44456</v>
+      </c>
+      <c r="I518" s="181"/>
+    </row>
+    <row r="519" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B519" s="1079"/>
+      <c r="C519" s="143"/>
+      <c r="D519" s="143"/>
+      <c r="E519" s="455"/>
+      <c r="F519" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G519" s="143"/>
+      <c r="H519" s="143"/>
+      <c r="I519" s="180"/>
+    </row>
+    <row r="520" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B520" s="1063">
+        <f>MAX(B$27:B519)+1</f>
+        <v>141</v>
+      </c>
+      <c r="C520" s="150"/>
+      <c r="D520" s="316" t="s">
+        <v>419</v>
+      </c>
+      <c r="E520" s="313"/>
+      <c r="F520" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G520" s="150"/>
+      <c r="H520" s="150"/>
+      <c r="I520" s="183"/>
+    </row>
+    <row r="521" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B521" s="1105"/>
+      <c r="C521" s="537" t="s">
+        <v>783</v>
+      </c>
+      <c r="D521" s="312" t="s">
+        <v>418</v>
+      </c>
+      <c r="E521" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F521" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="G521" s="229" t="s">
+        <v>585</v>
+      </c>
+      <c r="H521" s="310">
+        <v>44501</v>
+      </c>
+      <c r="I521" s="310"/>
+    </row>
+    <row r="522" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B522" s="1079"/>
+      <c r="C522" s="538"/>
+      <c r="D522" s="317"/>
+      <c r="E522" s="535"/>
+      <c r="F522" s="536" t="s">
+        <v>328</v>
+      </c>
+      <c r="G522" s="141"/>
+      <c r="H522" s="141"/>
+      <c r="I522" s="180"/>
+    </row>
+    <row r="523" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B523" s="1158">
+        <f>MAX(B$27:B522)+1</f>
+        <v>142</v>
+      </c>
+      <c r="C523" s="328"/>
+      <c r="D523" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E523" s="446"/>
+      <c r="F523" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G523" s="448"/>
+      <c r="H523" s="458"/>
+      <c r="I523" s="1180"/>
+    </row>
+    <row r="524" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B524" s="1159"/>
+      <c r="C524" s="329" t="s">
+        <v>788</v>
+      </c>
+      <c r="D524" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E524" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F524" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G524" s="540" t="s">
+        <v>296</v>
+      </c>
+      <c r="H524" s="310">
+        <v>44568</v>
+      </c>
+      <c r="I524" s="1181"/>
+    </row>
+    <row r="525" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B525" s="1160"/>
+      <c r="C525" s="330"/>
+      <c r="D525" s="411"/>
+      <c r="E525" s="455"/>
+      <c r="F525" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G525" s="454"/>
+      <c r="H525" s="460"/>
+      <c r="I525" s="1182"/>
+    </row>
+    <row r="526" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B526" s="1158">
+        <f>MAX(B$27:B525)+1</f>
+        <v>143</v>
+      </c>
+      <c r="C526" s="395"/>
+      <c r="D526" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E526" s="446"/>
+      <c r="F526" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G526" s="448"/>
+      <c r="H526" s="446"/>
+      <c r="I526" s="446"/>
+    </row>
+    <row r="527" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B527" s="1159"/>
+      <c r="C527" s="329" t="s">
+        <v>792</v>
+      </c>
+      <c r="D527" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E527" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F527" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G527" s="542" t="s">
+        <v>793</v>
+      </c>
+      <c r="H527" s="326">
+        <v>44545</v>
+      </c>
+      <c r="I527" s="452"/>
+    </row>
+    <row r="528" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B528" s="1160"/>
+      <c r="C528" s="396"/>
+      <c r="D528" s="454"/>
+      <c r="E528" s="455"/>
+      <c r="F528" s="456" t="s">
+        <v>328</v>
+      </c>
+      <c r="G528" s="453"/>
+      <c r="H528" s="457"/>
+      <c r="I528" s="457"/>
+    </row>
+    <row r="529" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B529" s="1161">
+        <f>MAX(B$27:B528)+1</f>
+        <v>144</v>
+      </c>
+      <c r="C529" s="316"/>
+      <c r="D529" s="119" t="s">
+        <v>621</v>
+      </c>
+      <c r="E529" s="150"/>
+      <c r="F529" s="341" t="s">
+        <v>332</v>
+      </c>
+      <c r="G529" s="344"/>
+      <c r="H529" s="150"/>
+      <c r="I529" s="150"/>
+    </row>
+    <row r="530" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B530" s="1162"/>
+      <c r="C530" s="398" t="s">
+        <v>803</v>
+      </c>
+      <c r="D530" s="147" t="s">
+        <v>622</v>
+      </c>
+      <c r="E530" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F530" s="342" t="s">
+        <v>329</v>
+      </c>
+      <c r="G530" s="542" t="s">
+        <v>296</v>
+      </c>
+      <c r="H530" s="326">
+        <v>44621</v>
+      </c>
+      <c r="I530" s="144"/>
+    </row>
+    <row r="531" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B531" s="1163"/>
+      <c r="C531" s="241"/>
+      <c r="D531" s="143"/>
+      <c r="E531" s="311"/>
+      <c r="F531" s="343" t="s">
+        <v>328</v>
+      </c>
+      <c r="G531" s="241"/>
+      <c r="H531" s="141"/>
+      <c r="I531" s="141"/>
+    </row>
+    <row r="532" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B532" s="1063">
+        <f>MAX(B$27:B531)+1</f>
+        <v>145</v>
+      </c>
+      <c r="C532" s="189"/>
+      <c r="D532" s="119" t="s">
+        <v>356</v>
+      </c>
+      <c r="E532" s="150"/>
+      <c r="F532" s="119"/>
+      <c r="G532" s="155"/>
+      <c r="H532" s="162"/>
+      <c r="I532" s="415"/>
+    </row>
+    <row r="533" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B533" s="1105"/>
+      <c r="C533" s="560" t="s">
+        <v>804</v>
+      </c>
+      <c r="D533" s="147" t="s">
+        <v>355</v>
+      </c>
+      <c r="E533" s="309" t="s">
+        <v>115</v>
+      </c>
+      <c r="F533" s="193"/>
+      <c r="G533" s="542" t="s">
+        <v>192</v>
+      </c>
+      <c r="H533" s="326">
+        <v>44562</v>
+      </c>
+      <c r="I533" s="416"/>
+    </row>
+    <row r="534" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B534" s="1079"/>
+      <c r="C534" s="185"/>
+      <c r="D534" s="143"/>
+      <c r="E534" s="311"/>
+      <c r="F534" s="118"/>
+      <c r="G534" s="558"/>
+      <c r="H534" s="156"/>
+      <c r="I534" s="417"/>
+    </row>
+    <row r="535" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B535" s="1161">
+        <f>MAX(B$27:B534)+1</f>
+        <v>146</v>
+      </c>
+      <c r="C535" s="395"/>
+      <c r="D535" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E535" s="446"/>
+      <c r="F535" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G535" s="155"/>
+      <c r="H535" s="326"/>
+      <c r="I535" s="150"/>
+    </row>
+    <row r="536" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B536" s="1162"/>
+      <c r="C536" s="329" t="s">
+        <v>806</v>
+      </c>
+      <c r="D536" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E536" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F536" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G536" s="542" t="s">
+        <v>777</v>
+      </c>
+      <c r="H536" s="326">
+        <v>44621</v>
+      </c>
+      <c r="I536" s="144"/>
+    </row>
+    <row r="537" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B537" s="1162"/>
+      <c r="C537" s="329"/>
+      <c r="D537" s="64"/>
+      <c r="E537" s="449"/>
+      <c r="F537" s="450" t="s">
+        <v>328</v>
+      </c>
+      <c r="G537" s="542"/>
+      <c r="H537" s="144"/>
+      <c r="I537" s="144"/>
+    </row>
+    <row r="538" spans="2:9" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B538" s="1163"/>
+      <c r="C538" s="614"/>
+      <c r="D538" s="64"/>
+      <c r="E538" s="449"/>
+      <c r="F538" s="615"/>
+      <c r="G538" s="111" t="s">
+        <v>312</v>
+      </c>
+      <c r="H538" s="392">
+        <v>44655</v>
+      </c>
+      <c r="I538" s="144"/>
+    </row>
+    <row r="539" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B539" s="1063">
+        <f>MAX(B$27:B537)+1</f>
+        <v>147</v>
+      </c>
+      <c r="C539" s="328"/>
+      <c r="D539" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E539" s="446"/>
+      <c r="F539" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G539" s="155"/>
+      <c r="H539" s="162"/>
+      <c r="I539" s="150"/>
+    </row>
+    <row r="540" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B540" s="1105"/>
+      <c r="C540" s="329" t="s">
+        <v>808</v>
+      </c>
+      <c r="D540" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E540" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F540" s="450" t="s">
+        <v>329</v>
+      </c>
+      <c r="G540" s="542" t="s">
+        <v>529</v>
+      </c>
+      <c r="H540" s="326">
+        <v>44652</v>
+      </c>
+      <c r="I540" s="144"/>
+    </row>
+    <row r="541" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B541" s="1105"/>
+      <c r="C541" s="499"/>
+      <c r="D541" s="64"/>
+      <c r="E541" s="449"/>
+      <c r="F541" s="450" t="s">
+        <v>328</v>
+      </c>
+      <c r="G541" s="64"/>
+      <c r="H541" s="326"/>
+      <c r="I541" s="144"/>
+    </row>
+    <row r="542" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B542" s="1079"/>
+      <c r="C542" s="454"/>
+      <c r="D542" s="143"/>
+      <c r="E542" s="847" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F542" s="615"/>
+      <c r="G542" s="780" t="s">
+        <v>529</v>
+      </c>
+      <c r="H542" s="848">
+        <v>45607</v>
+      </c>
+      <c r="I542" s="141"/>
+    </row>
+    <row r="543" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B543" s="1063">
+        <f>MAX(B$27:B541)+1</f>
+        <v>148</v>
+      </c>
+      <c r="C543" s="328"/>
+      <c r="D543" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E543" s="446"/>
+      <c r="F543" s="447" t="s">
+        <v>332</v>
+      </c>
+      <c r="G543" s="155"/>
+      <c r="H543" s="589"/>
+      <c r="I543" s="150"/>
+    </row>
+    <row r="544" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B544" s="1105"/>
+      <c r="C544" s="329" t="s">
+        <v>814</v>
+      </c>
+      <c r="D544" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E544" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F544" s="147"/>
+      <c r="G544" s="542" t="s">
+        <v>802</v>
+      </c>
+      <c r="H544" s="326">
+        <v>44571</v>
+      </c>
+      <c r="I544" s="144"/>
+    </row>
+    <row r="545" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B545" s="1079"/>
+      <c r="C545" s="330"/>
+      <c r="D545" s="143"/>
+      <c r="E545" s="455"/>
+      <c r="F545" s="118"/>
+      <c r="G545" s="143"/>
+      <c r="H545" s="156"/>
+      <c r="I545" s="141"/>
+    </row>
+    <row r="546" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B546" s="1063">
+        <f>MAX(B$27:B545)+1</f>
+        <v>149</v>
+      </c>
+      <c r="C546" s="167"/>
+      <c r="D546" s="152" t="s">
+        <v>333</v>
+      </c>
+      <c r="E546" s="155"/>
+      <c r="F546" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G546" s="155"/>
+      <c r="H546" s="162"/>
+      <c r="I546" s="183"/>
+    </row>
+    <row r="547" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B547" s="1105"/>
+      <c r="C547" s="182" t="s">
+        <v>822</v>
+      </c>
+      <c r="D547" s="148" t="s">
+        <v>330</v>
+      </c>
+      <c r="E547" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F547" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G547" s="542" t="s">
+        <v>281</v>
+      </c>
+      <c r="H547" s="145">
+        <v>44575</v>
+      </c>
+      <c r="I547" s="181"/>
+    </row>
+    <row r="548" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B548" s="1079"/>
+      <c r="C548" s="164"/>
+      <c r="D548" s="143"/>
+      <c r="E548" s="157"/>
+      <c r="F548" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G548" s="588"/>
+      <c r="H548" s="156"/>
+      <c r="I548" s="180"/>
+    </row>
+    <row r="549" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B549" s="1161">
+        <f>MAX(B$27:B548)+1</f>
+        <v>150</v>
+      </c>
+      <c r="C549" s="119"/>
+      <c r="D549" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E549" s="598"/>
+      <c r="F549" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G549" s="119"/>
+      <c r="H549" s="240"/>
+      <c r="I549" s="150"/>
+    </row>
+    <row r="550" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B550" s="1162"/>
+      <c r="C550" s="149" t="s">
+        <v>835</v>
+      </c>
+      <c r="D550" s="160" t="s">
+        <v>343</v>
+      </c>
+      <c r="E550" s="542" t="s">
+        <v>50</v>
+      </c>
+      <c r="F550" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G550" s="542">
+        <v>3</v>
+      </c>
+      <c r="H550" s="239">
+        <v>44620</v>
+      </c>
+      <c r="I550" s="261"/>
+    </row>
+    <row r="551" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B551" s="1163"/>
+      <c r="C551" s="118"/>
+      <c r="D551" s="158"/>
+      <c r="E551" s="599"/>
+      <c r="F551" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G551" s="118"/>
+      <c r="H551" s="259"/>
+      <c r="I551" s="141"/>
+    </row>
+    <row r="552" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B552" s="1161">
+        <f>MAX(B$27:B551)+1</f>
+        <v>151</v>
+      </c>
+      <c r="C552" s="119"/>
+      <c r="D552" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E552" s="598"/>
+      <c r="F552" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G552" s="119"/>
+      <c r="H552" s="240"/>
+      <c r="I552" s="150"/>
+    </row>
+    <row r="553" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B553" s="1162"/>
+      <c r="C553" s="149" t="s">
+        <v>836</v>
+      </c>
+      <c r="D553" s="160" t="s">
+        <v>343</v>
+      </c>
+      <c r="E553" s="542" t="s">
+        <v>50</v>
+      </c>
+      <c r="F553" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G553" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H553" s="807">
+        <v>44620</v>
+      </c>
+      <c r="I553" s="261"/>
+    </row>
+    <row r="554" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B554" s="1163"/>
+      <c r="C554" s="118"/>
+      <c r="D554" s="158"/>
+      <c r="E554" s="599"/>
+      <c r="F554" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G554" s="118"/>
+      <c r="H554" s="259"/>
+      <c r="I554" s="141"/>
+    </row>
+    <row r="555" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B555" s="1158">
+        <f>MAX(B$27:B554)+1</f>
+        <v>152</v>
+      </c>
+      <c r="C555" s="395"/>
+      <c r="D555" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E555" s="446"/>
+      <c r="F555" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G555" s="448"/>
+      <c r="H555" s="446"/>
+      <c r="I555" s="446"/>
+    </row>
+    <row r="556" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B556" s="1159"/>
+      <c r="C556" s="149" t="s">
+        <v>841</v>
+      </c>
+      <c r="D556" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E556" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F556" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G556" s="542" t="s">
+        <v>370</v>
+      </c>
+      <c r="H556" s="239">
+        <v>44713</v>
+      </c>
+      <c r="I556" s="452"/>
+    </row>
+    <row r="557" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B557" s="1160"/>
+      <c r="C557" s="396"/>
+      <c r="D557" s="454"/>
+      <c r="E557" s="455"/>
+      <c r="F557" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G557" s="453"/>
+      <c r="H557" s="457"/>
+      <c r="I557" s="457"/>
+    </row>
+    <row r="558" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B558" s="1063">
+        <f>MAX(B$27:B557)+1</f>
+        <v>153</v>
+      </c>
+      <c r="C558" s="189"/>
+      <c r="D558" s="236" t="s">
         <v>387</v>
       </c>
-      <c r="H243" s="146">
-[...22 lines deleted...]
-      <c r="D245" s="177" t="s">
+      <c r="E558" s="446"/>
+      <c r="F558" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G558" s="155"/>
+      <c r="H558" s="162"/>
+      <c r="I558" s="415"/>
+    </row>
+    <row r="559" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B559" s="1105"/>
+      <c r="C559" s="605" t="s">
+        <v>844</v>
+      </c>
+      <c r="D559" s="126" t="s">
         <v>386</v>
       </c>
-      <c r="E245" s="156"/>
-      <c r="F245" s="120" t="s">
+      <c r="E559" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F559" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G559" s="542" t="s">
+        <v>845</v>
+      </c>
+      <c r="H559" s="239">
+        <v>44805</v>
+      </c>
+      <c r="I559" s="416"/>
+    </row>
+    <row r="560" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B560" s="1079"/>
+      <c r="C560" s="185"/>
+      <c r="D560" s="143"/>
+      <c r="E560" s="455"/>
+      <c r="F560" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G560" s="604"/>
+      <c r="H560" s="156"/>
+      <c r="I560" s="417"/>
+    </row>
+    <row r="561" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B561" s="1158">
+        <f>MAX(B$27:B560)+1</f>
+        <v>154</v>
+      </c>
+      <c r="C561" s="328"/>
+      <c r="D561" s="409" t="s">
+        <v>377</v>
+      </c>
+      <c r="E561" s="603"/>
+      <c r="F561" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G561" s="119"/>
+      <c r="H561" s="458"/>
+      <c r="I561" s="1180"/>
+    </row>
+    <row r="562" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B562" s="1159"/>
+      <c r="C562" s="329" t="s">
+        <v>846</v>
+      </c>
+      <c r="D562" s="410" t="s">
+        <v>376</v>
+      </c>
+      <c r="E562" s="542" t="s">
+        <v>50</v>
+      </c>
+      <c r="F562" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G562" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H562" s="239">
+        <v>44722</v>
+      </c>
+      <c r="I562" s="1181"/>
+    </row>
+    <row r="563" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B563" s="1160"/>
+      <c r="C563" s="330"/>
+      <c r="D563" s="411"/>
+      <c r="E563" s="604"/>
+      <c r="F563" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G563" s="118"/>
+      <c r="H563" s="460"/>
+      <c r="I563" s="1182"/>
+    </row>
+    <row r="564" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B564" s="1158">
+        <f>MAX(B$27:B563)+1</f>
+        <v>155</v>
+      </c>
+      <c r="C564" s="328"/>
+      <c r="D564" s="409" t="s">
+        <v>848</v>
+      </c>
+      <c r="E564" s="606"/>
+      <c r="F564" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G564" s="448"/>
+      <c r="H564" s="458"/>
+      <c r="I564" s="1180"/>
+    </row>
+    <row r="565" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B565" s="1159"/>
+      <c r="C565" s="329" t="s">
+        <v>847</v>
+      </c>
+      <c r="D565" s="608" t="s">
+        <v>849</v>
+      </c>
+      <c r="E565" s="542" t="s">
+        <v>50</v>
+      </c>
+      <c r="F565" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G565" s="542" t="s">
+        <v>850</v>
+      </c>
+      <c r="H565" s="239">
+        <v>44652</v>
+      </c>
+      <c r="I565" s="1181"/>
+    </row>
+    <row r="566" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B566" s="1160"/>
+      <c r="C566" s="330"/>
+      <c r="D566" s="411"/>
+      <c r="E566" s="607"/>
+      <c r="F566" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G566" s="454"/>
+      <c r="H566" s="460"/>
+      <c r="I566" s="1182"/>
+    </row>
+    <row r="567" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B567" s="1158">
+        <f>MAX(B$27:B566)+1</f>
+        <v>156</v>
+      </c>
+      <c r="C567" s="64"/>
+      <c r="D567" s="147" t="s">
+        <v>341</v>
+      </c>
+      <c r="E567" s="64"/>
+      <c r="F567" s="147"/>
+      <c r="G567" s="201" t="s">
+        <v>134</v>
+      </c>
+      <c r="H567" s="521">
+        <v>44139</v>
+      </c>
+      <c r="I567" s="613"/>
+    </row>
+    <row r="568" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B568" s="1159"/>
+      <c r="C568" s="126" t="s">
+        <v>591</v>
+      </c>
+      <c r="D568" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E568" s="154" t="s">
+        <v>115</v>
+      </c>
+      <c r="F568" s="198" t="s">
+        <v>332</v>
+      </c>
+      <c r="G568" s="609"/>
+      <c r="I568" s="1170"/>
+    </row>
+    <row r="569" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B569" s="1159"/>
+      <c r="C569" s="64"/>
+      <c r="D569" s="64"/>
+      <c r="E569" s="64"/>
+      <c r="F569" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G569" s="64"/>
+      <c r="H569" s="145">
+        <v>44169</v>
+      </c>
+      <c r="I569" s="1170"/>
+    </row>
+    <row r="570" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B570" s="64"/>
+      <c r="C570" s="64"/>
+      <c r="D570" s="64"/>
+      <c r="E570" s="64"/>
+      <c r="F570" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G570" s="64"/>
+      <c r="H570" s="145"/>
+      <c r="I570" s="1170"/>
+    </row>
+    <row r="571" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B571" s="143"/>
+      <c r="C571" s="143"/>
+      <c r="D571" s="143"/>
+      <c r="E571" s="143"/>
+      <c r="F571" s="610"/>
+      <c r="G571" s="111" t="s">
+        <v>192</v>
+      </c>
+      <c r="H571" s="112">
+        <v>44673</v>
+      </c>
+      <c r="I571" s="141"/>
+    </row>
+    <row r="572" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B572" s="1158">
+        <f>MAX(B$27:B571)+1</f>
+        <v>157</v>
+      </c>
+      <c r="C572" s="328"/>
+      <c r="D572" s="409" t="s">
+        <v>851</v>
+      </c>
+      <c r="E572" s="611"/>
+      <c r="F572" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G572" s="448"/>
+      <c r="H572" s="458"/>
+      <c r="I572" s="1180"/>
+    </row>
+    <row r="573" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B573" s="1159"/>
+      <c r="C573" s="329" t="s">
+        <v>853</v>
+      </c>
+      <c r="D573" s="608" t="s">
+        <v>852</v>
+      </c>
+      <c r="E573" s="542" t="s">
+        <v>50</v>
+      </c>
+      <c r="F573" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G573" s="542" t="s">
+        <v>397</v>
+      </c>
+      <c r="H573" s="239">
+        <v>44687</v>
+      </c>
+      <c r="I573" s="1181"/>
+    </row>
+    <row r="574" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B574" s="1160"/>
+      <c r="C574" s="330"/>
+      <c r="D574" s="411"/>
+      <c r="E574" s="612"/>
+      <c r="F574" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G574" s="454"/>
+      <c r="H574" s="460"/>
+      <c r="I574" s="1182"/>
+    </row>
+    <row r="575" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B575" s="1161">
+        <f>MAX(B$27:B574)+1</f>
+        <v>158</v>
+      </c>
+      <c r="C575" s="328"/>
+      <c r="D575" s="152" t="s">
+        <v>365</v>
+      </c>
+      <c r="E575" s="155"/>
+      <c r="F575" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G575" s="321"/>
+      <c r="H575" s="324"/>
+      <c r="I575" s="150"/>
+    </row>
+    <row r="576" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B576" s="1162"/>
+      <c r="C576" s="616" t="s">
+        <v>855</v>
+      </c>
+      <c r="D576" s="617" t="s">
+        <v>362</v>
+      </c>
+      <c r="E576" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F576" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G576" s="542" t="s">
+        <v>854</v>
+      </c>
+      <c r="H576" s="326">
+        <v>44621</v>
+      </c>
+      <c r="I576" s="323"/>
+    </row>
+    <row r="577" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B577" s="1162"/>
+      <c r="C577" s="499"/>
+      <c r="D577" s="64"/>
+      <c r="E577" s="159"/>
+      <c r="F577" s="237" t="s">
+        <v>328</v>
+      </c>
+      <c r="G577" s="811"/>
+      <c r="H577" s="812"/>
+      <c r="I577" s="724"/>
+    </row>
+    <row r="578" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B578" s="810"/>
+      <c r="C578" s="499"/>
+      <c r="D578" s="143"/>
+      <c r="E578" s="159"/>
+      <c r="F578" s="319"/>
+      <c r="G578" s="111" t="s">
+        <v>141</v>
+      </c>
+      <c r="H578" s="112">
+        <v>45466</v>
+      </c>
+      <c r="I578" s="724"/>
+    </row>
+    <row r="579" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B579" s="1161">
+        <f>MAX(B$27:B577)+1</f>
+        <v>159</v>
+      </c>
+      <c r="C579" s="328"/>
+      <c r="D579" s="147" t="s">
         <v>339</v>
       </c>
-      <c r="G245" s="156"/>
-[...62 lines deleted...]
-      <c r="F249" s="120" t="s">
+      <c r="E579" s="155"/>
+      <c r="F579" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G579" s="321"/>
+      <c r="H579" s="324"/>
+      <c r="I579" s="1085" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="580" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B580" s="1162"/>
+      <c r="C580" s="616" t="s">
+        <v>971</v>
+      </c>
+      <c r="D580" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E580" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F580" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G580" s="542" t="s">
+        <v>312</v>
+      </c>
+      <c r="H580" s="326">
+        <v>44757</v>
+      </c>
+      <c r="I580" s="1179"/>
+    </row>
+    <row r="581" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B581" s="1163"/>
+      <c r="C581" s="330"/>
+      <c r="D581" s="143"/>
+      <c r="E581" s="157"/>
+      <c r="F581" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G581" s="322"/>
+      <c r="H581" s="325"/>
+      <c r="I581" s="1086"/>
+    </row>
+    <row r="582" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B582" s="1161">
+        <f>MAX(B$27:B581)+1</f>
+        <v>160</v>
+      </c>
+      <c r="C582" s="328"/>
+      <c r="D582" s="147" t="s">
         <v>339</v>
       </c>
-      <c r="G249" s="156"/>
-[...7 lines deleted...]
-      <c r="C250" s="162" t="s">
+      <c r="E582" s="155"/>
+      <c r="F582" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G582" s="321"/>
+      <c r="H582" s="324"/>
+      <c r="I582" s="150"/>
+    </row>
+    <row r="583" spans="2:9" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B583" s="1162"/>
+      <c r="C583" s="616" t="s">
+        <v>866</v>
+      </c>
+      <c r="D583" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E583" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F583" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G583" s="542" t="s">
+        <v>294</v>
+      </c>
+      <c r="H583" s="326">
+        <v>44768</v>
+      </c>
+      <c r="I583" s="323"/>
+    </row>
+    <row r="584" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B584" s="1163"/>
+      <c r="C584" s="330"/>
+      <c r="D584" s="143"/>
+      <c r="E584" s="157"/>
+      <c r="F584" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G584" s="322"/>
+      <c r="H584" s="325"/>
+      <c r="I584" s="168"/>
+    </row>
+    <row r="585" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B585" s="1161">
+        <f>MAX(B$27:B584)+1</f>
+        <v>161</v>
+      </c>
+      <c r="C585" s="119"/>
+      <c r="D585" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E585" s="119"/>
+      <c r="F585" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G585" s="119"/>
+      <c r="H585" s="119"/>
+      <c r="I585" s="243"/>
+    </row>
+    <row r="586" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B586" s="1162"/>
+      <c r="C586" s="147" t="s">
+        <v>867</v>
+      </c>
+      <c r="D586" s="147" t="s">
         <v>382</v>
       </c>
-      <c r="D250" s="148" t="s">
-[...56 lines deleted...]
-      <c r="D253" s="148" t="s">
+      <c r="E586" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F586" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G586" s="542" t="s">
+        <v>869</v>
+      </c>
+      <c r="H586" s="326">
+        <v>44691</v>
+      </c>
+      <c r="I586" s="242"/>
+    </row>
+    <row r="587" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B587" s="1163"/>
+      <c r="C587" s="118"/>
+      <c r="D587" s="118"/>
+      <c r="E587" s="118"/>
+      <c r="F587" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G587" s="118"/>
+      <c r="H587" s="118"/>
+      <c r="I587" s="241"/>
+    </row>
+    <row r="588" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B588" s="1161">
+        <f>MAX(B$27:B587)+1</f>
+        <v>162</v>
+      </c>
+      <c r="C588" s="119"/>
+      <c r="D588" s="119" t="s">
         <v>345</v>
       </c>
-      <c r="E253" s="160" t="s">
-[...5654 lines deleted...]
-      <c r="D588" s="119"/>
       <c r="E588" s="119"/>
-      <c r="F588" s="205" t="s">
-        <v>335</v>
+      <c r="F588" s="258" t="s">
+        <v>332</v>
       </c>
       <c r="G588" s="119"/>
       <c r="H588" s="119"/>
-      <c r="I588" s="242"/>
-[...3 lines deleted...]
-        <f>MAX(B$27:B588)+1</f>
+      <c r="I588" s="243"/>
+    </row>
+    <row r="589" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B589" s="1162"/>
+      <c r="C589" s="147" t="s">
+        <v>872</v>
+      </c>
+      <c r="D589" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E589" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F589" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G589" s="542" t="s">
+        <v>873</v>
+      </c>
+      <c r="H589" s="326">
+        <v>44742</v>
+      </c>
+      <c r="I589" s="242"/>
+    </row>
+    <row r="590" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B590" s="1163"/>
+      <c r="C590" s="118"/>
+      <c r="D590" s="118"/>
+      <c r="E590" s="118"/>
+      <c r="F590" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G590" s="118"/>
+      <c r="H590" s="118"/>
+      <c r="I590" s="241"/>
+    </row>
+    <row r="591" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B591" s="1158">
+        <f>MAX(B$27:B590)+1</f>
         <v>163</v>
       </c>
-      <c r="C589" s="120"/>
-[...4 lines deleted...]
-      <c r="F589" s="259" t="s">
+      <c r="C591" s="395"/>
+      <c r="D591" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E591" s="446"/>
+      <c r="F591" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G591" s="448"/>
+      <c r="H591" s="446"/>
+      <c r="I591" s="446"/>
+    </row>
+    <row r="592" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B592" s="1159"/>
+      <c r="C592" s="149" t="s">
+        <v>875</v>
+      </c>
+      <c r="D592" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E592" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F592" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G592" s="542" t="s">
+        <v>388</v>
+      </c>
+      <c r="H592" s="326">
+        <v>44872</v>
+      </c>
+      <c r="I592" s="452"/>
+    </row>
+    <row r="593" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B593" s="1160"/>
+      <c r="C593" s="396"/>
+      <c r="D593" s="454"/>
+      <c r="E593" s="455"/>
+      <c r="F593" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G593" s="453"/>
+      <c r="H593" s="457"/>
+      <c r="I593" s="457"/>
+    </row>
+    <row r="594" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B594" s="1158">
+        <f>MAX(B$27:B593)+1</f>
+        <v>164</v>
+      </c>
+      <c r="C594" s="395"/>
+      <c r="D594" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E594" s="155"/>
+      <c r="F594" s="119"/>
+      <c r="G594" s="621">
+        <v>6</v>
+      </c>
+      <c r="H594" s="326">
+        <v>44927</v>
+      </c>
+      <c r="I594" s="446"/>
+    </row>
+    <row r="595" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B595" s="1159"/>
+      <c r="C595" s="149" t="s">
+        <v>879</v>
+      </c>
+      <c r="D595" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E595" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F595" s="202"/>
+      <c r="G595" s="794">
+        <v>7</v>
+      </c>
+      <c r="H595" s="795">
+        <v>44927</v>
+      </c>
+      <c r="I595" s="796">
+        <v>45328</v>
+      </c>
+    </row>
+    <row r="596" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B596" s="1159"/>
+      <c r="C596" s="149"/>
+      <c r="D596" s="148"/>
+      <c r="E596" s="159"/>
+      <c r="F596" s="147" t="s">
+        <v>468</v>
+      </c>
+      <c r="G596" s="1105" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H596" s="1241">
+        <v>45328</v>
+      </c>
+      <c r="I596" s="1241"/>
+    </row>
+    <row r="597" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B597" s="1159"/>
+      <c r="C597" s="149"/>
+      <c r="D597" s="148"/>
+      <c r="E597" s="159"/>
+      <c r="F597" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G597" s="1105"/>
+      <c r="H597" s="1242"/>
+      <c r="I597" s="1242"/>
+    </row>
+    <row r="598" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B598" s="1160"/>
+      <c r="C598" s="396"/>
+      <c r="D598" s="454"/>
+      <c r="E598" s="157"/>
+      <c r="F598" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G598" s="1079"/>
+      <c r="H598" s="1243"/>
+      <c r="I598" s="1243"/>
+    </row>
+    <row r="599" spans="2:9" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B599" s="1158">
+        <f>MAX(B$27:B598)+1</f>
+        <v>165</v>
+      </c>
+      <c r="C599" s="395"/>
+      <c r="D599" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E599" s="155"/>
+      <c r="F599" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G599" s="119"/>
+      <c r="H599" s="446"/>
+      <c r="I599" s="1174" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="600" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B600" s="1159"/>
+      <c r="C600" s="149" t="s">
+        <v>889</v>
+      </c>
+      <c r="D600" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E600" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F600" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G600" s="542" t="s">
+        <v>520</v>
+      </c>
+      <c r="H600" s="326">
+        <v>44763</v>
+      </c>
+      <c r="I600" s="1175"/>
+    </row>
+    <row r="601" spans="2:9" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B601" s="1160"/>
+      <c r="C601" s="396"/>
+      <c r="D601" s="454"/>
+      <c r="E601" s="157"/>
+      <c r="F601" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G601" s="118"/>
+      <c r="H601" s="457"/>
+      <c r="I601" s="1240"/>
+    </row>
+    <row r="602" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B602" s="1158">
+        <f>MAX(B$27:B601)+1</f>
+        <v>166</v>
+      </c>
+      <c r="C602" s="395"/>
+      <c r="D602" s="153" t="s">
+        <v>337</v>
+      </c>
+      <c r="E602" s="155"/>
+      <c r="F602" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G602" s="119"/>
+      <c r="H602" s="446"/>
+      <c r="I602" s="446"/>
+    </row>
+    <row r="603" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B603" s="1159"/>
+      <c r="C603" s="149" t="s">
+        <v>891</v>
+      </c>
+      <c r="D603" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E603" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F603" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G603" s="542" t="s">
+        <v>118</v>
+      </c>
+      <c r="H603" s="326">
+        <v>44805</v>
+      </c>
+      <c r="I603" s="452"/>
+    </row>
+    <row r="604" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B604" s="1160"/>
+      <c r="C604" s="396"/>
+      <c r="D604" s="454"/>
+      <c r="E604" s="157"/>
+      <c r="F604" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G604" s="118"/>
+      <c r="H604" s="457"/>
+      <c r="I604" s="457"/>
+    </row>
+    <row r="605" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B605" s="1158">
+        <f>MAX(B$27:B604)+1</f>
+        <v>167</v>
+      </c>
+      <c r="C605" s="395"/>
+      <c r="D605" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="E605" s="155"/>
+      <c r="F605" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G605" s="119"/>
+      <c r="H605" s="446"/>
+      <c r="I605" s="446"/>
+    </row>
+    <row r="606" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B606" s="1159"/>
+      <c r="C606" s="149" t="s">
+        <v>140</v>
+      </c>
+      <c r="D606" s="222" t="s">
+        <v>376</v>
+      </c>
+      <c r="E606" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F606" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G606" s="542" t="s">
+        <v>397</v>
+      </c>
+      <c r="H606" s="326">
+        <v>44791</v>
+      </c>
+      <c r="I606" s="452"/>
+    </row>
+    <row r="607" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B607" s="1160"/>
+      <c r="C607" s="396"/>
+      <c r="D607" s="290"/>
+      <c r="E607" s="157"/>
+      <c r="F607" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G607" s="118"/>
+      <c r="H607" s="457"/>
+      <c r="I607" s="457"/>
+    </row>
+    <row r="608" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B608" s="1158">
+        <f>MAX(B$27:B607)+1</f>
+        <v>168</v>
+      </c>
+      <c r="C608" s="395"/>
+      <c r="D608" s="445" t="s">
+        <v>898</v>
+      </c>
+      <c r="E608" s="155"/>
+      <c r="F608" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G608" s="119"/>
+      <c r="H608" s="446"/>
+      <c r="I608" s="446"/>
+    </row>
+    <row r="609" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B609" s="1159"/>
+      <c r="C609" s="149" t="s">
+        <v>906</v>
+      </c>
+      <c r="D609" s="148" t="s">
+        <v>852</v>
+      </c>
+      <c r="E609" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F609" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G609" s="542" t="s">
+        <v>899</v>
+      </c>
+      <c r="H609" s="326">
+        <v>44795</v>
+      </c>
+      <c r="I609" s="452"/>
+    </row>
+    <row r="610" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B610" s="1160"/>
+      <c r="C610" s="396"/>
+      <c r="D610" s="454"/>
+      <c r="E610" s="157"/>
+      <c r="F610" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G610" s="118"/>
+      <c r="H610" s="457"/>
+      <c r="I610" s="457"/>
+    </row>
+    <row r="611" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B611" s="1161">
+        <f>MAX(B$27:B610)+1</f>
+        <v>169</v>
+      </c>
+      <c r="C611" s="328"/>
+      <c r="D611" s="152" t="s">
+        <v>365</v>
+      </c>
+      <c r="E611" s="155"/>
+      <c r="F611" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G611" s="321"/>
+      <c r="H611" s="324"/>
+      <c r="I611" s="150"/>
+    </row>
+    <row r="612" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B612" s="1162"/>
+      <c r="C612" s="616" t="s">
+        <v>901</v>
+      </c>
+      <c r="D612" s="617" t="s">
+        <v>362</v>
+      </c>
+      <c r="E612" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F612" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G612" s="542" t="s">
+        <v>370</v>
+      </c>
+      <c r="H612" s="326">
+        <v>44849</v>
+      </c>
+      <c r="I612" s="323"/>
+    </row>
+    <row r="613" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B613" s="1163"/>
+      <c r="C613" s="330"/>
+      <c r="D613" s="143"/>
+      <c r="E613" s="157"/>
+      <c r="F613" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G613" s="322"/>
+      <c r="H613" s="325"/>
+      <c r="I613" s="168"/>
+    </row>
+    <row r="614" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B614" s="1161">
+        <f>MAX(B$27:B613)+1</f>
+        <v>170</v>
+      </c>
+      <c r="C614" s="328"/>
+      <c r="D614" s="147" t="s">
         <v>339</v>
       </c>
-      <c r="G589" s="120"/>
-[...14 lines deleted...]
-      <c r="F590" s="238" t="s">
+      <c r="E614" s="155"/>
+      <c r="F614" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G614" s="321"/>
+      <c r="H614" s="324"/>
+      <c r="I614" s="150"/>
+    </row>
+    <row r="615" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B615" s="1162"/>
+      <c r="C615" s="616" t="s">
+        <v>912</v>
+      </c>
+      <c r="D615" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E615" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F615" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G615" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H615" s="326">
+        <v>44927</v>
+      </c>
+      <c r="I615" s="323"/>
+    </row>
+    <row r="616" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B616" s="1163"/>
+      <c r="C616" s="330"/>
+      <c r="D616" s="143"/>
+      <c r="E616" s="157"/>
+      <c r="F616" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G616" s="322"/>
+      <c r="H616" s="325"/>
+      <c r="I616" s="168"/>
+    </row>
+    <row r="617" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B617" s="1161">
+        <f>MAX(B$27:B616)+1</f>
+        <v>171</v>
+      </c>
+      <c r="C617" s="64"/>
+      <c r="D617" s="147" t="s">
+        <v>341</v>
+      </c>
+      <c r="E617" s="155"/>
+      <c r="F617" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G617" s="64"/>
+      <c r="H617" s="675"/>
+      <c r="I617" s="676"/>
+    </row>
+    <row r="618" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B618" s="1162"/>
+      <c r="C618" s="126" t="s">
+        <v>913</v>
+      </c>
+      <c r="D618" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E618" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F618" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G618" s="542"/>
+      <c r="H618" s="326">
+        <v>44918</v>
+      </c>
+      <c r="I618" s="676"/>
+    </row>
+    <row r="619" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B619" s="1163"/>
+      <c r="C619" s="143"/>
+      <c r="D619" s="143"/>
+      <c r="E619" s="157"/>
+      <c r="F619" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G619" s="143"/>
+      <c r="H619" s="677"/>
+      <c r="I619" s="678"/>
+    </row>
+    <row r="620" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B620" s="1103">
+        <f>MAX(B$27:B619)+1</f>
+        <v>172</v>
+      </c>
+      <c r="C620" s="395"/>
+      <c r="D620" s="152" t="s">
+        <v>356</v>
+      </c>
+      <c r="E620" s="155"/>
+      <c r="F620" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G620" s="448"/>
+      <c r="H620" s="458"/>
+      <c r="I620" s="415"/>
+    </row>
+    <row r="621" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B621" s="1164"/>
+      <c r="C621" s="329" t="s">
+        <v>914</v>
+      </c>
+      <c r="D621" s="148" t="s">
+        <v>355</v>
+      </c>
+      <c r="E621" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F621" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G621" s="451" t="s">
+        <v>915</v>
+      </c>
+      <c r="H621" s="326">
+        <v>44835</v>
+      </c>
+      <c r="I621" s="416"/>
+    </row>
+    <row r="622" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B622" s="1104"/>
+      <c r="C622" s="396"/>
+      <c r="D622" s="454"/>
+      <c r="E622" s="157"/>
+      <c r="F622" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G622" s="453"/>
+      <c r="H622" s="460"/>
+      <c r="I622" s="417"/>
+    </row>
+    <row r="623" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B623" s="1103">
+        <f>MAX(B$27:B622)+1</f>
+        <v>173</v>
+      </c>
+      <c r="C623" s="395"/>
+      <c r="D623" s="152" t="s">
+        <v>356</v>
+      </c>
+      <c r="E623" s="155"/>
+      <c r="F623" s="258"/>
+      <c r="G623" s="448"/>
+      <c r="H623" s="458"/>
+      <c r="I623" s="415"/>
+    </row>
+    <row r="624" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B624" s="1164"/>
+      <c r="C624" s="329" t="s">
+        <v>918</v>
+      </c>
+      <c r="D624" s="148" t="s">
+        <v>355</v>
+      </c>
+      <c r="E624" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F624" s="237"/>
+      <c r="G624" s="451" t="s">
+        <v>114</v>
+      </c>
+      <c r="H624" s="326">
+        <v>44927</v>
+      </c>
+      <c r="I624" s="416"/>
+    </row>
+    <row r="625" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B625" s="1104"/>
+      <c r="C625" s="396"/>
+      <c r="D625" s="454"/>
+      <c r="E625" s="157"/>
+      <c r="F625" s="204"/>
+      <c r="G625" s="453"/>
+      <c r="H625" s="460"/>
+      <c r="I625" s="417"/>
+    </row>
+    <row r="626" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B626" s="1161">
+        <f>MAX(B$27:B625)+1</f>
+        <v>174</v>
+      </c>
+      <c r="C626" s="64"/>
+      <c r="D626" s="147" t="s">
+        <v>341</v>
+      </c>
+      <c r="E626" s="155"/>
+      <c r="F626" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G626" s="64"/>
+      <c r="H626" s="418"/>
+      <c r="I626" s="1244"/>
+    </row>
+    <row r="627" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B627" s="1162"/>
+      <c r="C627" s="126" t="s">
+        <v>921</v>
+      </c>
+      <c r="D627" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E627" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F627" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G627" s="542"/>
+      <c r="H627" s="326">
+        <v>44927</v>
+      </c>
+      <c r="I627" s="1244"/>
+    </row>
+    <row r="628" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B628" s="1163"/>
+      <c r="C628" s="143"/>
+      <c r="D628" s="143"/>
+      <c r="E628" s="157"/>
+      <c r="F628" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G628" s="143"/>
+      <c r="H628" s="419"/>
+      <c r="I628" s="1245"/>
+    </row>
+    <row r="629" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B629" s="1161">
+        <f>MAX(B$27:B628)+1</f>
+        <v>175</v>
+      </c>
+      <c r="C629" s="328"/>
+      <c r="D629" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E629" s="155"/>
+      <c r="F629" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G629" s="321"/>
+      <c r="H629" s="324"/>
+      <c r="I629" s="150"/>
+    </row>
+    <row r="630" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B630" s="1162"/>
+      <c r="C630" s="126" t="s">
+        <v>943</v>
+      </c>
+      <c r="D630" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E630" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F630" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G630" s="542" t="s">
+        <v>911</v>
+      </c>
+      <c r="H630" s="326">
+        <v>45006</v>
+      </c>
+      <c r="I630" s="323"/>
+    </row>
+    <row r="631" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B631" s="1163"/>
+      <c r="C631" s="330"/>
+      <c r="D631" s="143"/>
+      <c r="E631" s="157"/>
+      <c r="F631" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G631" s="322"/>
+      <c r="H631" s="325"/>
+      <c r="I631" s="168"/>
+    </row>
+    <row r="632" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B632" s="1158">
+        <f>MAX(B$27:B631)+1</f>
+        <v>176</v>
+      </c>
+      <c r="C632" s="395"/>
+      <c r="D632" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E632" s="155"/>
+      <c r="F632" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G632" s="119"/>
+      <c r="H632" s="446"/>
+      <c r="I632" s="446"/>
+    </row>
+    <row r="633" spans="2:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B633" s="1159"/>
+      <c r="C633" s="149" t="s">
+        <v>944</v>
+      </c>
+      <c r="D633" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E633" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F633" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G633" s="542" t="s">
+        <v>122</v>
+      </c>
+      <c r="H633" s="326">
+        <v>44947</v>
+      </c>
+      <c r="I633" s="452"/>
+    </row>
+    <row r="634" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B634" s="1160"/>
+      <c r="C634" s="396"/>
+      <c r="D634" s="454"/>
+      <c r="E634" s="157"/>
+      <c r="F634" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G634" s="118"/>
+      <c r="H634" s="457"/>
+      <c r="I634" s="457"/>
+    </row>
+    <row r="635" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B635" s="1063">
+        <f>MAX(B$27:B634)+1</f>
+        <v>177</v>
+      </c>
+      <c r="C635" s="150"/>
+      <c r="D635" s="316" t="s">
+        <v>419</v>
+      </c>
+      <c r="E635" s="313"/>
+      <c r="F635" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G635" s="150"/>
+      <c r="H635" s="150"/>
+      <c r="I635" s="183"/>
+    </row>
+    <row r="636" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B636" s="1105"/>
+      <c r="C636" s="537" t="s">
+        <v>948</v>
+      </c>
+      <c r="D636" s="312" t="s">
+        <v>418</v>
+      </c>
+      <c r="E636" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F636" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="G636" s="229" t="s">
+        <v>949</v>
+      </c>
+      <c r="H636" s="310">
+        <v>44999</v>
+      </c>
+      <c r="I636" s="310"/>
+    </row>
+    <row r="637" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B637" s="1079"/>
+      <c r="C637" s="538"/>
+      <c r="D637" s="317"/>
+      <c r="E637" s="535"/>
+      <c r="F637" s="536" t="s">
+        <v>328</v>
+      </c>
+      <c r="G637" s="141"/>
+      <c r="H637" s="141"/>
+      <c r="I637" s="180"/>
+    </row>
+    <row r="638" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B638" s="1063">
+        <f>MAX(B$27:B637)+1</f>
+        <v>178</v>
+      </c>
+      <c r="C638" s="167"/>
+      <c r="D638" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E638" s="313"/>
+      <c r="F638" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G638" s="155"/>
+      <c r="H638" s="162"/>
+      <c r="I638" s="150"/>
+    </row>
+    <row r="639" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B639" s="1105"/>
+      <c r="C639" s="693" t="s">
+        <v>951</v>
+      </c>
+      <c r="D639" s="147" t="s">
         <v>336</v>
       </c>
-      <c r="G590" s="545" t="s">
-[...81 lines deleted...]
-      <c r="G595" s="624">
+      <c r="E639" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F639" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="G639" s="542">
+        <v>5</v>
+      </c>
+      <c r="H639" s="310">
+        <v>44992</v>
+      </c>
+      <c r="I639" s="144"/>
+    </row>
+    <row r="640" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B640" s="1079"/>
+      <c r="C640" s="164"/>
+      <c r="D640" s="143"/>
+      <c r="E640" s="535"/>
+      <c r="F640" s="536" t="s">
+        <v>328</v>
+      </c>
+      <c r="G640" s="143"/>
+      <c r="H640" s="156"/>
+      <c r="I640" s="141"/>
+    </row>
+    <row r="641" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B641" s="1063">
+        <f>MAX(B$27:B640)+1</f>
+        <v>179</v>
+      </c>
+      <c r="C641" s="155"/>
+      <c r="D641" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E641" s="313"/>
+      <c r="F641" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G641" s="155"/>
+      <c r="H641" s="155"/>
+      <c r="I641" s="1165"/>
+    </row>
+    <row r="642" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B642" s="1105"/>
+      <c r="C642" s="147" t="s">
+        <v>962</v>
+      </c>
+      <c r="D642" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E642" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F642" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="G642" s="229" t="s">
+        <v>963</v>
+      </c>
+      <c r="H642" s="310">
+        <v>45056</v>
+      </c>
+      <c r="I642" s="1166"/>
+    </row>
+    <row r="643" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B643" s="1079"/>
+      <c r="C643" s="143"/>
+      <c r="D643" s="143"/>
+      <c r="E643" s="535"/>
+      <c r="F643" s="536" t="s">
+        <v>328</v>
+      </c>
+      <c r="G643" s="143"/>
+      <c r="H643" s="143"/>
+      <c r="I643" s="1167"/>
+    </row>
+    <row r="644" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B644" s="1063">
+        <f>MAX(B$27:B643)+1</f>
+        <v>180</v>
+      </c>
+      <c r="C644" s="328"/>
+      <c r="D644" s="152" t="s">
+        <v>707</v>
+      </c>
+      <c r="E644" s="155"/>
+      <c r="F644" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G644" s="448"/>
+      <c r="H644" s="446"/>
+      <c r="I644" s="1237" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="645" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B645" s="1105"/>
+      <c r="C645" s="329" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D645" s="148" t="s">
+        <v>708</v>
+      </c>
+      <c r="E645" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F645" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G645" s="451"/>
+      <c r="H645" s="670">
+        <v>45078</v>
+      </c>
+      <c r="I645" s="1238"/>
+    </row>
+    <row r="646" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B646" s="1079"/>
+      <c r="C646" s="330"/>
+      <c r="D646" s="143"/>
+      <c r="E646" s="157"/>
+      <c r="F646" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G646" s="453"/>
+      <c r="H646" s="457"/>
+      <c r="I646" s="1239"/>
+    </row>
+    <row r="647" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B647" s="1063">
+        <f>MAX(B$27:B646)+1</f>
+        <v>181</v>
+      </c>
+      <c r="C647" s="190"/>
+      <c r="D647" s="119" t="s">
+        <v>551</v>
+      </c>
+      <c r="E647" s="155"/>
+      <c r="F647" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G647" s="321"/>
+      <c r="H647" s="99"/>
+      <c r="I647" s="183"/>
+    </row>
+    <row r="648" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B648" s="1105"/>
+      <c r="C648" s="710" t="s">
+        <v>856</v>
+      </c>
+      <c r="D648" s="711" t="s">
+        <v>553</v>
+      </c>
+      <c r="E648" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F648" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G648" s="542" t="s">
+        <v>397</v>
+      </c>
+      <c r="H648" s="145">
+        <v>45040</v>
+      </c>
+      <c r="I648" s="181"/>
+    </row>
+    <row r="649" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B649" s="1079"/>
+      <c r="C649" s="186"/>
+      <c r="D649" s="143"/>
+      <c r="E649" s="157"/>
+      <c r="F649" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G649" s="322"/>
+      <c r="H649" s="712"/>
+      <c r="I649" s="180"/>
+    </row>
+    <row r="650" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B650" s="1063">
+        <f>MAX(B$27:B649)+1</f>
+        <v>182</v>
+      </c>
+      <c r="C650" s="167"/>
+      <c r="D650" s="713" t="s">
+        <v>851</v>
+      </c>
+      <c r="E650" s="155"/>
+      <c r="F650" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G650" s="155"/>
+      <c r="H650" s="714"/>
+      <c r="I650" s="1234"/>
+    </row>
+    <row r="651" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B651" s="1105"/>
+      <c r="C651" s="715" t="s">
+        <v>965</v>
+      </c>
+      <c r="D651" s="716" t="s">
+        <v>852</v>
+      </c>
+      <c r="E651" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F651" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G651" s="542"/>
+      <c r="H651" s="145">
+        <v>45070</v>
+      </c>
+      <c r="I651" s="1235"/>
+    </row>
+    <row r="652" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B652" s="1079"/>
+      <c r="C652" s="164"/>
+      <c r="D652" s="717"/>
+      <c r="E652" s="157"/>
+      <c r="F652" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G652" s="143"/>
+      <c r="H652" s="718"/>
+      <c r="I652" s="1236"/>
+    </row>
+    <row r="653" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B653" s="1161">
+        <f>MAX(B$27:B652)+1</f>
+        <v>183</v>
+      </c>
+      <c r="C653" s="119"/>
+      <c r="D653" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E653" s="119"/>
+      <c r="F653" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G653" s="119"/>
+      <c r="H653" s="119"/>
+      <c r="I653" s="243"/>
+    </row>
+    <row r="654" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B654" s="1162"/>
+      <c r="C654" s="147" t="s">
+        <v>274</v>
+      </c>
+      <c r="D654" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E654" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F654" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G654" s="542" t="s">
+        <v>710</v>
+      </c>
+      <c r="H654" s="533">
+        <v>45080</v>
+      </c>
+      <c r="I654" s="242"/>
+    </row>
+    <row r="655" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B655" s="1162"/>
+      <c r="C655" s="147"/>
+      <c r="D655" s="147"/>
+      <c r="E655" s="542"/>
+      <c r="F655" s="719" t="s">
+        <v>328</v>
+      </c>
+      <c r="G655" s="201"/>
+      <c r="H655" s="720"/>
+      <c r="I655" s="242"/>
+    </row>
+    <row r="656" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B656" s="1163"/>
+      <c r="C656" s="118"/>
+      <c r="D656" s="118"/>
+      <c r="E656" s="118"/>
+      <c r="F656" s="204"/>
+      <c r="G656" s="612" t="s">
+        <v>275</v>
+      </c>
+      <c r="H656" s="392">
+        <v>43466</v>
+      </c>
+      <c r="I656" s="241"/>
+    </row>
+    <row r="657" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B657" s="1161">
+        <f>MAX(B$27:B656)+1</f>
+        <v>184</v>
+      </c>
+      <c r="C657" s="328"/>
+      <c r="D657" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E657" s="155"/>
+      <c r="F657" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="H657" s="155"/>
+      <c r="I657" s="150"/>
+    </row>
+    <row r="658" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B658" s="1162"/>
+      <c r="C658" s="616" t="s">
+        <v>198</v>
+      </c>
+      <c r="D658" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E658" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F658" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G658" s="542">
+        <v>5</v>
+      </c>
+      <c r="H658" s="533">
+        <v>45082</v>
+      </c>
+      <c r="I658" s="144"/>
+    </row>
+    <row r="659" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B659" s="1162"/>
+      <c r="C659" s="499"/>
+      <c r="D659" s="64"/>
+      <c r="E659" s="159"/>
+      <c r="F659" s="202" t="s">
+        <v>328</v>
+      </c>
+      <c r="G659" s="723"/>
+      <c r="H659" s="726"/>
+      <c r="I659" s="724"/>
+    </row>
+    <row r="660" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B660" s="1162"/>
+      <c r="C660" s="64"/>
+      <c r="D660" s="29"/>
+      <c r="E660" s="64"/>
+      <c r="F660" s="64"/>
+      <c r="G660" s="727" t="s">
+        <v>141</v>
+      </c>
+      <c r="H660" s="554">
+        <v>43266</v>
+      </c>
+      <c r="I660" s="725">
+        <v>45082</v>
+      </c>
+    </row>
+    <row r="661" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B661" s="1163"/>
+      <c r="C661" s="143"/>
+      <c r="D661" s="164"/>
+      <c r="E661" s="143"/>
+      <c r="F661" s="143"/>
+      <c r="G661" s="612" t="s">
+        <v>973</v>
+      </c>
+      <c r="H661" s="721">
+        <v>43266</v>
+      </c>
+      <c r="I661" s="722"/>
+    </row>
+    <row r="662" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B662" s="1063">
+        <f>MAX(B$27:B661)+1</f>
+        <v>185</v>
+      </c>
+      <c r="C662" s="167"/>
+      <c r="D662" s="153" t="s">
+        <v>898</v>
+      </c>
+      <c r="E662" s="313"/>
+      <c r="F662" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G662" s="155"/>
+      <c r="H662" s="162"/>
+      <c r="I662" s="150"/>
+    </row>
+    <row r="663" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B663" s="1105"/>
+      <c r="C663" s="728" t="s">
+        <v>975</v>
+      </c>
+      <c r="D663" s="147" t="s">
+        <v>852</v>
+      </c>
+      <c r="E663" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F663" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="G663" s="542" t="s">
+        <v>899</v>
+      </c>
+      <c r="H663" s="310">
+        <v>45139</v>
+      </c>
+      <c r="I663" s="144"/>
+    </row>
+    <row r="664" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B664" s="1079"/>
+      <c r="C664" s="164"/>
+      <c r="D664" s="143"/>
+      <c r="E664" s="535"/>
+      <c r="F664" s="536" t="s">
+        <v>328</v>
+      </c>
+      <c r="G664" s="143"/>
+      <c r="H664" s="156"/>
+      <c r="I664" s="141"/>
+    </row>
+    <row r="665" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B665" s="1063">
+        <f>MAX(B$27:B664)+1</f>
+        <v>186</v>
+      </c>
+      <c r="C665" s="167"/>
+      <c r="D665" s="713" t="s">
+        <v>981</v>
+      </c>
+      <c r="E665" s="313"/>
+      <c r="F665" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G665" s="155"/>
+      <c r="H665" s="714"/>
+      <c r="I665" s="1234"/>
+    </row>
+    <row r="666" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B666" s="1105"/>
+      <c r="C666" s="715" t="s">
+        <v>982</v>
+      </c>
+      <c r="D666" s="716" t="s">
+        <v>983</v>
+      </c>
+      <c r="E666" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F666" s="315"/>
+      <c r="G666" s="542" t="s">
+        <v>312</v>
+      </c>
+      <c r="H666" s="310">
+        <v>45134</v>
+      </c>
+      <c r="I666" s="1235"/>
+    </row>
+    <row r="667" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B667" s="1079"/>
+      <c r="C667" s="164"/>
+      <c r="D667" s="717"/>
+      <c r="E667" s="535"/>
+      <c r="F667" s="536"/>
+      <c r="G667" s="143"/>
+      <c r="H667" s="718"/>
+      <c r="I667" s="1236"/>
+    </row>
+    <row r="668" spans="2:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B668" s="60"/>
+      <c r="C668" s="744"/>
+      <c r="D668" s="34" t="s">
+        <v>988</v>
+      </c>
+      <c r="E668" s="432"/>
+      <c r="F668" s="155"/>
+      <c r="G668" s="60" t="s">
+        <v>11</v>
+      </c>
+      <c r="H668" s="80">
+        <v>41725</v>
+      </c>
+      <c r="I668" s="1085" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="669" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B669" s="345">
+        <f>MAX(B$27:B668)+1</f>
+        <v>187</v>
+      </c>
+      <c r="C669" s="743" t="s">
+        <v>27</v>
+      </c>
+      <c r="D669" s="740" t="s">
+        <v>669</v>
+      </c>
+      <c r="E669" s="745" t="s">
+        <v>115</v>
+      </c>
+      <c r="F669" s="64"/>
+      <c r="G669" s="741" t="s">
+        <v>370</v>
+      </c>
+      <c r="H669" s="742">
+        <v>44743</v>
+      </c>
+      <c r="I669" s="1179"/>
+    </row>
+    <row r="670" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B670" s="186"/>
+      <c r="C670" s="186"/>
+      <c r="D670" s="186"/>
+      <c r="E670" s="186"/>
+      <c r="F670" s="186"/>
+      <c r="G670" s="186"/>
+      <c r="H670" s="186"/>
+      <c r="I670" s="1086"/>
+      <c r="J670" s="28"/>
+    </row>
+    <row r="671" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B671" s="1063">
+        <f>MAX(B$27:B670)+1</f>
+        <v>188</v>
+      </c>
+      <c r="C671" s="167"/>
+      <c r="D671" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E671" s="313"/>
+      <c r="F671" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G671" s="155"/>
+      <c r="H671" s="162"/>
+      <c r="I671" s="150"/>
+    </row>
+    <row r="672" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B672" s="1105"/>
+      <c r="C672" s="758" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D672" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E672" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F672" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="G672" s="542" t="s">
+        <v>122</v>
+      </c>
+      <c r="H672" s="310">
+        <v>45141</v>
+      </c>
+      <c r="I672" s="144"/>
+    </row>
+    <row r="673" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B673" s="1079"/>
+      <c r="C673" s="164"/>
+      <c r="D673" s="143"/>
+      <c r="E673" s="535"/>
+      <c r="F673" s="536" t="s">
+        <v>328</v>
+      </c>
+      <c r="G673" s="143"/>
+      <c r="H673" s="156"/>
+      <c r="I673" s="141"/>
+    </row>
+    <row r="674" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B674" s="1063">
+        <f>MAX(B$27:B673)+1</f>
+        <v>189</v>
+      </c>
+      <c r="C674" s="203"/>
+      <c r="D674" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E674" s="119"/>
+      <c r="F674" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G674" s="119"/>
+      <c r="H674" s="119"/>
+      <c r="I674" s="1174" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="675" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B675" s="1105"/>
+      <c r="C675" s="806" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D675" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E675" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F675" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="H675" s="310">
+        <v>42219</v>
+      </c>
+      <c r="I675" s="1175"/>
+      <c r="J675" s="763"/>
+    </row>
+    <row r="676" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B676" s="1105"/>
+      <c r="C676" s="193"/>
+      <c r="D676" s="147"/>
+      <c r="E676" s="147"/>
+      <c r="F676" s="315" t="s">
+        <v>328</v>
+      </c>
+      <c r="G676" s="542"/>
+      <c r="H676" s="310"/>
+      <c r="I676" s="1175"/>
+      <c r="J676" s="764"/>
+    </row>
+    <row r="677" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B677" s="1105"/>
+      <c r="C677" s="566"/>
+      <c r="D677" s="64"/>
+      <c r="E677" s="64"/>
+      <c r="F677" s="64"/>
+      <c r="G677" s="542">
+        <v>5</v>
+      </c>
+      <c r="H677" s="310">
+        <v>42506</v>
+      </c>
+      <c r="I677" s="1175"/>
+    </row>
+    <row r="678" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B678" s="1105"/>
+      <c r="C678" s="64"/>
+      <c r="D678" s="64"/>
+      <c r="E678" s="64"/>
+      <c r="F678" s="64"/>
+      <c r="G678" s="794" t="s">
+        <v>312</v>
+      </c>
+      <c r="H678" s="796">
+        <v>45167</v>
+      </c>
+      <c r="I678" s="1175"/>
+    </row>
+    <row r="679" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B679" s="813"/>
+      <c r="C679" s="143"/>
+      <c r="D679" s="143"/>
+      <c r="E679" s="143"/>
+      <c r="F679" s="143"/>
+      <c r="G679" s="612">
+        <v>7</v>
+      </c>
+      <c r="H679" s="816">
+        <v>45505</v>
+      </c>
+      <c r="I679" s="814"/>
+    </row>
+    <row r="680" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B680" s="1063">
+        <f>MAX(B$27:B678)+1</f>
+        <v>190</v>
+      </c>
+      <c r="C680" s="765"/>
+      <c r="D680" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E680" s="155"/>
+      <c r="F680" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G680" s="119"/>
+      <c r="H680" s="150"/>
+      <c r="I680" s="150"/>
+    </row>
+    <row r="681" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B681" s="1105"/>
+      <c r="C681" s="149" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D681" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E681" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F681" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G681" s="542" t="s">
+        <v>963</v>
+      </c>
+      <c r="H681" s="310">
+        <v>45231</v>
+      </c>
+      <c r="I681" s="144"/>
+    </row>
+    <row r="682" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B682" s="1079"/>
+      <c r="C682" s="766"/>
+      <c r="D682" s="454"/>
+      <c r="E682" s="157"/>
+      <c r="F682" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G682" s="118"/>
+      <c r="H682" s="141"/>
+      <c r="I682" s="141"/>
+    </row>
+    <row r="683" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B683" s="1063">
+        <f>MAX(B$27:B682)+1</f>
+        <v>191</v>
+      </c>
+      <c r="C683" s="190"/>
+      <c r="D683" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E683" s="155"/>
+      <c r="F683" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G683" s="321"/>
+      <c r="H683" s="99"/>
+      <c r="I683" s="183"/>
+    </row>
+    <row r="684" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B684" s="1105"/>
+      <c r="C684" s="710" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D684" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E684" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F684" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G684" s="542" t="s">
+        <v>312</v>
+      </c>
+      <c r="H684" s="145">
+        <v>45231</v>
+      </c>
+      <c r="I684" s="181"/>
+    </row>
+    <row r="685" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B685" s="1079"/>
+      <c r="C685" s="186"/>
+      <c r="D685" s="143"/>
+      <c r="E685" s="157"/>
+      <c r="F685" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G685" s="322"/>
+      <c r="H685" s="712"/>
+      <c r="I685" s="180"/>
+    </row>
+    <row r="686" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B686" s="1063">
+        <f>MAX(B$27:B685)+1</f>
+        <v>192</v>
+      </c>
+      <c r="C686" s="189"/>
+      <c r="D686" s="119" t="s">
+        <v>667</v>
+      </c>
+      <c r="E686" s="155"/>
+      <c r="F686" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G686" s="155"/>
+      <c r="H686" s="162"/>
+      <c r="I686" s="1176" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="687" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B687" s="1105"/>
+      <c r="C687" s="779" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D687" s="147" t="s">
+        <v>669</v>
+      </c>
+      <c r="E687" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F687" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G687" s="542" t="s">
+        <v>118</v>
+      </c>
+      <c r="H687" s="145">
+        <v>44665</v>
+      </c>
+      <c r="I687" s="1177"/>
+    </row>
+    <row r="688" spans="2:10" x14ac:dyDescent="0.2">
+      <c r="B688" s="1079"/>
+      <c r="C688" s="185"/>
+      <c r="D688" s="164"/>
+      <c r="E688" s="157"/>
+      <c r="F688" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G688" s="612"/>
+      <c r="H688" s="156"/>
+      <c r="I688" s="1178"/>
+    </row>
+    <row r="689" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B689" s="1063">
+        <f>MAX(B$27:B688)+1</f>
+        <v>193</v>
+      </c>
+      <c r="C689" s="250"/>
+      <c r="D689" s="250" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E689" s="155"/>
+      <c r="F689" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G689" s="119"/>
+      <c r="H689" s="119"/>
+      <c r="I689" s="150"/>
+    </row>
+    <row r="690" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B690" s="1105"/>
+      <c r="C690" s="147" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D690" s="175" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E690" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F690" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G690" s="542" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H690" s="145">
+        <v>45292</v>
+      </c>
+      <c r="I690" s="144"/>
+    </row>
+    <row r="691" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B691" s="1079"/>
+      <c r="C691" s="118"/>
+      <c r="D691" s="118"/>
+      <c r="E691" s="157"/>
+      <c r="F691" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G691" s="118"/>
+      <c r="H691" s="118"/>
+      <c r="I691" s="141"/>
+    </row>
+    <row r="692" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B692" s="1063">
+        <f>MAX(B$27:B691)+1</f>
+        <v>194</v>
+      </c>
+      <c r="C692" s="190"/>
+      <c r="D692" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E692" s="155"/>
+      <c r="F692" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G692" s="321"/>
+      <c r="H692" s="99"/>
+      <c r="I692" s="183"/>
+    </row>
+    <row r="693" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B693" s="1105"/>
+      <c r="C693" s="710" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D693" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E693" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F693" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G693" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H693" s="145">
+        <v>45331</v>
+      </c>
+      <c r="I693" s="181"/>
+    </row>
+    <row r="694" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B694" s="1079"/>
+      <c r="C694" s="186"/>
+      <c r="D694" s="143"/>
+      <c r="E694" s="157"/>
+      <c r="F694" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G694" s="322"/>
+      <c r="H694" s="712"/>
+      <c r="I694" s="180"/>
+    </row>
+    <row r="695" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B695" s="1161">
+        <f>MAX(B$27:B694)+1</f>
+        <v>195</v>
+      </c>
+      <c r="C695" s="119"/>
+      <c r="D695" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E695" s="119"/>
+      <c r="F695" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G695" s="119"/>
+      <c r="H695" s="119"/>
+      <c r="I695" s="243"/>
+    </row>
+    <row r="696" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B696" s="1162"/>
+      <c r="C696" s="147" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D696" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E696" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F696" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G696" s="542" t="s">
+        <v>192</v>
+      </c>
+      <c r="H696" s="145">
+        <v>45250</v>
+      </c>
+      <c r="I696" s="242"/>
+    </row>
+    <row r="697" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B697" s="1162"/>
+      <c r="C697" s="147"/>
+      <c r="D697" s="147"/>
+      <c r="E697" s="147"/>
+      <c r="F697" s="237" t="s">
+        <v>328</v>
+      </c>
+      <c r="G697" s="147"/>
+      <c r="H697" s="147"/>
+      <c r="I697" s="241"/>
+    </row>
+    <row r="698" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B698" s="857"/>
+      <c r="C698" s="147"/>
+      <c r="D698" s="118"/>
+      <c r="E698" s="147"/>
+      <c r="F698" s="319"/>
+      <c r="G698" s="780">
+        <v>3</v>
+      </c>
+      <c r="H698" s="112">
+        <v>45681</v>
+      </c>
+      <c r="I698" s="242"/>
+    </row>
+    <row r="699" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B699" s="1063">
+        <f>MAX(B$27:B697)+1</f>
+        <v>196</v>
+      </c>
+      <c r="C699" s="155"/>
+      <c r="D699" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E699" s="155"/>
+      <c r="F699" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G699" s="155"/>
+      <c r="H699" s="783"/>
+      <c r="I699" s="150"/>
+    </row>
+    <row r="700" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B700" s="1105"/>
+      <c r="C700" s="784" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D700" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E700" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F700" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G700" s="542" t="s">
+        <v>294</v>
+      </c>
+      <c r="H700" s="145">
+        <v>45352</v>
+      </c>
+      <c r="I700" s="144"/>
+    </row>
+    <row r="701" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B701" s="1079"/>
+      <c r="C701" s="143"/>
+      <c r="D701" s="143"/>
+      <c r="E701" s="157"/>
+      <c r="F701" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G701" s="143"/>
+      <c r="H701" s="419"/>
+      <c r="I701" s="141"/>
+    </row>
+    <row r="702" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B702" s="1063">
+        <f>MAX(B$27:B701)+1</f>
+        <v>197</v>
+      </c>
+      <c r="C702" s="167"/>
+      <c r="D702" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E702" s="313"/>
+      <c r="F702" s="243" t="s">
+        <v>519</v>
+      </c>
+      <c r="G702" s="155"/>
+      <c r="H702" s="162"/>
+      <c r="I702" s="150"/>
+    </row>
+    <row r="703" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B703" s="1105"/>
+      <c r="C703" s="782" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D703" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E703" s="314" t="s">
+        <v>115</v>
+      </c>
+      <c r="F703" s="315" t="s">
+        <v>329</v>
+      </c>
+      <c r="G703" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H703" s="145">
+        <v>45292</v>
+      </c>
+      <c r="I703" s="144"/>
+    </row>
+    <row r="704" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B704" s="1079"/>
+      <c r="C704" s="164"/>
+      <c r="D704" s="143"/>
+      <c r="E704" s="535"/>
+      <c r="F704" s="536" t="s">
+        <v>328</v>
+      </c>
+      <c r="G704" s="143"/>
+      <c r="H704" s="156"/>
+      <c r="I704" s="141"/>
+    </row>
+    <row r="705" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B705" s="1063">
+        <f>MAX(B$27:B704)+1</f>
+        <v>198</v>
+      </c>
+      <c r="C705" s="765"/>
+      <c r="D705" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="E705" s="155"/>
+      <c r="F705" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G705" s="119"/>
+      <c r="H705" s="150"/>
+      <c r="I705" s="150"/>
+    </row>
+    <row r="706" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B706" s="1105"/>
+      <c r="C706" s="149" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D706" s="222" t="s">
+        <v>376</v>
+      </c>
+      <c r="E706" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F706" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G706" s="542" t="s">
+        <v>296</v>
+      </c>
+      <c r="H706" s="670">
+        <v>45336</v>
+      </c>
+      <c r="I706" s="144"/>
+    </row>
+    <row r="707" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B707" s="1079"/>
+      <c r="C707" s="766"/>
+      <c r="D707" s="290"/>
+      <c r="E707" s="157"/>
+      <c r="F707" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G707" s="118"/>
+      <c r="H707" s="141"/>
+      <c r="I707" s="141"/>
+    </row>
+    <row r="708" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B708" s="1158">
+        <f>MAX(B$27:B707)+1</f>
+        <v>199</v>
+      </c>
+      <c r="C708" s="395"/>
+      <c r="D708" s="153" t="s">
+        <v>337</v>
+      </c>
+      <c r="E708" s="155"/>
+      <c r="F708" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G708" s="119"/>
+      <c r="H708" s="446"/>
+      <c r="I708" s="446"/>
+    </row>
+    <row r="709" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B709" s="1159"/>
+      <c r="C709" s="149" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D709" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E709" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F709" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G709" s="542" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H709" s="326">
+        <v>45312</v>
+      </c>
+      <c r="I709" s="452"/>
+    </row>
+    <row r="710" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B710" s="1160"/>
+      <c r="C710" s="396"/>
+      <c r="D710" s="454"/>
+      <c r="E710" s="157"/>
+      <c r="F710" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G710" s="118"/>
+      <c r="H710" s="457"/>
+      <c r="I710" s="457"/>
+    </row>
+    <row r="711" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B711" s="1063">
+        <f>MAX(B$27:B710)+1</f>
+        <v>200</v>
+      </c>
+      <c r="C711" s="119"/>
+      <c r="D711" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E711" s="119"/>
+      <c r="F711" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G711" s="119"/>
+      <c r="H711" s="150"/>
+      <c r="I711" s="150"/>
+    </row>
+    <row r="712" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B712" s="1105"/>
+      <c r="C712" s="149" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D712" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E712" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F712" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G712" s="542" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H712" s="326">
+        <v>45308</v>
+      </c>
+      <c r="I712" s="144"/>
+    </row>
+    <row r="713" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B713" s="1079"/>
+      <c r="C713" s="118"/>
+      <c r="D713" s="118"/>
+      <c r="E713" s="118"/>
+      <c r="F713" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G713" s="118"/>
+      <c r="H713" s="141"/>
+      <c r="I713" s="141"/>
+    </row>
+    <row r="714" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B714" s="1063">
+        <f>MAX(B$27:B713)+1</f>
+        <v>201</v>
+      </c>
+      <c r="C714" s="119"/>
+      <c r="D714" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E714" s="119"/>
+      <c r="F714" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G714" s="119"/>
+      <c r="H714" s="150"/>
+      <c r="I714" s="150"/>
+    </row>
+    <row r="715" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B715" s="1105"/>
+      <c r="C715" s="147" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D715" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E715" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F715" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G715" s="542" t="s">
+        <v>296</v>
+      </c>
+      <c r="H715" s="326">
+        <v>45352</v>
+      </c>
+      <c r="I715" s="144"/>
+    </row>
+    <row r="716" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B716" s="1079"/>
+      <c r="C716" s="118"/>
+      <c r="D716" s="118"/>
+      <c r="E716" s="118"/>
+      <c r="F716" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G716" s="118"/>
+      <c r="H716" s="141"/>
+      <c r="I716" s="141"/>
+    </row>
+    <row r="717" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B717" s="1063">
+        <f>MAX(B$27:B716)+1</f>
+        <v>202</v>
+      </c>
+      <c r="C717" s="119"/>
+      <c r="D717" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E717" s="119"/>
+      <c r="F717" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G717" s="119"/>
+      <c r="H717" s="150"/>
+      <c r="I717" s="150"/>
+    </row>
+    <row r="718" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B718" s="1105"/>
+      <c r="C718" s="147" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D718" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E718" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F718" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G718" s="542" t="s">
+        <v>122</v>
+      </c>
+      <c r="H718" s="326">
+        <v>45364</v>
+      </c>
+      <c r="I718" s="144"/>
+    </row>
+    <row r="719" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B719" s="1079"/>
+      <c r="C719" s="118"/>
+      <c r="D719" s="118"/>
+      <c r="E719" s="118"/>
+      <c r="F719" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G719" s="118"/>
+      <c r="H719" s="141"/>
+      <c r="I719" s="141"/>
+    </row>
+    <row r="720" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B720" s="1063">
+        <f>MAX(B$27:B719)+1</f>
+        <v>203</v>
+      </c>
+      <c r="C720" s="190"/>
+      <c r="D720" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E720" s="155"/>
+      <c r="F720" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G720" s="321"/>
+      <c r="H720" s="99"/>
+      <c r="I720" s="183"/>
+    </row>
+    <row r="721" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B721" s="1105"/>
+      <c r="C721" s="710" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D721" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E721" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F721" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G721" s="542" t="s">
+        <v>312</v>
+      </c>
+      <c r="H721" s="145">
+        <v>45420</v>
+      </c>
+      <c r="I721" s="181"/>
+    </row>
+    <row r="722" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B722" s="1079"/>
+      <c r="C722" s="186"/>
+      <c r="D722" s="143"/>
+      <c r="E722" s="157"/>
+      <c r="F722" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G722" s="322"/>
+      <c r="H722" s="712"/>
+      <c r="I722" s="180"/>
+    </row>
+    <row r="723" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B723" s="1063">
+        <f>MAX(B$27:B722)+1</f>
+        <v>204</v>
+      </c>
+      <c r="C723" s="119"/>
+      <c r="D723" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E723" s="119"/>
+      <c r="F723" s="258"/>
+      <c r="G723" s="119"/>
+      <c r="H723" s="150"/>
+      <c r="I723" s="150"/>
+    </row>
+    <row r="724" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B724" s="1105"/>
+      <c r="C724" s="147" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D724" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E724" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F724" s="237"/>
+      <c r="G724" s="542" t="s">
+        <v>196</v>
+      </c>
+      <c r="H724" s="326">
+        <v>45381</v>
+      </c>
+      <c r="I724" s="144"/>
+    </row>
+    <row r="725" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B725" s="1079"/>
+      <c r="C725" s="118"/>
+      <c r="D725" s="118"/>
+      <c r="E725" s="118"/>
+      <c r="F725" s="204"/>
+      <c r="G725" s="118"/>
+      <c r="H725" s="141"/>
+      <c r="I725" s="141"/>
+    </row>
+    <row r="726" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B726" s="1063">
+        <f>MAX(B$27:B725)+1</f>
+        <v>205</v>
+      </c>
+      <c r="C726" s="190"/>
+      <c r="D726" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E726" s="119"/>
+      <c r="F726" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G726" s="321"/>
+      <c r="H726" s="99"/>
+      <c r="I726" s="183"/>
+    </row>
+    <row r="727" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B727" s="1105"/>
+      <c r="C727" s="710" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D727" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E727" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F727" s="147"/>
+      <c r="G727" s="542" t="s">
+        <v>296</v>
+      </c>
+      <c r="H727" s="145">
+        <v>45413</v>
+      </c>
+      <c r="I727" s="181"/>
+    </row>
+    <row r="728" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B728" s="1079"/>
+      <c r="C728" s="186"/>
+      <c r="D728" s="118"/>
+      <c r="E728" s="118"/>
+      <c r="F728" s="118"/>
+      <c r="G728" s="322"/>
+      <c r="H728" s="712"/>
+      <c r="I728" s="180"/>
+    </row>
+    <row r="729" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B729" s="1063">
+        <f>MAX(B$27:B728)+1</f>
+        <v>206</v>
+      </c>
+      <c r="C729" s="190"/>
+      <c r="D729" s="147" t="s">
+        <v>339</v>
+      </c>
+      <c r="E729" s="155"/>
+      <c r="F729" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G729" s="321"/>
+      <c r="H729" s="99"/>
+      <c r="I729" s="183"/>
+    </row>
+    <row r="730" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B730" s="1105"/>
+      <c r="C730" s="710" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D730" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E730" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F730" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G730" s="542" t="s">
+        <v>136</v>
+      </c>
+      <c r="H730" s="145">
+        <v>45390</v>
+      </c>
+      <c r="I730" s="181"/>
+    </row>
+    <row r="731" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B731" s="1079"/>
+      <c r="C731" s="186"/>
+      <c r="D731" s="143"/>
+      <c r="E731" s="157"/>
+      <c r="F731" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G731" s="322"/>
+      <c r="H731" s="712"/>
+      <c r="I731" s="180"/>
+    </row>
+    <row r="732" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B732" s="1063">
+        <f>MAX(B$27:B731)+1</f>
+        <v>207</v>
+      </c>
+      <c r="C732" s="190"/>
+      <c r="D732" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E732" s="155"/>
+      <c r="F732" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G732" s="321"/>
+      <c r="H732" s="99"/>
+      <c r="I732" s="183"/>
+    </row>
+    <row r="733" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B733" s="1105"/>
+      <c r="C733" s="710" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D733" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E733" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F733" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G733" s="542" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H733" s="145">
+        <v>45450</v>
+      </c>
+      <c r="I733" s="181"/>
+    </row>
+    <row r="734" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B734" s="1079"/>
+      <c r="C734" s="143"/>
+      <c r="D734" s="118"/>
+      <c r="E734" s="157"/>
+      <c r="F734" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G734" s="322"/>
+      <c r="H734" s="712"/>
+      <c r="I734" s="180"/>
+    </row>
+    <row r="735" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B735" s="1063">
+        <f>MAX(B$27:B734)+1</f>
+        <v>208</v>
+      </c>
+      <c r="C735" s="155"/>
+      <c r="D735" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E735" s="155"/>
+      <c r="F735" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G735" s="155"/>
+      <c r="H735" s="155"/>
+      <c r="I735" s="1165"/>
+    </row>
+    <row r="736" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B736" s="1105"/>
+      <c r="C736" s="147" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D736" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E736" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F736" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G736" s="229"/>
+      <c r="H736" s="145">
+        <v>45458</v>
+      </c>
+      <c r="I736" s="1166"/>
+    </row>
+    <row r="737" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B737" s="1079"/>
+      <c r="C737" s="143"/>
+      <c r="D737" s="143"/>
+      <c r="E737" s="157"/>
+      <c r="F737" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G737" s="143"/>
+      <c r="H737" s="143"/>
+      <c r="I737" s="1167"/>
+    </row>
+    <row r="738" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B738" s="1063">
+        <f>MAX(B$27:B737)+1</f>
+        <v>209</v>
+      </c>
+      <c r="C738" s="119"/>
+      <c r="D738" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E738" s="119"/>
+      <c r="F738" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G738" s="119"/>
+      <c r="H738" s="150"/>
+      <c r="I738" s="150"/>
+    </row>
+    <row r="739" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B739" s="1105"/>
+      <c r="C739" s="149" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D739" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E739" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F739" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G739" s="542"/>
+      <c r="H739" s="326">
+        <v>45473</v>
+      </c>
+      <c r="I739" s="144"/>
+    </row>
+    <row r="740" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B740" s="1079"/>
+      <c r="C740" s="118"/>
+      <c r="D740" s="118"/>
+      <c r="E740" s="118"/>
+      <c r="F740" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G740" s="118"/>
+      <c r="H740" s="141"/>
+      <c r="I740" s="141"/>
+    </row>
+    <row r="741" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B741" s="1063">
+        <f>MAX(B$27:B740)+1</f>
+        <v>210</v>
+      </c>
+      <c r="C741" s="765"/>
+      <c r="D741" s="287" t="s">
+        <v>377</v>
+      </c>
+      <c r="E741" s="155"/>
+      <c r="F741" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G741" s="119"/>
+      <c r="H741" s="150"/>
+      <c r="I741" s="150"/>
+    </row>
+    <row r="742" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B742" s="1105"/>
+      <c r="C742" s="149" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D742" s="222" t="s">
+        <v>376</v>
+      </c>
+      <c r="E742" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F742" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G742" s="542" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H742" s="670">
+        <v>45512</v>
+      </c>
+      <c r="I742" s="144"/>
+    </row>
+    <row r="743" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B743" s="1079"/>
+      <c r="C743" s="766"/>
+      <c r="D743" s="290"/>
+      <c r="E743" s="157"/>
+      <c r="F743" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G743" s="118"/>
+      <c r="H743" s="141"/>
+      <c r="I743" s="141"/>
+    </row>
+    <row r="744" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B744" s="1063">
+        <f>MAX(B$27:B743)+1</f>
+        <v>211</v>
+      </c>
+      <c r="C744" s="119"/>
+      <c r="D744" s="119" t="s">
+        <v>345</v>
+      </c>
+      <c r="E744" s="119"/>
+      <c r="F744" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G744" s="119"/>
+      <c r="H744" s="150"/>
+      <c r="I744" s="150"/>
+    </row>
+    <row r="745" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B745" s="1105"/>
+      <c r="C745" s="149" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D745" s="147" t="s">
+        <v>382</v>
+      </c>
+      <c r="E745" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F745" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G745" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H745" s="670">
+        <v>45475</v>
+      </c>
+      <c r="I745" s="144"/>
+    </row>
+    <row r="746" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B746" s="1079"/>
+      <c r="C746" s="118"/>
+      <c r="D746" s="118"/>
+      <c r="E746" s="118"/>
+      <c r="F746" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G746" s="118"/>
+      <c r="H746" s="141"/>
+      <c r="I746" s="141"/>
+    </row>
+    <row r="747" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B747" s="1063">
+        <f>MAX(B$27:B746)+1</f>
+        <v>212</v>
+      </c>
+      <c r="C747" s="155"/>
+      <c r="D747" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E747" s="119"/>
+      <c r="F747" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G747" s="155"/>
+      <c r="H747" s="155"/>
+      <c r="I747" s="1165"/>
+    </row>
+    <row r="748" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B748" s="1105"/>
+      <c r="C748" s="147" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D748" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E748" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F748" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G748" s="229"/>
+      <c r="H748" s="670">
+        <v>45505</v>
+      </c>
+      <c r="I748" s="1166"/>
+    </row>
+    <row r="749" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B749" s="1079"/>
+      <c r="C749" s="143"/>
+      <c r="D749" s="143"/>
+      <c r="E749" s="118"/>
+      <c r="F749" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G749" s="143"/>
+      <c r="H749" s="143"/>
+      <c r="I749" s="1167"/>
+    </row>
+    <row r="750" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B750" s="1063">
+        <f>MAX(B$27:B749)+1</f>
+        <v>213</v>
+      </c>
+      <c r="C750" s="64"/>
+      <c r="D750" s="147" t="s">
+        <v>341</v>
+      </c>
+      <c r="E750" s="64"/>
+      <c r="F750" s="147" t="s">
+        <v>332</v>
+      </c>
+      <c r="G750" s="64"/>
+      <c r="H750" s="64"/>
+      <c r="I750" s="1169"/>
+    </row>
+    <row r="751" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B751" s="1105"/>
+      <c r="C751" s="126" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D751" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E751" s="154" t="s">
+        <v>115</v>
+      </c>
+      <c r="F751" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G751" s="542">
         <v>6</v>
       </c>
-      <c r="H595" s="327">
-[...282 lines deleted...]
-      <c r="F612" s="259" t="s">
+      <c r="H751" s="145">
+        <v>45505</v>
+      </c>
+      <c r="I751" s="1170"/>
+    </row>
+    <row r="752" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B752" s="1079"/>
+      <c r="C752" s="143"/>
+      <c r="D752" s="143"/>
+      <c r="E752" s="143"/>
+      <c r="F752" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G752" s="143"/>
+      <c r="H752" s="143"/>
+      <c r="I752" s="1171"/>
+    </row>
+    <row r="753" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B753" s="1063">
+        <f>MAX(B$27:B752)+1</f>
+        <v>214</v>
+      </c>
+      <c r="C753" s="155"/>
+      <c r="D753" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E753" s="119"/>
+      <c r="F753" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G753" s="155"/>
+      <c r="H753" s="155"/>
+      <c r="I753" s="1165"/>
+    </row>
+    <row r="754" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B754" s="1105"/>
+      <c r="C754" s="147" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D754" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E754" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F754" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G754" s="229"/>
+      <c r="H754" s="670">
+        <v>45508</v>
+      </c>
+      <c r="I754" s="1166"/>
+    </row>
+    <row r="755" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B755" s="1079"/>
+      <c r="C755" s="143"/>
+      <c r="D755" s="143"/>
+      <c r="E755" s="118"/>
+      <c r="F755" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G755" s="143"/>
+      <c r="H755" s="143"/>
+      <c r="I755" s="1167"/>
+    </row>
+    <row r="756" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B756" s="1063">
+        <f>MAX(B$27:B755)+1</f>
+        <v>215</v>
+      </c>
+      <c r="C756" s="155"/>
+      <c r="D756" s="119" t="s">
         <v>339</v>
       </c>
-      <c r="G612" s="322"/>
-[...14 lines deleted...]
-      <c r="F613" s="238" t="s">
+      <c r="E756" s="150"/>
+      <c r="F756" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G756" s="155"/>
+      <c r="H756" s="155"/>
+      <c r="I756" s="1165"/>
+    </row>
+    <row r="757" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B757" s="1105"/>
+      <c r="C757" s="147" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D757" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E757" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F757" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G757" s="229" t="s">
+        <v>845</v>
+      </c>
+      <c r="H757" s="670">
+        <v>45532</v>
+      </c>
+      <c r="I757" s="1166"/>
+    </row>
+    <row r="758" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B758" s="1079"/>
+      <c r="C758" s="143"/>
+      <c r="D758" s="143"/>
+      <c r="E758" s="311"/>
+      <c r="F758" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G758" s="143"/>
+      <c r="H758" s="143"/>
+      <c r="I758" s="1167"/>
+    </row>
+    <row r="759" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B759" s="1063">
+        <f>MAX(B$27:B758)+1</f>
+        <v>216</v>
+      </c>
+      <c r="C759" s="155"/>
+      <c r="D759" s="119" t="s">
+        <v>851</v>
+      </c>
+      <c r="E759" s="150"/>
+      <c r="F759" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G759" s="155"/>
+      <c r="H759" s="155"/>
+      <c r="I759" s="1165"/>
+    </row>
+    <row r="760" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B760" s="1105"/>
+      <c r="C760" s="147" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D760" s="147" t="s">
+        <v>852</v>
+      </c>
+      <c r="E760" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F760" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G760" s="229" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H760" s="670">
+        <v>45544</v>
+      </c>
+      <c r="I760" s="1166"/>
+    </row>
+    <row r="761" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B761" s="1079"/>
+      <c r="C761" s="143"/>
+      <c r="D761" s="143"/>
+      <c r="E761" s="311"/>
+      <c r="F761" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G761" s="143"/>
+      <c r="H761" s="143"/>
+      <c r="I761" s="1167"/>
+    </row>
+    <row r="762" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B762" s="1063">
+        <f>MAX(B$27:B761)+1</f>
+        <v>217</v>
+      </c>
+      <c r="C762" s="328"/>
+      <c r="D762" s="119" t="s">
+        <v>368</v>
+      </c>
+      <c r="E762" s="155"/>
+      <c r="F762" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G762" s="155"/>
+      <c r="H762" s="162"/>
+      <c r="I762" s="1165"/>
+    </row>
+    <row r="763" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B763" s="1105"/>
+      <c r="C763" s="329" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D763" s="147" t="s">
+        <v>367</v>
+      </c>
+      <c r="E763" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F763" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G763" s="542" t="s">
+        <v>687</v>
+      </c>
+      <c r="H763" s="145">
+        <v>45505</v>
+      </c>
+      <c r="I763" s="1166"/>
+    </row>
+    <row r="764" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B764" s="1079"/>
+      <c r="C764" s="330"/>
+      <c r="D764" s="143"/>
+      <c r="E764" s="157"/>
+      <c r="F764" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G764" s="143"/>
+      <c r="H764" s="156"/>
+      <c r="I764" s="1167"/>
+    </row>
+    <row r="765" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B765" s="1063">
+        <f>MAX(B$27:B764)+1</f>
+        <v>218</v>
+      </c>
+      <c r="C765" s="155"/>
+      <c r="D765" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E765" s="119"/>
+      <c r="F765" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G765" s="155"/>
+      <c r="H765" s="155"/>
+      <c r="I765" s="1165"/>
+    </row>
+    <row r="766" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B766" s="1105"/>
+      <c r="C766" s="147" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D766" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E766" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F766" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G766" s="229"/>
+      <c r="H766" s="145">
+        <v>45566</v>
+      </c>
+      <c r="I766" s="1166"/>
+    </row>
+    <row r="767" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B767" s="1079"/>
+      <c r="C767" s="143"/>
+      <c r="D767" s="143"/>
+      <c r="E767" s="311"/>
+      <c r="F767" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G767" s="143"/>
+      <c r="H767" s="143"/>
+      <c r="I767" s="1167"/>
+    </row>
+    <row r="768" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B768" s="1063">
+        <f>MAX(B$27:B767)+1</f>
+        <v>219</v>
+      </c>
+      <c r="C768" s="167"/>
+      <c r="D768" s="174" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E768" s="155"/>
+      <c r="F768" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G768" s="155"/>
+      <c r="H768" s="162"/>
+      <c r="I768" s="150"/>
+    </row>
+    <row r="769" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B769" s="1105"/>
+      <c r="C769" s="821" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D769" s="822" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E769" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F769" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G769" s="542" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H769" s="239">
+        <v>45566</v>
+      </c>
+      <c r="I769" s="144"/>
+    </row>
+    <row r="770" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B770" s="1079"/>
+      <c r="C770" s="164"/>
+      <c r="D770" s="172"/>
+      <c r="E770" s="157"/>
+      <c r="F770" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G770" s="143"/>
+      <c r="H770" s="156"/>
+      <c r="I770" s="141"/>
+    </row>
+    <row r="771" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B771" s="826"/>
+      <c r="C771" s="835"/>
+      <c r="D771" s="836" t="s">
+        <v>377</v>
+      </c>
+      <c r="E771" s="829"/>
+      <c r="F771" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G771" s="119"/>
+      <c r="H771" s="837"/>
+      <c r="I771" s="243"/>
+    </row>
+    <row r="772" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B772" s="828">
+        <v>231</v>
+      </c>
+      <c r="C772" s="160" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D772" s="833" t="s">
+        <v>421</v>
+      </c>
+      <c r="E772" s="830" t="s">
+        <v>115</v>
+      </c>
+      <c r="F772" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G772" s="147"/>
+      <c r="H772" s="834">
+        <v>45566</v>
+      </c>
+      <c r="I772" s="242"/>
+    </row>
+    <row r="773" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B773" s="827"/>
+      <c r="C773" s="158"/>
+      <c r="D773" s="838"/>
+      <c r="E773" s="831"/>
+      <c r="F773" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G773" s="118"/>
+      <c r="H773" s="839"/>
+      <c r="I773" s="241"/>
+    </row>
+    <row r="774" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B774" s="1063">
+        <f>MAX(B$27:B773)+1</f>
+        <v>232</v>
+      </c>
+      <c r="C774" s="765"/>
+      <c r="D774" s="166" t="s">
+        <v>667</v>
+      </c>
+      <c r="E774" s="842"/>
+      <c r="F774" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G774" s="155"/>
+      <c r="H774" s="150"/>
+      <c r="I774" s="150"/>
+    </row>
+    <row r="775" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B775" s="1105"/>
+      <c r="C775" s="715" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D775" s="147" t="s">
+        <v>669</v>
+      </c>
+      <c r="E775" s="843" t="s">
+        <v>115</v>
+      </c>
+      <c r="F775" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G775" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H775" s="834">
+        <v>45682</v>
+      </c>
+      <c r="I775" s="144"/>
+    </row>
+    <row r="776" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B776" s="1079"/>
+      <c r="C776" s="766"/>
+      <c r="D776" s="143"/>
+      <c r="E776" s="844"/>
+      <c r="F776" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G776" s="612"/>
+      <c r="H776" s="141"/>
+      <c r="I776" s="141"/>
+    </row>
+    <row r="777" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B777" s="1063">
+        <f>MAX(B$27:B776)+1</f>
+        <v>233</v>
+      </c>
+      <c r="C777" s="765"/>
+      <c r="D777" s="166" t="s">
+        <v>898</v>
+      </c>
+      <c r="E777" s="842"/>
+      <c r="F777" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G777" s="155"/>
+      <c r="H777" s="150"/>
+      <c r="I777" s="150"/>
+    </row>
+    <row r="778" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B778" s="1105"/>
+      <c r="C778" s="715" t="s">
+        <v>816</v>
+      </c>
+      <c r="D778" s="147" t="s">
+        <v>852</v>
+      </c>
+      <c r="E778" s="843" t="s">
+        <v>115</v>
+      </c>
+      <c r="F778" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G778" s="542" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H778" s="834">
+        <v>45595</v>
+      </c>
+      <c r="I778" s="144"/>
+    </row>
+    <row r="779" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B779" s="1079"/>
+      <c r="C779" s="766"/>
+      <c r="D779" s="143"/>
+      <c r="E779" s="844"/>
+      <c r="F779" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G779" s="612"/>
+      <c r="H779" s="141"/>
+      <c r="I779" s="141"/>
+    </row>
+    <row r="780" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B780" s="1063">
+        <f>MAX(B$27:B779)+1</f>
+        <v>234</v>
+      </c>
+      <c r="C780" s="189"/>
+      <c r="D780" s="236" t="s">
+        <v>387</v>
+      </c>
+      <c r="E780" s="446"/>
+      <c r="F780" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G780" s="155"/>
+      <c r="H780" s="162"/>
+      <c r="I780" s="415"/>
+    </row>
+    <row r="781" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B781" s="1105"/>
+      <c r="C781" s="856" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D781" s="126" t="s">
+        <v>386</v>
+      </c>
+      <c r="E781" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F781" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G781" s="542" t="s">
+        <v>509</v>
+      </c>
+      <c r="H781" s="239">
+        <v>45748</v>
+      </c>
+      <c r="I781" s="416"/>
+    </row>
+    <row r="782" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B782" s="1105"/>
+      <c r="C782" s="989"/>
+      <c r="D782" s="64"/>
+      <c r="E782" s="449"/>
+      <c r="F782" s="147" t="s">
+        <v>473</v>
+      </c>
+      <c r="G782" s="542"/>
+      <c r="H782" s="192"/>
+      <c r="I782" s="416"/>
+    </row>
+    <row r="783" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B783" s="985"/>
+      <c r="C783" s="185"/>
+      <c r="D783" s="143"/>
+      <c r="E783" s="455"/>
+      <c r="F783" s="204"/>
+      <c r="G783" s="246" t="s">
+        <v>563</v>
+      </c>
+      <c r="H783" s="367">
+        <v>46023</v>
+      </c>
+      <c r="I783" s="417"/>
+    </row>
+    <row r="784" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B784" s="1063">
+        <f>MAX(B$27:B782)+1</f>
+        <v>235</v>
+      </c>
+      <c r="C784" s="155"/>
+      <c r="D784" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E784" s="119"/>
+      <c r="F784" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G784" s="155"/>
+      <c r="H784" s="155"/>
+      <c r="I784" s="1165"/>
+    </row>
+    <row r="785" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B785" s="1105"/>
+      <c r="C785" s="147" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D785" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E785" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F785" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G785" s="229" t="s">
+        <v>109</v>
+      </c>
+      <c r="H785" s="145">
+        <v>45689</v>
+      </c>
+      <c r="I785" s="1166"/>
+    </row>
+    <row r="786" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B786" s="1079"/>
+      <c r="C786" s="143"/>
+      <c r="D786" s="143"/>
+      <c r="E786" s="311"/>
+      <c r="F786" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G786" s="143"/>
+      <c r="H786" s="143"/>
+      <c r="I786" s="1167"/>
+    </row>
+    <row r="787" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B787" s="1063">
+        <f>MAX(B$27:B786)+1</f>
+        <v>236</v>
+      </c>
+      <c r="C787" s="167"/>
+      <c r="D787" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E787" s="155"/>
+      <c r="F787" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G787" s="155"/>
+      <c r="H787" s="162"/>
+      <c r="I787" s="1107" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="788" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B788" s="1105"/>
+      <c r="C788" s="858" t="s">
+        <v>838</v>
+      </c>
+      <c r="D788" s="147" t="s">
         <v>336</v>
       </c>
-      <c r="G613" s="545" t="s">
+      <c r="E788" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F788" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G788" s="542" t="s">
+        <v>296</v>
+      </c>
+      <c r="H788" s="145">
+        <v>45673</v>
+      </c>
+      <c r="I788" s="1135"/>
+    </row>
+    <row r="789" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B789" s="1105"/>
+      <c r="C789" s="29"/>
+      <c r="D789" s="64"/>
+      <c r="E789" s="159"/>
+      <c r="F789" s="147" t="s">
+        <v>328</v>
+      </c>
+      <c r="G789" s="64"/>
+      <c r="H789" s="192"/>
+      <c r="I789" s="1135"/>
+    </row>
+    <row r="790" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B790" s="1079"/>
+      <c r="C790" s="186"/>
+      <c r="D790" s="143"/>
+      <c r="E790" s="157"/>
+      <c r="F790" s="204"/>
+      <c r="G790" s="111" t="s">
+        <v>196</v>
+      </c>
+      <c r="H790" s="191">
+        <v>45845</v>
+      </c>
+      <c r="I790" s="900"/>
+    </row>
+    <row r="791" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B791" s="1161">
+        <f>MAX(B$27:B789)+1</f>
+        <v>237</v>
+      </c>
+      <c r="C791" s="328"/>
+      <c r="D791" s="152" t="s">
+        <v>365</v>
+      </c>
+      <c r="E791" s="155"/>
+      <c r="F791" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G791" s="321"/>
+      <c r="H791" s="324"/>
+      <c r="I791" s="150"/>
+    </row>
+    <row r="792" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B792" s="1162"/>
+      <c r="C792" s="616" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D792" s="617" t="s">
+        <v>362</v>
+      </c>
+      <c r="E792" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F792" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G792" s="542" t="s">
+        <v>312</v>
+      </c>
+      <c r="H792" s="326">
+        <v>45735</v>
+      </c>
+      <c r="I792" s="323"/>
+    </row>
+    <row r="793" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B793" s="1163"/>
+      <c r="C793" s="330"/>
+      <c r="D793" s="143"/>
+      <c r="E793" s="157"/>
+      <c r="F793" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G793" s="322"/>
+      <c r="H793" s="325"/>
+      <c r="I793" s="168"/>
+    </row>
+    <row r="794" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B794" s="1161">
+        <f>MAX(B$27:B793)+1</f>
+        <v>238</v>
+      </c>
+      <c r="C794" s="835"/>
+      <c r="D794" s="836" t="s">
         <v>377</v>
       </c>
-      <c r="H613" s="327">
-[...26 lines deleted...]
-      <c r="F615" s="259" t="s">
+      <c r="E794" s="863"/>
+      <c r="F794" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G794" s="119"/>
+      <c r="H794" s="837"/>
+      <c r="I794" s="243"/>
+    </row>
+    <row r="795" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B795" s="1162"/>
+      <c r="C795" s="160" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D795" s="833" t="s">
+        <v>421</v>
+      </c>
+      <c r="E795" s="864" t="s">
+        <v>115</v>
+      </c>
+      <c r="F795" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G795" s="862" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H795" s="834">
+        <v>45735</v>
+      </c>
+      <c r="I795" s="242"/>
+    </row>
+    <row r="796" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B796" s="1163"/>
+      <c r="C796" s="158"/>
+      <c r="D796" s="838"/>
+      <c r="E796" s="865"/>
+      <c r="F796" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G796" s="118"/>
+      <c r="H796" s="839"/>
+      <c r="I796" s="241"/>
+    </row>
+    <row r="797" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B797" s="1063">
+        <f>MAX(B$27:B796)+1</f>
+        <v>239</v>
+      </c>
+      <c r="C797" s="119"/>
+      <c r="D797" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E797" s="119"/>
+      <c r="F797" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G797" s="119"/>
+      <c r="H797" s="150"/>
+      <c r="I797" s="150"/>
+    </row>
+    <row r="798" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B798" s="1105"/>
+      <c r="C798" s="149" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D798" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E798" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F798" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G798" s="229" t="s">
+        <v>109</v>
+      </c>
+      <c r="H798" s="670">
+        <v>45733</v>
+      </c>
+      <c r="I798" s="144"/>
+    </row>
+    <row r="799" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B799" s="1079"/>
+      <c r="C799" s="118"/>
+      <c r="D799" s="143"/>
+      <c r="E799" s="118"/>
+      <c r="F799" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G799" s="118"/>
+      <c r="H799" s="141"/>
+      <c r="I799" s="141"/>
+    </row>
+    <row r="800" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B800" s="1063">
+        <f>MAX(B$27:B799)+1</f>
+        <v>240</v>
+      </c>
+      <c r="C800" s="155"/>
+      <c r="D800" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E800" s="119"/>
+      <c r="F800" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G800" s="155"/>
+      <c r="H800" s="155"/>
+      <c r="I800" s="1165"/>
+    </row>
+    <row r="801" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B801" s="1105"/>
+      <c r="C801" s="147" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D801" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E801" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F801" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G801" s="229"/>
+      <c r="H801" s="145">
+        <v>45762</v>
+      </c>
+      <c r="I801" s="1166"/>
+    </row>
+    <row r="802" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B802" s="1079"/>
+      <c r="C802" s="143"/>
+      <c r="D802" s="143"/>
+      <c r="E802" s="311"/>
+      <c r="F802" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G802" s="143"/>
+      <c r="H802" s="143"/>
+      <c r="I802" s="1167"/>
+    </row>
+    <row r="803" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B803" s="1063">
+        <f>MAX(B$27:B802)+1</f>
+        <v>241</v>
+      </c>
+      <c r="C803" s="190"/>
+      <c r="D803" s="445" t="s">
+        <v>605</v>
+      </c>
+      <c r="E803" s="155"/>
+      <c r="F803" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G803" s="321"/>
+      <c r="H803" s="99"/>
+      <c r="I803" s="183"/>
+    </row>
+    <row r="804" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B804" s="1105"/>
+      <c r="C804" s="710" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D804" s="148" t="s">
+        <v>425</v>
+      </c>
+      <c r="E804" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F804" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G804" s="542" t="s">
+        <v>297</v>
+      </c>
+      <c r="H804" s="145">
+        <v>45420</v>
+      </c>
+      <c r="I804" s="181"/>
+    </row>
+    <row r="805" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B805" s="1079"/>
+      <c r="C805" s="143"/>
+      <c r="D805" s="118"/>
+      <c r="E805" s="157"/>
+      <c r="F805" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G805" s="322"/>
+      <c r="H805" s="712"/>
+      <c r="I805" s="180"/>
+    </row>
+    <row r="806" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B806" s="1063">
+        <f>MAX(B$27:B805)+1</f>
+        <v>242</v>
+      </c>
+      <c r="C806" s="190"/>
+      <c r="D806" s="445" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E806" s="155"/>
+      <c r="F806" s="258"/>
+      <c r="G806" s="321"/>
+      <c r="H806" s="99"/>
+      <c r="I806" s="183"/>
+    </row>
+    <row r="807" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B807" s="1105"/>
+      <c r="C807" s="710" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D807" s="148" t="s">
+        <v>1188</v>
+      </c>
+      <c r="E807" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F807" s="237"/>
+      <c r="G807" s="542" t="s">
+        <v>109</v>
+      </c>
+      <c r="H807" s="145">
+        <v>45752</v>
+      </c>
+      <c r="I807" s="181"/>
+    </row>
+    <row r="808" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B808" s="1079"/>
+      <c r="C808" s="143"/>
+      <c r="D808" s="118"/>
+      <c r="E808" s="157"/>
+      <c r="F808" s="204"/>
+      <c r="G808" s="322"/>
+      <c r="H808" s="712"/>
+      <c r="I808" s="180"/>
+    </row>
+    <row r="809" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B809" s="1063">
+        <f>MAX(B$27:B808)+1</f>
+        <v>243</v>
+      </c>
+      <c r="C809" s="765"/>
+      <c r="D809" s="166" t="s">
+        <v>667</v>
+      </c>
+      <c r="E809" s="874"/>
+      <c r="F809" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G809" s="155"/>
+      <c r="H809" s="150"/>
+      <c r="I809" s="150"/>
+    </row>
+    <row r="810" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B810" s="1105"/>
+      <c r="C810" s="715" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D810" s="147" t="s">
+        <v>669</v>
+      </c>
+      <c r="E810" s="875" t="s">
+        <v>115</v>
+      </c>
+      <c r="F810" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G810" s="542">
+        <v>3</v>
+      </c>
+      <c r="H810" s="834">
+        <v>45757</v>
+      </c>
+      <c r="I810" s="144"/>
+    </row>
+    <row r="811" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B811" s="1079"/>
+      <c r="C811" s="766"/>
+      <c r="D811" s="143"/>
+      <c r="E811" s="876"/>
+      <c r="F811" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G811" s="612"/>
+      <c r="H811" s="141"/>
+      <c r="I811" s="141"/>
+    </row>
+    <row r="812" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B812" s="1161">
+        <f>MAX(B$27:B811)+1</f>
+        <v>244</v>
+      </c>
+      <c r="C812" s="328"/>
+      <c r="D812" s="147" t="s">
+        <v>341</v>
+      </c>
+      <c r="E812" s="155"/>
+      <c r="F812" s="258" t="s">
+        <v>332</v>
+      </c>
+      <c r="G812" s="321"/>
+      <c r="H812" s="324"/>
+      <c r="I812" s="150"/>
+    </row>
+    <row r="813" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B813" s="1162"/>
+      <c r="C813" s="616" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D813" s="147" t="s">
+        <v>340</v>
+      </c>
+      <c r="E813" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F813" s="237" t="s">
+        <v>329</v>
+      </c>
+      <c r="G813" s="542" t="s">
+        <v>659</v>
+      </c>
+      <c r="H813" s="326">
+        <v>45809</v>
+      </c>
+      <c r="I813" s="323"/>
+    </row>
+    <row r="814" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B814" s="1163"/>
+      <c r="C814" s="330"/>
+      <c r="D814" s="143"/>
+      <c r="E814" s="157"/>
+      <c r="F814" s="204" t="s">
+        <v>328</v>
+      </c>
+      <c r="G814" s="322"/>
+      <c r="H814" s="325"/>
+      <c r="I814" s="168"/>
+    </row>
+    <row r="815" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B815" s="1063">
+        <f>MAX(B$27:B814)+1</f>
+        <v>245</v>
+      </c>
+      <c r="C815" s="167"/>
+      <c r="D815" s="147" t="s">
         <v>339</v>
       </c>
-      <c r="G615" s="322"/>
-[...8 lines deleted...]
-      <c r="D616" s="148" t="s">
+      <c r="E815" s="155"/>
+      <c r="F815" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G815" s="155"/>
+      <c r="H815" s="162"/>
+      <c r="I815" s="150"/>
+    </row>
+    <row r="816" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B816" s="1105"/>
+      <c r="C816" s="909" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D816" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E816" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F816" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G816" s="542" t="s">
+        <v>294</v>
+      </c>
+      <c r="H816" s="145">
+        <v>45853</v>
+      </c>
+      <c r="I816" s="144"/>
+    </row>
+    <row r="817" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B817" s="1079"/>
+      <c r="C817" s="164"/>
+      <c r="D817" s="143"/>
+      <c r="E817" s="157"/>
+      <c r="F817" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G817" s="143"/>
+      <c r="H817" s="156"/>
+      <c r="I817" s="141"/>
+    </row>
+    <row r="818" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B818" s="1161">
+        <f>MAX(B$27:B817)+1</f>
+        <v>246</v>
+      </c>
+      <c r="C818" s="835"/>
+      <c r="D818" s="836" t="s">
+        <v>377</v>
+      </c>
+      <c r="E818" s="905"/>
+      <c r="F818" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G818" s="119"/>
+      <c r="H818" s="837"/>
+      <c r="I818" s="243"/>
+    </row>
+    <row r="819" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B819" s="1162"/>
+      <c r="C819" s="160" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D819" s="833" t="s">
+        <v>421</v>
+      </c>
+      <c r="E819" s="908" t="s">
+        <v>115</v>
+      </c>
+      <c r="F819" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G819" s="542" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H819" s="834">
+        <v>45805</v>
+      </c>
+      <c r="I819" s="242"/>
+    </row>
+    <row r="820" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B820" s="1163"/>
+      <c r="C820" s="158"/>
+      <c r="D820" s="838"/>
+      <c r="E820" s="906"/>
+      <c r="F820" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G820" s="118"/>
+      <c r="H820" s="839"/>
+      <c r="I820" s="241"/>
+    </row>
+    <row r="821" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B821" s="1063">
+        <f>MAX(B$27:B820)+1</f>
+        <v>247</v>
+      </c>
+      <c r="C821" s="765"/>
+      <c r="D821" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E821" s="905"/>
+      <c r="F821" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G821" s="155"/>
+      <c r="H821" s="150"/>
+      <c r="I821" s="150"/>
+    </row>
+    <row r="822" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B822" s="1105"/>
+      <c r="C822" s="715" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D822" s="147" t="s">
+        <v>336</v>
+      </c>
+      <c r="E822" s="908" t="s">
+        <v>115</v>
+      </c>
+      <c r="F822" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G822" s="542" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H822" s="834">
+        <v>45778</v>
+      </c>
+      <c r="I822" s="144"/>
+    </row>
+    <row r="823" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B823" s="1079"/>
+      <c r="C823" s="766"/>
+      <c r="D823" s="143"/>
+      <c r="E823" s="906"/>
+      <c r="F823" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G823" s="612"/>
+      <c r="H823" s="141"/>
+      <c r="I823" s="141"/>
+    </row>
+    <row r="824" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B824" s="1063">
+        <f>MAX(B$27:B823)+1</f>
+        <v>248</v>
+      </c>
+      <c r="C824" s="189"/>
+      <c r="D824" s="236" t="s">
+        <v>387</v>
+      </c>
+      <c r="E824" s="446"/>
+      <c r="F824" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G824" s="155"/>
+      <c r="H824" s="162"/>
+      <c r="I824" s="415"/>
+    </row>
+    <row r="825" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B825" s="1105"/>
+      <c r="C825" s="913" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D825" s="126" t="s">
+        <v>386</v>
+      </c>
+      <c r="E825" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F825" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G825" s="542" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H825" s="239">
+        <v>45821</v>
+      </c>
+      <c r="I825" s="416"/>
+    </row>
+    <row r="826" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B826" s="1079"/>
+      <c r="C826" s="185"/>
+      <c r="D826" s="143"/>
+      <c r="E826" s="455"/>
+      <c r="F826" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G826" s="612"/>
+      <c r="H826" s="156"/>
+      <c r="I826" s="417"/>
+    </row>
+    <row r="827" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B827" s="1063">
+        <f>MAX(B$27:B826)+1</f>
+        <v>249</v>
+      </c>
+      <c r="C827" s="119"/>
+      <c r="D827" s="163" t="s">
         <v>345</v>
       </c>
-      <c r="E616" s="160" t="s">
-[...2 lines deleted...]
-      <c r="F616" s="238" t="s">
+      <c r="E827" s="446"/>
+      <c r="F827" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G827" s="119"/>
+      <c r="H827" s="150"/>
+      <c r="I827" s="150"/>
+    </row>
+    <row r="828" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B828" s="1105"/>
+      <c r="C828" s="149" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D828" s="925" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E828" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F828" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G828" s="542" t="s">
+        <v>312</v>
+      </c>
+      <c r="H828" s="239">
+        <v>45870</v>
+      </c>
+      <c r="I828" s="144"/>
+    </row>
+    <row r="829" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B829" s="1079"/>
+      <c r="C829" s="118"/>
+      <c r="D829" s="158"/>
+      <c r="E829" s="455"/>
+      <c r="F829" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G829" s="118"/>
+      <c r="H829" s="141"/>
+      <c r="I829" s="141"/>
+    </row>
+    <row r="830" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B830" s="1063">
+        <f>MAX(B$27:B829)+1</f>
+        <v>250</v>
+      </c>
+      <c r="C830" s="167"/>
+      <c r="D830" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E830" s="155"/>
+      <c r="F830" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G830" s="155"/>
+      <c r="H830" s="162"/>
+      <c r="I830" s="1107"/>
+    </row>
+    <row r="831" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B831" s="1105"/>
+      <c r="C831" s="932" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D831" s="147" t="s">
         <v>336</v>
       </c>
-      <c r="G616" s="545" t="s">
-[...29 lines deleted...]
-      <c r="F618" s="259" t="s">
+      <c r="E831" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F831" s="147"/>
+      <c r="G831" s="542" t="s">
+        <v>296</v>
+      </c>
+      <c r="H831" s="145">
+        <v>46023</v>
+      </c>
+      <c r="I831" s="1135"/>
+    </row>
+    <row r="832" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B832" s="1079"/>
+      <c r="C832" s="164"/>
+      <c r="D832" s="143"/>
+      <c r="E832" s="157"/>
+      <c r="F832" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G832" s="143"/>
+      <c r="H832" s="156"/>
+      <c r="I832" s="1108"/>
+    </row>
+    <row r="833" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B833" s="1063">
+        <f>MAX(B$27:B832)+1</f>
+        <v>251</v>
+      </c>
+      <c r="C833" s="167"/>
+      <c r="D833" s="147" t="s">
         <v>339</v>
       </c>
-      <c r="G618" s="65"/>
-[...202 lines deleted...]
-      <c r="D631" s="148" t="s">
+      <c r="E833" s="155"/>
+      <c r="F833" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G833" s="155"/>
+      <c r="H833" s="162"/>
+      <c r="I833" s="150"/>
+    </row>
+    <row r="834" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B834" s="1105"/>
+      <c r="C834" s="933" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D834" s="147" t="s">
+        <v>338</v>
+      </c>
+      <c r="E834" s="159" t="s">
+        <v>115</v>
+      </c>
+      <c r="F834" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G834" s="542" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H834" s="145">
+        <v>43627</v>
+      </c>
+      <c r="I834" s="144"/>
+    </row>
+    <row r="835" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B835" s="1079"/>
+      <c r="C835" s="164"/>
+      <c r="D835" s="143"/>
+      <c r="E835" s="157"/>
+      <c r="F835" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G835" s="143"/>
+      <c r="H835" s="156"/>
+      <c r="I835" s="141"/>
+    </row>
+    <row r="836" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B836" s="1063">
+        <f>MAX(B$27:B835)+1</f>
+        <v>252</v>
+      </c>
+      <c r="C836" s="119"/>
+      <c r="D836" s="163" t="s">
         <v>345</v>
       </c>
-      <c r="E631" s="160" t="s">
-[...656 lines deleted...]
-      <c r="G670" s="745" t="s">
+      <c r="E836" s="446"/>
+      <c r="F836" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G836" s="119"/>
+      <c r="H836" s="150"/>
+      <c r="I836" s="150"/>
+    </row>
+    <row r="837" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B837" s="1105"/>
+      <c r="C837" s="149" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D837" s="925" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E837" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F837" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G837" s="229" t="s">
+        <v>109</v>
+      </c>
+      <c r="H837" s="239">
+        <v>45910</v>
+      </c>
+      <c r="I837" s="144"/>
+    </row>
+    <row r="838" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B838" s="1079"/>
+      <c r="C838" s="118"/>
+      <c r="D838" s="158"/>
+      <c r="E838" s="455"/>
+      <c r="F838" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G838" s="118"/>
+      <c r="H838" s="141"/>
+      <c r="I838" s="141"/>
+    </row>
+    <row r="839" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B839" s="959"/>
+      <c r="C839" s="155"/>
+      <c r="D839" s="835" t="s">
         <v>377</v>
       </c>
-      <c r="H670" s="746">
-[...2742 lines deleted...]
-      <c r="C835" s="937" t="s">
+      <c r="E839" s="119"/>
+      <c r="F839" s="835" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G839" s="119"/>
+      <c r="H839" s="162"/>
+      <c r="I839" s="150"/>
+    </row>
+    <row r="840" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B840" s="960">
+        <v>253</v>
+      </c>
+      <c r="C840" s="147" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D840" s="925" t="s">
+        <v>421</v>
+      </c>
+      <c r="E840" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F840" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G840" s="542" t="s">
+        <v>687</v>
+      </c>
+      <c r="H840" s="145">
+        <v>45916</v>
+      </c>
+      <c r="I840" s="144"/>
+    </row>
+    <row r="841" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B841" s="961"/>
+      <c r="C841" s="143"/>
+      <c r="D841" s="158"/>
+      <c r="E841" s="118"/>
+      <c r="F841" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G841" s="118"/>
+      <c r="H841" s="156"/>
+      <c r="I841" s="141"/>
+    </row>
+    <row r="842" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B842" s="1063">
+        <f>MAX(B$27:B841)+1</f>
+        <v>254</v>
+      </c>
+      <c r="C842" s="155"/>
+      <c r="D842" s="835" t="s">
+        <v>377</v>
+      </c>
+      <c r="E842" s="119"/>
+      <c r="F842" s="835" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G842" s="119"/>
+      <c r="H842" s="835"/>
+      <c r="I842" s="243"/>
+    </row>
+    <row r="843" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B843" s="1105"/>
+      <c r="C843" s="147" t="s">
         <v>1263</v>
       </c>
-      <c r="D835" s="148" t="s">
-[...47 lines deleted...]
-      <c r="C838" s="150" t="s">
+      <c r="D843" s="925" t="s">
+        <v>421</v>
+      </c>
+      <c r="E843" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F843" s="925"/>
+      <c r="G843" s="542" t="s">
+        <v>122</v>
+      </c>
+      <c r="H843" s="145">
+        <v>45918</v>
+      </c>
+      <c r="I843" s="242"/>
+    </row>
+    <row r="844" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B844" s="1079"/>
+      <c r="C844" s="143"/>
+      <c r="D844" s="158"/>
+      <c r="E844" s="118"/>
+      <c r="F844" s="158"/>
+      <c r="G844" s="118"/>
+      <c r="H844" s="158"/>
+      <c r="I844" s="241"/>
+    </row>
+    <row r="845" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B845" s="1063">
+        <f>MAX(B$27:B844)+1</f>
+        <v>255</v>
+      </c>
+      <c r="C845" s="167"/>
+      <c r="D845" s="713" t="s">
+        <v>851</v>
+      </c>
+      <c r="E845" s="119"/>
+      <c r="F845" s="835" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G845" s="155"/>
+      <c r="H845" s="714"/>
+      <c r="I845" s="1234"/>
+    </row>
+    <row r="846" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B846" s="1105"/>
+      <c r="C846" s="715" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D846" s="716" t="s">
+        <v>852</v>
+      </c>
+      <c r="E846" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F846" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G846" s="542" t="s">
         <v>1266</v>
       </c>
-      <c r="D838" s="929" t="s">
-[...35 lines deleted...]
-      <c r="F840" s="839" t="s">
+      <c r="H846" s="145">
+        <v>45901</v>
+      </c>
+      <c r="I846" s="1235"/>
+    </row>
+    <row r="847" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B847" s="1079"/>
+      <c r="C847" s="164"/>
+      <c r="D847" s="717"/>
+      <c r="E847" s="118"/>
+      <c r="F847" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G847" s="143"/>
+      <c r="H847" s="718"/>
+      <c r="I847" s="1236"/>
+    </row>
+    <row r="848" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B848" s="1063">
+        <f>MAX(B$27:B847)+1</f>
+        <v>256</v>
+      </c>
+      <c r="C848" s="250"/>
+      <c r="D848" s="250" t="s">
+        <v>460</v>
+      </c>
+      <c r="E848" s="155"/>
+      <c r="F848" s="119" t="s">
+        <v>401</v>
+      </c>
+      <c r="G848" s="119"/>
+      <c r="H848" s="119"/>
+      <c r="I848" s="150"/>
+    </row>
+    <row r="849" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B849" s="1105"/>
+      <c r="C849" s="147" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D849" s="175" t="s">
+        <v>458</v>
+      </c>
+      <c r="E849" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F849" s="149"/>
+      <c r="G849" s="542" t="s">
         <v>1271</v>
       </c>
-      <c r="G840" s="120"/>
-[...169 lines deleted...]
-      <c r="H850" s="146">
+      <c r="H849" s="145">
         <v>45992</v>
       </c>
-      <c r="I850" s="145"/>
-[...6 lines deleted...]
-      <c r="F851" s="195"/>
+      <c r="I849" s="144"/>
+    </row>
+    <row r="850" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B850" s="1079"/>
+      <c r="C850" s="118"/>
+      <c r="D850" s="118"/>
+      <c r="E850" s="157"/>
+      <c r="F850" s="194"/>
+      <c r="G850" s="118"/>
+      <c r="H850" s="118"/>
+      <c r="I850" s="141"/>
+    </row>
+    <row r="851" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B851" s="1063">
+        <f>MAX(B$27:B850)+1</f>
+        <v>257</v>
+      </c>
+      <c r="C851" s="250"/>
+      <c r="D851" s="250" t="s">
+        <v>460</v>
+      </c>
+      <c r="E851" s="155"/>
+      <c r="F851" s="835" t="s">
+        <v>1257</v>
+      </c>
       <c r="G851" s="119"/>
       <c r="H851" s="119"/>
-      <c r="I851" s="142"/>
-[...29 lines deleted...]
-      <c r="F853" s="929" t="s">
+      <c r="I851" s="150"/>
+    </row>
+    <row r="852" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B852" s="1105"/>
+      <c r="C852" s="147" t="s">
         <v>1272</v>
       </c>
-      <c r="G853" s="545" t="s">
-[...2 lines deleted...]
-      <c r="H853" s="146">
+      <c r="D852" s="175" t="s">
+        <v>458</v>
+      </c>
+      <c r="E852" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F852" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G852" s="542" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H852" s="145">
         <v>46054</v>
       </c>
-      <c r="I853" s="145"/>
-[...7 lines deleted...]
-        <v>487</v>
+      <c r="I852" s="144"/>
+    </row>
+    <row r="853" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B853" s="1079"/>
+      <c r="C853" s="118"/>
+      <c r="D853" s="118"/>
+      <c r="E853" s="157"/>
+      <c r="F853" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G853" s="118"/>
+      <c r="H853" s="118"/>
+      <c r="I853" s="141"/>
+    </row>
+    <row r="854" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B854" s="1063">
+        <f>MAX(B$27:B853)+1</f>
+        <v>258</v>
+      </c>
+      <c r="C854" s="250"/>
+      <c r="D854" s="250" t="s">
+        <v>460</v>
+      </c>
+      <c r="E854" s="155"/>
+      <c r="F854" s="835" t="s">
+        <v>1257</v>
       </c>
       <c r="G854" s="119"/>
       <c r="H854" s="119"/>
-      <c r="I854" s="142"/>
-[...7 lines deleted...]
-      <c r="D855" s="251" t="s">
+      <c r="I854" s="150"/>
+    </row>
+    <row r="855" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B855" s="1105"/>
+      <c r="C855" s="147" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D855" s="175" t="s">
+        <v>458</v>
+      </c>
+      <c r="E855" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F855" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G855" s="542" t="s">
+        <v>555</v>
+      </c>
+      <c r="H855" s="145">
+        <v>45962</v>
+      </c>
+      <c r="I855" s="144"/>
+    </row>
+    <row r="856" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B856" s="1079"/>
+      <c r="C856" s="118"/>
+      <c r="D856" s="118"/>
+      <c r="E856" s="157"/>
+      <c r="F856" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G856" s="118"/>
+      <c r="H856" s="118"/>
+      <c r="I856" s="141"/>
+    </row>
+    <row r="857" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B857" s="1063">
+        <f>MAX(B$27:B856)+1</f>
+        <v>259</v>
+      </c>
+      <c r="C857" s="765"/>
+      <c r="D857" s="166" t="s">
+        <v>667</v>
+      </c>
+      <c r="E857" s="986"/>
+      <c r="F857" s="119" t="s">
+        <v>332</v>
+      </c>
+      <c r="G857" s="155"/>
+      <c r="H857" s="150"/>
+      <c r="I857" s="150"/>
+    </row>
+    <row r="858" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B858" s="1105"/>
+      <c r="C858" s="715" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D858" s="147" t="s">
+        <v>669</v>
+      </c>
+      <c r="E858" s="988" t="s">
+        <v>115</v>
+      </c>
+      <c r="F858" s="147" t="s">
+        <v>329</v>
+      </c>
+      <c r="G858" s="542" t="s">
+        <v>114</v>
+      </c>
+      <c r="H858" s="834">
+        <v>45944</v>
+      </c>
+      <c r="I858" s="144"/>
+    </row>
+    <row r="859" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B859" s="1079"/>
+      <c r="C859" s="766"/>
+      <c r="D859" s="143"/>
+      <c r="E859" s="987"/>
+      <c r="F859" s="118" t="s">
+        <v>328</v>
+      </c>
+      <c r="G859" s="612"/>
+      <c r="H859" s="141"/>
+      <c r="I859" s="141"/>
+    </row>
+    <row r="860" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B860" s="1063">
+        <f>MAX(B$27:B859)+1</f>
+        <v>260</v>
+      </c>
+      <c r="C860" s="155"/>
+      <c r="D860" s="835" t="s">
+        <v>377</v>
+      </c>
+      <c r="E860" s="119"/>
+      <c r="F860" s="835" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G860" s="119"/>
+      <c r="H860" s="835"/>
+      <c r="I860" s="243"/>
+    </row>
+    <row r="861" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B861" s="1105"/>
+      <c r="C861" s="147" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D861" s="925" t="s">
+        <v>421</v>
+      </c>
+      <c r="E861" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F861" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G861" s="542" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H861" s="145">
+        <v>45975</v>
+      </c>
+      <c r="I861" s="242"/>
+    </row>
+    <row r="862" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B862" s="1079"/>
+      <c r="C862" s="143"/>
+      <c r="D862" s="158"/>
+      <c r="E862" s="118"/>
+      <c r="F862" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G862" s="118"/>
+      <c r="H862" s="158"/>
+      <c r="I862" s="241"/>
+    </row>
+    <row r="863" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B863" s="1063">
+        <f>MAX(B$27:B862)+1</f>
+        <v>261</v>
+      </c>
+      <c r="C863" s="155"/>
+      <c r="D863" s="835" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E863" s="119"/>
+      <c r="F863" s="835" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G863" s="119"/>
+      <c r="H863" s="835"/>
+      <c r="I863" s="243"/>
+    </row>
+    <row r="864" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B864" s="1105"/>
+      <c r="C864" s="147" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D864" s="925" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E864" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F864" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G864" s="542"/>
+      <c r="H864" s="145">
+        <v>45951</v>
+      </c>
+      <c r="I864" s="242"/>
+    </row>
+    <row r="865" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B865" s="1079"/>
+      <c r="C865" s="143"/>
+      <c r="D865" s="158"/>
+      <c r="E865" s="118"/>
+      <c r="F865" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G865" s="118"/>
+      <c r="H865" s="158"/>
+      <c r="I865" s="241"/>
+    </row>
+    <row r="866" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B866" s="1063">
+        <f>MAX(B$27:B865)+1</f>
+        <v>262</v>
+      </c>
+      <c r="C866" s="155"/>
+      <c r="D866" s="835" t="s">
+        <v>377</v>
+      </c>
+      <c r="E866" s="119"/>
+      <c r="F866" s="835" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G866" s="119"/>
+      <c r="H866" s="835"/>
+      <c r="I866" s="243"/>
+    </row>
+    <row r="867" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B867" s="1105"/>
+      <c r="C867" s="147" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D867" s="925" t="s">
+        <v>421</v>
+      </c>
+      <c r="E867" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F867" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G867" s="542" t="s">
+        <v>118</v>
+      </c>
+      <c r="H867" s="145">
+        <v>45991</v>
+      </c>
+      <c r="I867" s="242"/>
+    </row>
+    <row r="868" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B868" s="1079"/>
+      <c r="C868" s="143"/>
+      <c r="D868" s="158"/>
+      <c r="E868" s="118"/>
+      <c r="F868" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G868" s="118"/>
+      <c r="H868" s="158"/>
+      <c r="I868" s="241"/>
+    </row>
+    <row r="869" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B869" s="1063">
+        <f>MAX(B$27:B868)+1</f>
+        <v>263</v>
+      </c>
+      <c r="C869" s="155"/>
+      <c r="D869" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E869" s="119"/>
+      <c r="F869" s="835" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G869" s="155"/>
+      <c r="H869" s="155"/>
+      <c r="I869" s="183"/>
+    </row>
+    <row r="870" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B870" s="1105"/>
+      <c r="C870" s="147" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D870" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E870" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F870" s="925" t="s">
+        <v>1258</v>
+      </c>
+      <c r="G870" s="229" t="s">
+        <v>334</v>
+      </c>
+      <c r="H870" s="145">
+        <v>46023</v>
+      </c>
+      <c r="I870" s="181"/>
+    </row>
+    <row r="871" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B871" s="1079"/>
+      <c r="C871" s="143"/>
+      <c r="D871" s="143"/>
+      <c r="E871" s="118"/>
+      <c r="F871" s="158" t="s">
+        <v>479</v>
+      </c>
+      <c r="G871" s="143"/>
+      <c r="H871" s="143"/>
+      <c r="I871" s="180"/>
+    </row>
+    <row r="872" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B872" s="1063">
+        <f>MAX(B$27:B871)+1</f>
+        <v>264</v>
+      </c>
+      <c r="C872" s="119"/>
+      <c r="D872" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E872" s="446"/>
+      <c r="F872" s="119" t="s">
         <v>468</v>
       </c>
-      <c r="E855" s="156"/>
-[...69 lines deleted...]
-      <c r="F859" s="148" t="s">
+      <c r="G872" s="119"/>
+      <c r="H872" s="150"/>
+      <c r="I872" s="150"/>
+    </row>
+    <row r="873" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B873" s="1105"/>
+      <c r="C873" s="149" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D873" s="925" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E873" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F873" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G873" s="229" t="s">
+        <v>109</v>
+      </c>
+      <c r="H873" s="239">
+        <v>46013</v>
+      </c>
+      <c r="I873" s="144"/>
+    </row>
+    <row r="874" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B874" s="1079"/>
+      <c r="C874" s="118"/>
+      <c r="D874" s="158"/>
+      <c r="E874" s="455"/>
+      <c r="F874" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G874" s="118"/>
+      <c r="H874" s="141"/>
+      <c r="I874" s="141"/>
+    </row>
+    <row r="875" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B875" s="1063">
+        <f>MAX(B$27:B874)+1</f>
+        <v>265</v>
+      </c>
+      <c r="C875" s="765"/>
+      <c r="D875" s="153" t="s">
+        <v>361</v>
+      </c>
+      <c r="E875" s="446"/>
+      <c r="F875" s="119" t="s">
+        <v>468</v>
+      </c>
+      <c r="G875" s="155"/>
+      <c r="H875" s="150"/>
+      <c r="I875" s="150"/>
+    </row>
+    <row r="876" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B876" s="1105"/>
+      <c r="C876" s="715" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D876" s="147" t="s">
         <v>336</v>
       </c>
-      <c r="G859" s="545" t="s">
-[...204 lines deleted...]
-      <c r="H871" s="146">
+      <c r="E876" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F876" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G876" s="229" t="s">
+        <v>555</v>
+      </c>
+      <c r="H876" s="834">
         <v>46023</v>
       </c>
-      <c r="I871" s="182"/>
-[...107 lines deleted...]
-      <c r="E878" s="456"/>
+      <c r="I876" s="144"/>
+    </row>
+    <row r="877" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B877" s="1079"/>
+      <c r="C877" s="766"/>
+      <c r="D877" s="143"/>
+      <c r="E877" s="455"/>
+      <c r="F877" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G877" s="612"/>
+      <c r="H877" s="141"/>
+      <c r="I877" s="141"/>
+    </row>
+    <row r="878" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B878" s="1063">
+        <f>MAX(B$27:B876)+1</f>
+        <v>266</v>
+      </c>
+      <c r="C878" s="155"/>
+      <c r="D878" s="119" t="s">
+        <v>333</v>
+      </c>
+      <c r="E878" s="446"/>
       <c r="F878" s="119" t="s">
-        <v>481</v>
-[...37 lines deleted...]
-      <c r="H880" s="146">
+        <v>468</v>
+      </c>
+      <c r="G878" s="155"/>
+      <c r="H878" s="155"/>
+      <c r="I878" s="1165"/>
+    </row>
+    <row r="879" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B879" s="1105"/>
+      <c r="C879" s="147" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D879" s="147" t="s">
+        <v>330</v>
+      </c>
+      <c r="E879" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F879" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G879" s="542"/>
+      <c r="H879" s="145">
         <v>46029</v>
       </c>
-      <c r="I880" s="1156"/>
-[...5 lines deleted...]
-      <c r="E881" s="456"/>
+      <c r="I879" s="1166"/>
+    </row>
+    <row r="880" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B880" s="1079"/>
+      <c r="C880" s="143"/>
+      <c r="D880" s="143"/>
+      <c r="E880" s="455"/>
+      <c r="F880" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G880" s="143"/>
+      <c r="H880" s="143"/>
+      <c r="I880" s="1167"/>
+    </row>
+    <row r="881" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B881" s="1063">
+        <f>MAX(B$27:B880)+1</f>
+        <v>267</v>
+      </c>
+      <c r="C881" s="119"/>
+      <c r="D881" s="163" t="s">
+        <v>345</v>
+      </c>
+      <c r="E881" s="446"/>
       <c r="F881" s="119" t="s">
-        <v>481</v>
-[...39 lines deleted...]
-      <c r="H883" s="240">
+        <v>468</v>
+      </c>
+      <c r="G881" s="119"/>
+      <c r="H881" s="150"/>
+      <c r="I881" s="150"/>
+    </row>
+    <row r="882" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B882" s="1105"/>
+      <c r="C882" s="149" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D882" s="925" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E882" s="449" t="s">
+        <v>115</v>
+      </c>
+      <c r="F882" s="147" t="s">
+        <v>474</v>
+      </c>
+      <c r="G882" s="229" t="s">
+        <v>109</v>
+      </c>
+      <c r="H882" s="239">
         <v>46041</v>
       </c>
-      <c r="I883" s="145"/>
-[...5 lines deleted...]
-      <c r="E884" s="456"/>
+      <c r="I882" s="144"/>
+    </row>
+    <row r="883" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B883" s="1079"/>
+      <c r="C883" s="118"/>
+      <c r="D883" s="158"/>
+      <c r="E883" s="455"/>
+      <c r="F883" s="118" t="s">
+        <v>473</v>
+      </c>
+      <c r="G883" s="118"/>
+      <c r="H883" s="141"/>
+      <c r="I883" s="141"/>
+    </row>
+    <row r="884" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B884" s="1063">
+        <f>MAX(B$27:B883)+1</f>
+        <v>268</v>
+      </c>
+      <c r="C884" s="250"/>
+      <c r="D884" s="250" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E884" s="155"/>
       <c r="F884" s="119" t="s">
-        <v>481</v>
+        <v>401</v>
       </c>
       <c r="G884" s="119"/>
-      <c r="H884" s="142"/>
-      <c r="I884" s="142"/>
+      <c r="H884" s="119"/>
+      <c r="I884" s="150"/>
+    </row>
+    <row r="885" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B885" s="1105"/>
+      <c r="C885" s="147" t="s">
+        <v>1329</v>
+      </c>
+      <c r="D885" s="175" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E885" s="542" t="s">
+        <v>115</v>
+      </c>
+      <c r="F885" s="149" t="s">
+        <v>329</v>
+      </c>
+      <c r="G885" s="542" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H885" s="145">
+        <v>46082</v>
+      </c>
+      <c r="I885" s="144"/>
+    </row>
+    <row r="886" spans="2:9" x14ac:dyDescent="0.2">
+      <c r="B886" s="1079"/>
+      <c r="C886" s="118"/>
+      <c r="D886" s="118"/>
+      <c r="E886" s="157"/>
+      <c r="F886" s="194" t="s">
+        <v>328</v>
+      </c>
+      <c r="G886" s="118"/>
+      <c r="H886" s="118"/>
+      <c r="I886" s="141"/>
     </row>
   </sheetData>
-  <mergeCells count="344">
-[...169 lines deleted...]
-    <mergeCell ref="B350:B352"/>
+  <mergeCells count="346">
+    <mergeCell ref="I159:I161"/>
+    <mergeCell ref="B238:B242"/>
+    <mergeCell ref="I85:I87"/>
+    <mergeCell ref="B884:B886"/>
+    <mergeCell ref="B457:B460"/>
+    <mergeCell ref="B875:B877"/>
+    <mergeCell ref="B878:B880"/>
+    <mergeCell ref="I878:I880"/>
+    <mergeCell ref="I486:I488"/>
+    <mergeCell ref="B872:B874"/>
+    <mergeCell ref="I830:I832"/>
+    <mergeCell ref="B702:B704"/>
+    <mergeCell ref="B705:B707"/>
+    <mergeCell ref="B726:B728"/>
+    <mergeCell ref="I762:I764"/>
+    <mergeCell ref="B842:B844"/>
+    <mergeCell ref="B845:B847"/>
+    <mergeCell ref="I845:I847"/>
+    <mergeCell ref="B833:B835"/>
+    <mergeCell ref="B824:B826"/>
+    <mergeCell ref="B787:B790"/>
+    <mergeCell ref="B809:B811"/>
+    <mergeCell ref="B812:B814"/>
+    <mergeCell ref="B806:B808"/>
+    <mergeCell ref="B641:B643"/>
+    <mergeCell ref="B797:B799"/>
+    <mergeCell ref="B800:B802"/>
+    <mergeCell ref="B827:B829"/>
+    <mergeCell ref="B762:B764"/>
+    <mergeCell ref="B720:B722"/>
+    <mergeCell ref="B857:B859"/>
+    <mergeCell ref="B860:B862"/>
+    <mergeCell ref="B854:B856"/>
+    <mergeCell ref="B848:B850"/>
+    <mergeCell ref="B851:B853"/>
+    <mergeCell ref="B836:B838"/>
+    <mergeCell ref="B830:B832"/>
+    <mergeCell ref="B821:B823"/>
+    <mergeCell ref="B780:B782"/>
+    <mergeCell ref="B768:B770"/>
+    <mergeCell ref="B818:B820"/>
+    <mergeCell ref="B657:B661"/>
+    <mergeCell ref="B644:B646"/>
+    <mergeCell ref="B647:B649"/>
+    <mergeCell ref="B650:B652"/>
+    <mergeCell ref="I735:I737"/>
+    <mergeCell ref="B738:B740"/>
+    <mergeCell ref="B741:B743"/>
+    <mergeCell ref="B729:B731"/>
+    <mergeCell ref="B723:B725"/>
+    <mergeCell ref="B665:B667"/>
+    <mergeCell ref="I665:I667"/>
+    <mergeCell ref="B680:B682"/>
+    <mergeCell ref="B671:B673"/>
+    <mergeCell ref="I668:I670"/>
+    <mergeCell ref="B692:B694"/>
+    <mergeCell ref="B683:B685"/>
+    <mergeCell ref="B582:B584"/>
+    <mergeCell ref="B591:B593"/>
+    <mergeCell ref="B520:B522"/>
+    <mergeCell ref="B523:B525"/>
+    <mergeCell ref="B514:B516"/>
+    <mergeCell ref="I626:I628"/>
+    <mergeCell ref="B614:B616"/>
+    <mergeCell ref="B617:B619"/>
+    <mergeCell ref="B620:B622"/>
+    <mergeCell ref="B546:B548"/>
+    <mergeCell ref="B543:B545"/>
+    <mergeCell ref="B555:B557"/>
+    <mergeCell ref="B549:B551"/>
+    <mergeCell ref="B558:B560"/>
+    <mergeCell ref="B539:B542"/>
+    <mergeCell ref="I523:I525"/>
+    <mergeCell ref="I568:I570"/>
+    <mergeCell ref="B579:B581"/>
+    <mergeCell ref="B575:B577"/>
+    <mergeCell ref="B567:B569"/>
+    <mergeCell ref="B564:B566"/>
+    <mergeCell ref="B526:B528"/>
+    <mergeCell ref="B535:B538"/>
+    <mergeCell ref="I564:I566"/>
+    <mergeCell ref="B502:B504"/>
+    <mergeCell ref="B572:B574"/>
+    <mergeCell ref="I508:I510"/>
+    <mergeCell ref="B511:B513"/>
+    <mergeCell ref="I572:I574"/>
+    <mergeCell ref="B505:B507"/>
+    <mergeCell ref="I502:I504"/>
+    <mergeCell ref="I650:I652"/>
+    <mergeCell ref="I641:I643"/>
+    <mergeCell ref="I644:I646"/>
+    <mergeCell ref="B765:B767"/>
+    <mergeCell ref="B695:B697"/>
+    <mergeCell ref="I750:I752"/>
+    <mergeCell ref="B608:B610"/>
+    <mergeCell ref="B585:B587"/>
+    <mergeCell ref="I599:I601"/>
+    <mergeCell ref="I765:I767"/>
+    <mergeCell ref="B756:B758"/>
+    <mergeCell ref="I756:I758"/>
+    <mergeCell ref="B759:B761"/>
+    <mergeCell ref="I759:I761"/>
+    <mergeCell ref="B753:B755"/>
+    <mergeCell ref="I753:I755"/>
+    <mergeCell ref="B747:B749"/>
+    <mergeCell ref="I747:I749"/>
+    <mergeCell ref="B674:B678"/>
+    <mergeCell ref="B653:B656"/>
+    <mergeCell ref="G596:G598"/>
+    <mergeCell ref="I596:I598"/>
+    <mergeCell ref="H596:H598"/>
+    <mergeCell ref="B594:B598"/>
+    <mergeCell ref="I514:I516"/>
+    <mergeCell ref="B517:B519"/>
+    <mergeCell ref="I371:I373"/>
+    <mergeCell ref="B357:B359"/>
+    <mergeCell ref="I390:I393"/>
+    <mergeCell ref="I435:I437"/>
+    <mergeCell ref="B438:B440"/>
+    <mergeCell ref="B426:B428"/>
+    <mergeCell ref="B435:B437"/>
+    <mergeCell ref="B483:B485"/>
+    <mergeCell ref="B381:B383"/>
+    <mergeCell ref="B378:B380"/>
+    <mergeCell ref="B401:B403"/>
+    <mergeCell ref="B398:B400"/>
+    <mergeCell ref="B410:B412"/>
+    <mergeCell ref="B451:B453"/>
+    <mergeCell ref="B471:B473"/>
+    <mergeCell ref="B480:B482"/>
+    <mergeCell ref="B432:B434"/>
+    <mergeCell ref="B441:B443"/>
+    <mergeCell ref="B474:B476"/>
+    <mergeCell ref="B429:B431"/>
+    <mergeCell ref="B423:B425"/>
+    <mergeCell ref="B404:B406"/>
+    <mergeCell ref="I448:I450"/>
+    <mergeCell ref="B375:B377"/>
+    <mergeCell ref="B508:B510"/>
+    <mergeCell ref="B371:B373"/>
+    <mergeCell ref="I407:I409"/>
+    <mergeCell ref="B387:B389"/>
+    <mergeCell ref="D363:D369"/>
+    <mergeCell ref="B477:B479"/>
+    <mergeCell ref="I461:I463"/>
+    <mergeCell ref="I451:I453"/>
+    <mergeCell ref="I492:I494"/>
+    <mergeCell ref="B413:B415"/>
+    <mergeCell ref="B444:B447"/>
+    <mergeCell ref="I464:I466"/>
+    <mergeCell ref="I404:I406"/>
+    <mergeCell ref="B461:B463"/>
+    <mergeCell ref="B498:B501"/>
+    <mergeCell ref="B492:B494"/>
+    <mergeCell ref="B495:B497"/>
+    <mergeCell ref="B486:B488"/>
+    <mergeCell ref="B489:B491"/>
+    <mergeCell ref="I483:I485"/>
+    <mergeCell ref="B416:B418"/>
+    <mergeCell ref="B467:B469"/>
+    <mergeCell ref="B384:B386"/>
+    <mergeCell ref="B351:B353"/>
     <mergeCell ref="B191:B193"/>
     <mergeCell ref="B198:B200"/>
-    <mergeCell ref="I280:I282"/>
-[...9 lines deleted...]
-    <mergeCell ref="B297:B300"/>
+    <mergeCell ref="B390:B392"/>
+    <mergeCell ref="B532:B534"/>
+    <mergeCell ref="C363:C369"/>
+    <mergeCell ref="B363:B369"/>
+    <mergeCell ref="B360:B362"/>
+    <mergeCell ref="B323:B325"/>
+    <mergeCell ref="B354:B356"/>
+    <mergeCell ref="B292:B294"/>
+    <mergeCell ref="B253:B255"/>
+    <mergeCell ref="B272:B274"/>
+    <mergeCell ref="I269:I271"/>
+    <mergeCell ref="B275:B277"/>
+    <mergeCell ref="C314:C319"/>
+    <mergeCell ref="B298:B301"/>
+    <mergeCell ref="B266:B268"/>
     <mergeCell ref="I212:I214"/>
-    <mergeCell ref="I245:I248"/>
-[...3 lines deleted...]
-    <mergeCell ref="B301:B304"/>
+    <mergeCell ref="I246:I249"/>
+    <mergeCell ref="B320:B322"/>
+    <mergeCell ref="B326:B328"/>
+    <mergeCell ref="B348:B350"/>
+    <mergeCell ref="B302:B305"/>
+    <mergeCell ref="C345:C346"/>
+    <mergeCell ref="B281:B283"/>
+    <mergeCell ref="B285:B288"/>
+    <mergeCell ref="B335:B337"/>
+    <mergeCell ref="B332:B334"/>
+    <mergeCell ref="B259:B261"/>
+    <mergeCell ref="B262:B265"/>
+    <mergeCell ref="B250:B252"/>
+    <mergeCell ref="B269:B271"/>
+    <mergeCell ref="B341:B343"/>
+    <mergeCell ref="B338:B340"/>
+    <mergeCell ref="I344:I347"/>
+    <mergeCell ref="I281:I283"/>
+    <mergeCell ref="B243:B245"/>
+    <mergeCell ref="I82:I84"/>
     <mergeCell ref="I155:I157"/>
     <mergeCell ref="I182:I184"/>
-    <mergeCell ref="B294:B296"/>
-[...3 lines deleted...]
-    <mergeCell ref="B308:B311"/>
+    <mergeCell ref="B295:B297"/>
+    <mergeCell ref="B306:B308"/>
+    <mergeCell ref="B278:B280"/>
+    <mergeCell ref="B314:B319"/>
+    <mergeCell ref="B309:B312"/>
     <mergeCell ref="H182:H183"/>
     <mergeCell ref="B228:B230"/>
     <mergeCell ref="B159:B162"/>
     <mergeCell ref="B169:B171"/>
-    <mergeCell ref="C344:C345"/>
     <mergeCell ref="C213:C214"/>
-    <mergeCell ref="I284:I286"/>
+    <mergeCell ref="I285:I287"/>
     <mergeCell ref="B209:B211"/>
     <mergeCell ref="B166:B168"/>
     <mergeCell ref="B155:B157"/>
-    <mergeCell ref="B143:B145"/>
-[...11 lines deleted...]
-    <mergeCell ref="B132:B137"/>
+    <mergeCell ref="B172:B175"/>
+    <mergeCell ref="B179:B181"/>
+    <mergeCell ref="B176:B178"/>
+    <mergeCell ref="B163:B165"/>
+    <mergeCell ref="B289:B291"/>
+    <mergeCell ref="B219:B221"/>
+    <mergeCell ref="B256:B258"/>
     <mergeCell ref="I119:I121"/>
     <mergeCell ref="I109:I111"/>
     <mergeCell ref="B106:B108"/>
     <mergeCell ref="C152:C153"/>
     <mergeCell ref="B103:B105"/>
-    <mergeCell ref="B172:B175"/>
     <mergeCell ref="I100:I102"/>
     <mergeCell ref="B140:B142"/>
     <mergeCell ref="C148:C149"/>
     <mergeCell ref="I112:I114"/>
     <mergeCell ref="B28:B30"/>
     <mergeCell ref="B31:B34"/>
     <mergeCell ref="B53:B56"/>
     <mergeCell ref="B73:B76"/>
     <mergeCell ref="B94:B99"/>
     <mergeCell ref="B35:B39"/>
     <mergeCell ref="B41:B44"/>
     <mergeCell ref="B100:B102"/>
     <mergeCell ref="B88:B90"/>
     <mergeCell ref="B64:B66"/>
     <mergeCell ref="B61:B63"/>
     <mergeCell ref="B57:B59"/>
     <mergeCell ref="B82:B84"/>
-    <mergeCell ref="I82:I84"/>
     <mergeCell ref="B91:B93"/>
     <mergeCell ref="I41:I43"/>
     <mergeCell ref="C94:C99"/>
     <mergeCell ref="C41:C44"/>
     <mergeCell ref="E138:E139"/>
-    <mergeCell ref="B559:B561"/>
+    <mergeCell ref="B561:B563"/>
     <mergeCell ref="E41:E44"/>
     <mergeCell ref="B77:B80"/>
     <mergeCell ref="B126:B130"/>
     <mergeCell ref="B109:B111"/>
     <mergeCell ref="B67:B69"/>
     <mergeCell ref="B85:B87"/>
-    <mergeCell ref="B586:B588"/>
+    <mergeCell ref="B143:B145"/>
+    <mergeCell ref="I163:I165"/>
+    <mergeCell ref="B151:B154"/>
+    <mergeCell ref="I151:I154"/>
+    <mergeCell ref="I57:I59"/>
+    <mergeCell ref="B119:B121"/>
+    <mergeCell ref="B116:B118"/>
+    <mergeCell ref="B112:B114"/>
+    <mergeCell ref="C155:C157"/>
+    <mergeCell ref="F138:F139"/>
+    <mergeCell ref="G138:G139"/>
+    <mergeCell ref="C127:C128"/>
+    <mergeCell ref="B132:B137"/>
     <mergeCell ref="D41:D44"/>
     <mergeCell ref="C45:C49"/>
     <mergeCell ref="C53:C56"/>
     <mergeCell ref="B50:B52"/>
     <mergeCell ref="B45:B49"/>
     <mergeCell ref="B70:B72"/>
     <mergeCell ref="C78:C79"/>
     <mergeCell ref="C74:C75"/>
-    <mergeCell ref="B245:B248"/>
-[...1 lines deleted...]
-    <mergeCell ref="B334:B336"/>
+    <mergeCell ref="B246:B249"/>
     <mergeCell ref="B216:B218"/>
     <mergeCell ref="B147:B150"/>
-    <mergeCell ref="B331:B333"/>
     <mergeCell ref="B206:B208"/>
     <mergeCell ref="B201:B204"/>
-    <mergeCell ref="I600:I602"/>
+    <mergeCell ref="B235:B237"/>
+    <mergeCell ref="B231:B233"/>
+    <mergeCell ref="B195:B197"/>
+    <mergeCell ref="B188:B190"/>
+    <mergeCell ref="B185:B187"/>
+    <mergeCell ref="B182:B184"/>
     <mergeCell ref="G182:G183"/>
     <mergeCell ref="I198:I200"/>
     <mergeCell ref="I172:I174"/>
     <mergeCell ref="B212:B215"/>
-    <mergeCell ref="I675:I679"/>
-[...65 lines deleted...]
-    <mergeCell ref="B816:B818"/>
+    <mergeCell ref="I674:I678"/>
+    <mergeCell ref="B714:B716"/>
+    <mergeCell ref="B717:B719"/>
+    <mergeCell ref="B686:B688"/>
+    <mergeCell ref="I686:I688"/>
+    <mergeCell ref="B689:B691"/>
+    <mergeCell ref="I579:I581"/>
+    <mergeCell ref="B344:B347"/>
+    <mergeCell ref="B329:B331"/>
+    <mergeCell ref="B454:B456"/>
+    <mergeCell ref="B420:B422"/>
+    <mergeCell ref="B407:B409"/>
+    <mergeCell ref="I561:I563"/>
+    <mergeCell ref="B552:B554"/>
+    <mergeCell ref="B529:B531"/>
+    <mergeCell ref="I495:I497"/>
+    <mergeCell ref="B395:B397"/>
+    <mergeCell ref="B448:B450"/>
+    <mergeCell ref="I511:I513"/>
+    <mergeCell ref="B464:B466"/>
+    <mergeCell ref="I800:I802"/>
+    <mergeCell ref="B803:B805"/>
+    <mergeCell ref="B791:B793"/>
+    <mergeCell ref="B794:B796"/>
+    <mergeCell ref="B784:B786"/>
+    <mergeCell ref="I784:I786"/>
+    <mergeCell ref="I787:I789"/>
+    <mergeCell ref="B774:B776"/>
+    <mergeCell ref="B777:B779"/>
+    <mergeCell ref="B881:B883"/>
+    <mergeCell ref="B863:B865"/>
+    <mergeCell ref="B866:B868"/>
+    <mergeCell ref="B869:B871"/>
+    <mergeCell ref="B711:B713"/>
+    <mergeCell ref="B708:B710"/>
+    <mergeCell ref="B588:B590"/>
+    <mergeCell ref="B699:B701"/>
+    <mergeCell ref="B662:B664"/>
+    <mergeCell ref="B750:B752"/>
+    <mergeCell ref="B744:B746"/>
+    <mergeCell ref="B732:B734"/>
+    <mergeCell ref="B735:B737"/>
+    <mergeCell ref="B602:B604"/>
+    <mergeCell ref="B632:B634"/>
+    <mergeCell ref="B629:B631"/>
+    <mergeCell ref="B623:B625"/>
+    <mergeCell ref="B626:B628"/>
+    <mergeCell ref="B611:B613"/>
+    <mergeCell ref="B605:B607"/>
+    <mergeCell ref="B599:B601"/>
+    <mergeCell ref="B638:B640"/>
+    <mergeCell ref="B635:B637"/>
+    <mergeCell ref="B815:B817"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C89" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="65" fitToHeight="10" orientation="landscape" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView topLeftCell="A9" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="D33" sqref="D33"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.765625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.23046875" style="1015" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="16384" width="8.765625" style="1015"/>
+    <col min="1" max="1" width="2.21875" style="1011" customWidth="1"/>
+    <col min="2" max="2" width="5.77734375" style="1011" customWidth="1"/>
+    <col min="3" max="3" width="43.44140625" style="1011" customWidth="1"/>
+    <col min="4" max="4" width="45.6640625" style="1011" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="21.21875" style="1011" customWidth="1"/>
+    <col min="6" max="6" width="20.109375" style="1011" customWidth="1"/>
+    <col min="7" max="7" width="27.77734375" style="1011" customWidth="1"/>
+    <col min="8" max="8" width="26.21875" style="1011" customWidth="1"/>
+    <col min="9" max="16384" width="8.77734375" style="1011"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
-[...51 lines deleted...]
-      <c r="A6" s="1013"/>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A1" s="1009"/>
+      <c r="B1" s="1009"/>
+      <c r="C1" s="1009"/>
+      <c r="D1" s="1009"/>
+      <c r="E1" s="1009"/>
+      <c r="F1" s="1009"/>
+      <c r="G1" s="1010"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A2" s="1012"/>
+      <c r="B2" s="1012" t="s">
+        <v>574</v>
+      </c>
+      <c r="C2" s="1009"/>
+      <c r="D2" s="1009"/>
+      <c r="E2" s="1009"/>
+      <c r="F2" s="1009"/>
+      <c r="G2" s="1013"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A3" s="1009"/>
+      <c r="B3" s="1012" t="s">
+        <v>573</v>
+      </c>
+      <c r="C3" s="1009"/>
+      <c r="D3" s="1009"/>
+      <c r="E3" s="1009"/>
+      <c r="F3" s="1009"/>
+      <c r="G3" s="1013"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="1009"/>
+      <c r="B4" s="1009"/>
+      <c r="C4" s="1009"/>
+      <c r="D4" s="1009"/>
+      <c r="E4" s="1009"/>
+      <c r="F4" s="1009"/>
+      <c r="G4" s="1013"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="1009"/>
+      <c r="B5" s="33" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C5" s="1009"/>
+      <c r="D5" s="1009"/>
+      <c r="E5" s="1009"/>
+      <c r="F5" s="1009"/>
+      <c r="G5" s="1013"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="1009"/>
       <c r="B6" s="4" t="s">
-        <v>515</v>
-[...8 lines deleted...]
-      <c r="A7" s="1013"/>
+        <v>507</v>
+      </c>
+      <c r="C6" s="1009"/>
+      <c r="D6" s="1009"/>
+      <c r="E6" s="1009"/>
+      <c r="F6" s="1009"/>
+      <c r="G6" s="1013"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="1009"/>
       <c r="B7" s="4"/>
-      <c r="C7" s="1013"/>
-[...5 lines deleted...]
-    <row r="8" spans="1:8" s="1018" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="C7" s="1009"/>
+      <c r="D7" s="1009"/>
+      <c r="E7" s="1009"/>
+      <c r="F7" s="1009"/>
+      <c r="G7" s="1013"/>
+    </row>
+    <row r="8" spans="1:8" s="1014" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B8" s="4" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="E10" s="356" t="s">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="G9" s="1010"/>
+    </row>
+    <row r="10" spans="1:8" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A10" s="1015"/>
+      <c r="B10" s="355" t="s">
+        <v>501</v>
+      </c>
+      <c r="C10" s="356" t="s">
+        <v>505</v>
+      </c>
+      <c r="D10" s="355" t="s">
+        <v>499</v>
+      </c>
+      <c r="E10" s="355" t="s">
+        <v>498</v>
+      </c>
+      <c r="F10" s="357" t="s">
         <v>506</v>
       </c>
-      <c r="F10" s="358" t="s">
-[...11 lines deleted...]
-      <c r="B11" s="305">
+      <c r="G10" s="354" t="s">
+        <v>184</v>
+      </c>
+      <c r="H10" s="354" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="302"/>
+      <c r="B11" s="304">
         <f>MAX(B$10:B10)+1</f>
         <v>1</v>
       </c>
-      <c r="C11" s="1020" t="s">
-[...8 lines deleted...]
-      <c r="F11" s="1021">
+      <c r="C11" s="1016" t="s">
+        <v>503</v>
+      </c>
+      <c r="D11" s="303" t="s">
+        <v>133</v>
+      </c>
+      <c r="E11" s="1017" t="s">
+        <v>115</v>
+      </c>
+      <c r="F11" s="1017">
         <v>8</v>
       </c>
-      <c r="G11" s="88">
+      <c r="G11" s="87">
         <v>43661</v>
       </c>
-      <c r="H11" s="1022"/>
-[...2 lines deleted...]
-      <c r="B12" s="305">
+      <c r="H11" s="1018"/>
+    </row>
+    <row r="12" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="304">
         <f>MAX(B$10:B11)+1</f>
         <v>2</v>
       </c>
-      <c r="C12" s="1020" t="s">
-[...8 lines deleted...]
-      <c r="F12" s="1021">
+      <c r="C12" s="1016" t="s">
+        <v>514</v>
+      </c>
+      <c r="D12" s="303" t="s">
+        <v>127</v>
+      </c>
+      <c r="E12" s="1017" t="s">
+        <v>115</v>
+      </c>
+      <c r="F12" s="1017">
         <v>8</v>
       </c>
-      <c r="G12" s="88">
+      <c r="G12" s="87">
         <v>43678</v>
       </c>
-      <c r="H12" s="1023"/>
-[...2 lines deleted...]
-      <c r="B13" s="305">
+      <c r="H12" s="1019"/>
+    </row>
+    <row r="13" spans="1:8" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="304">
         <f>MAX(B$10:B12)+1</f>
         <v>3</v>
       </c>
       <c r="C13" s="17" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>515</v>
+      </c>
+      <c r="D13" s="338" t="s">
+        <v>124</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F13" s="15">
         <v>8</v>
       </c>
-      <c r="G13" s="88">
+      <c r="G13" s="87">
         <v>43678</v>
       </c>
-      <c r="H13" s="1022"/>
-[...2 lines deleted...]
-      <c r="B14" s="305">
+      <c r="H13" s="1018"/>
+    </row>
+    <row r="14" spans="1:8" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="B14" s="304">
         <f>MAX(B$10:B13)+1</f>
         <v>4</v>
       </c>
       <c r="C14" s="17" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>699</v>
+      </c>
+      <c r="D14" s="1020" t="s">
+        <v>133</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="F14" s="1021">
+        <v>115</v>
+      </c>
+      <c r="F14" s="1017">
         <v>8</v>
       </c>
-      <c r="G14" s="88">
+      <c r="G14" s="87">
         <v>43739</v>
       </c>
-      <c r="H14" s="1025" t="s">
-[...4 lines deleted...]
-      <c r="B15" s="305">
+      <c r="H14" s="1021" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="304">
         <f>MAX(B$10:B14)+1</f>
         <v>5</v>
       </c>
-      <c r="C15" s="1024" t="s">
-[...6 lines deleted...]
-        <v>1317</v>
+      <c r="C15" s="1020" t="s">
+        <v>559</v>
+      </c>
+      <c r="D15" s="303" t="s">
+        <v>199</v>
+      </c>
+      <c r="E15" s="340" t="s">
+        <v>1303</v>
       </c>
       <c r="F15" s="6">
         <v>8</v>
       </c>
-      <c r="G15" s="83">
+      <c r="G15" s="82">
         <v>43838</v>
       </c>
       <c r="H15" s="13"/>
     </row>
-    <row r="16" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="305">
+    <row r="16" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="304">
         <f>MAX(B$10:B15)+1</f>
         <v>6</v>
       </c>
-      <c r="C16" s="371" t="s">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="C16" s="370" t="s">
+        <v>586</v>
+      </c>
+      <c r="D16" s="303" t="s">
+        <v>199</v>
+      </c>
+      <c r="E16" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F16" s="15">
         <v>8</v>
       </c>
-      <c r="G16" s="381">
+      <c r="G16" s="380">
         <v>43994</v>
       </c>
-      <c r="H16" s="24"/>
-[...2 lines deleted...]
-      <c r="B17" s="305">
+      <c r="H16" s="23"/>
+    </row>
+    <row r="17" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="304">
         <f>MAX(B$10:B16)+1</f>
         <v>7</v>
       </c>
-      <c r="C17" s="1026" t="s">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="C17" s="1022" t="s">
+        <v>592</v>
+      </c>
+      <c r="D17" s="815" t="s">
+        <v>130</v>
+      </c>
+      <c r="E17" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F17" s="15">
         <v>8</v>
       </c>
-      <c r="G17" s="381">
+      <c r="G17" s="380">
         <v>43983</v>
       </c>
-      <c r="H17" s="1027"/>
-[...2 lines deleted...]
-      <c r="B18" s="305">
+      <c r="H17" s="1023"/>
+    </row>
+    <row r="18" spans="2:8" s="1014" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="304">
         <f>MAX(B$10:B17)+1</f>
         <v>8</v>
       </c>
       <c r="C18" s="17" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="D18" s="16" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>604</v>
+      </c>
+      <c r="E18" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F18" s="15">
         <v>8</v>
       </c>
-      <c r="G18" s="381">
+      <c r="G18" s="380">
         <v>43963</v>
       </c>
-      <c r="H18" s="41"/>
-[...2 lines deleted...]
-      <c r="B19" s="305">
+      <c r="H18" s="40"/>
+    </row>
+    <row r="19" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="304">
         <f>MAX(B$10:B18)+1</f>
         <v>9</v>
       </c>
-      <c r="C19" s="371" t="s">
-        <v>645</v>
+      <c r="C19" s="370" t="s">
+        <v>637</v>
       </c>
       <c r="D19" s="17" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>634</v>
+      </c>
+      <c r="E19" s="53" t="s">
+        <v>115</v>
       </c>
       <c r="F19" s="15">
         <v>8</v>
       </c>
-      <c r="G19" s="87">
+      <c r="G19" s="86">
         <v>44105</v>
       </c>
-      <c r="H19" s="24"/>
-[...1 lines deleted...]
-    <row r="20" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H19" s="23"/>
+    </row>
+    <row r="20" spans="2:8" s="1014" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="10">
         <f>MAX(B$10:B19)+1</f>
         <v>10</v>
       </c>
-      <c r="C20" s="1028" t="s">
-[...8 lines deleted...]
-      <c r="F20" s="511">
+      <c r="C20" s="1024" t="s">
+        <v>768</v>
+      </c>
+      <c r="D20" s="871" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E20" s="517" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F20" s="508">
         <v>8</v>
       </c>
-      <c r="G20" s="83">
+      <c r="G20" s="82">
         <v>44449</v>
       </c>
       <c r="H20" s="9"/>
     </row>
-    <row r="21" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:8" s="1014" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="10">
         <f>MAX(B$10:B20)+1</f>
         <v>11</v>
       </c>
-      <c r="C21" s="1028" t="s">
-[...8 lines deleted...]
-      <c r="F21" s="511">
+      <c r="C21" s="1024" t="s">
+        <v>797</v>
+      </c>
+      <c r="D21" s="1025" t="s">
+        <v>113</v>
+      </c>
+      <c r="E21" s="517" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F21" s="508">
         <v>8</v>
       </c>
-      <c r="G21" s="83">
+      <c r="G21" s="82">
         <v>44548</v>
       </c>
       <c r="H21" s="9"/>
     </row>
-    <row r="22" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="10">
         <f>MAX(B$10:B21)+1</f>
         <v>12</v>
       </c>
       <c r="C22" s="13" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="D22" s="13" t="s">
-        <v>176</v>
-[...4 lines deleted...]
-      <c r="F22" s="511">
+        <v>169</v>
+      </c>
+      <c r="E22" s="517" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F22" s="508">
         <v>8</v>
       </c>
-      <c r="G22" s="83">
+      <c r="G22" s="82">
         <v>44516</v>
       </c>
       <c r="H22" s="13"/>
     </row>
-    <row r="23" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:8" s="1014" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="10">
         <f>MAX(B$10:B22)+1</f>
         <v>13</v>
       </c>
       <c r="C23" s="17" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>206</v>
-[...4 lines deleted...]
-      <c r="F23" s="511">
+        <v>199</v>
+      </c>
+      <c r="E23" s="517" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F23" s="508">
         <v>8</v>
       </c>
-      <c r="G23" s="83">
+      <c r="G23" s="82">
         <v>44620</v>
       </c>
-      <c r="H23" s="48"/>
-[...1 lines deleted...]
-    <row r="24" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H23" s="47"/>
+    </row>
+    <row r="24" spans="2:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="6">
         <f>MAX(B$22:B23)+1</f>
         <v>14</v>
       </c>
-      <c r="C24" s="1030" t="s">
-[...3 lines deleted...]
-        <v>138</v>
+      <c r="C24" s="1026" t="s">
+        <v>809</v>
+      </c>
+      <c r="D24" s="1020" t="s">
+        <v>133</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>1317</v>
-[...1 lines deleted...]
-      <c r="F24" s="511">
+        <v>1303</v>
+      </c>
+      <c r="F24" s="508">
         <v>8</v>
       </c>
-      <c r="G24" s="83">
+      <c r="G24" s="82">
         <v>44593</v>
       </c>
-      <c r="H24" s="1023"/>
-[...1 lines deleted...]
-    <row r="25" spans="2:8" s="1018" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H24" s="1019"/>
+    </row>
+    <row r="25" spans="2:8" s="1014" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="6">
         <f>MAX(B$22:B24)+1</f>
         <v>15</v>
       </c>
       <c r="C25" s="17" t="s">
-        <v>899</v>
+        <v>888</v>
       </c>
       <c r="D25" s="17" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>1317</v>
-[...1 lines deleted...]
-      <c r="F25" s="511">
+        <v>1303</v>
+      </c>
+      <c r="F25" s="508">
         <v>8</v>
       </c>
-      <c r="G25" s="83">
+      <c r="G25" s="82">
         <v>44834</v>
       </c>
-      <c r="H25" s="656"/>
-[...1 lines deleted...]
-    <row r="26" spans="2:8" s="1018" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H25" s="652"/>
+    </row>
+    <row r="26" spans="2:8" s="1014" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="6">
         <f>MAX(B$22:B25)+1</f>
         <v>16</v>
       </c>
-      <c r="C26" s="334" t="s">
-[...8 lines deleted...]
-      <c r="F26" s="25">
+      <c r="C26" s="333" t="s">
+        <v>922</v>
+      </c>
+      <c r="D26" s="333" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E26" s="1004" t="s">
+        <v>115</v>
+      </c>
+      <c r="F26" s="24">
         <v>8</v>
       </c>
-      <c r="G26" s="88">
+      <c r="G26" s="87">
         <v>44927</v>
       </c>
-      <c r="H26" s="388"/>
-[...1 lines deleted...]
-    <row r="27" spans="2:8" s="1018" customFormat="1" ht="26.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H26" s="387"/>
+    </row>
+    <row r="27" spans="2:8" s="1014" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="6">
         <f>MAX(B$22:B26)+1</f>
         <v>17</v>
       </c>
       <c r="C27" s="13" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="D27" s="13" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>526</v>
+      </c>
+      <c r="E27" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F27" s="15">
         <v>8</v>
       </c>
-      <c r="G27" s="88">
+      <c r="G27" s="87">
         <v>44942</v>
       </c>
-      <c r="H27" s="499"/>
-[...1 lines deleted...]
-    <row r="28" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H27" s="498"/>
+    </row>
+    <row r="28" spans="2:8" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="6">
         <f>MAX(B$22:B27)+1</f>
         <v>18</v>
       </c>
-      <c r="C28" s="1023" t="s">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="C28" s="1019" t="s">
+        <v>996</v>
+      </c>
+      <c r="D28" s="1025" t="s">
+        <v>113</v>
+      </c>
+      <c r="E28" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F28" s="15">
         <v>8</v>
       </c>
-      <c r="G28" s="88">
+      <c r="G28" s="87">
         <v>45139</v>
       </c>
-      <c r="H28" s="1023"/>
-[...1 lines deleted...]
-    <row r="29" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H28" s="1019"/>
+    </row>
+    <row r="29" spans="2:8" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="6">
         <f>MAX(B$22:B28)+1</f>
         <v>19</v>
       </c>
-      <c r="C29" s="1023" t="s">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="C29" s="1019" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D29" s="1025" t="s">
+        <v>113</v>
+      </c>
+      <c r="E29" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F29" s="15">
         <v>8</v>
       </c>
-      <c r="G29" s="88">
+      <c r="G29" s="87">
         <v>45200</v>
       </c>
-      <c r="H29" s="1023"/>
-[...1 lines deleted...]
-    <row r="30" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H29" s="1019"/>
+    </row>
+    <row r="30" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="6">
         <f>MAX(B$22:B29)+1</f>
         <v>20</v>
       </c>
-      <c r="C30" s="334" t="s">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="C30" s="333" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D30" s="333" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E30" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F30" s="15">
         <v>8</v>
       </c>
-      <c r="G30" s="88">
+      <c r="G30" s="87">
         <v>45258</v>
       </c>
-      <c r="H30" s="388"/>
-[...1 lines deleted...]
-    <row r="31" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="H30" s="387"/>
+    </row>
+    <row r="31" spans="2:8" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="6">
         <f>MAX(B$22:B30)+1</f>
         <v>21</v>
       </c>
       <c r="C31" s="17" t="s">
-        <v>1056</v>
+        <v>1044</v>
       </c>
       <c r="D31" s="17" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>311</v>
+      </c>
+      <c r="E31" s="1004" t="s">
+        <v>115</v>
       </c>
       <c r="F31" s="15">
         <v>8</v>
       </c>
-      <c r="G31" s="132">
+      <c r="G31" s="131">
         <v>45261</v>
       </c>
-      <c r="H31" s="646"/>
-[...1 lines deleted...]
-    <row r="32" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="H31" s="643"/>
+    </row>
+    <row r="32" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B32" s="6">
         <f>MAX(B$22:B31)+1</f>
         <v>22</v>
       </c>
-      <c r="C32" s="371" t="s">
-        <v>1067</v>
+      <c r="C32" s="370" t="s">
+        <v>1054</v>
       </c>
       <c r="D32" s="17" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>634</v>
+      </c>
+      <c r="E32" s="53" t="s">
+        <v>115</v>
       </c>
       <c r="F32" s="15">
         <v>8</v>
       </c>
-      <c r="G32" s="87">
+      <c r="G32" s="86">
         <v>45306</v>
       </c>
-      <c r="H32" s="24"/>
-[...1 lines deleted...]
-    <row r="33" spans="2:8" s="1018" customFormat="1" ht="78" x14ac:dyDescent="0.25">
+      <c r="H32" s="23"/>
+    </row>
+    <row r="33" spans="2:8" s="1014" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
       <c r="B33" s="6">
         <f>MAX(B$22:B32)+1</f>
         <v>23</v>
       </c>
       <c r="C33" s="13" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="D33" s="13" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F33" s="15">
         <v>8</v>
       </c>
-      <c r="G33" s="88">
+      <c r="G33" s="87">
         <v>45330</v>
       </c>
-      <c r="H33" s="522" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="2:8" x14ac:dyDescent="0.3">
+      <c r="H33" s="519" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="34" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B34" s="6">
         <f>MAX(B$22:B33)+1</f>
         <v>24</v>
       </c>
       <c r="C34" s="13" t="s">
-        <v>1090</v>
+        <v>1077</v>
       </c>
       <c r="D34" s="17" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="E34" s="10" t="s">
-        <v>1317</v>
-[...1 lines deleted...]
-      <c r="F34" s="511">
+        <v>1303</v>
+      </c>
+      <c r="F34" s="508">
         <v>8</v>
       </c>
-      <c r="G34" s="87">
+      <c r="G34" s="86">
         <v>45473</v>
       </c>
-      <c r="H34" s="753"/>
-[...2 lines deleted...]
-      <c r="B35" s="1012">
+      <c r="H34" s="749"/>
+    </row>
+    <row r="35" spans="2:8" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B35" s="1008">
         <f>MAX(B$10:B34)+1</f>
         <v>25</v>
       </c>
       <c r="C35" s="13" t="s">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>1079</v>
+      </c>
+      <c r="D35" s="815" t="s">
+        <v>130</v>
       </c>
       <c r="E35" s="10" t="s">
-        <v>1317</v>
-[...1 lines deleted...]
-      <c r="F35" s="511">
+        <v>1303</v>
+      </c>
+      <c r="F35" s="508">
         <v>8</v>
       </c>
-      <c r="G35" s="87">
+      <c r="G35" s="86">
         <v>45444</v>
       </c>
-      <c r="H35" s="1027"/>
-[...2 lines deleted...]
-      <c r="B36" s="1012">
+      <c r="H35" s="1023"/>
+    </row>
+    <row r="36" spans="2:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="1008">
         <f>MAX(B$10:B35)+1</f>
         <v>26</v>
       </c>
       <c r="C36" s="13" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>1102</v>
+      </c>
+      <c r="D36" s="333" t="s">
+        <v>568</v>
       </c>
       <c r="E36" s="10" t="s">
-        <v>1317</v>
-[...1 lines deleted...]
-      <c r="F36" s="511">
+        <v>1303</v>
+      </c>
+      <c r="F36" s="508">
         <v>8</v>
       </c>
-      <c r="G36" s="87">
+      <c r="G36" s="86">
         <v>45526</v>
       </c>
-      <c r="H36" s="1027"/>
-[...2 lines deleted...]
-      <c r="B37" s="1031">
+      <c r="H36" s="1023"/>
+    </row>
+    <row r="37" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B37" s="1027">
         <f>MAX(B$10:B36)+1</f>
         <v>27</v>
       </c>
-      <c r="C37" s="1032" t="s">
-[...8 lines deleted...]
-      <c r="F37" s="1035">
+      <c r="C37" s="1028" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D37" s="1029" t="s">
+        <v>634</v>
+      </c>
+      <c r="E37" s="1030" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F37" s="1031">
         <v>8</v>
       </c>
-      <c r="G37" s="1036">
+      <c r="G37" s="1032">
         <v>45536</v>
       </c>
-      <c r="H37" s="1037"/>
-[...2 lines deleted...]
-      <c r="B38" s="1038">
+      <c r="H37" s="1033"/>
+    </row>
+    <row r="38" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B38" s="1034">
         <f>MAX(B$10:B37)+1</f>
         <v>28</v>
       </c>
-      <c r="C38" s="1032" t="s">
-[...8 lines deleted...]
-      <c r="F38" s="1035">
+      <c r="C38" s="1028" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D38" s="1028" t="s">
+        <v>142</v>
+      </c>
+      <c r="E38" s="1030" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F38" s="1031">
         <v>8</v>
       </c>
-      <c r="G38" s="1039">
+      <c r="G38" s="1035">
         <v>45733</v>
       </c>
-      <c r="H38" s="1040"/>
-[...2 lines deleted...]
-      <c r="B39" s="1038">
+      <c r="H38" s="1036"/>
+    </row>
+    <row r="39" spans="2:8" x14ac:dyDescent="0.2">
+      <c r="B39" s="1034">
         <f>MAX(B$10:B38)+1</f>
         <v>29</v>
       </c>
-      <c r="C39" s="1037" t="s">
-[...8 lines deleted...]
-      <c r="F39" s="1041">
+      <c r="C39" s="1033" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D39" s="1029" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E39" s="1030" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F39" s="1037">
         <v>8</v>
       </c>
-      <c r="G39" s="1039">
+      <c r="G39" s="1035">
         <v>45992</v>
       </c>
-      <c r="H39" s="1042"/>
+      <c r="H39" s="1038"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>PI</vt:lpstr>