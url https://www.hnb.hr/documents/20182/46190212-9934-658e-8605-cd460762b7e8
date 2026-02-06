--- v3 (2026-01-14)
+++ v4 (2026-02-06)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B89E8A24-89CF-42F8-ACED-5B0C3E73207D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E549037-F699-4028-90AB-9CE0F3653F7E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{D59D637F-CD36-457D-B77F-9178BF32DEB3}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="21">
   <si>
     <t xml:space="preserve"> Total (1+2+3+4+5+6+7+8)</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t xml:space="preserve">     In domestic currency</t>
   </si>
   <si>
     <t xml:space="preserve">     In foreign currency</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">	</t>
     </r>
@@ -299,60 +299,66 @@
       <t xml:space="preserve">	</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>Other loans</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> Total (1+2+3)</t>
   </si>
   <si>
     <t>....</t>
   </si>
   <si>
     <t>outstanding amounts at end of period; transactions during period, million EUR</t>
   </si>
   <si>
     <t>AMOUNTS</t>
   </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>* With a view to improving the quality of data on household loans, as of the reporting date of 31 December 2025, a portion of mortgage loans was reclassified as general-purpose cash loans with a collateral in the amount of EUR 412.4m and as other loans in the amount of EUR 8.1m. The reclassification resulted in an increase in the stock of general-purpose cash loans and a decrease in the stock of other loans and was excluded from transactions.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="mm/yy"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -376,50 +382,57 @@
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Life L2"/>
+      <family val="1"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
@@ -454,51 +467,51 @@
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -509,50 +522,56 @@
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 2" xfId="3" xr:uid="{D8E53B93-B6B2-44C8-91EA-9E6C9BF7DC48}"/>
     <cellStyle name="Ukupno" xfId="4" xr:uid="{08E73652-3B95-4ED7-A2D6-9A0CD169DE7F}"/>
     <cellStyle name="Ukupno - zadnji redak" xfId="2" xr:uid="{BF47B45A-A8E9-40D5-A884-EB564B1FE99D}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{55EA3638-B44A-4E41-A5EC-96C2690BDC6A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -835,79 +854,82 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3652ED35-C0D7-49EC-B07D-D50C54266793}">
-  <dimension ref="B2:FZ37"/>
+  <dimension ref="B2:GA40"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.28515625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="33" style="1" customWidth="1"/>
-    <col min="3" max="182" width="10.42578125" style="1" customWidth="1"/>
-    <col min="183" max="16384" width="7.28515625" style="1"/>
+    <col min="3" max="183" width="10.42578125" style="1" customWidth="1"/>
+    <col min="184" max="16384" width="7.28515625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="13" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="3" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="14" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="2:182" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:183" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
-    <row r="5" spans="2:182" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:183" s="3" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="1"/>
+      <c r="GA5" s="22" t="s">
+        <v>19</v>
+      </c>
     </row>
-    <row r="6" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="6">
         <v>40543</v>
       </c>
       <c r="D6" s="6">
         <v>40574</v>
       </c>
       <c r="E6" s="6">
         <v>40602</v>
       </c>
       <c r="F6" s="6">
         <v>40633</v>
       </c>
       <c r="G6" s="6">
         <v>40663</v>
       </c>
       <c r="H6" s="6">
         <v>40694</v>
       </c>
       <c r="I6" s="6">
         <v>40724</v>
       </c>
       <c r="J6" s="6">
         <v>40755</v>
       </c>
@@ -1405,52 +1427,55 @@
       </c>
       <c r="FS6" s="6">
         <v>45777</v>
       </c>
       <c r="FT6" s="6">
         <v>45808</v>
       </c>
       <c r="FU6" s="6">
         <v>45838</v>
       </c>
       <c r="FV6" s="6">
         <v>45869</v>
       </c>
       <c r="FW6" s="6">
         <v>45900</v>
       </c>
       <c r="FX6" s="6">
         <v>45930</v>
       </c>
       <c r="FY6" s="6">
         <v>45961</v>
       </c>
       <c r="FZ6" s="6">
         <v>45991</v>
       </c>
+      <c r="GA6" s="6">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:182" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:183" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="21" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="16"/>
       <c r="D7" s="16"/>
       <c r="E7" s="16"/>
       <c r="F7" s="16"/>
       <c r="G7" s="16"/>
       <c r="H7" s="16"/>
       <c r="I7" s="16"/>
       <c r="J7" s="16"/>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
       <c r="M7" s="16"/>
       <c r="N7" s="16"/>
       <c r="O7" s="16"/>
       <c r="P7" s="16"/>
       <c r="Q7" s="16"/>
       <c r="R7" s="16"/>
       <c r="S7" s="16"/>
       <c r="T7" s="16"/>
       <c r="U7" s="16"/>
       <c r="V7" s="16"/>
       <c r="W7" s="16"/>
       <c r="X7" s="16"/>
@@ -1590,52 +1615,53 @@
       <c r="FB7" s="16"/>
       <c r="FC7" s="16"/>
       <c r="FD7" s="16"/>
       <c r="FE7" s="16"/>
       <c r="FF7" s="16"/>
       <c r="FG7" s="16"/>
       <c r="FH7" s="16"/>
       <c r="FI7" s="16"/>
       <c r="FJ7" s="16"/>
       <c r="FK7" s="16"/>
       <c r="FL7" s="16"/>
       <c r="FM7" s="16"/>
       <c r="FN7" s="16"/>
       <c r="FO7" s="16"/>
       <c r="FP7" s="16"/>
       <c r="FQ7" s="16"/>
       <c r="FR7" s="16"/>
       <c r="FS7" s="16"/>
       <c r="FT7" s="16"/>
       <c r="FU7" s="16"/>
       <c r="FV7" s="16"/>
       <c r="FW7" s="16"/>
       <c r="FX7" s="16"/>
       <c r="FY7" s="16"/>
       <c r="FZ7" s="16"/>
+      <c r="GA7" s="16"/>
     </row>
-    <row r="8" spans="2:182" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:183" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="7">
         <v>8091.9141139399999</v>
       </c>
       <c r="D8" s="7">
         <v>7964.1504000799996</v>
       </c>
       <c r="E8" s="7">
         <v>8009.5144905500001</v>
       </c>
       <c r="F8" s="7">
         <v>7943.6898299000004</v>
       </c>
       <c r="G8" s="7">
         <v>7936.7679990300003</v>
       </c>
       <c r="H8" s="7">
         <v>8216.5922320000009</v>
       </c>
       <c r="I8" s="7">
         <v>8227.1578209199997</v>
       </c>
       <c r="J8" s="7">
@@ -2135,52 +2161,55 @@
       </c>
       <c r="FS8" s="7">
         <v>12366.374368119999</v>
       </c>
       <c r="FT8" s="7">
         <v>12550.37258309</v>
       </c>
       <c r="FU8" s="7">
         <v>12827.364825770001</v>
       </c>
       <c r="FV8" s="7">
         <v>13072.228141240001</v>
       </c>
       <c r="FW8" s="7">
         <v>13148.445836250001</v>
       </c>
       <c r="FX8" s="7">
         <v>13281.76621869</v>
       </c>
       <c r="FY8" s="7">
         <v>13427.04584533</v>
       </c>
       <c r="FZ8" s="7">
         <v>13545.17640552</v>
       </c>
+      <c r="GA8" s="7">
+        <v>13719.928922409999</v>
+      </c>
     </row>
-    <row r="9" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="9">
         <v>4708.9731312900003</v>
       </c>
       <c r="D9" s="9">
         <v>4726.8767185699999</v>
       </c>
       <c r="E9" s="9">
         <v>4747.4829601499996</v>
       </c>
       <c r="F9" s="9">
         <v>4755.1964476399999</v>
       </c>
       <c r="G9" s="9">
         <v>4758.8617579499996</v>
       </c>
       <c r="H9" s="9">
         <v>4828.0902614099996</v>
       </c>
       <c r="I9" s="9">
         <v>4837.0997014000004</v>
       </c>
       <c r="J9" s="9">
@@ -2680,52 +2709,55 @@
       </c>
       <c r="FS9" s="9">
         <v>12324.37355552</v>
       </c>
       <c r="FT9" s="9">
         <v>12508.757123089999</v>
       </c>
       <c r="FU9" s="9">
         <v>12786.619848709999</v>
       </c>
       <c r="FV9" s="9">
         <v>13031.77533916</v>
       </c>
       <c r="FW9" s="9">
         <v>13108.48163278</v>
       </c>
       <c r="FX9" s="9">
         <v>13242.3403284</v>
       </c>
       <c r="FY9" s="9">
         <v>13387.85799017</v>
       </c>
       <c r="FZ9" s="9">
         <v>13506.58416876</v>
       </c>
+      <c r="GA9" s="9">
+        <v>13681.763965620001</v>
+      </c>
     </row>
-    <row r="10" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="9">
         <v>3382.94098265</v>
       </c>
       <c r="D10" s="9">
         <v>3237.2736815100002</v>
       </c>
       <c r="E10" s="9">
         <v>3262.0315304000001</v>
       </c>
       <c r="F10" s="9">
         <v>3188.4933822600001</v>
       </c>
       <c r="G10" s="9">
         <v>3177.9062410800002</v>
       </c>
       <c r="H10" s="9">
         <v>3388.5019705899999</v>
       </c>
       <c r="I10" s="9">
         <v>3390.0581195200002</v>
       </c>
       <c r="J10" s="9">
@@ -3225,52 +3257,55 @@
       </c>
       <c r="FS10" s="9">
         <v>42.000812600000003</v>
       </c>
       <c r="FT10" s="9">
         <v>41.615459999999999</v>
       </c>
       <c r="FU10" s="9">
         <v>40.744977059999997</v>
       </c>
       <c r="FV10" s="9">
         <v>40.452802079999998</v>
       </c>
       <c r="FW10" s="9">
         <v>39.964203470000001</v>
       </c>
       <c r="FX10" s="9">
         <v>39.425890289999998</v>
       </c>
       <c r="FY10" s="9">
         <v>39.187855159999998</v>
       </c>
       <c r="FZ10" s="9">
         <v>38.592236759999999</v>
       </c>
+      <c r="GA10" s="9">
+        <v>38.164956789999998</v>
+      </c>
     </row>
-    <row r="11" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="9">
         <v>4470.9180782000003</v>
       </c>
       <c r="D11" s="9">
         <v>4485.1383120299997</v>
       </c>
       <c r="E11" s="9">
         <v>4618.1313468999997</v>
       </c>
       <c r="F11" s="9">
         <v>4632.2253661100003</v>
       </c>
       <c r="G11" s="9">
         <v>4629.7232352800002</v>
       </c>
       <c r="H11" s="9">
         <v>4682.1545137399999</v>
       </c>
       <c r="I11" s="9">
         <v>4672.0443316199999</v>
       </c>
       <c r="J11" s="9">
@@ -3770,52 +3805,55 @@
       </c>
       <c r="FS11" s="9">
         <v>9649.1330252900007</v>
       </c>
       <c r="FT11" s="9">
         <v>9767.3770519900008</v>
       </c>
       <c r="FU11" s="9">
         <v>9901.5880651000007</v>
       </c>
       <c r="FV11" s="9">
         <v>9960.06999842</v>
       </c>
       <c r="FW11" s="9">
         <v>9959.0681385799999</v>
       </c>
       <c r="FX11" s="9">
         <v>10043.802138970001</v>
       </c>
       <c r="FY11" s="9">
         <v>10131.2799789</v>
       </c>
       <c r="FZ11" s="9">
         <v>10149.927896130001</v>
       </c>
+      <c r="GA11" s="9">
+        <v>10594.090983</v>
+      </c>
     </row>
-    <row r="12" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="9">
         <v>4367.3685624999998</v>
       </c>
       <c r="D12" s="9">
         <v>4392.3532545300004</v>
       </c>
       <c r="E12" s="9">
         <v>4527.0154824700003</v>
       </c>
       <c r="F12" s="9">
         <v>4544.0177471899997</v>
       </c>
       <c r="G12" s="9">
         <v>4544.7804182299997</v>
       </c>
       <c r="H12" s="9">
         <v>4593.9374003399998</v>
       </c>
       <c r="I12" s="9">
         <v>4587.4936508500004</v>
       </c>
       <c r="J12" s="9">
@@ -4315,52 +4353,55 @@
       </c>
       <c r="FS12" s="9">
         <v>9646.5240267200006</v>
       </c>
       <c r="FT12" s="9">
         <v>9765.3848875999993</v>
       </c>
       <c r="FU12" s="9">
         <v>9899.0661675400006</v>
       </c>
       <c r="FV12" s="9">
         <v>9958.1950408800003</v>
       </c>
       <c r="FW12" s="9">
         <v>9956.8458391599997</v>
       </c>
       <c r="FX12" s="9">
         <v>10041.59854551</v>
       </c>
       <c r="FY12" s="9">
         <v>10129.479944389999</v>
       </c>
       <c r="FZ12" s="9">
         <v>10147.614531110001</v>
       </c>
+      <c r="GA12" s="9">
+        <v>10591.513295049999</v>
+      </c>
     </row>
-    <row r="13" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="9">
         <v>103.5495157</v>
       </c>
       <c r="D13" s="9">
         <v>92.785057499999994</v>
       </c>
       <c r="E13" s="9">
         <v>91.115864430000002</v>
       </c>
       <c r="F13" s="9">
         <v>88.207618920000002</v>
       </c>
       <c r="G13" s="9">
         <v>84.942817050000002</v>
       </c>
       <c r="H13" s="9">
         <v>88.217113400000002</v>
       </c>
       <c r="I13" s="9">
         <v>84.55068077</v>
       </c>
       <c r="J13" s="9">
@@ -4860,52 +4901,55 @@
       </c>
       <c r="FS13" s="9">
         <v>2.6089985699999998</v>
       </c>
       <c r="FT13" s="9">
         <v>1.9921643899999999</v>
       </c>
       <c r="FU13" s="9">
         <v>2.5218975600000002</v>
       </c>
       <c r="FV13" s="9">
         <v>1.87495754</v>
       </c>
       <c r="FW13" s="9">
         <v>2.2222994200000001</v>
       </c>
       <c r="FX13" s="9">
         <v>2.20359346</v>
       </c>
       <c r="FY13" s="9">
         <v>1.8000345099999999</v>
       </c>
       <c r="FZ13" s="9">
         <v>2.31336502</v>
       </c>
+      <c r="GA13" s="9">
+        <v>2.5776879500000001</v>
+      </c>
     </row>
-    <row r="14" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C14" s="9">
         <v>1070.9461371100001</v>
       </c>
       <c r="D14" s="9">
         <v>1084.7942423699999</v>
       </c>
       <c r="E14" s="9">
         <v>1083.98045295</v>
       </c>
       <c r="F14" s="9">
         <v>1094.2606514700001</v>
       </c>
       <c r="G14" s="9">
         <v>1101.3442305900001</v>
       </c>
       <c r="H14" s="9">
         <v>1106.7034776800001</v>
       </c>
       <c r="I14" s="9">
         <v>1092.0562975</v>
       </c>
       <c r="J14" s="9">
@@ -5405,52 +5449,55 @@
       </c>
       <c r="FS14" s="9">
         <v>726.11703236000005</v>
       </c>
       <c r="FT14" s="9">
         <v>720.72511917999998</v>
       </c>
       <c r="FU14" s="9">
         <v>713.61005463000004</v>
       </c>
       <c r="FV14" s="9">
         <v>719.66189658999997</v>
       </c>
       <c r="FW14" s="9">
         <v>731.46022224000001</v>
       </c>
       <c r="FX14" s="9">
         <v>740.77462185000002</v>
       </c>
       <c r="FY14" s="9">
         <v>752.93139088999999</v>
       </c>
       <c r="FZ14" s="9">
         <v>763.37066439</v>
       </c>
+      <c r="GA14" s="9">
+        <v>726.89532286999997</v>
+      </c>
     </row>
-    <row r="15" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="9">
         <v>1070.9439812200001</v>
       </c>
       <c r="D15" s="9">
         <v>1084.79230775</v>
       </c>
       <c r="E15" s="9">
         <v>1083.97839621</v>
       </c>
       <c r="F15" s="9">
         <v>1094.2585267500001</v>
       </c>
       <c r="G15" s="9">
         <v>1101.34205797</v>
       </c>
       <c r="H15" s="9">
         <v>1106.70114156</v>
       </c>
       <c r="I15" s="9">
         <v>1092.0538327300001</v>
       </c>
       <c r="J15" s="9">
@@ -5950,52 +5997,55 @@
       </c>
       <c r="FS15" s="9">
         <v>726.11474242999998</v>
       </c>
       <c r="FT15" s="9">
         <v>720.72079442999996</v>
       </c>
       <c r="FU15" s="9">
         <v>713.60786180000002</v>
       </c>
       <c r="FV15" s="9">
         <v>719.65962041</v>
       </c>
       <c r="FW15" s="9">
         <v>731.45812203000003</v>
       </c>
       <c r="FX15" s="9">
         <v>740.77251819000003</v>
       </c>
       <c r="FY15" s="9">
         <v>752.92881288000001</v>
       </c>
       <c r="FZ15" s="9">
         <v>763.36852983999995</v>
       </c>
+      <c r="GA15" s="9">
+        <v>726.89323548000004</v>
+      </c>
     </row>
-    <row r="16" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="9">
         <v>2.1558900000000001E-3</v>
       </c>
       <c r="D16" s="9">
         <v>1.93462E-3</v>
       </c>
       <c r="E16" s="9">
         <v>2.05674E-3</v>
       </c>
       <c r="F16" s="9">
         <v>2.1247200000000001E-3</v>
       </c>
       <c r="G16" s="9">
         <v>2.1726200000000001E-3</v>
       </c>
       <c r="H16" s="9">
         <v>2.3361200000000001E-3</v>
       </c>
       <c r="I16" s="9">
         <v>2.4647699999999998E-3</v>
       </c>
       <c r="J16" s="9">
@@ -6495,52 +6545,55 @@
       </c>
       <c r="FS16" s="9">
         <v>2.2899299999999999E-3</v>
       </c>
       <c r="FT16" s="9">
         <v>4.3247499999999996E-3</v>
       </c>
       <c r="FU16" s="9">
         <v>2.1928300000000002E-3</v>
       </c>
       <c r="FV16" s="9">
         <v>2.27618E-3</v>
       </c>
       <c r="FW16" s="9">
         <v>2.1002099999999999E-3</v>
       </c>
       <c r="FX16" s="9">
         <v>2.1036599999999998E-3</v>
       </c>
       <c r="FY16" s="9">
         <v>2.5780099999999999E-3</v>
       </c>
       <c r="FZ16" s="9">
         <v>2.1345499999999998E-3</v>
       </c>
+      <c r="GA16" s="9">
+        <v>2.0873900000000002E-3</v>
+      </c>
     </row>
-    <row r="17" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="9">
         <v>582.23364446999994</v>
       </c>
       <c r="D17" s="9">
         <v>571.24796865999997</v>
       </c>
       <c r="E17" s="9">
         <v>562.11378122999997</v>
       </c>
       <c r="F17" s="9">
         <v>566.97011927000005</v>
       </c>
       <c r="G17" s="9">
         <v>566.25129953999999</v>
       </c>
       <c r="H17" s="9">
         <v>565.90625277000004</v>
       </c>
       <c r="I17" s="9">
         <v>564.10916568000005</v>
       </c>
       <c r="J17" s="9">
@@ -7040,52 +7093,55 @@
       </c>
       <c r="FS17" s="9">
         <v>552.57937718000005</v>
       </c>
       <c r="FT17" s="9">
         <v>555.53719804000002</v>
       </c>
       <c r="FU17" s="9">
         <v>554.37326902999996</v>
       </c>
       <c r="FV17" s="9">
         <v>553.16547752999998</v>
       </c>
       <c r="FW17" s="9">
         <v>547.64420122000001</v>
       </c>
       <c r="FX17" s="9">
         <v>551.11671466999996</v>
       </c>
       <c r="FY17" s="9">
         <v>559.42381589000001</v>
       </c>
       <c r="FZ17" s="9">
         <v>567.85931157000005</v>
       </c>
+      <c r="GA17" s="9">
+        <v>572.73647205999998</v>
+      </c>
     </row>
-    <row r="18" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="9">
         <v>582.23364446999994</v>
       </c>
       <c r="D18" s="9">
         <v>571.24796865999997</v>
       </c>
       <c r="E18" s="9">
         <v>562.11378122999997</v>
       </c>
       <c r="F18" s="9">
         <v>566.97011927000005</v>
       </c>
       <c r="G18" s="9">
         <v>566.25129953999999</v>
       </c>
       <c r="H18" s="9">
         <v>565.90625277000004</v>
       </c>
       <c r="I18" s="9">
         <v>564.10916568000005</v>
       </c>
       <c r="J18" s="9">
@@ -7585,52 +7641,55 @@
       </c>
       <c r="FS18" s="9">
         <v>552.57937718000005</v>
       </c>
       <c r="FT18" s="9">
         <v>555.53719804000002</v>
       </c>
       <c r="FU18" s="9">
         <v>554.37326902999996</v>
       </c>
       <c r="FV18" s="9">
         <v>553.16547752999998</v>
       </c>
       <c r="FW18" s="9">
         <v>547.64420122000001</v>
       </c>
       <c r="FX18" s="9">
         <v>551.11671466999996</v>
       </c>
       <c r="FY18" s="9">
         <v>559.42381589000001</v>
       </c>
       <c r="FZ18" s="9">
         <v>567.85931157000005</v>
       </c>
+      <c r="GA18" s="9">
+        <v>572.73647205999998</v>
+      </c>
     </row>
-    <row r="19" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="D19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="F19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="H19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="I19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="J19" s="9" t="s">
@@ -8130,52 +8189,55 @@
       </c>
       <c r="FS19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FT19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FU19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FV19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FW19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FX19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FY19" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FZ19" s="9" t="s">
         <v>1</v>
       </c>
+      <c r="GA19" s="9" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="20" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="9">
         <v>466.25519322000002</v>
       </c>
       <c r="D20" s="9">
         <v>458.21371002000001</v>
       </c>
       <c r="E20" s="9">
         <v>460.38397508999998</v>
       </c>
       <c r="F20" s="9">
         <v>455.81588119999998</v>
       </c>
       <c r="G20" s="9">
         <v>454.85964316000002</v>
       </c>
       <c r="H20" s="9">
         <v>462.88715308000002</v>
       </c>
       <c r="I20" s="9">
         <v>461.86138485999999</v>
       </c>
       <c r="J20" s="9">
@@ -8675,52 +8737,55 @@
       </c>
       <c r="FS20" s="9">
         <v>492.21050528000001</v>
       </c>
       <c r="FT20" s="9">
         <v>499.95075936000001</v>
       </c>
       <c r="FU20" s="9">
         <v>514.62825598999996</v>
       </c>
       <c r="FV20" s="9">
         <v>532.54803479999998</v>
       </c>
       <c r="FW20" s="9">
         <v>538.83913543000006</v>
       </c>
       <c r="FX20" s="9">
         <v>546.77929316999996</v>
       </c>
       <c r="FY20" s="9">
         <v>556.37991717</v>
       </c>
       <c r="FZ20" s="9">
         <v>569.35104616000001</v>
       </c>
+      <c r="GA20" s="9">
+        <v>154.4602022</v>
+      </c>
     </row>
-    <row r="21" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C21" s="9">
         <v>384.66831480000002</v>
       </c>
       <c r="D21" s="9">
         <v>380.37367078</v>
       </c>
       <c r="E21" s="9">
         <v>382.30188731999999</v>
       </c>
       <c r="F21" s="9">
         <v>379.62291109</v>
       </c>
       <c r="G21" s="9">
         <v>378.97716187999998</v>
       </c>
       <c r="H21" s="9">
         <v>382.01990622</v>
       </c>
       <c r="I21" s="9">
         <v>379.82999099</v>
       </c>
       <c r="J21" s="9">
@@ -9220,52 +9285,55 @@
       </c>
       <c r="FS21" s="9">
         <v>491.42782291999998</v>
       </c>
       <c r="FT21" s="9">
         <v>499.16801176000001</v>
       </c>
       <c r="FU21" s="9">
         <v>513.84877556000004</v>
       </c>
       <c r="FV21" s="9">
         <v>531.86023205000004</v>
       </c>
       <c r="FW21" s="9">
         <v>538.15742035999995</v>
       </c>
       <c r="FX21" s="9">
         <v>546.09853362000001</v>
       </c>
       <c r="FY21" s="9">
         <v>555.69585839000001</v>
       </c>
       <c r="FZ21" s="9">
         <v>568.67107745999999</v>
       </c>
+      <c r="GA21" s="9">
+        <v>153.86356032</v>
+      </c>
     </row>
-    <row r="22" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C22" s="9">
         <v>81.586878420000005</v>
       </c>
       <c r="D22" s="9">
         <v>77.840039239999996</v>
       </c>
       <c r="E22" s="9">
         <v>78.082087770000001</v>
       </c>
       <c r="F22" s="9">
         <v>76.192970110000005</v>
       </c>
       <c r="G22" s="9">
         <v>75.882481279999993</v>
       </c>
       <c r="H22" s="9">
         <v>80.867246859999995</v>
       </c>
       <c r="I22" s="9">
         <v>82.031393870000002</v>
       </c>
       <c r="J22" s="9">
@@ -9765,52 +9833,55 @@
       </c>
       <c r="FS22" s="9">
         <v>0.78268236000000002</v>
       </c>
       <c r="FT22" s="9">
         <v>0.78274759999999999</v>
       </c>
       <c r="FU22" s="9">
         <v>0.77948043</v>
       </c>
       <c r="FV22" s="9">
         <v>0.68780275000000002</v>
       </c>
       <c r="FW22" s="9">
         <v>0.68171506999999998</v>
       </c>
       <c r="FX22" s="9">
         <v>0.68075954999999999</v>
       </c>
       <c r="FY22" s="9">
         <v>0.68405877999999998</v>
       </c>
       <c r="FZ22" s="9">
         <v>0.67996869999999998</v>
       </c>
+      <c r="GA22" s="9">
+        <v>0.59664187999999996</v>
+      </c>
     </row>
-    <row r="23" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="9">
         <v>827.76629546000004</v>
       </c>
       <c r="D23" s="9">
         <v>790.10948887999996</v>
       </c>
       <c r="E23" s="9">
         <v>775.21773457999996</v>
       </c>
       <c r="F23" s="9">
         <v>747.00994609999998</v>
       </c>
       <c r="G23" s="9">
         <v>726.19199637999998</v>
       </c>
       <c r="H23" s="9">
         <v>732.17694695</v>
       </c>
       <c r="I23" s="9">
         <v>712.09066085999996</v>
       </c>
       <c r="J23" s="9">
@@ -10310,52 +10381,55 @@
       </c>
       <c r="FS23" s="9">
         <v>28.94536261</v>
       </c>
       <c r="FT23" s="9">
         <v>29.429763350000002</v>
       </c>
       <c r="FU23" s="9">
         <v>30.503044240000001</v>
       </c>
       <c r="FV23" s="9">
         <v>31.60760453</v>
       </c>
       <c r="FW23" s="9">
         <v>32.546260599999997</v>
       </c>
       <c r="FX23" s="9">
         <v>33.63593899</v>
       </c>
       <c r="FY23" s="9">
         <v>34.705153950000003</v>
       </c>
       <c r="FZ23" s="9">
         <v>35.102837559999998</v>
       </c>
+      <c r="GA23" s="9">
+        <v>35.526024870000001</v>
+      </c>
     </row>
-    <row r="24" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="9">
         <v>405.99398786</v>
       </c>
       <c r="D24" s="9">
         <v>401.21535836999999</v>
       </c>
       <c r="E24" s="9">
         <v>398.207402</v>
       </c>
       <c r="F24" s="9">
         <v>393.88682656999998</v>
       </c>
       <c r="G24" s="9">
         <v>390.41340530000002</v>
       </c>
       <c r="H24" s="9">
         <v>389.34735126999999</v>
       </c>
       <c r="I24" s="9">
         <v>384.32582760000003</v>
       </c>
       <c r="J24" s="9">
@@ -10855,52 +10929,55 @@
       </c>
       <c r="FS24" s="9">
         <v>28.909993109999998</v>
       </c>
       <c r="FT24" s="9">
         <v>29.394394299999998</v>
       </c>
       <c r="FU24" s="9">
         <v>30.47319585</v>
       </c>
       <c r="FV24" s="9">
         <v>31.577594550000001</v>
       </c>
       <c r="FW24" s="9">
         <v>32.51642605</v>
       </c>
       <c r="FX24" s="9">
         <v>33.606085069999999</v>
       </c>
       <c r="FY24" s="9">
         <v>34.675087779999998</v>
       </c>
       <c r="FZ24" s="9">
         <v>35.072875150000002</v>
       </c>
+      <c r="GA24" s="9">
+        <v>35.495992450000003</v>
+      </c>
     </row>
-    <row r="25" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="9">
         <v>421.77230759999998</v>
       </c>
       <c r="D25" s="9">
         <v>388.89413051000002</v>
       </c>
       <c r="E25" s="9">
         <v>377.01033258000001</v>
       </c>
       <c r="F25" s="9">
         <v>353.12311953</v>
       </c>
       <c r="G25" s="9">
         <v>335.77859108000001</v>
       </c>
       <c r="H25" s="9">
         <v>342.82959568000001</v>
       </c>
       <c r="I25" s="9">
         <v>327.76483325999999</v>
       </c>
       <c r="J25" s="9">
@@ -11400,52 +11477,55 @@
       </c>
       <c r="FS25" s="9">
         <v>3.5369499999999998E-2</v>
       </c>
       <c r="FT25" s="9">
         <v>3.5369049999999999E-2</v>
       </c>
       <c r="FU25" s="9">
         <v>2.9848389999999999E-2</v>
       </c>
       <c r="FV25" s="9">
         <v>3.0009979999999999E-2</v>
       </c>
       <c r="FW25" s="9">
         <v>2.9834550000000001E-2</v>
       </c>
       <c r="FX25" s="9">
         <v>2.9853919999999999E-2</v>
       </c>
       <c r="FY25" s="9">
         <v>3.006617E-2</v>
       </c>
       <c r="FZ25" s="9">
         <v>2.9962409999999998E-2</v>
       </c>
+      <c r="GA25" s="9">
+        <v>3.0032420000000001E-2</v>
+      </c>
     </row>
-    <row r="26" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="9">
         <v>21.217522299999999</v>
       </c>
       <c r="D26" s="9">
         <v>20.571921240000002</v>
       </c>
       <c r="E26" s="9">
         <v>19.88577772</v>
       </c>
       <c r="F26" s="9">
         <v>19.440947869999999</v>
       </c>
       <c r="G26" s="9">
         <v>18.96403995</v>
       </c>
       <c r="H26" s="9">
         <v>18.57218791</v>
       </c>
       <c r="I26" s="9">
         <v>18.032846429999999</v>
       </c>
       <c r="J26" s="9">
@@ -11945,52 +12025,55 @@
       </c>
       <c r="FS26" s="9">
         <v>4.9919534800000003</v>
       </c>
       <c r="FT26" s="9">
         <v>5.5001921100000004</v>
       </c>
       <c r="FU26" s="9">
         <v>5.6917377599999996</v>
       </c>
       <c r="FV26" s="9">
         <v>5.7223080800000004</v>
       </c>
       <c r="FW26" s="9">
         <v>5.7619668300000004</v>
       </c>
       <c r="FX26" s="9">
         <v>5.7736804199999998</v>
       </c>
       <c r="FY26" s="9">
         <v>5.7638362399999998</v>
       </c>
       <c r="FZ26" s="9">
         <v>5.6622568900000001</v>
       </c>
+      <c r="GA26" s="9">
+        <v>5.7765573799999999</v>
+      </c>
     </row>
-    <row r="27" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="9">
         <v>20.800401229999999</v>
       </c>
       <c r="D27" s="9">
         <v>20.20081669</v>
       </c>
       <c r="E27" s="9">
         <v>19.537807900000001</v>
       </c>
       <c r="F27" s="9">
         <v>19.098893069999999</v>
       </c>
       <c r="G27" s="9">
         <v>18.644649390000001</v>
       </c>
       <c r="H27" s="9">
         <v>18.253955220000002</v>
       </c>
       <c r="I27" s="9">
         <v>17.737665029999999</v>
       </c>
       <c r="J27" s="9">
@@ -12490,52 +12573,55 @@
       </c>
       <c r="FS27" s="9">
         <v>4.9919534800000003</v>
       </c>
       <c r="FT27" s="9">
         <v>5.5001921100000004</v>
       </c>
       <c r="FU27" s="9">
         <v>5.6917377599999996</v>
       </c>
       <c r="FV27" s="9">
         <v>5.7223080800000004</v>
       </c>
       <c r="FW27" s="9">
         <v>5.7619668300000004</v>
       </c>
       <c r="FX27" s="9">
         <v>5.7736804199999998</v>
       </c>
       <c r="FY27" s="9">
         <v>5.7638362399999998</v>
       </c>
       <c r="FZ27" s="9">
         <v>5.6622568900000001</v>
       </c>
+      <c r="GA27" s="9">
+        <v>5.7765573799999999</v>
+      </c>
     </row>
-    <row r="28" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="9">
         <v>0.41712106999999998</v>
       </c>
       <c r="D28" s="9">
         <v>0.37110454999999998</v>
       </c>
       <c r="E28" s="9">
         <v>0.34796981999999999</v>
       </c>
       <c r="F28" s="9">
         <v>0.34205479999999999</v>
       </c>
       <c r="G28" s="9">
         <v>0.31939055999999999</v>
       </c>
       <c r="H28" s="9">
         <v>0.31823268999999998</v>
       </c>
       <c r="I28" s="9">
         <v>0.29518139999999998</v>
       </c>
       <c r="J28" s="9">
@@ -13035,52 +13121,55 @@
       </c>
       <c r="FS28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FT28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FU28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FV28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FW28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FX28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FY28" s="9" t="s">
         <v>1</v>
       </c>
       <c r="FZ28" s="9" t="s">
         <v>1</v>
       </c>
+      <c r="GA28" s="9" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="29" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="9">
         <v>1837.6521537399999</v>
       </c>
       <c r="D29" s="9">
         <v>1789.1805412799999</v>
       </c>
       <c r="E29" s="9">
         <v>1671.54995633</v>
       </c>
       <c r="F29" s="9">
         <v>1677.2784086300001</v>
       </c>
       <c r="G29" s="9">
         <v>1668.0304514899999</v>
       </c>
       <c r="H29" s="9">
         <v>1697.8451166</v>
       </c>
       <c r="I29" s="9">
         <v>1689.5038912800001</v>
       </c>
       <c r="J29" s="9">
@@ -13580,52 +13669,55 @@
       </c>
       <c r="FS29" s="9">
         <v>1511.24503972</v>
       </c>
       <c r="FT29" s="9">
         <v>1535.2561095599999</v>
       </c>
       <c r="FU29" s="9">
         <v>1549.1398362699999</v>
       </c>
       <c r="FV29" s="9">
         <v>1548.23514215</v>
       </c>
       <c r="FW29" s="9">
         <v>1573.70735782</v>
       </c>
       <c r="FX29" s="9">
         <v>1563.8947944700001</v>
       </c>
       <c r="FY29" s="9">
         <v>1587.87759286</v>
       </c>
       <c r="FZ29" s="9">
         <v>1615.53618854</v>
       </c>
+      <c r="GA29" s="9">
+        <v>1615.7965184300001</v>
+      </c>
     </row>
-    <row r="30" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B30" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="9">
         <v>1727.83019083</v>
       </c>
       <c r="D30" s="9">
         <v>1680.88124799</v>
       </c>
       <c r="E30" s="9">
         <v>1563.79899535</v>
       </c>
       <c r="F30" s="9">
         <v>1572.1040467299999</v>
       </c>
       <c r="G30" s="9">
         <v>1564.08581718</v>
       </c>
       <c r="H30" s="9">
         <v>1588.5172994</v>
       </c>
       <c r="I30" s="9">
         <v>1581.1115302999999</v>
       </c>
       <c r="J30" s="9">
@@ -14125,52 +14217,55 @@
       </c>
       <c r="FS30" s="9">
         <v>1507.67694233</v>
       </c>
       <c r="FT30" s="9">
         <v>1531.7205761</v>
       </c>
       <c r="FU30" s="9">
         <v>1545.68923668</v>
       </c>
       <c r="FV30" s="9">
         <v>1544.6260198</v>
       </c>
       <c r="FW30" s="9">
         <v>1570.1739237700001</v>
       </c>
       <c r="FX30" s="9">
         <v>1560.36661424</v>
       </c>
       <c r="FY30" s="9">
         <v>1584.3748469699999</v>
       </c>
       <c r="FZ30" s="9">
         <v>1612.07554695</v>
       </c>
+      <c r="GA30" s="9">
+        <v>1612.5038940300001</v>
+      </c>
     </row>
-    <row r="31" spans="2:182" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="2:183" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="9">
         <v>109.82196291</v>
       </c>
       <c r="D31" s="9">
         <v>108.29929328999999</v>
       </c>
       <c r="E31" s="9">
         <v>107.75096098</v>
       </c>
       <c r="F31" s="9">
         <v>105.17436189999999</v>
       </c>
       <c r="G31" s="9">
         <v>103.94463431</v>
       </c>
       <c r="H31" s="9">
         <v>109.3278172</v>
       </c>
       <c r="I31" s="9">
         <v>108.39236098000001</v>
       </c>
       <c r="J31" s="9">
@@ -14670,52 +14765,55 @@
       </c>
       <c r="FS31" s="9">
         <v>3.5680973900000001</v>
       </c>
       <c r="FT31" s="9">
         <v>3.5355334599999999</v>
       </c>
       <c r="FU31" s="9">
         <v>3.4505995899999999</v>
       </c>
       <c r="FV31" s="9">
         <v>3.6091223499999998</v>
       </c>
       <c r="FW31" s="9">
         <v>3.5334340499999999</v>
       </c>
       <c r="FX31" s="9">
         <v>3.5281802299999998</v>
       </c>
       <c r="FY31" s="9">
         <v>3.5027458899999999</v>
       </c>
       <c r="FZ31" s="9">
         <v>3.4606415899999998</v>
       </c>
+      <c r="GA31" s="9">
+        <v>3.2926243999999998</v>
+      </c>
     </row>
-    <row r="32" spans="2:182" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="2:183" s="8" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="11" t="s">
         <v>0</v>
       </c>
       <c r="C32" s="12">
         <v>17368.90313844</v>
       </c>
       <c r="D32" s="12">
         <v>17163.406584560002</v>
       </c>
       <c r="E32" s="12">
         <v>17200.777515350001</v>
       </c>
       <c r="F32" s="12">
         <v>17136.691150549999</v>
       </c>
       <c r="G32" s="12">
         <v>17102.13289542</v>
       </c>
       <c r="H32" s="12">
         <v>17482.83788073</v>
       </c>
       <c r="I32" s="12">
         <v>17436.856399150001</v>
       </c>
       <c r="J32" s="12">
@@ -15215,52 +15313,55 @@
       </c>
       <c r="FS32" s="12">
         <v>25331.59666404</v>
       </c>
       <c r="FT32" s="12">
         <v>25664.148776679998</v>
       </c>
       <c r="FU32" s="12">
         <v>26096.89908879</v>
       </c>
       <c r="FV32" s="12">
         <v>26423.23860334</v>
       </c>
       <c r="FW32" s="12">
         <v>26537.47311897</v>
       </c>
       <c r="FX32" s="12">
         <v>26767.543401229999</v>
       </c>
       <c r="FY32" s="12">
         <v>27055.407531230001</v>
       </c>
       <c r="FZ32" s="12">
         <v>27251.986606760001</v>
       </c>
+      <c r="GA32" s="12">
+        <v>27425.21100322</v>
+      </c>
     </row>
-    <row r="33" spans="2:182" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:183" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="16"/>
       <c r="D33" s="16"/>
       <c r="E33" s="16"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="17"/>
       <c r="O33" s="17"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
       <c r="S33" s="16"/>
       <c r="T33" s="16"/>
       <c r="U33" s="16"/>
       <c r="V33" s="16"/>
       <c r="W33" s="16"/>
       <c r="X33" s="16"/>
@@ -15400,52 +15501,53 @@
       <c r="FB33" s="16"/>
       <c r="FC33" s="16"/>
       <c r="FD33" s="16"/>
       <c r="FE33" s="16"/>
       <c r="FF33" s="16"/>
       <c r="FG33" s="16"/>
       <c r="FH33" s="16"/>
       <c r="FI33" s="16"/>
       <c r="FJ33" s="16"/>
       <c r="FK33" s="16"/>
       <c r="FL33" s="16"/>
       <c r="FM33" s="16"/>
       <c r="FN33" s="16"/>
       <c r="FO33" s="16"/>
       <c r="FP33" s="16"/>
       <c r="FQ33" s="16"/>
       <c r="FR33" s="16"/>
       <c r="FS33" s="16"/>
       <c r="FT33" s="16"/>
       <c r="FU33" s="16"/>
       <c r="FV33" s="16"/>
       <c r="FW33" s="16"/>
       <c r="FX33" s="16"/>
       <c r="FY33" s="16"/>
       <c r="FZ33" s="16"/>
+      <c r="GA33" s="16"/>
     </row>
-    <row r="34" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D34" s="9">
         <v>-230.26631506999999</v>
       </c>
       <c r="E34" s="9">
         <v>58.495970110000002</v>
       </c>
       <c r="F34" s="9">
         <v>-106.51624828999999</v>
       </c>
       <c r="G34" s="9">
         <v>26.893731039999999</v>
       </c>
       <c r="H34" s="9">
         <v>433.58821348999999</v>
       </c>
       <c r="I34" s="9">
         <v>66.890568119999998</v>
       </c>
       <c r="J34" s="9">
@@ -15945,52 +16047,55 @@
       </c>
       <c r="FS34" s="9">
         <v>175.59455822999999</v>
       </c>
       <c r="FT34" s="9">
         <v>184.4280545</v>
       </c>
       <c r="FU34" s="9">
         <v>276.90620231999998</v>
       </c>
       <c r="FV34" s="9">
         <v>245.17308147999998</v>
       </c>
       <c r="FW34" s="9">
         <v>75.941240149999999</v>
       </c>
       <c r="FX34" s="9">
         <v>133.5068492</v>
       </c>
       <c r="FY34" s="9">
         <v>145.71259961999999</v>
       </c>
       <c r="FZ34" s="9">
         <v>118.26152772</v>
       </c>
+      <c r="GA34" s="9">
+        <v>174.06146766999998</v>
+      </c>
     </row>
-    <row r="35" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="9">
         <v>11.184391509999999</v>
       </c>
       <c r="E35" s="9">
         <v>133.31967212000001</v>
       </c>
       <c r="F35" s="9">
         <v>12.91926949</v>
       </c>
       <c r="G35" s="9">
         <v>-1.8743585700000001</v>
       </c>
       <c r="H35" s="9">
         <v>56.424419640000004</v>
       </c>
       <c r="I35" s="9">
         <v>-8.5526287100000005</v>
       </c>
       <c r="J35" s="9">
@@ -16490,52 +16595,55 @@
       </c>
       <c r="FS35" s="9">
         <v>128.35925068</v>
       </c>
       <c r="FT35" s="9">
         <v>118.46680737</v>
       </c>
       <c r="FU35" s="9">
         <v>138.41421484</v>
       </c>
       <c r="FV35" s="9">
         <v>59.193359340000001</v>
       </c>
       <c r="FW35" s="9">
         <v>22.649645790000001</v>
       </c>
       <c r="FX35" s="9">
         <v>88.197837609999993</v>
       </c>
       <c r="FY35" s="9">
         <v>87.944686599999997</v>
       </c>
       <c r="FZ35" s="9">
         <v>22.265025680000001</v>
       </c>
+      <c r="GA35" s="9">
+        <v>38.213433819999977</v>
+      </c>
     </row>
-    <row r="36" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D36" s="9">
         <v>-110.39594837</v>
       </c>
       <c r="E36" s="9">
         <v>-138.85547314999999</v>
       </c>
       <c r="F36" s="9">
         <v>-19.18743727</v>
       </c>
       <c r="G36" s="9">
         <v>-19.781905699999999</v>
       </c>
       <c r="H36" s="9">
         <v>73.193528259999994</v>
       </c>
       <c r="I36" s="9">
         <v>-36.062450599999998</v>
       </c>
       <c r="J36" s="9">
@@ -17035,52 +17143,55 @@
       </c>
       <c r="FS36" s="9">
         <v>35.628677609999997</v>
       </c>
       <c r="FT36" s="9">
         <v>30.513058480000002</v>
       </c>
       <c r="FU36" s="9">
         <v>22.459100060000001</v>
       </c>
       <c r="FV36" s="9">
         <v>23.545129850000002</v>
       </c>
       <c r="FW36" s="9">
         <v>16.008929610000003</v>
       </c>
       <c r="FX36" s="9">
         <v>12.69433029</v>
       </c>
       <c r="FY36" s="9">
         <v>55.702337350000001</v>
       </c>
       <c r="FZ36" s="9">
         <v>60.04966228</v>
       </c>
+      <c r="GA36" s="9">
+        <v>-24.446963059999973</v>
+      </c>
     </row>
-    <row r="37" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C37" s="20" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="12">
         <v>-329.47787192999999</v>
       </c>
       <c r="E37" s="12">
         <v>52.96016908</v>
       </c>
       <c r="F37" s="12">
         <v>-112.78441607000001</v>
       </c>
       <c r="G37" s="12">
         <v>5.2374667700000002</v>
       </c>
       <c r="H37" s="12">
         <v>563.20616139000003</v>
       </c>
       <c r="I37" s="12">
         <v>22.275488809999999</v>
       </c>
       <c r="J37" s="12">
@@ -17580,52 +17691,76 @@
       </c>
       <c r="FS37" s="12">
         <v>339.58248651999997</v>
       </c>
       <c r="FT37" s="12">
         <v>333.40792034999998</v>
       </c>
       <c r="FU37" s="12">
         <v>437.77951722</v>
       </c>
       <c r="FV37" s="12">
         <v>327.91157067</v>
       </c>
       <c r="FW37" s="12">
         <v>114.59981555</v>
       </c>
       <c r="FX37" s="12">
         <v>234.39901710000001</v>
       </c>
       <c r="FY37" s="12">
         <v>289.35962357</v>
       </c>
       <c r="FZ37" s="12">
         <v>200.57621567999999</v>
       </c>
+      <c r="GA37" s="12">
+        <v>187.82793844</v>
+      </c>
+    </row>
+    <row r="39" spans="2:183" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B39" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="23"/>
+      <c r="D39" s="23"/>
+      <c r="E39" s="23"/>
+      <c r="F39" s="23"/>
+      <c r="G39" s="23"/>
+    </row>
+    <row r="40" spans="2:183" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="23"/>
+      <c r="C40" s="23"/>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+      <c r="F40" s="23"/>
+      <c r="G40" s="23"/>
     </row>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B39:G40"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>EUR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>