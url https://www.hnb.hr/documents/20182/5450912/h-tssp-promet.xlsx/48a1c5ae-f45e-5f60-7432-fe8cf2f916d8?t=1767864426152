--- v0 (2026-01-11)
+++ v1 (2026-03-12)
@@ -5,53 +5,53 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Front office\NT_TSSP_web podaci\Prijedlozi TSSP i NT WEB 2025\podaci spt i psp_2023_ 2025\tablica za objavu na WEBu\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9CFCA2D1-610B-4DDC-890D-5DEBE9F1DE94}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{210657CA-BAF3-47E6-891A-27302CA69385}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="TSSP promet" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">'TSSP promet'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
@@ -622,51 +622,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AB73843-B4C9-43B6-92BF-D887A66496FE}">
-  <dimension ref="B1:AE59"/>
+  <dimension ref="B1:AE61"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="8" customWidth="1"/>
     <col min="2" max="2" width="15.5703125" style="7" customWidth="1"/>
     <col min="3" max="31" width="13.7109375" style="8" customWidth="1"/>
     <col min="32" max="16384" width="8" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:31" ht="14.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:31" ht="19.5" x14ac:dyDescent="0.3">
       <c r="B2" s="14" t="s">
         <v>30</v>
       </c>
       <c r="C2" s="14"/>
       <c r="D2" s="14"/>
       <c r="E2" s="14"/>
       <c r="F2" s="14"/>
       <c r="G2" s="14"/>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
       <c r="J2" s="14"/>
     </row>
@@ -3982,182 +3982,366 @@
         <v>965752.69000000006</v>
       </c>
       <c r="Y43" s="1">
         <v>0</v>
       </c>
       <c r="Z43" s="4">
         <v>4061484.76</v>
       </c>
       <c r="AA43" s="1">
         <v>0</v>
       </c>
       <c r="AB43" s="4">
         <v>0</v>
       </c>
       <c r="AC43" s="1">
         <v>0</v>
       </c>
       <c r="AD43" s="4">
         <v>864386907.93000102</v>
       </c>
       <c r="AE43" s="1">
         <v>15000</v>
       </c>
     </row>
     <row r="44" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B44" s="9">
+      <c r="B44" s="3">
         <v>45992</v>
       </c>
-      <c r="C44" s="10">
-[...2 lines deleted...]
-      <c r="D44" s="11">
+      <c r="C44" s="1">
+        <v>0</v>
+      </c>
+      <c r="D44" s="4">
         <v>5892021.5399999982</v>
       </c>
-      <c r="E44" s="10">
+      <c r="E44" s="1">
         <v>47122330.530000001</v>
       </c>
-      <c r="F44" s="11">
+      <c r="F44" s="4">
         <v>420392.9</v>
       </c>
-      <c r="G44" s="10">
+      <c r="G44" s="1">
         <v>6360672.8800000018</v>
       </c>
-      <c r="H44" s="11">
+      <c r="H44" s="4">
         <v>29108725.510000005</v>
       </c>
-      <c r="I44" s="10">
+      <c r="I44" s="1">
         <v>424171.68</v>
       </c>
-      <c r="J44" s="11">
+      <c r="J44" s="4">
         <v>3060811.9199999995</v>
       </c>
-      <c r="K44" s="10">
+      <c r="K44" s="1">
         <v>4053643.1400000006</v>
       </c>
-      <c r="L44" s="11">
+      <c r="L44" s="4">
         <v>66179054.400000006</v>
       </c>
-      <c r="M44" s="10">
+      <c r="M44" s="1">
         <v>398209.83</v>
       </c>
-      <c r="N44" s="11">
+      <c r="N44" s="4">
         <v>27455844.82</v>
       </c>
-      <c r="O44" s="10">
-[...2 lines deleted...]
-      <c r="P44" s="11">
+      <c r="O44" s="1">
+        <v>0</v>
+      </c>
+      <c r="P44" s="4">
         <v>6953141.3700000001</v>
       </c>
-      <c r="Q44" s="10">
-[...2 lines deleted...]
-      <c r="R44" s="11">
+      <c r="Q44" s="1">
+        <v>0</v>
+      </c>
+      <c r="R44" s="4">
         <v>7646550.7199999997</v>
       </c>
-      <c r="S44" s="10">
-[...2 lines deleted...]
-      <c r="T44" s="11">
+      <c r="S44" s="1">
+        <v>0</v>
+      </c>
+      <c r="T44" s="4">
         <v>10452388.440000001</v>
       </c>
-      <c r="U44" s="10">
-[...2 lines deleted...]
-      <c r="V44" s="11">
+      <c r="U44" s="1">
+        <v>0</v>
+      </c>
+      <c r="V44" s="4">
         <v>16188683.980000002</v>
       </c>
-      <c r="W44" s="10">
+      <c r="W44" s="1">
         <v>307555.26</v>
       </c>
-      <c r="X44" s="11">
+      <c r="X44" s="4">
         <v>404168.75</v>
       </c>
-      <c r="Y44" s="10">
-[...2 lines deleted...]
-      <c r="Z44" s="11">
+      <c r="Y44" s="1">
+        <v>0</v>
+      </c>
+      <c r="Z44" s="4">
         <v>6121433.1399999997</v>
       </c>
-      <c r="AA44" s="10">
-[...8 lines deleted...]
-      <c r="AD44" s="11">
+      <c r="AA44" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB44" s="4">
+        <v>0</v>
+      </c>
+      <c r="AC44" s="1">
+        <v>0</v>
+      </c>
+      <c r="AD44" s="4">
         <v>1080327854.0700002</v>
       </c>
-      <c r="AE44" s="10">
-[...7 lines deleted...]
-      <c r="B47" s="8"/>
+      <c r="AE44" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="3">
+        <v>46023</v>
+      </c>
+      <c r="C45" s="1">
+        <v>0</v>
+      </c>
+      <c r="D45" s="4">
+        <v>6919019.1199999992</v>
+      </c>
+      <c r="E45" s="1">
+        <v>1237243.0499999998</v>
+      </c>
+      <c r="F45" s="4">
+        <v>0</v>
+      </c>
+      <c r="G45" s="1">
+        <v>5892752.2600000007</v>
+      </c>
+      <c r="H45" s="4">
+        <v>38145450.670000017</v>
+      </c>
+      <c r="I45" s="1">
+        <v>303089.10000000003</v>
+      </c>
+      <c r="J45" s="4">
+        <v>1901318.6300000001</v>
+      </c>
+      <c r="K45" s="1">
+        <v>4865521.1900000004</v>
+      </c>
+      <c r="L45" s="4">
+        <v>58187252.839999959</v>
+      </c>
+      <c r="M45" s="1">
+        <v>0</v>
+      </c>
+      <c r="N45" s="4">
+        <v>15530930.119999995</v>
+      </c>
+      <c r="O45" s="1">
+        <v>0</v>
+      </c>
+      <c r="P45" s="4">
+        <v>7169768.2699999986</v>
+      </c>
+      <c r="Q45" s="1">
+        <v>0</v>
+      </c>
+      <c r="R45" s="4">
+        <v>3142521.3500000006</v>
+      </c>
+      <c r="S45" s="1">
+        <v>0</v>
+      </c>
+      <c r="T45" s="4">
+        <v>14333129.640000001</v>
+      </c>
+      <c r="U45" s="1">
+        <v>0</v>
+      </c>
+      <c r="V45" s="4">
+        <v>17656828.699999999</v>
+      </c>
+      <c r="W45" s="1">
+        <v>123586.08</v>
+      </c>
+      <c r="X45" s="4">
+        <v>1686413.0899999999</v>
+      </c>
+      <c r="Y45" s="1">
+        <v>0</v>
+      </c>
+      <c r="Z45" s="4">
+        <v>2989764.4700000007</v>
+      </c>
+      <c r="AA45" s="1">
+        <v>0</v>
+      </c>
+      <c r="AB45" s="4">
+        <v>0</v>
+      </c>
+      <c r="AC45" s="1">
+        <v>11673.15</v>
+      </c>
+      <c r="AD45" s="4">
+        <v>849701283.7099998</v>
+      </c>
+      <c r="AE45" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B46" s="9">
+        <v>46054</v>
+      </c>
+      <c r="C46" s="10">
+        <v>0</v>
+      </c>
+      <c r="D46" s="11">
+        <v>7625249.410000002</v>
+      </c>
+      <c r="E46" s="10">
+        <v>14480998.17</v>
+      </c>
+      <c r="F46" s="11">
+        <v>0</v>
+      </c>
+      <c r="G46" s="10">
+        <v>6411185.9099999992</v>
+      </c>
+      <c r="H46" s="11">
+        <v>40410352.949999988</v>
+      </c>
+      <c r="I46" s="10">
+        <v>107106.13</v>
+      </c>
+      <c r="J46" s="11">
+        <v>7506183.7799999993</v>
+      </c>
+      <c r="K46" s="10">
+        <v>1558567.25</v>
+      </c>
+      <c r="L46" s="11">
+        <v>67310158.960000053</v>
+      </c>
+      <c r="M46" s="10">
+        <v>0</v>
+      </c>
+      <c r="N46" s="11">
+        <v>11905282.899999997</v>
+      </c>
+      <c r="O46" s="10">
+        <v>0</v>
+      </c>
+      <c r="P46" s="11">
+        <v>65021743.229999997</v>
+      </c>
+      <c r="Q46" s="10">
+        <v>0</v>
+      </c>
+      <c r="R46" s="11">
+        <v>4393438.68</v>
+      </c>
+      <c r="S46" s="10">
+        <v>0</v>
+      </c>
+      <c r="T46" s="11">
+        <v>24265231.149999995</v>
+      </c>
+      <c r="U46" s="10">
+        <v>0</v>
+      </c>
+      <c r="V46" s="11">
+        <v>92616522.60999997</v>
+      </c>
+      <c r="W46" s="10">
+        <v>246732.58000000002</v>
+      </c>
+      <c r="X46" s="11">
+        <v>1189106.6099999999</v>
+      </c>
+      <c r="Y46" s="10">
+        <v>0</v>
+      </c>
+      <c r="Z46" s="11">
+        <v>15427294.539999997</v>
+      </c>
+      <c r="AA46" s="10">
+        <v>0</v>
+      </c>
+      <c r="AB46" s="11">
+        <v>0</v>
+      </c>
+      <c r="AC46" s="10">
+        <v>11835.19</v>
+      </c>
+      <c r="AD46" s="11">
+        <v>714016469.86000037</v>
+      </c>
+      <c r="AE46" s="10">
+        <v>0</v>
+      </c>
     </row>
     <row r="48" spans="2:31" x14ac:dyDescent="0.25">
       <c r="B48" s="8"/>
     </row>
     <row r="49" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B49" s="8"/>
     </row>
     <row r="50" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B50" s="8"/>
     </row>
     <row r="51" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B51" s="8"/>
     </row>
     <row r="52" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B52" s="8"/>
     </row>
     <row r="53" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B53" s="8"/>
     </row>
     <row r="54" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B54" s="8"/>
     </row>
     <row r="55" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B55" s="8"/>
     </row>
     <row r="56" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B56" s="8"/>
     </row>
     <row r="57" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B57" s="8"/>
     </row>
     <row r="58" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B58" s="8"/>
     </row>
     <row r="59" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B59" s="8"/>
+    </row>
+    <row r="60" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B60" s="8"/>
+    </row>
+    <row r="61" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B61" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>