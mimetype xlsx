--- v1 (2025-10-22)
+++ v2 (2025-12-04)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6622F469-64C1-491F-BBE7-E4233C8791BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F0796D6-0E20-45A4-BE7B-DB8EBAA49978}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENG" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1009" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1010" uniqueCount="30">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Basic indices</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Goods</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
     <t xml:space="preserve">Consumer price indices </t>
   </si>
   <si>
     <t>Consumer price indices (2015=100)</t>
   </si>
   <si>
@@ -228,57 +228,58 @@
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>b</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Data based on new year 2021=100 are available as of January 2010.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="4">
+  <numFmts count="5">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0_)"/>
     <numFmt numFmtId="166" formatCode="General_)"/>
     <numFmt numFmtId="167" formatCode="#\ ###\ ###\ ##0.0;\-#\ ###\ ###\ ##0.0"/>
+    <numFmt numFmtId="168" formatCode="0.0"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -320,66 +321,78 @@
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Helvetica"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Open Sans"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="6">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFFF0000"/>
       </top>
       <bottom/>
@@ -390,61 +403,96 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFC00000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FFFFFFFF"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color rgb="FFFFFFFF"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color rgb="FFFFFFFF"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -592,58 +640,61 @@
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" indent="1"/>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" indent="1"/>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="12" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Tanka linija ispod" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Zadnji redak" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -893,51 +944,51 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P344"/>
+  <dimension ref="A1:Q345"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="9" style="4"/>
     <col min="3" max="3" width="11" style="4" customWidth="1"/>
     <col min="4" max="4" width="14.1640625" style="7" customWidth="1"/>
     <col min="5" max="6" width="13.1640625" style="7" customWidth="1"/>
     <col min="7" max="7" width="14.5" style="7" customWidth="1"/>
     <col min="8" max="8" width="14.1640625" style="7" customWidth="1"/>
     <col min="9" max="10" width="13.1640625" style="7" customWidth="1"/>
     <col min="11" max="11" width="12.6640625" style="7" customWidth="1"/>
     <col min="12" max="12" width="14.1640625" style="7" customWidth="1"/>
     <col min="13" max="14" width="13.1640625" style="7" customWidth="1"/>
     <col min="15" max="15" width="12.6640625" style="7" customWidth="1"/>
     <col min="16" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="11"/>
       <c r="C1" s="10"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
@@ -14255,954 +14306,1007 @@
       <c r="H320" s="28">
         <v>-0.4</v>
       </c>
       <c r="I320" s="28">
         <v>-0.8</v>
       </c>
       <c r="J320" s="28">
         <v>7</v>
       </c>
       <c r="K320" s="28">
         <v>-0.9</v>
       </c>
       <c r="L320" s="25">
         <v>4.0999999999999996</v>
       </c>
       <c r="M320" s="25">
         <v>3.5</v>
       </c>
       <c r="N320" s="25">
         <v>5.9</v>
       </c>
       <c r="O320" s="25">
         <v>-1.0900000000000001</v>
       </c>
     </row>
-    <row r="321" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="321" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B321" s="17"/>
       <c r="C321" s="17" t="s">
         <v>9</v>
       </c>
       <c r="D321" s="25">
         <v>127.1</v>
       </c>
       <c r="E321" s="25">
         <v>128</v>
       </c>
       <c r="F321" s="25">
         <v>124.2</v>
       </c>
       <c r="G321" s="25">
         <v>132.4</v>
       </c>
       <c r="H321" s="28">
         <v>0.2</v>
       </c>
       <c r="I321" s="28">
         <v>0.1</v>
       </c>
       <c r="J321" s="28">
         <v>0.5</v>
       </c>
       <c r="K321" s="28">
         <v>0</v>
       </c>
       <c r="L321" s="25">
         <v>4.0999999999999996</v>
       </c>
       <c r="M321" s="25">
         <v>3.3</v>
       </c>
       <c r="N321" s="25">
         <v>6.4</v>
       </c>
       <c r="O321" s="25">
         <v>-1.7000000000000028</v>
       </c>
     </row>
-    <row r="322" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="322" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B322" s="17"/>
       <c r="C322" s="17" t="s">
         <v>10</v>
       </c>
       <c r="D322" s="25">
         <v>128.19999999999999</v>
       </c>
       <c r="E322" s="25">
         <v>129.30000000000001</v>
       </c>
       <c r="F322" s="25">
         <v>124.7</v>
       </c>
       <c r="G322" s="25">
         <v>132.69999999999999</v>
       </c>
       <c r="H322" s="28">
         <v>0.9</v>
       </c>
       <c r="I322" s="28">
         <v>1</v>
       </c>
       <c r="J322" s="28">
         <v>0.4</v>
       </c>
       <c r="K322" s="28">
         <v>0.2</v>
       </c>
       <c r="L322" s="25">
         <v>4.0999999999999996</v>
       </c>
       <c r="M322" s="25">
         <v>3.2</v>
       </c>
       <c r="N322" s="25">
         <v>6.6</v>
       </c>
       <c r="O322" s="25">
         <v>-2.09</v>
       </c>
     </row>
-    <row r="323" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="323" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B323" s="17"/>
       <c r="C323" s="17" t="s">
         <v>11</v>
       </c>
       <c r="D323" s="25">
         <v>129.1</v>
       </c>
       <c r="E323" s="25">
         <v>130.19999999999999</v>
       </c>
       <c r="F323" s="25">
         <v>125.6</v>
       </c>
       <c r="G323" s="25">
         <v>130.19999999999999</v>
       </c>
       <c r="H323" s="28">
         <v>0.7</v>
       </c>
       <c r="I323" s="28">
         <v>0.6</v>
       </c>
       <c r="J323" s="28">
         <v>0.7</v>
       </c>
       <c r="K323" s="28">
         <v>-1.9</v>
       </c>
       <c r="L323" s="25">
         <v>3.7</v>
       </c>
       <c r="M323" s="25">
         <v>2.9</v>
       </c>
       <c r="N323" s="25">
         <v>6.3</v>
       </c>
       <c r="O323" s="25">
         <v>-2.2000000000000028</v>
       </c>
     </row>
-    <row r="324" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="324" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B324" s="17"/>
       <c r="C324" s="17" t="s">
         <v>12</v>
       </c>
       <c r="D324" s="25">
         <v>129.1</v>
       </c>
       <c r="E324" s="25">
         <v>130</v>
       </c>
       <c r="F324" s="25">
         <v>126.3</v>
       </c>
       <c r="G324" s="25">
         <v>124.8</v>
       </c>
       <c r="H324" s="28">
         <v>0.1</v>
       </c>
       <c r="I324" s="28">
         <v>-0.1</v>
       </c>
       <c r="J324" s="28">
         <v>0.5</v>
       </c>
       <c r="K324" s="28">
         <v>-4.0999999999999996</v>
       </c>
       <c r="L324" s="25">
         <v>3.3</v>
       </c>
       <c r="M324" s="25">
         <v>2.2999999999999998</v>
       </c>
       <c r="N324" s="25">
         <v>6.1</v>
       </c>
       <c r="O324" s="25">
         <v>-4.5999999999999996</v>
       </c>
     </row>
-    <row r="325" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="325" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B325" s="46"/>
       <c r="C325" s="46" t="s">
         <v>13</v>
       </c>
       <c r="D325" s="47">
         <v>129.19999999999999</v>
       </c>
       <c r="E325" s="47">
         <v>129.80000000000001</v>
       </c>
       <c r="F325" s="47">
         <v>127</v>
       </c>
       <c r="G325" s="47">
         <v>125.9</v>
       </c>
       <c r="H325" s="48">
         <v>0</v>
       </c>
       <c r="I325" s="48">
         <v>-0.2</v>
       </c>
       <c r="J325" s="48">
         <v>0.6</v>
       </c>
       <c r="K325" s="48">
         <v>0.9</v>
       </c>
       <c r="L325" s="47">
         <v>2.4</v>
       </c>
       <c r="M325" s="47">
         <v>1.3</v>
       </c>
       <c r="N325" s="47">
         <v>5.5</v>
       </c>
       <c r="O325" s="47">
         <v>-4.9000000000000004</v>
       </c>
     </row>
-    <row r="326" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="326" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B326" s="46"/>
       <c r="C326" s="46" t="s">
         <v>14</v>
       </c>
       <c r="D326" s="47">
         <v>129.19999999999999</v>
       </c>
       <c r="E326" s="47">
         <v>128.9</v>
       </c>
       <c r="F326" s="47">
         <v>129.5</v>
       </c>
       <c r="G326" s="47">
         <v>128</v>
       </c>
       <c r="H326" s="48">
         <v>0</v>
       </c>
       <c r="I326" s="48">
         <v>-0.7</v>
       </c>
       <c r="J326" s="48">
         <v>1.9</v>
       </c>
       <c r="K326" s="48">
         <v>1.6</v>
       </c>
       <c r="L326" s="47">
         <v>2.2000000000000002</v>
       </c>
       <c r="M326" s="47">
         <v>1</v>
       </c>
       <c r="N326" s="47">
         <v>5.8</v>
       </c>
       <c r="O326" s="47">
         <v>-4.5</v>
       </c>
     </row>
-    <row r="327" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="327" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B327" s="46"/>
       <c r="C327" s="46" t="s">
         <v>15</v>
       </c>
       <c r="D327" s="47">
         <v>129.19999999999999</v>
       </c>
       <c r="E327" s="47">
         <v>128.6</v>
       </c>
       <c r="F327" s="47">
         <v>130.5</v>
       </c>
       <c r="G327" s="47">
         <v>127.4</v>
       </c>
       <c r="H327" s="48">
         <v>0</v>
       </c>
       <c r="I327" s="48">
         <v>-0.3</v>
       </c>
       <c r="J327" s="48">
         <v>0.8</v>
       </c>
       <c r="K327" s="48">
         <v>-0.5</v>
       </c>
       <c r="L327" s="47">
         <v>1.8</v>
       </c>
       <c r="M327" s="47">
         <v>0.3</v>
       </c>
       <c r="N327" s="47">
         <v>5.9</v>
       </c>
       <c r="O327" s="47">
         <v>-5.7</v>
       </c>
     </row>
-    <row r="328" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="328" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B328" s="46"/>
       <c r="C328" s="46" t="s">
         <v>16</v>
       </c>
       <c r="D328" s="47">
         <v>129.69999999999999</v>
       </c>
       <c r="E328" s="47">
         <v>129.5</v>
       </c>
       <c r="F328" s="47">
         <v>129.6</v>
       </c>
       <c r="G328" s="47">
         <v>127.2</v>
       </c>
       <c r="H328" s="48">
         <v>0.4</v>
       </c>
       <c r="I328" s="48">
         <v>0.7</v>
       </c>
       <c r="J328" s="48">
         <v>-0.7</v>
       </c>
       <c r="K328" s="48">
         <v>-0.2</v>
       </c>
       <c r="L328" s="47">
         <v>1.6</v>
       </c>
       <c r="M328" s="47">
         <v>0</v>
       </c>
       <c r="N328" s="47">
         <v>6.2</v>
       </c>
       <c r="O328" s="47">
         <v>-6.4</v>
       </c>
     </row>
-    <row r="329" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="329" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B329" s="46"/>
       <c r="C329" s="49" t="s">
         <v>17</v>
       </c>
       <c r="D329" s="47">
         <v>131.1</v>
       </c>
       <c r="E329" s="47">
         <v>131.69999999999999</v>
       </c>
       <c r="F329" s="47">
         <v>128.9</v>
       </c>
       <c r="G329" s="47">
         <v>127.7</v>
       </c>
       <c r="H329" s="48">
         <v>1.1000000000000001</v>
       </c>
       <c r="I329" s="48">
         <v>1.7</v>
       </c>
       <c r="J329" s="48">
         <v>-0.5</v>
       </c>
       <c r="K329" s="48">
         <v>0.4</v>
       </c>
       <c r="L329" s="47">
         <v>2.2000000000000002</v>
       </c>
       <c r="M329" s="47">
         <v>1.2</v>
       </c>
       <c r="N329" s="47">
         <v>5.0999999999999996</v>
       </c>
       <c r="O329" s="47">
         <v>-4.9000000000000004</v>
       </c>
     </row>
-    <row r="330" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="330" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B330" s="46"/>
       <c r="C330" s="49" t="s">
         <v>18</v>
       </c>
       <c r="D330" s="47">
         <v>131.6</v>
       </c>
       <c r="E330" s="47">
         <v>132.5</v>
       </c>
       <c r="F330" s="47">
         <v>128.80000000000001</v>
       </c>
       <c r="G330" s="47">
         <v>127.4</v>
       </c>
       <c r="H330" s="48">
         <v>0.4</v>
       </c>
       <c r="I330" s="48">
         <v>0.6</v>
       </c>
       <c r="J330" s="48">
         <v>-0.1</v>
       </c>
       <c r="K330" s="48">
         <v>-0.2</v>
       </c>
       <c r="L330" s="47">
         <v>2.8</v>
       </c>
       <c r="M330" s="47">
         <v>2</v>
       </c>
       <c r="N330" s="47">
         <v>5.0999999999999996</v>
       </c>
       <c r="O330" s="47">
         <v>-5.3</v>
       </c>
     </row>
-    <row r="331" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="331" spans="2:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B331" s="18"/>
       <c r="C331" s="18" t="s">
         <v>19</v>
       </c>
       <c r="D331" s="29">
         <v>131.80000000000001</v>
       </c>
       <c r="E331" s="29">
         <v>132.4</v>
       </c>
       <c r="F331" s="29">
         <v>129.5</v>
       </c>
       <c r="G331" s="29">
         <v>130.5</v>
       </c>
       <c r="H331" s="30">
         <v>0.1</v>
       </c>
       <c r="I331" s="30">
         <v>-0.1</v>
       </c>
       <c r="J331" s="30">
         <v>0.6</v>
       </c>
       <c r="K331" s="30">
         <v>2.4</v>
       </c>
       <c r="L331" s="29">
         <v>3.4</v>
       </c>
       <c r="M331" s="29">
         <v>2.7</v>
       </c>
       <c r="N331" s="29">
         <v>5.6</v>
       </c>
       <c r="O331" s="29">
         <v>-2.2999999999999998</v>
       </c>
     </row>
-    <row r="332" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="332" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B332" s="46">
         <v>2025</v>
       </c>
       <c r="C332" s="46" t="s">
         <v>8</v>
       </c>
       <c r="D332" s="25">
         <v>132</v>
       </c>
       <c r="E332" s="25">
         <v>132</v>
       </c>
       <c r="F332" s="25">
         <v>131.30000000000001</v>
       </c>
       <c r="G332" s="43">
         <v>132.6</v>
       </c>
       <c r="H332" s="28">
         <v>0.1</v>
       </c>
       <c r="I332" s="28">
         <v>-0.3</v>
       </c>
       <c r="J332" s="28">
         <v>1.4</v>
       </c>
       <c r="K332" s="26">
         <v>1.6</v>
       </c>
       <c r="L332" s="25">
         <v>4</v>
       </c>
       <c r="M332" s="25">
         <v>3.2</v>
       </c>
       <c r="N332" s="25">
         <v>6.3</v>
       </c>
       <c r="O332" s="27">
         <v>0.1</v>
       </c>
       <c r="P332" s="53"/>
-    </row>
-    <row r="333" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q332" s="67"/>
+    </row>
+    <row r="333" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B333" s="46"/>
       <c r="C333" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D333" s="25">
         <v>131.80000000000001</v>
       </c>
       <c r="E333" s="25">
         <v>131.80000000000001</v>
       </c>
       <c r="F333" s="25">
         <v>131.30000000000001</v>
       </c>
       <c r="G333" s="43">
         <v>133</v>
       </c>
       <c r="H333" s="28">
         <v>-0.1</v>
       </c>
       <c r="I333" s="28">
         <v>-0.2</v>
       </c>
       <c r="J333" s="28">
         <v>0</v>
       </c>
       <c r="K333" s="26">
         <v>0.3</v>
       </c>
       <c r="L333" s="25">
         <v>3.7</v>
       </c>
       <c r="M333" s="25">
         <v>3</v>
       </c>
       <c r="N333" s="25">
         <v>5.7</v>
       </c>
       <c r="O333" s="27">
         <v>0.4</v>
       </c>
       <c r="P333" s="53"/>
-    </row>
-    <row r="334" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q333" s="67"/>
+    </row>
+    <row r="334" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B334" s="46"/>
       <c r="C334" s="46" t="s">
         <v>10</v>
       </c>
       <c r="D334" s="25">
         <v>132.30000000000001</v>
       </c>
       <c r="E334" s="25">
         <v>132.19999999999999</v>
       </c>
       <c r="F334" s="25">
         <v>132.19999999999999</v>
       </c>
       <c r="G334" s="43">
         <v>132.69999999999999</v>
       </c>
       <c r="H334" s="28">
         <v>0.4</v>
       </c>
       <c r="I334" s="28">
         <v>0.3</v>
       </c>
       <c r="J334" s="28">
         <v>0.7</v>
       </c>
       <c r="K334" s="26">
         <v>-0.3</v>
       </c>
       <c r="L334" s="25">
         <v>3.2</v>
       </c>
       <c r="M334" s="25">
         <v>2.2000000000000002</v>
       </c>
       <c r="N334" s="25">
         <v>6</v>
       </c>
       <c r="O334" s="27">
         <v>0</v>
       </c>
       <c r="P334" s="53"/>
-    </row>
-    <row r="335" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q334" s="67"/>
+    </row>
+    <row r="335" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B335" s="46"/>
       <c r="C335" s="46" t="s">
         <v>11</v>
       </c>
       <c r="D335" s="25">
         <v>133.19999999999999</v>
       </c>
       <c r="E335" s="25">
         <v>133</v>
       </c>
       <c r="F335" s="25">
         <v>133.30000000000001</v>
       </c>
       <c r="G335" s="43">
         <v>129.69999999999999</v>
       </c>
       <c r="H335" s="28">
         <v>0.6</v>
       </c>
       <c r="I335" s="28">
         <v>0.6</v>
       </c>
       <c r="J335" s="28">
         <v>0.8</v>
       </c>
       <c r="K335" s="26">
         <v>-2.2999999999999998</v>
       </c>
       <c r="L335" s="25">
         <v>3.2</v>
       </c>
       <c r="M335" s="25">
         <v>2.1</v>
       </c>
       <c r="N335" s="25">
         <v>6.1</v>
       </c>
       <c r="O335" s="27">
         <v>-0.4</v>
       </c>
       <c r="P335" s="53"/>
-    </row>
-    <row r="336" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q335" s="67"/>
+    </row>
+    <row r="336" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B336" s="46"/>
       <c r="C336" s="46" t="s">
         <v>12</v>
       </c>
       <c r="D336" s="25">
         <v>133.6</v>
       </c>
       <c r="E336" s="25">
         <v>133.30000000000001</v>
       </c>
       <c r="F336" s="25">
         <v>134.1</v>
       </c>
       <c r="G336" s="43">
         <v>127.4</v>
       </c>
       <c r="H336" s="28">
         <v>0.3</v>
       </c>
       <c r="I336" s="28">
         <v>0.2</v>
       </c>
       <c r="J336" s="28">
         <v>0.6</v>
       </c>
       <c r="K336" s="26">
         <v>-1.8</v>
       </c>
       <c r="L336" s="25">
         <v>3.5</v>
       </c>
       <c r="M336" s="25">
         <v>2.5</v>
       </c>
       <c r="N336" s="25">
         <v>6.2</v>
       </c>
       <c r="O336" s="27">
         <v>2</v>
       </c>
       <c r="P336" s="53"/>
-    </row>
-    <row r="337" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q336" s="67"/>
+    </row>
+    <row r="337" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B337" s="46"/>
       <c r="C337" s="46" t="s">
         <v>13</v>
       </c>
       <c r="D337" s="25">
         <v>133.9</v>
       </c>
       <c r="E337" s="25">
         <v>133.19999999999999</v>
       </c>
       <c r="F337" s="25">
         <v>135.5</v>
       </c>
       <c r="G337" s="43">
         <v>128.9</v>
       </c>
       <c r="H337" s="28">
         <v>0.2</v>
       </c>
       <c r="I337" s="28">
         <v>0</v>
       </c>
       <c r="J337" s="28">
         <v>1</v>
       </c>
       <c r="K337" s="26">
         <v>1.2</v>
       </c>
       <c r="L337" s="25">
         <v>3.7</v>
       </c>
       <c r="M337" s="25">
         <v>2.6</v>
       </c>
       <c r="N337" s="25">
         <v>6.7</v>
       </c>
       <c r="O337" s="27">
         <v>2.2999999999999998</v>
       </c>
       <c r="P337" s="53"/>
-    </row>
-    <row r="338" spans="2:16" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q337" s="68"/>
+    </row>
+    <row r="338" spans="2:17" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B338" s="52"/>
       <c r="C338" s="52" t="s">
         <v>14</v>
       </c>
       <c r="D338" s="25">
         <v>134.5</v>
       </c>
       <c r="E338" s="25">
         <v>133.4</v>
       </c>
       <c r="F338" s="25">
         <v>136.9</v>
       </c>
       <c r="G338" s="25">
         <v>129.69999999999999</v>
       </c>
       <c r="H338" s="28">
         <v>0.4</v>
       </c>
       <c r="I338" s="28">
         <v>0.2</v>
       </c>
       <c r="J338" s="28">
         <v>1.1000000000000001</v>
       </c>
       <c r="K338" s="26">
         <v>0.6</v>
       </c>
       <c r="L338" s="25">
         <v>4.0999999999999996</v>
       </c>
       <c r="M338" s="25">
         <v>3.5</v>
       </c>
       <c r="N338" s="25">
         <v>5.7</v>
       </c>
       <c r="O338" s="27">
         <v>1.2</v>
       </c>
       <c r="P338" s="53"/>
-    </row>
-    <row r="339" spans="2:16" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q338" s="69"/>
+    </row>
+    <row r="339" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B339" s="46"/>
       <c r="C339" s="46" t="s">
         <v>15</v>
       </c>
-      <c r="D339" s="47">
+      <c r="D339" s="25">
         <v>134.6</v>
       </c>
-      <c r="E339" s="47">
+      <c r="E339" s="25">
         <v>132.9</v>
       </c>
-      <c r="F339" s="47">
+      <c r="F339" s="25">
         <v>138.80000000000001</v>
       </c>
-      <c r="G339" s="47">
+      <c r="G339" s="25">
         <v>130.1</v>
       </c>
-      <c r="H339" s="48">
+      <c r="H339" s="28">
         <v>0.1</v>
       </c>
-      <c r="I339" s="48">
+      <c r="I339" s="28">
         <v>-0.4</v>
       </c>
-      <c r="J339" s="48">
+      <c r="J339" s="28">
         <v>1.4</v>
       </c>
-      <c r="K339" s="67">
+      <c r="K339" s="26">
         <v>0.3</v>
       </c>
-      <c r="L339" s="47">
+      <c r="L339" s="25">
         <v>4.0999999999999996</v>
       </c>
-      <c r="M339" s="47">
+      <c r="M339" s="25">
         <v>3.4</v>
       </c>
-      <c r="N339" s="47">
+      <c r="N339" s="25">
         <v>6.4</v>
       </c>
-      <c r="O339" s="68">
+      <c r="O339" s="27">
         <v>2.1</v>
       </c>
-      <c r="P339" s="69"/>
-[...3 lines deleted...]
-      <c r="C340" s="50" t="s">
+      <c r="P339" s="53"/>
+      <c r="Q339" s="69"/>
+    </row>
+    <row r="340" spans="2:17" s="45" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="46"/>
+      <c r="C340" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="D340" s="42">
+      <c r="D340" s="25">
         <v>135.1</v>
       </c>
-      <c r="E340" s="42">
+      <c r="E340" s="25">
         <v>134.1</v>
       </c>
-      <c r="F340" s="42">
+      <c r="F340" s="25">
         <v>137.4</v>
       </c>
-      <c r="G340" s="40">
+      <c r="G340" s="25">
         <v>130.4</v>
       </c>
-      <c r="H340" s="41">
+      <c r="H340" s="28">
         <v>0.4</v>
       </c>
-      <c r="I340" s="41">
+      <c r="I340" s="28">
         <v>0.9</v>
       </c>
-      <c r="J340" s="41">
+      <c r="J340" s="28">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="K340" s="54">
+      <c r="K340" s="26">
         <v>0.3</v>
       </c>
-      <c r="L340" s="42">
+      <c r="L340" s="25">
         <v>4.2</v>
       </c>
-      <c r="M340" s="42">
+      <c r="M340" s="25">
         <v>3.6</v>
       </c>
-      <c r="N340" s="42">
+      <c r="N340" s="25">
         <v>6</v>
       </c>
-      <c r="O340" s="55">
+      <c r="O340" s="27">
         <v>2.5</v>
       </c>
       <c r="P340" s="53"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B342" s="12" t="s">
+      <c r="Q340" s="69"/>
+    </row>
+    <row r="341" spans="2:17" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B341" s="50"/>
+      <c r="C341" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D341" s="42">
+        <v>135.9</v>
+      </c>
+      <c r="E341" s="42">
+        <v>135.19999999999999</v>
+      </c>
+      <c r="F341" s="42">
+        <v>137.19999999999999</v>
+      </c>
+      <c r="G341" s="40">
+        <v>130.30000000000001</v>
+      </c>
+      <c r="H341" s="41">
+        <v>0.6</v>
+      </c>
+      <c r="I341" s="41">
+        <v>0.8</v>
+      </c>
+      <c r="J341" s="41">
+        <v>-0.1</v>
+      </c>
+      <c r="K341" s="54">
+        <v>0</v>
+      </c>
+      <c r="L341" s="42">
+        <v>3.6</v>
+      </c>
+      <c r="M341" s="42">
+        <v>2.7</v>
+      </c>
+      <c r="N341" s="42">
+        <v>6.4</v>
+      </c>
+      <c r="O341" s="55">
+        <v>2</v>
+      </c>
+      <c r="P341" s="53"/>
+      <c r="Q341" s="70"/>
+    </row>
+    <row r="343" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B343" s="12" t="s">
         <v>23</v>
-      </c>
-[...16 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C343" s="1"/>
       <c r="D343" s="1"/>
       <c r="E343" s="1"/>
       <c r="F343" s="1"/>
       <c r="G343" s="1"/>
       <c r="H343" s="1"/>
       <c r="I343" s="1"/>
       <c r="J343" s="1"/>
       <c r="K343" s="1"/>
       <c r="L343" s="1"/>
       <c r="M343" s="1"/>
       <c r="N343" s="1"/>
       <c r="O343" s="1"/>
     </row>
-    <row r="344" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>24</v>
+    <row r="344" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="12" t="s">
+        <v>29</v>
       </c>
       <c r="C344" s="1"/>
       <c r="D344" s="1"/>
       <c r="E344" s="1"/>
       <c r="F344" s="1"/>
       <c r="G344" s="1"/>
       <c r="H344" s="1"/>
       <c r="I344" s="1"/>
       <c r="J344" s="1"/>
       <c r="K344" s="1"/>
       <c r="L344" s="1"/>
       <c r="M344" s="1"/>
       <c r="N344" s="1"/>
       <c r="O344" s="1"/>
+    </row>
+    <row r="345" spans="2:17" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C345" s="1"/>
+      <c r="D345" s="1"/>
+      <c r="E345" s="1"/>
+      <c r="F345" s="1"/>
+      <c r="G345" s="1"/>
+      <c r="H345" s="1"/>
+      <c r="I345" s="1"/>
+      <c r="J345" s="1"/>
+      <c r="K345" s="1"/>
+      <c r="L345" s="1"/>
+      <c r="M345" s="1"/>
+      <c r="N345" s="1"/>
+      <c r="O345" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:N6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>