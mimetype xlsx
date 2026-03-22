--- v0 (2026-03-01)
+++ v1 (2026-03-22)
@@ -2,100 +2,97 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\OES-GES\CIJENE_Metodologija_2026\Statističke tablice_NOVO_Veljača 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2ED4A47A-B020-4E59-B6FF-DEED8CF0191C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C0364C6E-D3CD-4229-A215-CE97E1680021}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="599" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HRV" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1077" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2294" uniqueCount="59">
   <si>
     <t>Godina</t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t xml:space="preserve">Bazni indeksi </t>
   </si>
   <si>
     <t>Mjesečne stope promjene (u %)</t>
   </si>
   <si>
     <t>Godišnje stope promjene (u %)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Indeks potrošačkih cijena (IPC)</t>
   </si>
   <si>
     <t>Ukupno</t>
   </si>
   <si>
     <t>1998.</t>
   </si>
   <si>
     <t>siječanj</t>
   </si>
   <si>
     <t>veljača</t>
   </si>
   <si>
     <t>ožujak</t>
   </si>
   <si>
     <t>travanj</t>
   </si>
   <si>
     <t>svibanj</t>
   </si>
   <si>
     <t>lipanj</t>
   </si>
@@ -195,252 +192,155 @@
   <si>
     <t>2023.</t>
   </si>
   <si>
     <t xml:space="preserve">Tablica J1: Indeksi potrošačkih cijena i proizvođačkih cijena industrije </t>
   </si>
   <si>
     <t>2024.</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>2025.</t>
   </si>
   <si>
     <t>Indeksi potrošačkih cijena (IPC, 2025.=100)</t>
   </si>
   <si>
     <t>2026.</t>
   </si>
   <si>
     <t>....</t>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-    </r>
+    <t>Indeksi potrošačkih cijena (IPC)</t>
   </si>
   <si>
     <r>
       <t>Dobra</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t xml:space="preserve">a </t>
+      <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
+    <t>Usluge</t>
+  </si>
+  <si>
+    <t>Dobra</t>
+  </si>
+  <si>
     <r>
-      <t>Dobra</t>
+      <t>Proizvođačke cijene industrije (2021.=100)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t>c</t>
-[...16 lines deleted...]
-      <t>c</t>
+      <t>a</t>
     </r>
   </si>
   <si>
     <r>
       <t>Proizvođačke cijene industrije</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t>b</t>
-[...16 lines deleted...]
-      <t>b</t>
+      <t>a</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
-      <t xml:space="preserve">a </t>
-[...43 lines deleted...]
-      <t>b</t>
+      <t>a</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Na domaćem tržištu</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">. </t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0_)"/>
     <numFmt numFmtId="166" formatCode="General_)"/>
     <numFmt numFmtId="167" formatCode="#\ ###\ ###\ ##0.0;\-#\ ###\ ###\ ##0.0"/>
     <numFmt numFmtId="168" formatCode="yyyy\."/>
     <numFmt numFmtId="169" formatCode="0.0"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -500,59 +400,50 @@
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Helvetica"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="9"/>
-      <color theme="1"/>
-[...7 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
@@ -623,51 +514,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyNumberFormat="0"/>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyProtection="0">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="86">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="168" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="168" fontId="3" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -707,93 +598,69 @@
     </xf>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="4" xfId="2" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" indent="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
@@ -827,100 +694,112 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="3" fillId="0" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="167" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="7" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normalno" xfId="0" builtinId="0"/>
     <cellStyle name="Normalno 3" xfId="4" xr:uid="{09228566-6675-FA48-AD19-685CD20716EA}"/>
     <cellStyle name="Tanka linija ispod" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Zadnji redak" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Zaglavlje" xfId="1" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -1170,14680 +1049,14720 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Y354"/>
+  <dimension ref="A1:Y353"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="9.6640625" style="4" customWidth="1"/>
     <col min="3" max="3" width="10.6640625" style="4" customWidth="1"/>
-    <col min="4" max="4" width="14.6640625" style="50" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="15" width="17.1640625" style="50" customWidth="1"/>
+    <col min="4" max="6" width="14.6640625" style="42" customWidth="1"/>
+    <col min="7" max="7" width="17.1640625" style="42" customWidth="1"/>
+    <col min="8" max="10" width="14.6640625" style="42" customWidth="1"/>
+    <col min="11" max="11" width="17.1640625" style="42" customWidth="1"/>
+    <col min="12" max="14" width="14.6640625" style="42" customWidth="1"/>
+    <col min="15" max="15" width="17.1640625" style="42" customWidth="1"/>
     <col min="16" max="16384" width="9.1640625" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="19"/>
       <c r="C1" s="20"/>
-      <c r="D1" s="46"/>
-[...7 lines deleted...]
-      <c r="L1" s="68"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="38"/>
+      <c r="F1" s="38"/>
+      <c r="G1" s="38"/>
+      <c r="H1" s="38"/>
+      <c r="I1" s="38"/>
+      <c r="J1" s="38"/>
+      <c r="K1" s="38"/>
+      <c r="L1" s="60"/>
     </row>
     <row r="2" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="26" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C2" s="20"/>
-      <c r="D2" s="66"/>
-[...6 lines deleted...]
-      <c r="K2" s="46"/>
+      <c r="D2" s="58"/>
+      <c r="E2" s="58"/>
+      <c r="F2" s="61"/>
+      <c r="G2" s="61"/>
+      <c r="H2" s="58"/>
+      <c r="I2" s="58"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
     </row>
     <row r="3" spans="2:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="21"/>
       <c r="C3" s="20"/>
-      <c r="D3" s="66"/>
-[...6 lines deleted...]
-      <c r="K3" s="46"/>
+      <c r="D3" s="58"/>
+      <c r="E3" s="58"/>
+      <c r="F3" s="61"/>
+      <c r="G3" s="61"/>
+      <c r="H3" s="58"/>
+      <c r="I3" s="58"/>
+      <c r="J3" s="38"/>
+      <c r="K3" s="38"/>
     </row>
     <row r="4" spans="2:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="21"/>
       <c r="C4" s="20"/>
-      <c r="D4" s="66"/>
-[...6 lines deleted...]
-      <c r="K4" s="46"/>
+      <c r="D4" s="58"/>
+      <c r="E4" s="58"/>
+      <c r="F4" s="61"/>
+      <c r="G4" s="61"/>
+      <c r="H4" s="58"/>
+      <c r="I4" s="58"/>
+      <c r="J4" s="38"/>
+      <c r="K4" s="38"/>
     </row>
     <row r="5" spans="2:15" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="69" t="s">
+      <c r="B5" s="75" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="69" t="s">
+      <c r="C5" s="75" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="72" t="s">
+      <c r="D5" s="78" t="s">
         <v>2</v>
       </c>
-      <c r="E5" s="72"/>
-[...2 lines deleted...]
-      <c r="H5" s="73" t="s">
+      <c r="E5" s="78"/>
+      <c r="F5" s="78"/>
+      <c r="G5" s="78"/>
+      <c r="H5" s="79" t="s">
         <v>3</v>
       </c>
-      <c r="I5" s="73"/>
-[...2 lines deleted...]
-      <c r="L5" s="72" t="s">
+      <c r="I5" s="79"/>
+      <c r="J5" s="79"/>
+      <c r="K5" s="79"/>
+      <c r="L5" s="78" t="s">
         <v>4</v>
       </c>
-      <c r="M5" s="72"/>
-[...1 lines deleted...]
-      <c r="O5" s="72"/>
+      <c r="M5" s="78"/>
+      <c r="N5" s="78"/>
+      <c r="O5" s="78"/>
     </row>
     <row r="6" spans="2:15" s="1" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="70"/>
-[...13 lines deleted...]
-      <c r="J6" s="75"/>
+      <c r="B6" s="76"/>
+      <c r="C6" s="76"/>
+      <c r="D6" s="80" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" s="80"/>
+      <c r="F6" s="80"/>
+      <c r="G6" s="73" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" s="81" t="s">
+        <v>52</v>
+      </c>
+      <c r="I6" s="81"/>
+      <c r="J6" s="81"/>
       <c r="K6" s="82" t="s">
         <v>57</v>
       </c>
-      <c r="L6" s="74" t="s">
+      <c r="L6" s="80" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" s="80"/>
+      <c r="N6" s="80"/>
+      <c r="O6" s="73" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="2:15" s="1" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="77"/>
+      <c r="C7" s="77"/>
+      <c r="D7" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="M6" s="74"/>
-[...10 lines deleted...]
-      </c>
       <c r="E7" s="22" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="F7" s="22" t="s">
-[...6 lines deleted...]
-      <c r="I7" s="36" t="s">
+      <c r="G7" s="74"/>
+      <c r="H7" s="29" t="s">
+        <v>5</v>
+      </c>
+      <c r="I7" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="J7" s="36" t="s">
-        <v>56</v>
+      <c r="J7" s="29" t="s">
+        <v>54</v>
       </c>
       <c r="K7" s="83"/>
-      <c r="L7" s="63" t="s">
-        <v>6</v>
+      <c r="L7" s="55" t="s">
+        <v>5</v>
       </c>
       <c r="M7" s="22" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="O7" s="78"/>
+        <v>54</v>
+      </c>
+      <c r="O7" s="74"/>
     </row>
     <row r="8" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="3" t="s">
-[...36 lines deleted...]
-        <v>52</v>
+      <c r="D8" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I8" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J8" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L8" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M8" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O8" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="9" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
       <c r="C9" s="3" t="s">
-        <v>9</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>8</v>
+      </c>
+      <c r="D9" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I9" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J9" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L9" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M9" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O9" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="2"/>
       <c r="C10" s="3" t="s">
-        <v>10</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>9</v>
+      </c>
+      <c r="D10" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E10" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I10" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J10" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L10" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M10" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N10" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O10" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="2"/>
       <c r="C11" s="3" t="s">
-        <v>11</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>10</v>
+      </c>
+      <c r="D11" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I11" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J11" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L11" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M11" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N11" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O11" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5"/>
       <c r="C12" s="3" t="s">
-        <v>12</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>11</v>
+      </c>
+      <c r="D12" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G12" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I12" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J12" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L12" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M12" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N12" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O12" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="6"/>
       <c r="C13" s="3" t="s">
-        <v>13</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>12</v>
+      </c>
+      <c r="D13" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G13" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H13" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I13" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J13" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K13" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L13" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M13" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N13" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O13" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="6"/>
       <c r="C14" s="3" t="s">
-        <v>14</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>13</v>
+      </c>
+      <c r="D14" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F14" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G14" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H14" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I14" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J14" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K14" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L14" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M14" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N14" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O14" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="15" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="6"/>
       <c r="C15" s="3" t="s">
-        <v>15</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>14</v>
+      </c>
+      <c r="D15" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F15" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H15" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I15" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J15" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K15" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L15" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M15" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N15" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O15" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="6"/>
       <c r="C16" s="3" t="s">
-        <v>16</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>15</v>
+      </c>
+      <c r="D16" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F16" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G16" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H16" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I16" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J16" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K16" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L16" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M16" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N16" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O16" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="6"/>
       <c r="C17" s="3" t="s">
-        <v>17</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>16</v>
+      </c>
+      <c r="D17" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E17" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F17" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I17" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J17" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K17" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L17" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M17" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N17" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O17" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="6"/>
       <c r="C18" s="3" t="s">
-        <v>18</v>
-[...35 lines deleted...]
-        <v>52</v>
+        <v>17</v>
+      </c>
+      <c r="D18" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="E18" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F18" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H18" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="I18" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J18" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K18" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L18" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M18" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="N18" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="O18" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="7"/>
-      <c r="C19" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="64">
+      <c r="C19" s="71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" s="56">
         <v>49</v>
       </c>
-      <c r="E19" s="34">
-[...30 lines deleted...]
-        <v>52</v>
+      <c r="E19" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F19" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H19" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="I19" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J19" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K19" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L19" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="M19" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N19" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O19" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D20" s="65">
+        <v>7</v>
+      </c>
+      <c r="D20" s="57">
         <v>49.4</v>
       </c>
-      <c r="E20" s="32">
-[...8 lines deleted...]
-      <c r="H20" s="38">
+      <c r="E20" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F20" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G20" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H20" s="31">
         <v>1</v>
       </c>
-      <c r="I20" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I20" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J20" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K20" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L20" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M20" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N20" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O20" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="2"/>
       <c r="C21" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D21" s="65">
+        <v>8</v>
+      </c>
+      <c r="D21" s="57">
         <v>49.6</v>
       </c>
-      <c r="E21" s="32">
-[...8 lines deleted...]
-      <c r="H21" s="38">
+      <c r="E21" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F21" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H21" s="31">
         <v>0.4</v>
       </c>
-      <c r="I21" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I21" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J21" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K21" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L21" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M21" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N21" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O21" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="2"/>
       <c r="C22" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D22" s="65">
+        <v>9</v>
+      </c>
+      <c r="D22" s="57">
         <v>49.8</v>
       </c>
-      <c r="E22" s="32">
-[...8 lines deleted...]
-      <c r="H22" s="38">
+      <c r="E22" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F22" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H22" s="31">
         <v>0.4</v>
       </c>
-      <c r="I22" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I22" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J22" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K22" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L22" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M22" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N22" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O22" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="2"/>
       <c r="C23" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D23" s="65">
+        <v>10</v>
+      </c>
+      <c r="D23" s="57">
         <v>50</v>
       </c>
-      <c r="E23" s="32">
-[...8 lines deleted...]
-      <c r="H23" s="38">
+      <c r="E23" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F23" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H23" s="31">
         <v>0.3</v>
       </c>
-      <c r="I23" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I23" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J23" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K23" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L23" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M23" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N23" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O23" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="5"/>
       <c r="C24" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D24" s="65">
+        <v>11</v>
+      </c>
+      <c r="D24" s="57">
         <v>50.5</v>
       </c>
-      <c r="E24" s="32">
-[...8 lines deleted...]
-      <c r="H24" s="38">
+      <c r="E24" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F24" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G24" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H24" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I24" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I24" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J24" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K24" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L24" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M24" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N24" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O24" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="6"/>
       <c r="C25" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D25" s="65">
+        <v>12</v>
+      </c>
+      <c r="D25" s="57">
         <v>50.5</v>
       </c>
-      <c r="E25" s="32">
-[...8 lines deleted...]
-      <c r="H25" s="38">
+      <c r="E25" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F25" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G25" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H25" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I25" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I25" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J25" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K25" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L25" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M25" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N25" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O25" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="6"/>
       <c r="C26" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D26" s="65">
+        <v>13</v>
+      </c>
+      <c r="D26" s="57">
         <v>50.7</v>
       </c>
-      <c r="E26" s="32">
-[...8 lines deleted...]
-      <c r="H26" s="38">
+      <c r="E26" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G26" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H26" s="31">
         <v>0.5</v>
       </c>
-      <c r="I26" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I26" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J26" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K26" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L26" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M26" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N26" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O26" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="6"/>
       <c r="C27" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D27" s="65">
+        <v>14</v>
+      </c>
+      <c r="D27" s="57">
         <v>50.6</v>
       </c>
-      <c r="E27" s="32">
-[...8 lines deleted...]
-      <c r="H27" s="38">
+      <c r="E27" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G27" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H27" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I27" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I27" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J27" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K27" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L27" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M27" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N27" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O27" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="6"/>
       <c r="C28" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D28" s="65">
+        <v>15</v>
+      </c>
+      <c r="D28" s="57">
         <v>50.6</v>
       </c>
-      <c r="E28" s="32">
-[...8 lines deleted...]
-      <c r="H28" s="38">
+      <c r="E28" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F28" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G28" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H28" s="31">
         <v>0.1</v>
       </c>
-      <c r="I28" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I28" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J28" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K28" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L28" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M28" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N28" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O28" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="6"/>
       <c r="C29" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D29" s="65">
+        <v>16</v>
+      </c>
+      <c r="D29" s="57">
         <v>50.7</v>
       </c>
-      <c r="E29" s="32">
-[...8 lines deleted...]
-      <c r="H29" s="38">
+      <c r="E29" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F29" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G29" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H29" s="31">
         <v>0.3</v>
       </c>
-      <c r="I29" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I29" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J29" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K29" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L29" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M29" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N29" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O29" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="6"/>
       <c r="C30" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D30" s="65">
+        <v>17</v>
+      </c>
+      <c r="D30" s="57">
         <v>50.5</v>
       </c>
-      <c r="E30" s="32">
-[...8 lines deleted...]
-      <c r="H30" s="38">
+      <c r="E30" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F30" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G30" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H30" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I30" s="38">
-[...18 lines deleted...]
-        <v>52</v>
+      <c r="I30" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J30" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K30" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L30" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="M30" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N30" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O30" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="9"/>
-      <c r="B31" s="7"/>
-[...3 lines deleted...]
-      <c r="D31" s="64">
+      <c r="B31" s="72"/>
+      <c r="C31" s="71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" s="56">
         <v>50.8</v>
       </c>
-      <c r="E31" s="34">
-[...8 lines deleted...]
-      <c r="H31" s="39">
+      <c r="E31" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F31" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G31" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H31" s="32">
         <v>0.6</v>
       </c>
-      <c r="I31" s="39">
-[...8 lines deleted...]
-      <c r="L31" s="64">
+      <c r="I31" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J31" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K31" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L31" s="56">
         <v>3.9</v>
       </c>
-      <c r="M31" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M31" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N31" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O31" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D32" s="65">
+        <v>7</v>
+      </c>
+      <c r="D32" s="57">
         <v>51.3</v>
       </c>
-      <c r="E32" s="32">
-[...8 lines deleted...]
-      <c r="H32" s="38">
+      <c r="E32" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G32" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H32" s="31">
         <v>0.9</v>
       </c>
-      <c r="I32" s="38">
-[...8 lines deleted...]
-      <c r="L32" s="65">
+      <c r="I32" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J32" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K32" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L32" s="57">
         <v>3.7</v>
       </c>
-      <c r="M32" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M32" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N32" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O32" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="2"/>
       <c r="C33" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D33" s="65">
+        <v>8</v>
+      </c>
+      <c r="D33" s="57">
         <v>51.5</v>
       </c>
-      <c r="E33" s="32">
-[...8 lines deleted...]
-      <c r="H33" s="38">
+      <c r="E33" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F33" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G33" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H33" s="31">
         <v>0.5</v>
       </c>
-      <c r="I33" s="38">
-[...8 lines deleted...]
-      <c r="L33" s="65">
+      <c r="I33" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J33" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K33" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L33" s="57">
         <v>3.8</v>
       </c>
-      <c r="M33" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M33" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N33" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O33" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="34" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="2"/>
       <c r="C34" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D34" s="65">
+        <v>9</v>
+      </c>
+      <c r="D34" s="57">
         <v>51.8</v>
       </c>
-      <c r="E34" s="32">
-[...8 lines deleted...]
-      <c r="H34" s="38">
+      <c r="E34" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F34" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G34" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H34" s="31">
         <v>0.5</v>
       </c>
-      <c r="I34" s="38">
-[...8 lines deleted...]
-      <c r="L34" s="65">
+      <c r="I34" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J34" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K34" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L34" s="57">
         <v>4</v>
       </c>
-      <c r="M34" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M34" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N34" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O34" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="2"/>
       <c r="C35" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D35" s="65">
+        <v>10</v>
+      </c>
+      <c r="D35" s="57">
         <v>52.1</v>
       </c>
-      <c r="E35" s="32">
-[...8 lines deleted...]
-      <c r="H35" s="38">
+      <c r="E35" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F35" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G35" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H35" s="31">
         <v>0.5</v>
       </c>
-      <c r="I35" s="38">
-[...8 lines deleted...]
-      <c r="L35" s="65">
+      <c r="I35" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J35" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K35" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L35" s="57">
         <v>4.3</v>
       </c>
-      <c r="M35" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M35" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N35" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O35" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="36" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="5"/>
       <c r="C36" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D36" s="65">
+        <v>11</v>
+      </c>
+      <c r="D36" s="57">
         <v>52.3</v>
       </c>
-      <c r="E36" s="32">
-[...8 lines deleted...]
-      <c r="H36" s="38">
+      <c r="E36" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F36" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G36" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H36" s="31">
         <v>0.4</v>
       </c>
-      <c r="I36" s="38">
-[...8 lines deleted...]
-      <c r="L36" s="65">
+      <c r="I36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K36" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L36" s="57">
         <v>3.5</v>
       </c>
-      <c r="M36" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M36" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N36" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O36" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="37" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="6"/>
       <c r="C37" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D37" s="65">
+        <v>12</v>
+      </c>
+      <c r="D37" s="57">
         <v>52.8</v>
       </c>
-      <c r="E37" s="32">
-[...8 lines deleted...]
-      <c r="H37" s="38">
+      <c r="E37" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F37" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G37" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H37" s="31">
         <v>1</v>
       </c>
-      <c r="I37" s="38">
-[...8 lines deleted...]
-      <c r="L37" s="65">
+      <c r="I37" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J37" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K37" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L37" s="57">
         <v>4.7</v>
       </c>
-      <c r="M37" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M37" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N37" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O37" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="38" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="6"/>
       <c r="C38" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D38" s="65">
+        <v>13</v>
+      </c>
+      <c r="D38" s="57">
         <v>53.1</v>
       </c>
-      <c r="E38" s="32">
-[...8 lines deleted...]
-      <c r="H38" s="38">
+      <c r="E38" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G38" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H38" s="31">
         <v>0.6</v>
       </c>
-      <c r="I38" s="38">
-[...8 lines deleted...]
-      <c r="L38" s="65">
+      <c r="I38" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J38" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K38" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L38" s="57">
         <v>4.8</v>
       </c>
-      <c r="M38" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M38" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N38" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O38" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="39" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="6"/>
       <c r="C39" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D39" s="65">
+        <v>14</v>
+      </c>
+      <c r="D39" s="57">
         <v>53.1</v>
       </c>
-      <c r="E39" s="32">
-[...8 lines deleted...]
-      <c r="H39" s="38">
+      <c r="E39" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F39" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G39" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H39" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I39" s="38">
-[...8 lines deleted...]
-      <c r="L39" s="65">
+      <c r="I39" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J39" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K39" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L39" s="57">
         <v>4.9000000000000004</v>
       </c>
-      <c r="M39" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M39" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N39" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O39" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="40" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="6"/>
       <c r="C40" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D40" s="65">
+        <v>15</v>
+      </c>
+      <c r="D40" s="57">
         <v>53.3</v>
       </c>
-      <c r="E40" s="32">
-[...8 lines deleted...]
-      <c r="H40" s="38">
+      <c r="E40" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F40" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G40" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H40" s="31">
         <v>0.4</v>
       </c>
-      <c r="I40" s="38">
-[...8 lines deleted...]
-      <c r="L40" s="65">
+      <c r="I40" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J40" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K40" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L40" s="57">
         <v>5.2</v>
       </c>
-      <c r="M40" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M40" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N40" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O40" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="41" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="6"/>
       <c r="C41" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D41" s="65">
+        <v>16</v>
+      </c>
+      <c r="D41" s="57">
         <v>53.4</v>
       </c>
-      <c r="E41" s="32">
-[...8 lines deleted...]
-      <c r="H41" s="38">
+      <c r="E41" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F41" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G41" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H41" s="31">
         <v>0.2</v>
       </c>
-      <c r="I41" s="38">
-[...8 lines deleted...]
-      <c r="L41" s="65">
+      <c r="I41" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J41" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K41" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L41" s="57">
         <v>5.2</v>
       </c>
-      <c r="M41" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M41" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N41" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O41" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="42" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="6"/>
       <c r="C42" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D42" s="65">
+        <v>17</v>
+      </c>
+      <c r="D42" s="57">
         <v>53.4</v>
       </c>
-      <c r="E42" s="32">
-[...8 lines deleted...]
-      <c r="H42" s="38">
+      <c r="E42" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F42" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G42" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H42" s="31">
         <v>0.2</v>
       </c>
-      <c r="I42" s="38">
-[...8 lines deleted...]
-      <c r="L42" s="65">
+      <c r="I42" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J42" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K42" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L42" s="57">
         <v>5.8</v>
       </c>
-      <c r="M42" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M42" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N42" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O42" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="43" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="7"/>
-      <c r="C43" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="64">
+      <c r="C43" s="71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" s="56">
         <v>53.6</v>
       </c>
-      <c r="E43" s="34">
-[...8 lines deleted...]
-      <c r="H43" s="39">
+      <c r="E43" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F43" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G43" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H43" s="32">
         <v>0.4</v>
       </c>
-      <c r="I43" s="39">
-[...8 lines deleted...]
-      <c r="L43" s="64">
+      <c r="I43" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J43" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K43" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L43" s="56">
         <v>5.5</v>
       </c>
-      <c r="M43" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M43" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N43" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O43" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D44" s="65">
+        <v>7</v>
+      </c>
+      <c r="D44" s="57">
         <v>53.7</v>
       </c>
-      <c r="E44" s="32">
-[...8 lines deleted...]
-      <c r="H44" s="38">
+      <c r="E44" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G44" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H44" s="31">
         <v>0.2</v>
       </c>
-      <c r="I44" s="38">
-[...8 lines deleted...]
-      <c r="L44" s="65">
+      <c r="I44" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J44" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K44" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L44" s="57">
         <v>4.8</v>
       </c>
-      <c r="M44" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M44" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N44" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O44" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="45" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="2"/>
       <c r="C45" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D45" s="65">
+        <v>8</v>
+      </c>
+      <c r="D45" s="57">
         <v>54</v>
       </c>
-      <c r="E45" s="32">
-[...8 lines deleted...]
-      <c r="H45" s="38">
+      <c r="E45" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F45" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G45" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H45" s="31">
         <v>0.6</v>
       </c>
-      <c r="I45" s="38">
-[...8 lines deleted...]
-      <c r="L45" s="65">
+      <c r="I45" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J45" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K45" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L45" s="57">
         <v>4.8</v>
       </c>
-      <c r="M45" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M45" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N45" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O45" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="46" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="2"/>
       <c r="C46" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D46" s="65">
+        <v>9</v>
+      </c>
+      <c r="D46" s="57">
         <v>53.9</v>
       </c>
-      <c r="E46" s="32">
-[...8 lines deleted...]
-      <c r="H46" s="38">
+      <c r="E46" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F46" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G46" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H46" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I46" s="38">
-[...8 lines deleted...]
-      <c r="L46" s="65">
+      <c r="I46" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J46" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K46" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L46" s="57">
         <v>4.0999999999999996</v>
       </c>
-      <c r="M46" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M46" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N46" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O46" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="47" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="2"/>
       <c r="C47" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D47" s="65">
+        <v>10</v>
+      </c>
+      <c r="D47" s="57">
         <v>54.7</v>
       </c>
-      <c r="E47" s="32">
-[...8 lines deleted...]
-      <c r="H47" s="38">
+      <c r="E47" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F47" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G47" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H47" s="31">
         <v>1.4</v>
       </c>
-      <c r="I47" s="38">
-[...8 lines deleted...]
-      <c r="L47" s="65">
+      <c r="I47" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J47" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K47" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L47" s="57">
         <v>5</v>
       </c>
-      <c r="M47" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M47" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N47" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O47" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="48" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="5"/>
       <c r="C48" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D48" s="65">
+        <v>11</v>
+      </c>
+      <c r="D48" s="57">
         <v>55.2</v>
       </c>
-      <c r="E48" s="32">
-[...8 lines deleted...]
-      <c r="H48" s="38">
+      <c r="E48" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F48" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G48" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H48" s="31">
         <v>0.9</v>
       </c>
-      <c r="I48" s="38">
-[...8 lines deleted...]
-      <c r="L48" s="65">
+      <c r="I48" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J48" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K48" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L48" s="57">
         <v>5.5</v>
       </c>
-      <c r="M48" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M48" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N48" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O48" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="49" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="6"/>
       <c r="C49" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D49" s="65">
+        <v>12</v>
+      </c>
+      <c r="D49" s="57">
         <v>55.1</v>
       </c>
-      <c r="E49" s="32">
-[...8 lines deleted...]
-      <c r="H49" s="38">
+      <c r="E49" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F49" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G49" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H49" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I49" s="38">
-[...8 lines deleted...]
-      <c r="L49" s="65">
+      <c r="I49" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J49" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K49" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L49" s="57">
         <v>4.3</v>
       </c>
-      <c r="M49" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M49" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N49" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O49" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="6"/>
       <c r="C50" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D50" s="65">
+        <v>13</v>
+      </c>
+      <c r="D50" s="57">
         <v>54.5</v>
       </c>
-      <c r="E50" s="32">
-[...8 lines deleted...]
-      <c r="H50" s="38">
+      <c r="E50" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F50" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G50" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H50" s="31">
         <v>-1</v>
       </c>
-      <c r="I50" s="38">
-[...8 lines deleted...]
-      <c r="L50" s="65">
+      <c r="I50" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J50" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K50" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L50" s="57">
         <v>2.6</v>
       </c>
-      <c r="M50" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M50" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N50" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O50" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="51" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="6"/>
       <c r="C51" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D51" s="65">
+        <v>14</v>
+      </c>
+      <c r="D51" s="57">
         <v>54.9</v>
       </c>
-      <c r="E51" s="32">
-[...8 lines deleted...]
-      <c r="H51" s="38">
+      <c r="E51" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F51" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G51" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H51" s="31">
         <v>0.7</v>
       </c>
-      <c r="I51" s="38">
-[...8 lines deleted...]
-      <c r="L51" s="65">
+      <c r="I51" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J51" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K51" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L51" s="57">
         <v>3.5</v>
       </c>
-      <c r="M51" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M51" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N51" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O51" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="52" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="6"/>
       <c r="C52" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D52" s="65">
+        <v>15</v>
+      </c>
+      <c r="D52" s="57">
         <v>55</v>
       </c>
-      <c r="E52" s="32">
-[...8 lines deleted...]
-      <c r="H52" s="38">
+      <c r="E52" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F52" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G52" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H52" s="31">
         <v>0.2</v>
       </c>
-      <c r="I52" s="38">
-[...8 lines deleted...]
-      <c r="L52" s="65">
+      <c r="I52" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J52" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K52" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L52" s="57">
         <v>3.3</v>
       </c>
-      <c r="M52" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M52" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N52" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O52" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="6"/>
       <c r="C53" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D53" s="65">
+        <v>16</v>
+      </c>
+      <c r="D53" s="57">
         <v>54.8</v>
       </c>
-      <c r="E53" s="32">
-[...8 lines deleted...]
-      <c r="H53" s="38">
+      <c r="E53" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F53" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G53" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H53" s="31">
         <v>-0.5</v>
       </c>
-      <c r="I53" s="38">
-[...8 lines deleted...]
-      <c r="L53" s="65">
+      <c r="I53" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J53" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K53" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L53" s="57">
         <v>2.6</v>
       </c>
-      <c r="M53" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M53" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N53" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O53" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="54" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="6"/>
       <c r="C54" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D54" s="65">
+        <v>17</v>
+      </c>
+      <c r="D54" s="57">
         <v>54.7</v>
       </c>
-      <c r="E54" s="32">
-[...8 lines deleted...]
-      <c r="H54" s="38">
+      <c r="E54" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F54" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G54" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H54" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I54" s="38">
-[...8 lines deleted...]
-      <c r="L54" s="65">
+      <c r="I54" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J54" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K54" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L54" s="57">
         <v>2.2999999999999998</v>
       </c>
-      <c r="M54" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M54" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N54" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O54" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="55" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="7"/>
       <c r="C55" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D55" s="64">
+        <v>18</v>
+      </c>
+      <c r="D55" s="56">
         <v>54.9</v>
       </c>
-      <c r="E55" s="34">
-[...8 lines deleted...]
-      <c r="H55" s="39">
+      <c r="E55" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F55" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G55" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H55" s="32">
         <v>0.4</v>
       </c>
-      <c r="I55" s="39">
-[...8 lines deleted...]
-      <c r="L55" s="64">
+      <c r="I55" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J55" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K55" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L55" s="56">
         <v>2.4</v>
       </c>
-      <c r="M55" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M55" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N55" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O55" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="56" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D56" s="65">
+        <v>7</v>
+      </c>
+      <c r="D56" s="57">
         <v>55.5</v>
       </c>
-      <c r="E56" s="32">
-[...8 lines deleted...]
-      <c r="H56" s="38">
+      <c r="E56" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F56" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G56" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H56" s="31">
         <v>1</v>
       </c>
-      <c r="I56" s="38">
-[...8 lines deleted...]
-      <c r="L56" s="65">
+      <c r="I56" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J56" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K56" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L56" s="57">
         <v>3.2</v>
       </c>
-      <c r="M56" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M56" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N56" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O56" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="57" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="2"/>
       <c r="C57" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D57" s="65">
+        <v>8</v>
+      </c>
+      <c r="D57" s="57">
         <v>55.4</v>
       </c>
-      <c r="E57" s="32">
-[...8 lines deleted...]
-      <c r="H57" s="38">
+      <c r="E57" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F57" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G57" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H57" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I57" s="38">
-[...8 lines deleted...]
-      <c r="L57" s="65">
+      <c r="I57" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J57" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K57" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L57" s="57">
         <v>2.5</v>
       </c>
-      <c r="M57" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M57" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N57" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O57" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="58" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="2"/>
       <c r="C58" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D58" s="65">
+        <v>9</v>
+      </c>
+      <c r="D58" s="57">
         <v>55.4</v>
       </c>
-      <c r="E58" s="32">
-[...8 lines deleted...]
-      <c r="H58" s="38">
+      <c r="E58" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F58" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G58" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H58" s="31">
         <v>0</v>
       </c>
-      <c r="I58" s="38">
-[...8 lines deleted...]
-      <c r="L58" s="65">
+      <c r="I58" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J58" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K58" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L58" s="57">
         <v>2.7</v>
       </c>
-      <c r="M58" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M58" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N58" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O58" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="59" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="2"/>
       <c r="C59" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D59" s="65">
+        <v>10</v>
+      </c>
+      <c r="D59" s="57">
         <v>55.6</v>
       </c>
-      <c r="E59" s="32">
-[...8 lines deleted...]
-      <c r="H59" s="38">
+      <c r="E59" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G59" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H59" s="31">
         <v>0.3</v>
       </c>
-      <c r="I59" s="38">
-[...8 lines deleted...]
-      <c r="L59" s="65">
+      <c r="I59" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J59" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K59" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L59" s="57">
         <v>1.6</v>
       </c>
-      <c r="M59" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M59" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N59" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O59" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="60" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="5"/>
       <c r="C60" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D60" s="65">
+        <v>11</v>
+      </c>
+      <c r="D60" s="57">
         <v>55.8</v>
       </c>
-      <c r="E60" s="32">
-[...8 lines deleted...]
-      <c r="H60" s="38">
+      <c r="E60" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F60" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G60" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H60" s="31">
         <v>0.5</v>
       </c>
-      <c r="I60" s="38">
-[...8 lines deleted...]
-      <c r="L60" s="65">
+      <c r="I60" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J60" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K60" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L60" s="57">
         <v>1.2</v>
       </c>
-      <c r="M60" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M60" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N60" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O60" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="61" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="6"/>
       <c r="C61" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D61" s="65">
+        <v>12</v>
+      </c>
+      <c r="D61" s="57">
         <v>55.5</v>
       </c>
-      <c r="E61" s="32">
-[...8 lines deleted...]
-      <c r="H61" s="38">
+      <c r="E61" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F61" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G61" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H61" s="31">
         <v>-0.5</v>
       </c>
-      <c r="I61" s="38">
-[...8 lines deleted...]
-      <c r="L61" s="65">
+      <c r="I61" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J61" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K61" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L61" s="57">
         <v>0.8</v>
       </c>
-      <c r="M61" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M61" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N61" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O61" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="62" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="6"/>
       <c r="C62" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D62" s="65">
+        <v>13</v>
+      </c>
+      <c r="D62" s="57">
         <v>55.3</v>
       </c>
-      <c r="E62" s="32">
-[...8 lines deleted...]
-      <c r="H62" s="38">
+      <c r="E62" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F62" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G62" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H62" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I62" s="38">
-[...8 lines deleted...]
-      <c r="L62" s="65">
+      <c r="I62" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J62" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K62" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L62" s="57">
         <v>1.5</v>
       </c>
-      <c r="M62" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M62" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N62" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O62" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="63" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="6"/>
       <c r="C63" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D63" s="65">
+        <v>14</v>
+      </c>
+      <c r="D63" s="57">
         <v>55.3</v>
       </c>
-      <c r="E63" s="32">
-[...8 lines deleted...]
-      <c r="H63" s="38">
+      <c r="E63" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F63" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G63" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H63" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I63" s="38">
-[...8 lines deleted...]
-      <c r="L63" s="65">
+      <c r="I63" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J63" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K63" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L63" s="57">
         <v>0.7</v>
       </c>
-      <c r="M63" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M63" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N63" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O63" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="64" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="6"/>
       <c r="C64" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D64" s="65">
+        <v>15</v>
+      </c>
+      <c r="D64" s="57">
         <v>55.5</v>
       </c>
-      <c r="E64" s="32">
-[...8 lines deleted...]
-      <c r="H64" s="38">
+      <c r="E64" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F64" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G64" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H64" s="31">
         <v>0.4</v>
       </c>
-      <c r="I64" s="38">
-[...8 lines deleted...]
-      <c r="L64" s="65">
+      <c r="I64" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J64" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K64" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L64" s="57">
         <v>0.9</v>
       </c>
-      <c r="M64" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M64" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N64" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O64" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="65" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="6"/>
       <c r="C65" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D65" s="65">
+        <v>16</v>
+      </c>
+      <c r="D65" s="57">
         <v>55.6</v>
       </c>
-      <c r="E65" s="32">
-[...8 lines deleted...]
-      <c r="H65" s="38">
+      <c r="E65" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F65" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G65" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H65" s="31">
         <v>0.2</v>
       </c>
-      <c r="I65" s="38">
-[...8 lines deleted...]
-      <c r="L65" s="65">
+      <c r="I65" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J65" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K65" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L65" s="57">
         <v>1.6</v>
       </c>
-      <c r="M65" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M65" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N65" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O65" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="66" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="6"/>
       <c r="C66" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D66" s="65">
+        <v>17</v>
+      </c>
+      <c r="D66" s="57">
         <v>55.7</v>
       </c>
-      <c r="E66" s="32">
-[...8 lines deleted...]
-      <c r="H66" s="38">
+      <c r="E66" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F66" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G66" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H66" s="31">
         <v>0.1</v>
       </c>
-      <c r="I66" s="38">
-[...8 lines deleted...]
-      <c r="L66" s="65">
+      <c r="I66" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J66" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K66" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L66" s="57">
         <v>1.8</v>
       </c>
-      <c r="M66" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M66" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N66" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O66" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="67" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="7"/>
       <c r="C67" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D67" s="64">
+        <v>18</v>
+      </c>
+      <c r="D67" s="56">
         <v>55.9</v>
       </c>
-      <c r="E67" s="34">
-[...8 lines deleted...]
-      <c r="H67" s="39">
+      <c r="E67" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F67" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G67" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H67" s="32">
         <v>0.4</v>
       </c>
-      <c r="I67" s="39">
-[...8 lines deleted...]
-      <c r="L67" s="64">
+      <c r="I67" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J67" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K67" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L67" s="56">
         <v>1.8</v>
       </c>
-      <c r="M67" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M67" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N67" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O67" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="68" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D68" s="65">
+        <v>7</v>
+      </c>
+      <c r="D68" s="57">
         <v>56.2</v>
       </c>
-      <c r="E68" s="32">
-[...8 lines deleted...]
-      <c r="H68" s="38">
+      <c r="E68" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F68" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G68" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H68" s="31">
         <v>0.5</v>
       </c>
-      <c r="I68" s="38">
-[...8 lines deleted...]
-      <c r="L68" s="65">
+      <c r="I68" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J68" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K68" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L68" s="57">
         <v>1.4</v>
       </c>
-      <c r="M68" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M68" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N68" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O68" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="69" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="2"/>
       <c r="C69" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D69" s="65">
+        <v>8</v>
+      </c>
+      <c r="D69" s="57">
         <v>56.3</v>
       </c>
-      <c r="E69" s="32">
-[...8 lines deleted...]
-      <c r="H69" s="38">
+      <c r="E69" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F69" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G69" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H69" s="31">
         <v>0.2</v>
       </c>
-      <c r="I69" s="38">
-[...8 lines deleted...]
-      <c r="L69" s="65">
+      <c r="I69" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J69" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K69" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L69" s="57">
         <v>1.7</v>
       </c>
-      <c r="M69" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M69" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N69" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O69" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="70" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="2"/>
       <c r="C70" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D70" s="65">
+        <v>9</v>
+      </c>
+      <c r="D70" s="57">
         <v>56.6</v>
       </c>
-      <c r="E70" s="32">
-[...8 lines deleted...]
-      <c r="H70" s="38">
+      <c r="E70" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F70" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G70" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H70" s="31">
         <v>0.5</v>
       </c>
-      <c r="I70" s="38">
-[...8 lines deleted...]
-      <c r="L70" s="65">
+      <c r="I70" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J70" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K70" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L70" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M70" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M70" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N70" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O70" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="71" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="2"/>
       <c r="C71" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D71" s="65">
+        <v>10</v>
+      </c>
+      <c r="D71" s="57">
         <v>56.4</v>
       </c>
-      <c r="E71" s="32">
-[...8 lines deleted...]
-      <c r="H71" s="38">
+      <c r="E71" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F71" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G71" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H71" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I71" s="38">
-[...8 lines deleted...]
-      <c r="L71" s="65">
+      <c r="I71" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J71" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K71" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L71" s="57">
         <v>1.6</v>
       </c>
-      <c r="M71" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M71" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N71" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O71" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="72" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="5"/>
       <c r="C72" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D72" s="65">
+        <v>11</v>
+      </c>
+      <c r="D72" s="57">
         <v>56.6</v>
       </c>
-      <c r="E72" s="32">
-[...8 lines deleted...]
-      <c r="H72" s="38">
+      <c r="E72" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F72" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G72" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H72" s="31">
         <v>0.3</v>
       </c>
-      <c r="I72" s="38">
-[...8 lines deleted...]
-      <c r="L72" s="65">
+      <c r="I72" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J72" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K72" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L72" s="57">
         <v>1.4</v>
       </c>
-      <c r="M72" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M72" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N72" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O72" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="73" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="6"/>
       <c r="C73" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D73" s="65">
+        <v>12</v>
+      </c>
+      <c r="D73" s="57">
         <v>56.4</v>
       </c>
-      <c r="E73" s="32">
-[...8 lines deleted...]
-      <c r="H73" s="38">
+      <c r="E73" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F73" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G73" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H73" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I73" s="38">
-[...8 lines deleted...]
-      <c r="L73" s="65">
+      <c r="I73" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J73" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K73" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L73" s="57">
         <v>1.5</v>
       </c>
-      <c r="M73" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M73" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N73" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O73" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="74" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="6"/>
       <c r="C74" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D74" s="65">
+        <v>13</v>
+      </c>
+      <c r="D74" s="57">
         <v>56.4</v>
       </c>
-      <c r="E74" s="32">
-[...8 lines deleted...]
-      <c r="H74" s="38">
+      <c r="E74" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F74" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G74" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H74" s="31">
         <v>0.1</v>
       </c>
-      <c r="I74" s="38">
-[...8 lines deleted...]
-      <c r="L74" s="65">
+      <c r="I74" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J74" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K74" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L74" s="57">
         <v>2</v>
       </c>
-      <c r="M74" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M74" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N74" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O74" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="75" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="6"/>
       <c r="C75" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D75" s="65">
+        <v>14</v>
+      </c>
+      <c r="D75" s="57">
         <v>56.5</v>
       </c>
-      <c r="E75" s="32">
-[...8 lines deleted...]
-      <c r="H75" s="38">
+      <c r="E75" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F75" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G75" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H75" s="31">
         <v>0.1</v>
       </c>
-      <c r="I75" s="38">
-[...8 lines deleted...]
-      <c r="L75" s="65">
+      <c r="I75" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J75" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K75" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L75" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M75" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M75" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N75" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O75" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="76" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="6"/>
       <c r="C76" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D76" s="65">
+        <v>15</v>
+      </c>
+      <c r="D76" s="57">
         <v>56.6</v>
       </c>
-      <c r="E76" s="32">
-[...8 lines deleted...]
-      <c r="H76" s="38">
+      <c r="E76" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F76" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G76" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H76" s="31">
         <v>0.2</v>
       </c>
-      <c r="I76" s="38">
-[...8 lines deleted...]
-      <c r="L76" s="65">
+      <c r="I76" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J76" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K76" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L76" s="57">
         <v>1.9</v>
       </c>
-      <c r="M76" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M76" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N76" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O76" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="77" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="6"/>
       <c r="C77" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D77" s="65">
+        <v>16</v>
+      </c>
+      <c r="D77" s="57">
         <v>56.6</v>
       </c>
-      <c r="E77" s="32">
-[...8 lines deleted...]
-      <c r="H77" s="38">
+      <c r="E77" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F77" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G77" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H77" s="31">
         <v>0</v>
       </c>
-      <c r="I77" s="38">
-[...8 lines deleted...]
-      <c r="L77" s="65">
+      <c r="I77" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J77" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K77" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L77" s="57">
         <v>1.8</v>
       </c>
-      <c r="M77" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M77" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N77" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O77" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="78" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="6"/>
       <c r="C78" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D78" s="65">
+        <v>17</v>
+      </c>
+      <c r="D78" s="57">
         <v>56.7</v>
       </c>
-      <c r="E78" s="32">
-[...8 lines deleted...]
-      <c r="H78" s="38">
+      <c r="E78" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F78" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G78" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H78" s="31">
         <v>0.2</v>
       </c>
-      <c r="I78" s="38">
-[...8 lines deleted...]
-      <c r="L78" s="65">
+      <c r="I78" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J78" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K78" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L78" s="57">
         <v>1.8</v>
       </c>
-      <c r="M78" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M78" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N78" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O78" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="79" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="7"/>
       <c r="C79" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D79" s="64">
+        <v>18</v>
+      </c>
+      <c r="D79" s="56">
         <v>56.9</v>
       </c>
-      <c r="E79" s="34">
-[...8 lines deleted...]
-      <c r="H79" s="39">
+      <c r="E79" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F79" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G79" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H79" s="32">
         <v>0.2</v>
       </c>
-      <c r="I79" s="39">
-[...8 lines deleted...]
-      <c r="L79" s="64">
+      <c r="I79" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J79" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K79" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L79" s="56">
         <v>1.7</v>
       </c>
-      <c r="M79" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M79" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N79" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O79" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="80" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D80" s="65">
+        <v>7</v>
+      </c>
+      <c r="D80" s="57">
         <v>57.4</v>
       </c>
-      <c r="E80" s="32">
-[...8 lines deleted...]
-      <c r="H80" s="38">
+      <c r="E80" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F80" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G80" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H80" s="31">
         <v>1</v>
       </c>
-      <c r="I80" s="38">
-[...8 lines deleted...]
-      <c r="L80" s="65">
+      <c r="I80" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J80" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K80" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L80" s="57">
         <v>2.1</v>
       </c>
-      <c r="M80" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M80" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N80" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O80" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="81" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B81" s="2"/>
       <c r="C81" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D81" s="65">
+        <v>8</v>
+      </c>
+      <c r="D81" s="57">
         <v>57.4</v>
       </c>
-      <c r="E81" s="32">
-[...8 lines deleted...]
-      <c r="H81" s="38">
+      <c r="E81" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F81" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G81" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H81" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I81" s="38">
-[...8 lines deleted...]
-      <c r="L81" s="65">
+      <c r="I81" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J81" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K81" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L81" s="57">
         <v>1.8</v>
       </c>
-      <c r="M81" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M81" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N81" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O81" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="82" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B82" s="2"/>
       <c r="C82" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D82" s="65">
+        <v>9</v>
+      </c>
+      <c r="D82" s="57">
         <v>57.4</v>
       </c>
-      <c r="E82" s="32">
-[...8 lines deleted...]
-      <c r="H82" s="38">
+      <c r="E82" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F82" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G82" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H82" s="31">
         <v>0.1</v>
       </c>
-      <c r="I82" s="38">
-[...8 lines deleted...]
-      <c r="L82" s="65">
+      <c r="I82" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J82" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K82" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L82" s="57">
         <v>1.4</v>
       </c>
-      <c r="M82" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M82" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N82" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O82" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="83" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B83" s="2"/>
       <c r="C83" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D83" s="65">
+        <v>10</v>
+      </c>
+      <c r="D83" s="57">
         <v>57.5</v>
       </c>
-      <c r="E83" s="32">
-[...8 lines deleted...]
-      <c r="H83" s="38">
+      <c r="E83" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F83" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G83" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H83" s="31">
         <v>0.2</v>
       </c>
-      <c r="I83" s="38">
-[...8 lines deleted...]
-      <c r="L83" s="65">
+      <c r="I83" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J83" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K83" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L83" s="57">
         <v>1.9</v>
       </c>
-      <c r="M83" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M83" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N83" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O83" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="84" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="5"/>
       <c r="C84" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D84" s="65">
+        <v>11</v>
+      </c>
+      <c r="D84" s="57">
         <v>57.9</v>
       </c>
-      <c r="E84" s="32">
-[...8 lines deleted...]
-      <c r="H84" s="38">
+      <c r="E84" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F84" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G84" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H84" s="31">
         <v>0.7</v>
       </c>
-      <c r="I84" s="38">
-[...8 lines deleted...]
-      <c r="L84" s="65">
+      <c r="I84" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J84" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K84" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L84" s="57">
         <v>2.4</v>
       </c>
-      <c r="M84" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M84" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N84" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O84" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="85" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B85" s="6"/>
       <c r="C85" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D85" s="65">
+        <v>12</v>
+      </c>
+      <c r="D85" s="57">
         <v>57.8</v>
       </c>
-      <c r="E85" s="32">
-[...8 lines deleted...]
-      <c r="H85" s="38">
+      <c r="E85" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F85" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G85" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H85" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I85" s="38">
-[...8 lines deleted...]
-      <c r="L85" s="65">
+      <c r="I85" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J85" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K85" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L85" s="57">
         <v>2.5</v>
       </c>
-      <c r="M85" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M85" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N85" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O85" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="86" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B86" s="6"/>
       <c r="C86" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D86" s="65">
+        <v>13</v>
+      </c>
+      <c r="D86" s="57">
         <v>57.5</v>
       </c>
-      <c r="E86" s="32">
-[...8 lines deleted...]
-      <c r="H86" s="38">
+      <c r="E86" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F86" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G86" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H86" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I86" s="38">
-[...8 lines deleted...]
-      <c r="L86" s="65">
+      <c r="I86" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J86" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K86" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L86" s="57">
         <v>1.9</v>
       </c>
-      <c r="M86" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M86" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N86" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O86" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="87" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B87" s="6"/>
       <c r="C87" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D87" s="65">
+        <v>14</v>
+      </c>
+      <c r="D87" s="57">
         <v>57.6</v>
       </c>
-      <c r="E87" s="32">
-[...8 lines deleted...]
-      <c r="H87" s="38">
+      <c r="E87" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F87" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G87" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H87" s="31">
         <v>0.1</v>
       </c>
-      <c r="I87" s="38">
-[...8 lines deleted...]
-      <c r="L87" s="65">
+      <c r="I87" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J87" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K87" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L87" s="57">
         <v>2</v>
       </c>
-      <c r="M87" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M87" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N87" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O87" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="88" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B88" s="6"/>
       <c r="C88" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D88" s="65">
+        <v>15</v>
+      </c>
+      <c r="D88" s="57">
         <v>57.5</v>
       </c>
-      <c r="E88" s="32">
-[...8 lines deleted...]
-      <c r="H88" s="38">
+      <c r="E88" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F88" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G88" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H88" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I88" s="38">
-[...8 lines deleted...]
-      <c r="L88" s="65">
+      <c r="I88" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J88" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K88" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L88" s="57">
         <v>1.6</v>
       </c>
-      <c r="M88" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M88" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N88" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O88" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="89" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B89" s="6"/>
       <c r="C89" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D89" s="65">
+        <v>16</v>
+      </c>
+      <c r="D89" s="57">
         <v>57.7</v>
       </c>
-      <c r="E89" s="32">
-[...8 lines deleted...]
-      <c r="H89" s="38">
+      <c r="E89" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F89" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G89" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H89" s="31">
         <v>0.4</v>
       </c>
-      <c r="I89" s="38">
-[...8 lines deleted...]
-      <c r="L89" s="65">
+      <c r="I89" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J89" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K89" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L89" s="57">
         <v>2</v>
       </c>
-      <c r="M89" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M89" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N89" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O89" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="90" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B90" s="6"/>
       <c r="C90" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D90" s="65">
+        <v>17</v>
+      </c>
+      <c r="D90" s="57">
         <v>58</v>
       </c>
-      <c r="E90" s="32">
-[...8 lines deleted...]
-      <c r="H90" s="38">
+      <c r="E90" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F90" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G90" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H90" s="31">
         <v>0.5</v>
       </c>
-      <c r="I90" s="38">
-[...8 lines deleted...]
-      <c r="L90" s="65">
+      <c r="I90" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J90" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K90" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L90" s="57">
         <v>2.2999999999999998</v>
       </c>
-      <c r="M90" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M90" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N90" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O90" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="91" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="7"/>
       <c r="C91" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D91" s="64">
+        <v>18</v>
+      </c>
+      <c r="D91" s="56">
         <v>58.4</v>
       </c>
-      <c r="E91" s="34">
-[...8 lines deleted...]
-      <c r="H91" s="39">
+      <c r="E91" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F91" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G91" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H91" s="32">
         <v>0.7</v>
       </c>
-      <c r="I91" s="39">
-[...8 lines deleted...]
-      <c r="L91" s="64">
+      <c r="I91" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J91" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K91" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L91" s="56">
         <v>2.7</v>
       </c>
-      <c r="M91" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M91" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N91" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O91" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="92" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D92" s="65">
+        <v>7</v>
+      </c>
+      <c r="D92" s="57">
         <v>58.6</v>
       </c>
-      <c r="E92" s="32">
-[...8 lines deleted...]
-      <c r="H92" s="38">
+      <c r="E92" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F92" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G92" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H92" s="31">
         <v>0.3</v>
       </c>
-      <c r="I92" s="38">
-[...8 lines deleted...]
-      <c r="L92" s="65">
+      <c r="I92" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J92" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K92" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L92" s="57">
         <v>2</v>
       </c>
-      <c r="M92" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M92" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N92" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O92" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="93" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="2"/>
       <c r="C93" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D93" s="65">
+        <v>8</v>
+      </c>
+      <c r="D93" s="57">
         <v>59.2</v>
       </c>
-      <c r="E93" s="32">
-[...8 lines deleted...]
-      <c r="H93" s="38">
+      <c r="E93" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F93" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G93" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H93" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I93" s="38">
-[...8 lines deleted...]
-      <c r="L93" s="65">
+      <c r="I93" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J93" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K93" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L93" s="57">
         <v>3.3</v>
       </c>
-      <c r="M93" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M93" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N93" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O93" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="94" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B94" s="2"/>
       <c r="C94" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D94" s="65">
+        <v>9</v>
+      </c>
+      <c r="D94" s="57">
         <v>59.7</v>
       </c>
-      <c r="E94" s="32">
-[...8 lines deleted...]
-      <c r="H94" s="38">
+      <c r="E94" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F94" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G94" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H94" s="31">
         <v>0.7</v>
       </c>
-      <c r="I94" s="38">
-[...8 lines deleted...]
-      <c r="L94" s="65">
+      <c r="I94" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J94" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K94" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L94" s="57">
         <v>3.9</v>
       </c>
-      <c r="M94" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M94" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N94" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O94" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="95" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B95" s="2"/>
       <c r="C95" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D95" s="65">
+        <v>10</v>
+      </c>
+      <c r="D95" s="57">
         <v>59.5</v>
       </c>
-      <c r="E95" s="32">
-[...8 lines deleted...]
-      <c r="H95" s="38">
+      <c r="E95" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F95" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G95" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H95" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I95" s="38">
-[...8 lines deleted...]
-      <c r="L95" s="65">
+      <c r="I95" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J95" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K95" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L95" s="57">
         <v>3.5</v>
       </c>
-      <c r="M95" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M95" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N95" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O95" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="96" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B96" s="5"/>
       <c r="C96" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D96" s="65">
+        <v>11</v>
+      </c>
+      <c r="D96" s="57">
         <v>59.5</v>
       </c>
-      <c r="E96" s="32">
-[...8 lines deleted...]
-      <c r="H96" s="38">
+      <c r="E96" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F96" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G96" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H96" s="31">
         <v>0</v>
       </c>
-      <c r="I96" s="38">
-[...8 lines deleted...]
-      <c r="L96" s="65">
+      <c r="I96" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J96" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K96" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L96" s="57">
         <v>2.8</v>
       </c>
-      <c r="M96" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M96" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N96" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O96" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="97" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B97" s="6"/>
       <c r="C97" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D97" s="65">
+        <v>12</v>
+      </c>
+      <c r="D97" s="57">
         <v>59.5</v>
       </c>
-      <c r="E97" s="32">
-[...8 lines deleted...]
-      <c r="H97" s="38">
+      <c r="E97" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F97" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G97" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H97" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I97" s="38">
-[...8 lines deleted...]
-      <c r="L97" s="65">
+      <c r="I97" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J97" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K97" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L97" s="57">
         <v>2.9</v>
       </c>
-      <c r="M97" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M97" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N97" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O97" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="98" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B98" s="6"/>
       <c r="C98" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D98" s="65">
+        <v>13</v>
+      </c>
+      <c r="D98" s="57">
         <v>59.3</v>
       </c>
-      <c r="E98" s="32">
-[...8 lines deleted...]
-      <c r="H98" s="38">
+      <c r="E98" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F98" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G98" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H98" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I98" s="38">
-[...8 lines deleted...]
-      <c r="L98" s="65">
+      <c r="I98" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J98" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K98" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L98" s="57">
         <v>3.1</v>
       </c>
-      <c r="M98" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M98" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N98" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O98" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="99" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B99" s="6"/>
       <c r="C99" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D99" s="65">
+        <v>14</v>
+      </c>
+      <c r="D99" s="57">
         <v>59.4</v>
       </c>
-      <c r="E99" s="32">
-[...8 lines deleted...]
-      <c r="H99" s="38">
+      <c r="E99" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F99" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G99" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H99" s="31">
         <v>0.1</v>
       </c>
-      <c r="I99" s="38">
-[...8 lines deleted...]
-      <c r="L99" s="65">
+      <c r="I99" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J99" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K99" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L99" s="57">
         <v>3.1</v>
       </c>
-      <c r="M99" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M99" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N99" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O99" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="100" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B100" s="6"/>
       <c r="C100" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D100" s="65">
+        <v>15</v>
+      </c>
+      <c r="D100" s="57">
         <v>59.7</v>
       </c>
-      <c r="E100" s="32">
-[...8 lines deleted...]
-      <c r="H100" s="38">
+      <c r="E100" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F100" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G100" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H100" s="31">
         <v>0.5</v>
       </c>
-      <c r="I100" s="38">
-[...8 lines deleted...]
-      <c r="L100" s="65">
+      <c r="I100" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J100" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K100" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L100" s="57">
         <v>3.8</v>
       </c>
-      <c r="M100" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M100" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N100" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O100" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="101" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B101" s="6"/>
       <c r="C101" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D101" s="65">
+        <v>16</v>
+      </c>
+      <c r="D101" s="57">
         <v>60.1</v>
       </c>
-      <c r="E101" s="32">
-[...8 lines deleted...]
-      <c r="H101" s="38">
+      <c r="E101" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F101" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G101" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H101" s="31">
         <v>0.7</v>
       </c>
-      <c r="I101" s="38">
-[...8 lines deleted...]
-      <c r="L101" s="65">
+      <c r="I101" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J101" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K101" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L101" s="57">
         <v>4.0999999999999996</v>
       </c>
-      <c r="M101" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M101" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N101" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O101" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="102" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B102" s="6"/>
       <c r="C102" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D102" s="65">
+        <v>17</v>
+      </c>
+      <c r="D102" s="57">
         <v>60.2</v>
       </c>
-      <c r="E102" s="32">
-[...8 lines deleted...]
-      <c r="H102" s="38">
+      <c r="E102" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F102" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G102" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H102" s="31">
         <v>0.2</v>
       </c>
-      <c r="I102" s="38">
-[...8 lines deleted...]
-      <c r="L102" s="65">
+      <c r="I102" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J102" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K102" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L102" s="57">
         <v>3.8</v>
       </c>
-      <c r="M102" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M102" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N102" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O102" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="103" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="9"/>
       <c r="B103" s="7"/>
       <c r="C103" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D103" s="64">
+        <v>18</v>
+      </c>
+      <c r="D103" s="56">
         <v>60.5</v>
       </c>
-      <c r="E103" s="34">
-[...8 lines deleted...]
-      <c r="H103" s="39">
+      <c r="E103" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F103" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G103" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H103" s="32">
         <v>0.5</v>
       </c>
-      <c r="I103" s="39">
-[...8 lines deleted...]
-      <c r="L103" s="64">
+      <c r="I103" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J103" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K103" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L103" s="56">
         <v>3.6</v>
       </c>
-      <c r="M103" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M103" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N103" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O103" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="104" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B104" s="10" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D104" s="65">
+        <v>7</v>
+      </c>
+      <c r="D104" s="57">
         <v>60.9</v>
       </c>
-      <c r="E104" s="32">
-[...8 lines deleted...]
-      <c r="H104" s="38">
+      <c r="E104" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F104" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G104" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H104" s="31">
         <v>0.6</v>
       </c>
-      <c r="I104" s="38">
-[...8 lines deleted...]
-      <c r="L104" s="65">
+      <c r="I104" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J104" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K104" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L104" s="57">
         <v>3.9</v>
       </c>
-      <c r="M104" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M104" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N104" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O104" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="105" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B105" s="2"/>
       <c r="C105" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D105" s="65">
+        <v>8</v>
+      </c>
+      <c r="D105" s="57">
         <v>61.4</v>
       </c>
-      <c r="E105" s="32">
-[...8 lines deleted...]
-      <c r="H105" s="38">
+      <c r="E105" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F105" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G105" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H105" s="31">
         <v>0.8</v>
       </c>
-      <c r="I105" s="38">
-[...8 lines deleted...]
-      <c r="L105" s="65">
+      <c r="I105" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J105" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K105" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L105" s="57">
         <v>3.6</v>
       </c>
-      <c r="M105" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M105" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N105" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O105" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="106" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B106" s="2"/>
       <c r="C106" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D106" s="65">
+        <v>9</v>
+      </c>
+      <c r="D106" s="57">
         <v>61.5</v>
       </c>
-      <c r="E106" s="32">
-[...8 lines deleted...]
-      <c r="H106" s="38">
+      <c r="E106" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F106" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G106" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H106" s="31">
         <v>0.1</v>
       </c>
-      <c r="I106" s="38">
-[...8 lines deleted...]
-      <c r="L106" s="65">
+      <c r="I106" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J106" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K106" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L106" s="57">
         <v>3</v>
       </c>
-      <c r="M106" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M106" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N106" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O106" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="107" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B107" s="2"/>
       <c r="C107" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D107" s="65">
+        <v>10</v>
+      </c>
+      <c r="D107" s="57">
         <v>61.6</v>
       </c>
-      <c r="E107" s="32">
-[...8 lines deleted...]
-      <c r="H107" s="38">
+      <c r="E107" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F107" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G107" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H107" s="31">
         <v>0.2</v>
       </c>
-      <c r="I107" s="38">
-[...8 lines deleted...]
-      <c r="L107" s="65">
+      <c r="I107" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J107" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K107" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L107" s="57">
         <v>3.5</v>
       </c>
-      <c r="M107" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M107" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N107" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O107" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="108" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B108" s="5"/>
       <c r="C108" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D108" s="65">
+        <v>11</v>
+      </c>
+      <c r="D108" s="57">
         <v>61.9</v>
       </c>
-      <c r="E108" s="32">
-[...8 lines deleted...]
-      <c r="H108" s="38">
+      <c r="E108" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F108" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G108" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H108" s="31">
         <v>0.5</v>
       </c>
-      <c r="I108" s="38">
-[...8 lines deleted...]
-      <c r="L108" s="65">
+      <c r="I108" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J108" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K108" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L108" s="57">
         <v>4</v>
       </c>
-      <c r="M108" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M108" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N108" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O108" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="109" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B109" s="6"/>
       <c r="C109" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D109" s="65">
+        <v>12</v>
+      </c>
+      <c r="D109" s="57">
         <v>61.8</v>
       </c>
-      <c r="E109" s="32">
-[...8 lines deleted...]
-      <c r="H109" s="38">
+      <c r="E109" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F109" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G109" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H109" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I109" s="38">
-[...8 lines deleted...]
-      <c r="L109" s="65">
+      <c r="I109" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J109" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K109" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L109" s="57">
         <v>4</v>
       </c>
-      <c r="M109" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M109" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N109" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O109" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="110" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B110" s="6"/>
       <c r="C110" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D110" s="65">
+        <v>13</v>
+      </c>
+      <c r="D110" s="57">
         <v>61.3</v>
       </c>
-      <c r="E110" s="32">
-[...8 lines deleted...]
-      <c r="H110" s="38">
+      <c r="E110" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F110" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G110" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H110" s="31">
         <v>-0.8</v>
       </c>
-      <c r="I110" s="38">
-[...8 lines deleted...]
-      <c r="L110" s="65">
+      <c r="I110" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J110" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K110" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L110" s="57">
         <v>3.4</v>
       </c>
-      <c r="M110" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M110" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N110" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O110" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="111" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B111" s="6"/>
       <c r="C111" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D111" s="65">
+        <v>14</v>
+      </c>
+      <c r="D111" s="57">
         <v>61.4</v>
       </c>
-      <c r="E111" s="32">
-[...8 lines deleted...]
-      <c r="H111" s="38">
+      <c r="E111" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F111" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G111" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H111" s="31">
         <v>0.1</v>
       </c>
-      <c r="I111" s="38">
-[...8 lines deleted...]
-      <c r="L111" s="65">
+      <c r="I111" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J111" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K111" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L111" s="57">
         <v>3.4</v>
       </c>
-      <c r="M111" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M111" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N111" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O111" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="112" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B112" s="6"/>
       <c r="C112" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D112" s="65">
+        <v>15</v>
+      </c>
+      <c r="D112" s="57">
         <v>61.4</v>
       </c>
-      <c r="E112" s="32">
-[...8 lines deleted...]
-      <c r="H112" s="38">
+      <c r="E112" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F112" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G112" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H112" s="31">
         <v>0</v>
       </c>
-      <c r="I112" s="38">
-[...8 lines deleted...]
-      <c r="L112" s="65">
+      <c r="I112" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J112" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K112" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L112" s="57">
         <v>2.8</v>
       </c>
-      <c r="M112" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M112" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N112" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O112" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="113" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B113" s="6"/>
       <c r="C113" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D113" s="65">
+        <v>16</v>
+      </c>
+      <c r="D113" s="57">
         <v>61.3</v>
       </c>
-      <c r="E113" s="32">
-[...8 lines deleted...]
-      <c r="H113" s="38">
+      <c r="E113" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F113" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G113" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H113" s="31">
         <v>0</v>
       </c>
-      <c r="I113" s="38">
-[...8 lines deleted...]
-      <c r="L113" s="65">
+      <c r="I113" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J113" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K113" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L113" s="57">
         <v>2.1</v>
       </c>
-      <c r="M113" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M113" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N113" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O113" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="114" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B114" s="6"/>
       <c r="C114" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D114" s="65">
+        <v>17</v>
+      </c>
+      <c r="D114" s="57">
         <v>61.7</v>
       </c>
-      <c r="E114" s="32">
-[...8 lines deleted...]
-      <c r="H114" s="38">
+      <c r="E114" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F114" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G114" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H114" s="31">
         <v>0.6</v>
       </c>
-      <c r="I114" s="38">
-[...8 lines deleted...]
-      <c r="L114" s="65">
+      <c r="I114" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J114" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K114" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L114" s="57">
         <v>2.5</v>
       </c>
-      <c r="M114" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M114" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N114" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O114" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="115" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B115" s="7"/>
       <c r="C115" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D115" s="64">
+        <v>18</v>
+      </c>
+      <c r="D115" s="56">
         <v>61.8</v>
       </c>
-      <c r="E115" s="34">
-[...8 lines deleted...]
-      <c r="H115" s="39">
+      <c r="E115" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F115" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G115" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H115" s="32">
         <v>0.1</v>
       </c>
-      <c r="I115" s="39">
-[...8 lines deleted...]
-      <c r="L115" s="64">
+      <c r="I115" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J115" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K115" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L115" s="56">
         <v>2.1</v>
       </c>
-      <c r="M115" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M115" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N115" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O115" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="116" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B116" s="10" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D116" s="65">
+        <v>7</v>
+      </c>
+      <c r="D116" s="57">
         <v>62</v>
       </c>
-      <c r="E116" s="32">
-[...8 lines deleted...]
-      <c r="H116" s="38">
+      <c r="E116" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F116" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G116" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H116" s="31">
         <v>0.3</v>
       </c>
-      <c r="I116" s="38">
-[...8 lines deleted...]
-      <c r="L116" s="65">
+      <c r="I116" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J116" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K116" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L116" s="57">
         <v>1.8</v>
       </c>
-      <c r="M116" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M116" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N116" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O116" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="117" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B117" s="2"/>
       <c r="C117" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D117" s="65">
+        <v>8</v>
+      </c>
+      <c r="D117" s="57">
         <v>62.1</v>
       </c>
-      <c r="E117" s="32">
-[...8 lines deleted...]
-      <c r="H117" s="38">
+      <c r="E117" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F117" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G117" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H117" s="31">
         <v>0.3</v>
       </c>
-      <c r="I117" s="38">
-[...8 lines deleted...]
-      <c r="L117" s="65">
+      <c r="I117" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J117" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K117" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L117" s="57">
         <v>1.2</v>
       </c>
-      <c r="M117" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M117" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N117" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O117" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="118" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B118" s="2"/>
       <c r="C118" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D118" s="65">
+        <v>9</v>
+      </c>
+      <c r="D118" s="57">
         <v>62.5</v>
       </c>
-      <c r="E118" s="32">
-[...8 lines deleted...]
-      <c r="H118" s="38">
+      <c r="E118" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F118" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G118" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H118" s="31">
         <v>0.6</v>
       </c>
-      <c r="I118" s="38">
-[...8 lines deleted...]
-      <c r="L118" s="65">
+      <c r="I118" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J118" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K118" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L118" s="57">
         <v>1.8</v>
       </c>
-      <c r="M118" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M118" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N118" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O118" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="119" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B119" s="2"/>
       <c r="C119" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D119" s="65">
+        <v>10</v>
+      </c>
+      <c r="D119" s="57">
         <v>63</v>
       </c>
-      <c r="E119" s="32">
-[...8 lines deleted...]
-      <c r="H119" s="38">
+      <c r="E119" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F119" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G119" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H119" s="31">
         <v>0.7</v>
       </c>
-      <c r="I119" s="38">
-[...8 lines deleted...]
-      <c r="L119" s="65">
+      <c r="I119" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J119" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K119" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L119" s="57">
         <v>2.2999999999999998</v>
       </c>
-      <c r="M119" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M119" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N119" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O119" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="120" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B120" s="5"/>
       <c r="C120" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D120" s="65">
+        <v>11</v>
+      </c>
+      <c r="D120" s="57">
         <v>63.3</v>
       </c>
-      <c r="E120" s="32">
-[...8 lines deleted...]
-      <c r="H120" s="38">
+      <c r="E120" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F120" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G120" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H120" s="31">
         <v>0.5</v>
       </c>
-      <c r="I120" s="38">
-[...8 lines deleted...]
-      <c r="L120" s="65">
+      <c r="I120" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J120" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K120" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L120" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M120" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M120" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N120" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O120" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="121" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B121" s="6"/>
       <c r="C121" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D121" s="65">
+        <v>12</v>
+      </c>
+      <c r="D121" s="57">
         <v>63</v>
       </c>
-      <c r="E121" s="32">
-[...8 lines deleted...]
-      <c r="H121" s="38">
+      <c r="E121" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F121" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G121" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H121" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I121" s="38">
-[...8 lines deleted...]
-      <c r="L121" s="65">
+      <c r="I121" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J121" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K121" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L121" s="57">
         <v>1.9</v>
       </c>
-      <c r="M121" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M121" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N121" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O121" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="122" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B122" s="6"/>
       <c r="C122" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D122" s="65">
+        <v>13</v>
+      </c>
+      <c r="D122" s="57">
         <v>62.6</v>
       </c>
-      <c r="E122" s="32">
-[...8 lines deleted...]
-      <c r="H122" s="38">
+      <c r="E122" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F122" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G122" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H122" s="31">
         <v>-0.6</v>
       </c>
-      <c r="I122" s="38">
-[...8 lines deleted...]
-      <c r="L122" s="65">
+      <c r="I122" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J122" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K122" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L122" s="57">
         <v>2.1</v>
       </c>
-      <c r="M122" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M122" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N122" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O122" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="123" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B123" s="6"/>
       <c r="C123" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D123" s="65">
+        <v>14</v>
+      </c>
+      <c r="D123" s="57">
         <v>63</v>
       </c>
-      <c r="E123" s="32">
-[...8 lines deleted...]
-      <c r="H123" s="38">
+      <c r="E123" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F123" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G123" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H123" s="31">
         <v>0.6</v>
       </c>
-      <c r="I123" s="38">
-[...8 lines deleted...]
-      <c r="L123" s="65">
+      <c r="I123" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J123" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K123" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L123" s="57">
         <v>2.6</v>
       </c>
-      <c r="M123" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M123" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N123" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O123" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="124" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B124" s="6"/>
       <c r="C124" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D124" s="65">
+        <v>15</v>
+      </c>
+      <c r="D124" s="57">
         <v>63.8</v>
       </c>
-      <c r="E124" s="32">
-[...8 lines deleted...]
-      <c r="H124" s="38">
+      <c r="E124" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F124" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G124" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H124" s="31">
         <v>1.2</v>
       </c>
-      <c r="I124" s="38">
-[...8 lines deleted...]
-      <c r="L124" s="65">
+      <c r="I124" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J124" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K124" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L124" s="57">
         <v>3.9</v>
       </c>
-      <c r="M124" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M124" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N124" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O124" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="125" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B125" s="6"/>
       <c r="C125" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D125" s="65">
+        <v>16</v>
+      </c>
+      <c r="D125" s="57">
         <v>64</v>
       </c>
-      <c r="E125" s="32">
-[...8 lines deleted...]
-      <c r="H125" s="38">
+      <c r="E125" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F125" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G125" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H125" s="31">
         <v>0.3</v>
       </c>
-      <c r="I125" s="38">
-[...8 lines deleted...]
-      <c r="L125" s="65">
+      <c r="I125" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J125" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K125" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L125" s="57">
         <v>4.3</v>
       </c>
-      <c r="M125" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M125" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N125" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O125" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="126" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B126" s="6"/>
       <c r="C126" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D126" s="65">
+        <v>17</v>
+      </c>
+      <c r="D126" s="57">
         <v>64.599999999999994</v>
       </c>
-      <c r="E126" s="32">
-[...8 lines deleted...]
-      <c r="H126" s="38">
+      <c r="E126" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F126" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G126" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H126" s="31">
         <v>1</v>
       </c>
-      <c r="I126" s="38">
-[...8 lines deleted...]
-      <c r="L126" s="65">
+      <c r="I126" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J126" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K126" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L126" s="57">
         <v>4.5999999999999996</v>
       </c>
-      <c r="M126" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M126" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N126" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O126" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="127" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B127" s="7"/>
       <c r="C127" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D127" s="64">
+        <v>18</v>
+      </c>
+      <c r="D127" s="56">
         <v>65.400000000000006</v>
       </c>
-      <c r="E127" s="34">
-[...8 lines deleted...]
-      <c r="H127" s="39">
+      <c r="E127" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F127" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G127" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H127" s="32">
         <v>1.2</v>
       </c>
-      <c r="I127" s="39">
-[...8 lines deleted...]
-      <c r="L127" s="64">
+      <c r="I127" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J127" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K127" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L127" s="56">
         <v>5.8</v>
       </c>
-      <c r="M127" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M127" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N127" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O127" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="128" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B128" s="10" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D128" s="65">
+        <v>7</v>
+      </c>
+      <c r="D128" s="57">
         <v>65.8</v>
       </c>
-      <c r="E128" s="32">
-[...8 lines deleted...]
-      <c r="H128" s="38">
+      <c r="E128" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F128" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G128" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H128" s="31">
         <v>0.7</v>
       </c>
-      <c r="I128" s="38">
-[...8 lines deleted...]
-      <c r="L128" s="65">
+      <c r="I128" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J128" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K128" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L128" s="57">
         <v>6.2</v>
       </c>
-      <c r="M128" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M128" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N128" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O128" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="129" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B129" s="2"/>
       <c r="C129" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D129" s="65">
+        <v>8</v>
+      </c>
+      <c r="D129" s="57">
         <v>65.7</v>
       </c>
-      <c r="E129" s="32">
-[...8 lines deleted...]
-      <c r="H129" s="38">
+      <c r="E129" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F129" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G129" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H129" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I129" s="38">
-[...8 lines deleted...]
-      <c r="L129" s="65">
+      <c r="I129" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J129" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K129" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L129" s="57">
         <v>5.8</v>
       </c>
-      <c r="M129" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M129" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N129" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O129" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="130" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B130" s="2"/>
       <c r="C130" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D130" s="65">
+        <v>9</v>
+      </c>
+      <c r="D130" s="57">
         <v>66.099999999999994</v>
       </c>
-      <c r="E130" s="32">
-[...8 lines deleted...]
-      <c r="H130" s="38">
+      <c r="E130" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F130" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G130" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H130" s="31">
         <v>0.6</v>
       </c>
-      <c r="I130" s="38">
-[...8 lines deleted...]
-      <c r="L130" s="65">
+      <c r="I130" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J130" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K130" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L130" s="57">
         <v>5.7</v>
       </c>
-      <c r="M130" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M130" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N130" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O130" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="131" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B131" s="2"/>
       <c r="C131" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D131" s="65">
+        <v>10</v>
+      </c>
+      <c r="D131" s="57">
         <v>66.599999999999994</v>
       </c>
-      <c r="E131" s="32">
-[...8 lines deleted...]
-      <c r="H131" s="38">
+      <c r="E131" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F131" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G131" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H131" s="31">
         <v>0.7</v>
       </c>
-      <c r="I131" s="38">
-[...8 lines deleted...]
-      <c r="L131" s="65">
+      <c r="I131" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J131" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K131" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L131" s="57">
         <v>5.7</v>
       </c>
-      <c r="M131" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M131" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N131" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O131" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="132" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B132" s="5"/>
       <c r="C132" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D132" s="65">
+        <v>11</v>
+      </c>
+      <c r="D132" s="57">
         <v>67.3</v>
       </c>
-      <c r="E132" s="32">
-[...8 lines deleted...]
-      <c r="H132" s="38">
+      <c r="E132" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F132" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G132" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H132" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I132" s="38">
-[...8 lines deleted...]
-      <c r="L132" s="65">
+      <c r="I132" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J132" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K132" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L132" s="57">
         <v>6.4</v>
       </c>
-      <c r="M132" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M132" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N132" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O132" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="133" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B133" s="6"/>
       <c r="C133" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D133" s="65">
+        <v>12</v>
+      </c>
+      <c r="D133" s="57">
         <v>67.8</v>
       </c>
-      <c r="E133" s="32">
-[...8 lines deleted...]
-      <c r="H133" s="38">
+      <c r="E133" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F133" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G133" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H133" s="31">
         <v>0.7</v>
       </c>
-      <c r="I133" s="38">
-[...8 lines deleted...]
-      <c r="L133" s="65">
+      <c r="I133" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J133" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K133" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L133" s="57">
         <v>7.6</v>
       </c>
-      <c r="M133" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M133" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N133" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O133" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="134" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B134" s="6"/>
       <c r="C134" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D134" s="65">
+        <v>13</v>
+      </c>
+      <c r="D134" s="57">
         <v>67.900000000000006</v>
       </c>
-      <c r="E134" s="32">
-[...8 lines deleted...]
-      <c r="H134" s="38">
+      <c r="E134" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F134" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G134" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H134" s="31">
         <v>0.1</v>
       </c>
-      <c r="I134" s="38">
-[...8 lines deleted...]
-      <c r="L134" s="65">
+      <c r="I134" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J134" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K134" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L134" s="57">
         <v>8.4</v>
       </c>
-      <c r="M134" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M134" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N134" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O134" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="135" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B135" s="6"/>
       <c r="C135" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D135" s="65">
+        <v>14</v>
+      </c>
+      <c r="D135" s="57">
         <v>67.7</v>
       </c>
-      <c r="E135" s="32">
-[...8 lines deleted...]
-      <c r="H135" s="38">
+      <c r="E135" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F135" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G135" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H135" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I135" s="38">
-[...8 lines deleted...]
-      <c r="L135" s="65">
+      <c r="I135" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J135" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K135" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L135" s="57">
         <v>7.4</v>
       </c>
-      <c r="M135" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M135" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N135" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O135" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="136" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B136" s="6"/>
       <c r="C136" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D136" s="65">
+        <v>15</v>
+      </c>
+      <c r="D136" s="57">
         <v>67.8</v>
       </c>
-      <c r="E136" s="32">
-[...8 lines deleted...]
-      <c r="H136" s="38">
+      <c r="E136" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F136" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G136" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H136" s="31">
         <v>0.2</v>
       </c>
-      <c r="I136" s="38">
-[...8 lines deleted...]
-      <c r="L136" s="65">
+      <c r="I136" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J136" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K136" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L136" s="57">
         <v>6.4</v>
       </c>
-      <c r="M136" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M136" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N136" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O136" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="137" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B137" s="6"/>
       <c r="C137" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D137" s="65">
+        <v>16</v>
+      </c>
+      <c r="D137" s="57">
         <v>67.7</v>
       </c>
-      <c r="E137" s="32">
-[...8 lines deleted...]
-      <c r="H137" s="38">
+      <c r="E137" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F137" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G137" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H137" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I137" s="38">
-[...8 lines deleted...]
-      <c r="L137" s="65">
+      <c r="I137" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J137" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K137" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L137" s="57">
         <v>5.9</v>
       </c>
-      <c r="M137" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M137" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N137" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O137" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="138" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B138" s="6"/>
       <c r="C138" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D138" s="65">
+        <v>17</v>
+      </c>
+      <c r="D138" s="57">
         <v>67.599999999999994</v>
       </c>
-      <c r="E138" s="32">
-[...8 lines deleted...]
-      <c r="H138" s="38">
+      <c r="E138" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F138" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G138" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H138" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I138" s="38">
-[...8 lines deleted...]
-      <c r="L138" s="65">
+      <c r="I138" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J138" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K138" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L138" s="57">
         <v>4.7</v>
       </c>
-      <c r="M138" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M138" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N138" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O138" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="139" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B139" s="7"/>
       <c r="C139" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D139" s="64">
+        <v>18</v>
+      </c>
+      <c r="D139" s="56">
         <v>67.2</v>
       </c>
-      <c r="E139" s="34">
-[...8 lines deleted...]
-      <c r="H139" s="39">
+      <c r="E139" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F139" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G139" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H139" s="32">
         <v>-0.6</v>
       </c>
-      <c r="I139" s="39">
-[...8 lines deleted...]
-      <c r="L139" s="64">
+      <c r="I139" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J139" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K139" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="L139" s="56">
         <v>2.9</v>
       </c>
-      <c r="M139" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M139" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N139" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O139" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="140" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B140" s="10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D140" s="65">
+        <v>7</v>
+      </c>
+      <c r="D140" s="57">
         <v>68.099999999999994</v>
       </c>
-      <c r="E140" s="32">
-[...8 lines deleted...]
-      <c r="H140" s="38">
+      <c r="E140" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F140" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G140" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H140" s="31">
         <v>1.2</v>
       </c>
-      <c r="I140" s="38">
-[...8 lines deleted...]
-      <c r="L140" s="65">
+      <c r="I140" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J140" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K140" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L140" s="57">
         <v>3.4</v>
       </c>
-      <c r="M140" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M140" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N140" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O140" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="141" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B141" s="2"/>
       <c r="C141" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D141" s="65">
+        <v>8</v>
+      </c>
+      <c r="D141" s="57">
         <v>68.5</v>
       </c>
-      <c r="E141" s="32">
-[...8 lines deleted...]
-      <c r="H141" s="38">
+      <c r="E141" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F141" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G141" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H141" s="31">
         <v>0.6</v>
       </c>
-      <c r="I141" s="38">
-[...8 lines deleted...]
-      <c r="L141" s="65">
+      <c r="I141" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J141" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K141" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L141" s="57">
         <v>4.2</v>
       </c>
-      <c r="M141" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M141" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N141" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O141" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="142" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B142" s="2"/>
       <c r="C142" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D142" s="65">
+        <v>9</v>
+      </c>
+      <c r="D142" s="57">
         <v>68.599999999999994</v>
       </c>
-      <c r="E142" s="32">
-[...8 lines deleted...]
-      <c r="H142" s="38">
+      <c r="E142" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F142" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G142" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H142" s="31">
         <v>0.2</v>
       </c>
-      <c r="I142" s="38">
-[...8 lines deleted...]
-      <c r="L142" s="65">
+      <c r="I142" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J142" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K142" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L142" s="57">
         <v>3.8</v>
       </c>
-      <c r="M142" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M142" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N142" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O142" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="143" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B143" s="2"/>
       <c r="C143" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D143" s="65">
+        <v>10</v>
+      </c>
+      <c r="D143" s="57">
         <v>69.2</v>
       </c>
-      <c r="E143" s="32">
-[...8 lines deleted...]
-      <c r="H143" s="38">
+      <c r="E143" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F143" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G143" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H143" s="31">
         <v>0.8</v>
       </c>
-      <c r="I143" s="38">
-[...8 lines deleted...]
-      <c r="L143" s="65">
+      <c r="I143" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J143" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K143" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L143" s="57">
         <v>3.9</v>
       </c>
-      <c r="M143" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M143" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N143" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O143" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="144" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B144" s="5"/>
       <c r="C144" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D144" s="65">
+        <v>11</v>
+      </c>
+      <c r="D144" s="57">
         <v>69.2</v>
       </c>
-      <c r="E144" s="32">
-[...8 lines deleted...]
-      <c r="H144" s="38">
+      <c r="E144" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F144" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G144" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H144" s="31">
         <v>0</v>
       </c>
-      <c r="I144" s="38">
-[...8 lines deleted...]
-      <c r="L144" s="65">
+      <c r="I144" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J144" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K144" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L144" s="57">
         <v>2.7</v>
       </c>
-      <c r="M144" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M144" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N144" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O144" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="145" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B145" s="6"/>
       <c r="C145" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D145" s="65">
+        <v>12</v>
+      </c>
+      <c r="D145" s="57">
         <v>69.2</v>
       </c>
-      <c r="E145" s="32">
-[...8 lines deleted...]
-      <c r="H145" s="38">
+      <c r="E145" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F145" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G145" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H145" s="31">
         <v>0.1</v>
       </c>
-      <c r="I145" s="38">
-[...8 lines deleted...]
-      <c r="L145" s="65">
+      <c r="I145" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J145" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K145" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L145" s="57">
         <v>2.1</v>
       </c>
-      <c r="M145" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M145" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N145" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O145" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="146" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B146" s="6"/>
       <c r="C146" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D146" s="65">
+        <v>13</v>
+      </c>
+      <c r="D146" s="57">
         <v>68.7</v>
       </c>
-      <c r="E146" s="32">
-[...8 lines deleted...]
-      <c r="H146" s="38">
+      <c r="E146" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F146" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G146" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H146" s="31">
         <v>-0.7</v>
       </c>
-      <c r="I146" s="38">
-[...8 lines deleted...]
-      <c r="L146" s="65">
+      <c r="I146" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J146" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K146" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L146" s="57">
         <v>1.2</v>
       </c>
-      <c r="M146" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M146" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N146" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O146" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="147" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B147" s="6"/>
       <c r="C147" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D147" s="65">
+        <v>14</v>
+      </c>
+      <c r="D147" s="57">
         <v>68.7</v>
       </c>
-      <c r="E147" s="32">
-[...8 lines deleted...]
-      <c r="H147" s="38">
+      <c r="E147" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F147" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G147" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H147" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I147" s="38">
-[...8 lines deleted...]
-      <c r="L147" s="65">
+      <c r="I147" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J147" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K147" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L147" s="57">
         <v>1.5</v>
       </c>
-      <c r="M147" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M147" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N147" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O147" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="148" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B148" s="6"/>
       <c r="C148" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D148" s="65">
+        <v>15</v>
+      </c>
+      <c r="D148" s="57">
         <v>68.5</v>
       </c>
-      <c r="E148" s="32">
-[...8 lines deleted...]
-      <c r="H148" s="38">
+      <c r="E148" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F148" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G148" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H148" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I148" s="38">
-[...8 lines deleted...]
-      <c r="L148" s="65">
+      <c r="I148" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J148" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K148" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L148" s="57">
         <v>1</v>
       </c>
-      <c r="M148" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M148" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N148" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O148" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="149" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B149" s="6"/>
       <c r="C149" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D149" s="65">
+        <v>16</v>
+      </c>
+      <c r="D149" s="57">
         <v>68.599999999999994</v>
       </c>
-      <c r="E149" s="32">
-[...8 lines deleted...]
-      <c r="H149" s="38">
+      <c r="E149" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F149" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G149" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H149" s="31">
         <v>0.1</v>
       </c>
-      <c r="I149" s="38">
-[...8 lines deleted...]
-      <c r="L149" s="65">
+      <c r="I149" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J149" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K149" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L149" s="57">
         <v>1.3</v>
       </c>
-      <c r="M149" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M149" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N149" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O149" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="150" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B150" s="6"/>
       <c r="C150" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D150" s="65">
+        <v>17</v>
+      </c>
+      <c r="D150" s="57">
         <v>68.900000000000006</v>
       </c>
-      <c r="E150" s="32">
-[...8 lines deleted...]
-      <c r="H150" s="38">
+      <c r="E150" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F150" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G150" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="H150" s="31">
         <v>0.4</v>
       </c>
-      <c r="I150" s="38">
-[...8 lines deleted...]
-      <c r="L150" s="65">
+      <c r="I150" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J150" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K150" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L150" s="57">
         <v>1.8</v>
       </c>
-      <c r="M150" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M150" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N150" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O150" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="151" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B151" s="7"/>
       <c r="C151" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D151" s="64">
+        <v>18</v>
+      </c>
+      <c r="D151" s="56">
         <v>68.5</v>
       </c>
-      <c r="E151" s="34">
-[...8 lines deleted...]
-      <c r="H151" s="39">
+      <c r="E151" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F151" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G151" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="H151" s="32">
         <v>-0.6</v>
       </c>
-      <c r="I151" s="39">
-[...8 lines deleted...]
-      <c r="L151" s="64">
+      <c r="I151" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J151" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K151" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="L151" s="56">
         <v>1.9</v>
       </c>
-      <c r="M151" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M151" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N151" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O151" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="152" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B152" s="10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D152" s="65">
+        <v>7</v>
+      </c>
+      <c r="D152" s="57">
         <v>68.8</v>
       </c>
-      <c r="E152" s="32">
-[...5 lines deleted...]
-      <c r="G152" s="79">
+      <c r="E152" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F152" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G152" s="62">
         <v>84.3</v>
       </c>
-      <c r="H152" s="38">
+      <c r="H152" s="31">
         <v>0.5</v>
       </c>
-      <c r="I152" s="38">
-[...8 lines deleted...]
-      <c r="L152" s="65">
+      <c r="I152" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J152" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K152" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L152" s="57">
         <v>1.1000000000000001</v>
       </c>
-      <c r="M152" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M152" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N152" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O152" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="153" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B153" s="2"/>
       <c r="C153" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D153" s="65">
+        <v>8</v>
+      </c>
+      <c r="D153" s="57">
         <v>69</v>
       </c>
-      <c r="E153" s="32">
-[...5 lines deleted...]
-      <c r="G153" s="79">
+      <c r="E153" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F153" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G153" s="62">
         <v>84.2</v>
       </c>
-      <c r="H153" s="38">
+      <c r="H153" s="31">
         <v>0.2</v>
       </c>
-      <c r="I153" s="38">
-[...8 lines deleted...]
-      <c r="L153" s="65">
+      <c r="I153" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J153" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K153" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L153" s="57">
         <v>0.7</v>
       </c>
-      <c r="M153" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M153" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N153" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O153" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="154" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B154" s="2"/>
       <c r="C154" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D154" s="65">
+        <v>9</v>
+      </c>
+      <c r="D154" s="57">
         <v>69.3</v>
       </c>
-      <c r="E154" s="32">
-[...5 lines deleted...]
-      <c r="G154" s="79">
+      <c r="E154" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F154" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G154" s="62">
         <v>84.9</v>
       </c>
-      <c r="H154" s="38">
+      <c r="H154" s="31">
         <v>0.4</v>
       </c>
-      <c r="I154" s="38">
-[...8 lines deleted...]
-      <c r="L154" s="65">
+      <c r="I154" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J154" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K154" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L154" s="57">
         <v>0.9</v>
       </c>
-      <c r="M154" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M154" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N154" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O154" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="155" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B155" s="2"/>
       <c r="C155" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D155" s="65">
+        <v>10</v>
+      </c>
+      <c r="D155" s="57">
         <v>69.599999999999994</v>
       </c>
-      <c r="E155" s="32">
-[...5 lines deleted...]
-      <c r="G155" s="79">
+      <c r="E155" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F155" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G155" s="62">
         <v>85.5</v>
       </c>
-      <c r="H155" s="38">
+      <c r="H155" s="31">
         <v>0.4</v>
       </c>
-      <c r="I155" s="38">
-[...8 lines deleted...]
-      <c r="L155" s="65">
+      <c r="I155" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J155" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K155" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L155" s="57">
         <v>0.6</v>
       </c>
-      <c r="M155" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M155" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N155" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O155" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="156" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B156" s="5"/>
       <c r="C156" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D156" s="65">
+        <v>11</v>
+      </c>
+      <c r="D156" s="57">
         <v>69.7</v>
       </c>
-      <c r="E156" s="32">
-[...5 lines deleted...]
-      <c r="G156" s="79">
+      <c r="E156" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F156" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G156" s="62">
         <v>85.8</v>
       </c>
-      <c r="H156" s="38">
+      <c r="H156" s="31">
         <v>0.2</v>
       </c>
-      <c r="I156" s="38">
-[...8 lines deleted...]
-      <c r="L156" s="65">
+      <c r="I156" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J156" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K156" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L156" s="57">
         <v>0.8</v>
       </c>
-      <c r="M156" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M156" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N156" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O156" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="157" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B157" s="6"/>
       <c r="C157" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D157" s="65">
+        <v>12</v>
+      </c>
+      <c r="D157" s="57">
         <v>69.7</v>
       </c>
-      <c r="E157" s="32">
-[...5 lines deleted...]
-      <c r="G157" s="79">
+      <c r="E157" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F157" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G157" s="62">
         <v>86.3</v>
       </c>
-      <c r="H157" s="38">
+      <c r="H157" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I157" s="38">
-[...8 lines deleted...]
-      <c r="L157" s="65">
+      <c r="I157" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J157" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K157" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L157" s="57">
         <v>0.7</v>
       </c>
-      <c r="M157" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M157" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N157" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O157" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="158" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B158" s="6"/>
       <c r="C158" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D158" s="65">
+        <v>13</v>
+      </c>
+      <c r="D158" s="57">
         <v>69.400000000000006</v>
       </c>
-      <c r="E158" s="32">
-[...5 lines deleted...]
-      <c r="G158" s="79">
+      <c r="E158" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F158" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G158" s="62">
         <v>86.2</v>
       </c>
-      <c r="H158" s="38">
+      <c r="H158" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I158" s="38">
-[...8 lines deleted...]
-      <c r="L158" s="65">
+      <c r="I158" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J158" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K158" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L158" s="57">
         <v>1</v>
       </c>
-      <c r="M158" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M158" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N158" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O158" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="159" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B159" s="6"/>
       <c r="C159" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D159" s="65">
+        <v>14</v>
+      </c>
+      <c r="D159" s="57">
         <v>69.3</v>
       </c>
-      <c r="E159" s="32">
-[...5 lines deleted...]
-      <c r="G159" s="79">
+      <c r="E159" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F159" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G159" s="62">
         <v>86.5</v>
       </c>
-      <c r="H159" s="38">
+      <c r="H159" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I159" s="38">
-[...8 lines deleted...]
-      <c r="L159" s="65">
+      <c r="I159" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J159" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K159" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L159" s="57">
         <v>0.9</v>
       </c>
-      <c r="M159" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M159" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N159" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O159" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="160" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B160" s="6"/>
       <c r="C160" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D160" s="65">
+        <v>15</v>
+      </c>
+      <c r="D160" s="57">
         <v>69.5</v>
       </c>
-      <c r="E160" s="32">
-[...5 lines deleted...]
-      <c r="G160" s="79">
+      <c r="E160" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F160" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G160" s="62">
         <v>86.8</v>
       </c>
-      <c r="H160" s="38">
+      <c r="H160" s="31">
         <v>0.3</v>
       </c>
-      <c r="I160" s="38">
-[...8 lines deleted...]
-      <c r="L160" s="65">
+      <c r="I160" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J160" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K160" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L160" s="57">
         <v>1.4</v>
       </c>
-      <c r="M160" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M160" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N160" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O160" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="161" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B161" s="6"/>
       <c r="C161" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D161" s="65">
+        <v>16</v>
+      </c>
+      <c r="D161" s="57">
         <v>69.599999999999994</v>
       </c>
-      <c r="E161" s="32">
-[...5 lines deleted...]
-      <c r="G161" s="79">
+      <c r="E161" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F161" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G161" s="62">
         <v>87.1</v>
       </c>
-      <c r="H161" s="38">
+      <c r="H161" s="31">
         <v>0.1</v>
       </c>
-      <c r="I161" s="38">
-[...8 lines deleted...]
-      <c r="L161" s="65">
+      <c r="I161" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J161" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K161" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L161" s="57">
         <v>1.4</v>
       </c>
-      <c r="M161" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M161" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N161" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O161" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="162" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B162" s="6"/>
       <c r="C162" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D162" s="65">
+        <v>17</v>
+      </c>
+      <c r="D162" s="57">
         <v>69.7</v>
       </c>
-      <c r="E162" s="32">
-[...5 lines deleted...]
-      <c r="G162" s="79">
+      <c r="E162" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F162" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G162" s="62">
         <v>87</v>
       </c>
-      <c r="H162" s="38">
+      <c r="H162" s="31">
         <v>0.3</v>
       </c>
-      <c r="I162" s="38">
-[...8 lines deleted...]
-      <c r="L162" s="65">
+      <c r="I162" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J162" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K162" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L162" s="57">
         <v>1.2</v>
       </c>
-      <c r="M162" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M162" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N162" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O162" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="163" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B163" s="7"/>
       <c r="C163" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D163" s="64">
+        <v>18</v>
+      </c>
+      <c r="D163" s="56">
         <v>69.8</v>
       </c>
-      <c r="E163" s="34">
-[...5 lines deleted...]
-      <c r="G163" s="80">
+      <c r="E163" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F163" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G163" s="63">
         <v>87.9</v>
       </c>
-      <c r="H163" s="39">
+      <c r="H163" s="32">
         <v>0</v>
       </c>
-      <c r="I163" s="39">
-[...8 lines deleted...]
-      <c r="L163" s="64">
+      <c r="I163" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J163" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K163" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="L163" s="56">
         <v>1.8</v>
       </c>
-      <c r="M163" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M163" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N163" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O163" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="164" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B164" s="10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D164" s="65">
+        <v>7</v>
+      </c>
+      <c r="D164" s="57">
         <v>70.2</v>
       </c>
-      <c r="E164" s="32">
-[...5 lines deleted...]
-      <c r="G164" s="79">
+      <c r="E164" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F164" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G164" s="62">
         <v>88.5</v>
       </c>
-      <c r="H164" s="38">
+      <c r="H164" s="31">
         <v>0.6</v>
       </c>
-      <c r="I164" s="38">
-[...8 lines deleted...]
-      <c r="L164" s="65">
+      <c r="I164" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J164" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K164" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L164" s="57">
         <v>1.9</v>
       </c>
-      <c r="M164" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M164" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N164" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O164" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="165" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B165" s="2"/>
       <c r="C165" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D165" s="65">
+        <v>8</v>
+      </c>
+      <c r="D165" s="57">
         <v>70.5</v>
       </c>
-      <c r="E165" s="32">
-[...5 lines deleted...]
-      <c r="G165" s="79">
+      <c r="E165" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F165" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G165" s="62">
         <v>90</v>
       </c>
-      <c r="H165" s="38">
+      <c r="H165" s="31">
         <v>0.5</v>
       </c>
-      <c r="I165" s="38">
-[...8 lines deleted...]
-      <c r="L165" s="65">
+      <c r="I165" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J165" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K165" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L165" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M165" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M165" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N165" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O165" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="166" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B166" s="2"/>
       <c r="C166" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D166" s="65">
+        <v>9</v>
+      </c>
+      <c r="D166" s="57">
         <v>71</v>
       </c>
-      <c r="E166" s="32">
-[...5 lines deleted...]
-      <c r="G166" s="79">
+      <c r="E166" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F166" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G166" s="62">
         <v>90.7</v>
       </c>
-      <c r="H166" s="38">
+      <c r="H166" s="31">
         <v>0.8</v>
       </c>
-      <c r="I166" s="38">
-[...8 lines deleted...]
-      <c r="L166" s="65">
+      <c r="I166" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J166" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K166" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L166" s="57">
         <v>2.6</v>
       </c>
-      <c r="M166" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M166" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N166" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O166" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="167" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B167" s="2"/>
       <c r="C167" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D167" s="65">
+        <v>10</v>
+      </c>
+      <c r="D167" s="57">
         <v>71.2</v>
       </c>
-      <c r="E167" s="32">
-[...5 lines deleted...]
-      <c r="G167" s="79">
+      <c r="E167" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F167" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G167" s="62">
         <v>91.2</v>
       </c>
-      <c r="H167" s="38">
+      <c r="H167" s="31">
         <v>0.2</v>
       </c>
-      <c r="I167" s="38">
-[...8 lines deleted...]
-      <c r="L167" s="65">
+      <c r="I167" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J167" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K167" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L167" s="57">
         <v>2.4</v>
       </c>
-      <c r="M167" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M167" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N167" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O167" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="168" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B168" s="5"/>
       <c r="C168" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D168" s="65">
+        <v>11</v>
+      </c>
+      <c r="D168" s="57">
         <v>71.5</v>
       </c>
-      <c r="E168" s="32">
-[...5 lines deleted...]
-      <c r="G168" s="79">
+      <c r="E168" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F168" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G168" s="62">
         <v>91.7</v>
       </c>
-      <c r="H168" s="38">
+      <c r="H168" s="31">
         <v>0.3</v>
       </c>
-      <c r="I168" s="38">
-[...8 lines deleted...]
-      <c r="L168" s="65">
+      <c r="I168" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J168" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K168" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L168" s="57">
         <v>2.5</v>
       </c>
-      <c r="M168" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M168" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N168" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O168" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="169" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B169" s="6"/>
       <c r="C169" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D169" s="65">
+        <v>12</v>
+      </c>
+      <c r="D169" s="57">
         <v>71.099999999999994</v>
       </c>
-      <c r="E169" s="32">
-[...5 lines deleted...]
-      <c r="G169" s="79">
+      <c r="E169" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F169" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G169" s="62">
         <v>91.4</v>
       </c>
-      <c r="H169" s="38">
+      <c r="H169" s="31">
         <v>-0.5</v>
       </c>
-      <c r="I169" s="38">
-[...8 lines deleted...]
-      <c r="L169" s="65">
+      <c r="I169" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J169" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K169" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L169" s="57">
         <v>2</v>
       </c>
-      <c r="M169" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M169" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N169" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O169" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="170" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B170" s="6"/>
       <c r="C170" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D170" s="65">
+        <v>13</v>
+      </c>
+      <c r="D170" s="57">
         <v>70.7</v>
       </c>
-      <c r="E170" s="32">
-[...5 lines deleted...]
-      <c r="G170" s="79">
+      <c r="E170" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F170" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G170" s="62">
         <v>91.4</v>
       </c>
-      <c r="H170" s="38">
+      <c r="H170" s="31">
         <v>-0.5</v>
       </c>
-      <c r="I170" s="38">
-[...8 lines deleted...]
-      <c r="L170" s="65">
+      <c r="I170" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J170" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K170" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L170" s="57">
         <v>1.9</v>
       </c>
-      <c r="M170" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M170" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N170" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O170" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="171" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B171" s="6"/>
       <c r="C171" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D171" s="65">
+        <v>14</v>
+      </c>
+      <c r="D171" s="57">
         <v>70.7</v>
       </c>
-      <c r="E171" s="32">
-[...5 lines deleted...]
-      <c r="G171" s="79">
+      <c r="E171" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F171" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G171" s="62">
         <v>92.2</v>
       </c>
-      <c r="H171" s="38">
+      <c r="H171" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I171" s="38">
-[...8 lines deleted...]
-      <c r="L171" s="65">
+      <c r="I171" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J171" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K171" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L171" s="57">
         <v>2</v>
       </c>
-      <c r="M171" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M171" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N171" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O171" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="172" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B172" s="6"/>
       <c r="C172" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D172" s="65">
+        <v>15</v>
+      </c>
+      <c r="D172" s="57">
         <v>71</v>
       </c>
-      <c r="E172" s="32">
-[...5 lines deleted...]
-      <c r="G172" s="79">
+      <c r="E172" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F172" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G172" s="62">
         <v>92.2</v>
       </c>
-      <c r="H172" s="38">
+      <c r="H172" s="31">
         <v>0.4</v>
       </c>
-      <c r="I172" s="38">
-[...8 lines deleted...]
-      <c r="L172" s="65">
+      <c r="I172" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J172" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K172" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L172" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M172" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M172" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N172" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O172" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="173" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B173" s="6"/>
       <c r="C173" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D173" s="65">
+        <v>16</v>
+      </c>
+      <c r="D173" s="57">
         <v>71.400000000000006</v>
       </c>
-      <c r="E173" s="32">
-[...5 lines deleted...]
-      <c r="G173" s="79">
+      <c r="E173" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F173" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G173" s="62">
         <v>92.6</v>
       </c>
-      <c r="H173" s="38">
+      <c r="H173" s="31">
         <v>0.6</v>
       </c>
-      <c r="I173" s="38">
-[...8 lines deleted...]
-      <c r="L173" s="65">
+      <c r="I173" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J173" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K173" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L173" s="57">
         <v>2.6</v>
       </c>
-      <c r="M173" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M173" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N173" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O173" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="174" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B174" s="6"/>
       <c r="C174" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D174" s="65">
+        <v>17</v>
+      </c>
+      <c r="D174" s="57">
         <v>71.5</v>
       </c>
-      <c r="E174" s="32">
-[...5 lines deleted...]
-      <c r="G174" s="79">
+      <c r="E174" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F174" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G174" s="62">
         <v>93.1</v>
       </c>
-      <c r="H174" s="38">
+      <c r="H174" s="31">
         <v>0.2</v>
       </c>
-      <c r="I174" s="38">
-[...8 lines deleted...]
-      <c r="L174" s="65">
+      <c r="I174" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J174" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K174" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="L174" s="57">
         <v>2.6</v>
       </c>
-      <c r="M174" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M174" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N174" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O174" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="175" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B175" s="7"/>
       <c r="C175" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D175" s="64">
+        <v>18</v>
+      </c>
+      <c r="D175" s="56">
         <v>71.2</v>
       </c>
-      <c r="E175" s="34">
-[...5 lines deleted...]
-      <c r="G175" s="80">
+      <c r="E175" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F175" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G175" s="63">
         <v>92.9</v>
       </c>
-      <c r="H175" s="39">
+      <c r="H175" s="32">
         <v>-0.4</v>
       </c>
-      <c r="I175" s="39">
-[...8 lines deleted...]
-      <c r="L175" s="64">
+      <c r="I175" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J175" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K175" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="L175" s="56">
         <v>2.1</v>
       </c>
-      <c r="M175" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M175" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N175" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O175" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="176" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B176" s="10" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D176" s="65">
+        <v>7</v>
+      </c>
+      <c r="D176" s="57">
         <v>71</v>
       </c>
-      <c r="E176" s="32">
-[...5 lines deleted...]
-      <c r="G176" s="79">
+      <c r="E176" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F176" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G176" s="62">
         <v>93.7</v>
       </c>
-      <c r="H176" s="38">
+      <c r="H176" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I176" s="38">
-[...8 lines deleted...]
-      <c r="L176" s="65">
+      <c r="I176" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J176" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K176" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L176" s="57">
         <v>1.2</v>
       </c>
-      <c r="M176" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M176" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N176" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O176" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="177" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B177" s="2"/>
       <c r="C177" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D177" s="65">
+        <v>8</v>
+      </c>
+      <c r="D177" s="57">
         <v>71.400000000000006</v>
       </c>
-      <c r="E177" s="32">
-[...5 lines deleted...]
-      <c r="G177" s="79">
+      <c r="E177" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F177" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G177" s="62">
         <v>95.7</v>
       </c>
-      <c r="H177" s="38">
+      <c r="H177" s="31">
         <v>0.6</v>
       </c>
-      <c r="I177" s="38">
-[...8 lines deleted...]
-      <c r="L177" s="65">
+      <c r="I177" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J177" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K177" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L177" s="57">
         <v>1.3</v>
       </c>
-      <c r="M177" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M177" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N177" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O177" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="178" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B178" s="2"/>
       <c r="C178" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D178" s="65">
+        <v>9</v>
+      </c>
+      <c r="D178" s="57">
         <v>72.5</v>
       </c>
-      <c r="E178" s="32">
-[...5 lines deleted...]
-      <c r="G178" s="79">
+      <c r="E178" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F178" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G178" s="62">
         <v>96.3</v>
       </c>
-      <c r="H178" s="38">
+      <c r="H178" s="31">
         <v>1.5</v>
       </c>
-      <c r="I178" s="38">
-[...8 lines deleted...]
-      <c r="L178" s="65">
+      <c r="I178" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J178" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K178" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L178" s="57">
         <v>2</v>
       </c>
-      <c r="M178" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M178" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N178" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O178" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="179" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B179" s="2"/>
       <c r="C179" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D179" s="65">
+        <v>10</v>
+      </c>
+      <c r="D179" s="57">
         <v>73</v>
       </c>
-      <c r="E179" s="32">
-[...5 lines deleted...]
-      <c r="G179" s="79">
+      <c r="E179" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F179" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G179" s="62">
         <v>96.8</v>
       </c>
-      <c r="H179" s="38">
+      <c r="H179" s="31">
         <v>0.8</v>
       </c>
-      <c r="I179" s="38">
-[...8 lines deleted...]
-      <c r="L179" s="65">
+      <c r="I179" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J179" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K179" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L179" s="57">
         <v>2.6</v>
       </c>
-      <c r="M179" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M179" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N179" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O179" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="180" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B180" s="5"/>
       <c r="C180" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D180" s="65">
+        <v>11</v>
+      </c>
+      <c r="D180" s="57">
         <v>74.3</v>
       </c>
-      <c r="E180" s="32">
-[...5 lines deleted...]
-      <c r="G180" s="79">
+      <c r="E180" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F180" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G180" s="62">
         <v>98.3</v>
       </c>
-      <c r="H180" s="38">
+      <c r="H180" s="31">
         <v>1.7</v>
       </c>
-      <c r="I180" s="38">
-[...8 lines deleted...]
-      <c r="L180" s="65">
+      <c r="I180" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J180" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K180" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L180" s="57">
         <v>3.9</v>
       </c>
-      <c r="M180" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M180" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N180" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O180" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="181" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B181" s="6"/>
       <c r="C181" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D181" s="65">
+        <v>12</v>
+      </c>
+      <c r="D181" s="57">
         <v>73.8</v>
       </c>
-      <c r="E181" s="32">
-[...5 lines deleted...]
-      <c r="G181" s="79">
+      <c r="E181" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F181" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G181" s="62">
         <v>97.8</v>
       </c>
-      <c r="H181" s="38">
+      <c r="H181" s="31">
         <v>-0.6</v>
       </c>
-      <c r="I181" s="38">
-[...8 lines deleted...]
-      <c r="L181" s="65">
+      <c r="I181" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J181" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K181" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L181" s="57">
         <v>3.8</v>
       </c>
-      <c r="M181" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M181" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N181" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O181" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="182" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B182" s="6"/>
       <c r="C182" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D182" s="65">
+        <v>13</v>
+      </c>
+      <c r="D182" s="57">
         <v>73.099999999999994</v>
       </c>
-      <c r="E182" s="32">
-[...5 lines deleted...]
-      <c r="G182" s="79">
+      <c r="E182" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F182" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G182" s="62">
         <v>97.8</v>
       </c>
-      <c r="H182" s="38">
+      <c r="H182" s="31">
         <v>-1</v>
       </c>
-      <c r="I182" s="38">
-[...8 lines deleted...]
-      <c r="L182" s="65">
+      <c r="I182" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J182" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K182" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L182" s="57">
         <v>3.4</v>
       </c>
-      <c r="M182" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M182" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N182" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O182" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="183" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B183" s="6"/>
       <c r="C183" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D183" s="65">
+        <v>14</v>
+      </c>
+      <c r="D183" s="57">
         <v>73.5</v>
       </c>
-      <c r="E183" s="32">
-[...5 lines deleted...]
-      <c r="G183" s="79">
+      <c r="E183" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F183" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G183" s="62">
         <v>99.3</v>
       </c>
-      <c r="H183" s="38">
+      <c r="H183" s="31">
         <v>0.5</v>
       </c>
-      <c r="I183" s="38">
-[...8 lines deleted...]
-      <c r="L183" s="65">
+      <c r="I183" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J183" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K183" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L183" s="57">
         <v>4</v>
       </c>
-      <c r="M183" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M183" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N183" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O183" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="184" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B184" s="6"/>
       <c r="C184" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D184" s="65">
+        <v>15</v>
+      </c>
+      <c r="D184" s="57">
         <v>74.5</v>
       </c>
-      <c r="E184" s="32">
-[...5 lines deleted...]
-      <c r="G184" s="79">
+      <c r="E184" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F184" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G184" s="62">
         <v>100.4</v>
       </c>
-      <c r="H184" s="38">
+      <c r="H184" s="31">
         <v>1.4</v>
       </c>
-      <c r="I184" s="38">
-[...8 lines deleted...]
-      <c r="L184" s="65">
+      <c r="I184" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J184" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K184" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L184" s="57">
         <v>5</v>
       </c>
-      <c r="M184" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M184" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N184" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O184" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="185" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B185" s="6"/>
       <c r="C185" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D185" s="65">
+        <v>16</v>
+      </c>
+      <c r="D185" s="57">
         <v>74.8</v>
       </c>
-      <c r="E185" s="32">
-[...5 lines deleted...]
-      <c r="G185" s="79">
+      <c r="E185" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F185" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G185" s="62">
         <v>100.5</v>
       </c>
-      <c r="H185" s="38">
+      <c r="H185" s="31">
         <v>0.4</v>
       </c>
-      <c r="I185" s="38">
-[...8 lines deleted...]
-      <c r="L185" s="65">
+      <c r="I185" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J185" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K185" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L185" s="57">
         <v>4.8</v>
       </c>
-      <c r="M185" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M185" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N185" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O185" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="186" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B186" s="6"/>
       <c r="C186" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D186" s="65">
+        <v>17</v>
+      </c>
+      <c r="D186" s="57">
         <v>74.7</v>
       </c>
-      <c r="E186" s="32">
-[...5 lines deleted...]
-      <c r="G186" s="79">
+      <c r="E186" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F186" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G186" s="62">
         <v>99.3</v>
       </c>
-      <c r="H186" s="38">
+      <c r="H186" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I186" s="38">
-[...8 lines deleted...]
-      <c r="L186" s="65">
+      <c r="I186" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J186" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K186" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L186" s="57">
         <v>4.4000000000000004</v>
       </c>
-      <c r="M186" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M186" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N186" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O186" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="187" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B187" s="7"/>
       <c r="C187" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D187" s="64">
+        <v>18</v>
+      </c>
+      <c r="D187" s="56">
         <v>74.599999999999994</v>
       </c>
-      <c r="E187" s="34">
-[...5 lines deleted...]
-      <c r="G187" s="80">
+      <c r="E187" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F187" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G187" s="63">
         <v>99.3</v>
       </c>
-      <c r="H187" s="39">
+      <c r="H187" s="32">
         <v>-0.1</v>
       </c>
-      <c r="I187" s="39">
-[...8 lines deleted...]
-      <c r="L187" s="64">
+      <c r="I187" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J187" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K187" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="L187" s="56">
         <v>4.7</v>
       </c>
-      <c r="M187" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M187" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N187" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O187" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="188" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B188" s="10" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D188" s="65">
+        <v>7</v>
+      </c>
+      <c r="D188" s="57">
         <v>74.7</v>
       </c>
-      <c r="E188" s="32">
-[...5 lines deleted...]
-      <c r="G188" s="79">
+      <c r="E188" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F188" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G188" s="62">
         <v>98.9</v>
       </c>
-      <c r="H188" s="38">
+      <c r="H188" s="31">
         <v>0.1</v>
       </c>
-      <c r="I188" s="38">
-[...8 lines deleted...]
-      <c r="L188" s="65">
+      <c r="I188" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J188" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K188" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L188" s="57">
         <v>5.2</v>
       </c>
-      <c r="M188" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M188" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N188" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O188" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="189" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B189" s="2"/>
       <c r="C189" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D189" s="65">
+        <v>8</v>
+      </c>
+      <c r="D189" s="57">
         <v>74.900000000000006</v>
       </c>
-      <c r="E189" s="32">
-[...5 lines deleted...]
-      <c r="G189" s="79">
+      <c r="E189" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F189" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G189" s="62">
         <v>99.2</v>
       </c>
-      <c r="H189" s="38">
+      <c r="H189" s="31">
         <v>0.3</v>
       </c>
-      <c r="I189" s="38">
-[...8 lines deleted...]
-      <c r="L189" s="65">
+      <c r="I189" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J189" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K189" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L189" s="57">
         <v>4.9000000000000004</v>
       </c>
-      <c r="M189" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M189" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N189" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O189" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="190" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B190" s="2"/>
       <c r="C190" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D190" s="65">
+        <v>9</v>
+      </c>
+      <c r="D190" s="57">
         <v>75.2</v>
       </c>
-      <c r="E190" s="32">
-[...5 lines deleted...]
-      <c r="G190" s="79">
+      <c r="E190" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F190" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G190" s="62">
         <v>99.3</v>
       </c>
-      <c r="H190" s="38">
+      <c r="H190" s="31">
         <v>0.3</v>
       </c>
-      <c r="I190" s="38">
-[...8 lines deleted...]
-      <c r="L190" s="65">
+      <c r="I190" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J190" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K190" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L190" s="57">
         <v>3.7</v>
       </c>
-      <c r="M190" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M190" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N190" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O190" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="191" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B191" s="2"/>
       <c r="C191" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D191" s="65">
+        <v>10</v>
+      </c>
+      <c r="D191" s="57">
         <v>75.400000000000006</v>
       </c>
-      <c r="E191" s="32">
-[...5 lines deleted...]
-      <c r="G191" s="79">
+      <c r="E191" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F191" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G191" s="62">
         <v>99.1</v>
       </c>
-      <c r="H191" s="38">
+      <c r="H191" s="31">
         <v>0.4</v>
       </c>
-      <c r="I191" s="38">
-[...8 lines deleted...]
-      <c r="L191" s="65">
+      <c r="I191" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J191" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K191" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L191" s="57">
         <v>3.3</v>
       </c>
-      <c r="M191" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M191" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N191" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O191" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="192" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B192" s="5"/>
       <c r="C192" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D192" s="65">
+        <v>11</v>
+      </c>
+      <c r="D192" s="57">
         <v>75.400000000000006</v>
       </c>
-      <c r="E192" s="32">
-[...5 lines deleted...]
-      <c r="G192" s="79">
+      <c r="E192" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F192" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G192" s="62">
         <v>98.4</v>
       </c>
-      <c r="H192" s="38">
+      <c r="H192" s="31">
         <v>0</v>
       </c>
-      <c r="I192" s="38">
-[...8 lines deleted...]
-      <c r="L192" s="65">
+      <c r="I192" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J192" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K192" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L192" s="57">
         <v>1.6</v>
       </c>
-      <c r="M192" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M192" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N192" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O192" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="193" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B193" s="6"/>
       <c r="C193" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D193" s="65">
+        <v>12</v>
+      </c>
+      <c r="D193" s="57">
         <v>75.3</v>
       </c>
-      <c r="E193" s="32">
-[...5 lines deleted...]
-      <c r="G193" s="79">
+      <c r="E193" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F193" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G193" s="62">
         <v>98.7</v>
       </c>
-      <c r="H193" s="38">
+      <c r="H193" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I193" s="38">
-[...8 lines deleted...]
-      <c r="L193" s="65">
+      <c r="I193" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J193" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K193" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L193" s="57">
         <v>2</v>
       </c>
-      <c r="M193" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M193" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N193" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O193" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="194" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B194" s="6"/>
       <c r="C194" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D194" s="65">
+        <v>13</v>
+      </c>
+      <c r="D194" s="57">
         <v>74.8</v>
       </c>
-      <c r="E194" s="32">
-[...5 lines deleted...]
-      <c r="G194" s="79">
+      <c r="E194" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F194" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G194" s="62">
         <v>98.4</v>
       </c>
-      <c r="H194" s="38">
+      <c r="H194" s="31">
         <v>-0.6</v>
       </c>
-      <c r="I194" s="38">
-[...8 lines deleted...]
-      <c r="L194" s="65">
+      <c r="I194" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J194" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K194" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L194" s="57">
         <v>2.2999999999999998</v>
       </c>
-      <c r="M194" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M194" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N194" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O194" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="195" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B195" s="6"/>
       <c r="C195" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D195" s="65">
+        <v>14</v>
+      </c>
+      <c r="D195" s="57">
         <v>74.900000000000006</v>
       </c>
-      <c r="E195" s="32">
-[...5 lines deleted...]
-      <c r="G195" s="79">
+      <c r="E195" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F195" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G195" s="62">
         <v>98.7</v>
       </c>
-      <c r="H195" s="38">
+      <c r="H195" s="31">
         <v>0.1</v>
       </c>
-      <c r="I195" s="38">
-[...8 lines deleted...]
-      <c r="L195" s="65">
+      <c r="I195" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J195" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K195" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L195" s="57">
         <v>1.9</v>
       </c>
-      <c r="M195" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M195" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N195" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O195" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="196" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B196" s="6"/>
       <c r="C196" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D196" s="65">
+        <v>15</v>
+      </c>
+      <c r="D196" s="57">
         <v>75.3</v>
       </c>
-      <c r="E196" s="32">
-[...5 lines deleted...]
-      <c r="G196" s="79">
+      <c r="E196" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F196" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G196" s="62">
         <v>98.7</v>
       </c>
-      <c r="H196" s="38">
+      <c r="H196" s="31">
         <v>0.6</v>
       </c>
-      <c r="I196" s="38">
-[...8 lines deleted...]
-      <c r="L196" s="65">
+      <c r="I196" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J196" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K196" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L196" s="57">
         <v>1.1000000000000001</v>
       </c>
-      <c r="M196" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M196" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N196" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O196" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="197" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B197" s="6"/>
       <c r="C197" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D197" s="65">
+        <v>16</v>
+      </c>
+      <c r="D197" s="57">
         <v>75</v>
       </c>
-      <c r="E197" s="32">
-[...5 lines deleted...]
-      <c r="G197" s="79">
+      <c r="E197" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F197" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G197" s="62">
         <v>97.4</v>
       </c>
-      <c r="H197" s="38">
+      <c r="H197" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I197" s="38">
-[...8 lines deleted...]
-      <c r="L197" s="65">
+      <c r="I197" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J197" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K197" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L197" s="57">
         <v>0.2</v>
       </c>
-      <c r="M197" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M197" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N197" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O197" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="198" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B198" s="6"/>
       <c r="C198" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D198" s="65">
+        <v>17</v>
+      </c>
+      <c r="D198" s="57">
         <v>74.900000000000006</v>
       </c>
-      <c r="E198" s="32">
-[...5 lines deleted...]
-      <c r="G198" s="79">
+      <c r="E198" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F198" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G198" s="62">
         <v>96.7</v>
       </c>
-      <c r="H198" s="38">
+      <c r="H198" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I198" s="38">
-[...8 lines deleted...]
-      <c r="L198" s="65">
+      <c r="I198" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J198" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K198" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L198" s="57">
         <v>0.4</v>
       </c>
-      <c r="M198" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M198" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N198" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O198" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="199" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B199" s="7"/>
       <c r="C199" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D199" s="64">
+        <v>18</v>
+      </c>
+      <c r="D199" s="56">
         <v>74.8</v>
       </c>
-      <c r="E199" s="34">
-[...5 lines deleted...]
-      <c r="G199" s="80">
+      <c r="E199" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="F199" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="G199" s="63">
         <v>96.7</v>
       </c>
-      <c r="H199" s="39">
+      <c r="H199" s="32">
         <v>-0.2</v>
       </c>
-      <c r="I199" s="39">
-[...8 lines deleted...]
-      <c r="L199" s="64">
+      <c r="I199" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="J199" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="K199" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="L199" s="56">
         <v>0.3</v>
       </c>
-      <c r="M199" s="34">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M199" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N199" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O199" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="200" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B200" s="10" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D200" s="65">
+        <v>7</v>
+      </c>
+      <c r="D200" s="57">
         <v>74.7</v>
       </c>
-      <c r="E200" s="32">
-[...5 lines deleted...]
-      <c r="G200" s="79">
+      <c r="E200" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F200" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G200" s="62">
         <v>96.7</v>
       </c>
-      <c r="H200" s="38">
+      <c r="H200" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I200" s="38">
-[...8 lines deleted...]
-      <c r="L200" s="65">
+      <c r="I200" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J200" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K200" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L200" s="57">
         <v>0.1</v>
       </c>
-      <c r="M200" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M200" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N200" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O200" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="201" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B201" s="2"/>
       <c r="C201" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D201" s="65">
+        <v>8</v>
+      </c>
+      <c r="D201" s="57">
         <v>74.5</v>
       </c>
-      <c r="E201" s="32">
-[...5 lines deleted...]
-      <c r="G201" s="79">
+      <c r="E201" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F201" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G201" s="62">
         <v>96.4</v>
       </c>
-      <c r="H201" s="38">
+      <c r="H201" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I201" s="38">
-[...8 lines deleted...]
-      <c r="L201" s="65">
+      <c r="I201" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J201" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K201" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L201" s="57">
         <v>-0.6</v>
       </c>
-      <c r="M201" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M201" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N201" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O201" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="202" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B202" s="2"/>
       <c r="C202" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D202" s="65">
+        <v>9</v>
+      </c>
+      <c r="D202" s="57">
         <v>74.900000000000006</v>
       </c>
-      <c r="E202" s="32">
-[...5 lines deleted...]
-      <c r="G202" s="79">
+      <c r="E202" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F202" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G202" s="62">
         <v>96.2</v>
       </c>
-      <c r="H202" s="38">
+      <c r="H202" s="31">
         <v>0.5</v>
       </c>
-      <c r="I202" s="38">
-[...8 lines deleted...]
-      <c r="L202" s="65">
+      <c r="I202" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J202" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K202" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L202" s="57">
         <v>-0.4</v>
       </c>
-      <c r="M202" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M202" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N202" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O202" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="203" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B203" s="2"/>
       <c r="C203" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D203" s="65">
+        <v>10</v>
+      </c>
+      <c r="D203" s="57">
         <v>75.099999999999994</v>
       </c>
-      <c r="E203" s="32">
-[...5 lines deleted...]
-      <c r="G203" s="79">
+      <c r="E203" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F203" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G203" s="62">
         <v>96.1</v>
       </c>
-      <c r="H203" s="38">
+      <c r="H203" s="31">
         <v>0.3</v>
       </c>
-      <c r="I203" s="38">
-[...8 lines deleted...]
-      <c r="L203" s="65">
+      <c r="I203" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J203" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K203" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L203" s="57">
         <v>-0.5</v>
       </c>
-      <c r="M203" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M203" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N203" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O203" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="204" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B204" s="5"/>
       <c r="C204" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D204" s="65">
+        <v>11</v>
+      </c>
+      <c r="D204" s="57">
         <v>75.3</v>
       </c>
-      <c r="E204" s="32">
-[...5 lines deleted...]
-      <c r="G204" s="79">
+      <c r="E204" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F204" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G204" s="62">
         <v>96.1</v>
       </c>
-      <c r="H204" s="38">
+      <c r="H204" s="31">
         <v>0.2</v>
       </c>
-      <c r="I204" s="38">
-[...8 lines deleted...]
-      <c r="L204" s="65">
+      <c r="I204" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J204" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K204" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L204" s="57">
         <v>-0.2</v>
       </c>
-      <c r="M204" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M204" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N204" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O204" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="205" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B205" s="6"/>
       <c r="C205" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D205" s="65">
+        <v>12</v>
+      </c>
+      <c r="D205" s="57">
         <v>75</v>
       </c>
-      <c r="E205" s="32">
-[...5 lines deleted...]
-      <c r="G205" s="79">
+      <c r="E205" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F205" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G205" s="62">
         <v>96</v>
       </c>
-      <c r="H205" s="38">
+      <c r="H205" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I205" s="38">
-[...8 lines deleted...]
-      <c r="L205" s="65">
+      <c r="I205" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J205" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K205" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L205" s="57">
         <v>-0.4</v>
       </c>
-      <c r="M205" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M205" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N205" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O205" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="206" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B206" s="6"/>
       <c r="C206" s="3" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D206" s="65">
+        <v>13</v>
+      </c>
+      <c r="D206" s="57">
         <v>74.7</v>
       </c>
-      <c r="E206" s="32">
-[...5 lines deleted...]
-      <c r="G206" s="79">
+      <c r="E206" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F206" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G206" s="62">
         <v>96.1</v>
       </c>
-      <c r="H206" s="38">
+      <c r="H206" s="31">
         <v>-0.4</v>
       </c>
-      <c r="I206" s="38">
-[...8 lines deleted...]
-      <c r="L206" s="65">
+      <c r="I206" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J206" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K206" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L206" s="57">
         <v>-0.1</v>
       </c>
-      <c r="M206" s="32">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="M206" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N206" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O206" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="207" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B207" s="6"/>
       <c r="C207" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D207" s="65">
+        <v>14</v>
+      </c>
+      <c r="D207" s="57">
         <v>74.7</v>
       </c>
-      <c r="E207" s="32">
-[...5 lines deleted...]
-      <c r="G207" s="79">
+      <c r="E207" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F207" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G207" s="62">
         <v>95.5</v>
       </c>
-      <c r="H207" s="38">
+      <c r="H207" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I207" s="38">
+      <c r="I207" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J207" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K207" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L207" s="57">
         <v>-0.3</v>
       </c>
-      <c r="J207" s="38">
-[...15 lines deleted...]
-        <v>52</v>
+      <c r="M207" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N207" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O207" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="208" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B208" s="6"/>
       <c r="C208" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D208" s="65">
+        <v>15</v>
+      </c>
+      <c r="D208" s="57">
         <v>75.2</v>
       </c>
-      <c r="E208" s="32">
-[...5 lines deleted...]
-      <c r="G208" s="79">
+      <c r="E208" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F208" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G208" s="62">
         <v>95.6</v>
       </c>
-      <c r="H208" s="38">
+      <c r="H208" s="31">
         <v>0.7</v>
       </c>
-      <c r="I208" s="38">
-[...8 lines deleted...]
-      <c r="L208" s="65">
+      <c r="I208" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="J208" s="30" t="s">
+        <v>51</v>
+      </c>
+      <c r="K208" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L208" s="57">
         <v>-0.2</v>
       </c>
-      <c r="M208" s="32">
-[...9 lines deleted...]
-    <row r="209" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M208" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N208" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O208" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="209" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B209" s="6"/>
       <c r="C209" s="3" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D209" s="65">
+        <v>16</v>
+      </c>
+      <c r="D209" s="57">
         <v>75.3</v>
       </c>
-      <c r="E209" s="32">
-[...5 lines deleted...]
-      <c r="G209" s="79">
+      <c r="E209" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F209" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G209" s="62">
         <v>95.3</v>
       </c>
-      <c r="H209" s="38">
+      <c r="H209" s="57">
         <v>0.1</v>
       </c>
-      <c r="I209" s="38">
-[...8 lines deleted...]
-      <c r="L209" s="65">
+      <c r="I209" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="J209" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="K209" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L209" s="57">
         <v>0.4</v>
       </c>
-      <c r="M209" s="32">
-[...9 lines deleted...]
-    <row r="210" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M209" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N209" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O209" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P209" s="42"/>
+    </row>
+    <row r="210" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B210" s="6"/>
       <c r="C210" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D210" s="65">
+        <v>17</v>
+      </c>
+      <c r="D210" s="57">
         <v>75.099999999999994</v>
       </c>
-      <c r="E210" s="32">
-[...5 lines deleted...]
-      <c r="G210" s="79">
+      <c r="E210" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="F210" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="G210" s="62">
         <v>94.6</v>
       </c>
-      <c r="H210" s="38">
+      <c r="H210" s="57">
         <v>-0.3</v>
       </c>
-      <c r="I210" s="38">
-[...8 lines deleted...]
-      <c r="L210" s="65">
+      <c r="I210" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="J210" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="K210" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L210" s="57">
         <v>0.2</v>
       </c>
-      <c r="M210" s="32">
-[...9 lines deleted...]
-    <row r="211" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M210" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N210" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O210" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P210" s="42"/>
+    </row>
+    <row r="211" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B211" s="7"/>
       <c r="C211" s="8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D211" s="64">
+        <v>18</v>
+      </c>
+      <c r="D211" s="56">
         <v>74.400000000000006</v>
       </c>
-      <c r="E211" s="34">
-[...5 lines deleted...]
-      <c r="G211" s="80">
+      <c r="E211" s="56">
+        <v>74.7</v>
+      </c>
+      <c r="F211" s="69">
+        <v>73.8</v>
+      </c>
+      <c r="G211" s="63">
         <v>93.5</v>
       </c>
-      <c r="H211" s="39">
+      <c r="H211" s="56">
         <v>-0.9</v>
       </c>
-      <c r="I211" s="39">
-[...8 lines deleted...]
-      <c r="L211" s="64">
+      <c r="I211" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="J211" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="K211" s="56" t="s">
+        <v>51</v>
+      </c>
+      <c r="L211" s="56">
         <v>-0.5</v>
       </c>
-      <c r="M211" s="34">
-[...9 lines deleted...]
-    <row r="212" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M211" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="N211" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="O211" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="P211" s="42"/>
+    </row>
+    <row r="212" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B212" s="10" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D212" s="65">
+        <v>7</v>
+      </c>
+      <c r="D212" s="57">
         <v>74</v>
       </c>
-      <c r="E212" s="32">
-[...5 lines deleted...]
-      <c r="G212" s="79">
+      <c r="E212" s="57">
+        <v>74.2</v>
+      </c>
+      <c r="F212" s="68">
+        <v>73.8</v>
+      </c>
+      <c r="G212" s="62">
         <v>91.3</v>
       </c>
-      <c r="H212" s="38">
+      <c r="H212" s="57">
         <v>-0.5</v>
       </c>
-      <c r="I212" s="38">
+      <c r="I212" s="57">
         <v>-0.7</v>
       </c>
-      <c r="J212" s="38">
+      <c r="J212" s="57">
         <v>-0.1</v>
       </c>
-      <c r="K212" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L212" s="65">
+      <c r="K212" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L212" s="57">
         <v>-0.9</v>
       </c>
-      <c r="M212" s="32">
-[...9 lines deleted...]
-    <row r="213" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M212" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N212" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O212" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P212" s="42"/>
+    </row>
+    <row r="213" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B213" s="2"/>
       <c r="C213" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D213" s="65">
+        <v>8</v>
+      </c>
+      <c r="D213" s="57">
         <v>74.2</v>
       </c>
-      <c r="E213" s="32">
-[...5 lines deleted...]
-      <c r="G213" s="79">
+      <c r="E213" s="57">
+        <v>74.5</v>
+      </c>
+      <c r="F213" s="68">
+        <v>73.8</v>
+      </c>
+      <c r="G213" s="62">
         <v>92.5</v>
       </c>
-      <c r="H213" s="38">
+      <c r="H213" s="57">
         <v>0.2</v>
       </c>
-      <c r="I213" s="38">
+      <c r="I213" s="57">
         <v>0.3</v>
       </c>
-      <c r="J213" s="38">
+      <c r="J213" s="57">
         <v>0</v>
       </c>
-      <c r="K213" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L213" s="65">
+      <c r="K213" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L213" s="57">
         <v>-0.4</v>
       </c>
-      <c r="M213" s="32">
-[...9 lines deleted...]
-    <row r="214" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M213" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N213" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O213" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P213" s="42"/>
+    </row>
+    <row r="214" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B214" s="2"/>
       <c r="C214" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D214" s="65">
+        <v>9</v>
+      </c>
+      <c r="D214" s="57">
         <v>74.900000000000006</v>
       </c>
-      <c r="E214" s="32">
-[...5 lines deleted...]
-      <c r="G214" s="79">
+      <c r="E214" s="57">
+        <v>75.400000000000006</v>
+      </c>
+      <c r="F214" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G214" s="62">
         <v>93.7</v>
       </c>
-      <c r="H214" s="38">
+      <c r="H214" s="57">
         <v>1</v>
       </c>
-      <c r="I214" s="38">
+      <c r="I214" s="57">
         <v>1.3</v>
       </c>
-      <c r="J214" s="38">
+      <c r="J214" s="57">
         <v>-0.2</v>
       </c>
-      <c r="K214" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L214" s="65">
+      <c r="K214" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L214" s="57">
         <v>0.1</v>
       </c>
-      <c r="M214" s="32">
-[...9 lines deleted...]
-    <row r="215" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M214" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N214" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O214" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P214" s="42"/>
+    </row>
+    <row r="215" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B215" s="2"/>
       <c r="C215" s="3" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D215" s="65">
+        <v>10</v>
+      </c>
+      <c r="D215" s="57">
         <v>75</v>
       </c>
-      <c r="E215" s="32">
-[...5 lines deleted...]
-      <c r="G215" s="79">
+      <c r="E215" s="57">
+        <v>75.5</v>
+      </c>
+      <c r="F215" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G215" s="62">
         <v>93.1</v>
       </c>
-      <c r="H215" s="38">
+      <c r="H215" s="57">
         <v>0.1</v>
       </c>
-      <c r="I215" s="38">
+      <c r="I215" s="57">
         <v>0.1</v>
       </c>
-      <c r="J215" s="38">
+      <c r="J215" s="57">
         <v>0</v>
       </c>
-      <c r="K215" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L215" s="65">
+      <c r="K215" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L215" s="57">
         <v>-0.1</v>
       </c>
-      <c r="M215" s="32">
-[...9 lines deleted...]
-    <row r="216" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M215" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N215" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O215" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P215" s="42"/>
+    </row>
+    <row r="216" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B216" s="5"/>
       <c r="C216" s="11" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D216" s="65">
+        <v>11</v>
+      </c>
+      <c r="D216" s="57">
         <v>75.3</v>
       </c>
-      <c r="E216" s="32">
-[...5 lines deleted...]
-      <c r="G216" s="79">
+      <c r="E216" s="57">
+        <v>75.900000000000006</v>
+      </c>
+      <c r="F216" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G216" s="62">
         <v>93.7</v>
       </c>
-      <c r="H216" s="38">
+      <c r="H216" s="57">
         <v>0.4</v>
       </c>
-      <c r="I216" s="38">
+      <c r="I216" s="57">
         <v>0.5</v>
       </c>
-      <c r="J216" s="38">
+      <c r="J216" s="57">
         <v>0.1</v>
       </c>
-      <c r="K216" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L216" s="65">
+      <c r="K216" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L216" s="57">
         <v>0</v>
       </c>
-      <c r="M216" s="32">
-[...9 lines deleted...]
-    <row r="217" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M216" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N216" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O216" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P216" s="42"/>
+    </row>
+    <row r="217" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B217" s="6"/>
       <c r="C217" s="12" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D217" s="65">
+        <v>12</v>
+      </c>
+      <c r="D217" s="57">
         <v>75</v>
       </c>
-      <c r="E217" s="32">
-[...5 lines deleted...]
-      <c r="G217" s="79">
+      <c r="E217" s="57">
+        <v>75.5</v>
+      </c>
+      <c r="F217" s="68">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="G217" s="62">
         <v>93.3</v>
       </c>
-      <c r="H217" s="38">
+      <c r="H217" s="57">
         <v>-0.3</v>
       </c>
-      <c r="I217" s="38">
+      <c r="I217" s="57">
         <v>-0.5</v>
       </c>
-      <c r="J217" s="38">
+      <c r="J217" s="57">
         <v>0.2</v>
       </c>
-      <c r="K217" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L217" s="65">
+      <c r="K217" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L217" s="57">
         <v>0</v>
       </c>
-      <c r="M217" s="32">
-[...9 lines deleted...]
-    <row r="218" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M217" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N217" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O217" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P217" s="42"/>
+    </row>
+    <row r="218" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B218" s="6"/>
       <c r="C218" s="12" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D218" s="65">
+        <v>13</v>
+      </c>
+      <c r="D218" s="57">
         <v>74.400000000000006</v>
       </c>
-      <c r="E218" s="32">
-[...5 lines deleted...]
-      <c r="G218" s="79">
+      <c r="E218" s="57">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="F218" s="68">
+        <v>74.2</v>
+      </c>
+      <c r="G218" s="62">
         <v>92.8</v>
       </c>
-      <c r="H218" s="38">
+      <c r="H218" s="57">
         <v>-0.8</v>
       </c>
-      <c r="I218" s="38">
+      <c r="I218" s="57">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="J218" s="38">
+      <c r="J218" s="57">
         <v>0.4</v>
       </c>
-      <c r="K218" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L218" s="65">
+      <c r="K218" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L218" s="57">
         <v>-0.4</v>
       </c>
-      <c r="M218" s="32">
-[...9 lines deleted...]
-    <row r="219" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M218" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N218" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O218" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P218" s="42"/>
+    </row>
+    <row r="219" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B219" s="6"/>
       <c r="C219" s="12" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D219" s="65">
+        <v>14</v>
+      </c>
+      <c r="D219" s="57">
         <v>74.3</v>
       </c>
-      <c r="E219" s="32">
-[...5 lines deleted...]
-      <c r="G219" s="79">
+      <c r="E219" s="57">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="F219" s="68">
+        <v>74.3</v>
+      </c>
+      <c r="G219" s="62">
         <v>91.5</v>
       </c>
-      <c r="H219" s="38">
+      <c r="H219" s="57">
         <v>-0.2</v>
       </c>
-      <c r="I219" s="38">
+      <c r="I219" s="57">
         <v>-0.3</v>
       </c>
-      <c r="J219" s="38">
+      <c r="J219" s="57">
         <v>0.1</v>
       </c>
-      <c r="K219" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L219" s="65">
+      <c r="K219" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L219" s="57">
         <v>-0.6</v>
       </c>
-      <c r="M219" s="32">
-[...9 lines deleted...]
-    <row r="220" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M219" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N219" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O219" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P219" s="42"/>
+    </row>
+    <row r="220" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B220" s="6"/>
       <c r="C220" s="12" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D220" s="65">
+        <v>15</v>
+      </c>
+      <c r="D220" s="57">
         <v>74.599999999999994</v>
       </c>
-      <c r="E220" s="32">
-[...5 lines deleted...]
-      <c r="G220" s="79">
+      <c r="E220" s="57">
+        <v>74.7</v>
+      </c>
+      <c r="F220" s="68">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="G220" s="62">
         <v>91.1</v>
       </c>
-      <c r="H220" s="38">
+      <c r="H220" s="57">
         <v>0.4</v>
       </c>
-      <c r="I220" s="38">
+      <c r="I220" s="57">
         <v>0.4</v>
       </c>
-      <c r="J220" s="38">
+      <c r="J220" s="57">
         <v>0.5</v>
       </c>
-      <c r="K220" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L220" s="65">
+      <c r="K220" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L220" s="57">
         <v>-0.8</v>
       </c>
-      <c r="M220" s="32">
-[...9 lines deleted...]
-    <row r="221" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M220" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N220" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O220" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P220" s="42"/>
+    </row>
+    <row r="221" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B221" s="6"/>
       <c r="C221" s="12" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D221" s="65">
+        <v>16</v>
+      </c>
+      <c r="D221" s="57">
         <v>74.599999999999994</v>
       </c>
-      <c r="E221" s="32">
-[...5 lines deleted...]
-      <c r="G221" s="79">
+      <c r="E221" s="57">
+        <v>74.900000000000006</v>
+      </c>
+      <c r="F221" s="68">
+        <v>74</v>
+      </c>
+      <c r="G221" s="62">
         <v>91.1</v>
       </c>
-      <c r="H221" s="38">
+      <c r="H221" s="57">
         <v>0.1</v>
       </c>
-      <c r="I221" s="38">
+      <c r="I221" s="57">
         <v>0.3</v>
       </c>
-      <c r="J221" s="38">
+      <c r="J221" s="57">
         <v>-0.8</v>
       </c>
-      <c r="K221" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L221" s="65">
+      <c r="K221" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L221" s="57">
         <v>-0.9</v>
       </c>
-      <c r="M221" s="32">
-[...9 lines deleted...]
-    <row r="222" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M221" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N221" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O221" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P221" s="42"/>
+    </row>
+    <row r="222" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B222" s="6"/>
       <c r="C222" s="12" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D222" s="65">
+        <v>17</v>
+      </c>
+      <c r="D222" s="57">
         <v>74.400000000000006</v>
       </c>
-      <c r="E222" s="32">
-[...5 lines deleted...]
-      <c r="G222" s="79">
+      <c r="E222" s="57">
+        <v>74.7</v>
+      </c>
+      <c r="F222" s="68">
+        <v>73.8</v>
+      </c>
+      <c r="G222" s="62">
         <v>90.5</v>
       </c>
-      <c r="H222" s="38">
+      <c r="H222" s="57">
         <v>-0.3</v>
       </c>
-      <c r="I222" s="38">
+      <c r="I222" s="57">
         <v>-0.2</v>
       </c>
-      <c r="J222" s="38">
+      <c r="J222" s="57">
         <v>-0.3</v>
       </c>
-      <c r="K222" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L222" s="65">
+      <c r="K222" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L222" s="57">
         <v>-0.9</v>
       </c>
-      <c r="M222" s="32">
-[...9 lines deleted...]
-    <row r="223" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M222" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="N222" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="O222" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P222" s="42"/>
+    </row>
+    <row r="223" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B223" s="7"/>
       <c r="C223" s="13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D223" s="64">
+        <v>18</v>
+      </c>
+      <c r="D223" s="56">
         <v>74</v>
       </c>
-      <c r="E223" s="34">
-[...5 lines deleted...]
-      <c r="G223" s="80">
+      <c r="E223" s="56">
+        <v>74.099999999999994</v>
+      </c>
+      <c r="F223" s="69">
+        <v>73.8</v>
+      </c>
+      <c r="G223" s="63">
         <v>89.6</v>
       </c>
-      <c r="H223" s="39">
+      <c r="H223" s="56">
         <v>-0.6</v>
       </c>
-      <c r="I223" s="39">
+      <c r="I223" s="56">
         <v>-0.8</v>
       </c>
-      <c r="J223" s="39">
+      <c r="J223" s="56">
         <v>0.1</v>
       </c>
-      <c r="K223" s="39" t="s">
-[...2 lines deleted...]
-      <c r="L223" s="64">
+      <c r="K223" s="56" t="s">
+        <v>51</v>
+      </c>
+      <c r="L223" s="56">
         <v>-0.6</v>
       </c>
-      <c r="M223" s="34">
+      <c r="M223" s="56">
         <v>-0.8</v>
       </c>
-      <c r="N223" s="34">
+      <c r="N223" s="56">
         <v>0</v>
       </c>
-      <c r="O223" s="48" t="s">
-[...3 lines deleted...]
-    <row r="224" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O223" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="P223" s="42"/>
+    </row>
+    <row r="224" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B224" s="14" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C224" s="12" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D224" s="65">
+        <v>7</v>
+      </c>
+      <c r="D224" s="57">
         <v>73.400000000000006</v>
       </c>
-      <c r="E224" s="32">
-[...5 lines deleted...]
-      <c r="G224" s="79">
+      <c r="E224" s="57">
+        <v>73.400000000000006</v>
+      </c>
+      <c r="F224" s="68">
+        <v>73.8</v>
+      </c>
+      <c r="G224" s="62">
         <v>88.7</v>
       </c>
-      <c r="H224" s="38">
+      <c r="H224" s="57">
         <v>-0.7</v>
       </c>
-      <c r="I224" s="38">
+      <c r="I224" s="57">
         <v>-1</v>
       </c>
-      <c r="J224" s="38">
+      <c r="J224" s="57">
         <v>0</v>
       </c>
-      <c r="K224" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L224" s="65">
+      <c r="K224" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L224" s="57">
         <v>-0.8</v>
       </c>
-      <c r="M224" s="32">
+      <c r="M224" s="57">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="N224" s="32">
+      <c r="N224" s="57">
         <v>0.1</v>
       </c>
-      <c r="O224" s="47" t="s">
-[...3 lines deleted...]
-    <row r="225" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O224" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P224" s="42"/>
+    </row>
+    <row r="225" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B225" s="2"/>
       <c r="C225" s="12" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D225" s="65">
+        <v>8</v>
+      </c>
+      <c r="D225" s="57">
         <v>73.2</v>
       </c>
-      <c r="E225" s="32">
-[...5 lines deleted...]
-      <c r="G225" s="79">
+      <c r="E225" s="57">
+        <v>73.099999999999994</v>
+      </c>
+      <c r="F225" s="68">
+        <v>73.8</v>
+      </c>
+      <c r="G225" s="62">
         <v>88</v>
       </c>
-      <c r="H225" s="38">
+      <c r="H225" s="57">
         <v>-0.3</v>
       </c>
-      <c r="I225" s="38">
+      <c r="I225" s="57">
         <v>-0.4</v>
       </c>
-      <c r="J225" s="38">
+      <c r="J225" s="57">
         <v>0</v>
       </c>
-      <c r="K225" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L225" s="65">
+      <c r="K225" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L225" s="57">
         <v>-1.4</v>
       </c>
-      <c r="M225" s="32">
+      <c r="M225" s="57">
         <v>-1.9</v>
       </c>
-      <c r="N225" s="32">
+      <c r="N225" s="57">
         <v>0</v>
       </c>
-      <c r="O225" s="47" t="s">
-[...3 lines deleted...]
-    <row r="226" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O225" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P225" s="42"/>
+    </row>
+    <row r="226" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B226" s="2"/>
       <c r="C226" s="12" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D226" s="65">
+        <v>9</v>
+      </c>
+      <c r="D226" s="57">
         <v>73.7</v>
       </c>
-      <c r="E226" s="32">
-[...5 lines deleted...]
-      <c r="G226" s="79">
+      <c r="E226" s="57">
+        <v>73.8</v>
+      </c>
+      <c r="F226" s="68">
+        <v>73.8</v>
+      </c>
+      <c r="G226" s="62">
         <v>89</v>
       </c>
-      <c r="H226" s="38">
+      <c r="H226" s="57">
         <v>0.7</v>
       </c>
-      <c r="I226" s="38">
+      <c r="I226" s="57">
         <v>1</v>
       </c>
-      <c r="J226" s="38">
+      <c r="J226" s="57">
         <v>-0.1</v>
       </c>
-      <c r="K226" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L226" s="65">
+      <c r="K226" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L226" s="57">
         <v>-1.7</v>
       </c>
-      <c r="M226" s="32">
+      <c r="M226" s="57">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="N226" s="32">
+      <c r="N226" s="57">
         <v>0.1</v>
       </c>
-      <c r="O226" s="47" t="s">
-[...3 lines deleted...]
-    <row r="227" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O226" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P226" s="42"/>
+    </row>
+    <row r="227" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B227" s="2"/>
       <c r="C227" s="12" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D227" s="65">
+        <v>10</v>
+      </c>
+      <c r="D227" s="57">
         <v>73.7</v>
       </c>
-      <c r="E227" s="32">
-[...5 lines deleted...]
-      <c r="G227" s="79">
+      <c r="E227" s="57">
+        <v>73.8</v>
+      </c>
+      <c r="F227" s="68">
+        <v>73.8</v>
+      </c>
+      <c r="G227" s="62">
         <v>87.7</v>
       </c>
-      <c r="H227" s="38">
+      <c r="H227" s="57">
         <v>0.1</v>
       </c>
-      <c r="I227" s="38">
+      <c r="I227" s="57">
         <v>0.1</v>
       </c>
-      <c r="J227" s="38">
+      <c r="J227" s="57">
         <v>0.1</v>
       </c>
-      <c r="K227" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L227" s="65">
+      <c r="K227" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L227" s="57">
         <v>-1.7</v>
       </c>
-      <c r="M227" s="32">
+      <c r="M227" s="57">
         <v>-2.2999999999999998</v>
       </c>
-      <c r="N227" s="32">
+      <c r="N227" s="57">
         <v>0.2</v>
       </c>
-      <c r="O227" s="47" t="s">
-[...3 lines deleted...]
-    <row r="228" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O227" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P227" s="42"/>
+    </row>
+    <row r="228" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B228" s="5"/>
       <c r="C228" s="12" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D228" s="65">
+        <v>11</v>
+      </c>
+      <c r="D228" s="57">
         <v>73.900000000000006</v>
       </c>
-      <c r="E228" s="32">
-[...5 lines deleted...]
-      <c r="G228" s="79">
+      <c r="E228" s="57">
+        <v>74.099999999999994</v>
+      </c>
+      <c r="F228" s="68">
+        <v>73.599999999999994</v>
+      </c>
+      <c r="G228" s="62">
         <v>87.8</v>
       </c>
-      <c r="H228" s="38">
+      <c r="H228" s="57">
         <v>0.2</v>
       </c>
-      <c r="I228" s="38">
+      <c r="I228" s="57">
         <v>0.4</v>
       </c>
-      <c r="J228" s="38">
+      <c r="J228" s="57">
         <v>-0.3</v>
       </c>
-      <c r="K228" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L228" s="65">
+      <c r="K228" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="L228" s="57">
         <v>-1.8</v>
       </c>
-      <c r="M228" s="32">
+      <c r="M228" s="57">
         <v>-2.2999999999999998</v>
       </c>
-      <c r="N228" s="32">
+      <c r="N228" s="57">
         <v>-0.2</v>
       </c>
-      <c r="O228" s="47" t="s">
-[...3 lines deleted...]
-    <row r="229" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O228" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="P228" s="42"/>
+    </row>
+    <row r="229" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B229" s="6"/>
       <c r="C229" s="12" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D229" s="65">
+        <v>12</v>
+      </c>
+      <c r="D229" s="57">
         <v>73.8</v>
       </c>
-      <c r="E229" s="32">
-[...5 lines deleted...]
-      <c r="G229" s="79">
+      <c r="E229" s="57">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="F229" s="68">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="G229" s="62">
         <v>88.8</v>
       </c>
-      <c r="H229" s="38">
+      <c r="H229" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I229" s="38">
+      <c r="I229" s="31">
         <v>-0.3</v>
       </c>
-      <c r="J229" s="38">
+      <c r="J229" s="31">
         <v>0.3</v>
       </c>
-      <c r="K229" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L229" s="65">
+      <c r="K229" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L229" s="57">
         <v>-1.6</v>
       </c>
-      <c r="M229" s="32">
+      <c r="M229" s="57">
         <v>-2</v>
       </c>
-      <c r="N229" s="32">
+      <c r="N229" s="57">
         <v>-0.1</v>
       </c>
-      <c r="O229" s="47" t="s">
-[...3 lines deleted...]
-    <row r="230" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O229" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="230" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B230" s="6"/>
       <c r="C230" s="12" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D230" s="65">
+        <v>13</v>
+      </c>
+      <c r="D230" s="57">
         <v>73.3</v>
       </c>
-      <c r="E230" s="32">
-[...5 lines deleted...]
-      <c r="G230" s="79">
+      <c r="E230" s="57">
+        <v>73.099999999999994</v>
+      </c>
+      <c r="F230" s="68">
+        <v>74.099999999999994</v>
+      </c>
+      <c r="G230" s="62">
         <v>88.2</v>
       </c>
-      <c r="H230" s="38">
+      <c r="H230" s="31">
         <v>-0.7</v>
       </c>
-      <c r="I230" s="38">
+      <c r="I230" s="31">
         <v>-1.2</v>
       </c>
-      <c r="J230" s="38">
+      <c r="J230" s="31">
         <v>0.4</v>
       </c>
-      <c r="K230" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L230" s="65">
+      <c r="K230" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L230" s="57">
         <v>-1.5</v>
       </c>
-      <c r="M230" s="32">
+      <c r="M230" s="57">
         <v>-2.1</v>
       </c>
-      <c r="N230" s="32">
+      <c r="N230" s="57">
         <v>0</v>
       </c>
-      <c r="O230" s="47" t="s">
-[...3 lines deleted...]
-    <row r="231" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O230" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="231" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B231" s="6"/>
       <c r="C231" s="12" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D231" s="65">
+        <v>14</v>
+      </c>
+      <c r="D231" s="57">
         <v>73.099999999999994</v>
       </c>
-      <c r="E231" s="32">
-[...5 lines deleted...]
-      <c r="G231" s="79">
+      <c r="E231" s="57">
+        <v>72.8</v>
+      </c>
+      <c r="F231" s="68">
+        <v>74.2</v>
+      </c>
+      <c r="G231" s="62">
         <v>87</v>
       </c>
-      <c r="H231" s="38">
+      <c r="H231" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I231" s="38">
+      <c r="I231" s="31">
         <v>-0.3</v>
       </c>
-      <c r="J231" s="38">
+      <c r="J231" s="31">
         <v>0.1</v>
       </c>
-      <c r="K231" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L231" s="65">
+      <c r="K231" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L231" s="57">
         <v>-1.5</v>
       </c>
-      <c r="M231" s="32">
+      <c r="M231" s="57">
         <v>-2.1</v>
       </c>
-      <c r="N231" s="32">
+      <c r="N231" s="57">
         <v>-0.1</v>
       </c>
-      <c r="O231" s="47" t="s">
-[...3 lines deleted...]
-    <row r="232" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O231" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="232" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B232" s="6"/>
       <c r="C232" s="12" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D232" s="65">
+        <v>15</v>
+      </c>
+      <c r="D232" s="57">
         <v>73.900000000000006</v>
       </c>
-      <c r="E232" s="32">
-[...5 lines deleted...]
-      <c r="G232" s="79">
+      <c r="E232" s="57">
+        <v>74</v>
+      </c>
+      <c r="F232" s="68">
+        <v>73.900000000000006</v>
+      </c>
+      <c r="G232" s="62">
         <v>88.3</v>
       </c>
-      <c r="H232" s="38">
+      <c r="H232" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I232" s="38">
+      <c r="I232" s="31">
         <v>1.6</v>
       </c>
-      <c r="J232" s="38">
+      <c r="J232" s="31">
         <v>-0.4</v>
       </c>
-      <c r="K232" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L232" s="65">
+      <c r="K232" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L232" s="57">
         <v>-0.9</v>
       </c>
-      <c r="M232" s="32">
+      <c r="M232" s="57">
         <v>-0.9</v>
       </c>
-      <c r="N232" s="32">
+      <c r="N232" s="57">
         <v>-1</v>
       </c>
-      <c r="O232" s="47" t="s">
-[...3 lines deleted...]
-    <row r="233" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O232" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="233" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B233" s="6"/>
       <c r="C233" s="12" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D233" s="65">
+        <v>16</v>
+      </c>
+      <c r="D233" s="57">
         <v>74.2</v>
       </c>
-      <c r="E233" s="32">
-[...5 lines deleted...]
-      <c r="G233" s="79">
+      <c r="E233" s="57">
+        <v>74.5</v>
+      </c>
+      <c r="F233" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G233" s="62">
         <v>89.2</v>
       </c>
-      <c r="H233" s="38">
+      <c r="H233" s="31">
         <v>0.4</v>
       </c>
-      <c r="I233" s="38">
+      <c r="I233" s="31">
         <v>0.6</v>
       </c>
-      <c r="J233" s="38">
+      <c r="J233" s="31">
         <v>-0.2</v>
       </c>
-      <c r="K233" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L233" s="65">
+      <c r="K233" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L233" s="57">
         <v>-0.5</v>
       </c>
-      <c r="M233" s="32">
+      <c r="M233" s="57">
         <v>-0.5</v>
       </c>
-      <c r="N233" s="32">
+      <c r="N233" s="57">
         <v>-0.4</v>
       </c>
-      <c r="O233" s="47" t="s">
-[...3 lines deleted...]
-    <row r="234" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O233" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="234" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B234" s="6"/>
       <c r="C234" s="12" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D234" s="65">
+        <v>17</v>
+      </c>
+      <c r="D234" s="57">
         <v>74.2</v>
       </c>
-      <c r="E234" s="32">
-[...5 lines deleted...]
-      <c r="G234" s="79">
+      <c r="E234" s="57">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="F234" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G234" s="62">
         <v>88.1</v>
       </c>
-      <c r="H234" s="38">
+      <c r="H234" s="31">
         <v>0</v>
       </c>
-      <c r="I234" s="38">
+      <c r="I234" s="31">
         <v>0.1</v>
       </c>
-      <c r="J234" s="38">
+      <c r="J234" s="31">
         <v>-0.1</v>
       </c>
-      <c r="K234" s="38" t="s">
-[...2 lines deleted...]
-      <c r="L234" s="65">
+      <c r="K234" s="31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L234" s="57">
         <v>-0.2</v>
       </c>
-      <c r="M234" s="32">
+      <c r="M234" s="57">
         <v>-0.2</v>
       </c>
-      <c r="N234" s="32">
+      <c r="N234" s="57">
         <v>-0.2</v>
       </c>
-      <c r="O234" s="47" t="s">
-[...3 lines deleted...]
-    <row r="235" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O234" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="235" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B235" s="7"/>
       <c r="C235" s="13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D235" s="64">
+        <v>18</v>
+      </c>
+      <c r="D235" s="56">
         <v>74.099999999999994</v>
       </c>
-      <c r="E235" s="34">
-[...5 lines deleted...]
-      <c r="G235" s="80">
+      <c r="E235" s="56">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="F235" s="69">
+        <v>73.8</v>
+      </c>
+      <c r="G235" s="63">
         <v>89.7</v>
       </c>
-      <c r="H235" s="39">
+      <c r="H235" s="32">
         <v>-0.2</v>
       </c>
-      <c r="I235" s="39">
-[...2 lines deleted...]
-      <c r="J235" s="39">
+      <c r="I235" s="32">
+        <v>-0.3</v>
+      </c>
+      <c r="J235" s="32">
         <v>0.2</v>
       </c>
-      <c r="K235" s="39" t="s">
-[...2 lines deleted...]
-      <c r="L235" s="64">
+      <c r="K235" s="32" t="s">
+        <v>51</v>
+      </c>
+      <c r="L235" s="56">
         <v>0.2</v>
       </c>
-      <c r="M235" s="34">
+      <c r="M235" s="56">
         <v>0.3</v>
       </c>
-      <c r="N235" s="34">
-[...6 lines deleted...]
-    <row r="236" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N235" s="56">
+        <v>-0.1</v>
+      </c>
+      <c r="O235" s="40" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="236" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B236" s="14" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C236" s="12" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D236" s="65">
+        <v>7</v>
+      </c>
+      <c r="D236" s="57">
         <v>74.099999999999994</v>
       </c>
-      <c r="E236" s="32">
-[...5 lines deleted...]
-      <c r="G236" s="79">
+      <c r="E236" s="57">
+        <v>74.3</v>
+      </c>
+      <c r="F236" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G236" s="62">
         <v>90.3</v>
       </c>
-      <c r="H236" s="38">
+      <c r="H236" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I236" s="38">
-[...5 lines deleted...]
-      <c r="K236" s="37">
+      <c r="I236" s="31">
+        <v>-0.1</v>
+      </c>
+      <c r="J236" s="31">
+        <v>-0.1</v>
+      </c>
+      <c r="K236" s="30">
         <v>0.6</v>
       </c>
-      <c r="L236" s="65">
+      <c r="L236" s="57">
         <v>0.9</v>
       </c>
-      <c r="M236" s="32">
-[...9 lines deleted...]
-    <row r="237" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="M236" s="57">
+        <v>1.2</v>
+      </c>
+      <c r="N236" s="57">
+        <v>-0.2</v>
+      </c>
+      <c r="O236" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="237" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B237" s="2"/>
       <c r="C237" s="11" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D237" s="65">
+        <v>8</v>
+      </c>
+      <c r="D237" s="57">
         <v>74.2</v>
       </c>
-      <c r="E237" s="32">
-[...5 lines deleted...]
-      <c r="G237" s="79">
+      <c r="E237" s="57">
+        <v>74.5</v>
+      </c>
+      <c r="F237" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G237" s="62">
         <v>90.3</v>
       </c>
-      <c r="H237" s="40">
+      <c r="H237" s="33">
         <v>0.2</v>
       </c>
-      <c r="I237" s="40">
+      <c r="I237" s="33">
         <v>0.3</v>
       </c>
-      <c r="J237" s="40">
+      <c r="J237" s="33">
         <v>0</v>
       </c>
-      <c r="K237" s="37">
+      <c r="K237" s="30">
         <v>0</v>
       </c>
       <c r="L237" s="23">
         <v>1.4</v>
       </c>
       <c r="M237" s="23">
         <v>2</v>
       </c>
       <c r="N237" s="24">
-        <v>-9.9999999999994316E-2</v>
-[...5 lines deleted...]
-    <row r="238" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-0.1</v>
+      </c>
+      <c r="O237" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="238" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B238" s="2"/>
       <c r="C238" s="12" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D238" s="65">
+        <v>9</v>
+      </c>
+      <c r="D238" s="57">
         <v>74.5</v>
       </c>
-      <c r="E238" s="32">
-[...5 lines deleted...]
-      <c r="G238" s="79">
+      <c r="E238" s="57">
+        <v>74.8</v>
+      </c>
+      <c r="F238" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G238" s="62">
         <v>89.9</v>
       </c>
-      <c r="H238" s="40">
+      <c r="H238" s="33">
         <v>0.3</v>
       </c>
-      <c r="I238" s="40">
+      <c r="I238" s="33">
         <v>0.5</v>
       </c>
-      <c r="J238" s="40">
+      <c r="J238" s="33">
         <v>-0.1</v>
       </c>
-      <c r="K238" s="37">
+      <c r="K238" s="30">
         <v>-0.44296788482833449</v>
       </c>
       <c r="L238" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="M238" s="23">
         <v>1.5</v>
       </c>
       <c r="N238" s="23">
         <v>-0.1</v>
       </c>
-      <c r="O238" s="47" t="s">
-[...3 lines deleted...]
-    <row r="239" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O238" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="239" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B239" s="2"/>
       <c r="C239" s="11" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D239" s="65">
+        <v>10</v>
+      </c>
+      <c r="D239" s="57">
         <v>74.8</v>
       </c>
-      <c r="E239" s="32">
-[...5 lines deleted...]
-      <c r="G239" s="79">
+      <c r="E239" s="57">
+        <v>75.3</v>
+      </c>
+      <c r="F239" s="68">
+        <v>73.599999999999994</v>
+      </c>
+      <c r="G239" s="62">
         <v>90.3</v>
       </c>
-      <c r="H239" s="40">
+      <c r="H239" s="33">
         <v>0.5</v>
       </c>
-      <c r="I239" s="40">
+      <c r="I239" s="33">
         <v>0.7</v>
       </c>
-      <c r="J239" s="40">
+      <c r="J239" s="33">
         <v>0</v>
       </c>
-      <c r="K239" s="37">
+      <c r="K239" s="30">
         <v>0.44493882091212811</v>
       </c>
       <c r="L239" s="23">
         <v>1.4</v>
       </c>
       <c r="M239" s="23">
         <v>2.1</v>
       </c>
       <c r="N239" s="23">
         <v>-0.2</v>
       </c>
-      <c r="O239" s="47" t="s">
-[...3 lines deleted...]
-    <row r="240" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O239" s="39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="240" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B240" s="5"/>
       <c r="C240" s="11" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D240" s="65">
+        <v>10</v>
+      </c>
+      <c r="D240" s="57">
         <v>74.7</v>
       </c>
-      <c r="E240" s="32">
-[...5 lines deleted...]
-      <c r="G240" s="79">
+      <c r="E240" s="57">
+        <v>75.2</v>
+      </c>
+      <c r="F240" s="68">
+        <v>73.7</v>
+      </c>
+      <c r="G240" s="62">
         <v>89.8</v>
       </c>
-      <c r="H240" s="40">
+      <c r="H240" s="33">
         <v>-0.2</v>
       </c>
-      <c r="I240" s="40">
+      <c r="I240" s="33">
         <v>-0.2</v>
       </c>
-      <c r="J240" s="40">
+      <c r="J240" s="33">
         <v>0</v>
       </c>
-      <c r="K240" s="37">
+      <c r="K240" s="30">
         <v>-0.5</v>
       </c>
       <c r="L240" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="M240" s="23">
         <v>1.4</v>
       </c>
       <c r="N240" s="23">
         <v>0.1</v>
       </c>
-      <c r="O240" s="47" t="s">
-        <v>52</v>
+      <c r="O240" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="241" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B241" s="6"/>
       <c r="C241" s="11" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D241" s="65">
+        <v>12</v>
+      </c>
+      <c r="D241" s="57">
         <v>74.3</v>
       </c>
-      <c r="E241" s="32">
-[...5 lines deleted...]
-      <c r="G241" s="79">
+      <c r="E241" s="57">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="F241" s="68">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="G241" s="62">
         <v>89.1</v>
       </c>
-      <c r="H241" s="40">
+      <c r="H241" s="33">
         <v>-0.5</v>
       </c>
-      <c r="I241" s="40">
+      <c r="I241" s="33">
         <v>-1</v>
       </c>
-      <c r="J241" s="40">
+      <c r="J241" s="33">
         <v>1</v>
       </c>
-      <c r="K241" s="37">
+      <c r="K241" s="30">
         <v>-0.7</v>
       </c>
       <c r="L241" s="23">
         <v>0.7</v>
       </c>
       <c r="M241" s="23">
-        <v>0.70000000000000284</v>
+        <v>0.7</v>
       </c>
       <c r="N241" s="23">
         <v>0.8</v>
       </c>
-      <c r="O241" s="47" t="s">
-        <v>52</v>
+      <c r="O241" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="242" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B242" s="6"/>
       <c r="C242" s="11" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D242" s="65">
+        <v>13</v>
+      </c>
+      <c r="D242" s="57">
         <v>73.8</v>
       </c>
-      <c r="E242" s="32">
-[...5 lines deleted...]
-      <c r="G242" s="79">
+      <c r="E242" s="57">
+        <v>73.7</v>
+      </c>
+      <c r="F242" s="68">
+        <v>74.5</v>
+      </c>
+      <c r="G242" s="62">
         <v>89.2</v>
       </c>
-      <c r="H242" s="40">
+      <c r="H242" s="33">
         <v>-0.7</v>
       </c>
-      <c r="I242" s="40">
+      <c r="I242" s="33">
         <v>-1</v>
       </c>
-      <c r="J242" s="40">
+      <c r="J242" s="33">
         <v>0.1</v>
       </c>
-      <c r="K242" s="37">
+      <c r="K242" s="30">
         <v>0.11223344556678683</v>
       </c>
       <c r="L242" s="23">
         <v>0.8</v>
       </c>
       <c r="M242" s="23">
         <v>0.8</v>
       </c>
       <c r="N242" s="23">
         <v>0.5</v>
       </c>
-      <c r="O242" s="47" t="s">
-        <v>52</v>
+      <c r="O242" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="243" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B243" s="6"/>
       <c r="C243" s="11" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D243" s="65">
+        <v>14</v>
+      </c>
+      <c r="D243" s="57">
         <v>73.8</v>
       </c>
-      <c r="E243" s="32">
-[...5 lines deleted...]
-      <c r="G243" s="79">
+      <c r="E243" s="57">
+        <v>73.599999999999994</v>
+      </c>
+      <c r="F243" s="68">
+        <v>74.7</v>
+      </c>
+      <c r="G243" s="62">
         <v>89.8</v>
       </c>
-      <c r="H243" s="40">
+      <c r="H243" s="33">
         <v>0</v>
       </c>
-      <c r="I243" s="40">
-[...5 lines deleted...]
-      <c r="K243" s="37">
+      <c r="I243" s="33">
+        <v>-0.1</v>
+      </c>
+      <c r="J243" s="34">
+        <v>0.2</v>
+      </c>
+      <c r="K243" s="30">
         <v>0.6</v>
       </c>
       <c r="L243" s="23">
         <v>1</v>
       </c>
       <c r="M243" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="N243" s="23">
         <v>0.7</v>
       </c>
-      <c r="O243" s="47" t="s">
-        <v>52</v>
+      <c r="O243" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="244" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B244" s="6"/>
       <c r="C244" s="11" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D244" s="65">
+        <v>15</v>
+      </c>
+      <c r="D244" s="57">
         <v>74.900000000000006</v>
       </c>
-      <c r="E244" s="32">
-[...5 lines deleted...]
-      <c r="G244" s="79">
+      <c r="E244" s="57">
+        <v>75.2</v>
+      </c>
+      <c r="F244" s="68">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="G244" s="62">
         <v>90.2</v>
       </c>
-      <c r="H244" s="40">
+      <c r="H244" s="33">
         <v>1.5</v>
       </c>
-      <c r="I244" s="40">
+      <c r="I244" s="33">
         <v>2.1</v>
       </c>
-      <c r="J244" s="41">
+      <c r="J244" s="34">
         <v>-0.2</v>
       </c>
-      <c r="K244" s="37">
+      <c r="K244" s="30">
         <v>0.44543429844100046</v>
       </c>
       <c r="L244" s="23">
         <v>1.4</v>
       </c>
       <c r="M244" s="23">
         <v>1.6</v>
       </c>
       <c r="N244" s="23">
         <v>0.9</v>
       </c>
-      <c r="O244" s="47" t="s">
-        <v>52</v>
+      <c r="O244" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="245" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B245" s="6"/>
       <c r="C245" s="11" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D245" s="65">
+        <v>16</v>
+      </c>
+      <c r="D245" s="57">
         <v>75.3</v>
       </c>
-      <c r="E245" s="32">
-[...5 lines deleted...]
-      <c r="G245" s="79">
+      <c r="E245" s="57">
+        <v>75.7</v>
+      </c>
+      <c r="F245" s="68">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="G245" s="62">
         <v>90.4</v>
       </c>
-      <c r="H245" s="40">
+      <c r="H245" s="33">
         <v>0.4</v>
       </c>
-      <c r="I245" s="40">
+      <c r="I245" s="33">
         <v>0.7</v>
       </c>
-      <c r="J245" s="40">
+      <c r="J245" s="33">
         <v>-0.2</v>
       </c>
-      <c r="K245" s="37">
+      <c r="K245" s="30">
         <v>0.3</v>
       </c>
       <c r="L245" s="23">
         <v>1.4</v>
       </c>
       <c r="M245" s="23">
         <v>1.6</v>
       </c>
       <c r="N245" s="23">
         <v>0.9</v>
       </c>
-      <c r="O245" s="47" t="s">
-        <v>52</v>
+      <c r="O245" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="246" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B246" s="6"/>
       <c r="C246" s="11" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D246" s="65">
+        <v>17</v>
+      </c>
+      <c r="D246" s="57">
         <v>75.3</v>
       </c>
-      <c r="E246" s="32">
-[...5 lines deleted...]
-      <c r="G246" s="79">
+      <c r="E246" s="57">
+        <v>75.7</v>
+      </c>
+      <c r="F246" s="68">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="G246" s="62">
         <v>91.6</v>
       </c>
-      <c r="H246" s="40">
+      <c r="H246" s="33">
         <v>0</v>
       </c>
-      <c r="I246" s="40">
+      <c r="I246" s="33">
         <v>0</v>
       </c>
-      <c r="J246" s="40">
+      <c r="J246" s="33">
         <v>0</v>
       </c>
-      <c r="K246" s="37">
+      <c r="K246" s="30">
         <v>1.3274336283185733</v>
       </c>
       <c r="L246" s="23">
         <v>1.4</v>
       </c>
       <c r="M246" s="23">
         <v>1.5</v>
       </c>
       <c r="N246" s="23">
         <v>1</v>
       </c>
-      <c r="O246" s="47" t="s">
-        <v>52</v>
+      <c r="O246" s="39" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="247" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B247" s="7"/>
       <c r="C247" s="15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D247" s="64">
+        <v>18</v>
+      </c>
+      <c r="D247" s="56">
         <v>75</v>
       </c>
-      <c r="E247" s="34">
-[...5 lines deleted...]
-      <c r="G247" s="80">
+      <c r="E247" s="56">
+        <v>75.3</v>
+      </c>
+      <c r="F247" s="69">
+        <v>74.5</v>
+      </c>
+      <c r="G247" s="63">
         <v>91.5</v>
       </c>
-      <c r="H247" s="42">
+      <c r="H247" s="35">
         <v>-0.3</v>
       </c>
-      <c r="I247" s="42">
+      <c r="I247" s="35">
         <v>-0.5</v>
       </c>
-      <c r="J247" s="42">
+      <c r="J247" s="35">
         <v>0.1</v>
       </c>
-      <c r="K247" s="51">
+      <c r="K247" s="43">
         <v>-0.10917030567685515</v>
       </c>
       <c r="L247" s="25">
         <v>1.2</v>
       </c>
       <c r="M247" s="25">
         <v>1.3</v>
       </c>
       <c r="N247" s="25">
         <v>1</v>
       </c>
-      <c r="O247" s="48" t="s">
-        <v>52</v>
+      <c r="O247" s="40" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="248" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B248" s="14" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C248" s="11" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D248" s="65">
+        <v>7</v>
+      </c>
+      <c r="D248" s="57">
         <v>74.900000000000006</v>
       </c>
-      <c r="E248" s="32">
-[...5 lines deleted...]
-      <c r="G248" s="79">
+      <c r="E248" s="57">
+        <v>75.099999999999994</v>
+      </c>
+      <c r="F248" s="68">
+        <v>74.5</v>
+      </c>
+      <c r="G248" s="62">
         <v>91.6</v>
       </c>
-      <c r="H248" s="40">
+      <c r="H248" s="33">
         <v>-0.2</v>
       </c>
-      <c r="I248" s="40">
+      <c r="I248" s="33">
         <v>-0.3</v>
       </c>
-      <c r="J248" s="40">
+      <c r="J248" s="33">
         <v>0</v>
       </c>
-      <c r="K248" s="37">
+      <c r="K248" s="30">
         <v>0.1092896174863256</v>
       </c>
       <c r="L248" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="M248" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="N248" s="23">
         <v>1</v>
       </c>
-      <c r="O248" s="47">
+      <c r="O248" s="39">
         <v>1.5</v>
       </c>
     </row>
     <row r="249" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B249" s="2"/>
       <c r="C249" s="11" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D249" s="65">
+        <v>8</v>
+      </c>
+      <c r="D249" s="57">
         <v>74.8</v>
       </c>
-      <c r="E249" s="32">
-[...5 lines deleted...]
-      <c r="G249" s="79">
+      <c r="E249" s="57">
+        <v>75</v>
+      </c>
+      <c r="F249" s="68">
+        <v>74.5</v>
+      </c>
+      <c r="G249" s="62">
         <v>91.2</v>
       </c>
-      <c r="H249" s="40">
+      <c r="H249" s="33">
         <v>-0.1</v>
       </c>
-      <c r="I249" s="40">
+      <c r="I249" s="33">
         <v>-0.1</v>
       </c>
-      <c r="J249" s="40">
+      <c r="J249" s="33">
         <v>0</v>
       </c>
-      <c r="K249" s="37">
+      <c r="K249" s="30">
         <v>-0.5</v>
       </c>
       <c r="L249" s="23">
         <v>0.8</v>
       </c>
       <c r="M249" s="23">
         <v>0.7</v>
       </c>
       <c r="N249" s="23">
         <v>1</v>
       </c>
-      <c r="O249" s="47">
+      <c r="O249" s="39">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B250" s="2"/>
       <c r="C250" s="11" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D250" s="65">
+        <v>9</v>
+      </c>
+      <c r="D250" s="57">
         <v>75.3</v>
       </c>
-      <c r="E250" s="32">
-[...5 lines deleted...]
-      <c r="G250" s="79">
+      <c r="E250" s="57">
+        <v>75.7</v>
+      </c>
+      <c r="F250" s="68">
+        <v>74.400000000000006</v>
+      </c>
+      <c r="G250" s="62">
         <v>91.1</v>
       </c>
-      <c r="H250" s="40">
+      <c r="H250" s="33">
         <v>0.6</v>
       </c>
-      <c r="I250" s="40">
+      <c r="I250" s="33">
         <v>0.9</v>
       </c>
-      <c r="J250" s="40">
+      <c r="J250" s="33">
         <v>-0.1</v>
       </c>
-      <c r="K250" s="37">
+      <c r="K250" s="30">
         <v>-0.10964912280702777</v>
       </c>
       <c r="L250" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="M250" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="N250" s="23">
         <v>1</v>
       </c>
-      <c r="O250" s="47">
+      <c r="O250" s="39">
         <v>1.2</v>
       </c>
     </row>
     <row r="251" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B251" s="2"/>
       <c r="C251" s="11" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D251" s="65">
+        <v>10</v>
+      </c>
+      <c r="D251" s="57">
         <v>75.8</v>
       </c>
-      <c r="E251" s="32">
-[...5 lines deleted...]
-      <c r="G251" s="79">
+      <c r="E251" s="57">
+        <v>76.400000000000006</v>
+      </c>
+      <c r="F251" s="68">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="G251" s="62">
         <v>91.5</v>
       </c>
-      <c r="H251" s="40">
+      <c r="H251" s="33">
         <v>0.7</v>
       </c>
-      <c r="I251" s="40">
+      <c r="I251" s="33">
         <v>0.9</v>
       </c>
-      <c r="J251" s="40">
+      <c r="J251" s="33">
         <v>0.2</v>
       </c>
-      <c r="K251" s="37">
+      <c r="K251" s="30">
         <v>0.5</v>
       </c>
       <c r="L251" s="23">
         <v>1.3</v>
       </c>
       <c r="M251" s="23">
         <v>1.4</v>
       </c>
       <c r="N251" s="23">
         <v>1.3</v>
       </c>
-      <c r="O251" s="47">
+      <c r="O251" s="39">
         <v>1.4</v>
       </c>
     </row>
     <row r="252" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B252" s="5"/>
       <c r="C252" s="11" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D252" s="65">
+        <v>11</v>
+      </c>
+      <c r="D252" s="57">
         <v>76.099999999999994</v>
       </c>
-      <c r="E252" s="32">
-[...5 lines deleted...]
-      <c r="G252" s="79">
+      <c r="E252" s="57">
+        <v>76.7</v>
+      </c>
+      <c r="F252" s="68">
+        <v>74.599999999999994</v>
+      </c>
+      <c r="G252" s="62">
         <v>92.3</v>
       </c>
-      <c r="H252" s="40">
+      <c r="H252" s="33">
         <v>0.4</v>
       </c>
-      <c r="I252" s="40">
+      <c r="I252" s="33">
         <v>0.5</v>
       </c>
-      <c r="J252" s="40">
+      <c r="J252" s="33">
         <v>0.1</v>
       </c>
-      <c r="K252" s="37">
+      <c r="K252" s="30">
         <v>0.8</v>
       </c>
       <c r="L252" s="23">
         <v>1.9</v>
       </c>
       <c r="M252" s="23">
         <v>2.1</v>
       </c>
       <c r="N252" s="23">
         <v>1.3</v>
       </c>
-      <c r="O252" s="47">
+      <c r="O252" s="39">
         <v>2.9</v>
       </c>
     </row>
     <row r="253" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B253" s="6"/>
       <c r="C253" s="11" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D253" s="65">
+        <v>12</v>
+      </c>
+      <c r="D253" s="57">
         <v>76.099999999999994</v>
       </c>
-      <c r="E253" s="32">
-[...5 lines deleted...]
-      <c r="G253" s="79">
+      <c r="E253" s="57">
+        <v>76.599999999999994</v>
+      </c>
+      <c r="F253" s="68">
+        <v>75.2</v>
+      </c>
+      <c r="G253" s="62">
         <v>92.2</v>
       </c>
-      <c r="H253" s="38">
+      <c r="H253" s="31">
         <v>0</v>
       </c>
-      <c r="I253" s="38">
+      <c r="I253" s="31">
         <v>-0.2</v>
       </c>
-      <c r="J253" s="38">
+      <c r="J253" s="31">
         <v>0.7</v>
       </c>
-      <c r="K253" s="37">
+      <c r="K253" s="30">
         <v>-0.1</v>
       </c>
-      <c r="L253" s="65">
+      <c r="L253" s="57">
         <v>2.4</v>
       </c>
-      <c r="M253" s="32">
+      <c r="M253" s="57">
         <v>2.9</v>
       </c>
-      <c r="N253" s="32">
+      <c r="N253" s="57">
         <v>1</v>
       </c>
-      <c r="O253" s="47">
+      <c r="O253" s="39">
         <v>3.4</v>
       </c>
     </row>
     <row r="254" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B254" s="6"/>
       <c r="C254" s="11" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D254" s="65">
+        <v>13</v>
+      </c>
+      <c r="D254" s="57">
         <v>75.400000000000006</v>
       </c>
-      <c r="E254" s="32">
-[...5 lines deleted...]
-      <c r="G254" s="79">
+      <c r="E254" s="57">
+        <v>75.400000000000006</v>
+      </c>
+      <c r="F254" s="68">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="G254" s="62">
         <v>92.8</v>
       </c>
-      <c r="H254" s="40">
+      <c r="H254" s="33">
         <v>-0.9</v>
       </c>
-      <c r="I254" s="40">
+      <c r="I254" s="33">
         <v>-1.5</v>
       </c>
-      <c r="J254" s="40">
+      <c r="J254" s="33">
         <v>0.6</v>
       </c>
-      <c r="K254" s="37">
+      <c r="K254" s="30">
         <v>0.65075921908892553</v>
       </c>
       <c r="L254" s="23">
         <v>2.1</v>
       </c>
       <c r="M254" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="N254" s="23">
         <v>1.4</v>
       </c>
-      <c r="O254" s="47">
+      <c r="O254" s="39">
         <v>4</v>
       </c>
     </row>
     <row r="255" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B255" s="6"/>
       <c r="C255" s="11" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D255" s="65">
+        <v>14</v>
+      </c>
+      <c r="D255" s="57">
         <v>75.400000000000006</v>
       </c>
-      <c r="E255" s="32">
-[...5 lines deleted...]
-      <c r="G255" s="79">
+      <c r="E255" s="57">
+        <v>75.3</v>
+      </c>
+      <c r="F255" s="68">
+        <v>75.7</v>
+      </c>
+      <c r="G255" s="62">
         <v>92.9</v>
       </c>
-      <c r="H255" s="38">
+      <c r="H255" s="31">
         <v>0</v>
       </c>
-      <c r="I255" s="38">
+      <c r="I255" s="31">
         <v>-0.1</v>
       </c>
-      <c r="J255" s="38">
+      <c r="J255" s="31">
         <v>0.1</v>
       </c>
-      <c r="K255" s="37">
+      <c r="K255" s="30">
         <v>0.10775862068965125</v>
       </c>
-      <c r="L255" s="65">
+      <c r="L255" s="57">
         <v>2.1</v>
       </c>
-      <c r="M255" s="32">
+      <c r="M255" s="57">
         <v>2.2999999999999998</v>
       </c>
-      <c r="N255" s="32">
+      <c r="N255" s="57">
         <v>1.4</v>
       </c>
-      <c r="O255" s="47">
+      <c r="O255" s="39">
         <v>3.4</v>
       </c>
     </row>
     <row r="256" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B256" s="6"/>
       <c r="C256" s="11" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D256" s="65">
+        <v>15</v>
+      </c>
+      <c r="D256" s="57">
         <v>76</v>
       </c>
-      <c r="E256" s="32">
-[...5 lines deleted...]
-      <c r="G256" s="79">
+      <c r="E256" s="57">
+        <v>76.2</v>
+      </c>
+      <c r="F256" s="68">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="G256" s="62">
         <v>93.3</v>
       </c>
-      <c r="H256" s="38">
+      <c r="H256" s="31">
         <v>0.8</v>
       </c>
-      <c r="I256" s="38">
+      <c r="I256" s="31">
         <v>1.2</v>
       </c>
-      <c r="J256" s="38">
+      <c r="J256" s="31">
         <v>-0.2</v>
       </c>
-      <c r="K256" s="37">
+      <c r="K256" s="30">
         <v>0.43057050592032908</v>
       </c>
-      <c r="L256" s="65">
+      <c r="L256" s="57">
         <v>1.4</v>
       </c>
-      <c r="M256" s="32">
+      <c r="M256" s="57">
         <v>1.4</v>
       </c>
-      <c r="N256" s="32">
+      <c r="N256" s="57">
         <v>1.4</v>
       </c>
-      <c r="O256" s="47">
+      <c r="O256" s="39">
         <v>3.4</v>
       </c>
     </row>
     <row r="257" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B257" s="6"/>
       <c r="C257" s="11" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D257" s="65">
+        <v>16</v>
+      </c>
+      <c r="D257" s="57">
         <v>76.400000000000006</v>
       </c>
-      <c r="E257" s="32">
-[...5 lines deleted...]
-      <c r="G257" s="79">
+      <c r="E257" s="57">
+        <v>77</v>
+      </c>
+      <c r="F257" s="68">
+        <v>75.3</v>
+      </c>
+      <c r="G257" s="62">
         <v>93.7</v>
       </c>
-      <c r="H257" s="38">
+      <c r="H257" s="31">
         <v>0.6</v>
       </c>
-      <c r="I257" s="38">
+      <c r="I257" s="31">
         <v>1</v>
       </c>
-      <c r="J257" s="38">
+      <c r="J257" s="31">
         <v>-0.4</v>
       </c>
-      <c r="K257" s="37">
+      <c r="K257" s="30">
         <v>0.5</v>
       </c>
-      <c r="L257" s="65">
+      <c r="L257" s="57">
         <v>1.6</v>
       </c>
-      <c r="M257" s="32">
+      <c r="M257" s="57">
         <v>1.7</v>
       </c>
-      <c r="N257" s="32">
+      <c r="N257" s="57">
         <v>1.2</v>
       </c>
-      <c r="O257" s="47">
+      <c r="O257" s="39">
         <v>3.6</v>
       </c>
     </row>
     <row r="258" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B258" s="6"/>
       <c r="C258" s="11" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D258" s="65">
+        <v>17</v>
+      </c>
+      <c r="D258" s="57">
         <v>76.3</v>
       </c>
-      <c r="E258" s="32">
-[...5 lines deleted...]
-      <c r="G258" s="79">
+      <c r="E258" s="57">
+        <v>76.8</v>
+      </c>
+      <c r="F258" s="68">
+        <v>75.099999999999994</v>
+      </c>
+      <c r="G258" s="62">
         <v>93.2</v>
       </c>
-      <c r="H258" s="38">
+      <c r="H258" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I258" s="38">
+      <c r="I258" s="31">
         <v>-0.3</v>
       </c>
-      <c r="J258" s="38">
+      <c r="J258" s="31">
         <v>-0.2</v>
       </c>
-      <c r="K258" s="37">
+      <c r="K258" s="30">
         <v>-0.6</v>
       </c>
-      <c r="L258" s="65">
+      <c r="L258" s="57">
         <v>1.3</v>
       </c>
-      <c r="M258" s="32">
-[...2 lines deleted...]
-      <c r="N258" s="32">
+      <c r="M258" s="57">
+        <v>1.4</v>
+      </c>
+      <c r="N258" s="57">
         <v>1</v>
       </c>
-      <c r="O258" s="47">
+      <c r="O258" s="39">
         <v>1.6</v>
       </c>
     </row>
     <row r="259" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B259" s="7"/>
       <c r="C259" s="16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D259" s="64">
+        <v>18</v>
+      </c>
+      <c r="D259" s="56">
         <v>75.599999999999994</v>
       </c>
-      <c r="E259" s="34">
-[...5 lines deleted...]
-      <c r="G259" s="80">
+      <c r="E259" s="56">
+        <v>75.900000000000006</v>
+      </c>
+      <c r="F259" s="69">
+        <v>75.3</v>
+      </c>
+      <c r="G259" s="63">
         <v>92.1</v>
       </c>
-      <c r="H259" s="39">
+      <c r="H259" s="32">
         <v>-0.8</v>
       </c>
-      <c r="I259" s="39">
-[...2 lines deleted...]
-      <c r="J259" s="39">
+      <c r="I259" s="32">
+        <v>-1.2</v>
+      </c>
+      <c r="J259" s="32">
         <v>0.2</v>
       </c>
-      <c r="K259" s="51">
+      <c r="K259" s="43">
         <v>-1.0999999999999943</v>
       </c>
-      <c r="L259" s="64">
+      <c r="L259" s="56">
         <v>0.8</v>
       </c>
-      <c r="M259" s="34">
+      <c r="M259" s="56">
         <v>0.7</v>
       </c>
-      <c r="N259" s="34">
+      <c r="N259" s="56">
         <v>1.1000000000000001</v>
       </c>
-      <c r="O259" s="48">
+      <c r="O259" s="40">
         <v>0.5</v>
       </c>
     </row>
     <row r="260" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B260" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C260" s="11" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D260" s="65">
+        <v>7</v>
+      </c>
+      <c r="D260" s="57">
         <v>75</v>
       </c>
-      <c r="E260" s="32">
-[...5 lines deleted...]
-      <c r="G260" s="79">
+      <c r="E260" s="57">
+        <v>75</v>
+      </c>
+      <c r="F260" s="68">
+        <v>75.400000000000006</v>
+      </c>
+      <c r="G260" s="62">
         <v>92.2</v>
       </c>
-      <c r="H260" s="38">
+      <c r="H260" s="31">
         <v>-0.9</v>
       </c>
-      <c r="I260" s="38">
-[...2 lines deleted...]
-      <c r="J260" s="38">
+      <c r="I260" s="31">
+        <v>-1.2</v>
+      </c>
+      <c r="J260" s="31">
+        <v>0.1</v>
+      </c>
+      <c r="K260" s="30">
+        <v>0.10857763300759871</v>
+      </c>
+      <c r="L260" s="57">
         <v>0.2</v>
       </c>
-      <c r="K260" s="37">
-[...5 lines deleted...]
-      <c r="M260" s="32">
+      <c r="M260" s="57">
         <v>-0.2</v>
       </c>
-      <c r="N260" s="32">
+      <c r="N260" s="57">
         <v>1.2</v>
       </c>
-      <c r="O260" s="47">
+      <c r="O260" s="39">
         <v>0.5</v>
       </c>
     </row>
     <row r="261" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B261" s="2"/>
       <c r="C261" s="17" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D261" s="65">
+        <v>8</v>
+      </c>
+      <c r="D261" s="57">
         <v>75.2</v>
       </c>
-      <c r="E261" s="32">
-[...5 lines deleted...]
-      <c r="G261" s="79">
+      <c r="E261" s="57">
+        <v>75.3</v>
+      </c>
+      <c r="F261" s="68">
+        <v>75.3</v>
+      </c>
+      <c r="G261" s="62">
         <v>92.6</v>
       </c>
-      <c r="H261" s="38">
+      <c r="H261" s="31">
         <v>0.2</v>
       </c>
-      <c r="I261" s="38">
+      <c r="I261" s="31">
         <v>0.4</v>
       </c>
-      <c r="J261" s="38">
+      <c r="J261" s="31">
         <v>-0.2</v>
       </c>
-      <c r="K261" s="37">
+      <c r="K261" s="30">
         <v>0.5</v>
       </c>
-      <c r="L261" s="65">
+      <c r="L261" s="57">
         <v>0.5</v>
       </c>
-      <c r="M261" s="32">
+      <c r="M261" s="57">
         <v>0.3</v>
       </c>
-      <c r="N261" s="32">
+      <c r="N261" s="57">
         <v>1</v>
       </c>
-      <c r="O261" s="47">
+      <c r="O261" s="39">
         <v>1.6</v>
       </c>
     </row>
     <row r="262" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B262" s="2"/>
       <c r="C262" s="17" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D262" s="65">
+        <v>9</v>
+      </c>
+      <c r="D262" s="57">
         <v>75.900000000000006</v>
       </c>
-      <c r="E262" s="32">
-[...5 lines deleted...]
-      <c r="G262" s="79">
+      <c r="E262" s="57">
+        <v>76.3</v>
+      </c>
+      <c r="F262" s="68">
+        <v>75.3</v>
+      </c>
+      <c r="G262" s="62">
         <v>93.2</v>
       </c>
-      <c r="H262" s="38">
+      <c r="H262" s="31">
         <v>1</v>
       </c>
-      <c r="I262" s="38">
+      <c r="I262" s="31">
         <v>1.4</v>
       </c>
-      <c r="J262" s="38">
+      <c r="J262" s="31">
         <v>0.1</v>
       </c>
-      <c r="K262" s="37">
+      <c r="K262" s="30">
         <v>0.64794816414688228</v>
       </c>
-      <c r="L262" s="65">
+      <c r="L262" s="57">
         <v>0.9</v>
       </c>
-      <c r="M262" s="32">
+      <c r="M262" s="57">
         <v>0.8</v>
       </c>
-      <c r="N262" s="32">
+      <c r="N262" s="57">
         <v>1.2</v>
       </c>
-      <c r="O262" s="47">
+      <c r="O262" s="39">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="263" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B263" s="2"/>
       <c r="C263" s="17" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D263" s="65">
+        <v>10</v>
+      </c>
+      <c r="D263" s="57">
         <v>76.400000000000006</v>
       </c>
-      <c r="E263" s="32">
-[...5 lines deleted...]
-      <c r="G263" s="79">
+      <c r="E263" s="57">
+        <v>76.8</v>
+      </c>
+      <c r="F263" s="68">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="G263" s="62">
         <v>93.7</v>
       </c>
-      <c r="H263" s="38">
+      <c r="H263" s="31">
         <v>0.6</v>
       </c>
-      <c r="I263" s="38">
+      <c r="I263" s="31">
         <v>0.6</v>
       </c>
-      <c r="J263" s="38">
+      <c r="J263" s="31">
         <v>0.3</v>
       </c>
-      <c r="K263" s="37">
+      <c r="K263" s="30">
         <v>0.6</v>
       </c>
-      <c r="L263" s="65">
+      <c r="L263" s="57">
         <v>0.7</v>
       </c>
-      <c r="M263" s="32">
+      <c r="M263" s="57">
         <v>0.5</v>
       </c>
-      <c r="N263" s="32">
+      <c r="N263" s="57">
         <v>1.4</v>
       </c>
-      <c r="O263" s="47">
+      <c r="O263" s="39">
         <v>2.4</v>
       </c>
     </row>
     <row r="264" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B264" s="5"/>
       <c r="C264" s="17" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D264" s="65">
+        <v>11</v>
+      </c>
+      <c r="D264" s="57">
         <v>76.8</v>
       </c>
-      <c r="E264" s="32">
-[...5 lines deleted...]
-      <c r="G264" s="79">
+      <c r="E264" s="57">
+        <v>77.400000000000006</v>
+      </c>
+      <c r="F264" s="68">
+        <v>75.599999999999994</v>
+      </c>
+      <c r="G264" s="62">
         <v>93.7</v>
       </c>
-      <c r="H264" s="38">
+      <c r="H264" s="31">
         <v>0.6</v>
       </c>
-      <c r="I264" s="38">
+      <c r="I264" s="31">
         <v>0.8</v>
       </c>
-      <c r="J264" s="38">
+      <c r="J264" s="31">
         <v>0</v>
       </c>
-      <c r="K264" s="37">
+      <c r="K264" s="30">
         <v>-0.1</v>
       </c>
-      <c r="L264" s="65">
+      <c r="L264" s="57">
         <v>0.9</v>
       </c>
-      <c r="M264" s="32">
+      <c r="M264" s="57">
         <v>0.8</v>
       </c>
-      <c r="N264" s="32">
+      <c r="N264" s="57">
         <v>1.3</v>
       </c>
-      <c r="O264" s="47">
+      <c r="O264" s="39">
         <v>1.4</v>
       </c>
     </row>
     <row r="265" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B265" s="6"/>
       <c r="C265" s="17" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D265" s="65">
+        <v>12</v>
+      </c>
+      <c r="D265" s="57">
         <v>76.599999999999994</v>
       </c>
-      <c r="E265" s="32">
-[...5 lines deleted...]
-      <c r="G265" s="79">
+      <c r="E265" s="57">
+        <v>76.900000000000006</v>
+      </c>
+      <c r="F265" s="68">
+        <v>76.099999999999994</v>
+      </c>
+      <c r="G265" s="62">
         <v>92.6</v>
       </c>
-      <c r="H265" s="38">
+      <c r="H265" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I265" s="38">
-[...2 lines deleted...]
-      <c r="J265" s="38">
+      <c r="I265" s="31">
+        <v>-0.6</v>
+      </c>
+      <c r="J265" s="31">
         <v>0.7</v>
       </c>
-      <c r="K265" s="37">
+      <c r="K265" s="30">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="L265" s="65">
+      <c r="L265" s="57">
         <v>0.6</v>
       </c>
-      <c r="M265" s="32">
+      <c r="M265" s="57">
         <v>0.4</v>
       </c>
-      <c r="N265" s="32">
+      <c r="N265" s="57">
         <v>1.3</v>
       </c>
-      <c r="O265" s="47">
+      <c r="O265" s="39">
         <v>0.4</v>
       </c>
     </row>
     <row r="266" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B266" s="6"/>
       <c r="C266" s="17" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D266" s="65">
+        <v>13</v>
+      </c>
+      <c r="D266" s="57">
         <v>76.2</v>
       </c>
-      <c r="E266" s="32">
-[...5 lines deleted...]
-      <c r="G266" s="79">
+      <c r="E266" s="57">
+        <v>76.2</v>
+      </c>
+      <c r="F266" s="68">
+        <v>76.599999999999994</v>
+      </c>
+      <c r="G266" s="62">
         <v>92.9</v>
       </c>
-      <c r="H266" s="38">
+      <c r="H266" s="31">
         <v>-0.5</v>
       </c>
-      <c r="I266" s="38">
-[...2 lines deleted...]
-      <c r="J266" s="38">
+      <c r="I266" s="31">
+        <v>-0.9</v>
+      </c>
+      <c r="J266" s="31">
         <v>0.7</v>
       </c>
-      <c r="K266" s="37">
+      <c r="K266" s="30">
         <v>0.32397408207344824</v>
       </c>
-      <c r="L266" s="65">
+      <c r="L266" s="57">
         <v>1.1000000000000001</v>
       </c>
-      <c r="M266" s="32">
+      <c r="M266" s="57">
         <v>1</v>
       </c>
-      <c r="N266" s="32">
+      <c r="N266" s="57">
         <v>1.3</v>
       </c>
-      <c r="O266" s="47">
+      <c r="O266" s="39">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B267" s="6"/>
       <c r="C267" s="17" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D267" s="65">
+        <v>14</v>
+      </c>
+      <c r="D267" s="57">
         <v>76</v>
       </c>
-      <c r="E267" s="32">
-[...5 lines deleted...]
-      <c r="G267" s="79">
+      <c r="E267" s="57">
+        <v>75.8</v>
+      </c>
+      <c r="F267" s="68">
+        <v>76.599999999999994</v>
+      </c>
+      <c r="G267" s="62">
         <v>92.6</v>
       </c>
-      <c r="H267" s="38">
+      <c r="H267" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I267" s="38">
+      <c r="I267" s="31">
         <v>-0.5</v>
       </c>
-      <c r="J267" s="38">
+      <c r="J267" s="31">
         <v>0</v>
       </c>
-      <c r="K267" s="37">
+      <c r="K267" s="30">
         <v>-0.32292787944027168</v>
       </c>
-      <c r="L267" s="65">
+      <c r="L267" s="57">
         <v>0.8</v>
       </c>
-      <c r="M267" s="32">
+      <c r="M267" s="57">
         <v>0.7</v>
       </c>
-      <c r="N267" s="32">
+      <c r="N267" s="57">
         <v>1.2</v>
       </c>
-      <c r="O267" s="47">
+      <c r="O267" s="39">
         <v>-0.3</v>
       </c>
     </row>
     <row r="268" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B268" s="6"/>
       <c r="C268" s="17" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D268" s="65">
+        <v>15</v>
+      </c>
+      <c r="D268" s="57">
         <v>76.599999999999994</v>
       </c>
-      <c r="E268" s="32">
-[...5 lines deleted...]
-      <c r="G268" s="79">
+      <c r="E268" s="57">
+        <v>76.7</v>
+      </c>
+      <c r="F268" s="68">
+        <v>76.5</v>
+      </c>
+      <c r="G268" s="62">
         <v>93.1</v>
       </c>
-      <c r="H268" s="38">
+      <c r="H268" s="31">
         <v>0.8</v>
       </c>
-      <c r="I268" s="38">
+      <c r="I268" s="31">
         <v>1.2</v>
       </c>
-      <c r="J268" s="38">
+      <c r="J268" s="31">
         <v>-0.2</v>
       </c>
-      <c r="K268" s="37">
+      <c r="K268" s="30">
         <v>0.5399568034557376</v>
       </c>
-      <c r="L268" s="65">
+      <c r="L268" s="57">
         <v>0.8</v>
       </c>
-      <c r="M268" s="32">
+      <c r="M268" s="57">
         <v>0.7</v>
       </c>
-      <c r="N268" s="32">
+      <c r="N268" s="57">
         <v>1.2</v>
       </c>
-      <c r="O268" s="47">
+      <c r="O268" s="39">
         <v>-0.3</v>
       </c>
     </row>
     <row r="269" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B269" s="6"/>
       <c r="C269" s="17" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D269" s="65">
+        <v>16</v>
+      </c>
+      <c r="D269" s="57">
         <v>76.900000000000006</v>
       </c>
-      <c r="E269" s="32">
-[...5 lines deleted...]
-      <c r="G269" s="79">
+      <c r="E269" s="57">
+        <v>77.2</v>
+      </c>
+      <c r="F269" s="68">
+        <v>76.5</v>
+      </c>
+      <c r="G269" s="62">
         <v>93.3</v>
       </c>
-      <c r="H269" s="38">
+      <c r="H269" s="31">
         <v>0.4</v>
       </c>
-      <c r="I269" s="38">
+      <c r="I269" s="31">
         <v>0.6</v>
       </c>
-      <c r="J269" s="38">
+      <c r="J269" s="31">
         <v>0</v>
       </c>
-      <c r="K269" s="37">
+      <c r="K269" s="30">
         <v>0.21482277121374693</v>
       </c>
-      <c r="L269" s="65">
+      <c r="L269" s="57">
         <v>0.6</v>
       </c>
-      <c r="M269" s="32">
+      <c r="M269" s="57">
         <v>0.2</v>
       </c>
-      <c r="N269" s="32">
+      <c r="N269" s="57">
         <v>1.6</v>
       </c>
-      <c r="O269" s="47">
+      <c r="O269" s="39">
         <v>-0.5</v>
       </c>
     </row>
     <row r="270" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B270" s="6"/>
       <c r="C270" s="17" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D270" s="65">
+        <v>17</v>
+      </c>
+      <c r="D270" s="57">
         <v>76.8</v>
       </c>
-      <c r="E270" s="32">
-[...5 lines deleted...]
-      <c r="G270" s="79">
+      <c r="E270" s="57">
+        <v>77.099999999999994</v>
+      </c>
+      <c r="F270" s="68">
+        <v>76.400000000000006</v>
+      </c>
+      <c r="G270" s="62">
         <v>93.5</v>
       </c>
-      <c r="H270" s="38">
+      <c r="H270" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I270" s="38">
+      <c r="I270" s="31">
         <v>-0.1</v>
       </c>
-      <c r="J270" s="38">
+      <c r="J270" s="31">
         <v>-0.2</v>
       </c>
-      <c r="K270" s="37">
+      <c r="K270" s="30">
         <v>0.21436227224009485</v>
       </c>
-      <c r="L270" s="65">
+      <c r="L270" s="57">
         <v>0.7</v>
       </c>
-      <c r="M270" s="32">
+      <c r="M270" s="57">
         <v>0.4</v>
       </c>
-      <c r="N270" s="32">
+      <c r="N270" s="57">
         <v>1.6</v>
       </c>
-      <c r="O270" s="47">
+      <c r="O270" s="39">
         <v>0.3</v>
       </c>
     </row>
     <row r="271" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B271" s="7"/>
       <c r="C271" s="18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D271" s="64">
+        <v>18</v>
+      </c>
+      <c r="D271" s="56">
         <v>76.7</v>
       </c>
-      <c r="E271" s="34">
-[...5 lines deleted...]
-      <c r="G271" s="80">
+      <c r="E271" s="56">
+        <v>76.900000000000006</v>
+      </c>
+      <c r="F271" s="69">
+        <v>76.400000000000006</v>
+      </c>
+      <c r="G271" s="63">
         <v>93.5</v>
       </c>
-      <c r="H271" s="39">
+      <c r="H271" s="32">
         <v>-0.1</v>
       </c>
-      <c r="I271" s="39">
+      <c r="I271" s="32">
         <v>-0.2</v>
       </c>
-      <c r="J271" s="39">
+      <c r="J271" s="32">
         <v>0.1</v>
       </c>
-      <c r="K271" s="51">
+      <c r="K271" s="43">
         <v>0</v>
       </c>
-      <c r="L271" s="64">
+      <c r="L271" s="56">
         <v>1.4</v>
       </c>
-      <c r="M271" s="34">
+      <c r="M271" s="56">
         <v>1.4</v>
       </c>
-      <c r="N271" s="34">
+      <c r="N271" s="56">
         <v>1.5</v>
       </c>
-      <c r="O271" s="48">
+      <c r="O271" s="40">
         <v>1.4</v>
       </c>
     </row>
     <row r="272" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B272" s="10" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C272" s="17" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D272" s="65">
+        <v>7</v>
+      </c>
+      <c r="D272" s="57">
         <v>76.5</v>
       </c>
-      <c r="E272" s="32">
-[...5 lines deleted...]
-      <c r="G272" s="79">
+      <c r="E272" s="57">
+        <v>76.599999999999994</v>
+      </c>
+      <c r="F272" s="68">
+        <v>76.7</v>
+      </c>
+      <c r="G272" s="62">
         <v>93.9</v>
       </c>
-      <c r="H272" s="38">
+      <c r="H272" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I272" s="38">
+      <c r="I272" s="31">
         <v>-0.5</v>
       </c>
-      <c r="J272" s="38">
+      <c r="J272" s="31">
         <v>0.3</v>
       </c>
-      <c r="K272" s="37">
+      <c r="K272" s="30">
         <v>0.5</v>
       </c>
-      <c r="L272" s="65">
+      <c r="L272" s="57">
         <v>2</v>
       </c>
-      <c r="M272" s="32">
+      <c r="M272" s="57">
         <v>2.1</v>
       </c>
-      <c r="N272" s="32">
+      <c r="N272" s="57">
         <v>1.7</v>
       </c>
-      <c r="O272" s="47">
+      <c r="O272" s="39">
         <v>1.8</v>
       </c>
     </row>
     <row r="273" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B273" s="2"/>
       <c r="C273" s="17" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D273" s="65">
+        <v>8</v>
+      </c>
+      <c r="D273" s="57">
         <v>76.3</v>
       </c>
-      <c r="E273" s="32">
-[...5 lines deleted...]
-      <c r="G273" s="79">
+      <c r="E273" s="57">
+        <v>76.2</v>
+      </c>
+      <c r="F273" s="68">
+        <v>76.7</v>
+      </c>
+      <c r="G273" s="62">
         <v>93.8</v>
       </c>
-      <c r="H273" s="38">
+      <c r="H273" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I273" s="38">
+      <c r="I273" s="31">
         <v>-0.5</v>
       </c>
-      <c r="J273" s="38">
+      <c r="J273" s="31">
         <v>0</v>
       </c>
-      <c r="K273" s="37">
+      <c r="K273" s="30">
         <v>-0.10649627263046568</v>
       </c>
-      <c r="L273" s="65">
+      <c r="L273" s="57">
         <v>1.5</v>
       </c>
-      <c r="M273" s="32">
+      <c r="M273" s="57">
         <v>1.3</v>
       </c>
-      <c r="N273" s="32">
+      <c r="N273" s="57">
         <v>1.9</v>
       </c>
-      <c r="O273" s="47">
+      <c r="O273" s="39">
         <v>1.3</v>
       </c>
     </row>
     <row r="274" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B274" s="2"/>
       <c r="C274" s="17" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D274" s="65">
+        <v>9</v>
+      </c>
+      <c r="D274" s="57">
         <v>76.400000000000006</v>
       </c>
-      <c r="E274" s="32">
-[...5 lines deleted...]
-      <c r="G274" s="79">
+      <c r="E274" s="57">
+        <v>76.5</v>
+      </c>
+      <c r="F274" s="68">
+        <v>76.599999999999994</v>
+      </c>
+      <c r="G274" s="62">
         <v>92.1</v>
       </c>
-      <c r="H274" s="38">
+      <c r="H274" s="31">
         <v>0.2</v>
       </c>
-      <c r="I274" s="38">
+      <c r="I274" s="31">
         <v>0.4</v>
       </c>
-      <c r="J274" s="38">
+      <c r="J274" s="31">
         <v>-0.1</v>
       </c>
-      <c r="K274" s="37">
+      <c r="K274" s="30">
         <v>-1.9</v>
       </c>
-      <c r="L274" s="65">
+      <c r="L274" s="57">
         <v>0.6</v>
       </c>
-      <c r="M274" s="32">
+      <c r="M274" s="57">
         <v>0.3</v>
       </c>
-      <c r="N274" s="32">
+      <c r="N274" s="57">
         <v>1.6</v>
       </c>
-      <c r="O274" s="47">
+      <c r="O274" s="39">
         <v>-1.2</v>
       </c>
     </row>
     <row r="275" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B275" s="2"/>
       <c r="C275" s="17" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D275" s="65">
+        <v>10</v>
+      </c>
+      <c r="D275" s="57">
         <v>76.2</v>
       </c>
-      <c r="E275" s="32">
-[...5 lines deleted...]
-      <c r="G275" s="79">
+      <c r="E275" s="57">
+        <v>76.099999999999994</v>
+      </c>
+      <c r="F275" s="68">
+        <v>77</v>
+      </c>
+      <c r="G275" s="62">
         <v>89.9</v>
       </c>
-      <c r="H275" s="38">
+      <c r="H275" s="31">
         <v>-0.2</v>
       </c>
-      <c r="I275" s="38">
+      <c r="I275" s="31">
         <v>-0.5</v>
       </c>
-      <c r="J275" s="38">
+      <c r="J275" s="31">
         <v>0.5</v>
       </c>
-      <c r="K275" s="37">
+      <c r="K275" s="30">
         <v>-2.4</v>
       </c>
-      <c r="L275" s="65">
+      <c r="L275" s="57">
         <v>-0.2</v>
       </c>
-      <c r="M275" s="32">
+      <c r="M275" s="57">
         <v>-0.9</v>
       </c>
-      <c r="N275" s="32">
+      <c r="N275" s="57">
         <v>1.8</v>
       </c>
-      <c r="O275" s="47">
+      <c r="O275" s="39">
         <v>-4.2</v>
       </c>
     </row>
     <row r="276" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B276" s="5"/>
       <c r="C276" s="17" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D276" s="65">
+        <v>11</v>
+      </c>
+      <c r="D276" s="57">
         <v>76.3</v>
       </c>
-      <c r="E276" s="32">
-[...5 lines deleted...]
-      <c r="G276" s="79">
+      <c r="E276" s="57">
+        <v>76.2</v>
+      </c>
+      <c r="F276" s="68">
+        <v>77</v>
+      </c>
+      <c r="G276" s="62">
         <v>89.3</v>
       </c>
-      <c r="H276" s="38">
+      <c r="H276" s="31">
         <v>0.1</v>
       </c>
-      <c r="I276" s="38">
+      <c r="I276" s="31">
         <v>0.2</v>
       </c>
-      <c r="J276" s="38">
+      <c r="J276" s="31">
         <v>0</v>
       </c>
-      <c r="K276" s="37">
+      <c r="K276" s="30">
         <v>-0.6</v>
       </c>
-      <c r="L276" s="65">
+      <c r="L276" s="57">
         <v>-0.6</v>
       </c>
-      <c r="M276" s="32">
+      <c r="M276" s="57">
         <v>-1.4</v>
       </c>
-      <c r="N276" s="32">
+      <c r="N276" s="57">
         <v>1.8</v>
       </c>
-      <c r="O276" s="47">
+      <c r="O276" s="39">
         <v>-4.7</v>
       </c>
     </row>
     <row r="277" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B277" s="6"/>
       <c r="C277" s="17" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D277" s="65">
+        <v>12</v>
+      </c>
+      <c r="D277" s="57">
         <v>76.400000000000006</v>
       </c>
-      <c r="E277" s="32">
-[...5 lines deleted...]
-      <c r="G277" s="79">
+      <c r="E277" s="57">
+        <v>76.2</v>
+      </c>
+      <c r="F277" s="68">
+        <v>77.3</v>
+      </c>
+      <c r="G277" s="62">
         <v>89.8</v>
       </c>
-      <c r="H277" s="38">
+      <c r="H277" s="31">
         <v>0.1</v>
       </c>
-      <c r="I277" s="38">
+      <c r="I277" s="31">
         <v>0</v>
       </c>
-      <c r="J277" s="38">
+      <c r="J277" s="31">
         <v>0.5</v>
       </c>
-      <c r="K277" s="37">
+      <c r="K277" s="30">
         <v>0.5</v>
       </c>
-      <c r="L277" s="65">
+      <c r="L277" s="57">
         <v>-0.2</v>
       </c>
-      <c r="M277" s="32">
+      <c r="M277" s="57">
         <v>-0.8</v>
       </c>
-      <c r="N277" s="32">
+      <c r="N277" s="57">
         <v>1.6</v>
       </c>
-      <c r="O277" s="47">
+      <c r="O277" s="39">
         <v>-3.1</v>
       </c>
     </row>
     <row r="278" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B278" s="6"/>
       <c r="C278" s="17" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D278" s="65">
+        <v>13</v>
+      </c>
+      <c r="D278" s="57">
         <v>76</v>
       </c>
-      <c r="E278" s="32">
-[...5 lines deleted...]
-      <c r="G278" s="79">
+      <c r="E278" s="57">
+        <v>75.5</v>
+      </c>
+      <c r="F278" s="68">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="G278" s="62">
         <v>90.4</v>
       </c>
-      <c r="H278" s="38">
+      <c r="H278" s="31">
         <v>-0.5</v>
       </c>
-      <c r="I278" s="38">
+      <c r="I278" s="31">
         <v>-1</v>
       </c>
-      <c r="J278" s="38">
+      <c r="J278" s="31">
         <v>0.7</v>
       </c>
-      <c r="K278" s="37">
+      <c r="K278" s="30">
         <v>0.7</v>
       </c>
-      <c r="L278" s="65">
+      <c r="L278" s="57">
         <v>-0.3</v>
       </c>
-      <c r="M278" s="32">
+      <c r="M278" s="57">
         <v>-0.9</v>
       </c>
-      <c r="N278" s="32">
+      <c r="N278" s="57">
         <v>1.6</v>
       </c>
-      <c r="O278" s="47">
+      <c r="O278" s="39">
         <v>-2.7</v>
       </c>
     </row>
     <row r="279" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B279" s="6"/>
       <c r="C279" s="17" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D279" s="65">
+        <v>14</v>
+      </c>
+      <c r="D279" s="57">
         <v>75.900000000000006</v>
       </c>
-      <c r="E279" s="32">
-[...5 lines deleted...]
-      <c r="G279" s="79">
+      <c r="E279" s="57">
+        <v>75.400000000000006</v>
+      </c>
+      <c r="F279" s="68">
+        <v>77.8</v>
+      </c>
+      <c r="G279" s="62">
         <v>90.2</v>
       </c>
-      <c r="H279" s="38">
+      <c r="H279" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I279" s="38">
+      <c r="I279" s="31">
         <v>-0.2</v>
       </c>
-      <c r="J279" s="38">
+      <c r="J279" s="31">
         <v>-0.1</v>
       </c>
-      <c r="K279" s="37">
+      <c r="K279" s="30">
         <v>-0.3</v>
       </c>
-      <c r="L279" s="65">
+      <c r="L279" s="57">
         <v>-0.1</v>
       </c>
-      <c r="M279" s="32">
+      <c r="M279" s="57">
         <v>-0.6</v>
       </c>
-      <c r="N279" s="32">
+      <c r="N279" s="57">
         <v>1.5</v>
       </c>
-      <c r="O279" s="47">
+      <c r="O279" s="39">
         <v>-2.7</v>
       </c>
     </row>
     <row r="280" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B280" s="6"/>
       <c r="C280" s="17" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D280" s="65">
+        <v>15</v>
+      </c>
+      <c r="D280" s="57">
         <v>76.5</v>
       </c>
-      <c r="E280" s="32">
-[...5 lines deleted...]
-      <c r="G280" s="79">
+      <c r="E280" s="57">
+        <v>76.3</v>
+      </c>
+      <c r="F280" s="68">
+        <v>77.599999999999994</v>
+      </c>
+      <c r="G280" s="62">
         <v>90.2</v>
       </c>
-      <c r="H280" s="38">
+      <c r="H280" s="31">
         <v>0.8</v>
       </c>
-      <c r="I280" s="38">
+      <c r="I280" s="31">
         <v>1.2</v>
       </c>
-      <c r="J280" s="38">
+      <c r="J280" s="31">
         <v>-0.3</v>
       </c>
-      <c r="K280" s="37">
+      <c r="K280" s="30">
         <v>0</v>
       </c>
-      <c r="L280" s="65">
+      <c r="L280" s="57">
         <v>0</v>
       </c>
-      <c r="M280" s="32">
+      <c r="M280" s="57">
         <v>-0.6</v>
       </c>
-      <c r="N280" s="32">
+      <c r="N280" s="57">
         <v>1.4</v>
       </c>
-      <c r="O280" s="47">
+      <c r="O280" s="39">
         <v>-3.2</v>
       </c>
     </row>
     <row r="281" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B281" s="6"/>
       <c r="C281" s="17" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D281" s="65">
+        <v>16</v>
+      </c>
+      <c r="D281" s="57">
         <v>76.900000000000006</v>
       </c>
-      <c r="E281" s="32">
-[...5 lines deleted...]
-      <c r="G281" s="79">
+      <c r="E281" s="57">
+        <v>76.7</v>
+      </c>
+      <c r="F281" s="68">
+        <v>77.7</v>
+      </c>
+      <c r="G281" s="62">
         <v>91.2</v>
       </c>
-      <c r="H281" s="38">
+      <c r="H281" s="31">
         <v>0.4</v>
       </c>
-      <c r="I281" s="38">
+      <c r="I281" s="31">
         <v>0.5</v>
       </c>
-      <c r="J281" s="38">
+      <c r="J281" s="31">
         <v>0.1</v>
       </c>
-      <c r="K281" s="37">
+      <c r="K281" s="30">
         <v>1.1000000000000001</v>
       </c>
-      <c r="L281" s="65">
+      <c r="L281" s="57">
         <v>-0.1</v>
       </c>
-      <c r="M281" s="32">
+      <c r="M281" s="57">
         <v>-0.6</v>
       </c>
-      <c r="N281" s="32">
+      <c r="N281" s="57">
         <v>1.5</v>
       </c>
-      <c r="O281" s="47">
+      <c r="O281" s="39">
         <v>-2.4</v>
       </c>
     </row>
     <row r="282" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B282" s="6"/>
       <c r="C282" s="17" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D282" s="65">
+        <v>17</v>
+      </c>
+      <c r="D282" s="57">
         <v>76.599999999999994</v>
       </c>
-      <c r="E282" s="32">
-[...5 lines deleted...]
-      <c r="G282" s="79">
+      <c r="E282" s="57">
+        <v>76.400000000000006</v>
+      </c>
+      <c r="F282" s="68">
+        <v>77.8</v>
+      </c>
+      <c r="G282" s="62">
         <v>91.4</v>
       </c>
-      <c r="H282" s="38">
+      <c r="H282" s="31">
         <v>-0.3</v>
       </c>
-      <c r="I282" s="38">
+      <c r="I282" s="31">
         <v>-0.4</v>
       </c>
-      <c r="J282" s="38">
+      <c r="J282" s="31">
         <v>0.1</v>
       </c>
-      <c r="K282" s="37">
+      <c r="K282" s="30">
         <v>0.3</v>
       </c>
-      <c r="L282" s="65">
+      <c r="L282" s="57">
         <v>-0.2</v>
       </c>
-      <c r="M282" s="32">
+      <c r="M282" s="57">
         <v>-1</v>
       </c>
-      <c r="N282" s="32">
+      <c r="N282" s="57">
         <v>1.8</v>
       </c>
-      <c r="O282" s="47">
+      <c r="O282" s="39">
         <v>-2.2999999999999998</v>
       </c>
     </row>
     <row r="283" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B283" s="7"/>
       <c r="C283" s="18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D283" s="64">
+        <v>18</v>
+      </c>
+      <c r="D283" s="56">
         <v>76.2</v>
       </c>
-      <c r="E283" s="34">
-[...5 lines deleted...]
-      <c r="G283" s="80">
+      <c r="E283" s="56">
+        <v>75.7</v>
+      </c>
+      <c r="F283" s="69">
+        <v>77.8</v>
+      </c>
+      <c r="G283" s="63">
         <v>92.4</v>
       </c>
-      <c r="H283" s="39">
+      <c r="H283" s="32">
         <v>-0.6</v>
       </c>
-      <c r="I283" s="39">
+      <c r="I283" s="32">
         <v>-0.8</v>
       </c>
-      <c r="J283" s="39">
+      <c r="J283" s="32">
         <v>0</v>
       </c>
-      <c r="K283" s="51">
+      <c r="K283" s="43">
         <v>1</v>
       </c>
-      <c r="L283" s="64">
+      <c r="L283" s="56">
         <v>-0.7</v>
       </c>
-      <c r="M283" s="34">
+      <c r="M283" s="56">
         <v>-1.5</v>
       </c>
-      <c r="N283" s="34">
+      <c r="N283" s="56">
         <v>1.8</v>
       </c>
-      <c r="O283" s="48">
+      <c r="O283" s="40">
         <v>-1.2</v>
       </c>
     </row>
     <row r="284" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B284" s="10" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C284" s="17" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D284" s="65">
+        <v>7</v>
+      </c>
+      <c r="D284" s="57">
         <v>76.3</v>
       </c>
-      <c r="E284" s="32">
-[...5 lines deleted...]
-      <c r="G284" s="79">
+      <c r="E284" s="57">
+        <v>75.8</v>
+      </c>
+      <c r="F284" s="68">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="G284" s="62">
         <v>92.9</v>
       </c>
-      <c r="H284" s="38">
+      <c r="H284" s="31">
         <v>0.1</v>
       </c>
-      <c r="I284" s="38">
+      <c r="I284" s="31">
         <v>0.1</v>
       </c>
-      <c r="J284" s="38">
+      <c r="J284" s="31">
         <v>0.1</v>
       </c>
-      <c r="K284" s="37">
+      <c r="K284" s="30">
         <v>0.6</v>
       </c>
-      <c r="L284" s="65">
+      <c r="L284" s="57">
         <v>-0.3</v>
       </c>
-      <c r="M284" s="32">
+      <c r="M284" s="57">
         <v>-1</v>
       </c>
-      <c r="N284" s="32">
+      <c r="N284" s="57">
         <v>1.6</v>
       </c>
-      <c r="O284" s="47">
+      <c r="O284" s="39">
         <v>-1.2</v>
       </c>
     </row>
     <row r="285" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B285" s="10"/>
       <c r="C285" s="17" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D285" s="65">
+        <v>8</v>
+      </c>
+      <c r="D285" s="57">
         <v>76.5</v>
       </c>
-      <c r="E285" s="32">
-[...5 lines deleted...]
-      <c r="G285" s="79">
+      <c r="E285" s="57">
+        <v>76.099999999999994</v>
+      </c>
+      <c r="F285" s="68">
+        <v>78</v>
+      </c>
+      <c r="G285" s="62">
         <v>94.2</v>
       </c>
-      <c r="H285" s="38">
+      <c r="H285" s="31">
         <v>0.3</v>
       </c>
-      <c r="I285" s="38">
+      <c r="I285" s="31">
         <v>0.3</v>
       </c>
-      <c r="J285" s="38">
+      <c r="J285" s="31">
         <v>0.1</v>
       </c>
-      <c r="K285" s="37">
+      <c r="K285" s="30">
         <v>1.3993541442411299</v>
       </c>
-      <c r="L285" s="65">
+      <c r="L285" s="57">
         <v>0.3</v>
       </c>
-      <c r="M285" s="32">
+      <c r="M285" s="57">
         <v>-0.2</v>
       </c>
-      <c r="N285" s="32">
+      <c r="N285" s="57">
         <v>1.7</v>
       </c>
-      <c r="O285" s="47">
+      <c r="O285" s="39">
         <v>0.2</v>
       </c>
     </row>
     <row r="286" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B286" s="10"/>
       <c r="C286" s="17" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D286" s="65">
+        <v>9</v>
+      </c>
+      <c r="D286" s="57">
         <v>77.3</v>
       </c>
-      <c r="E286" s="32">
-[...5 lines deleted...]
-      <c r="G286" s="79">
+      <c r="E286" s="57">
+        <v>77.2</v>
+      </c>
+      <c r="F286" s="68">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="G286" s="62">
         <v>95.2</v>
       </c>
-      <c r="H286" s="38">
+      <c r="H286" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I286" s="38">
+      <c r="I286" s="31">
         <v>1.6</v>
       </c>
-      <c r="J286" s="38">
+      <c r="J286" s="31">
         <v>-0.1</v>
       </c>
-      <c r="K286" s="37">
+      <c r="K286" s="30">
         <v>1</v>
       </c>
-      <c r="L286" s="65">
+      <c r="L286" s="57">
         <v>1.2</v>
       </c>
-      <c r="M286" s="32">
+      <c r="M286" s="57">
         <v>1</v>
       </c>
-      <c r="N286" s="32">
+      <c r="N286" s="57">
         <v>1.7</v>
       </c>
-      <c r="O286" s="47">
+      <c r="O286" s="39">
         <v>3.2</v>
       </c>
     </row>
     <row r="287" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B287" s="10"/>
       <c r="C287" s="17" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D287" s="65">
+        <v>10</v>
+      </c>
+      <c r="D287" s="57">
         <v>77.8</v>
       </c>
-      <c r="E287" s="32">
-[...5 lines deleted...]
-      <c r="G287" s="79">
+      <c r="E287" s="57">
+        <v>77.8</v>
+      </c>
+      <c r="F287" s="68">
+        <v>78.099999999999994</v>
+      </c>
+      <c r="G287" s="62">
         <v>94.9</v>
       </c>
-      <c r="H287" s="38">
+      <c r="H287" s="31">
         <v>0.7</v>
       </c>
-      <c r="I287" s="38">
+      <c r="I287" s="31">
         <v>0.8</v>
       </c>
-      <c r="J287" s="38">
+      <c r="J287" s="31">
         <v>0.2</v>
       </c>
-      <c r="K287" s="37">
+      <c r="K287" s="30">
         <v>-0.4</v>
       </c>
-      <c r="L287" s="65">
+      <c r="L287" s="57">
         <v>2.1</v>
       </c>
-      <c r="M287" s="32">
+      <c r="M287" s="57">
         <v>2.2999999999999998</v>
       </c>
-      <c r="N287" s="32">
+      <c r="N287" s="57">
         <v>1.5</v>
       </c>
-      <c r="O287" s="47">
+      <c r="O287" s="39">
         <v>5.3</v>
       </c>
     </row>
     <row r="288" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B288" s="10"/>
       <c r="C288" s="17" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D288" s="65">
+        <v>11</v>
+      </c>
+      <c r="D288" s="57">
         <v>78</v>
       </c>
-      <c r="E288" s="32">
-[...5 lines deleted...]
-      <c r="G288" s="79">
+      <c r="E288" s="57">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="F288" s="68">
+        <v>78.3</v>
+      </c>
+      <c r="G288" s="62">
         <v>96</v>
       </c>
-      <c r="H288" s="38">
+      <c r="H288" s="31">
         <v>0.1</v>
       </c>
-      <c r="I288" s="38">
+      <c r="I288" s="31">
         <v>0.1</v>
       </c>
-      <c r="J288" s="38">
+      <c r="J288" s="31">
         <v>0.2</v>
       </c>
-      <c r="K288" s="37">
+      <c r="K288" s="30">
         <v>1.1591148577449815</v>
       </c>
-      <c r="L288" s="65">
+      <c r="L288" s="57">
         <v>2.1</v>
       </c>
-      <c r="M288" s="32">
+      <c r="M288" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="N288" s="32">
+      <c r="N288" s="57">
         <v>1.7</v>
       </c>
-      <c r="O288" s="47">
+      <c r="O288" s="39">
         <v>7.3</v>
       </c>
     </row>
     <row r="289" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B289" s="17"/>
       <c r="C289" s="4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D289" s="65">
+        <v>12</v>
+      </c>
+      <c r="D289" s="57">
         <v>78</v>
       </c>
-      <c r="E289" s="32">
-[...5 lines deleted...]
-      <c r="G289" s="79">
+      <c r="E289" s="57">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="F289" s="68">
+        <v>78.599999999999994</v>
+      </c>
+      <c r="G289" s="62">
         <v>97</v>
       </c>
-      <c r="H289" s="38">
+      <c r="H289" s="31">
         <v>0</v>
       </c>
-      <c r="I289" s="38">
+      <c r="I289" s="31">
         <v>-0.1</v>
       </c>
-      <c r="J289" s="38">
+      <c r="J289" s="31">
         <v>0.3</v>
       </c>
-      <c r="K289" s="37">
+      <c r="K289" s="30">
         <v>1.1000000000000001</v>
       </c>
-      <c r="L289" s="65">
+      <c r="L289" s="57">
         <v>2</v>
       </c>
-      <c r="M289" s="32">
-[...2 lines deleted...]
-      <c r="N289" s="32">
+      <c r="M289" s="57">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="N289" s="57">
         <v>1.6</v>
       </c>
-      <c r="O289" s="47">
+      <c r="O289" s="39">
         <v>7.8</v>
       </c>
     </row>
     <row r="290" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B290" s="17"/>
       <c r="C290" s="4" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D290" s="65">
+        <v>13</v>
+      </c>
+      <c r="D290" s="57">
         <v>78.099999999999994</v>
       </c>
-      <c r="E290" s="32">
-[...5 lines deleted...]
-      <c r="G290" s="79">
+      <c r="E290" s="57">
+        <v>77.900000000000006</v>
+      </c>
+      <c r="F290" s="68">
+        <v>79.2</v>
+      </c>
+      <c r="G290" s="62">
         <v>98.4</v>
       </c>
-      <c r="H290" s="38">
+      <c r="H290" s="31">
         <v>0.2</v>
       </c>
-      <c r="I290" s="38">
+      <c r="I290" s="31">
         <v>0</v>
       </c>
-      <c r="J290" s="38">
+      <c r="J290" s="31">
         <v>0.8</v>
       </c>
-      <c r="K290" s="37">
+      <c r="K290" s="30">
         <v>1.5</v>
       </c>
-      <c r="L290" s="65">
+      <c r="L290" s="57">
         <v>2.8</v>
       </c>
-      <c r="M290" s="32">
+      <c r="M290" s="57">
         <v>3.2</v>
       </c>
-      <c r="N290" s="32">
+      <c r="N290" s="57">
         <v>1.7</v>
       </c>
-      <c r="O290" s="47">
+      <c r="O290" s="39">
         <v>8.6999999999999993</v>
       </c>
     </row>
     <row r="291" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B291" s="17"/>
       <c r="C291" s="4" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D291" s="65">
+        <v>14</v>
+      </c>
+      <c r="D291" s="57">
         <v>78.3</v>
       </c>
-      <c r="E291" s="32">
-[...5 lines deleted...]
-      <c r="G291" s="79">
+      <c r="E291" s="57">
+        <v>78</v>
+      </c>
+      <c r="F291" s="68">
+        <v>79.400000000000006</v>
+      </c>
+      <c r="G291" s="62">
         <v>99.5</v>
       </c>
-      <c r="H291" s="38">
+      <c r="H291" s="31">
         <v>0.2</v>
       </c>
-      <c r="I291" s="38">
+      <c r="I291" s="31">
         <v>0.1</v>
       </c>
-      <c r="J291" s="38">
+      <c r="J291" s="31">
         <v>0.3</v>
       </c>
-      <c r="K291" s="37">
+      <c r="K291" s="30">
         <v>1</v>
       </c>
-      <c r="L291" s="65">
+      <c r="L291" s="57">
         <v>3.1</v>
       </c>
-      <c r="M291" s="32">
+      <c r="M291" s="57">
         <v>3.5</v>
       </c>
-      <c r="N291" s="32">
+      <c r="N291" s="57">
         <v>2</v>
       </c>
-      <c r="O291" s="47">
+      <c r="O291" s="39">
         <v>10.199999999999999</v>
       </c>
     </row>
     <row r="292" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B292" s="17"/>
       <c r="C292" s="4" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D292" s="65">
+        <v>15</v>
+      </c>
+      <c r="D292" s="57">
         <v>79</v>
       </c>
-      <c r="E292" s="32">
-[...5 lines deleted...]
-      <c r="G292" s="79">
+      <c r="E292" s="57">
+        <v>79.099999999999994</v>
+      </c>
+      <c r="F292" s="68">
+        <v>79</v>
+      </c>
+      <c r="G292" s="62">
         <v>102.7</v>
       </c>
-      <c r="H292" s="38">
+      <c r="H292" s="31">
         <v>1</v>
       </c>
-      <c r="I292" s="38">
+      <c r="I292" s="31">
         <v>1.5</v>
       </c>
-      <c r="J292" s="38">
+      <c r="J292" s="31">
         <v>-0.5</v>
       </c>
-      <c r="K292" s="37">
+      <c r="K292" s="30">
         <v>3.2</v>
       </c>
-      <c r="L292" s="65">
+      <c r="L292" s="57">
         <v>3.3</v>
       </c>
-      <c r="M292" s="32">
+      <c r="M292" s="57">
         <v>3.7</v>
       </c>
-      <c r="N292" s="32">
+      <c r="N292" s="57">
         <v>1.9</v>
       </c>
-      <c r="O292" s="47">
+      <c r="O292" s="39">
         <v>13.7</v>
       </c>
     </row>
     <row r="293" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B293" s="17"/>
       <c r="C293" s="4" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D293" s="65">
+        <v>16</v>
+      </c>
+      <c r="D293" s="57">
         <v>79.8</v>
       </c>
-      <c r="E293" s="32">
-[...5 lines deleted...]
-      <c r="G293" s="79">
+      <c r="E293" s="57">
+        <v>80.2</v>
+      </c>
+      <c r="F293" s="68">
+        <v>78.900000000000006</v>
+      </c>
+      <c r="G293" s="62">
         <v>109.1</v>
       </c>
-      <c r="H293" s="38">
+      <c r="H293" s="31">
         <v>1</v>
       </c>
-      <c r="I293" s="38">
+      <c r="I293" s="31">
         <v>1.3</v>
       </c>
-      <c r="J293" s="38">
+      <c r="J293" s="31">
         <v>-0.1</v>
       </c>
-      <c r="K293" s="37">
+      <c r="K293" s="30">
         <v>6.3</v>
       </c>
-      <c r="L293" s="65">
+      <c r="L293" s="57">
         <v>3.8</v>
       </c>
-      <c r="M293" s="32">
+      <c r="M293" s="57">
         <v>4.5</v>
       </c>
-      <c r="N293" s="32">
+      <c r="N293" s="57">
         <v>1.6</v>
       </c>
-      <c r="O293" s="47">
+      <c r="O293" s="39">
         <v>19.600000000000001</v>
       </c>
     </row>
     <row r="294" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B294" s="17"/>
       <c r="C294" s="4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D294" s="65">
+        <v>17</v>
+      </c>
+      <c r="D294" s="57">
         <v>80.3</v>
       </c>
-      <c r="E294" s="32">
-[...5 lines deleted...]
-      <c r="G294" s="79">
+      <c r="E294" s="57">
+        <v>80.900000000000006</v>
+      </c>
+      <c r="F294" s="68">
+        <v>78.900000000000006</v>
+      </c>
+      <c r="G294" s="62">
         <v>109.7</v>
       </c>
-      <c r="H294" s="38">
+      <c r="H294" s="31">
         <v>0.7</v>
       </c>
-      <c r="I294" s="38">
+      <c r="I294" s="31">
         <v>0.9</v>
       </c>
-      <c r="J294" s="38">
+      <c r="J294" s="31">
         <v>0</v>
       </c>
-      <c r="K294" s="37">
+      <c r="K294" s="30">
         <v>0.5</v>
       </c>
-      <c r="L294" s="65">
+      <c r="L294" s="57">
         <v>4.8</v>
       </c>
-      <c r="M294" s="32">
+      <c r="M294" s="57">
         <v>5.9</v>
       </c>
-      <c r="N294" s="32">
+      <c r="N294" s="57">
         <v>1.4</v>
       </c>
-      <c r="O294" s="47">
+      <c r="O294" s="39">
         <v>19.8</v>
       </c>
     </row>
     <row r="295" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B295" s="18"/>
       <c r="C295" s="9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D295" s="64">
+        <v>18</v>
+      </c>
+      <c r="D295" s="56">
         <v>80.400000000000006</v>
       </c>
-      <c r="E295" s="34">
-[...5 lines deleted...]
-      <c r="G295" s="80">
+      <c r="E295" s="56">
+        <v>80.900000000000006</v>
+      </c>
+      <c r="F295" s="69">
+        <v>79.099999999999994</v>
+      </c>
+      <c r="G295" s="63">
         <v>110.6</v>
       </c>
-      <c r="H295" s="39">
+      <c r="H295" s="32">
         <v>0</v>
       </c>
-      <c r="I295" s="39">
+      <c r="I295" s="32">
         <v>0</v>
       </c>
-      <c r="J295" s="39">
+      <c r="J295" s="32">
         <v>0.3</v>
       </c>
-      <c r="K295" s="51">
+      <c r="K295" s="43">
         <v>0.82041932543299367</v>
       </c>
-      <c r="L295" s="64">
+      <c r="L295" s="56">
         <v>5.5</v>
       </c>
-      <c r="M295" s="34">
+      <c r="M295" s="56">
         <v>6.7</v>
       </c>
-      <c r="N295" s="34">
+      <c r="N295" s="56">
         <v>1.7</v>
       </c>
-      <c r="O295" s="48">
+      <c r="O295" s="40">
         <v>19.600000000000001</v>
       </c>
     </row>
     <row r="296" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B296" s="17" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D296" s="65">
+        <v>7</v>
+      </c>
+      <c r="D296" s="57">
         <v>80.599999999999994</v>
       </c>
-      <c r="E296" s="32">
-[...5 lines deleted...]
-      <c r="G296" s="79">
+      <c r="E296" s="57">
+        <v>81.2</v>
+      </c>
+      <c r="F296" s="68">
+        <v>78.900000000000006</v>
+      </c>
+      <c r="G296" s="62">
         <v>112.2</v>
       </c>
-      <c r="H296" s="38">
+      <c r="H296" s="31">
         <v>0.3</v>
       </c>
-      <c r="I296" s="38">
+      <c r="I296" s="31">
         <v>0.5</v>
       </c>
-      <c r="J296" s="38">
+      <c r="J296" s="31">
         <v>-0.2</v>
       </c>
-      <c r="K296" s="37">
+      <c r="K296" s="30">
         <v>1.5</v>
       </c>
-      <c r="L296" s="65">
+      <c r="L296" s="57">
         <v>5.7</v>
       </c>
-      <c r="M296" s="32">
+      <c r="M296" s="57">
         <v>7.1</v>
       </c>
-      <c r="N296" s="32">
+      <c r="N296" s="57">
         <v>1.4</v>
       </c>
-      <c r="O296" s="47">
+      <c r="O296" s="39">
         <v>20.7</v>
       </c>
     </row>
     <row r="297" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B297" s="17"/>
       <c r="C297" s="4" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D297" s="65">
+        <v>8</v>
+      </c>
+      <c r="D297" s="57">
         <v>81.3</v>
       </c>
-      <c r="E297" s="32">
-[...5 lines deleted...]
-      <c r="G297" s="79">
+      <c r="E297" s="57">
+        <v>82.1</v>
+      </c>
+      <c r="F297" s="68">
+        <v>79.3</v>
+      </c>
+      <c r="G297" s="62">
         <v>114.4</v>
       </c>
-      <c r="H297" s="38">
+      <c r="H297" s="31">
         <v>0.9</v>
       </c>
-      <c r="I297" s="38">
+      <c r="I297" s="31">
         <v>1</v>
       </c>
-      <c r="J297" s="38">
+      <c r="J297" s="31">
         <v>0.5</v>
       </c>
-      <c r="K297" s="37">
+      <c r="K297" s="30">
         <v>1.9</v>
       </c>
-      <c r="L297" s="65">
+      <c r="L297" s="57">
         <v>6.3</v>
       </c>
-      <c r="M297" s="32">
+      <c r="M297" s="57">
         <v>7.9</v>
       </c>
-      <c r="N297" s="32">
+      <c r="N297" s="57">
         <v>1.7</v>
       </c>
-      <c r="O297" s="47">
+      <c r="O297" s="39">
         <v>21.3</v>
       </c>
     </row>
     <row r="298" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B298" s="17"/>
       <c r="C298" s="4" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D298" s="65">
+        <v>9</v>
+      </c>
+      <c r="D298" s="57">
         <v>83</v>
       </c>
-      <c r="E298" s="32">
-[...5 lines deleted...]
-      <c r="G298" s="79">
+      <c r="E298" s="57">
+        <v>84.1</v>
+      </c>
+      <c r="F298" s="68">
+        <v>80</v>
+      </c>
+      <c r="G298" s="62">
         <v>118.8</v>
       </c>
-      <c r="H298" s="38">
+      <c r="H298" s="31">
         <v>2.1</v>
       </c>
-      <c r="I298" s="38">
+      <c r="I298" s="31">
         <v>2.5</v>
       </c>
-      <c r="J298" s="38">
+      <c r="J298" s="31">
         <v>0.8</v>
       </c>
-      <c r="K298" s="37">
+      <c r="K298" s="30">
         <v>3.9</v>
       </c>
-      <c r="L298" s="65">
+      <c r="L298" s="57">
         <v>7.3</v>
       </c>
-      <c r="M298" s="32">
+      <c r="M298" s="57">
         <v>8.9</v>
       </c>
-      <c r="N298" s="32">
+      <c r="N298" s="57">
         <v>2.6</v>
       </c>
-      <c r="O298" s="47">
+      <c r="O298" s="39">
         <v>24.7</v>
       </c>
     </row>
     <row r="299" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B299" s="17"/>
       <c r="C299" s="4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D299" s="65">
+        <v>10</v>
+      </c>
+      <c r="D299" s="57">
         <v>85.2</v>
       </c>
-      <c r="E299" s="32">
-[...5 lines deleted...]
-      <c r="G299" s="79">
+      <c r="E299" s="57">
+        <v>86.7</v>
+      </c>
+      <c r="F299" s="68">
+        <v>81</v>
+      </c>
+      <c r="G299" s="62">
         <v>121.8</v>
       </c>
-      <c r="H299" s="38">
+      <c r="H299" s="31">
         <v>2.6</v>
       </c>
-      <c r="I299" s="38">
+      <c r="I299" s="31">
         <v>3.1</v>
       </c>
-      <c r="J299" s="38">
+      <c r="J299" s="31">
         <v>1.4</v>
       </c>
-      <c r="K299" s="37">
+      <c r="K299" s="30">
         <v>2.6</v>
       </c>
-      <c r="L299" s="65">
+      <c r="L299" s="57">
         <v>9.4</v>
       </c>
-      <c r="M299" s="32">
+      <c r="M299" s="57">
         <v>11.4</v>
       </c>
-      <c r="N299" s="32">
+      <c r="N299" s="57">
         <v>3.8</v>
       </c>
-      <c r="O299" s="47">
+      <c r="O299" s="39">
         <v>28.4</v>
       </c>
     </row>
     <row r="300" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B300" s="17"/>
       <c r="C300" s="4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D300" s="65">
+        <v>11</v>
+      </c>
+      <c r="D300" s="57">
         <v>86.4</v>
       </c>
-      <c r="E300" s="32">
-[...5 lines deleted...]
-      <c r="G300" s="79">
+      <c r="E300" s="57">
+        <v>88.2</v>
+      </c>
+      <c r="F300" s="68">
+        <v>81.400000000000006</v>
+      </c>
+      <c r="G300" s="62">
         <v>125.9</v>
       </c>
-      <c r="H300" s="38">
+      <c r="H300" s="31">
         <v>1.4</v>
       </c>
-      <c r="I300" s="38">
+      <c r="I300" s="31">
         <v>1.7</v>
       </c>
-      <c r="J300" s="38">
+      <c r="J300" s="31">
         <v>0.5</v>
       </c>
-      <c r="K300" s="37">
+      <c r="K300" s="30">
         <v>3.3661740558292479</v>
       </c>
-      <c r="L300" s="65">
+      <c r="L300" s="57">
         <v>10.8</v>
       </c>
-      <c r="M300" s="32">
+      <c r="M300" s="57">
         <v>13.2</v>
       </c>
-      <c r="N300" s="32">
+      <c r="N300" s="57">
         <v>4</v>
       </c>
-      <c r="O300" s="47">
+      <c r="O300" s="39">
         <v>31.2</v>
       </c>
     </row>
     <row r="301" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B301" s="17"/>
       <c r="C301" s="4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D301" s="65">
+        <v>12</v>
+      </c>
+      <c r="D301" s="57">
         <v>87.4</v>
       </c>
-      <c r="E301" s="32">
-[...5 lines deleted...]
-      <c r="G301" s="79">
+      <c r="E301" s="57">
+        <v>89.1</v>
+      </c>
+      <c r="F301" s="68">
+        <v>82.7</v>
+      </c>
+      <c r="G301" s="62">
         <v>127</v>
       </c>
-      <c r="H301" s="38">
+      <c r="H301" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I301" s="38">
+      <c r="I301" s="31">
         <v>1</v>
       </c>
-      <c r="J301" s="38">
+      <c r="J301" s="31">
         <v>1.5</v>
       </c>
-      <c r="K301" s="37">
+      <c r="K301" s="30">
         <v>0.8</v>
       </c>
-      <c r="L301" s="65">
+      <c r="L301" s="57">
         <v>12.1</v>
       </c>
-      <c r="M301" s="32">
+      <c r="M301" s="57">
         <v>14.5</v>
       </c>
-      <c r="N301" s="32">
-[...2 lines deleted...]
-      <c r="O301" s="47">
+      <c r="N301" s="57">
+        <v>5.2</v>
+      </c>
+      <c r="O301" s="39">
         <v>30.8</v>
       </c>
     </row>
     <row r="302" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B302" s="17"/>
       <c r="C302" s="4" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D302" s="65">
+        <v>13</v>
+      </c>
+      <c r="D302" s="57">
         <v>87.8</v>
       </c>
-      <c r="E302" s="32">
-[...5 lines deleted...]
-      <c r="G302" s="79">
+      <c r="E302" s="57">
+        <v>89.2</v>
+      </c>
+      <c r="F302" s="68">
+        <v>84</v>
+      </c>
+      <c r="G302" s="62">
         <v>129.30000000000001</v>
       </c>
-      <c r="H302" s="38">
+      <c r="H302" s="31">
         <v>0.4</v>
       </c>
-      <c r="I302" s="38">
+      <c r="I302" s="31">
         <v>0</v>
       </c>
-      <c r="J302" s="38">
+      <c r="J302" s="31">
         <v>1.6</v>
       </c>
-      <c r="K302" s="37">
+      <c r="K302" s="30">
         <v>1.8</v>
       </c>
-      <c r="L302" s="65">
+      <c r="L302" s="57">
         <v>12.3</v>
       </c>
-      <c r="M302" s="32">
+      <c r="M302" s="57">
         <v>14.5</v>
       </c>
-      <c r="N302" s="32">
+      <c r="N302" s="57">
         <v>6.1</v>
       </c>
-      <c r="O302" s="47">
+      <c r="O302" s="39">
         <v>31.2</v>
       </c>
     </row>
     <row r="303" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B303" s="17"/>
       <c r="C303" s="4" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D303" s="65">
+        <v>14</v>
+      </c>
+      <c r="D303" s="57">
         <v>87.9</v>
       </c>
-      <c r="E303" s="32">
-[...5 lines deleted...]
-      <c r="G303" s="79">
+      <c r="E303" s="57">
+        <v>89.1</v>
+      </c>
+      <c r="F303" s="68">
+        <v>84.5</v>
+      </c>
+      <c r="G303" s="62">
         <v>129.80000000000001</v>
       </c>
-      <c r="H303" s="38">
+      <c r="H303" s="31">
         <v>0.1</v>
       </c>
-      <c r="I303" s="38">
+      <c r="I303" s="31">
         <v>-0.1</v>
       </c>
-      <c r="J303" s="38">
+      <c r="J303" s="31">
         <v>0.6</v>
       </c>
-      <c r="K303" s="37">
+      <c r="K303" s="30">
         <v>0.5</v>
       </c>
-      <c r="L303" s="65">
+      <c r="L303" s="57">
         <v>12.3</v>
       </c>
-      <c r="M303" s="32">
+      <c r="M303" s="57">
         <v>14.3</v>
       </c>
-      <c r="N303" s="32">
+      <c r="N303" s="57">
         <v>6.5</v>
       </c>
-      <c r="O303" s="47">
+      <c r="O303" s="39">
         <v>30.5</v>
       </c>
     </row>
     <row r="304" spans="2:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B304" s="17"/>
       <c r="C304" s="4" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D304" s="65">
+        <v>15</v>
+      </c>
+      <c r="D304" s="57">
         <v>89.1</v>
       </c>
-      <c r="E304" s="32">
-[...5 lines deleted...]
-      <c r="G304" s="79">
+      <c r="E304" s="57">
+        <v>90.9</v>
+      </c>
+      <c r="F304" s="68">
+        <v>84.5</v>
+      </c>
+      <c r="G304" s="62">
         <v>133.69999999999999</v>
       </c>
-      <c r="H304" s="38">
+      <c r="H304" s="31">
         <v>1.5</v>
       </c>
-      <c r="I304" s="38">
+      <c r="I304" s="31">
         <v>2</v>
       </c>
-      <c r="J304" s="38">
+      <c r="J304" s="31">
         <v>-0.1</v>
       </c>
-      <c r="K304" s="37">
+      <c r="K304" s="30">
         <v>3</v>
       </c>
-      <c r="L304" s="65">
+      <c r="L304" s="57">
         <v>12.8</v>
       </c>
-      <c r="M304" s="32">
+      <c r="M304" s="57">
         <v>14.9</v>
       </c>
-      <c r="N304" s="32">
+      <c r="N304" s="57">
         <v>6.9</v>
       </c>
-      <c r="O304" s="47">
+      <c r="O304" s="39">
         <v>30.2</v>
       </c>
     </row>
     <row r="305" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B305" s="17"/>
       <c r="C305" s="4" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D305" s="65">
+        <v>16</v>
+      </c>
+      <c r="D305" s="57">
         <v>90.3</v>
       </c>
-      <c r="E305" s="32">
-[...5 lines deleted...]
-      <c r="G305" s="79">
+      <c r="E305" s="57">
+        <v>92.5</v>
+      </c>
+      <c r="F305" s="68">
+        <v>84.5</v>
+      </c>
+      <c r="G305" s="62">
         <v>134.9</v>
       </c>
-      <c r="H305" s="38">
+      <c r="H305" s="31">
         <v>1.3</v>
       </c>
-      <c r="I305" s="38">
+      <c r="I305" s="31">
         <v>1.7</v>
       </c>
-      <c r="J305" s="38">
+      <c r="J305" s="31">
         <v>0.1</v>
       </c>
-      <c r="K305" s="37">
+      <c r="K305" s="30">
         <v>0.9</v>
       </c>
-      <c r="L305" s="65">
+      <c r="L305" s="57">
         <v>13.2</v>
       </c>
-      <c r="M305" s="32">
+      <c r="M305" s="57">
         <v>15.3</v>
       </c>
-      <c r="N305" s="32">
-[...2 lines deleted...]
-      <c r="O305" s="47">
+      <c r="N305" s="57">
+        <v>7.1</v>
+      </c>
+      <c r="O305" s="39">
         <v>23.6</v>
       </c>
     </row>
     <row r="306" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B306" s="17"/>
       <c r="C306" s="4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D306" s="65">
+        <v>17</v>
+      </c>
+      <c r="D306" s="57">
         <v>91.2</v>
       </c>
-      <c r="E306" s="32">
-[...5 lines deleted...]
-      <c r="G306" s="79">
+      <c r="E306" s="57">
+        <v>93.5</v>
+      </c>
+      <c r="F306" s="68">
+        <v>84.8</v>
+      </c>
+      <c r="G306" s="62">
         <v>136.30000000000001</v>
       </c>
-      <c r="H306" s="38">
+      <c r="H306" s="31">
         <v>0.9</v>
       </c>
-      <c r="I306" s="38">
+      <c r="I306" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="J306" s="38">
+      <c r="J306" s="31">
         <v>0.3</v>
       </c>
-      <c r="K306" s="37">
+      <c r="K306" s="30">
         <v>1</v>
       </c>
-      <c r="L306" s="65">
+      <c r="L306" s="57">
         <v>13.5</v>
       </c>
-      <c r="M306" s="32">
+      <c r="M306" s="57">
         <v>15.6</v>
       </c>
-      <c r="N306" s="32">
+      <c r="N306" s="57">
         <v>7.5</v>
       </c>
-      <c r="O306" s="47">
+      <c r="O306" s="39">
         <v>24.2</v>
       </c>
     </row>
     <row r="307" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B307" s="18"/>
       <c r="C307" s="9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D307" s="64">
+        <v>18</v>
+      </c>
+      <c r="D307" s="56">
         <v>90.8</v>
       </c>
-      <c r="E307" s="34">
-[...5 lines deleted...]
-      <c r="G307" s="80">
+      <c r="E307" s="56">
+        <v>92.9</v>
+      </c>
+      <c r="F307" s="69">
+        <v>85.3</v>
+      </c>
+      <c r="G307" s="63">
         <v>132.69999999999999</v>
       </c>
-      <c r="H307" s="39">
+      <c r="H307" s="32">
         <v>-0.3</v>
       </c>
-      <c r="I307" s="39">
+      <c r="I307" s="32">
         <v>-0.7</v>
       </c>
-      <c r="J307" s="39">
+      <c r="J307" s="32">
         <v>0.7</v>
       </c>
-      <c r="K307" s="51">
+      <c r="K307" s="43">
         <v>-2.6</v>
       </c>
-      <c r="L307" s="64">
+      <c r="L307" s="56">
         <v>13.1</v>
       </c>
-      <c r="M307" s="34">
+      <c r="M307" s="56">
         <v>14.9</v>
       </c>
-      <c r="N307" s="34">
+      <c r="N307" s="56">
         <v>7.9</v>
       </c>
-      <c r="O307" s="48">
+      <c r="O307" s="40">
         <v>19.899999999999999</v>
       </c>
     </row>
     <row r="308" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B308" s="17" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D308" s="65">
+        <v>7</v>
+      </c>
+      <c r="D308" s="57">
         <v>90.8</v>
       </c>
-      <c r="E308" s="32">
-[...5 lines deleted...]
-      <c r="G308" s="79">
+      <c r="E308" s="57">
+        <v>92.5</v>
+      </c>
+      <c r="F308" s="68">
+        <v>86.2</v>
+      </c>
+      <c r="G308" s="62">
         <v>133.80000000000001</v>
       </c>
-      <c r="H308" s="38">
+      <c r="H308" s="31">
         <v>0</v>
       </c>
-      <c r="I308" s="38">
+      <c r="I308" s="31">
         <v>-0.4</v>
       </c>
-      <c r="J308" s="38">
+      <c r="J308" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="K308" s="37">
+      <c r="K308" s="30">
         <v>0.9</v>
       </c>
-      <c r="L308" s="65">
+      <c r="L308" s="57">
         <v>12.7</v>
       </c>
-      <c r="M308" s="32">
+      <c r="M308" s="57">
         <v>13.9</v>
       </c>
-      <c r="N308" s="32">
+      <c r="N308" s="57">
         <v>9.3000000000000007</v>
       </c>
-      <c r="O308" s="47">
+      <c r="O308" s="39">
         <v>19.2</v>
       </c>
     </row>
     <row r="309" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B309" s="17"/>
       <c r="C309" s="4" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D309" s="65">
+        <v>8</v>
+      </c>
+      <c r="D309" s="57">
         <v>91</v>
       </c>
-      <c r="E309" s="32">
-[...5 lines deleted...]
-      <c r="G309" s="79">
+      <c r="E309" s="57">
+        <v>92.8</v>
+      </c>
+      <c r="F309" s="68">
+        <v>86.3</v>
+      </c>
+      <c r="G309" s="62">
         <v>134.69999999999999</v>
       </c>
-      <c r="H309" s="38">
+      <c r="H309" s="31">
         <v>0.2</v>
       </c>
-      <c r="I309" s="38">
+      <c r="I309" s="31">
         <v>0.3</v>
       </c>
-      <c r="J309" s="38">
+      <c r="J309" s="31">
         <v>0.1</v>
       </c>
-      <c r="K309" s="37">
+      <c r="K309" s="30">
         <v>0.67264573991030829</v>
       </c>
-      <c r="L309" s="65">
+      <c r="L309" s="57">
         <v>12</v>
       </c>
-      <c r="M309" s="32">
+      <c r="M309" s="57">
         <v>13.1</v>
       </c>
-      <c r="N309" s="32">
+      <c r="N309" s="57">
         <v>8.9</v>
       </c>
-      <c r="O309" s="47">
+      <c r="O309" s="39">
         <v>17.8</v>
       </c>
     </row>
     <row r="310" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B310" s="17"/>
       <c r="C310" s="4" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D310" s="65">
+        <v>9</v>
+      </c>
+      <c r="D310" s="57">
         <v>91.9</v>
       </c>
-      <c r="E310" s="32">
-[...5 lines deleted...]
-      <c r="G310" s="79">
+      <c r="E310" s="57">
+        <v>93.8</v>
+      </c>
+      <c r="F310" s="68">
+        <v>86.5</v>
+      </c>
+      <c r="G310" s="62">
         <v>135.4</v>
       </c>
-      <c r="H310" s="38">
+      <c r="H310" s="31">
         <v>0.9</v>
       </c>
-      <c r="I310" s="38">
+      <c r="I310" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="J310" s="38">
+      <c r="J310" s="31">
         <v>0.2</v>
       </c>
-      <c r="K310" s="37">
+      <c r="K310" s="30">
         <v>0.6</v>
       </c>
-      <c r="L310" s="65">
+      <c r="L310" s="57">
         <v>10.7</v>
       </c>
-      <c r="M310" s="32">
+      <c r="M310" s="57">
         <v>11.5</v>
       </c>
-      <c r="N310" s="32">
+      <c r="N310" s="57">
         <v>8.1999999999999993</v>
       </c>
-      <c r="O310" s="47">
+      <c r="O310" s="39">
         <v>14</v>
       </c>
     </row>
     <row r="311" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B311" s="17"/>
       <c r="C311" s="4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D311" s="65">
+        <v>10</v>
+      </c>
+      <c r="D311" s="57">
         <v>92.8</v>
       </c>
-      <c r="E311" s="32">
-[...5 lines deleted...]
-      <c r="G311" s="79">
+      <c r="E311" s="57">
+        <v>94.8</v>
+      </c>
+      <c r="F311" s="68">
+        <v>87.4</v>
+      </c>
+      <c r="G311" s="62">
         <v>132.9</v>
       </c>
-      <c r="H311" s="38">
+      <c r="H311" s="31">
         <v>1</v>
       </c>
-      <c r="I311" s="38">
+      <c r="I311" s="31">
         <v>1</v>
       </c>
-      <c r="J311" s="38">
+      <c r="J311" s="31">
         <v>1</v>
       </c>
-      <c r="K311" s="37">
+      <c r="K311" s="30">
         <v>-1.8</v>
       </c>
-      <c r="L311" s="65">
+      <c r="L311" s="57">
         <v>8.9</v>
       </c>
-      <c r="M311" s="32">
+      <c r="M311" s="57">
         <v>9.1999999999999993</v>
       </c>
-      <c r="N311" s="32">
+      <c r="N311" s="57">
         <v>7.8</v>
       </c>
-      <c r="O311" s="47">
+      <c r="O311" s="39">
         <v>9.1999999999999993</v>
       </c>
     </row>
     <row r="312" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B312" s="17"/>
       <c r="C312" s="4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D312" s="65">
+        <v>11</v>
+      </c>
+      <c r="D312" s="57">
         <v>93.2</v>
       </c>
-      <c r="E312" s="32">
-[...5 lines deleted...]
-      <c r="G312" s="79">
+      <c r="E312" s="57">
+        <v>95.2</v>
+      </c>
+      <c r="F312" s="68">
+        <v>88</v>
+      </c>
+      <c r="G312" s="62">
         <v>130.6</v>
       </c>
-      <c r="H312" s="38">
+      <c r="H312" s="31">
         <v>0.5</v>
       </c>
-      <c r="I312" s="38">
+      <c r="I312" s="31">
         <v>0.4</v>
       </c>
-      <c r="J312" s="38">
+      <c r="J312" s="31">
         <v>0.7</v>
       </c>
-      <c r="K312" s="37">
+      <c r="K312" s="30">
         <v>-1.7306245297216094</v>
       </c>
-      <c r="L312" s="65">
+      <c r="L312" s="57">
         <v>7.9</v>
       </c>
-      <c r="M312" s="32">
+      <c r="M312" s="57">
         <v>7.8</v>
       </c>
-      <c r="N312" s="32">
+      <c r="N312" s="57">
         <v>8</v>
       </c>
-      <c r="O312" s="47">
+      <c r="O312" s="39">
         <v>3.8</v>
       </c>
     </row>
     <row r="313" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B313" s="17"/>
       <c r="C313" s="4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D313" s="65">
+        <v>12</v>
+      </c>
+      <c r="D313" s="57">
         <v>94</v>
       </c>
-      <c r="E313" s="32">
-[...5 lines deleted...]
-      <c r="G313" s="79">
+      <c r="E313" s="57">
+        <v>95.9</v>
+      </c>
+      <c r="F313" s="68">
+        <v>89</v>
+      </c>
+      <c r="G313" s="62">
         <v>132.30000000000001</v>
       </c>
-      <c r="H313" s="38">
+      <c r="H313" s="31">
         <v>0.9</v>
       </c>
-      <c r="I313" s="38">
+      <c r="I313" s="31">
         <v>0.8</v>
       </c>
-      <c r="J313" s="38">
+      <c r="J313" s="31">
         <v>1.2</v>
       </c>
-      <c r="K313" s="37">
+      <c r="K313" s="30">
         <v>1.2</v>
       </c>
-      <c r="L313" s="65">
+      <c r="L313" s="57">
         <v>7.6</v>
       </c>
-      <c r="M313" s="32">
+      <c r="M313" s="57">
         <v>7.6</v>
       </c>
-      <c r="N313" s="32">
+      <c r="N313" s="57">
         <v>7.6</v>
       </c>
-      <c r="O313" s="47">
+      <c r="O313" s="39">
         <v>4.3</v>
       </c>
     </row>
     <row r="314" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B314" s="17"/>
       <c r="C314" s="4" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D314" s="65">
+        <v>13</v>
+      </c>
+      <c r="D314" s="57">
         <v>94.2</v>
       </c>
-      <c r="E314" s="32">
-[...5 lines deleted...]
-      <c r="G314" s="79">
+      <c r="E314" s="57">
+        <v>95.6</v>
+      </c>
+      <c r="F314" s="68">
+        <v>90.5</v>
+      </c>
+      <c r="G314" s="62">
         <v>134</v>
       </c>
-      <c r="H314" s="38">
+      <c r="H314" s="31">
         <v>0.2</v>
       </c>
-      <c r="I314" s="38">
+      <c r="I314" s="31">
         <v>-0.3</v>
       </c>
-      <c r="J314" s="38">
+      <c r="J314" s="31">
         <v>1.7</v>
       </c>
-      <c r="K314" s="37">
+      <c r="K314" s="30">
         <v>1.2</v>
       </c>
-      <c r="L314" s="65">
+      <c r="L314" s="57">
         <v>7.3</v>
       </c>
-      <c r="M314" s="32">
+      <c r="M314" s="57">
         <v>7.2</v>
       </c>
-      <c r="N314" s="32">
+      <c r="N314" s="57">
         <v>7.7</v>
       </c>
-      <c r="O314" s="47">
+      <c r="O314" s="39">
         <v>3.7</v>
       </c>
     </row>
     <row r="315" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B315" s="17"/>
       <c r="C315" s="4" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D315" s="65">
+        <v>14</v>
+      </c>
+      <c r="D315" s="57">
         <v>94.7</v>
       </c>
-      <c r="E315" s="32">
-[...5 lines deleted...]
-      <c r="G315" s="79">
+      <c r="E315" s="57">
+        <v>96</v>
+      </c>
+      <c r="F315" s="68">
+        <v>91.1</v>
+      </c>
+      <c r="G315" s="62">
         <v>135</v>
       </c>
-      <c r="H315" s="38">
+      <c r="H315" s="31">
         <v>0.5</v>
       </c>
-      <c r="I315" s="38">
+      <c r="I315" s="31">
         <v>0.4</v>
       </c>
-      <c r="J315" s="38">
+      <c r="J315" s="31">
         <v>0.7</v>
       </c>
-      <c r="K315" s="37">
+      <c r="K315" s="30">
         <v>0.8</v>
       </c>
-      <c r="L315" s="65">
+      <c r="L315" s="57">
         <v>7.8</v>
       </c>
-      <c r="M315" s="32">
+      <c r="M315" s="57">
         <v>7.7</v>
       </c>
-      <c r="N315" s="32">
+      <c r="N315" s="57">
         <v>7.8</v>
       </c>
-      <c r="O315" s="47">
+      <c r="O315" s="39">
         <v>4</v>
       </c>
     </row>
     <row r="316" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B316" s="17"/>
       <c r="C316" s="4" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D316" s="65">
+        <v>15</v>
+      </c>
+      <c r="D316" s="57">
         <v>95.2</v>
       </c>
-      <c r="E316" s="32">
-[...5 lines deleted...]
-      <c r="G316" s="79">
+      <c r="E316" s="57">
+        <v>97</v>
+      </c>
+      <c r="F316" s="68">
+        <v>90.3</v>
+      </c>
+      <c r="G316" s="62">
         <v>135.69999999999999</v>
       </c>
-      <c r="H316" s="38">
+      <c r="H316" s="31">
         <v>0.5</v>
       </c>
-      <c r="I316" s="38">
+      <c r="I316" s="31">
         <v>1</v>
       </c>
-      <c r="J316" s="38">
+      <c r="J316" s="31">
         <v>-1</v>
       </c>
-      <c r="K316" s="37">
+      <c r="K316" s="30">
         <v>0.6</v>
       </c>
-      <c r="L316" s="65">
+      <c r="L316" s="57">
         <v>6.7</v>
       </c>
-      <c r="M316" s="32">
+      <c r="M316" s="57">
         <v>6.7</v>
       </c>
-      <c r="N316" s="32">
+      <c r="N316" s="57">
         <v>6.9</v>
       </c>
-      <c r="O316" s="47">
+      <c r="O316" s="39">
         <v>1.5</v>
       </c>
     </row>
     <row r="317" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B317" s="17"/>
       <c r="C317" s="4" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D317" s="65">
+        <v>16</v>
+      </c>
+      <c r="D317" s="57">
         <v>95.6</v>
       </c>
-      <c r="E317" s="32">
-[...5 lines deleted...]
-      <c r="G317" s="79">
+      <c r="E317" s="57">
+        <v>97.4</v>
+      </c>
+      <c r="F317" s="68">
+        <v>90.7</v>
+      </c>
+      <c r="G317" s="62">
         <v>134.19999999999999</v>
       </c>
-      <c r="H317" s="38">
+      <c r="H317" s="31">
         <v>0.5</v>
       </c>
-      <c r="I317" s="38">
+      <c r="I317" s="31">
         <v>0.5</v>
       </c>
-      <c r="J317" s="38">
+      <c r="J317" s="31">
         <v>0.4</v>
       </c>
-      <c r="K317" s="37">
+      <c r="K317" s="30">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="L317" s="65">
+      <c r="L317" s="57">
         <v>5.8</v>
       </c>
-      <c r="M317" s="32">
+      <c r="M317" s="57">
         <v>5.4</v>
       </c>
-      <c r="N317" s="32">
+      <c r="N317" s="57">
         <v>7.3</v>
       </c>
-      <c r="O317" s="47">
+      <c r="O317" s="39">
         <v>-0.5</v>
       </c>
     </row>
     <row r="318" spans="2:25" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B318" s="17"/>
       <c r="C318" s="4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D318" s="65">
+        <v>17</v>
+      </c>
+      <c r="D318" s="57">
         <v>95.5</v>
       </c>
-      <c r="E318" s="32">
-[...5 lines deleted...]
-      <c r="G318" s="79">
+      <c r="E318" s="57">
+        <v>97.3</v>
+      </c>
+      <c r="F318" s="68">
+        <v>90.6</v>
+      </c>
+      <c r="G318" s="62">
         <v>134.30000000000001</v>
       </c>
-      <c r="H318" s="38">
+      <c r="H318" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I318" s="38">
+      <c r="I318" s="31">
         <v>-0.2</v>
       </c>
-      <c r="J318" s="38">
+      <c r="J318" s="31">
         <v>0</v>
       </c>
-      <c r="K318" s="37">
+      <c r="K318" s="30">
         <v>0.1</v>
       </c>
-      <c r="L318" s="65">
+      <c r="L318" s="57">
         <v>4.7</v>
       </c>
-      <c r="M318" s="32">
+      <c r="M318" s="57">
         <v>4</v>
       </c>
-      <c r="N318" s="32">
+      <c r="N318" s="57">
         <v>6.9</v>
       </c>
-      <c r="O318" s="47">
+      <c r="O318" s="39">
         <v>-1.4</v>
       </c>
     </row>
     <row r="319" spans="2:25" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B319" s="18"/>
       <c r="C319" s="9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D319" s="64">
+        <v>18</v>
+      </c>
+      <c r="D319" s="56">
         <v>95</v>
       </c>
-      <c r="E319" s="34">
-[...5 lines deleted...]
-      <c r="G319" s="80">
+      <c r="E319" s="56">
+        <v>96.5</v>
+      </c>
+      <c r="F319" s="69">
+        <v>90.7</v>
+      </c>
+      <c r="G319" s="63">
         <v>133.5</v>
       </c>
-      <c r="H319" s="39">
+      <c r="H319" s="32">
         <v>-0.5</v>
       </c>
-      <c r="I319" s="39">
+      <c r="I319" s="32">
         <v>-0.7</v>
       </c>
-      <c r="J319" s="39">
+      <c r="J319" s="32">
         <v>0.1</v>
       </c>
-      <c r="K319" s="51">
+      <c r="K319" s="43">
         <v>-0.6</v>
       </c>
-      <c r="L319" s="64">
+      <c r="L319" s="56">
         <v>4.5</v>
       </c>
-      <c r="M319" s="34">
+      <c r="M319" s="56">
         <v>3.9</v>
       </c>
-      <c r="N319" s="34">
+      <c r="N319" s="56">
         <v>6.3</v>
       </c>
-      <c r="O319" s="48">
+      <c r="O319" s="40">
         <v>0.7</v>
       </c>
     </row>
     <row r="320" spans="2:25" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B320" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="C320" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="57">
+        <v>94.6</v>
+      </c>
+      <c r="E320" s="57">
+        <v>95.8</v>
+      </c>
+      <c r="F320" s="68">
+        <v>91.4</v>
+      </c>
+      <c r="G320" s="62">
+        <v>132.30000000000001</v>
+      </c>
+      <c r="H320" s="31">
+        <v>-0.4</v>
+      </c>
+      <c r="I320" s="31">
+        <v>-0.8</v>
+      </c>
+      <c r="J320" s="31">
+        <v>0.7</v>
+      </c>
+      <c r="K320" s="30">
+        <v>-0.9</v>
+      </c>
+      <c r="L320" s="57">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M320" s="57">
+        <v>3.5</v>
+      </c>
+      <c r="N320" s="57">
+        <v>5.9</v>
+      </c>
+      <c r="O320" s="39">
+        <v>-1.0900000000000001</v>
+      </c>
+      <c r="P320" s="36"/>
+      <c r="Q320" s="36"/>
+      <c r="R320" s="36"/>
+      <c r="S320" s="36"/>
+      <c r="T320" s="36"/>
+      <c r="U320" s="36"/>
+      <c r="V320" s="37"/>
+      <c r="X320" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="C320" s="4" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="Y320" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="321" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B321" s="17"/>
       <c r="C321" s="4" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D321" s="65">
+        <v>8</v>
+      </c>
+      <c r="D321" s="57">
         <v>94.8</v>
       </c>
-      <c r="E321" s="32">
-[...5 lines deleted...]
-      <c r="G321" s="79">
+      <c r="E321" s="57">
+        <v>95.8</v>
+      </c>
+      <c r="F321" s="68">
+        <v>91.8</v>
+      </c>
+      <c r="G321" s="62">
         <v>132.4</v>
       </c>
-      <c r="H321" s="38">
+      <c r="H321" s="31">
         <v>0.2</v>
       </c>
-      <c r="I321" s="38">
+      <c r="I321" s="31">
         <v>0.1</v>
       </c>
-      <c r="J321" s="38">
+      <c r="J321" s="31">
         <v>0.5</v>
       </c>
-      <c r="K321" s="37">
+      <c r="K321" s="30">
         <v>0</v>
       </c>
-      <c r="L321" s="65">
+      <c r="L321" s="57">
         <v>4.0999999999999996</v>
       </c>
-      <c r="M321" s="32">
+      <c r="M321" s="57">
         <v>3.3</v>
       </c>
-      <c r="N321" s="32">
+      <c r="N321" s="57">
         <v>6.4</v>
       </c>
-      <c r="O321" s="47">
+      <c r="O321" s="39">
         <v>-1.7000000000000028</v>
       </c>
-      <c r="P321" s="54"/>
-[...5 lines deleted...]
-      <c r="V321" s="54"/>
+      <c r="P321" s="46"/>
+      <c r="Q321" s="46"/>
+      <c r="R321" s="46"/>
+      <c r="S321" s="46"/>
+      <c r="T321" s="46"/>
+      <c r="U321" s="46"/>
+      <c r="V321" s="46"/>
     </row>
     <row r="322" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B322" s="17"/>
       <c r="C322" s="4" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D322" s="65">
+        <v>9</v>
+      </c>
+      <c r="D322" s="57">
         <v>95.6</v>
       </c>
-      <c r="E322" s="32">
-[...5 lines deleted...]
-      <c r="G322" s="79">
+      <c r="E322" s="57">
+        <v>96.8</v>
+      </c>
+      <c r="F322" s="68">
+        <v>92.2</v>
+      </c>
+      <c r="G322" s="62">
         <v>132.69999999999999</v>
       </c>
-      <c r="H322" s="38">
+      <c r="H322" s="31">
         <v>0.9</v>
       </c>
-      <c r="I322" s="38">
+      <c r="I322" s="31">
         <v>1</v>
       </c>
-      <c r="J322" s="38">
+      <c r="J322" s="31">
         <v>0.4</v>
       </c>
-      <c r="K322" s="37">
+      <c r="K322" s="30">
         <v>0.2</v>
       </c>
-      <c r="L322" s="65">
+      <c r="L322" s="57">
         <v>4.0999999999999996</v>
       </c>
-      <c r="M322" s="32">
+      <c r="M322" s="57">
         <v>3.2</v>
       </c>
-      <c r="N322" s="32">
+      <c r="N322" s="57">
         <v>6.6</v>
       </c>
-      <c r="O322" s="47">
+      <c r="O322" s="39">
         <v>-2.09</v>
       </c>
-      <c r="P322" s="54"/>
-[...5 lines deleted...]
-      <c r="V322" s="54"/>
+      <c r="P322" s="46"/>
+      <c r="Q322" s="46"/>
+      <c r="R322" s="46"/>
+      <c r="S322" s="46"/>
+      <c r="T322" s="46"/>
+      <c r="U322" s="46"/>
+      <c r="V322" s="46"/>
     </row>
     <row r="323" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B323" s="17"/>
       <c r="C323" s="4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D323" s="65">
+        <v>10</v>
+      </c>
+      <c r="D323" s="57">
         <v>96.2</v>
       </c>
-      <c r="E323" s="32">
+      <c r="E323" s="57">
+        <v>97.5</v>
+      </c>
+      <c r="F323" s="68">
+        <v>92.9</v>
+      </c>
+      <c r="G323" s="62">
         <v>130.19999999999999</v>
       </c>
-      <c r="F323" s="32">
-[...5 lines deleted...]
-      <c r="H323" s="38">
+      <c r="H323" s="31">
         <v>0.7</v>
       </c>
-      <c r="I323" s="38">
-[...2 lines deleted...]
-      <c r="J323" s="38">
+      <c r="I323" s="31">
         <v>0.7</v>
       </c>
-      <c r="K323" s="37">
+      <c r="J323" s="31">
+        <v>0.7</v>
+      </c>
+      <c r="K323" s="30">
         <v>-1.9</v>
       </c>
-      <c r="L323" s="65">
+      <c r="L323" s="57">
         <v>3.7</v>
       </c>
-      <c r="M323" s="32">
+      <c r="M323" s="57">
         <v>2.9</v>
       </c>
-      <c r="N323" s="32">
+      <c r="N323" s="57">
         <v>6.3</v>
       </c>
-      <c r="O323" s="47">
+      <c r="O323" s="39">
         <v>-2.2000000000000028</v>
       </c>
-      <c r="P323" s="54"/>
-[...5 lines deleted...]
-      <c r="V323" s="54"/>
+      <c r="P323" s="46"/>
+      <c r="Q323" s="46"/>
+      <c r="R323" s="46"/>
+      <c r="S323" s="46"/>
+      <c r="T323" s="46"/>
+      <c r="U323" s="46"/>
+      <c r="V323" s="46"/>
     </row>
     <row r="324" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B324" s="17"/>
       <c r="C324" s="4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D324" s="65">
+        <v>11</v>
+      </c>
+      <c r="D324" s="57">
         <v>96.3</v>
       </c>
-      <c r="E324" s="32">
-[...5 lines deleted...]
-      <c r="G324" s="79">
+      <c r="E324" s="57">
+        <v>97.3</v>
+      </c>
+      <c r="F324" s="68">
+        <v>93.4</v>
+      </c>
+      <c r="G324" s="62">
         <v>124.8</v>
       </c>
-      <c r="H324" s="38">
+      <c r="H324" s="31">
         <v>0.1</v>
       </c>
-      <c r="I324" s="38">
+      <c r="I324" s="31">
         <v>-0.1</v>
       </c>
-      <c r="J324" s="38">
+      <c r="J324" s="31">
         <v>0.5</v>
       </c>
-      <c r="K324" s="37">
+      <c r="K324" s="30">
         <v>-4.0999999999999996</v>
       </c>
-      <c r="L324" s="65">
+      <c r="L324" s="57">
         <v>3.3</v>
       </c>
-      <c r="M324" s="32">
+      <c r="M324" s="57">
         <v>2.2999999999999998</v>
       </c>
-      <c r="N324" s="32">
+      <c r="N324" s="57">
         <v>6.1</v>
       </c>
-      <c r="O324" s="47">
+      <c r="O324" s="39">
         <v>-4.5999999999999996</v>
       </c>
-      <c r="P324" s="54"/>
-[...5 lines deleted...]
-      <c r="V324" s="54"/>
+      <c r="P324" s="46"/>
+      <c r="Q324" s="46"/>
+      <c r="R324" s="46"/>
+      <c r="S324" s="46"/>
+      <c r="T324" s="46"/>
+      <c r="U324" s="46"/>
+      <c r="V324" s="46"/>
     </row>
     <row r="325" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B325" s="17"/>
       <c r="C325" s="4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D325" s="65">
+        <v>12</v>
+      </c>
+      <c r="D325" s="57">
         <v>96.3</v>
       </c>
-      <c r="E325" s="32">
-[...5 lines deleted...]
-      <c r="G325" s="79">
+      <c r="E325" s="57">
+        <v>97.2</v>
+      </c>
+      <c r="F325" s="68">
+        <v>93.9</v>
+      </c>
+      <c r="G325" s="62">
         <v>125.9</v>
       </c>
-      <c r="H325" s="38">
+      <c r="H325" s="31">
         <v>0</v>
       </c>
-      <c r="I325" s="38">
+      <c r="I325" s="31">
         <v>-0.2</v>
       </c>
-      <c r="J325" s="38">
+      <c r="J325" s="31">
         <v>0.6</v>
       </c>
-      <c r="K325" s="37">
+      <c r="K325" s="30">
         <v>0.9</v>
       </c>
-      <c r="L325" s="65">
+      <c r="L325" s="57">
         <v>2.4</v>
       </c>
-      <c r="M325" s="32">
+      <c r="M325" s="57">
         <v>1.3</v>
       </c>
-      <c r="N325" s="32">
+      <c r="N325" s="57">
         <v>5.5</v>
       </c>
-      <c r="O325" s="47">
+      <c r="O325" s="39">
         <v>-4.9000000000000004</v>
       </c>
-      <c r="P325" s="54"/>
-[...5 lines deleted...]
-      <c r="V325" s="54"/>
+      <c r="P325" s="46"/>
+      <c r="Q325" s="46"/>
+      <c r="R325" s="46"/>
+      <c r="S325" s="46"/>
+      <c r="T325" s="46"/>
+      <c r="U325" s="46"/>
+      <c r="V325" s="46"/>
     </row>
     <row r="326" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B326" s="17"/>
       <c r="C326" s="4" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D326" s="65">
+        <v>13</v>
+      </c>
+      <c r="D326" s="57">
         <v>96.3</v>
       </c>
-      <c r="E326" s="32">
-[...5 lines deleted...]
-      <c r="G326" s="79">
+      <c r="E326" s="57">
+        <v>96.5</v>
+      </c>
+      <c r="F326" s="68">
+        <v>95.7</v>
+      </c>
+      <c r="G326" s="62">
         <v>128</v>
       </c>
-      <c r="H326" s="38">
+      <c r="H326" s="31">
         <v>0</v>
       </c>
-      <c r="I326" s="38">
+      <c r="I326" s="31">
         <v>-0.7</v>
       </c>
-      <c r="J326" s="38">
+      <c r="J326" s="31">
         <v>1.9</v>
       </c>
-      <c r="K326" s="37">
+      <c r="K326" s="30">
         <v>1.6</v>
       </c>
-      <c r="L326" s="65">
+      <c r="L326" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M326" s="32">
+      <c r="M326" s="57">
         <v>1</v>
       </c>
-      <c r="N326" s="32">
+      <c r="N326" s="57">
         <v>5.8</v>
       </c>
-      <c r="O326" s="47">
+      <c r="O326" s="39">
         <v>-4.5</v>
       </c>
-      <c r="P326" s="54"/>
-[...5 lines deleted...]
-      <c r="V326" s="54"/>
+      <c r="P326" s="46"/>
+      <c r="Q326" s="46"/>
+      <c r="R326" s="46"/>
+      <c r="S326" s="46"/>
+      <c r="T326" s="46"/>
+      <c r="U326" s="46"/>
+      <c r="V326" s="46"/>
     </row>
     <row r="327" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B327" s="17"/>
       <c r="C327" s="4" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D327" s="65">
+        <v>14</v>
+      </c>
+      <c r="D327" s="57">
         <v>96.4</v>
       </c>
-      <c r="E327" s="32">
-[...5 lines deleted...]
-      <c r="G327" s="79">
+      <c r="E327" s="57">
+        <v>96.3</v>
+      </c>
+      <c r="F327" s="68">
+        <v>96.5</v>
+      </c>
+      <c r="G327" s="62">
         <v>127.4</v>
       </c>
-      <c r="H327" s="38">
+      <c r="H327" s="31">
         <v>0</v>
       </c>
-      <c r="I327" s="38">
+      <c r="I327" s="31">
         <v>-0.3</v>
       </c>
-      <c r="J327" s="38">
+      <c r="J327" s="31">
         <v>0.8</v>
       </c>
-      <c r="K327" s="37">
+      <c r="K327" s="30">
         <v>-0.5</v>
       </c>
-      <c r="L327" s="65">
+      <c r="L327" s="57">
         <v>1.8</v>
       </c>
-      <c r="M327" s="32">
+      <c r="M327" s="57">
         <v>0.3</v>
       </c>
-      <c r="N327" s="32">
+      <c r="N327" s="57">
         <v>5.9</v>
       </c>
-      <c r="O327" s="47">
+      <c r="O327" s="39">
         <v>-5.7</v>
       </c>
-      <c r="P327" s="54"/>
-[...5 lines deleted...]
-      <c r="V327" s="54"/>
+      <c r="P327" s="46"/>
+      <c r="Q327" s="46"/>
+      <c r="R327" s="46"/>
+      <c r="S327" s="46"/>
+      <c r="T327" s="46"/>
+      <c r="U327" s="46"/>
+      <c r="V327" s="46"/>
     </row>
     <row r="328" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B328" s="17"/>
       <c r="C328" s="4" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D328" s="65">
+        <v>15</v>
+      </c>
+      <c r="D328" s="57">
         <v>96.7</v>
       </c>
-      <c r="E328" s="32">
-[...5 lines deleted...]
-      <c r="G328" s="79">
+      <c r="E328" s="57">
+        <v>97</v>
+      </c>
+      <c r="F328" s="68">
+        <v>95.8</v>
+      </c>
+      <c r="G328" s="62">
         <v>127.2</v>
       </c>
-      <c r="H328" s="38">
+      <c r="H328" s="31">
         <v>0.4</v>
       </c>
-      <c r="I328" s="38">
+      <c r="I328" s="31">
         <v>0.7</v>
       </c>
-      <c r="J328" s="38">
+      <c r="J328" s="31">
         <v>-0.7</v>
       </c>
-      <c r="K328" s="37">
+      <c r="K328" s="30">
         <v>-0.2</v>
       </c>
-      <c r="L328" s="65">
+      <c r="L328" s="57">
         <v>1.6</v>
       </c>
-      <c r="M328" s="32">
+      <c r="M328" s="57">
         <v>0</v>
       </c>
-      <c r="N328" s="32">
+      <c r="N328" s="57">
         <v>6.2</v>
       </c>
-      <c r="O328" s="47">
+      <c r="O328" s="39">
         <v>-6.4</v>
       </c>
-      <c r="P328" s="54"/>
-[...5 lines deleted...]
-      <c r="V328" s="54"/>
+      <c r="P328" s="46"/>
+      <c r="Q328" s="46"/>
+      <c r="R328" s="46"/>
+      <c r="S328" s="46"/>
+      <c r="T328" s="46"/>
+      <c r="U328" s="46"/>
+      <c r="V328" s="46"/>
     </row>
     <row r="329" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B329" s="17"/>
       <c r="C329" s="4" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D329" s="65">
+        <v>16</v>
+      </c>
+      <c r="D329" s="57">
         <v>97.7</v>
       </c>
-      <c r="E329" s="32">
-[...5 lines deleted...]
-      <c r="G329" s="79">
+      <c r="E329" s="57">
+        <v>98.6</v>
+      </c>
+      <c r="F329" s="68">
+        <v>95.3</v>
+      </c>
+      <c r="G329" s="62">
         <v>127.7</v>
       </c>
-      <c r="H329" s="38">
+      <c r="H329" s="31">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I329" s="38">
+      <c r="I329" s="31">
         <v>1.7</v>
       </c>
-      <c r="J329" s="38">
+      <c r="J329" s="31">
         <v>-0.5</v>
       </c>
-      <c r="K329" s="37">
+      <c r="K329" s="30">
         <v>0.4</v>
       </c>
-      <c r="L329" s="65">
+      <c r="L329" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M329" s="32">
+      <c r="M329" s="57">
         <v>1.2</v>
       </c>
-      <c r="N329" s="32">
+      <c r="N329" s="57">
         <v>5.0999999999999996</v>
       </c>
-      <c r="O329" s="47">
+      <c r="O329" s="39">
         <v>-4.9000000000000004</v>
       </c>
-      <c r="P329" s="54"/>
-[...5 lines deleted...]
-      <c r="V329" s="54"/>
+      <c r="P329" s="46"/>
+      <c r="Q329" s="46"/>
+      <c r="R329" s="46"/>
+      <c r="S329" s="46"/>
+      <c r="T329" s="46"/>
+      <c r="U329" s="46"/>
+      <c r="V329" s="46"/>
     </row>
     <row r="330" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B330" s="17"/>
       <c r="C330" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D330" s="57">
+        <v>98.1</v>
+      </c>
+      <c r="E330" s="57">
+        <v>99.2</v>
+      </c>
+      <c r="F330" s="68">
+        <v>95.2</v>
+      </c>
+      <c r="G330" s="62">
+        <v>127.4</v>
+      </c>
+      <c r="H330" s="31">
+        <v>0.4</v>
+      </c>
+      <c r="I330" s="31">
+        <v>0.6</v>
+      </c>
+      <c r="J330" s="31">
+        <v>-0.1</v>
+      </c>
+      <c r="K330" s="30">
+        <v>-0.2</v>
+      </c>
+      <c r="L330" s="57">
+        <v>2.8</v>
+      </c>
+      <c r="M330" s="57">
+        <v>2</v>
+      </c>
+      <c r="N330" s="57">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="O330" s="39">
+        <v>-5.3</v>
+      </c>
+      <c r="P330" s="46"/>
+      <c r="Q330" s="46"/>
+      <c r="R330" s="46"/>
+      <c r="S330" s="46"/>
+      <c r="T330" s="46"/>
+      <c r="U330" s="46"/>
+      <c r="V330" s="46"/>
+    </row>
+    <row r="331" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B331" s="48"/>
+      <c r="C331" s="47" t="s">
         <v>18</v>
       </c>
-      <c r="D330" s="65">
-[...14 lines deleted...]
-      <c r="I330" s="38">
+      <c r="D331" s="59">
+        <v>98.2</v>
+      </c>
+      <c r="E331" s="56">
+        <v>99.1</v>
+      </c>
+      <c r="F331" s="69">
+        <v>95.8</v>
+      </c>
+      <c r="G331" s="64">
+        <v>130.5</v>
+      </c>
+      <c r="H331" s="49">
+        <v>0.1</v>
+      </c>
+      <c r="I331" s="32">
+        <v>-0.1</v>
+      </c>
+      <c r="J331" s="32">
         <v>0.6</v>
       </c>
-      <c r="J330" s="38">
-[...51 lines deleted...]
-      <c r="K331" s="51">
+      <c r="K331" s="43">
         <v>2.4</v>
       </c>
-      <c r="L331" s="67">
+      <c r="L331" s="59">
         <v>3.4</v>
       </c>
-      <c r="M331" s="34">
+      <c r="M331" s="56">
         <v>2.7</v>
       </c>
-      <c r="N331" s="34">
+      <c r="N331" s="56">
         <v>5.6</v>
       </c>
-      <c r="O331" s="48">
+      <c r="O331" s="40">
         <v>-2.2999999999999998</v>
       </c>
-      <c r="P331" s="54"/>
-[...5 lines deleted...]
-      <c r="V331" s="54"/>
+      <c r="P331" s="46"/>
+      <c r="Q331" s="46"/>
+      <c r="R331" s="46"/>
+      <c r="S331" s="46"/>
+      <c r="T331" s="46"/>
+      <c r="U331" s="46"/>
+      <c r="V331" s="46"/>
     </row>
     <row r="332" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B332" s="17" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D332" s="65">
+        <v>7</v>
+      </c>
+      <c r="D332" s="57">
         <v>98.4</v>
       </c>
-      <c r="E332" s="32">
-[...5 lines deleted...]
-      <c r="G332" s="79">
+      <c r="E332" s="57">
+        <v>98.8</v>
+      </c>
+      <c r="F332" s="68">
+        <v>97.1</v>
+      </c>
+      <c r="G332" s="62">
         <v>132.6</v>
       </c>
-      <c r="H332" s="38">
+      <c r="H332" s="31">
         <v>0.1</v>
       </c>
-      <c r="I332" s="38">
+      <c r="I332" s="31">
         <v>-0.3</v>
       </c>
-      <c r="J332" s="38">
+      <c r="J332" s="31">
         <v>1.4</v>
       </c>
-      <c r="K332" s="37">
+      <c r="K332" s="30">
         <v>1.6</v>
       </c>
-      <c r="L332" s="65">
+      <c r="L332" s="57">
         <v>4</v>
       </c>
-      <c r="M332" s="32">
+      <c r="M332" s="57">
         <v>3.2</v>
       </c>
-      <c r="N332" s="32">
+      <c r="N332" s="57">
         <v>6.3</v>
       </c>
-      <c r="O332" s="47">
+      <c r="O332" s="39">
         <v>0.1</v>
       </c>
-      <c r="P332" s="54"/>
-[...5 lines deleted...]
-      <c r="V332" s="54"/>
+      <c r="P332" s="46"/>
+      <c r="Q332" s="46"/>
+      <c r="R332" s="46"/>
+      <c r="S332" s="46"/>
+      <c r="T332" s="46"/>
+      <c r="U332" s="46"/>
+      <c r="V332" s="46"/>
     </row>
     <row r="333" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B333" s="17"/>
       <c r="C333" s="4" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D333" s="65">
+        <v>8</v>
+      </c>
+      <c r="D333" s="57">
         <v>98.3</v>
       </c>
-      <c r="E333" s="32">
-[...5 lines deleted...]
-      <c r="G333" s="79">
+      <c r="E333" s="57">
+        <v>98.7</v>
+      </c>
+      <c r="F333" s="68">
+        <v>97.1</v>
+      </c>
+      <c r="G333" s="62">
         <v>133</v>
       </c>
-      <c r="H333" s="38">
+      <c r="H333" s="31">
         <v>-0.1</v>
       </c>
-      <c r="I333" s="38">
+      <c r="I333" s="31">
         <v>-0.2</v>
       </c>
-      <c r="J333" s="38">
+      <c r="J333" s="31">
         <v>0</v>
       </c>
-      <c r="K333" s="37">
+      <c r="K333" s="30">
         <v>0.3</v>
       </c>
-      <c r="L333" s="65">
+      <c r="L333" s="57">
         <v>3.7</v>
       </c>
-      <c r="M333" s="32">
+      <c r="M333" s="57">
         <v>3</v>
       </c>
-      <c r="N333" s="32">
+      <c r="N333" s="57">
         <v>5.7</v>
       </c>
-      <c r="O333" s="47">
+      <c r="O333" s="39">
         <v>0.4</v>
       </c>
-      <c r="P333" s="54"/>
-[...5 lines deleted...]
-      <c r="V333" s="54"/>
+      <c r="P333" s="46"/>
+      <c r="Q333" s="46"/>
+      <c r="R333" s="46"/>
+      <c r="S333" s="46"/>
+      <c r="T333" s="46"/>
+      <c r="U333" s="46"/>
+      <c r="V333" s="46"/>
     </row>
     <row r="334" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B334" s="17"/>
       <c r="C334" s="4" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D334" s="65">
+        <v>9</v>
+      </c>
+      <c r="D334" s="57">
         <v>98.7</v>
       </c>
-      <c r="E334" s="32">
-[...5 lines deleted...]
-      <c r="G334" s="79">
+      <c r="E334" s="57">
+        <v>99</v>
+      </c>
+      <c r="F334" s="68">
+        <v>97.8</v>
+      </c>
+      <c r="G334" s="62">
         <v>132.69999999999999</v>
       </c>
-      <c r="H334" s="38">
+      <c r="H334" s="31">
         <v>0.4</v>
       </c>
-      <c r="I334" s="38">
+      <c r="I334" s="31">
         <v>0.3</v>
       </c>
-      <c r="J334" s="38">
+      <c r="J334" s="31">
         <v>0.7</v>
       </c>
-      <c r="K334" s="37">
+      <c r="K334" s="30">
         <v>-0.3</v>
       </c>
-      <c r="L334" s="65">
+      <c r="L334" s="57">
         <v>3.2</v>
       </c>
-      <c r="M334" s="32">
+      <c r="M334" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="N334" s="32">
+      <c r="N334" s="57">
         <v>6</v>
       </c>
-      <c r="O334" s="47">
+      <c r="O334" s="39">
         <v>0</v>
       </c>
-      <c r="P334" s="54"/>
-[...5 lines deleted...]
-      <c r="V334" s="54"/>
+      <c r="P334" s="46"/>
+      <c r="Q334" s="46"/>
+      <c r="R334" s="46"/>
+      <c r="S334" s="46"/>
+      <c r="T334" s="46"/>
+      <c r="U334" s="46"/>
+      <c r="V334" s="46"/>
     </row>
     <row r="335" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B335" s="17"/>
       <c r="C335" s="4" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D335" s="65">
+        <v>10</v>
+      </c>
+      <c r="D335" s="57">
         <v>99.3</v>
       </c>
-      <c r="E335" s="32">
-[...5 lines deleted...]
-      <c r="G335" s="79">
+      <c r="E335" s="57">
+        <v>99.6</v>
+      </c>
+      <c r="F335" s="68">
+        <v>98.6</v>
+      </c>
+      <c r="G335" s="62">
         <v>129.69999999999999</v>
       </c>
-      <c r="H335" s="38">
+      <c r="H335" s="31">
         <v>0.6</v>
       </c>
-      <c r="I335" s="38">
+      <c r="I335" s="31">
         <v>0.6</v>
       </c>
-      <c r="J335" s="38">
+      <c r="J335" s="31">
         <v>0.8</v>
       </c>
-      <c r="K335" s="37">
+      <c r="K335" s="30">
         <v>-2.2999999999999998</v>
       </c>
-      <c r="L335" s="65">
+      <c r="L335" s="57">
         <v>3.2</v>
       </c>
-      <c r="M335" s="32">
+      <c r="M335" s="57">
         <v>2.1</v>
       </c>
-      <c r="N335" s="32">
+      <c r="N335" s="57">
         <v>6.1</v>
       </c>
-      <c r="O335" s="47">
+      <c r="O335" s="39">
         <v>-0.4</v>
       </c>
-      <c r="P335" s="54"/>
-[...5 lines deleted...]
-      <c r="V335" s="54"/>
+      <c r="P335" s="46"/>
+      <c r="Q335" s="46"/>
+      <c r="R335" s="46"/>
+      <c r="S335" s="46"/>
+      <c r="T335" s="46"/>
+      <c r="U335" s="46"/>
+      <c r="V335" s="46"/>
     </row>
     <row r="336" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B336" s="17"/>
       <c r="C336" s="4" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D336" s="65">
+        <v>11</v>
+      </c>
+      <c r="D336" s="57">
         <v>99.6</v>
       </c>
-      <c r="E336" s="32">
-[...5 lines deleted...]
-      <c r="G336" s="79">
+      <c r="E336" s="57">
+        <v>99.8</v>
+      </c>
+      <c r="F336" s="68">
+        <v>99.2</v>
+      </c>
+      <c r="G336" s="62">
         <v>127.4</v>
       </c>
-      <c r="H336" s="38">
+      <c r="H336" s="31">
         <v>0.3</v>
       </c>
-      <c r="I336" s="38">
+      <c r="I336" s="31">
         <v>0.2</v>
       </c>
-      <c r="J336" s="38">
+      <c r="J336" s="31">
         <v>0.6</v>
       </c>
-      <c r="K336" s="37">
+      <c r="K336" s="30">
         <v>-1.8</v>
       </c>
-      <c r="L336" s="65">
+      <c r="L336" s="57">
         <v>3.5</v>
       </c>
-      <c r="M336" s="32">
+      <c r="M336" s="57">
         <v>2.5</v>
       </c>
-      <c r="N336" s="32">
+      <c r="N336" s="57">
         <v>6.2</v>
       </c>
-      <c r="O336" s="47">
+      <c r="O336" s="39">
         <v>2</v>
       </c>
-      <c r="P336" s="54"/>
-[...5 lines deleted...]
-      <c r="V336" s="54"/>
+      <c r="P336" s="46"/>
+      <c r="Q336" s="46"/>
+      <c r="R336" s="46"/>
+      <c r="S336" s="46"/>
+      <c r="T336" s="46"/>
+      <c r="U336" s="46"/>
+      <c r="V336" s="46"/>
     </row>
     <row r="337" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B337" s="17"/>
       <c r="C337" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D337" s="57">
+        <v>99.9</v>
+      </c>
+      <c r="E337" s="57">
+        <v>99.8</v>
+      </c>
+      <c r="F337" s="68">
+        <v>100.2</v>
+      </c>
+      <c r="G337" s="62">
+        <v>128.9</v>
+      </c>
+      <c r="H337" s="31">
+        <v>0.2</v>
+      </c>
+      <c r="I337" s="31">
+        <v>-0.1</v>
+      </c>
+      <c r="J337" s="31">
+        <v>1</v>
+      </c>
+      <c r="K337" s="30">
+        <v>1.2</v>
+      </c>
+      <c r="L337" s="57">
+        <v>3.7</v>
+      </c>
+      <c r="M337" s="57">
+        <v>2.6</v>
+      </c>
+      <c r="N337" s="57">
+        <v>6.7</v>
+      </c>
+      <c r="O337" s="39">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="P337" s="46"/>
+      <c r="Q337" s="46"/>
+      <c r="R337" s="46"/>
+      <c r="S337" s="46"/>
+      <c r="T337" s="46"/>
+      <c r="U337" s="46"/>
+      <c r="V337" s="46"/>
+    </row>
+    <row r="338" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B338" s="51"/>
+      <c r="C338" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="D337" s="65">
+      <c r="D338" s="52">
+        <v>100.2</v>
+      </c>
+      <c r="E338" s="57">
         <v>99.9</v>
       </c>
-      <c r="E337" s="32">
-[...8 lines deleted...]
-      <c r="H337" s="38">
+      <c r="F338" s="68">
+        <v>101.2</v>
+      </c>
+      <c r="G338" s="57">
+        <v>129.69999999999999</v>
+      </c>
+      <c r="H338" s="53">
+        <v>0.4</v>
+      </c>
+      <c r="I338" s="31">
         <v>0.2</v>
       </c>
-      <c r="I337" s="38">
+      <c r="J338" s="31">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="K338" s="30">
+        <v>0.6</v>
+      </c>
+      <c r="L338" s="52">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M338" s="57">
+        <v>3.5</v>
+      </c>
+      <c r="N338" s="57">
+        <v>5.7</v>
+      </c>
+      <c r="O338" s="39">
+        <v>1.2</v>
+      </c>
+      <c r="P338" s="46"/>
+      <c r="Q338" s="46"/>
+      <c r="R338" s="46"/>
+      <c r="S338" s="46"/>
+      <c r="T338" s="46"/>
+      <c r="U338" s="46"/>
+      <c r="V338" s="46"/>
+    </row>
+    <row r="339" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B339" s="51"/>
+      <c r="C339" s="50" t="s">
+        <v>14</v>
+      </c>
+      <c r="D339" s="52">
+        <v>100.3</v>
+      </c>
+      <c r="E339" s="57">
+        <v>99.5</v>
+      </c>
+      <c r="F339" s="68">
+        <v>102.6</v>
+      </c>
+      <c r="G339" s="57">
+        <v>130.1</v>
+      </c>
+      <c r="H339" s="53">
+        <v>0.1</v>
+      </c>
+      <c r="I339" s="31">
+        <v>-0.4</v>
+      </c>
+      <c r="J339" s="31">
+        <v>1.4</v>
+      </c>
+      <c r="K339" s="30">
+        <v>0.3</v>
+      </c>
+      <c r="L339" s="52">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="M339" s="57">
+        <v>3.4</v>
+      </c>
+      <c r="N339" s="57">
+        <v>6.4</v>
+      </c>
+      <c r="O339" s="39">
+        <v>2.1</v>
+      </c>
+      <c r="P339" s="46"/>
+      <c r="Q339" s="46"/>
+      <c r="R339" s="46"/>
+      <c r="S339" s="46"/>
+      <c r="T339" s="46"/>
+      <c r="U339" s="46"/>
+      <c r="V339" s="46"/>
+    </row>
+    <row r="340" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B340" s="51"/>
+      <c r="C340" s="50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D340" s="52">
+        <v>100.7</v>
+      </c>
+      <c r="E340" s="57">
+        <v>100.4</v>
+      </c>
+      <c r="F340" s="68">
+        <v>101.6</v>
+      </c>
+      <c r="G340" s="57">
+        <v>130.4</v>
+      </c>
+      <c r="H340" s="53">
+        <v>0.4</v>
+      </c>
+      <c r="I340" s="31">
+        <v>0.9</v>
+      </c>
+      <c r="J340" s="31">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="K340" s="30">
+        <v>0.3</v>
+      </c>
+      <c r="L340" s="52">
+        <v>4.2</v>
+      </c>
+      <c r="M340" s="57">
+        <v>3.6</v>
+      </c>
+      <c r="N340" s="57">
+        <v>6</v>
+      </c>
+      <c r="O340" s="39">
+        <v>2.5</v>
+      </c>
+      <c r="P340" s="46"/>
+      <c r="Q340" s="46"/>
+      <c r="R340" s="46"/>
+      <c r="S340" s="46"/>
+      <c r="T340" s="46"/>
+      <c r="U340" s="46"/>
+      <c r="V340" s="46"/>
+    </row>
+    <row r="341" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B341" s="51"/>
+      <c r="C341" s="50" t="s">
+        <v>16</v>
+      </c>
+      <c r="D341" s="52">
+        <v>101.3</v>
+      </c>
+      <c r="E341" s="57">
+        <v>101.2</v>
+      </c>
+      <c r="F341" s="68">
+        <v>101.5</v>
+      </c>
+      <c r="G341" s="57">
+        <v>130.30000000000001</v>
+      </c>
+      <c r="H341" s="53">
+        <v>0.6</v>
+      </c>
+      <c r="I341" s="31">
+        <v>0.8</v>
+      </c>
+      <c r="J341" s="31">
+        <v>-0.1</v>
+      </c>
+      <c r="K341" s="30">
         <v>0</v>
       </c>
-      <c r="J337" s="38">
-[...51 lines deleted...]
-      <c r="K338" s="37">
+      <c r="L341" s="52">
+        <v>3.6</v>
+      </c>
+      <c r="M341" s="57">
+        <v>2.7</v>
+      </c>
+      <c r="N341" s="57">
+        <v>6.4</v>
+      </c>
+      <c r="O341" s="39">
+        <v>2</v>
+      </c>
+      <c r="P341" s="46"/>
+      <c r="Q341" s="46"/>
+      <c r="R341" s="46"/>
+      <c r="S341" s="46"/>
+      <c r="T341" s="46"/>
+      <c r="U341" s="46"/>
+      <c r="V341" s="46"/>
+    </row>
+    <row r="342" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B342" s="51"/>
+      <c r="C342" s="50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D342" s="52">
+        <v>101.9</v>
+      </c>
+      <c r="E342" s="57">
+        <v>102</v>
+      </c>
+      <c r="F342" s="68">
+        <v>101.5</v>
+      </c>
+      <c r="G342" s="57">
+        <v>131.1</v>
+      </c>
+      <c r="H342" s="53">
         <v>0.6</v>
       </c>
-      <c r="L338" s="60">
-[...134 lines deleted...]
-      <c r="H341" s="61">
+      <c r="I342" s="31">
+        <v>0.8</v>
+      </c>
+      <c r="J342" s="31">
+        <v>0</v>
+      </c>
+      <c r="K342" s="30">
         <v>0.6</v>
       </c>
-      <c r="I341" s="38">
-[...57 lines deleted...]
-      <c r="L342" s="60">
+      <c r="L342" s="52">
         <v>3.8</v>
       </c>
-      <c r="M342" s="32">
+      <c r="M342" s="57">
         <v>2.8</v>
       </c>
-      <c r="N342" s="32">
+      <c r="N342" s="57">
         <v>6.6</v>
       </c>
-      <c r="O342" s="47">
+      <c r="O342" s="39">
         <v>2.9</v>
       </c>
-      <c r="P342" s="54"/>
-[...7 lines deleted...]
-    <row r="343" spans="2:22" s="58" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P342" s="46"/>
+      <c r="Q342" s="46"/>
+      <c r="R342" s="46"/>
+      <c r="S342" s="46"/>
+      <c r="T342" s="46"/>
+      <c r="U342" s="46"/>
+      <c r="V342" s="46"/>
+    </row>
+    <row r="343" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B343" s="18"/>
       <c r="C343" s="9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="D343" s="64">
+        <v>18</v>
+      </c>
+      <c r="D343" s="56">
         <v>101.4</v>
       </c>
-      <c r="E343" s="34">
+      <c r="E343" s="56">
+        <v>101.3</v>
+      </c>
+      <c r="F343" s="69">
+        <v>101.8</v>
+      </c>
+      <c r="G343" s="56">
+        <v>130.6</v>
+      </c>
+      <c r="H343" s="32">
+        <v>-0.4</v>
+      </c>
+      <c r="I343" s="32">
+        <v>-0.7</v>
+      </c>
+      <c r="J343" s="32">
+        <v>0.3</v>
+      </c>
+      <c r="K343" s="43">
+        <v>-0.4</v>
+      </c>
+      <c r="L343" s="56">
+        <v>3.3</v>
+      </c>
+      <c r="M343" s="56">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="N343" s="56">
+        <v>6.3</v>
+      </c>
+      <c r="O343" s="40">
+        <v>0.1</v>
+      </c>
+      <c r="P343" s="46"/>
+      <c r="Q343" s="46"/>
+      <c r="R343" s="46"/>
+      <c r="S343" s="46"/>
+      <c r="T343" s="46"/>
+      <c r="U343" s="46"/>
+      <c r="V343" s="46"/>
+    </row>
+    <row r="344" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B344" s="51" t="s">
+        <v>50</v>
+      </c>
+      <c r="C344" s="50" t="s">
+        <v>7</v>
+      </c>
+      <c r="D344" s="52">
+        <v>101.7</v>
+      </c>
+      <c r="E344" s="52">
+        <v>100.9</v>
+      </c>
+      <c r="F344" s="68">
+        <v>104.1</v>
+      </c>
+      <c r="G344" s="52">
+        <v>130.4</v>
+      </c>
+      <c r="H344" s="53">
+        <v>0.3</v>
+      </c>
+      <c r="I344" s="53">
+        <v>-0.4</v>
+      </c>
+      <c r="J344" s="53">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="K344" s="53">
+        <v>-0.2</v>
+      </c>
+      <c r="L344" s="52">
+        <v>3.4</v>
+      </c>
+      <c r="M344" s="52">
+        <v>2.1</v>
+      </c>
+      <c r="N344" s="52">
+        <v>7.2</v>
+      </c>
+      <c r="O344" s="67">
+        <v>-1.7</v>
+      </c>
+      <c r="P344" s="46"/>
+      <c r="Q344" s="46"/>
+      <c r="R344" s="46"/>
+      <c r="S344" s="46"/>
+      <c r="T344" s="46"/>
+      <c r="U344" s="46"/>
+      <c r="V344" s="46"/>
+    </row>
+    <row r="345" spans="2:22" s="50" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B345" s="44"/>
+      <c r="C345" s="45" t="s">
+        <v>8</v>
+      </c>
+      <c r="D345" s="54">
+        <v>102</v>
+      </c>
+      <c r="E345" s="54">
+        <v>101.1</v>
+      </c>
+      <c r="F345" s="70">
+        <v>104.6</v>
+      </c>
+      <c r="G345" s="54">
         <v>135.30000000000001</v>
       </c>
-      <c r="F343" s="34">
-[...11 lines deleted...]
-      <c r="J343" s="39">
+      <c r="H345" s="65">
         <v>0.3</v>
       </c>
-      <c r="K343" s="51">
-[...76 lines deleted...]
-      <c r="K345" s="49"/>
+      <c r="I345" s="65">
+        <v>0.2</v>
+      </c>
+      <c r="J345" s="65">
+        <v>0.5</v>
+      </c>
+      <c r="K345" s="65">
+        <v>3.7</v>
+      </c>
+      <c r="L345" s="54">
+        <v>3.8</v>
+      </c>
+      <c r="M345" s="54">
+        <v>2.5</v>
+      </c>
+      <c r="N345" s="54">
+        <v>7.7</v>
+      </c>
+      <c r="O345" s="66">
+        <v>1.7</v>
+      </c>
+      <c r="P345" s="46"/>
+      <c r="Q345" s="46"/>
+      <c r="R345" s="46"/>
+      <c r="S345" s="46"/>
+      <c r="T345" s="46"/>
+      <c r="U345" s="46"/>
+      <c r="V345" s="46"/>
     </row>
     <row r="346" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B346" s="17"/>
-[...10 lines deleted...]
-      <c r="O346" s="49"/>
+      <c r="I346" s="41"/>
+      <c r="J346" s="41"/>
+      <c r="K346" s="41"/>
     </row>
     <row r="347" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B347" s="28" t="s">
-[...8 lines deleted...]
-      <c r="O347" s="49"/>
+      <c r="B347" s="17"/>
+      <c r="D347" s="41"/>
+      <c r="F347" s="41"/>
+      <c r="G347" s="41"/>
+      <c r="H347" s="41"/>
+      <c r="I347" s="41"/>
+      <c r="J347" s="41"/>
+      <c r="K347" s="41"/>
+      <c r="L347" s="41"/>
+      <c r="M347" s="41"/>
+      <c r="N347" s="41"/>
+      <c r="O347" s="41"/>
     </row>
     <row r="348" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B348" s="28" t="s">
-        <v>61</v>
-[...8 lines deleted...]
-      <c r="O348" s="49"/>
+        <v>58</v>
+      </c>
+      <c r="H348" s="41"/>
+      <c r="I348" s="41"/>
+      <c r="J348" s="41"/>
+      <c r="K348" s="41"/>
+      <c r="L348" s="41"/>
+      <c r="M348" s="41"/>
+      <c r="N348" s="41"/>
+      <c r="O348" s="41"/>
     </row>
     <row r="349" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B349" s="28" t="s">
-        <v>60</v>
-[...9 lines deleted...]
-      <c r="O349" s="49"/>
+        <v>37</v>
+      </c>
     </row>
     <row r="350" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B350" s="28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B350" s="27"/>
     </row>
     <row r="351" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B351" s="27"/>
+      <c r="D351" s="4"/>
+      <c r="H351" s="4"/>
     </row>
     <row r="352" spans="2:22" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D352" s="4"/>
-      <c r="H352" s="4"/>
     </row>
     <row r="353" spans="4:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D353" s="4"/>
-    </row>
-[...1 lines deleted...]
-      <c r="D354" s="4"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="O6:O7"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="H5:K5"/>
     <mergeCell ref="L5:O5"/>
     <mergeCell ref="D6:F6"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:N6"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="4294967292" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>