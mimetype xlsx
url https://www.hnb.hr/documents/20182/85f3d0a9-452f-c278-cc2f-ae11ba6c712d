--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -5,80 +5,80 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\261\MOST\Agregirana bilanca DMFI i Biltenske tablice\Biltenske tablice ENG serija od 12.2010\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1736AE76-4968-44E0-895D-10E11404AA98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0D844901-80AB-4D8D-A0F7-B79AA900FA80}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{81CE88B0-4CC5-4898-A29F-0E692B4906EE}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="775" uniqueCount="14">
   <si>
     <t>end of period, million EUR</t>
   </si>
   <si>
     <t xml:space="preserve">     Up to 1 year</t>
   </si>
   <si>
     <t xml:space="preserve">     From 1 to 2 years</t>
   </si>
   <si>
     <t xml:space="preserve">     Over 2 years</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>IN DOMESTIC CURRENCY</t>
   </si>
   <si>
     <t>IN FOREIGN CURRENCY</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> 1</t>
     </r>
@@ -677,74 +677,74 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6B81EDD-4DD0-40CE-944A-4E843877A177}">
-  <dimension ref="B2:FZ32"/>
+  <dimension ref="B2:GA32"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" style="1" customWidth="1"/>
     <col min="3" max="16384" width="9.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:182" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:183" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="14" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="13" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="2:182" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:183" s="2" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="2:183" s="6" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="4"/>
       <c r="C6" s="5">
         <v>40543</v>
       </c>
       <c r="D6" s="5">
         <v>40574</v>
       </c>
       <c r="E6" s="5">
         <v>40602</v>
       </c>
       <c r="F6" s="5">
         <v>40633</v>
       </c>
       <c r="G6" s="5">
         <v>40663</v>
       </c>
       <c r="H6" s="5">
         <v>40694</v>
       </c>
       <c r="I6" s="5">
         <v>40724</v>
       </c>
       <c r="J6" s="5">
         <v>40755</v>
       </c>
@@ -1242,52 +1242,55 @@
       </c>
       <c r="FS6" s="5">
         <v>45777</v>
       </c>
       <c r="FT6" s="5">
         <v>45808</v>
       </c>
       <c r="FU6" s="5">
         <v>45838</v>
       </c>
       <c r="FV6" s="5">
         <v>45869</v>
       </c>
       <c r="FW6" s="5">
         <v>45900</v>
       </c>
       <c r="FX6" s="5">
         <v>45930</v>
       </c>
       <c r="FY6" s="5">
         <v>45961</v>
       </c>
       <c r="FZ6" s="5">
         <v>45991</v>
       </c>
+      <c r="GA6" s="5">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:182" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:183" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="15"/>
       <c r="D7" s="15"/>
       <c r="E7" s="15"/>
       <c r="F7" s="15"/>
       <c r="G7" s="15"/>
       <c r="H7" s="15"/>
       <c r="I7" s="15"/>
       <c r="J7" s="15"/>
       <c r="K7" s="15"/>
       <c r="L7" s="15"/>
       <c r="M7" s="15"/>
       <c r="N7" s="15"/>
       <c r="O7" s="15"/>
       <c r="P7" s="15"/>
       <c r="Q7" s="15"/>
       <c r="R7" s="15"/>
       <c r="S7" s="15"/>
       <c r="T7" s="15"/>
       <c r="U7" s="15"/>
       <c r="V7" s="15"/>
       <c r="W7" s="15"/>
       <c r="X7" s="15"/>
@@ -1427,52 +1430,53 @@
       <c r="FB7" s="15"/>
       <c r="FC7" s="15"/>
       <c r="FD7" s="15"/>
       <c r="FE7" s="15"/>
       <c r="FF7" s="15"/>
       <c r="FG7" s="15"/>
       <c r="FH7" s="15"/>
       <c r="FI7" s="15"/>
       <c r="FJ7" s="15"/>
       <c r="FK7" s="15"/>
       <c r="FL7" s="15"/>
       <c r="FM7" s="15"/>
       <c r="FN7" s="15"/>
       <c r="FO7" s="15"/>
       <c r="FP7" s="15"/>
       <c r="FQ7" s="15"/>
       <c r="FR7" s="15"/>
       <c r="FS7" s="15"/>
       <c r="FT7" s="15"/>
       <c r="FU7" s="15"/>
       <c r="FV7" s="15"/>
       <c r="FW7" s="15"/>
       <c r="FX7" s="15"/>
       <c r="FY7" s="15"/>
       <c r="FZ7" s="15"/>
+      <c r="GA7" s="15"/>
     </row>
-    <row r="8" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="8">
         <v>478.28146305000001</v>
       </c>
       <c r="D8" s="8">
         <v>444.83405821999997</v>
       </c>
       <c r="E8" s="8">
         <v>582.73258484999997</v>
       </c>
       <c r="F8" s="8">
         <v>490.38587598999999</v>
       </c>
       <c r="G8" s="8">
         <v>477.04511934999999</v>
       </c>
       <c r="H8" s="8">
         <v>532.05876552999996</v>
       </c>
       <c r="I8" s="8">
         <v>575.74087717999998</v>
       </c>
       <c r="J8" s="8">
@@ -1972,52 +1976,55 @@
       </c>
       <c r="FS8" s="8">
         <v>2096.7310848500001</v>
       </c>
       <c r="FT8" s="8">
         <v>2198.9715591999998</v>
       </c>
       <c r="FU8" s="8">
         <v>2123.8095307499998</v>
       </c>
       <c r="FV8" s="8">
         <v>2381.58417968</v>
       </c>
       <c r="FW8" s="8">
         <v>2441.0310418099998</v>
       </c>
       <c r="FX8" s="8">
         <v>2506.5653453099999</v>
       </c>
       <c r="FY8" s="8">
         <v>2240.7161623900001</v>
       </c>
       <c r="FZ8" s="8">
         <v>2282.0799049399998</v>
       </c>
+      <c r="GA8" s="8">
+        <v>2637.2252079499999</v>
+      </c>
     </row>
-    <row r="9" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="8">
         <v>2537.72881198</v>
       </c>
       <c r="D9" s="8">
         <v>2514.6011133699999</v>
       </c>
       <c r="E9" s="8">
         <v>2239.5113189100002</v>
       </c>
       <c r="F9" s="8">
         <v>2196.27244191</v>
       </c>
       <c r="G9" s="8">
         <v>2212.9317895899999</v>
       </c>
       <c r="H9" s="8">
         <v>2224.3711737600001</v>
       </c>
       <c r="I9" s="8">
         <v>2090.1438504900002</v>
       </c>
       <c r="J9" s="8">
@@ -2517,52 +2524,55 @@
       </c>
       <c r="FS9" s="8">
         <v>2216.6251003500001</v>
       </c>
       <c r="FT9" s="8">
         <v>2231.04182408</v>
       </c>
       <c r="FU9" s="8">
         <v>2289.08032555</v>
       </c>
       <c r="FV9" s="8">
         <v>2331.2254407199998</v>
       </c>
       <c r="FW9" s="8">
         <v>2357.3724627299998</v>
       </c>
       <c r="FX9" s="8">
         <v>2214.2199457000002</v>
       </c>
       <c r="FY9" s="8">
         <v>2453.7647565399998</v>
       </c>
       <c r="FZ9" s="8">
         <v>2350.7409254899999</v>
       </c>
+      <c r="GA9" s="8">
+        <v>2127.6587947500002</v>
+      </c>
     </row>
-    <row r="10" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="8">
         <v>1048.9426544800001</v>
       </c>
       <c r="D10" s="8">
         <v>1019.8501404</v>
       </c>
       <c r="E10" s="8">
         <v>747.37147898000001</v>
       </c>
       <c r="F10" s="8">
         <v>724.40063814999996</v>
       </c>
       <c r="G10" s="8">
         <v>738.37270664000005</v>
       </c>
       <c r="H10" s="8">
         <v>722.73196728000005</v>
       </c>
       <c r="I10" s="8">
         <v>560.02832446000002</v>
       </c>
       <c r="J10" s="8">
@@ -3062,52 +3072,55 @@
       </c>
       <c r="FS10" s="8">
         <v>1261.15134038</v>
       </c>
       <c r="FT10" s="8">
         <v>1273.1752518599999</v>
       </c>
       <c r="FU10" s="8">
         <v>1337.1230477500001</v>
       </c>
       <c r="FV10" s="8">
         <v>1378.7072836699999</v>
       </c>
       <c r="FW10" s="8">
         <v>1402.2626385399999</v>
       </c>
       <c r="FX10" s="8">
         <v>1277.4803599300001</v>
       </c>
       <c r="FY10" s="8">
         <v>1538.13850796</v>
       </c>
       <c r="FZ10" s="8">
         <v>1398.98928473</v>
       </c>
+      <c r="GA10" s="8">
+        <v>1189.6681938300001</v>
+      </c>
     </row>
-    <row r="11" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="8">
         <v>19.142087270000001</v>
       </c>
       <c r="D11" s="8">
         <v>23.58807213</v>
       </c>
       <c r="E11" s="8">
         <v>20.846343430000001</v>
       </c>
       <c r="F11" s="8">
         <v>10.21127517</v>
       </c>
       <c r="G11" s="8">
         <v>18.510836189999999</v>
       </c>
       <c r="H11" s="8">
         <v>22.128917340000001</v>
       </c>
       <c r="I11" s="8">
         <v>25.818024210000001</v>
       </c>
       <c r="J11" s="8">
@@ -3607,52 +3620,55 @@
       </c>
       <c r="FS11" s="8">
         <v>5.2348409399999998</v>
       </c>
       <c r="FT11" s="8">
         <v>6.0441387600000001</v>
       </c>
       <c r="FU11" s="8">
         <v>5.28527126</v>
       </c>
       <c r="FV11" s="8">
         <v>5.3935850099999998</v>
       </c>
       <c r="FW11" s="8">
         <v>5.3484923599999998</v>
       </c>
       <c r="FX11" s="8">
         <v>5.2334843700000002</v>
       </c>
       <c r="FY11" s="8">
         <v>5.1852582199999997</v>
       </c>
       <c r="FZ11" s="8">
         <v>5.1790412200000002</v>
       </c>
+      <c r="GA11" s="8">
+        <v>4.2604865500000004</v>
+      </c>
     </row>
-    <row r="12" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="8">
         <v>1469.6440702299999</v>
       </c>
       <c r="D12" s="8">
         <v>1471.16290084</v>
       </c>
       <c r="E12" s="8">
         <v>1471.2934964999999</v>
       </c>
       <c r="F12" s="8">
         <v>1461.66052859</v>
       </c>
       <c r="G12" s="8">
         <v>1456.04824676</v>
       </c>
       <c r="H12" s="8">
         <v>1479.5102891399999</v>
       </c>
       <c r="I12" s="8">
         <v>1504.29750182</v>
       </c>
       <c r="J12" s="8">
@@ -4152,52 +4168,55 @@
       </c>
       <c r="FS12" s="8">
         <v>950.23891903000003</v>
       </c>
       <c r="FT12" s="8">
         <v>951.82243345999996</v>
       </c>
       <c r="FU12" s="8">
         <v>946.67200653999998</v>
       </c>
       <c r="FV12" s="8">
         <v>947.12457203999998</v>
       </c>
       <c r="FW12" s="8">
         <v>949.76133183000002</v>
       </c>
       <c r="FX12" s="8">
         <v>931.50610140000003</v>
       </c>
       <c r="FY12" s="8">
         <v>910.44099036</v>
       </c>
       <c r="FZ12" s="8">
         <v>946.57259954000006</v>
       </c>
+      <c r="GA12" s="8">
+        <v>933.73011437000002</v>
+      </c>
     </row>
-    <row r="13" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="G13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J13" s="8" t="s">
@@ -4697,52 +4716,55 @@
       </c>
       <c r="FS13" s="8">
         <v>1.5</v>
       </c>
       <c r="FT13" s="8">
         <v>1.5</v>
       </c>
       <c r="FU13" s="8">
         <v>1</v>
       </c>
       <c r="FV13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FW13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FX13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FY13" s="8">
         <v>0.6</v>
       </c>
       <c r="FZ13" s="8">
         <v>0.6</v>
       </c>
+      <c r="GA13" s="8" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="14" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="11">
         <v>3016.0102750299998</v>
       </c>
       <c r="D14" s="11">
         <v>2959.4351715900002</v>
       </c>
       <c r="E14" s="11">
         <v>2822.2439037600002</v>
       </c>
       <c r="F14" s="11">
         <v>2686.6583178999999</v>
       </c>
       <c r="G14" s="11">
         <v>2689.9769089400002</v>
       </c>
       <c r="H14" s="11">
         <v>2756.4299392900002</v>
       </c>
       <c r="I14" s="11">
         <v>2665.8847276699998</v>
       </c>
       <c r="J14" s="11">
@@ -5242,52 +5264,55 @@
       </c>
       <c r="FS14" s="11">
         <v>4314.8561852000003</v>
       </c>
       <c r="FT14" s="11">
         <v>4431.5133832800002</v>
       </c>
       <c r="FU14" s="11">
         <v>4413.8898563000002</v>
       </c>
       <c r="FV14" s="11">
         <v>4712.8096204000003</v>
       </c>
       <c r="FW14" s="11">
         <v>4798.4035045399996</v>
       </c>
       <c r="FX14" s="11">
         <v>4720.78529101</v>
       </c>
       <c r="FY14" s="11">
         <v>4695.0809189299998</v>
       </c>
       <c r="FZ14" s="11">
         <v>4633.42083043</v>
       </c>
+      <c r="GA14" s="11">
+        <v>4764.8840026999997</v>
+      </c>
     </row>
-    <row r="15" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="15"/>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15"/>
       <c r="L15" s="15"/>
       <c r="M15" s="15"/>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" s="15"/>
       <c r="S15" s="15"/>
       <c r="T15" s="15"/>
       <c r="U15" s="15"/>
       <c r="V15" s="15"/>
       <c r="W15" s="15"/>
       <c r="X15" s="15"/>
@@ -5427,52 +5452,53 @@
       <c r="FB15" s="15"/>
       <c r="FC15" s="15"/>
       <c r="FD15" s="15"/>
       <c r="FE15" s="15"/>
       <c r="FF15" s="15"/>
       <c r="FG15" s="15"/>
       <c r="FH15" s="15"/>
       <c r="FI15" s="15"/>
       <c r="FJ15" s="15"/>
       <c r="FK15" s="15"/>
       <c r="FL15" s="15"/>
       <c r="FM15" s="15"/>
       <c r="FN15" s="15"/>
       <c r="FO15" s="15"/>
       <c r="FP15" s="15"/>
       <c r="FQ15" s="15"/>
       <c r="FR15" s="15"/>
       <c r="FS15" s="15"/>
       <c r="FT15" s="15"/>
       <c r="FU15" s="15"/>
       <c r="FV15" s="15"/>
       <c r="FW15" s="15"/>
       <c r="FX15" s="15"/>
       <c r="FY15" s="15"/>
       <c r="FZ15" s="15"/>
+      <c r="GA15" s="15"/>
     </row>
-    <row r="16" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="8">
         <v>4.1900125499999996</v>
       </c>
       <c r="D16" s="8">
         <v>4.9345585300000003</v>
       </c>
       <c r="E16" s="8">
         <v>3.6819711700000002</v>
       </c>
       <c r="F16" s="8">
         <v>3.8415135600000001</v>
       </c>
       <c r="G16" s="8">
         <v>4.94456235</v>
       </c>
       <c r="H16" s="8">
         <v>4.4280153899999997</v>
       </c>
       <c r="I16" s="8">
         <v>8.2776120599999992</v>
       </c>
       <c r="J16" s="8">
@@ -5972,52 +5998,55 @@
       </c>
       <c r="FS16" s="8">
         <v>11.76218918</v>
       </c>
       <c r="FT16" s="8">
         <v>14.262565739999999</v>
       </c>
       <c r="FU16" s="8">
         <v>11.05608194</v>
       </c>
       <c r="FV16" s="8">
         <v>15.21916337</v>
       </c>
       <c r="FW16" s="8">
         <v>12.38512306</v>
       </c>
       <c r="FX16" s="8">
         <v>15.2238215</v>
       </c>
       <c r="FY16" s="8">
         <v>12.83455537</v>
       </c>
       <c r="FZ16" s="8">
         <v>13.78195171</v>
       </c>
+      <c r="GA16" s="8">
+        <v>14.189258799999999</v>
+      </c>
     </row>
-    <row r="17" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="8">
         <v>70.000842950000006</v>
       </c>
       <c r="D17" s="8">
         <v>73.456827059999995</v>
       </c>
       <c r="E17" s="8">
         <v>78.229257250000003</v>
       </c>
       <c r="F17" s="8">
         <v>80.039280300000001</v>
       </c>
       <c r="G17" s="8">
         <v>85.443463289999997</v>
       </c>
       <c r="H17" s="8">
         <v>89.953012560000005</v>
       </c>
       <c r="I17" s="8">
         <v>88.684236540000001</v>
       </c>
       <c r="J17" s="8">
@@ -6517,52 +6546,55 @@
       </c>
       <c r="FS17" s="8">
         <v>3.52550681</v>
       </c>
       <c r="FT17" s="8">
         <v>3.53607804</v>
       </c>
       <c r="FU17" s="8">
         <v>3.4258022000000001</v>
       </c>
       <c r="FV17" s="8">
         <v>8.2926100000000006E-3</v>
       </c>
       <c r="FW17" s="8">
         <v>3.8253206999999998</v>
       </c>
       <c r="FX17" s="8">
         <v>6.3631866600000002</v>
       </c>
       <c r="FY17" s="8">
         <v>6.45849677</v>
       </c>
       <c r="FZ17" s="8">
         <v>6.4884693999999996</v>
       </c>
+      <c r="GA17" s="8">
+        <v>12.16684843</v>
+      </c>
     </row>
-    <row r="18" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="8">
         <v>69.971743230000001</v>
       </c>
       <c r="D18" s="8">
         <v>73.428641470000002</v>
       </c>
       <c r="E18" s="8">
         <v>78.201157260000002</v>
       </c>
       <c r="F18" s="8">
         <v>80.011874000000006</v>
       </c>
       <c r="G18" s="8">
         <v>85.417608009999995</v>
       </c>
       <c r="H18" s="8">
         <v>89.925820009999995</v>
       </c>
       <c r="I18" s="8">
         <v>88.657441739999996</v>
       </c>
       <c r="J18" s="8">
@@ -7062,52 +7094,55 @@
       </c>
       <c r="FS18" s="8">
         <v>3.52550681</v>
       </c>
       <c r="FT18" s="8">
         <v>3.53607804</v>
       </c>
       <c r="FU18" s="8">
         <v>3.4258022000000001</v>
       </c>
       <c r="FV18" s="8">
         <v>8.2926100000000006E-3</v>
       </c>
       <c r="FW18" s="8">
         <v>3.8253206999999998</v>
       </c>
       <c r="FX18" s="8">
         <v>6.3631866600000002</v>
       </c>
       <c r="FY18" s="8">
         <v>6.45849677</v>
       </c>
       <c r="FZ18" s="8">
         <v>6.4884693999999996</v>
       </c>
+      <c r="GA18" s="8">
+        <v>12.16684843</v>
+      </c>
     </row>
-    <row r="19" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="G19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J19" s="8" t="s">
@@ -7607,52 +7642,55 @@
       </c>
       <c r="FS19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FT19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FU19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FV19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FW19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FX19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FY19" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FZ19" s="8" t="s">
         <v>4</v>
       </c>
+      <c r="GA19" s="8" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="20" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="7" t="s">
         <v>3</v>
       </c>
       <c r="C20" s="8">
         <v>2.9099719999999999E-2</v>
       </c>
       <c r="D20" s="8">
         <v>2.818559E-2</v>
       </c>
       <c r="E20" s="8">
         <v>2.8099989999999998E-2</v>
       </c>
       <c r="F20" s="8">
         <v>2.7406300000000001E-2</v>
       </c>
       <c r="G20" s="8">
         <v>2.5855280000000001E-2</v>
       </c>
       <c r="H20" s="8">
         <v>2.7192549999999999E-2</v>
       </c>
       <c r="I20" s="8">
         <v>2.6794800000000001E-2</v>
       </c>
       <c r="J20" s="8">
@@ -8152,52 +8190,55 @@
       </c>
       <c r="FS20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FT20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FU20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FV20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FW20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FX20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FY20" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FZ20" s="8" t="s">
         <v>4</v>
       </c>
+      <c r="GA20" s="8" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="21" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="G21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="J21" s="8" t="s">
@@ -8697,52 +8738,55 @@
       </c>
       <c r="FS21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FT21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FU21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FV21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FW21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FX21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FY21" s="8" t="s">
         <v>4</v>
       </c>
       <c r="FZ21" s="8" t="s">
         <v>4</v>
       </c>
+      <c r="GA21" s="8" t="s">
+        <v>4</v>
+      </c>
     </row>
-    <row r="22" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="11">
         <v>74.190855499999998</v>
       </c>
       <c r="D22" s="11">
         <v>78.391385589999999</v>
       </c>
       <c r="E22" s="11">
         <v>81.91122842</v>
       </c>
       <c r="F22" s="11">
         <v>83.880793859999997</v>
       </c>
       <c r="G22" s="11">
         <v>90.388025639999995</v>
       </c>
       <c r="H22" s="11">
         <v>94.381027950000004</v>
       </c>
       <c r="I22" s="11">
         <v>96.961848599999996</v>
       </c>
       <c r="J22" s="11">
@@ -9242,52 +9286,55 @@
       </c>
       <c r="FS22" s="11">
         <v>15.28769599</v>
       </c>
       <c r="FT22" s="11">
         <v>17.798643779999999</v>
       </c>
       <c r="FU22" s="11">
         <v>14.48188414</v>
       </c>
       <c r="FV22" s="11">
         <v>15.22745598</v>
       </c>
       <c r="FW22" s="11">
         <v>16.21044376</v>
       </c>
       <c r="FX22" s="11">
         <v>21.58700816</v>
       </c>
       <c r="FY22" s="11">
         <v>19.29305214</v>
       </c>
       <c r="FZ22" s="11">
         <v>20.270421110000001</v>
       </c>
+      <c r="GA22" s="11">
+        <v>26.356107229999999</v>
+      </c>
     </row>
-    <row r="23" spans="2:182" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="2:183" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="12">
         <v>3090.2011305299998</v>
       </c>
       <c r="D23" s="12">
         <v>3037.8265571799998</v>
       </c>
       <c r="E23" s="12">
         <v>2904.1551321799998</v>
       </c>
       <c r="F23" s="12">
         <v>2770.5391117600002</v>
       </c>
       <c r="G23" s="12">
         <v>2780.36493458</v>
       </c>
       <c r="H23" s="12">
         <v>2850.8109672400001</v>
       </c>
       <c r="I23" s="12">
         <v>2762.8465762699998</v>
       </c>
       <c r="J23" s="12">
@@ -9787,64 +9834,67 @@
       </c>
       <c r="FS23" s="12">
         <v>4330.1438811899998</v>
       </c>
       <c r="FT23" s="12">
         <v>4449.3120270600002</v>
       </c>
       <c r="FU23" s="12">
         <v>4428.3717404400004</v>
       </c>
       <c r="FV23" s="12">
         <v>4728.0370763800001</v>
       </c>
       <c r="FW23" s="12">
         <v>4814.6139482999997</v>
       </c>
       <c r="FX23" s="12">
         <v>4742.3722991699997</v>
       </c>
       <c r="FY23" s="12">
         <v>4714.3739710700002</v>
       </c>
       <c r="FZ23" s="12">
         <v>4653.6912515399999</v>
       </c>
+      <c r="GA23" s="12">
+        <v>4791.2401099299996</v>
+      </c>
     </row>
-    <row r="24" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...5 lines deleted...]
-    <row r="30" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="1"/>
     </row>
-    <row r="31" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="1"/>
     </row>
-    <row r="32" spans="2:182" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:183" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">