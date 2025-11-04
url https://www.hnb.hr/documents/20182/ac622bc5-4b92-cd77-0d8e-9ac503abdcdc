--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250731 - objava 20250930\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250831 - objava 20251031\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="465" windowWidth="30015" windowHeight="20175"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>AKTIVA</t>
   </si>
   <si>
     <t>PASIVA</t>
   </si>
   <si>
     <t xml:space="preserve">            od toga: Kućanstva</t>
   </si>
   <si>
     <t xml:space="preserve">            od toga: Financijska društva</t>
@@ -940,79 +940,79 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FJ45"/>
+  <dimension ref="B1:FK45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="13" customWidth="1"/>
     <col min="2" max="2" width="58.1640625" style="13" customWidth="1"/>
     <col min="3" max="16384" width="10.6640625" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="20"/>
     </row>
-    <row r="2" spans="2:166" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:167" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="23" t="s">
         <v>24</v>
       </c>
       <c r="E2" s="21"/>
     </row>
-    <row r="3" spans="2:166" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:167" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="22" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="4" spans="2:166" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:167" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BP4" s="13"/>
     </row>
-    <row r="5" spans="2:166" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:167" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="10"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="8"/>
       <c r="U5" s="8"/>
       <c r="V5" s="8"/>
       <c r="W5" s="8"/>
       <c r="X5" s="8"/>
       <c r="Y5" s="8"/>
       <c r="Z5" s="8"/>
@@ -1084,51 +1084,51 @@
       <c r="CO5" s="8"/>
       <c r="CP5" s="8"/>
       <c r="CQ5" s="8"/>
       <c r="CR5" s="8"/>
       <c r="CS5" s="8"/>
       <c r="CT5" s="8"/>
       <c r="CU5" s="8"/>
       <c r="CV5" s="8"/>
       <c r="CW5" s="8"/>
       <c r="CX5" s="8"/>
       <c r="CY5" s="8"/>
       <c r="CZ5" s="8"/>
       <c r="DA5" s="8"/>
       <c r="DB5" s="8"/>
       <c r="DC5" s="8"/>
       <c r="DD5" s="8"/>
       <c r="DE5" s="8"/>
       <c r="DF5" s="8"/>
       <c r="DG5" s="8"/>
       <c r="DH5" s="8"/>
       <c r="DI5" s="8"/>
       <c r="DJ5" s="8"/>
       <c r="DK5" s="8"/>
       <c r="DL5" s="8"/>
     </row>
-    <row r="6" spans="2:166" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:167" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="9">
         <v>40908</v>
       </c>
       <c r="D6" s="9">
         <v>40939</v>
       </c>
       <c r="E6" s="9">
         <v>40968</v>
       </c>
       <c r="F6" s="9">
         <v>40999</v>
       </c>
       <c r="G6" s="9">
         <v>41029</v>
       </c>
       <c r="H6" s="9">
         <v>41060</v>
       </c>
       <c r="I6" s="9">
         <v>41090</v>
       </c>
       <c r="J6" s="9">
         <v>41121</v>
       </c>
@@ -1578,57 +1578,60 @@
       </c>
       <c r="FC6" s="9">
         <v>45657</v>
       </c>
       <c r="FD6" s="9">
         <v>45688</v>
       </c>
       <c r="FE6" s="9">
         <v>45716</v>
       </c>
       <c r="FF6" s="9">
         <v>45747</v>
       </c>
       <c r="FG6" s="9">
         <v>45777</v>
       </c>
       <c r="FH6" s="9">
         <v>45808</v>
       </c>
       <c r="FI6" s="9">
         <v>45838</v>
       </c>
       <c r="FJ6" s="9">
         <v>45869</v>
       </c>
+      <c r="FK6" s="9">
+        <v>45900</v>
+      </c>
     </row>
-    <row r="7" spans="2:166" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:167" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="14">
         <v>73.3</v>
       </c>
       <c r="D8" s="14">
         <v>70.44</v>
       </c>
       <c r="E8" s="14">
         <v>77.95</v>
       </c>
       <c r="F8" s="14">
         <v>76.709999999999994</v>
       </c>
       <c r="G8" s="14">
         <v>61.22</v>
       </c>
       <c r="H8" s="14">
         <v>63.25</v>
       </c>
       <c r="I8" s="14">
         <v>66.87</v>
       </c>
       <c r="J8" s="14">
@@ -2080,52 +2083,55 @@
       </c>
       <c r="FC8" s="14">
         <v>750.05</v>
       </c>
       <c r="FD8" s="14">
         <v>758.14</v>
       </c>
       <c r="FE8" s="14">
         <v>724.63</v>
       </c>
       <c r="FF8" s="14">
         <v>586.44000000000005</v>
       </c>
       <c r="FG8" s="14">
         <v>563.12</v>
       </c>
       <c r="FH8" s="14">
         <v>536.91999999999996</v>
       </c>
       <c r="FI8" s="14">
         <v>493.08</v>
       </c>
       <c r="FJ8" s="14">
         <v>523.42999999999995</v>
       </c>
+      <c r="FK8" s="14">
+        <v>535.03</v>
+      </c>
     </row>
-    <row r="9" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="14">
         <v>73.19</v>
       </c>
       <c r="D9" s="14">
         <v>70.290000000000006</v>
       </c>
       <c r="E9" s="14">
         <v>77.84</v>
       </c>
       <c r="F9" s="14">
         <v>76.569999999999993</v>
       </c>
       <c r="G9" s="14">
         <v>61.06</v>
       </c>
       <c r="H9" s="14">
         <v>63.02</v>
       </c>
       <c r="I9" s="14">
         <v>66.64</v>
       </c>
       <c r="J9" s="14">
@@ -2577,52 +2583,55 @@
       </c>
       <c r="FC9" s="14">
         <v>742.47</v>
       </c>
       <c r="FD9" s="14">
         <v>750.84</v>
       </c>
       <c r="FE9" s="14">
         <v>717.32</v>
       </c>
       <c r="FF9" s="14">
         <v>579.99</v>
       </c>
       <c r="FG9" s="14">
         <v>551.15</v>
       </c>
       <c r="FH9" s="14">
         <v>524.26</v>
       </c>
       <c r="FI9" s="14">
         <v>481.55</v>
       </c>
       <c r="FJ9" s="14">
         <v>512.66999999999996</v>
       </c>
+      <c r="FK9" s="14">
+        <v>522.20000000000005</v>
+      </c>
     </row>
-    <row r="10" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="14">
         <v>69.39</v>
       </c>
       <c r="D10" s="14">
         <v>66.22</v>
       </c>
       <c r="E10" s="14">
         <v>74.44</v>
       </c>
       <c r="F10" s="14">
         <v>72.989999999999995</v>
       </c>
       <c r="G10" s="14">
         <v>57.49</v>
       </c>
       <c r="H10" s="14">
         <v>59.54</v>
       </c>
       <c r="I10" s="14">
         <v>63.25</v>
       </c>
       <c r="J10" s="14">
@@ -3074,52 +3083,55 @@
       </c>
       <c r="FC10" s="14">
         <v>672.35</v>
       </c>
       <c r="FD10" s="14">
         <v>651.95000000000005</v>
       </c>
       <c r="FE10" s="14">
         <v>616.79999999999995</v>
       </c>
       <c r="FF10" s="14">
         <v>479.12</v>
       </c>
       <c r="FG10" s="14">
         <v>448.82</v>
       </c>
       <c r="FH10" s="14">
         <v>418.5</v>
       </c>
       <c r="FI10" s="14">
         <v>375.53</v>
       </c>
       <c r="FJ10" s="14">
         <v>389.11</v>
       </c>
+      <c r="FK10" s="14">
+        <v>401.44</v>
+      </c>
     </row>
-    <row r="11" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="14">
         <v>0.1</v>
       </c>
       <c r="D11" s="14">
         <v>0.15</v>
       </c>
       <c r="E11" s="14">
         <v>0.11</v>
       </c>
       <c r="F11" s="14">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="14">
         <v>0.16</v>
       </c>
       <c r="H11" s="14">
         <v>0.22</v>
       </c>
       <c r="I11" s="14">
         <v>0.23</v>
       </c>
       <c r="J11" s="14">
@@ -3571,52 +3583,55 @@
       </c>
       <c r="FC11" s="14">
         <v>7.58</v>
       </c>
       <c r="FD11" s="14">
         <v>7.29</v>
       </c>
       <c r="FE11" s="14">
         <v>7.31</v>
       </c>
       <c r="FF11" s="14">
         <v>6.45</v>
       </c>
       <c r="FG11" s="14">
         <v>11.97</v>
       </c>
       <c r="FH11" s="14">
         <v>12.66</v>
       </c>
       <c r="FI11" s="14">
         <v>11.53</v>
       </c>
       <c r="FJ11" s="14">
         <v>10.75</v>
       </c>
+      <c r="FK11" s="14">
+        <v>12.84</v>
+      </c>
     </row>
-    <row r="12" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="14">
         <v>202.59</v>
       </c>
       <c r="D12" s="14">
         <v>191.27</v>
       </c>
       <c r="E12" s="14">
         <v>175</v>
       </c>
       <c r="F12" s="14">
         <v>173.29</v>
       </c>
       <c r="G12" s="14">
         <v>176.93</v>
       </c>
       <c r="H12" s="14">
         <v>180.39</v>
       </c>
       <c r="I12" s="14">
         <v>170.87</v>
       </c>
       <c r="J12" s="14">
@@ -4068,52 +4083,55 @@
       </c>
       <c r="FC12" s="14">
         <v>1784.5</v>
       </c>
       <c r="FD12" s="14">
         <v>1769.3</v>
       </c>
       <c r="FE12" s="14">
         <v>1807.3</v>
       </c>
       <c r="FF12" s="14">
         <v>1935.19</v>
       </c>
       <c r="FG12" s="14">
         <v>1938.12</v>
       </c>
       <c r="FH12" s="14">
         <v>1927.66</v>
       </c>
       <c r="FI12" s="14">
         <v>1964.4</v>
       </c>
       <c r="FJ12" s="14">
         <v>1983.88</v>
       </c>
+      <c r="FK12" s="14">
+        <v>1987.47</v>
+      </c>
     </row>
-    <row r="13" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="14">
         <v>128.74</v>
       </c>
       <c r="D13" s="14">
         <v>124.82</v>
       </c>
       <c r="E13" s="14">
         <v>111.67</v>
       </c>
       <c r="F13" s="14">
         <v>109.91</v>
       </c>
       <c r="G13" s="14">
         <v>115.48</v>
       </c>
       <c r="H13" s="14">
         <v>122.71</v>
       </c>
       <c r="I13" s="14">
         <v>109.21</v>
       </c>
       <c r="J13" s="14">
@@ -4565,52 +4583,55 @@
       </c>
       <c r="FC13" s="14">
         <v>445.74</v>
       </c>
       <c r="FD13" s="14">
         <v>449.64</v>
       </c>
       <c r="FE13" s="14">
         <v>506.8</v>
       </c>
       <c r="FF13" s="14">
         <v>379.54</v>
       </c>
       <c r="FG13" s="14">
         <v>384.94</v>
       </c>
       <c r="FH13" s="14">
         <v>383.32</v>
       </c>
       <c r="FI13" s="14">
         <v>395.46</v>
       </c>
       <c r="FJ13" s="14">
         <v>392.43</v>
       </c>
+      <c r="FK13" s="14">
+        <v>384.21</v>
+      </c>
     </row>
-    <row r="14" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="14">
         <v>74.94</v>
       </c>
       <c r="D14" s="14">
         <v>71.89</v>
       </c>
       <c r="E14" s="14">
         <v>68.45</v>
       </c>
       <c r="F14" s="14">
         <v>64.62</v>
       </c>
       <c r="G14" s="14">
         <v>65.89</v>
       </c>
       <c r="H14" s="14">
         <v>68.8</v>
       </c>
       <c r="I14" s="14">
         <v>63.26</v>
       </c>
       <c r="J14" s="14">
@@ -5062,52 +5083,55 @@
       </c>
       <c r="FC14" s="14">
         <v>22.26</v>
       </c>
       <c r="FD14" s="14">
         <v>22.26</v>
       </c>
       <c r="FE14" s="14">
         <v>22.26</v>
       </c>
       <c r="FF14" s="14">
         <v>22.25</v>
       </c>
       <c r="FG14" s="14">
         <v>21.45</v>
       </c>
       <c r="FH14" s="14">
         <v>21.5</v>
       </c>
       <c r="FI14" s="14">
         <v>21.34</v>
       </c>
       <c r="FJ14" s="14">
         <v>21.26</v>
       </c>
+      <c r="FK14" s="14">
+        <v>22.5</v>
+      </c>
     </row>
-    <row r="15" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="14">
         <v>3.62</v>
       </c>
       <c r="D15" s="14">
         <v>3.23</v>
       </c>
       <c r="E15" s="14">
         <v>3.36</v>
       </c>
       <c r="F15" s="14">
         <v>3.34</v>
       </c>
       <c r="G15" s="14">
         <v>3.43</v>
       </c>
       <c r="H15" s="14">
         <v>3.4</v>
       </c>
       <c r="I15" s="14">
         <v>3.39</v>
       </c>
       <c r="J15" s="14">
@@ -5559,52 +5583,55 @@
       </c>
       <c r="FC15" s="14">
         <v>4.7</v>
       </c>
       <c r="FD15" s="14">
         <v>4.5</v>
       </c>
       <c r="FE15" s="14">
         <v>5</v>
       </c>
       <c r="FF15" s="14">
         <v>5.0199999999999996</v>
       </c>
       <c r="FG15" s="14">
         <v>5.04</v>
       </c>
       <c r="FH15" s="14">
         <v>5.68</v>
       </c>
       <c r="FI15" s="14">
         <v>6.69</v>
       </c>
       <c r="FJ15" s="14">
         <v>6.71</v>
       </c>
+      <c r="FK15" s="14">
+        <v>6.72</v>
+      </c>
     </row>
-    <row r="16" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="14">
         <v>50.18</v>
       </c>
       <c r="D16" s="14">
         <v>49.7</v>
       </c>
       <c r="E16" s="14">
         <v>39.86</v>
       </c>
       <c r="F16" s="14">
         <v>41.96</v>
       </c>
       <c r="G16" s="14">
         <v>46.16</v>
       </c>
       <c r="H16" s="14">
         <v>50.51</v>
       </c>
       <c r="I16" s="14">
         <v>42.56</v>
       </c>
       <c r="J16" s="14">
@@ -6056,52 +6083,55 @@
       </c>
       <c r="FC16" s="14">
         <v>418.78</v>
       </c>
       <c r="FD16" s="14">
         <v>422.88</v>
       </c>
       <c r="FE16" s="14">
         <v>479.55</v>
       </c>
       <c r="FF16" s="14">
         <v>352.27</v>
       </c>
       <c r="FG16" s="14">
         <v>358.45</v>
       </c>
       <c r="FH16" s="14">
         <v>356.14</v>
       </c>
       <c r="FI16" s="14">
         <v>367.42</v>
       </c>
       <c r="FJ16" s="14">
         <v>364.46</v>
       </c>
+      <c r="FK16" s="14">
+        <v>354.99</v>
+      </c>
     </row>
-    <row r="17" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="14">
         <v>73.849999999999994</v>
       </c>
       <c r="D17" s="14">
         <v>66.45</v>
       </c>
       <c r="E17" s="14">
         <v>63.34</v>
       </c>
       <c r="F17" s="14">
         <v>63.38</v>
       </c>
       <c r="G17" s="14">
         <v>61.44</v>
       </c>
       <c r="H17" s="14">
         <v>57.68</v>
       </c>
       <c r="I17" s="14">
         <v>61.66</v>
       </c>
       <c r="J17" s="14">
@@ -6553,52 +6583,55 @@
       </c>
       <c r="FC17" s="14">
         <v>1338.76</v>
       </c>
       <c r="FD17" s="14">
         <v>1319.66</v>
       </c>
       <c r="FE17" s="14">
         <v>1300.5</v>
       </c>
       <c r="FF17" s="14">
         <v>1555.64</v>
       </c>
       <c r="FG17" s="14">
         <v>1553.19</v>
       </c>
       <c r="FH17" s="14">
         <v>1544.34</v>
       </c>
       <c r="FI17" s="14">
         <v>1568.94</v>
       </c>
       <c r="FJ17" s="14">
         <v>1591.45</v>
       </c>
+      <c r="FK17" s="14">
+        <v>1603.26</v>
+      </c>
     </row>
-    <row r="18" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="14">
         <v>11.67</v>
       </c>
       <c r="D18" s="14">
         <v>14.23</v>
       </c>
       <c r="E18" s="14">
         <v>14.56</v>
       </c>
       <c r="F18" s="14">
         <v>15.88</v>
       </c>
       <c r="G18" s="14">
         <v>14.8</v>
       </c>
       <c r="H18" s="14">
         <v>11.32</v>
       </c>
       <c r="I18" s="14">
         <v>11.23</v>
       </c>
       <c r="J18" s="14">
@@ -7050,52 +7083,55 @@
       </c>
       <c r="FC18" s="14">
         <v>1.52</v>
       </c>
       <c r="FD18" s="14">
         <v>1.54</v>
       </c>
       <c r="FE18" s="14">
         <v>0</v>
       </c>
       <c r="FF18" s="14">
         <v>0</v>
       </c>
       <c r="FG18" s="14">
         <v>0</v>
       </c>
       <c r="FH18" s="14">
         <v>0.52</v>
       </c>
       <c r="FI18" s="14">
         <v>0.78</v>
       </c>
       <c r="FJ18" s="14">
         <v>0.8</v>
       </c>
+      <c r="FK18" s="14">
+        <v>0.8</v>
+      </c>
     </row>
-    <row r="19" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="14">
         <v>2.59</v>
       </c>
       <c r="D19" s="14">
         <v>2.78</v>
       </c>
       <c r="E19" s="14">
         <v>3.12</v>
       </c>
       <c r="F19" s="14">
         <v>4.9000000000000004</v>
       </c>
       <c r="G19" s="14">
         <v>5.23</v>
       </c>
       <c r="H19" s="14">
         <v>4.92</v>
       </c>
       <c r="I19" s="14">
         <v>4.8499999999999996</v>
       </c>
       <c r="J19" s="14">
@@ -7547,52 +7583,55 @@
       </c>
       <c r="FC19" s="14">
         <v>23.74</v>
       </c>
       <c r="FD19" s="14">
         <v>24.81</v>
       </c>
       <c r="FE19" s="14">
         <v>24.8</v>
       </c>
       <c r="FF19" s="14">
         <v>24.1</v>
       </c>
       <c r="FG19" s="14">
         <v>24.06</v>
       </c>
       <c r="FH19" s="14">
         <v>21.16</v>
       </c>
       <c r="FI19" s="14">
         <v>28.84</v>
       </c>
       <c r="FJ19" s="14">
         <v>27.83</v>
       </c>
+      <c r="FK19" s="14">
+        <v>29.83</v>
+      </c>
     </row>
-    <row r="20" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="14">
         <v>59.58</v>
       </c>
       <c r="D20" s="14">
         <v>49.44</v>
       </c>
       <c r="E20" s="14">
         <v>45.66</v>
       </c>
       <c r="F20" s="14">
         <v>42.61</v>
       </c>
       <c r="G20" s="14">
         <v>41.42</v>
       </c>
       <c r="H20" s="14">
         <v>41.44</v>
       </c>
       <c r="I20" s="14">
         <v>45.58</v>
       </c>
       <c r="J20" s="14">
@@ -8044,52 +8083,55 @@
       </c>
       <c r="FC20" s="14">
         <v>1313.5</v>
       </c>
       <c r="FD20" s="14">
         <v>1293.31</v>
       </c>
       <c r="FE20" s="14">
         <v>1275.7</v>
       </c>
       <c r="FF20" s="14">
         <v>1531.55</v>
       </c>
       <c r="FG20" s="14">
         <v>1529.12</v>
       </c>
       <c r="FH20" s="14">
         <v>1522.67</v>
       </c>
       <c r="FI20" s="14">
         <v>1539.32</v>
       </c>
       <c r="FJ20" s="14">
         <v>1562.82</v>
       </c>
+      <c r="FK20" s="14">
+        <v>1572.63</v>
+      </c>
     </row>
-    <row r="21" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="14">
         <v>578.32000000000005</v>
       </c>
       <c r="D21" s="14">
         <v>590.47</v>
       </c>
       <c r="E21" s="14">
         <v>590.01</v>
       </c>
       <c r="F21" s="14">
         <v>573.91999999999996</v>
       </c>
       <c r="G21" s="14">
         <v>557.11</v>
       </c>
       <c r="H21" s="14">
         <v>525.61</v>
       </c>
       <c r="I21" s="14">
         <v>536.86</v>
       </c>
       <c r="J21" s="14">
@@ -8541,52 +8583,55 @@
       </c>
       <c r="FC21" s="14">
         <v>1476.62</v>
       </c>
       <c r="FD21" s="14">
         <v>1632.12</v>
       </c>
       <c r="FE21" s="14">
         <v>1643.01</v>
       </c>
       <c r="FF21" s="14">
         <v>1600.64</v>
       </c>
       <c r="FG21" s="14">
         <v>1556.65</v>
       </c>
       <c r="FH21" s="14">
         <v>1694.3</v>
       </c>
       <c r="FI21" s="14">
         <v>1780.09</v>
       </c>
       <c r="FJ21" s="14">
         <v>1874.11</v>
       </c>
+      <c r="FK21" s="14">
+        <v>1885.08</v>
+      </c>
     </row>
-    <row r="22" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="14">
         <v>300.07</v>
       </c>
       <c r="D22" s="14">
         <v>294.19</v>
       </c>
       <c r="E22" s="14">
         <v>300.14</v>
       </c>
       <c r="F22" s="14">
         <v>297.81</v>
       </c>
       <c r="G22" s="14">
         <v>296.33</v>
       </c>
       <c r="H22" s="14">
         <v>287.01</v>
       </c>
       <c r="I22" s="14">
         <v>297.99</v>
       </c>
       <c r="J22" s="14">
@@ -9038,52 +9083,55 @@
       </c>
       <c r="FC22" s="14">
         <v>669.14</v>
       </c>
       <c r="FD22" s="14">
         <v>762.16</v>
       </c>
       <c r="FE22" s="14">
         <v>728.53</v>
       </c>
       <c r="FF22" s="14">
         <v>715.97</v>
       </c>
       <c r="FG22" s="14">
         <v>712</v>
       </c>
       <c r="FH22" s="14">
         <v>803.97</v>
       </c>
       <c r="FI22" s="14">
         <v>870.81</v>
       </c>
       <c r="FJ22" s="14">
         <v>909.49</v>
       </c>
+      <c r="FK22" s="14">
+        <v>910.14</v>
+      </c>
     </row>
-    <row r="23" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="14">
         <v>251.94</v>
       </c>
       <c r="D23" s="14">
         <v>246.01</v>
       </c>
       <c r="E23" s="14">
         <v>252.06</v>
       </c>
       <c r="F23" s="14">
         <v>246.74</v>
       </c>
       <c r="G23" s="14">
         <v>245.1</v>
       </c>
       <c r="H23" s="14">
         <v>233.49</v>
       </c>
       <c r="I23" s="14">
         <v>247.88</v>
       </c>
       <c r="J23" s="14">
@@ -9535,52 +9583,55 @@
       </c>
       <c r="FC23" s="14">
         <v>623.52</v>
       </c>
       <c r="FD23" s="14">
         <v>713.74</v>
       </c>
       <c r="FE23" s="14">
         <v>682.28</v>
       </c>
       <c r="FF23" s="14">
         <v>668.89</v>
       </c>
       <c r="FG23" s="14">
         <v>673.94</v>
       </c>
       <c r="FH23" s="14">
         <v>762.69</v>
       </c>
       <c r="FI23" s="14">
         <v>799.68</v>
       </c>
       <c r="FJ23" s="14">
         <v>863.94</v>
       </c>
+      <c r="FK23" s="14">
+        <v>863.55</v>
+      </c>
     </row>
-    <row r="24" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="14">
         <v>48.13</v>
       </c>
       <c r="D24" s="14">
         <v>48.17</v>
       </c>
       <c r="E24" s="14">
         <v>48.09</v>
       </c>
       <c r="F24" s="14">
         <v>51.06</v>
       </c>
       <c r="G24" s="14">
         <v>51.23</v>
       </c>
       <c r="H24" s="14">
         <v>53.52</v>
       </c>
       <c r="I24" s="14">
         <v>50.11</v>
       </c>
       <c r="J24" s="14">
@@ -10032,52 +10083,55 @@
       </c>
       <c r="FC24" s="14">
         <v>45.62</v>
       </c>
       <c r="FD24" s="14">
         <v>48.42</v>
       </c>
       <c r="FE24" s="14">
         <v>46.25</v>
       </c>
       <c r="FF24" s="14">
         <v>47.09</v>
       </c>
       <c r="FG24" s="14">
         <v>38.06</v>
       </c>
       <c r="FH24" s="14">
         <v>41.28</v>
       </c>
       <c r="FI24" s="14">
         <v>71.13</v>
       </c>
       <c r="FJ24" s="14">
         <v>45.54</v>
       </c>
+      <c r="FK24" s="14">
+        <v>46.59</v>
+      </c>
     </row>
-    <row r="25" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="14">
         <v>278.25</v>
       </c>
       <c r="D25" s="14">
         <v>296.27999999999997</v>
       </c>
       <c r="E25" s="14">
         <v>289.87</v>
       </c>
       <c r="F25" s="14">
         <v>276.11</v>
       </c>
       <c r="G25" s="14">
         <v>260.77999999999997</v>
       </c>
       <c r="H25" s="14">
         <v>238.6</v>
       </c>
       <c r="I25" s="14">
         <v>238.87</v>
       </c>
       <c r="J25" s="14">
@@ -10529,52 +10583,55 @@
       </c>
       <c r="FC25" s="14">
         <v>807.47</v>
       </c>
       <c r="FD25" s="14">
         <v>869.96</v>
       </c>
       <c r="FE25" s="14">
         <v>914.48</v>
       </c>
       <c r="FF25" s="14">
         <v>884.66</v>
       </c>
       <c r="FG25" s="14">
         <v>844.66</v>
       </c>
       <c r="FH25" s="14">
         <v>890.33</v>
       </c>
       <c r="FI25" s="14">
         <v>909.29</v>
       </c>
       <c r="FJ25" s="14">
         <v>964.62</v>
       </c>
+      <c r="FK25" s="14">
+        <v>974.94</v>
+      </c>
     </row>
-    <row r="26" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14">
         <v>205.5</v>
       </c>
       <c r="D26" s="14">
         <v>215.68</v>
       </c>
       <c r="E26" s="14">
         <v>210</v>
       </c>
       <c r="F26" s="14">
         <v>204.15</v>
       </c>
       <c r="G26" s="14">
         <v>196.84</v>
       </c>
       <c r="H26" s="14">
         <v>178.98</v>
       </c>
       <c r="I26" s="14">
         <v>176.42</v>
       </c>
       <c r="J26" s="14">
@@ -11026,52 +11083,55 @@
       </c>
       <c r="FC26" s="14">
         <v>450.71</v>
       </c>
       <c r="FD26" s="14">
         <v>486.64</v>
       </c>
       <c r="FE26" s="14">
         <v>511.16</v>
       </c>
       <c r="FF26" s="14">
         <v>492.8</v>
       </c>
       <c r="FG26" s="14">
         <v>481.08</v>
       </c>
       <c r="FH26" s="14">
         <v>510.3</v>
       </c>
       <c r="FI26" s="14">
         <v>524.03</v>
       </c>
       <c r="FJ26" s="14">
         <v>550.25</v>
       </c>
+      <c r="FK26" s="14">
+        <v>557.26</v>
+      </c>
     </row>
-    <row r="27" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="14">
         <v>72.75</v>
       </c>
       <c r="D27" s="14">
         <v>80.599999999999994</v>
       </c>
       <c r="E27" s="14">
         <v>79.87</v>
       </c>
       <c r="F27" s="14">
         <v>71.959999999999994</v>
       </c>
       <c r="G27" s="14">
         <v>63.94</v>
       </c>
       <c r="H27" s="14">
         <v>59.62</v>
       </c>
       <c r="I27" s="14">
         <v>62.45</v>
       </c>
       <c r="J27" s="14">
@@ -11523,52 +11583,55 @@
       </c>
       <c r="FC27" s="14">
         <v>356.77</v>
       </c>
       <c r="FD27" s="14">
         <v>383.33</v>
       </c>
       <c r="FE27" s="14">
         <v>403.32</v>
       </c>
       <c r="FF27" s="14">
         <v>391.86</v>
       </c>
       <c r="FG27" s="14">
         <v>363.58</v>
       </c>
       <c r="FH27" s="14">
         <v>380.04</v>
       </c>
       <c r="FI27" s="14">
         <v>385.25</v>
       </c>
       <c r="FJ27" s="14">
         <v>414.37</v>
       </c>
+      <c r="FK27" s="14">
+        <v>417.68</v>
+      </c>
     </row>
-    <row r="28" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="14">
         <v>38.36</v>
       </c>
       <c r="D28" s="14">
         <v>38.29</v>
       </c>
       <c r="E28" s="14">
         <v>38.26</v>
       </c>
       <c r="F28" s="14">
         <v>38.64</v>
       </c>
       <c r="G28" s="14">
         <v>38.61</v>
       </c>
       <c r="H28" s="14">
         <v>38.76</v>
       </c>
       <c r="I28" s="14">
         <v>34.35</v>
       </c>
       <c r="J28" s="14">
@@ -12020,52 +12083,55 @@
       </c>
       <c r="FC28" s="14">
         <v>2.87</v>
       </c>
       <c r="FD28" s="14">
         <v>2.91</v>
       </c>
       <c r="FE28" s="14">
         <v>2.8</v>
       </c>
       <c r="FF28" s="14">
         <v>2.79</v>
       </c>
       <c r="FG28" s="14">
         <v>2.82</v>
       </c>
       <c r="FH28" s="14">
         <v>2.87</v>
       </c>
       <c r="FI28" s="14">
         <v>2.87</v>
       </c>
       <c r="FJ28" s="14">
         <v>29.66</v>
       </c>
+      <c r="FK28" s="14">
+        <v>29.61</v>
+      </c>
     </row>
-    <row r="29" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="14">
         <v>21.26</v>
       </c>
       <c r="D29" s="14">
         <v>26.33</v>
       </c>
       <c r="E29" s="14">
         <v>21.2</v>
       </c>
       <c r="F29" s="14">
         <v>22.51</v>
       </c>
       <c r="G29" s="14">
         <v>32.549999999999997</v>
       </c>
       <c r="H29" s="14">
         <v>13.33</v>
       </c>
       <c r="I29" s="14">
         <v>24.96</v>
       </c>
       <c r="J29" s="14">
@@ -12517,52 +12583,55 @@
       </c>
       <c r="FC29" s="14">
         <v>16.47</v>
       </c>
       <c r="FD29" s="14">
         <v>49.15</v>
       </c>
       <c r="FE29" s="14">
         <v>18.04</v>
       </c>
       <c r="FF29" s="14">
         <v>20.27</v>
       </c>
       <c r="FG29" s="14">
         <v>22.81</v>
       </c>
       <c r="FH29" s="14">
         <v>37.74</v>
       </c>
       <c r="FI29" s="14">
         <v>23.96</v>
       </c>
       <c r="FJ29" s="14">
         <v>31.96</v>
       </c>
+      <c r="FK29" s="14">
+        <v>34.69</v>
+      </c>
     </row>
-    <row r="30" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="15">
         <v>913.82</v>
       </c>
       <c r="D30" s="15">
         <v>916.81</v>
       </c>
       <c r="E30" s="15">
         <v>902.43</v>
       </c>
       <c r="F30" s="15">
         <v>885.07</v>
       </c>
       <c r="G30" s="15">
         <v>866.42</v>
       </c>
       <c r="H30" s="15">
         <v>821.33</v>
       </c>
       <c r="I30" s="15">
         <v>833.9</v>
       </c>
       <c r="J30" s="15">
@@ -13014,52 +13083,55 @@
       </c>
       <c r="FC30" s="15">
         <v>4030.5</v>
       </c>
       <c r="FD30" s="15">
         <v>4211.63</v>
       </c>
       <c r="FE30" s="15">
         <v>4195.79</v>
       </c>
       <c r="FF30" s="15">
         <v>4145.32</v>
       </c>
       <c r="FG30" s="15">
         <v>4083.53</v>
       </c>
       <c r="FH30" s="15">
         <v>4199.49</v>
       </c>
       <c r="FI30" s="15">
         <v>4264.41</v>
       </c>
       <c r="FJ30" s="15">
         <v>4443.04</v>
       </c>
+      <c r="FK30" s="15">
+        <v>4471.88</v>
+      </c>
     </row>
-    <row r="31" spans="2:166" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:167" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
@@ -13183,52 +13255,53 @@
       <c r="EL31" s="4"/>
       <c r="EM31" s="4"/>
       <c r="EN31" s="4"/>
       <c r="EO31" s="4"/>
       <c r="EP31" s="4"/>
       <c r="EQ31" s="4"/>
       <c r="ER31" s="4"/>
       <c r="ES31" s="4"/>
       <c r="ET31" s="4"/>
       <c r="EU31" s="4"/>
       <c r="EV31" s="4"/>
       <c r="EW31" s="4"/>
       <c r="EX31" s="4"/>
       <c r="EY31" s="4"/>
       <c r="EZ31" s="4"/>
       <c r="FA31" s="4"/>
       <c r="FB31" s="4"/>
       <c r="FC31" s="4"/>
       <c r="FD31" s="4"/>
       <c r="FE31" s="4"/>
       <c r="FF31" s="4"/>
       <c r="FG31" s="4"/>
       <c r="FH31" s="4"/>
       <c r="FI31" s="4"/>
       <c r="FJ31" s="4"/>
+      <c r="FK31" s="4"/>
     </row>
-    <row r="32" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="14">
         <v>4.83</v>
       </c>
       <c r="D32" s="14">
         <v>5.6</v>
       </c>
       <c r="E32" s="14">
         <v>5.54</v>
       </c>
       <c r="F32" s="14">
         <v>3.98</v>
       </c>
       <c r="G32" s="14">
         <v>4.7699999999999996</v>
       </c>
       <c r="H32" s="14">
         <v>4.5599999999999996</v>
       </c>
       <c r="I32" s="14">
         <v>3.35</v>
       </c>
       <c r="J32" s="14">
@@ -13680,52 +13753,55 @@
       </c>
       <c r="FC32" s="14">
         <v>16.91</v>
       </c>
       <c r="FD32" s="14">
         <v>16.600000000000001</v>
       </c>
       <c r="FE32" s="14">
         <v>10.18</v>
       </c>
       <c r="FF32" s="14">
         <v>14.55</v>
       </c>
       <c r="FG32" s="14">
         <v>12.65</v>
       </c>
       <c r="FH32" s="14">
         <v>14.57</v>
       </c>
       <c r="FI32" s="14">
         <v>15.04</v>
       </c>
       <c r="FJ32" s="14">
         <v>51.46</v>
       </c>
+      <c r="FK32" s="14">
+        <v>51.56</v>
+      </c>
     </row>
-    <row r="33" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="14">
         <v>890.39</v>
       </c>
       <c r="D33" s="14">
         <v>883.74</v>
       </c>
       <c r="E33" s="14">
         <v>875.18</v>
       </c>
       <c r="F33" s="14">
         <v>858.07</v>
       </c>
       <c r="G33" s="14">
         <v>837.14</v>
       </c>
       <c r="H33" s="14">
         <v>804.35</v>
       </c>
       <c r="I33" s="14">
         <v>803.98</v>
       </c>
       <c r="J33" s="14">
@@ -14177,52 +14253,55 @@
       </c>
       <c r="FC33" s="14">
         <v>3911.03</v>
       </c>
       <c r="FD33" s="14">
         <v>4070.44</v>
       </c>
       <c r="FE33" s="14">
         <v>4069.82</v>
       </c>
       <c r="FF33" s="14">
         <v>4011.33</v>
       </c>
       <c r="FG33" s="14">
         <v>3955.09</v>
       </c>
       <c r="FH33" s="14">
         <v>4058.67</v>
       </c>
       <c r="FI33" s="14">
         <v>4127.45</v>
       </c>
       <c r="FJ33" s="14">
         <v>4251.8500000000004</v>
       </c>
+      <c r="FK33" s="14">
+        <v>4284.92</v>
+      </c>
     </row>
-    <row r="34" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="14">
         <v>862.55</v>
       </c>
       <c r="D34" s="14">
         <v>856.62</v>
       </c>
       <c r="E34" s="14">
         <v>848.85</v>
       </c>
       <c r="F34" s="14">
         <v>832.01</v>
       </c>
       <c r="G34" s="14">
         <v>811.89</v>
       </c>
       <c r="H34" s="14">
         <v>774.75</v>
       </c>
       <c r="I34" s="14">
         <v>774.17</v>
       </c>
       <c r="J34" s="14">
@@ -14674,52 +14753,55 @@
       </c>
       <c r="FC34" s="14">
         <v>3751.74</v>
       </c>
       <c r="FD34" s="14">
         <v>3895.08</v>
       </c>
       <c r="FE34" s="14">
         <v>3889.79</v>
       </c>
       <c r="FF34" s="14">
         <v>3828.6</v>
       </c>
       <c r="FG34" s="14">
         <v>3761.34</v>
       </c>
       <c r="FH34" s="14">
         <v>3849.18</v>
       </c>
       <c r="FI34" s="14">
         <v>3908.31</v>
       </c>
       <c r="FJ34" s="14">
         <v>4028.41</v>
       </c>
+      <c r="FK34" s="14">
+        <v>4059.93</v>
+      </c>
     </row>
-    <row r="35" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="14">
         <v>56.5</v>
       </c>
       <c r="D35" s="14">
         <v>57.25</v>
       </c>
       <c r="E35" s="14">
         <v>55.09</v>
       </c>
       <c r="F35" s="14">
         <v>50.14</v>
       </c>
       <c r="G35" s="14">
         <v>53.36</v>
       </c>
       <c r="H35" s="14">
         <v>50.76</v>
       </c>
       <c r="I35" s="14">
         <v>51.1</v>
       </c>
       <c r="J35" s="14">
@@ -15171,52 +15253,55 @@
       </c>
       <c r="FC35" s="14">
         <v>106.29</v>
       </c>
       <c r="FD35" s="14">
         <v>105.49</v>
       </c>
       <c r="FE35" s="14">
         <v>105.62</v>
       </c>
       <c r="FF35" s="14">
         <v>105.92</v>
       </c>
       <c r="FG35" s="14">
         <v>106.96</v>
       </c>
       <c r="FH35" s="14">
         <v>110.05</v>
       </c>
       <c r="FI35" s="14">
         <v>116.21</v>
       </c>
       <c r="FJ35" s="14">
         <v>109.71</v>
       </c>
+      <c r="FK35" s="14">
+        <v>108.73</v>
+      </c>
     </row>
-    <row r="36" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="14">
         <v>265.47000000000003</v>
       </c>
       <c r="D36" s="14">
         <v>261.31</v>
       </c>
       <c r="E36" s="14">
         <v>247.29</v>
       </c>
       <c r="F36" s="14">
         <v>239.58</v>
       </c>
       <c r="G36" s="14">
         <v>233.63</v>
       </c>
       <c r="H36" s="14">
         <v>227.36</v>
       </c>
       <c r="I36" s="14">
         <v>224.79</v>
       </c>
       <c r="J36" s="14">
@@ -15668,52 +15753,55 @@
       </c>
       <c r="FC36" s="14">
         <v>452.35</v>
       </c>
       <c r="FD36" s="14">
         <v>465.23</v>
       </c>
       <c r="FE36" s="14">
         <v>467.1</v>
       </c>
       <c r="FF36" s="14">
         <v>463.37</v>
       </c>
       <c r="FG36" s="14">
         <v>464.06</v>
       </c>
       <c r="FH36" s="14">
         <v>473.98</v>
       </c>
       <c r="FI36" s="14">
         <v>482.85</v>
       </c>
       <c r="FJ36" s="14">
         <v>494.17</v>
       </c>
+      <c r="FK36" s="14">
+        <v>492.86</v>
+      </c>
     </row>
-    <row r="37" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="14">
         <v>385.04</v>
       </c>
       <c r="D37" s="14">
         <v>381.59</v>
       </c>
       <c r="E37" s="14">
         <v>384.18</v>
       </c>
       <c r="F37" s="14">
         <v>377.35</v>
       </c>
       <c r="G37" s="14">
         <v>366.45</v>
       </c>
       <c r="H37" s="14">
         <v>345.62</v>
       </c>
       <c r="I37" s="14">
         <v>338.24</v>
       </c>
       <c r="J37" s="14">
@@ -16165,52 +16253,55 @@
       </c>
       <c r="FC37" s="14">
         <v>2680.62</v>
       </c>
       <c r="FD37" s="14">
         <v>2741</v>
       </c>
       <c r="FE37" s="14">
         <v>2751.99</v>
       </c>
       <c r="FF37" s="14">
         <v>2715.78</v>
       </c>
       <c r="FG37" s="14">
         <v>2644.45</v>
       </c>
       <c r="FH37" s="14">
         <v>2676.01</v>
       </c>
       <c r="FI37" s="14">
         <v>2702.41</v>
       </c>
       <c r="FJ37" s="14">
         <v>2777.08</v>
       </c>
+      <c r="FK37" s="14">
+        <v>2813.93</v>
+      </c>
     </row>
-    <row r="38" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="14">
         <v>27.83</v>
       </c>
       <c r="D38" s="14">
         <v>27.12</v>
       </c>
       <c r="E38" s="14">
         <v>26.33</v>
       </c>
       <c r="F38" s="14">
         <v>26.07</v>
       </c>
       <c r="G38" s="14">
         <v>25.25</v>
       </c>
       <c r="H38" s="14">
         <v>29.6</v>
       </c>
       <c r="I38" s="14">
         <v>29.81</v>
       </c>
       <c r="J38" s="14">
@@ -16662,52 +16753,55 @@
       </c>
       <c r="FC38" s="14">
         <v>159.29</v>
       </c>
       <c r="FD38" s="14">
         <v>175.36</v>
       </c>
       <c r="FE38" s="14">
         <v>180.04</v>
       </c>
       <c r="FF38" s="14">
         <v>182.74</v>
       </c>
       <c r="FG38" s="14">
         <v>193.75</v>
       </c>
       <c r="FH38" s="14">
         <v>209.49</v>
       </c>
       <c r="FI38" s="14">
         <v>219.13</v>
       </c>
       <c r="FJ38" s="14">
         <v>223.44</v>
       </c>
+      <c r="FK38" s="14">
+        <v>224.99</v>
+      </c>
     </row>
-    <row r="39" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="14">
         <v>6.34</v>
       </c>
       <c r="D39" s="14">
         <v>5.88</v>
       </c>
       <c r="E39" s="14">
         <v>4.6399999999999997</v>
       </c>
       <c r="F39" s="14">
         <v>4.74</v>
       </c>
       <c r="G39" s="14">
         <v>4.72</v>
       </c>
       <c r="H39" s="14">
         <v>4.58</v>
       </c>
       <c r="I39" s="14">
         <v>4.63</v>
       </c>
       <c r="J39" s="14">
@@ -17159,52 +17253,55 @@
       </c>
       <c r="FC39" s="14">
         <v>47.18</v>
       </c>
       <c r="FD39" s="14">
         <v>60.58</v>
       </c>
       <c r="FE39" s="14">
         <v>64.510000000000005</v>
       </c>
       <c r="FF39" s="14">
         <v>70.23</v>
       </c>
       <c r="FG39" s="14">
         <v>74.44</v>
       </c>
       <c r="FH39" s="14">
         <v>77.209999999999994</v>
       </c>
       <c r="FI39" s="14">
         <v>84.21</v>
       </c>
       <c r="FJ39" s="14">
         <v>84.62</v>
       </c>
+      <c r="FK39" s="14">
+        <v>84.21</v>
+      </c>
     </row>
-    <row r="40" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="14">
         <v>10.7</v>
       </c>
       <c r="D40" s="14">
         <v>10.49</v>
       </c>
       <c r="E40" s="14">
         <v>10.76</v>
       </c>
       <c r="F40" s="14">
         <v>10.6</v>
       </c>
       <c r="G40" s="14">
         <v>10.43</v>
       </c>
       <c r="H40" s="14">
         <v>15.43</v>
       </c>
       <c r="I40" s="14">
         <v>15.78</v>
       </c>
       <c r="J40" s="14">
@@ -17656,52 +17753,55 @@
       </c>
       <c r="FC40" s="14">
         <v>43.75</v>
       </c>
       <c r="FD40" s="14">
         <v>44.17</v>
       </c>
       <c r="FE40" s="14">
         <v>44.95</v>
       </c>
       <c r="FF40" s="14">
         <v>42.23</v>
       </c>
       <c r="FG40" s="14">
         <v>42.87</v>
       </c>
       <c r="FH40" s="14">
         <v>44.46</v>
       </c>
       <c r="FI40" s="14">
         <v>44.32</v>
       </c>
       <c r="FJ40" s="14">
         <v>45.74</v>
       </c>
+      <c r="FK40" s="14">
+        <v>45.88</v>
+      </c>
     </row>
-    <row r="41" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C41" s="14">
         <v>10.23</v>
       </c>
       <c r="D41" s="14">
         <v>10.210000000000001</v>
       </c>
       <c r="E41" s="14">
         <v>10.37</v>
       </c>
       <c r="F41" s="14">
         <v>10.17</v>
       </c>
       <c r="G41" s="14">
         <v>10.1</v>
       </c>
       <c r="H41" s="14">
         <v>9.59</v>
       </c>
       <c r="I41" s="14">
         <v>9.4</v>
       </c>
       <c r="J41" s="14">
@@ -18153,52 +18253,55 @@
       </c>
       <c r="FC41" s="14">
         <v>68.36</v>
       </c>
       <c r="FD41" s="14">
         <v>70.61</v>
       </c>
       <c r="FE41" s="14">
         <v>70.58</v>
       </c>
       <c r="FF41" s="14">
         <v>70.28</v>
       </c>
       <c r="FG41" s="14">
         <v>76.430000000000007</v>
       </c>
       <c r="FH41" s="14">
         <v>87.82</v>
       </c>
       <c r="FI41" s="14">
         <v>90.61</v>
       </c>
       <c r="FJ41" s="14">
         <v>93.08</v>
       </c>
+      <c r="FK41" s="14">
+        <v>94.9</v>
+      </c>
     </row>
-    <row r="42" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C42" s="14">
         <v>18.600000000000001</v>
       </c>
       <c r="D42" s="14">
         <v>27.46</v>
       </c>
       <c r="E42" s="14">
         <v>21.71</v>
       </c>
       <c r="F42" s="14">
         <v>23.02</v>
       </c>
       <c r="G42" s="14">
         <v>24.51</v>
       </c>
       <c r="H42" s="14">
         <v>12.41</v>
       </c>
       <c r="I42" s="14">
         <v>26.57</v>
       </c>
       <c r="J42" s="14">
@@ -18650,52 +18753,55 @@
       </c>
       <c r="FC42" s="14">
         <v>102.56</v>
       </c>
       <c r="FD42" s="14">
         <v>124.58</v>
       </c>
       <c r="FE42" s="14">
         <v>115.79</v>
       </c>
       <c r="FF42" s="14">
         <v>119.44</v>
       </c>
       <c r="FG42" s="14">
         <v>115.78</v>
       </c>
       <c r="FH42" s="14">
         <v>126.25</v>
       </c>
       <c r="FI42" s="14">
         <v>121.92</v>
       </c>
       <c r="FJ42" s="14">
         <v>139.72</v>
       </c>
+      <c r="FK42" s="14">
+        <v>135.4</v>
+      </c>
     </row>
-    <row r="43" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="16">
         <v>913.82</v>
       </c>
       <c r="D43" s="17">
         <v>916.81</v>
       </c>
       <c r="E43" s="17">
         <v>902.43</v>
       </c>
       <c r="F43" s="17">
         <v>885.07</v>
       </c>
       <c r="G43" s="17">
         <v>866.42</v>
       </c>
       <c r="H43" s="17">
         <v>821.33</v>
       </c>
       <c r="I43" s="17">
         <v>833.9</v>
       </c>
       <c r="J43" s="17">
@@ -19147,67 +19253,70 @@
       </c>
       <c r="FC43" s="16">
         <v>4030.5</v>
       </c>
       <c r="FD43" s="16">
         <v>4211.63</v>
       </c>
       <c r="FE43" s="16">
         <v>4195.79</v>
       </c>
       <c r="FF43" s="16">
         <v>4145.32</v>
       </c>
       <c r="FG43" s="16">
         <v>4083.53</v>
       </c>
       <c r="FH43" s="16">
         <v>4199.49</v>
       </c>
       <c r="FI43" s="16">
         <v>4264.41</v>
       </c>
       <c r="FJ43" s="16">
         <v>4443.04</v>
       </c>
+      <c r="FK43" s="16">
+        <v>4471.88</v>
+      </c>
     </row>
-    <row r="44" spans="2:166" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CB44" s="18"/>
       <c r="CC44" s="18"/>
       <c r="CD44" s="18"/>
       <c r="CE44" s="18"/>
       <c r="CF44" s="18"/>
       <c r="CG44" s="18"/>
       <c r="CH44" s="18"/>
       <c r="CI44" s="18"/>
       <c r="CJ44" s="18"/>
       <c r="CK44" s="18"/>
       <c r="CM44" s="18"/>
       <c r="CN44" s="18"/>
       <c r="CO44" s="18"/>
     </row>
-    <row r="45" spans="2:166" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:167" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="25"/>
       <c r="D45" s="25"/>
       <c r="E45" s="25"/>
       <c r="F45" s="25"/>
       <c r="G45" s="25"/>
       <c r="H45" s="25"/>
       <c r="I45" s="25"/>
       <c r="J45" s="25"/>
       <c r="K45" s="25"/>
       <c r="CB45" s="24"/>
       <c r="CC45" s="24"/>
       <c r="CD45" s="24"/>
       <c r="CE45" s="24"/>
       <c r="CF45" s="24"/>
       <c r="CG45" s="24"/>
       <c r="CH45" s="24"/>
       <c r="CI45" s="24"/>
       <c r="CJ45" s="24"/>
       <c r="CK45" s="24"/>
       <c r="CM45" s="24"/>
       <c r="CN45" s="24"/>
       <c r="CO45" s="24"/>