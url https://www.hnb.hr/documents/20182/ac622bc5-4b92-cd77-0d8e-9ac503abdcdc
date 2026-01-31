--- v1 (2025-11-04)
+++ v2 (2026-01-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20250831 - objava 20251031\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251130 - objava 20260131\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="465" windowWidth="30015" windowHeight="20175"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>AKTIVA</t>
   </si>
   <si>
     <t>PASIVA</t>
   </si>
   <si>
     <t xml:space="preserve">            od toga: Kućanstva</t>
   </si>
   <si>
     <t xml:space="preserve">            od toga: Financijska društva</t>
@@ -940,79 +940,79 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FK45"/>
+  <dimension ref="B1:FN45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="13" customWidth="1"/>
     <col min="2" max="2" width="58.1640625" style="13" customWidth="1"/>
     <col min="3" max="16384" width="10.6640625" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="20"/>
     </row>
-    <row r="2" spans="2:167" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:170" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="23" t="s">
         <v>24</v>
       </c>
       <c r="E2" s="21"/>
     </row>
-    <row r="3" spans="2:167" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:170" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="22" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="4" spans="2:167" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:170" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BP4" s="13"/>
     </row>
-    <row r="5" spans="2:167" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:170" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="10"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="8"/>
       <c r="U5" s="8"/>
       <c r="V5" s="8"/>
       <c r="W5" s="8"/>
       <c r="X5" s="8"/>
       <c r="Y5" s="8"/>
       <c r="Z5" s="8"/>
@@ -1084,51 +1084,51 @@
       <c r="CO5" s="8"/>
       <c r="CP5" s="8"/>
       <c r="CQ5" s="8"/>
       <c r="CR5" s="8"/>
       <c r="CS5" s="8"/>
       <c r="CT5" s="8"/>
       <c r="CU5" s="8"/>
       <c r="CV5" s="8"/>
       <c r="CW5" s="8"/>
       <c r="CX5" s="8"/>
       <c r="CY5" s="8"/>
       <c r="CZ5" s="8"/>
       <c r="DA5" s="8"/>
       <c r="DB5" s="8"/>
       <c r="DC5" s="8"/>
       <c r="DD5" s="8"/>
       <c r="DE5" s="8"/>
       <c r="DF5" s="8"/>
       <c r="DG5" s="8"/>
       <c r="DH5" s="8"/>
       <c r="DI5" s="8"/>
       <c r="DJ5" s="8"/>
       <c r="DK5" s="8"/>
       <c r="DL5" s="8"/>
     </row>
-    <row r="6" spans="2:167" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:170" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="9">
         <v>40908</v>
       </c>
       <c r="D6" s="9">
         <v>40939</v>
       </c>
       <c r="E6" s="9">
         <v>40968</v>
       </c>
       <c r="F6" s="9">
         <v>40999</v>
       </c>
       <c r="G6" s="9">
         <v>41029</v>
       </c>
       <c r="H6" s="9">
         <v>41060</v>
       </c>
       <c r="I6" s="9">
         <v>41090</v>
       </c>
       <c r="J6" s="9">
         <v>41121</v>
       </c>
@@ -1581,57 +1581,66 @@
       </c>
       <c r="FD6" s="9">
         <v>45688</v>
       </c>
       <c r="FE6" s="9">
         <v>45716</v>
       </c>
       <c r="FF6" s="9">
         <v>45747</v>
       </c>
       <c r="FG6" s="9">
         <v>45777</v>
       </c>
       <c r="FH6" s="9">
         <v>45808</v>
       </c>
       <c r="FI6" s="9">
         <v>45838</v>
       </c>
       <c r="FJ6" s="9">
         <v>45869</v>
       </c>
       <c r="FK6" s="9">
         <v>45900</v>
       </c>
+      <c r="FL6" s="9">
+        <v>45930</v>
+      </c>
+      <c r="FM6" s="9">
+        <v>45961</v>
+      </c>
+      <c r="FN6" s="9">
+        <v>45991</v>
+      </c>
     </row>
-    <row r="7" spans="2:167" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:170" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="14">
         <v>73.3</v>
       </c>
       <c r="D8" s="14">
         <v>70.44</v>
       </c>
       <c r="E8" s="14">
         <v>77.95</v>
       </c>
       <c r="F8" s="14">
         <v>76.709999999999994</v>
       </c>
       <c r="G8" s="14">
         <v>61.22</v>
       </c>
       <c r="H8" s="14">
         <v>63.25</v>
       </c>
       <c r="I8" s="14">
         <v>66.87</v>
       </c>
       <c r="J8" s="14">
@@ -2086,52 +2095,61 @@
       </c>
       <c r="FD8" s="14">
         <v>758.14</v>
       </c>
       <c r="FE8" s="14">
         <v>724.63</v>
       </c>
       <c r="FF8" s="14">
         <v>586.44000000000005</v>
       </c>
       <c r="FG8" s="14">
         <v>563.12</v>
       </c>
       <c r="FH8" s="14">
         <v>536.91999999999996</v>
       </c>
       <c r="FI8" s="14">
         <v>493.08</v>
       </c>
       <c r="FJ8" s="14">
         <v>523.42999999999995</v>
       </c>
       <c r="FK8" s="14">
         <v>535.03</v>
       </c>
+      <c r="FL8" s="14">
+        <v>523.55999999999995</v>
+      </c>
+      <c r="FM8" s="14">
+        <v>626.98</v>
+      </c>
+      <c r="FN8" s="14">
+        <v>551.08000000000004</v>
+      </c>
     </row>
-    <row r="9" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="14">
         <v>73.19</v>
       </c>
       <c r="D9" s="14">
         <v>70.290000000000006</v>
       </c>
       <c r="E9" s="14">
         <v>77.84</v>
       </c>
       <c r="F9" s="14">
         <v>76.569999999999993</v>
       </c>
       <c r="G9" s="14">
         <v>61.06</v>
       </c>
       <c r="H9" s="14">
         <v>63.02</v>
       </c>
       <c r="I9" s="14">
         <v>66.64</v>
       </c>
       <c r="J9" s="14">
@@ -2586,52 +2604,61 @@
       </c>
       <c r="FD9" s="14">
         <v>750.84</v>
       </c>
       <c r="FE9" s="14">
         <v>717.32</v>
       </c>
       <c r="FF9" s="14">
         <v>579.99</v>
       </c>
       <c r="FG9" s="14">
         <v>551.15</v>
       </c>
       <c r="FH9" s="14">
         <v>524.26</v>
       </c>
       <c r="FI9" s="14">
         <v>481.55</v>
       </c>
       <c r="FJ9" s="14">
         <v>512.66999999999996</v>
       </c>
       <c r="FK9" s="14">
         <v>522.20000000000005</v>
       </c>
+      <c r="FL9" s="14">
+        <v>510.59</v>
+      </c>
+      <c r="FM9" s="14">
+        <v>613.84</v>
+      </c>
+      <c r="FN9" s="14">
+        <v>537.94000000000005</v>
+      </c>
     </row>
-    <row r="10" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="14">
         <v>69.39</v>
       </c>
       <c r="D10" s="14">
         <v>66.22</v>
       </c>
       <c r="E10" s="14">
         <v>74.44</v>
       </c>
       <c r="F10" s="14">
         <v>72.989999999999995</v>
       </c>
       <c r="G10" s="14">
         <v>57.49</v>
       </c>
       <c r="H10" s="14">
         <v>59.54</v>
       </c>
       <c r="I10" s="14">
         <v>63.25</v>
       </c>
       <c r="J10" s="14">
@@ -3086,52 +3113,61 @@
       </c>
       <c r="FD10" s="14">
         <v>651.95000000000005</v>
       </c>
       <c r="FE10" s="14">
         <v>616.79999999999995</v>
       </c>
       <c r="FF10" s="14">
         <v>479.12</v>
       </c>
       <c r="FG10" s="14">
         <v>448.82</v>
       </c>
       <c r="FH10" s="14">
         <v>418.5</v>
       </c>
       <c r="FI10" s="14">
         <v>375.53</v>
       </c>
       <c r="FJ10" s="14">
         <v>389.11</v>
       </c>
       <c r="FK10" s="14">
         <v>401.44</v>
       </c>
+      <c r="FL10" s="14">
+        <v>394.5</v>
+      </c>
+      <c r="FM10" s="14">
+        <v>497.66</v>
+      </c>
+      <c r="FN10" s="14">
+        <v>419.83</v>
+      </c>
     </row>
-    <row r="11" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="14">
         <v>0.1</v>
       </c>
       <c r="D11" s="14">
         <v>0.15</v>
       </c>
       <c r="E11" s="14">
         <v>0.11</v>
       </c>
       <c r="F11" s="14">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="14">
         <v>0.16</v>
       </c>
       <c r="H11" s="14">
         <v>0.22</v>
       </c>
       <c r="I11" s="14">
         <v>0.23</v>
       </c>
       <c r="J11" s="14">
@@ -3586,52 +3622,61 @@
       </c>
       <c r="FD11" s="14">
         <v>7.29</v>
       </c>
       <c r="FE11" s="14">
         <v>7.31</v>
       </c>
       <c r="FF11" s="14">
         <v>6.45</v>
       </c>
       <c r="FG11" s="14">
         <v>11.97</v>
       </c>
       <c r="FH11" s="14">
         <v>12.66</v>
       </c>
       <c r="FI11" s="14">
         <v>11.53</v>
       </c>
       <c r="FJ11" s="14">
         <v>10.75</v>
       </c>
       <c r="FK11" s="14">
         <v>12.84</v>
       </c>
+      <c r="FL11" s="14">
+        <v>12.97</v>
+      </c>
+      <c r="FM11" s="14">
+        <v>13.14</v>
+      </c>
+      <c r="FN11" s="14">
+        <v>13.14</v>
+      </c>
     </row>
-    <row r="12" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="14">
         <v>202.59</v>
       </c>
       <c r="D12" s="14">
         <v>191.27</v>
       </c>
       <c r="E12" s="14">
         <v>175</v>
       </c>
       <c r="F12" s="14">
         <v>173.29</v>
       </c>
       <c r="G12" s="14">
         <v>176.93</v>
       </c>
       <c r="H12" s="14">
         <v>180.39</v>
       </c>
       <c r="I12" s="14">
         <v>170.87</v>
       </c>
       <c r="J12" s="14">
@@ -4086,52 +4131,61 @@
       </c>
       <c r="FD12" s="14">
         <v>1769.3</v>
       </c>
       <c r="FE12" s="14">
         <v>1807.3</v>
       </c>
       <c r="FF12" s="14">
         <v>1935.19</v>
       </c>
       <c r="FG12" s="14">
         <v>1938.12</v>
       </c>
       <c r="FH12" s="14">
         <v>1927.66</v>
       </c>
       <c r="FI12" s="14">
         <v>1964.4</v>
       </c>
       <c r="FJ12" s="14">
         <v>1983.88</v>
       </c>
       <c r="FK12" s="14">
         <v>1987.47</v>
       </c>
+      <c r="FL12" s="14">
+        <v>1978.73</v>
+      </c>
+      <c r="FM12" s="14">
+        <v>1918.27</v>
+      </c>
+      <c r="FN12" s="14">
+        <v>1908.27</v>
+      </c>
     </row>
-    <row r="13" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="14">
         <v>128.74</v>
       </c>
       <c r="D13" s="14">
         <v>124.82</v>
       </c>
       <c r="E13" s="14">
         <v>111.67</v>
       </c>
       <c r="F13" s="14">
         <v>109.91</v>
       </c>
       <c r="G13" s="14">
         <v>115.48</v>
       </c>
       <c r="H13" s="14">
         <v>122.71</v>
       </c>
       <c r="I13" s="14">
         <v>109.21</v>
       </c>
       <c r="J13" s="14">
@@ -4586,52 +4640,61 @@
       </c>
       <c r="FD13" s="14">
         <v>449.64</v>
       </c>
       <c r="FE13" s="14">
         <v>506.8</v>
       </c>
       <c r="FF13" s="14">
         <v>379.54</v>
       </c>
       <c r="FG13" s="14">
         <v>384.94</v>
       </c>
       <c r="FH13" s="14">
         <v>383.32</v>
       </c>
       <c r="FI13" s="14">
         <v>395.46</v>
       </c>
       <c r="FJ13" s="14">
         <v>392.43</v>
       </c>
       <c r="FK13" s="14">
         <v>384.21</v>
       </c>
+      <c r="FL13" s="14">
+        <v>375.63</v>
+      </c>
+      <c r="FM13" s="14">
+        <v>373.67</v>
+      </c>
+      <c r="FN13" s="14">
+        <v>384.17</v>
+      </c>
     </row>
-    <row r="14" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="14">
         <v>74.94</v>
       </c>
       <c r="D14" s="14">
         <v>71.89</v>
       </c>
       <c r="E14" s="14">
         <v>68.45</v>
       </c>
       <c r="F14" s="14">
         <v>64.62</v>
       </c>
       <c r="G14" s="14">
         <v>65.89</v>
       </c>
       <c r="H14" s="14">
         <v>68.8</v>
       </c>
       <c r="I14" s="14">
         <v>63.26</v>
       </c>
       <c r="J14" s="14">
@@ -5086,52 +5149,61 @@
       </c>
       <c r="FD14" s="14">
         <v>22.26</v>
       </c>
       <c r="FE14" s="14">
         <v>22.26</v>
       </c>
       <c r="FF14" s="14">
         <v>22.25</v>
       </c>
       <c r="FG14" s="14">
         <v>21.45</v>
       </c>
       <c r="FH14" s="14">
         <v>21.5</v>
       </c>
       <c r="FI14" s="14">
         <v>21.34</v>
       </c>
       <c r="FJ14" s="14">
         <v>21.26</v>
       </c>
       <c r="FK14" s="14">
         <v>22.5</v>
       </c>
+      <c r="FL14" s="14">
+        <v>22.43</v>
+      </c>
+      <c r="FM14" s="14">
+        <v>22.47</v>
+      </c>
+      <c r="FN14" s="14">
+        <v>22.49</v>
+      </c>
     </row>
-    <row r="15" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="14">
         <v>3.62</v>
       </c>
       <c r="D15" s="14">
         <v>3.23</v>
       </c>
       <c r="E15" s="14">
         <v>3.36</v>
       </c>
       <c r="F15" s="14">
         <v>3.34</v>
       </c>
       <c r="G15" s="14">
         <v>3.43</v>
       </c>
       <c r="H15" s="14">
         <v>3.4</v>
       </c>
       <c r="I15" s="14">
         <v>3.39</v>
       </c>
       <c r="J15" s="14">
@@ -5586,52 +5658,61 @@
       </c>
       <c r="FD15" s="14">
         <v>4.5</v>
       </c>
       <c r="FE15" s="14">
         <v>5</v>
       </c>
       <c r="FF15" s="14">
         <v>5.0199999999999996</v>
       </c>
       <c r="FG15" s="14">
         <v>5.04</v>
       </c>
       <c r="FH15" s="14">
         <v>5.68</v>
       </c>
       <c r="FI15" s="14">
         <v>6.69</v>
       </c>
       <c r="FJ15" s="14">
         <v>6.71</v>
       </c>
       <c r="FK15" s="14">
         <v>6.72</v>
       </c>
+      <c r="FL15" s="14">
+        <v>6.71</v>
+      </c>
+      <c r="FM15" s="14">
+        <v>6.73</v>
+      </c>
+      <c r="FN15" s="14">
+        <v>6.74</v>
+      </c>
     </row>
-    <row r="16" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="14">
         <v>50.18</v>
       </c>
       <c r="D16" s="14">
         <v>49.7</v>
       </c>
       <c r="E16" s="14">
         <v>39.86</v>
       </c>
       <c r="F16" s="14">
         <v>41.96</v>
       </c>
       <c r="G16" s="14">
         <v>46.16</v>
       </c>
       <c r="H16" s="14">
         <v>50.51</v>
       </c>
       <c r="I16" s="14">
         <v>42.56</v>
       </c>
       <c r="J16" s="14">
@@ -6086,52 +6167,61 @@
       </c>
       <c r="FD16" s="14">
         <v>422.88</v>
       </c>
       <c r="FE16" s="14">
         <v>479.55</v>
       </c>
       <c r="FF16" s="14">
         <v>352.27</v>
       </c>
       <c r="FG16" s="14">
         <v>358.45</v>
       </c>
       <c r="FH16" s="14">
         <v>356.14</v>
       </c>
       <c r="FI16" s="14">
         <v>367.42</v>
       </c>
       <c r="FJ16" s="14">
         <v>364.46</v>
       </c>
       <c r="FK16" s="14">
         <v>354.99</v>
       </c>
+      <c r="FL16" s="14">
+        <v>346.5</v>
+      </c>
+      <c r="FM16" s="14">
+        <v>344.46</v>
+      </c>
+      <c r="FN16" s="14">
+        <v>354.94</v>
+      </c>
     </row>
-    <row r="17" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="14">
         <v>73.849999999999994</v>
       </c>
       <c r="D17" s="14">
         <v>66.45</v>
       </c>
       <c r="E17" s="14">
         <v>63.34</v>
       </c>
       <c r="F17" s="14">
         <v>63.38</v>
       </c>
       <c r="G17" s="14">
         <v>61.44</v>
       </c>
       <c r="H17" s="14">
         <v>57.68</v>
       </c>
       <c r="I17" s="14">
         <v>61.66</v>
       </c>
       <c r="J17" s="14">
@@ -6586,52 +6676,61 @@
       </c>
       <c r="FD17" s="14">
         <v>1319.66</v>
       </c>
       <c r="FE17" s="14">
         <v>1300.5</v>
       </c>
       <c r="FF17" s="14">
         <v>1555.64</v>
       </c>
       <c r="FG17" s="14">
         <v>1553.19</v>
       </c>
       <c r="FH17" s="14">
         <v>1544.34</v>
       </c>
       <c r="FI17" s="14">
         <v>1568.94</v>
       </c>
       <c r="FJ17" s="14">
         <v>1591.45</v>
       </c>
       <c r="FK17" s="14">
         <v>1603.26</v>
       </c>
+      <c r="FL17" s="14">
+        <v>1603.1</v>
+      </c>
+      <c r="FM17" s="14">
+        <v>1544.6</v>
+      </c>
+      <c r="FN17" s="14">
+        <v>1524.1</v>
+      </c>
     </row>
-    <row r="18" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="14">
         <v>11.67</v>
       </c>
       <c r="D18" s="14">
         <v>14.23</v>
       </c>
       <c r="E18" s="14">
         <v>14.56</v>
       </c>
       <c r="F18" s="14">
         <v>15.88</v>
       </c>
       <c r="G18" s="14">
         <v>14.8</v>
       </c>
       <c r="H18" s="14">
         <v>11.32</v>
       </c>
       <c r="I18" s="14">
         <v>11.23</v>
       </c>
       <c r="J18" s="14">
@@ -7086,52 +7185,61 @@
       </c>
       <c r="FD18" s="14">
         <v>1.54</v>
       </c>
       <c r="FE18" s="14">
         <v>0</v>
       </c>
       <c r="FF18" s="14">
         <v>0</v>
       </c>
       <c r="FG18" s="14">
         <v>0</v>
       </c>
       <c r="FH18" s="14">
         <v>0.52</v>
       </c>
       <c r="FI18" s="14">
         <v>0.78</v>
       </c>
       <c r="FJ18" s="14">
         <v>0.8</v>
       </c>
       <c r="FK18" s="14">
         <v>0.8</v>
       </c>
+      <c r="FL18" s="14">
+        <v>6.74</v>
+      </c>
+      <c r="FM18" s="14">
+        <v>6.83</v>
+      </c>
+      <c r="FN18" s="14">
+        <v>7.57</v>
+      </c>
     </row>
-    <row r="19" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="14">
         <v>2.59</v>
       </c>
       <c r="D19" s="14">
         <v>2.78</v>
       </c>
       <c r="E19" s="14">
         <v>3.12</v>
       </c>
       <c r="F19" s="14">
         <v>4.9000000000000004</v>
       </c>
       <c r="G19" s="14">
         <v>5.23</v>
       </c>
       <c r="H19" s="14">
         <v>4.92</v>
       </c>
       <c r="I19" s="14">
         <v>4.8499999999999996</v>
       </c>
       <c r="J19" s="14">
@@ -7586,52 +7694,61 @@
       </c>
       <c r="FD19" s="14">
         <v>24.81</v>
       </c>
       <c r="FE19" s="14">
         <v>24.8</v>
       </c>
       <c r="FF19" s="14">
         <v>24.1</v>
       </c>
       <c r="FG19" s="14">
         <v>24.06</v>
       </c>
       <c r="FH19" s="14">
         <v>21.16</v>
       </c>
       <c r="FI19" s="14">
         <v>28.84</v>
       </c>
       <c r="FJ19" s="14">
         <v>27.83</v>
       </c>
       <c r="FK19" s="14">
         <v>29.83</v>
       </c>
+      <c r="FL19" s="14">
+        <v>30.21</v>
+      </c>
+      <c r="FM19" s="14">
+        <v>25.06</v>
+      </c>
+      <c r="FN19" s="14">
+        <v>27.89</v>
+      </c>
     </row>
-    <row r="20" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="14">
         <v>59.58</v>
       </c>
       <c r="D20" s="14">
         <v>49.44</v>
       </c>
       <c r="E20" s="14">
         <v>45.66</v>
       </c>
       <c r="F20" s="14">
         <v>42.61</v>
       </c>
       <c r="G20" s="14">
         <v>41.42</v>
       </c>
       <c r="H20" s="14">
         <v>41.44</v>
       </c>
       <c r="I20" s="14">
         <v>45.58</v>
       </c>
       <c r="J20" s="14">
@@ -8086,52 +8203,61 @@
       </c>
       <c r="FD20" s="14">
         <v>1293.31</v>
       </c>
       <c r="FE20" s="14">
         <v>1275.7</v>
       </c>
       <c r="FF20" s="14">
         <v>1531.55</v>
       </c>
       <c r="FG20" s="14">
         <v>1529.12</v>
       </c>
       <c r="FH20" s="14">
         <v>1522.67</v>
       </c>
       <c r="FI20" s="14">
         <v>1539.32</v>
       </c>
       <c r="FJ20" s="14">
         <v>1562.82</v>
       </c>
       <c r="FK20" s="14">
         <v>1572.63</v>
       </c>
+      <c r="FL20" s="14">
+        <v>1566.14</v>
+      </c>
+      <c r="FM20" s="14">
+        <v>1512.71</v>
+      </c>
+      <c r="FN20" s="14">
+        <v>1488.64</v>
+      </c>
     </row>
-    <row r="21" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="14">
         <v>578.32000000000005</v>
       </c>
       <c r="D21" s="14">
         <v>590.47</v>
       </c>
       <c r="E21" s="14">
         <v>590.01</v>
       </c>
       <c r="F21" s="14">
         <v>573.91999999999996</v>
       </c>
       <c r="G21" s="14">
         <v>557.11</v>
       </c>
       <c r="H21" s="14">
         <v>525.61</v>
       </c>
       <c r="I21" s="14">
         <v>536.86</v>
       </c>
       <c r="J21" s="14">
@@ -8586,52 +8712,61 @@
       </c>
       <c r="FD21" s="14">
         <v>1632.12</v>
       </c>
       <c r="FE21" s="14">
         <v>1643.01</v>
       </c>
       <c r="FF21" s="14">
         <v>1600.64</v>
       </c>
       <c r="FG21" s="14">
         <v>1556.65</v>
       </c>
       <c r="FH21" s="14">
         <v>1694.3</v>
       </c>
       <c r="FI21" s="14">
         <v>1780.09</v>
       </c>
       <c r="FJ21" s="14">
         <v>1874.11</v>
       </c>
       <c r="FK21" s="14">
         <v>1885.08</v>
       </c>
+      <c r="FL21" s="14">
+        <v>2034.32</v>
+      </c>
+      <c r="FM21" s="14">
+        <v>2077.87</v>
+      </c>
+      <c r="FN21" s="14">
+        <v>2066.83</v>
+      </c>
     </row>
-    <row r="22" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="14">
         <v>300.07</v>
       </c>
       <c r="D22" s="14">
         <v>294.19</v>
       </c>
       <c r="E22" s="14">
         <v>300.14</v>
       </c>
       <c r="F22" s="14">
         <v>297.81</v>
       </c>
       <c r="G22" s="14">
         <v>296.33</v>
       </c>
       <c r="H22" s="14">
         <v>287.01</v>
       </c>
       <c r="I22" s="14">
         <v>297.99</v>
       </c>
       <c r="J22" s="14">
@@ -9086,52 +9221,61 @@
       </c>
       <c r="FD22" s="14">
         <v>762.16</v>
       </c>
       <c r="FE22" s="14">
         <v>728.53</v>
       </c>
       <c r="FF22" s="14">
         <v>715.97</v>
       </c>
       <c r="FG22" s="14">
         <v>712</v>
       </c>
       <c r="FH22" s="14">
         <v>803.97</v>
       </c>
       <c r="FI22" s="14">
         <v>870.81</v>
       </c>
       <c r="FJ22" s="14">
         <v>909.49</v>
       </c>
       <c r="FK22" s="14">
         <v>910.14</v>
       </c>
+      <c r="FL22" s="14">
+        <v>990.62</v>
+      </c>
+      <c r="FM22" s="14">
+        <v>1020.82</v>
+      </c>
+      <c r="FN22" s="14">
+        <v>1002.27</v>
+      </c>
     </row>
-    <row r="23" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="14">
         <v>251.94</v>
       </c>
       <c r="D23" s="14">
         <v>246.01</v>
       </c>
       <c r="E23" s="14">
         <v>252.06</v>
       </c>
       <c r="F23" s="14">
         <v>246.74</v>
       </c>
       <c r="G23" s="14">
         <v>245.1</v>
       </c>
       <c r="H23" s="14">
         <v>233.49</v>
       </c>
       <c r="I23" s="14">
         <v>247.88</v>
       </c>
       <c r="J23" s="14">
@@ -9586,52 +9730,61 @@
       </c>
       <c r="FD23" s="14">
         <v>713.74</v>
       </c>
       <c r="FE23" s="14">
         <v>682.28</v>
       </c>
       <c r="FF23" s="14">
         <v>668.89</v>
       </c>
       <c r="FG23" s="14">
         <v>673.94</v>
       </c>
       <c r="FH23" s="14">
         <v>762.69</v>
       </c>
       <c r="FI23" s="14">
         <v>799.68</v>
       </c>
       <c r="FJ23" s="14">
         <v>863.94</v>
       </c>
       <c r="FK23" s="14">
         <v>863.55</v>
       </c>
+      <c r="FL23" s="14">
+        <v>942.53</v>
+      </c>
+      <c r="FM23" s="14">
+        <v>970.51</v>
+      </c>
+      <c r="FN23" s="14">
+        <v>951.7</v>
+      </c>
     </row>
-    <row r="24" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="14">
         <v>48.13</v>
       </c>
       <c r="D24" s="14">
         <v>48.17</v>
       </c>
       <c r="E24" s="14">
         <v>48.09</v>
       </c>
       <c r="F24" s="14">
         <v>51.06</v>
       </c>
       <c r="G24" s="14">
         <v>51.23</v>
       </c>
       <c r="H24" s="14">
         <v>53.52</v>
       </c>
       <c r="I24" s="14">
         <v>50.11</v>
       </c>
       <c r="J24" s="14">
@@ -10086,52 +10239,61 @@
       </c>
       <c r="FD24" s="14">
         <v>48.42</v>
       </c>
       <c r="FE24" s="14">
         <v>46.25</v>
       </c>
       <c r="FF24" s="14">
         <v>47.09</v>
       </c>
       <c r="FG24" s="14">
         <v>38.06</v>
       </c>
       <c r="FH24" s="14">
         <v>41.28</v>
       </c>
       <c r="FI24" s="14">
         <v>71.13</v>
       </c>
       <c r="FJ24" s="14">
         <v>45.54</v>
       </c>
       <c r="FK24" s="14">
         <v>46.59</v>
       </c>
+      <c r="FL24" s="14">
+        <v>48.09</v>
+      </c>
+      <c r="FM24" s="14">
+        <v>50.31</v>
+      </c>
+      <c r="FN24" s="14">
+        <v>50.57</v>
+      </c>
     </row>
-    <row r="25" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="14">
         <v>278.25</v>
       </c>
       <c r="D25" s="14">
         <v>296.27999999999997</v>
       </c>
       <c r="E25" s="14">
         <v>289.87</v>
       </c>
       <c r="F25" s="14">
         <v>276.11</v>
       </c>
       <c r="G25" s="14">
         <v>260.77999999999997</v>
       </c>
       <c r="H25" s="14">
         <v>238.6</v>
       </c>
       <c r="I25" s="14">
         <v>238.87</v>
       </c>
       <c r="J25" s="14">
@@ -10586,52 +10748,61 @@
       </c>
       <c r="FD25" s="14">
         <v>869.96</v>
       </c>
       <c r="FE25" s="14">
         <v>914.48</v>
       </c>
       <c r="FF25" s="14">
         <v>884.66</v>
       </c>
       <c r="FG25" s="14">
         <v>844.66</v>
       </c>
       <c r="FH25" s="14">
         <v>890.33</v>
       </c>
       <c r="FI25" s="14">
         <v>909.29</v>
       </c>
       <c r="FJ25" s="14">
         <v>964.62</v>
       </c>
       <c r="FK25" s="14">
         <v>974.94</v>
       </c>
+      <c r="FL25" s="14">
+        <v>1043.71</v>
+      </c>
+      <c r="FM25" s="14">
+        <v>1057.05</v>
+      </c>
+      <c r="FN25" s="14">
+        <v>1064.55</v>
+      </c>
     </row>
-    <row r="26" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14">
         <v>205.5</v>
       </c>
       <c r="D26" s="14">
         <v>215.68</v>
       </c>
       <c r="E26" s="14">
         <v>210</v>
       </c>
       <c r="F26" s="14">
         <v>204.15</v>
       </c>
       <c r="G26" s="14">
         <v>196.84</v>
       </c>
       <c r="H26" s="14">
         <v>178.98</v>
       </c>
       <c r="I26" s="14">
         <v>176.42</v>
       </c>
       <c r="J26" s="14">
@@ -11086,52 +11257,61 @@
       </c>
       <c r="FD26" s="14">
         <v>486.64</v>
       </c>
       <c r="FE26" s="14">
         <v>511.16</v>
       </c>
       <c r="FF26" s="14">
         <v>492.8</v>
       </c>
       <c r="FG26" s="14">
         <v>481.08</v>
       </c>
       <c r="FH26" s="14">
         <v>510.3</v>
       </c>
       <c r="FI26" s="14">
         <v>524.03</v>
       </c>
       <c r="FJ26" s="14">
         <v>550.25</v>
       </c>
       <c r="FK26" s="14">
         <v>557.26</v>
       </c>
+      <c r="FL26" s="14">
+        <v>611.85</v>
+      </c>
+      <c r="FM26" s="14">
+        <v>626</v>
+      </c>
+      <c r="FN26" s="14">
+        <v>624.55999999999995</v>
+      </c>
     </row>
-    <row r="27" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="14">
         <v>72.75</v>
       </c>
       <c r="D27" s="14">
         <v>80.599999999999994</v>
       </c>
       <c r="E27" s="14">
         <v>79.87</v>
       </c>
       <c r="F27" s="14">
         <v>71.959999999999994</v>
       </c>
       <c r="G27" s="14">
         <v>63.94</v>
       </c>
       <c r="H27" s="14">
         <v>59.62</v>
       </c>
       <c r="I27" s="14">
         <v>62.45</v>
       </c>
       <c r="J27" s="14">
@@ -11586,52 +11766,61 @@
       </c>
       <c r="FD27" s="14">
         <v>383.33</v>
       </c>
       <c r="FE27" s="14">
         <v>403.32</v>
       </c>
       <c r="FF27" s="14">
         <v>391.86</v>
       </c>
       <c r="FG27" s="14">
         <v>363.58</v>
       </c>
       <c r="FH27" s="14">
         <v>380.04</v>
       </c>
       <c r="FI27" s="14">
         <v>385.25</v>
       </c>
       <c r="FJ27" s="14">
         <v>414.37</v>
       </c>
       <c r="FK27" s="14">
         <v>417.68</v>
       </c>
+      <c r="FL27" s="14">
+        <v>431.85</v>
+      </c>
+      <c r="FM27" s="14">
+        <v>431.05</v>
+      </c>
+      <c r="FN27" s="14">
+        <v>439.99</v>
+      </c>
     </row>
-    <row r="28" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="14">
         <v>38.36</v>
       </c>
       <c r="D28" s="14">
         <v>38.29</v>
       </c>
       <c r="E28" s="14">
         <v>38.26</v>
       </c>
       <c r="F28" s="14">
         <v>38.64</v>
       </c>
       <c r="G28" s="14">
         <v>38.61</v>
       </c>
       <c r="H28" s="14">
         <v>38.76</v>
       </c>
       <c r="I28" s="14">
         <v>34.35</v>
       </c>
       <c r="J28" s="14">
@@ -12086,52 +12275,61 @@
       </c>
       <c r="FD28" s="14">
         <v>2.91</v>
       </c>
       <c r="FE28" s="14">
         <v>2.8</v>
       </c>
       <c r="FF28" s="14">
         <v>2.79</v>
       </c>
       <c r="FG28" s="14">
         <v>2.82</v>
       </c>
       <c r="FH28" s="14">
         <v>2.87</v>
       </c>
       <c r="FI28" s="14">
         <v>2.87</v>
       </c>
       <c r="FJ28" s="14">
         <v>29.66</v>
       </c>
       <c r="FK28" s="14">
         <v>29.61</v>
       </c>
+      <c r="FL28" s="14">
+        <v>30.51</v>
+      </c>
+      <c r="FM28" s="14">
+        <v>30.49</v>
+      </c>
+      <c r="FN28" s="14">
+        <v>30.99</v>
+      </c>
     </row>
-    <row r="29" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="14">
         <v>21.26</v>
       </c>
       <c r="D29" s="14">
         <v>26.33</v>
       </c>
       <c r="E29" s="14">
         <v>21.2</v>
       </c>
       <c r="F29" s="14">
         <v>22.51</v>
       </c>
       <c r="G29" s="14">
         <v>32.549999999999997</v>
       </c>
       <c r="H29" s="14">
         <v>13.33</v>
       </c>
       <c r="I29" s="14">
         <v>24.96</v>
       </c>
       <c r="J29" s="14">
@@ -12586,52 +12784,61 @@
       </c>
       <c r="FD29" s="14">
         <v>49.15</v>
       </c>
       <c r="FE29" s="14">
         <v>18.04</v>
       </c>
       <c r="FF29" s="14">
         <v>20.27</v>
       </c>
       <c r="FG29" s="14">
         <v>22.81</v>
       </c>
       <c r="FH29" s="14">
         <v>37.74</v>
       </c>
       <c r="FI29" s="14">
         <v>23.96</v>
       </c>
       <c r="FJ29" s="14">
         <v>31.96</v>
       </c>
       <c r="FK29" s="14">
         <v>34.69</v>
       </c>
+      <c r="FL29" s="14">
+        <v>35.229999999999997</v>
+      </c>
+      <c r="FM29" s="14">
+        <v>28.24</v>
+      </c>
+      <c r="FN29" s="14">
+        <v>38.11</v>
+      </c>
     </row>
-    <row r="30" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="15">
         <v>913.82</v>
       </c>
       <c r="D30" s="15">
         <v>916.81</v>
       </c>
       <c r="E30" s="15">
         <v>902.43</v>
       </c>
       <c r="F30" s="15">
         <v>885.07</v>
       </c>
       <c r="G30" s="15">
         <v>866.42</v>
       </c>
       <c r="H30" s="15">
         <v>821.33</v>
       </c>
       <c r="I30" s="15">
         <v>833.9</v>
       </c>
       <c r="J30" s="15">
@@ -13086,52 +13293,61 @@
       </c>
       <c r="FD30" s="15">
         <v>4211.63</v>
       </c>
       <c r="FE30" s="15">
         <v>4195.79</v>
       </c>
       <c r="FF30" s="15">
         <v>4145.32</v>
       </c>
       <c r="FG30" s="15">
         <v>4083.53</v>
       </c>
       <c r="FH30" s="15">
         <v>4199.49</v>
       </c>
       <c r="FI30" s="15">
         <v>4264.41</v>
       </c>
       <c r="FJ30" s="15">
         <v>4443.04</v>
       </c>
       <c r="FK30" s="15">
         <v>4471.88</v>
       </c>
+      <c r="FL30" s="15">
+        <v>4602.3500000000004</v>
+      </c>
+      <c r="FM30" s="15">
+        <v>4681.8500000000004</v>
+      </c>
+      <c r="FN30" s="15">
+        <v>4595.2700000000004</v>
+      </c>
     </row>
-    <row r="31" spans="2:167" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:170" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
@@ -13256,52 +13472,55 @@
       <c r="EM31" s="4"/>
       <c r="EN31" s="4"/>
       <c r="EO31" s="4"/>
       <c r="EP31" s="4"/>
       <c r="EQ31" s="4"/>
       <c r="ER31" s="4"/>
       <c r="ES31" s="4"/>
       <c r="ET31" s="4"/>
       <c r="EU31" s="4"/>
       <c r="EV31" s="4"/>
       <c r="EW31" s="4"/>
       <c r="EX31" s="4"/>
       <c r="EY31" s="4"/>
       <c r="EZ31" s="4"/>
       <c r="FA31" s="4"/>
       <c r="FB31" s="4"/>
       <c r="FC31" s="4"/>
       <c r="FD31" s="4"/>
       <c r="FE31" s="4"/>
       <c r="FF31" s="4"/>
       <c r="FG31" s="4"/>
       <c r="FH31" s="4"/>
       <c r="FI31" s="4"/>
       <c r="FJ31" s="4"/>
       <c r="FK31" s="4"/>
+      <c r="FL31" s="4"/>
+      <c r="FM31" s="4"/>
+      <c r="FN31" s="4"/>
     </row>
-    <row r="32" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="14">
         <v>4.83</v>
       </c>
       <c r="D32" s="14">
         <v>5.6</v>
       </c>
       <c r="E32" s="14">
         <v>5.54</v>
       </c>
       <c r="F32" s="14">
         <v>3.98</v>
       </c>
       <c r="G32" s="14">
         <v>4.7699999999999996</v>
       </c>
       <c r="H32" s="14">
         <v>4.5599999999999996</v>
       </c>
       <c r="I32" s="14">
         <v>3.35</v>
       </c>
       <c r="J32" s="14">
@@ -13756,52 +13975,61 @@
       </c>
       <c r="FD32" s="14">
         <v>16.600000000000001</v>
       </c>
       <c r="FE32" s="14">
         <v>10.18</v>
       </c>
       <c r="FF32" s="14">
         <v>14.55</v>
       </c>
       <c r="FG32" s="14">
         <v>12.65</v>
       </c>
       <c r="FH32" s="14">
         <v>14.57</v>
       </c>
       <c r="FI32" s="14">
         <v>15.04</v>
       </c>
       <c r="FJ32" s="14">
         <v>51.46</v>
       </c>
       <c r="FK32" s="14">
         <v>51.56</v>
       </c>
+      <c r="FL32" s="14">
+        <v>48.36</v>
+      </c>
+      <c r="FM32" s="14">
+        <v>48.91</v>
+      </c>
+      <c r="FN32" s="14">
+        <v>48.67</v>
+      </c>
     </row>
-    <row r="33" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="14">
         <v>890.39</v>
       </c>
       <c r="D33" s="14">
         <v>883.74</v>
       </c>
       <c r="E33" s="14">
         <v>875.18</v>
       </c>
       <c r="F33" s="14">
         <v>858.07</v>
       </c>
       <c r="G33" s="14">
         <v>837.14</v>
       </c>
       <c r="H33" s="14">
         <v>804.35</v>
       </c>
       <c r="I33" s="14">
         <v>803.98</v>
       </c>
       <c r="J33" s="14">
@@ -14256,52 +14484,61 @@
       </c>
       <c r="FD33" s="14">
         <v>4070.44</v>
       </c>
       <c r="FE33" s="14">
         <v>4069.82</v>
       </c>
       <c r="FF33" s="14">
         <v>4011.33</v>
       </c>
       <c r="FG33" s="14">
         <v>3955.09</v>
       </c>
       <c r="FH33" s="14">
         <v>4058.67</v>
       </c>
       <c r="FI33" s="14">
         <v>4127.45</v>
       </c>
       <c r="FJ33" s="14">
         <v>4251.8500000000004</v>
       </c>
       <c r="FK33" s="14">
         <v>4284.92</v>
       </c>
+      <c r="FL33" s="14">
+        <v>4406.04</v>
+      </c>
+      <c r="FM33" s="14">
+        <v>4486.25</v>
+      </c>
+      <c r="FN33" s="14">
+        <v>4394.1499999999996</v>
+      </c>
     </row>
-    <row r="34" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="14">
         <v>862.55</v>
       </c>
       <c r="D34" s="14">
         <v>856.62</v>
       </c>
       <c r="E34" s="14">
         <v>848.85</v>
       </c>
       <c r="F34" s="14">
         <v>832.01</v>
       </c>
       <c r="G34" s="14">
         <v>811.89</v>
       </c>
       <c r="H34" s="14">
         <v>774.75</v>
       </c>
       <c r="I34" s="14">
         <v>774.17</v>
       </c>
       <c r="J34" s="14">
@@ -14756,52 +14993,61 @@
       </c>
       <c r="FD34" s="14">
         <v>3895.08</v>
       </c>
       <c r="FE34" s="14">
         <v>3889.79</v>
       </c>
       <c r="FF34" s="14">
         <v>3828.6</v>
       </c>
       <c r="FG34" s="14">
         <v>3761.34</v>
       </c>
       <c r="FH34" s="14">
         <v>3849.18</v>
       </c>
       <c r="FI34" s="14">
         <v>3908.31</v>
       </c>
       <c r="FJ34" s="14">
         <v>4028.41</v>
       </c>
       <c r="FK34" s="14">
         <v>4059.93</v>
       </c>
+      <c r="FL34" s="14">
+        <v>4174.75</v>
+      </c>
+      <c r="FM34" s="14">
+        <v>4253.54</v>
+      </c>
+      <c r="FN34" s="14">
+        <v>4166.1099999999997</v>
+      </c>
     </row>
-    <row r="35" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="14">
         <v>56.5</v>
       </c>
       <c r="D35" s="14">
         <v>57.25</v>
       </c>
       <c r="E35" s="14">
         <v>55.09</v>
       </c>
       <c r="F35" s="14">
         <v>50.14</v>
       </c>
       <c r="G35" s="14">
         <v>53.36</v>
       </c>
       <c r="H35" s="14">
         <v>50.76</v>
       </c>
       <c r="I35" s="14">
         <v>51.1</v>
       </c>
       <c r="J35" s="14">
@@ -15256,52 +15502,61 @@
       </c>
       <c r="FD35" s="14">
         <v>105.49</v>
       </c>
       <c r="FE35" s="14">
         <v>105.62</v>
       </c>
       <c r="FF35" s="14">
         <v>105.92</v>
       </c>
       <c r="FG35" s="14">
         <v>106.96</v>
       </c>
       <c r="FH35" s="14">
         <v>110.05</v>
       </c>
       <c r="FI35" s="14">
         <v>116.21</v>
       </c>
       <c r="FJ35" s="14">
         <v>109.71</v>
       </c>
       <c r="FK35" s="14">
         <v>108.73</v>
       </c>
+      <c r="FL35" s="14">
+        <v>111.99</v>
+      </c>
+      <c r="FM35" s="14">
+        <v>117.02</v>
+      </c>
+      <c r="FN35" s="14">
+        <v>117.34</v>
+      </c>
     </row>
-    <row r="36" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="14">
         <v>265.47000000000003</v>
       </c>
       <c r="D36" s="14">
         <v>261.31</v>
       </c>
       <c r="E36" s="14">
         <v>247.29</v>
       </c>
       <c r="F36" s="14">
         <v>239.58</v>
       </c>
       <c r="G36" s="14">
         <v>233.63</v>
       </c>
       <c r="H36" s="14">
         <v>227.36</v>
       </c>
       <c r="I36" s="14">
         <v>224.79</v>
       </c>
       <c r="J36" s="14">
@@ -15756,52 +16011,61 @@
       </c>
       <c r="FD36" s="14">
         <v>465.23</v>
       </c>
       <c r="FE36" s="14">
         <v>467.1</v>
       </c>
       <c r="FF36" s="14">
         <v>463.37</v>
       </c>
       <c r="FG36" s="14">
         <v>464.06</v>
       </c>
       <c r="FH36" s="14">
         <v>473.98</v>
       </c>
       <c r="FI36" s="14">
         <v>482.85</v>
       </c>
       <c r="FJ36" s="14">
         <v>494.17</v>
       </c>
       <c r="FK36" s="14">
         <v>492.86</v>
       </c>
+      <c r="FL36" s="14">
+        <v>504.48</v>
+      </c>
+      <c r="FM36" s="14">
+        <v>520.44000000000005</v>
+      </c>
+      <c r="FN36" s="14">
+        <v>520.66999999999996</v>
+      </c>
     </row>
-    <row r="37" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="14">
         <v>385.04</v>
       </c>
       <c r="D37" s="14">
         <v>381.59</v>
       </c>
       <c r="E37" s="14">
         <v>384.18</v>
       </c>
       <c r="F37" s="14">
         <v>377.35</v>
       </c>
       <c r="G37" s="14">
         <v>366.45</v>
       </c>
       <c r="H37" s="14">
         <v>345.62</v>
       </c>
       <c r="I37" s="14">
         <v>338.24</v>
       </c>
       <c r="J37" s="14">
@@ -16256,52 +16520,61 @@
       </c>
       <c r="FD37" s="14">
         <v>2741</v>
       </c>
       <c r="FE37" s="14">
         <v>2751.99</v>
       </c>
       <c r="FF37" s="14">
         <v>2715.78</v>
       </c>
       <c r="FG37" s="14">
         <v>2644.45</v>
       </c>
       <c r="FH37" s="14">
         <v>2676.01</v>
       </c>
       <c r="FI37" s="14">
         <v>2702.41</v>
       </c>
       <c r="FJ37" s="14">
         <v>2777.08</v>
       </c>
       <c r="FK37" s="14">
         <v>2813.93</v>
       </c>
+      <c r="FL37" s="14">
+        <v>2862.35</v>
+      </c>
+      <c r="FM37" s="14">
+        <v>2900.21</v>
+      </c>
+      <c r="FN37" s="14">
+        <v>2828.82</v>
+      </c>
     </row>
-    <row r="38" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="14">
         <v>27.83</v>
       </c>
       <c r="D38" s="14">
         <v>27.12</v>
       </c>
       <c r="E38" s="14">
         <v>26.33</v>
       </c>
       <c r="F38" s="14">
         <v>26.07</v>
       </c>
       <c r="G38" s="14">
         <v>25.25</v>
       </c>
       <c r="H38" s="14">
         <v>29.6</v>
       </c>
       <c r="I38" s="14">
         <v>29.81</v>
       </c>
       <c r="J38" s="14">
@@ -16756,52 +17029,61 @@
       </c>
       <c r="FD38" s="14">
         <v>175.36</v>
       </c>
       <c r="FE38" s="14">
         <v>180.04</v>
       </c>
       <c r="FF38" s="14">
         <v>182.74</v>
       </c>
       <c r="FG38" s="14">
         <v>193.75</v>
       </c>
       <c r="FH38" s="14">
         <v>209.49</v>
       </c>
       <c r="FI38" s="14">
         <v>219.13</v>
       </c>
       <c r="FJ38" s="14">
         <v>223.44</v>
       </c>
       <c r="FK38" s="14">
         <v>224.99</v>
       </c>
+      <c r="FL38" s="14">
+        <v>231.29</v>
+      </c>
+      <c r="FM38" s="14">
+        <v>232.71</v>
+      </c>
+      <c r="FN38" s="14">
+        <v>228.03</v>
+      </c>
     </row>
-    <row r="39" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="14">
         <v>6.34</v>
       </c>
       <c r="D39" s="14">
         <v>5.88</v>
       </c>
       <c r="E39" s="14">
         <v>4.6399999999999997</v>
       </c>
       <c r="F39" s="14">
         <v>4.74</v>
       </c>
       <c r="G39" s="14">
         <v>4.72</v>
       </c>
       <c r="H39" s="14">
         <v>4.58</v>
       </c>
       <c r="I39" s="14">
         <v>4.63</v>
       </c>
       <c r="J39" s="14">
@@ -17256,52 +17538,61 @@
       </c>
       <c r="FD39" s="14">
         <v>60.58</v>
       </c>
       <c r="FE39" s="14">
         <v>64.510000000000005</v>
       </c>
       <c r="FF39" s="14">
         <v>70.23</v>
       </c>
       <c r="FG39" s="14">
         <v>74.44</v>
       </c>
       <c r="FH39" s="14">
         <v>77.209999999999994</v>
       </c>
       <c r="FI39" s="14">
         <v>84.21</v>
       </c>
       <c r="FJ39" s="14">
         <v>84.62</v>
       </c>
       <c r="FK39" s="14">
         <v>84.21</v>
       </c>
+      <c r="FL39" s="14">
+        <v>88.56</v>
+      </c>
+      <c r="FM39" s="14">
+        <v>88.64</v>
+      </c>
+      <c r="FN39" s="14">
+        <v>88.59</v>
+      </c>
     </row>
-    <row r="40" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="14">
         <v>10.7</v>
       </c>
       <c r="D40" s="14">
         <v>10.49</v>
       </c>
       <c r="E40" s="14">
         <v>10.76</v>
       </c>
       <c r="F40" s="14">
         <v>10.6</v>
       </c>
       <c r="G40" s="14">
         <v>10.43</v>
       </c>
       <c r="H40" s="14">
         <v>15.43</v>
       </c>
       <c r="I40" s="14">
         <v>15.78</v>
       </c>
       <c r="J40" s="14">
@@ -17756,52 +18047,61 @@
       </c>
       <c r="FD40" s="14">
         <v>44.17</v>
       </c>
       <c r="FE40" s="14">
         <v>44.95</v>
       </c>
       <c r="FF40" s="14">
         <v>42.23</v>
       </c>
       <c r="FG40" s="14">
         <v>42.87</v>
       </c>
       <c r="FH40" s="14">
         <v>44.46</v>
       </c>
       <c r="FI40" s="14">
         <v>44.32</v>
       </c>
       <c r="FJ40" s="14">
         <v>45.74</v>
       </c>
       <c r="FK40" s="14">
         <v>45.88</v>
       </c>
+      <c r="FL40" s="14">
+        <v>46.39</v>
+      </c>
+      <c r="FM40" s="14">
+        <v>47.33</v>
+      </c>
+      <c r="FN40" s="14">
+        <v>47.3</v>
+      </c>
     </row>
-    <row r="41" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C41" s="14">
         <v>10.23</v>
       </c>
       <c r="D41" s="14">
         <v>10.210000000000001</v>
       </c>
       <c r="E41" s="14">
         <v>10.37</v>
       </c>
       <c r="F41" s="14">
         <v>10.17</v>
       </c>
       <c r="G41" s="14">
         <v>10.1</v>
       </c>
       <c r="H41" s="14">
         <v>9.59</v>
       </c>
       <c r="I41" s="14">
         <v>9.4</v>
       </c>
       <c r="J41" s="14">
@@ -18256,52 +18556,61 @@
       </c>
       <c r="FD41" s="14">
         <v>70.61</v>
       </c>
       <c r="FE41" s="14">
         <v>70.58</v>
       </c>
       <c r="FF41" s="14">
         <v>70.28</v>
       </c>
       <c r="FG41" s="14">
         <v>76.430000000000007</v>
       </c>
       <c r="FH41" s="14">
         <v>87.82</v>
       </c>
       <c r="FI41" s="14">
         <v>90.61</v>
       </c>
       <c r="FJ41" s="14">
         <v>93.08</v>
       </c>
       <c r="FK41" s="14">
         <v>94.9</v>
       </c>
+      <c r="FL41" s="14">
+        <v>96.35</v>
+      </c>
+      <c r="FM41" s="14">
+        <v>96.74</v>
+      </c>
+      <c r="FN41" s="14">
+        <v>92.15</v>
+      </c>
     </row>
-    <row r="42" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C42" s="14">
         <v>18.600000000000001</v>
       </c>
       <c r="D42" s="14">
         <v>27.46</v>
       </c>
       <c r="E42" s="14">
         <v>21.71</v>
       </c>
       <c r="F42" s="14">
         <v>23.02</v>
       </c>
       <c r="G42" s="14">
         <v>24.51</v>
       </c>
       <c r="H42" s="14">
         <v>12.41</v>
       </c>
       <c r="I42" s="14">
         <v>26.57</v>
       </c>
       <c r="J42" s="14">
@@ -18756,52 +19065,61 @@
       </c>
       <c r="FD42" s="14">
         <v>124.58</v>
       </c>
       <c r="FE42" s="14">
         <v>115.79</v>
       </c>
       <c r="FF42" s="14">
         <v>119.44</v>
       </c>
       <c r="FG42" s="14">
         <v>115.78</v>
       </c>
       <c r="FH42" s="14">
         <v>126.25</v>
       </c>
       <c r="FI42" s="14">
         <v>121.92</v>
       </c>
       <c r="FJ42" s="14">
         <v>139.72</v>
       </c>
       <c r="FK42" s="14">
         <v>135.4</v>
       </c>
+      <c r="FL42" s="14">
+        <v>147.94999999999999</v>
+      </c>
+      <c r="FM42" s="14">
+        <v>146.68</v>
+      </c>
+      <c r="FN42" s="14">
+        <v>152.44999999999999</v>
+      </c>
     </row>
-    <row r="43" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="16">
         <v>913.82</v>
       </c>
       <c r="D43" s="17">
         <v>916.81</v>
       </c>
       <c r="E43" s="17">
         <v>902.43</v>
       </c>
       <c r="F43" s="17">
         <v>885.07</v>
       </c>
       <c r="G43" s="17">
         <v>866.42</v>
       </c>
       <c r="H43" s="17">
         <v>821.33</v>
       </c>
       <c r="I43" s="17">
         <v>833.9</v>
       </c>
       <c r="J43" s="17">
@@ -19256,67 +19574,76 @@
       </c>
       <c r="FD43" s="16">
         <v>4211.63</v>
       </c>
       <c r="FE43" s="16">
         <v>4195.79</v>
       </c>
       <c r="FF43" s="16">
         <v>4145.32</v>
       </c>
       <c r="FG43" s="16">
         <v>4083.53</v>
       </c>
       <c r="FH43" s="16">
         <v>4199.49</v>
       </c>
       <c r="FI43" s="16">
         <v>4264.41</v>
       </c>
       <c r="FJ43" s="16">
         <v>4443.04</v>
       </c>
       <c r="FK43" s="16">
         <v>4471.88</v>
       </c>
+      <c r="FL43" s="16">
+        <v>4602.3500000000004</v>
+      </c>
+      <c r="FM43" s="16">
+        <v>4681.8500000000004</v>
+      </c>
+      <c r="FN43" s="16">
+        <v>4595.2700000000004</v>
+      </c>
     </row>
-    <row r="44" spans="2:167" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CB44" s="18"/>
       <c r="CC44" s="18"/>
       <c r="CD44" s="18"/>
       <c r="CE44" s="18"/>
       <c r="CF44" s="18"/>
       <c r="CG44" s="18"/>
       <c r="CH44" s="18"/>
       <c r="CI44" s="18"/>
       <c r="CJ44" s="18"/>
       <c r="CK44" s="18"/>
       <c r="CM44" s="18"/>
       <c r="CN44" s="18"/>
       <c r="CO44" s="18"/>
     </row>
-    <row r="45" spans="2:167" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:170" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="25"/>
       <c r="D45" s="25"/>
       <c r="E45" s="25"/>
       <c r="F45" s="25"/>
       <c r="G45" s="25"/>
       <c r="H45" s="25"/>
       <c r="I45" s="25"/>
       <c r="J45" s="25"/>
       <c r="K45" s="25"/>
       <c r="CB45" s="24"/>
       <c r="CC45" s="24"/>
       <c r="CD45" s="24"/>
       <c r="CE45" s="24"/>
       <c r="CF45" s="24"/>
       <c r="CG45" s="24"/>
       <c r="CH45" s="24"/>
       <c r="CI45" s="24"/>
       <c r="CJ45" s="24"/>
       <c r="CK45" s="24"/>
       <c r="CM45" s="24"/>
       <c r="CN45" s="24"/>
       <c r="CO45" s="24"/>