--- v2 (2026-01-31)
+++ v3 (2026-03-05)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251130 - objava 20260131\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\IFON\9. BILTENSKE TABLICE\Biltenske tablice IVF\Bilten\BT_IVF_podaci za 20251231 - objava 20260228\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="465" windowWidth="30015" windowHeight="20175"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
   <si>
     <t>AKTIVA</t>
   </si>
   <si>
     <t>PASIVA</t>
   </si>
   <si>
     <t xml:space="preserve">            od toga: Kućanstva</t>
   </si>
   <si>
     <t xml:space="preserve">            od toga: Financijska društva</t>
@@ -940,79 +940,79 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B1:FN45"/>
+  <dimension ref="B1:FO45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="13" customWidth="1"/>
     <col min="2" max="2" width="58.1640625" style="13" customWidth="1"/>
     <col min="3" max="16384" width="10.6640625" style="13"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="20"/>
     </row>
-    <row r="2" spans="2:170" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="2:171" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="23" t="s">
         <v>24</v>
       </c>
       <c r="E2" s="21"/>
     </row>
-    <row r="3" spans="2:170" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:171" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="22" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="4" spans="2:170" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:171" s="12" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="BP4" s="13"/>
     </row>
-    <row r="5" spans="2:170" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:171" s="11" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="10"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="8"/>
       <c r="U5" s="8"/>
       <c r="V5" s="8"/>
       <c r="W5" s="8"/>
       <c r="X5" s="8"/>
       <c r="Y5" s="8"/>
       <c r="Z5" s="8"/>
@@ -1084,51 +1084,51 @@
       <c r="CO5" s="8"/>
       <c r="CP5" s="8"/>
       <c r="CQ5" s="8"/>
       <c r="CR5" s="8"/>
       <c r="CS5" s="8"/>
       <c r="CT5" s="8"/>
       <c r="CU5" s="8"/>
       <c r="CV5" s="8"/>
       <c r="CW5" s="8"/>
       <c r="CX5" s="8"/>
       <c r="CY5" s="8"/>
       <c r="CZ5" s="8"/>
       <c r="DA5" s="8"/>
       <c r="DB5" s="8"/>
       <c r="DC5" s="8"/>
       <c r="DD5" s="8"/>
       <c r="DE5" s="8"/>
       <c r="DF5" s="8"/>
       <c r="DG5" s="8"/>
       <c r="DH5" s="8"/>
       <c r="DI5" s="8"/>
       <c r="DJ5" s="8"/>
       <c r="DK5" s="8"/>
       <c r="DL5" s="8"/>
     </row>
-    <row r="6" spans="2:170" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:171" s="12" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="3"/>
       <c r="C6" s="9">
         <v>40908</v>
       </c>
       <c r="D6" s="9">
         <v>40939</v>
       </c>
       <c r="E6" s="9">
         <v>40968</v>
       </c>
       <c r="F6" s="9">
         <v>40999</v>
       </c>
       <c r="G6" s="9">
         <v>41029</v>
       </c>
       <c r="H6" s="9">
         <v>41060</v>
       </c>
       <c r="I6" s="9">
         <v>41090</v>
       </c>
       <c r="J6" s="9">
         <v>41121</v>
       </c>
@@ -1590,57 +1590,60 @@
       </c>
       <c r="FG6" s="9">
         <v>45777</v>
       </c>
       <c r="FH6" s="9">
         <v>45808</v>
       </c>
       <c r="FI6" s="9">
         <v>45838</v>
       </c>
       <c r="FJ6" s="9">
         <v>45869</v>
       </c>
       <c r="FK6" s="9">
         <v>45900</v>
       </c>
       <c r="FL6" s="9">
         <v>45930</v>
       </c>
       <c r="FM6" s="9">
         <v>45961</v>
       </c>
       <c r="FN6" s="9">
         <v>45991</v>
       </c>
+      <c r="FO6" s="9">
+        <v>46022</v>
+      </c>
     </row>
-    <row r="7" spans="2:170" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:171" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="19" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="14">
         <v>73.3</v>
       </c>
       <c r="D8" s="14">
         <v>70.44</v>
       </c>
       <c r="E8" s="14">
         <v>77.95</v>
       </c>
       <c r="F8" s="14">
         <v>76.709999999999994</v>
       </c>
       <c r="G8" s="14">
         <v>61.22</v>
       </c>
       <c r="H8" s="14">
         <v>63.25</v>
       </c>
       <c r="I8" s="14">
         <v>66.87</v>
       </c>
       <c r="J8" s="14">
@@ -2104,52 +2107,55 @@
       </c>
       <c r="FG8" s="14">
         <v>563.12</v>
       </c>
       <c r="FH8" s="14">
         <v>536.91999999999996</v>
       </c>
       <c r="FI8" s="14">
         <v>493.08</v>
       </c>
       <c r="FJ8" s="14">
         <v>523.42999999999995</v>
       </c>
       <c r="FK8" s="14">
         <v>535.03</v>
       </c>
       <c r="FL8" s="14">
         <v>523.55999999999995</v>
       </c>
       <c r="FM8" s="14">
         <v>626.98</v>
       </c>
       <c r="FN8" s="14">
         <v>551.08000000000004</v>
       </c>
+      <c r="FO8" s="14">
+        <v>560.29999999999995</v>
+      </c>
     </row>
-    <row r="9" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="14">
         <v>73.19</v>
       </c>
       <c r="D9" s="14">
         <v>70.290000000000006</v>
       </c>
       <c r="E9" s="14">
         <v>77.84</v>
       </c>
       <c r="F9" s="14">
         <v>76.569999999999993</v>
       </c>
       <c r="G9" s="14">
         <v>61.06</v>
       </c>
       <c r="H9" s="14">
         <v>63.02</v>
       </c>
       <c r="I9" s="14">
         <v>66.64</v>
       </c>
       <c r="J9" s="14">
@@ -2613,52 +2619,55 @@
       </c>
       <c r="FG9" s="14">
         <v>551.15</v>
       </c>
       <c r="FH9" s="14">
         <v>524.26</v>
       </c>
       <c r="FI9" s="14">
         <v>481.55</v>
       </c>
       <c r="FJ9" s="14">
         <v>512.66999999999996</v>
       </c>
       <c r="FK9" s="14">
         <v>522.20000000000005</v>
       </c>
       <c r="FL9" s="14">
         <v>510.59</v>
       </c>
       <c r="FM9" s="14">
         <v>613.84</v>
       </c>
       <c r="FN9" s="14">
         <v>537.94000000000005</v>
       </c>
+      <c r="FO9" s="14">
+        <v>548.05999999999995</v>
+      </c>
     </row>
-    <row r="10" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="14">
         <v>69.39</v>
       </c>
       <c r="D10" s="14">
         <v>66.22</v>
       </c>
       <c r="E10" s="14">
         <v>74.44</v>
       </c>
       <c r="F10" s="14">
         <v>72.989999999999995</v>
       </c>
       <c r="G10" s="14">
         <v>57.49</v>
       </c>
       <c r="H10" s="14">
         <v>59.54</v>
       </c>
       <c r="I10" s="14">
         <v>63.25</v>
       </c>
       <c r="J10" s="14">
@@ -3122,52 +3131,55 @@
       </c>
       <c r="FG10" s="14">
         <v>448.82</v>
       </c>
       <c r="FH10" s="14">
         <v>418.5</v>
       </c>
       <c r="FI10" s="14">
         <v>375.53</v>
       </c>
       <c r="FJ10" s="14">
         <v>389.11</v>
       </c>
       <c r="FK10" s="14">
         <v>401.44</v>
       </c>
       <c r="FL10" s="14">
         <v>394.5</v>
       </c>
       <c r="FM10" s="14">
         <v>497.66</v>
       </c>
       <c r="FN10" s="14">
         <v>419.83</v>
       </c>
+      <c r="FO10" s="14">
+        <v>395.67</v>
+      </c>
     </row>
-    <row r="11" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="14">
         <v>0.1</v>
       </c>
       <c r="D11" s="14">
         <v>0.15</v>
       </c>
       <c r="E11" s="14">
         <v>0.11</v>
       </c>
       <c r="F11" s="14">
         <v>0.14000000000000001</v>
       </c>
       <c r="G11" s="14">
         <v>0.16</v>
       </c>
       <c r="H11" s="14">
         <v>0.22</v>
       </c>
       <c r="I11" s="14">
         <v>0.23</v>
       </c>
       <c r="J11" s="14">
@@ -3631,52 +3643,55 @@
       </c>
       <c r="FG11" s="14">
         <v>11.97</v>
       </c>
       <c r="FH11" s="14">
         <v>12.66</v>
       </c>
       <c r="FI11" s="14">
         <v>11.53</v>
       </c>
       <c r="FJ11" s="14">
         <v>10.75</v>
       </c>
       <c r="FK11" s="14">
         <v>12.84</v>
       </c>
       <c r="FL11" s="14">
         <v>12.97</v>
       </c>
       <c r="FM11" s="14">
         <v>13.14</v>
       </c>
       <c r="FN11" s="14">
         <v>13.14</v>
       </c>
+      <c r="FO11" s="14">
+        <v>12.24</v>
+      </c>
     </row>
-    <row r="12" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="14">
         <v>202.59</v>
       </c>
       <c r="D12" s="14">
         <v>191.27</v>
       </c>
       <c r="E12" s="14">
         <v>175</v>
       </c>
       <c r="F12" s="14">
         <v>173.29</v>
       </c>
       <c r="G12" s="14">
         <v>176.93</v>
       </c>
       <c r="H12" s="14">
         <v>180.39</v>
       </c>
       <c r="I12" s="14">
         <v>170.87</v>
       </c>
       <c r="J12" s="14">
@@ -4140,52 +4155,55 @@
       </c>
       <c r="FG12" s="14">
         <v>1938.12</v>
       </c>
       <c r="FH12" s="14">
         <v>1927.66</v>
       </c>
       <c r="FI12" s="14">
         <v>1964.4</v>
       </c>
       <c r="FJ12" s="14">
         <v>1983.88</v>
       </c>
       <c r="FK12" s="14">
         <v>1987.47</v>
       </c>
       <c r="FL12" s="14">
         <v>1978.73</v>
       </c>
       <c r="FM12" s="14">
         <v>1918.27</v>
       </c>
       <c r="FN12" s="14">
         <v>1908.27</v>
       </c>
+      <c r="FO12" s="14">
+        <v>1936.34</v>
+      </c>
     </row>
-    <row r="13" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="14">
         <v>128.74</v>
       </c>
       <c r="D13" s="14">
         <v>124.82</v>
       </c>
       <c r="E13" s="14">
         <v>111.67</v>
       </c>
       <c r="F13" s="14">
         <v>109.91</v>
       </c>
       <c r="G13" s="14">
         <v>115.48</v>
       </c>
       <c r="H13" s="14">
         <v>122.71</v>
       </c>
       <c r="I13" s="14">
         <v>109.21</v>
       </c>
       <c r="J13" s="14">
@@ -4649,52 +4667,55 @@
       </c>
       <c r="FG13" s="14">
         <v>384.94</v>
       </c>
       <c r="FH13" s="14">
         <v>383.32</v>
       </c>
       <c r="FI13" s="14">
         <v>395.46</v>
       </c>
       <c r="FJ13" s="14">
         <v>392.43</v>
       </c>
       <c r="FK13" s="14">
         <v>384.21</v>
       </c>
       <c r="FL13" s="14">
         <v>375.63</v>
       </c>
       <c r="FM13" s="14">
         <v>373.67</v>
       </c>
       <c r="FN13" s="14">
         <v>384.17</v>
       </c>
+      <c r="FO13" s="14">
+        <v>381.31</v>
+      </c>
     </row>
-    <row r="14" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="14">
         <v>74.94</v>
       </c>
       <c r="D14" s="14">
         <v>71.89</v>
       </c>
       <c r="E14" s="14">
         <v>68.45</v>
       </c>
       <c r="F14" s="14">
         <v>64.62</v>
       </c>
       <c r="G14" s="14">
         <v>65.89</v>
       </c>
       <c r="H14" s="14">
         <v>68.8</v>
       </c>
       <c r="I14" s="14">
         <v>63.26</v>
       </c>
       <c r="J14" s="14">
@@ -5158,52 +5179,55 @@
       </c>
       <c r="FG14" s="14">
         <v>21.45</v>
       </c>
       <c r="FH14" s="14">
         <v>21.5</v>
       </c>
       <c r="FI14" s="14">
         <v>21.34</v>
       </c>
       <c r="FJ14" s="14">
         <v>21.26</v>
       </c>
       <c r="FK14" s="14">
         <v>22.5</v>
       </c>
       <c r="FL14" s="14">
         <v>22.43</v>
       </c>
       <c r="FM14" s="14">
         <v>22.47</v>
       </c>
       <c r="FN14" s="14">
         <v>22.49</v>
       </c>
+      <c r="FO14" s="14">
+        <v>29.76</v>
+      </c>
     </row>
-    <row r="15" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="14">
         <v>3.62</v>
       </c>
       <c r="D15" s="14">
         <v>3.23</v>
       </c>
       <c r="E15" s="14">
         <v>3.36</v>
       </c>
       <c r="F15" s="14">
         <v>3.34</v>
       </c>
       <c r="G15" s="14">
         <v>3.43</v>
       </c>
       <c r="H15" s="14">
         <v>3.4</v>
       </c>
       <c r="I15" s="14">
         <v>3.39</v>
       </c>
       <c r="J15" s="14">
@@ -5667,52 +5691,55 @@
       </c>
       <c r="FG15" s="14">
         <v>5.04</v>
       </c>
       <c r="FH15" s="14">
         <v>5.68</v>
       </c>
       <c r="FI15" s="14">
         <v>6.69</v>
       </c>
       <c r="FJ15" s="14">
         <v>6.71</v>
       </c>
       <c r="FK15" s="14">
         <v>6.72</v>
       </c>
       <c r="FL15" s="14">
         <v>6.71</v>
       </c>
       <c r="FM15" s="14">
         <v>6.73</v>
       </c>
       <c r="FN15" s="14">
         <v>6.74</v>
       </c>
+      <c r="FO15" s="14">
+        <v>6.74</v>
+      </c>
     </row>
-    <row r="16" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="14">
         <v>50.18</v>
       </c>
       <c r="D16" s="14">
         <v>49.7</v>
       </c>
       <c r="E16" s="14">
         <v>39.86</v>
       </c>
       <c r="F16" s="14">
         <v>41.96</v>
       </c>
       <c r="G16" s="14">
         <v>46.16</v>
       </c>
       <c r="H16" s="14">
         <v>50.51</v>
       </c>
       <c r="I16" s="14">
         <v>42.56</v>
       </c>
       <c r="J16" s="14">
@@ -6176,52 +6203,55 @@
       </c>
       <c r="FG16" s="14">
         <v>358.45</v>
       </c>
       <c r="FH16" s="14">
         <v>356.14</v>
       </c>
       <c r="FI16" s="14">
         <v>367.42</v>
       </c>
       <c r="FJ16" s="14">
         <v>364.46</v>
       </c>
       <c r="FK16" s="14">
         <v>354.99</v>
       </c>
       <c r="FL16" s="14">
         <v>346.5</v>
       </c>
       <c r="FM16" s="14">
         <v>344.46</v>
       </c>
       <c r="FN16" s="14">
         <v>354.94</v>
       </c>
+      <c r="FO16" s="14">
+        <v>344.81</v>
+      </c>
     </row>
-    <row r="17" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="14">
         <v>73.849999999999994</v>
       </c>
       <c r="D17" s="14">
         <v>66.45</v>
       </c>
       <c r="E17" s="14">
         <v>63.34</v>
       </c>
       <c r="F17" s="14">
         <v>63.38</v>
       </c>
       <c r="G17" s="14">
         <v>61.44</v>
       </c>
       <c r="H17" s="14">
         <v>57.68</v>
       </c>
       <c r="I17" s="14">
         <v>61.66</v>
       </c>
       <c r="J17" s="14">
@@ -6685,52 +6715,55 @@
       </c>
       <c r="FG17" s="14">
         <v>1553.19</v>
       </c>
       <c r="FH17" s="14">
         <v>1544.34</v>
       </c>
       <c r="FI17" s="14">
         <v>1568.94</v>
       </c>
       <c r="FJ17" s="14">
         <v>1591.45</v>
       </c>
       <c r="FK17" s="14">
         <v>1603.26</v>
       </c>
       <c r="FL17" s="14">
         <v>1603.1</v>
       </c>
       <c r="FM17" s="14">
         <v>1544.6</v>
       </c>
       <c r="FN17" s="14">
         <v>1524.1</v>
       </c>
+      <c r="FO17" s="14">
+        <v>1555.03</v>
+      </c>
     </row>
-    <row r="18" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="14">
         <v>11.67</v>
       </c>
       <c r="D18" s="14">
         <v>14.23</v>
       </c>
       <c r="E18" s="14">
         <v>14.56</v>
       </c>
       <c r="F18" s="14">
         <v>15.88</v>
       </c>
       <c r="G18" s="14">
         <v>14.8</v>
       </c>
       <c r="H18" s="14">
         <v>11.32</v>
       </c>
       <c r="I18" s="14">
         <v>11.23</v>
       </c>
       <c r="J18" s="14">
@@ -7194,52 +7227,55 @@
       </c>
       <c r="FG18" s="14">
         <v>0</v>
       </c>
       <c r="FH18" s="14">
         <v>0.52</v>
       </c>
       <c r="FI18" s="14">
         <v>0.78</v>
       </c>
       <c r="FJ18" s="14">
         <v>0.8</v>
       </c>
       <c r="FK18" s="14">
         <v>0.8</v>
       </c>
       <c r="FL18" s="14">
         <v>6.74</v>
       </c>
       <c r="FM18" s="14">
         <v>6.83</v>
       </c>
       <c r="FN18" s="14">
         <v>7.57</v>
       </c>
+      <c r="FO18" s="14">
+        <v>7.48</v>
+      </c>
     </row>
-    <row r="19" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="14">
         <v>2.59</v>
       </c>
       <c r="D19" s="14">
         <v>2.78</v>
       </c>
       <c r="E19" s="14">
         <v>3.12</v>
       </c>
       <c r="F19" s="14">
         <v>4.9000000000000004</v>
       </c>
       <c r="G19" s="14">
         <v>5.23</v>
       </c>
       <c r="H19" s="14">
         <v>4.92</v>
       </c>
       <c r="I19" s="14">
         <v>4.8499999999999996</v>
       </c>
       <c r="J19" s="14">
@@ -7703,52 +7739,55 @@
       </c>
       <c r="FG19" s="14">
         <v>24.06</v>
       </c>
       <c r="FH19" s="14">
         <v>21.16</v>
       </c>
       <c r="FI19" s="14">
         <v>28.84</v>
       </c>
       <c r="FJ19" s="14">
         <v>27.83</v>
       </c>
       <c r="FK19" s="14">
         <v>29.83</v>
       </c>
       <c r="FL19" s="14">
         <v>30.21</v>
       </c>
       <c r="FM19" s="14">
         <v>25.06</v>
       </c>
       <c r="FN19" s="14">
         <v>27.89</v>
       </c>
+      <c r="FO19" s="14">
+        <v>9.08</v>
+      </c>
     </row>
-    <row r="20" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="14">
         <v>59.58</v>
       </c>
       <c r="D20" s="14">
         <v>49.44</v>
       </c>
       <c r="E20" s="14">
         <v>45.66</v>
       </c>
       <c r="F20" s="14">
         <v>42.61</v>
       </c>
       <c r="G20" s="14">
         <v>41.42</v>
       </c>
       <c r="H20" s="14">
         <v>41.44</v>
       </c>
       <c r="I20" s="14">
         <v>45.58</v>
       </c>
       <c r="J20" s="14">
@@ -8212,52 +8251,55 @@
       </c>
       <c r="FG20" s="14">
         <v>1529.12</v>
       </c>
       <c r="FH20" s="14">
         <v>1522.67</v>
       </c>
       <c r="FI20" s="14">
         <v>1539.32</v>
       </c>
       <c r="FJ20" s="14">
         <v>1562.82</v>
       </c>
       <c r="FK20" s="14">
         <v>1572.63</v>
       </c>
       <c r="FL20" s="14">
         <v>1566.14</v>
       </c>
       <c r="FM20" s="14">
         <v>1512.71</v>
       </c>
       <c r="FN20" s="14">
         <v>1488.64</v>
       </c>
+      <c r="FO20" s="14">
+        <v>1538.47</v>
+      </c>
     </row>
-    <row r="21" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="14">
         <v>578.32000000000005</v>
       </c>
       <c r="D21" s="14">
         <v>590.47</v>
       </c>
       <c r="E21" s="14">
         <v>590.01</v>
       </c>
       <c r="F21" s="14">
         <v>573.91999999999996</v>
       </c>
       <c r="G21" s="14">
         <v>557.11</v>
       </c>
       <c r="H21" s="14">
         <v>525.61</v>
       </c>
       <c r="I21" s="14">
         <v>536.86</v>
       </c>
       <c r="J21" s="14">
@@ -8721,52 +8763,55 @@
       </c>
       <c r="FG21" s="14">
         <v>1556.65</v>
       </c>
       <c r="FH21" s="14">
         <v>1694.3</v>
       </c>
       <c r="FI21" s="14">
         <v>1780.09</v>
       </c>
       <c r="FJ21" s="14">
         <v>1874.11</v>
       </c>
       <c r="FK21" s="14">
         <v>1885.08</v>
       </c>
       <c r="FL21" s="14">
         <v>2034.32</v>
       </c>
       <c r="FM21" s="14">
         <v>2077.87</v>
       </c>
       <c r="FN21" s="14">
         <v>2066.83</v>
       </c>
+      <c r="FO21" s="14">
+        <v>2149.5500000000002</v>
+      </c>
     </row>
-    <row r="22" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="14">
         <v>300.07</v>
       </c>
       <c r="D22" s="14">
         <v>294.19</v>
       </c>
       <c r="E22" s="14">
         <v>300.14</v>
       </c>
       <c r="F22" s="14">
         <v>297.81</v>
       </c>
       <c r="G22" s="14">
         <v>296.33</v>
       </c>
       <c r="H22" s="14">
         <v>287.01</v>
       </c>
       <c r="I22" s="14">
         <v>297.99</v>
       </c>
       <c r="J22" s="14">
@@ -9230,52 +9275,55 @@
       </c>
       <c r="FG22" s="14">
         <v>712</v>
       </c>
       <c r="FH22" s="14">
         <v>803.97</v>
       </c>
       <c r="FI22" s="14">
         <v>870.81</v>
       </c>
       <c r="FJ22" s="14">
         <v>909.49</v>
       </c>
       <c r="FK22" s="14">
         <v>910.14</v>
       </c>
       <c r="FL22" s="14">
         <v>990.62</v>
       </c>
       <c r="FM22" s="14">
         <v>1020.82</v>
       </c>
       <c r="FN22" s="14">
         <v>1002.27</v>
       </c>
+      <c r="FO22" s="14">
+        <v>1061.92</v>
+      </c>
     </row>
-    <row r="23" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="14">
         <v>251.94</v>
       </c>
       <c r="D23" s="14">
         <v>246.01</v>
       </c>
       <c r="E23" s="14">
         <v>252.06</v>
       </c>
       <c r="F23" s="14">
         <v>246.74</v>
       </c>
       <c r="G23" s="14">
         <v>245.1</v>
       </c>
       <c r="H23" s="14">
         <v>233.49</v>
       </c>
       <c r="I23" s="14">
         <v>247.88</v>
       </c>
       <c r="J23" s="14">
@@ -9739,52 +9787,55 @@
       </c>
       <c r="FG23" s="14">
         <v>673.94</v>
       </c>
       <c r="FH23" s="14">
         <v>762.69</v>
       </c>
       <c r="FI23" s="14">
         <v>799.68</v>
       </c>
       <c r="FJ23" s="14">
         <v>863.94</v>
       </c>
       <c r="FK23" s="14">
         <v>863.55</v>
       </c>
       <c r="FL23" s="14">
         <v>942.53</v>
       </c>
       <c r="FM23" s="14">
         <v>970.51</v>
       </c>
       <c r="FN23" s="14">
         <v>951.7</v>
       </c>
+      <c r="FO23" s="14">
+        <v>1015.63</v>
+      </c>
     </row>
-    <row r="24" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="14">
         <v>48.13</v>
       </c>
       <c r="D24" s="14">
         <v>48.17</v>
       </c>
       <c r="E24" s="14">
         <v>48.09</v>
       </c>
       <c r="F24" s="14">
         <v>51.06</v>
       </c>
       <c r="G24" s="14">
         <v>51.23</v>
       </c>
       <c r="H24" s="14">
         <v>53.52</v>
       </c>
       <c r="I24" s="14">
         <v>50.11</v>
       </c>
       <c r="J24" s="14">
@@ -10248,52 +10299,55 @@
       </c>
       <c r="FG24" s="14">
         <v>38.06</v>
       </c>
       <c r="FH24" s="14">
         <v>41.28</v>
       </c>
       <c r="FI24" s="14">
         <v>71.13</v>
       </c>
       <c r="FJ24" s="14">
         <v>45.54</v>
       </c>
       <c r="FK24" s="14">
         <v>46.59</v>
       </c>
       <c r="FL24" s="14">
         <v>48.09</v>
       </c>
       <c r="FM24" s="14">
         <v>50.31</v>
       </c>
       <c r="FN24" s="14">
         <v>50.57</v>
       </c>
+      <c r="FO24" s="14">
+        <v>46.28</v>
+      </c>
     </row>
-    <row r="25" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="14">
         <v>278.25</v>
       </c>
       <c r="D25" s="14">
         <v>296.27999999999997</v>
       </c>
       <c r="E25" s="14">
         <v>289.87</v>
       </c>
       <c r="F25" s="14">
         <v>276.11</v>
       </c>
       <c r="G25" s="14">
         <v>260.77999999999997</v>
       </c>
       <c r="H25" s="14">
         <v>238.6</v>
       </c>
       <c r="I25" s="14">
         <v>238.87</v>
       </c>
       <c r="J25" s="14">
@@ -10757,52 +10811,55 @@
       </c>
       <c r="FG25" s="14">
         <v>844.66</v>
       </c>
       <c r="FH25" s="14">
         <v>890.33</v>
       </c>
       <c r="FI25" s="14">
         <v>909.29</v>
       </c>
       <c r="FJ25" s="14">
         <v>964.62</v>
       </c>
       <c r="FK25" s="14">
         <v>974.94</v>
       </c>
       <c r="FL25" s="14">
         <v>1043.71</v>
       </c>
       <c r="FM25" s="14">
         <v>1057.05</v>
       </c>
       <c r="FN25" s="14">
         <v>1064.55</v>
       </c>
+      <c r="FO25" s="14">
+        <v>1087.6300000000001</v>
+      </c>
     </row>
-    <row r="26" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="14">
         <v>205.5</v>
       </c>
       <c r="D26" s="14">
         <v>215.68</v>
       </c>
       <c r="E26" s="14">
         <v>210</v>
       </c>
       <c r="F26" s="14">
         <v>204.15</v>
       </c>
       <c r="G26" s="14">
         <v>196.84</v>
       </c>
       <c r="H26" s="14">
         <v>178.98</v>
       </c>
       <c r="I26" s="14">
         <v>176.42</v>
       </c>
       <c r="J26" s="14">
@@ -11266,52 +11323,55 @@
       </c>
       <c r="FG26" s="14">
         <v>481.08</v>
       </c>
       <c r="FH26" s="14">
         <v>510.3</v>
       </c>
       <c r="FI26" s="14">
         <v>524.03</v>
       </c>
       <c r="FJ26" s="14">
         <v>550.25</v>
       </c>
       <c r="FK26" s="14">
         <v>557.26</v>
       </c>
       <c r="FL26" s="14">
         <v>611.85</v>
       </c>
       <c r="FM26" s="14">
         <v>626</v>
       </c>
       <c r="FN26" s="14">
         <v>624.55999999999995</v>
       </c>
+      <c r="FO26" s="14">
+        <v>635.39</v>
+      </c>
     </row>
-    <row r="27" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="14">
         <v>72.75</v>
       </c>
       <c r="D27" s="14">
         <v>80.599999999999994</v>
       </c>
       <c r="E27" s="14">
         <v>79.87</v>
       </c>
       <c r="F27" s="14">
         <v>71.959999999999994</v>
       </c>
       <c r="G27" s="14">
         <v>63.94</v>
       </c>
       <c r="H27" s="14">
         <v>59.62</v>
       </c>
       <c r="I27" s="14">
         <v>62.45</v>
       </c>
       <c r="J27" s="14">
@@ -11775,52 +11835,55 @@
       </c>
       <c r="FG27" s="14">
         <v>363.58</v>
       </c>
       <c r="FH27" s="14">
         <v>380.04</v>
       </c>
       <c r="FI27" s="14">
         <v>385.25</v>
       </c>
       <c r="FJ27" s="14">
         <v>414.37</v>
       </c>
       <c r="FK27" s="14">
         <v>417.68</v>
       </c>
       <c r="FL27" s="14">
         <v>431.85</v>
       </c>
       <c r="FM27" s="14">
         <v>431.05</v>
       </c>
       <c r="FN27" s="14">
         <v>439.99</v>
       </c>
+      <c r="FO27" s="14">
+        <v>452.24</v>
+      </c>
     </row>
-    <row r="28" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="14">
         <v>38.36</v>
       </c>
       <c r="D28" s="14">
         <v>38.29</v>
       </c>
       <c r="E28" s="14">
         <v>38.26</v>
       </c>
       <c r="F28" s="14">
         <v>38.64</v>
       </c>
       <c r="G28" s="14">
         <v>38.61</v>
       </c>
       <c r="H28" s="14">
         <v>38.76</v>
       </c>
       <c r="I28" s="14">
         <v>34.35</v>
       </c>
       <c r="J28" s="14">
@@ -12284,52 +12347,55 @@
       </c>
       <c r="FG28" s="14">
         <v>2.82</v>
       </c>
       <c r="FH28" s="14">
         <v>2.87</v>
       </c>
       <c r="FI28" s="14">
         <v>2.87</v>
       </c>
       <c r="FJ28" s="14">
         <v>29.66</v>
       </c>
       <c r="FK28" s="14">
         <v>29.61</v>
       </c>
       <c r="FL28" s="14">
         <v>30.51</v>
       </c>
       <c r="FM28" s="14">
         <v>30.49</v>
       </c>
       <c r="FN28" s="14">
         <v>30.99</v>
       </c>
+      <c r="FO28" s="14">
+        <v>31.33</v>
+      </c>
     </row>
-    <row r="29" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="14">
         <v>21.26</v>
       </c>
       <c r="D29" s="14">
         <v>26.33</v>
       </c>
       <c r="E29" s="14">
         <v>21.2</v>
       </c>
       <c r="F29" s="14">
         <v>22.51</v>
       </c>
       <c r="G29" s="14">
         <v>32.549999999999997</v>
       </c>
       <c r="H29" s="14">
         <v>13.33</v>
       </c>
       <c r="I29" s="14">
         <v>24.96</v>
       </c>
       <c r="J29" s="14">
@@ -12793,52 +12859,55 @@
       </c>
       <c r="FG29" s="14">
         <v>22.81</v>
       </c>
       <c r="FH29" s="14">
         <v>37.74</v>
       </c>
       <c r="FI29" s="14">
         <v>23.96</v>
       </c>
       <c r="FJ29" s="14">
         <v>31.96</v>
       </c>
       <c r="FK29" s="14">
         <v>34.69</v>
       </c>
       <c r="FL29" s="14">
         <v>35.229999999999997</v>
       </c>
       <c r="FM29" s="14">
         <v>28.24</v>
       </c>
       <c r="FN29" s="14">
         <v>38.11</v>
       </c>
+      <c r="FO29" s="14">
+        <v>33.380000000000003</v>
+      </c>
     </row>
-    <row r="30" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="15">
         <v>913.82</v>
       </c>
       <c r="D30" s="15">
         <v>916.81</v>
       </c>
       <c r="E30" s="15">
         <v>902.43</v>
       </c>
       <c r="F30" s="15">
         <v>885.07</v>
       </c>
       <c r="G30" s="15">
         <v>866.42</v>
       </c>
       <c r="H30" s="15">
         <v>821.33</v>
       </c>
       <c r="I30" s="15">
         <v>833.9</v>
       </c>
       <c r="J30" s="15">
@@ -13302,52 +13371,55 @@
       </c>
       <c r="FG30" s="15">
         <v>4083.53</v>
       </c>
       <c r="FH30" s="15">
         <v>4199.49</v>
       </c>
       <c r="FI30" s="15">
         <v>4264.41</v>
       </c>
       <c r="FJ30" s="15">
         <v>4443.04</v>
       </c>
       <c r="FK30" s="15">
         <v>4471.88</v>
       </c>
       <c r="FL30" s="15">
         <v>4602.3500000000004</v>
       </c>
       <c r="FM30" s="15">
         <v>4681.8500000000004</v>
       </c>
       <c r="FN30" s="15">
         <v>4595.2700000000004</v>
       </c>
+      <c r="FO30" s="15">
+        <v>4710.8900000000003</v>
+      </c>
     </row>
-    <row r="31" spans="2:170" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:171" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
@@ -13475,52 +13547,53 @@
       <c r="EP31" s="4"/>
       <c r="EQ31" s="4"/>
       <c r="ER31" s="4"/>
       <c r="ES31" s="4"/>
       <c r="ET31" s="4"/>
       <c r="EU31" s="4"/>
       <c r="EV31" s="4"/>
       <c r="EW31" s="4"/>
       <c r="EX31" s="4"/>
       <c r="EY31" s="4"/>
       <c r="EZ31" s="4"/>
       <c r="FA31" s="4"/>
       <c r="FB31" s="4"/>
       <c r="FC31" s="4"/>
       <c r="FD31" s="4"/>
       <c r="FE31" s="4"/>
       <c r="FF31" s="4"/>
       <c r="FG31" s="4"/>
       <c r="FH31" s="4"/>
       <c r="FI31" s="4"/>
       <c r="FJ31" s="4"/>
       <c r="FK31" s="4"/>
       <c r="FL31" s="4"/>
       <c r="FM31" s="4"/>
       <c r="FN31" s="4"/>
+      <c r="FO31" s="4"/>
     </row>
-    <row r="32" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="14">
         <v>4.83</v>
       </c>
       <c r="D32" s="14">
         <v>5.6</v>
       </c>
       <c r="E32" s="14">
         <v>5.54</v>
       </c>
       <c r="F32" s="14">
         <v>3.98</v>
       </c>
       <c r="G32" s="14">
         <v>4.7699999999999996</v>
       </c>
       <c r="H32" s="14">
         <v>4.5599999999999996</v>
       </c>
       <c r="I32" s="14">
         <v>3.35</v>
       </c>
       <c r="J32" s="14">
@@ -13984,52 +14057,55 @@
       </c>
       <c r="FG32" s="14">
         <v>12.65</v>
       </c>
       <c r="FH32" s="14">
         <v>14.57</v>
       </c>
       <c r="FI32" s="14">
         <v>15.04</v>
       </c>
       <c r="FJ32" s="14">
         <v>51.46</v>
       </c>
       <c r="FK32" s="14">
         <v>51.56</v>
       </c>
       <c r="FL32" s="14">
         <v>48.36</v>
       </c>
       <c r="FM32" s="14">
         <v>48.91</v>
       </c>
       <c r="FN32" s="14">
         <v>48.67</v>
       </c>
+      <c r="FO32" s="14">
+        <v>55.88</v>
+      </c>
     </row>
-    <row r="33" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="14">
         <v>890.39</v>
       </c>
       <c r="D33" s="14">
         <v>883.74</v>
       </c>
       <c r="E33" s="14">
         <v>875.18</v>
       </c>
       <c r="F33" s="14">
         <v>858.07</v>
       </c>
       <c r="G33" s="14">
         <v>837.14</v>
       </c>
       <c r="H33" s="14">
         <v>804.35</v>
       </c>
       <c r="I33" s="14">
         <v>803.98</v>
       </c>
       <c r="J33" s="14">
@@ -14493,52 +14569,55 @@
       </c>
       <c r="FG33" s="14">
         <v>3955.09</v>
       </c>
       <c r="FH33" s="14">
         <v>4058.67</v>
       </c>
       <c r="FI33" s="14">
         <v>4127.45</v>
       </c>
       <c r="FJ33" s="14">
         <v>4251.8500000000004</v>
       </c>
       <c r="FK33" s="14">
         <v>4284.92</v>
       </c>
       <c r="FL33" s="14">
         <v>4406.04</v>
       </c>
       <c r="FM33" s="14">
         <v>4486.25</v>
       </c>
       <c r="FN33" s="14">
         <v>4394.1499999999996</v>
       </c>
+      <c r="FO33" s="14">
+        <v>4502.04</v>
+      </c>
     </row>
-    <row r="34" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="14">
         <v>862.55</v>
       </c>
       <c r="D34" s="14">
         <v>856.62</v>
       </c>
       <c r="E34" s="14">
         <v>848.85</v>
       </c>
       <c r="F34" s="14">
         <v>832.01</v>
       </c>
       <c r="G34" s="14">
         <v>811.89</v>
       </c>
       <c r="H34" s="14">
         <v>774.75</v>
       </c>
       <c r="I34" s="14">
         <v>774.17</v>
       </c>
       <c r="J34" s="14">
@@ -15002,52 +15081,55 @@
       </c>
       <c r="FG34" s="14">
         <v>3761.34</v>
       </c>
       <c r="FH34" s="14">
         <v>3849.18</v>
       </c>
       <c r="FI34" s="14">
         <v>3908.31</v>
       </c>
       <c r="FJ34" s="14">
         <v>4028.41</v>
       </c>
       <c r="FK34" s="14">
         <v>4059.93</v>
       </c>
       <c r="FL34" s="14">
         <v>4174.75</v>
       </c>
       <c r="FM34" s="14">
         <v>4253.54</v>
       </c>
       <c r="FN34" s="14">
         <v>4166.1099999999997</v>
       </c>
+      <c r="FO34" s="14">
+        <v>4250.67</v>
+      </c>
     </row>
-    <row r="35" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="14">
         <v>56.5</v>
       </c>
       <c r="D35" s="14">
         <v>57.25</v>
       </c>
       <c r="E35" s="14">
         <v>55.09</v>
       </c>
       <c r="F35" s="14">
         <v>50.14</v>
       </c>
       <c r="G35" s="14">
         <v>53.36</v>
       </c>
       <c r="H35" s="14">
         <v>50.76</v>
       </c>
       <c r="I35" s="14">
         <v>51.1</v>
       </c>
       <c r="J35" s="14">
@@ -15511,52 +15593,55 @@
       </c>
       <c r="FG35" s="14">
         <v>106.96</v>
       </c>
       <c r="FH35" s="14">
         <v>110.05</v>
       </c>
       <c r="FI35" s="14">
         <v>116.21</v>
       </c>
       <c r="FJ35" s="14">
         <v>109.71</v>
       </c>
       <c r="FK35" s="14">
         <v>108.73</v>
       </c>
       <c r="FL35" s="14">
         <v>111.99</v>
       </c>
       <c r="FM35" s="14">
         <v>117.02</v>
       </c>
       <c r="FN35" s="14">
         <v>117.34</v>
       </c>
+      <c r="FO35" s="14">
+        <v>112.33</v>
+      </c>
     </row>
-    <row r="36" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="14">
         <v>265.47000000000003</v>
       </c>
       <c r="D36" s="14">
         <v>261.31</v>
       </c>
       <c r="E36" s="14">
         <v>247.29</v>
       </c>
       <c r="F36" s="14">
         <v>239.58</v>
       </c>
       <c r="G36" s="14">
         <v>233.63</v>
       </c>
       <c r="H36" s="14">
         <v>227.36</v>
       </c>
       <c r="I36" s="14">
         <v>224.79</v>
       </c>
       <c r="J36" s="14">
@@ -16020,52 +16105,55 @@
       </c>
       <c r="FG36" s="14">
         <v>464.06</v>
       </c>
       <c r="FH36" s="14">
         <v>473.98</v>
       </c>
       <c r="FI36" s="14">
         <v>482.85</v>
       </c>
       <c r="FJ36" s="14">
         <v>494.17</v>
       </c>
       <c r="FK36" s="14">
         <v>492.86</v>
       </c>
       <c r="FL36" s="14">
         <v>504.48</v>
       </c>
       <c r="FM36" s="14">
         <v>520.44000000000005</v>
       </c>
       <c r="FN36" s="14">
         <v>520.66999999999996</v>
       </c>
+      <c r="FO36" s="14">
+        <v>531.95000000000005</v>
+      </c>
     </row>
-    <row r="37" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C37" s="14">
         <v>385.04</v>
       </c>
       <c r="D37" s="14">
         <v>381.59</v>
       </c>
       <c r="E37" s="14">
         <v>384.18</v>
       </c>
       <c r="F37" s="14">
         <v>377.35</v>
       </c>
       <c r="G37" s="14">
         <v>366.45</v>
       </c>
       <c r="H37" s="14">
         <v>345.62</v>
       </c>
       <c r="I37" s="14">
         <v>338.24</v>
       </c>
       <c r="J37" s="14">
@@ -16529,52 +16617,55 @@
       </c>
       <c r="FG37" s="14">
         <v>2644.45</v>
       </c>
       <c r="FH37" s="14">
         <v>2676.01</v>
       </c>
       <c r="FI37" s="14">
         <v>2702.41</v>
       </c>
       <c r="FJ37" s="14">
         <v>2777.08</v>
       </c>
       <c r="FK37" s="14">
         <v>2813.93</v>
       </c>
       <c r="FL37" s="14">
         <v>2862.35</v>
       </c>
       <c r="FM37" s="14">
         <v>2900.21</v>
       </c>
       <c r="FN37" s="14">
         <v>2828.82</v>
       </c>
+      <c r="FO37" s="14">
+        <v>2873.29</v>
+      </c>
     </row>
-    <row r="38" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="14">
         <v>27.83</v>
       </c>
       <c r="D38" s="14">
         <v>27.12</v>
       </c>
       <c r="E38" s="14">
         <v>26.33</v>
       </c>
       <c r="F38" s="14">
         <v>26.07</v>
       </c>
       <c r="G38" s="14">
         <v>25.25</v>
       </c>
       <c r="H38" s="14">
         <v>29.6</v>
       </c>
       <c r="I38" s="14">
         <v>29.81</v>
       </c>
       <c r="J38" s="14">
@@ -17038,52 +17129,55 @@
       </c>
       <c r="FG38" s="14">
         <v>193.75</v>
       </c>
       <c r="FH38" s="14">
         <v>209.49</v>
       </c>
       <c r="FI38" s="14">
         <v>219.13</v>
       </c>
       <c r="FJ38" s="14">
         <v>223.44</v>
       </c>
       <c r="FK38" s="14">
         <v>224.99</v>
       </c>
       <c r="FL38" s="14">
         <v>231.29</v>
       </c>
       <c r="FM38" s="14">
         <v>232.71</v>
       </c>
       <c r="FN38" s="14">
         <v>228.03</v>
       </c>
+      <c r="FO38" s="14">
+        <v>251.37</v>
+      </c>
     </row>
-    <row r="39" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="14">
         <v>6.34</v>
       </c>
       <c r="D39" s="14">
         <v>5.88</v>
       </c>
       <c r="E39" s="14">
         <v>4.6399999999999997</v>
       </c>
       <c r="F39" s="14">
         <v>4.74</v>
       </c>
       <c r="G39" s="14">
         <v>4.72</v>
       </c>
       <c r="H39" s="14">
         <v>4.58</v>
       </c>
       <c r="I39" s="14">
         <v>4.63</v>
       </c>
       <c r="J39" s="14">
@@ -17547,52 +17641,55 @@
       </c>
       <c r="FG39" s="14">
         <v>74.44</v>
       </c>
       <c r="FH39" s="14">
         <v>77.209999999999994</v>
       </c>
       <c r="FI39" s="14">
         <v>84.21</v>
       </c>
       <c r="FJ39" s="14">
         <v>84.62</v>
       </c>
       <c r="FK39" s="14">
         <v>84.21</v>
       </c>
       <c r="FL39" s="14">
         <v>88.56</v>
       </c>
       <c r="FM39" s="14">
         <v>88.64</v>
       </c>
       <c r="FN39" s="14">
         <v>88.59</v>
       </c>
+      <c r="FO39" s="14">
+        <v>108.4</v>
+      </c>
     </row>
-    <row r="40" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C40" s="14">
         <v>10.7</v>
       </c>
       <c r="D40" s="14">
         <v>10.49</v>
       </c>
       <c r="E40" s="14">
         <v>10.76</v>
       </c>
       <c r="F40" s="14">
         <v>10.6</v>
       </c>
       <c r="G40" s="14">
         <v>10.43</v>
       </c>
       <c r="H40" s="14">
         <v>15.43</v>
       </c>
       <c r="I40" s="14">
         <v>15.78</v>
       </c>
       <c r="J40" s="14">
@@ -18056,52 +18153,55 @@
       </c>
       <c r="FG40" s="14">
         <v>42.87</v>
       </c>
       <c r="FH40" s="14">
         <v>44.46</v>
       </c>
       <c r="FI40" s="14">
         <v>44.32</v>
       </c>
       <c r="FJ40" s="14">
         <v>45.74</v>
       </c>
       <c r="FK40" s="14">
         <v>45.88</v>
       </c>
       <c r="FL40" s="14">
         <v>46.39</v>
       </c>
       <c r="FM40" s="14">
         <v>47.33</v>
       </c>
       <c r="FN40" s="14">
         <v>47.3</v>
       </c>
+      <c r="FO40" s="14">
+        <v>48.56</v>
+      </c>
     </row>
-    <row r="41" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C41" s="14">
         <v>10.23</v>
       </c>
       <c r="D41" s="14">
         <v>10.210000000000001</v>
       </c>
       <c r="E41" s="14">
         <v>10.37</v>
       </c>
       <c r="F41" s="14">
         <v>10.17</v>
       </c>
       <c r="G41" s="14">
         <v>10.1</v>
       </c>
       <c r="H41" s="14">
         <v>9.59</v>
       </c>
       <c r="I41" s="14">
         <v>9.4</v>
       </c>
       <c r="J41" s="14">
@@ -18565,52 +18665,55 @@
       </c>
       <c r="FG41" s="14">
         <v>76.430000000000007</v>
       </c>
       <c r="FH41" s="14">
         <v>87.82</v>
       </c>
       <c r="FI41" s="14">
         <v>90.61</v>
       </c>
       <c r="FJ41" s="14">
         <v>93.08</v>
       </c>
       <c r="FK41" s="14">
         <v>94.9</v>
       </c>
       <c r="FL41" s="14">
         <v>96.35</v>
       </c>
       <c r="FM41" s="14">
         <v>96.74</v>
       </c>
       <c r="FN41" s="14">
         <v>92.15</v>
       </c>
+      <c r="FO41" s="14">
+        <v>94.42</v>
+      </c>
     </row>
-    <row r="42" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C42" s="14">
         <v>18.600000000000001</v>
       </c>
       <c r="D42" s="14">
         <v>27.46</v>
       </c>
       <c r="E42" s="14">
         <v>21.71</v>
       </c>
       <c r="F42" s="14">
         <v>23.02</v>
       </c>
       <c r="G42" s="14">
         <v>24.51</v>
       </c>
       <c r="H42" s="14">
         <v>12.41</v>
       </c>
       <c r="I42" s="14">
         <v>26.57</v>
       </c>
       <c r="J42" s="14">
@@ -19074,52 +19177,55 @@
       </c>
       <c r="FG42" s="14">
         <v>115.78</v>
       </c>
       <c r="FH42" s="14">
         <v>126.25</v>
       </c>
       <c r="FI42" s="14">
         <v>121.92</v>
       </c>
       <c r="FJ42" s="14">
         <v>139.72</v>
       </c>
       <c r="FK42" s="14">
         <v>135.4</v>
       </c>
       <c r="FL42" s="14">
         <v>147.94999999999999</v>
       </c>
       <c r="FM42" s="14">
         <v>146.68</v>
       </c>
       <c r="FN42" s="14">
         <v>152.44999999999999</v>
       </c>
+      <c r="FO42" s="14">
+        <v>152.97</v>
+      </c>
     </row>
-    <row r="43" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="16">
         <v>913.82</v>
       </c>
       <c r="D43" s="17">
         <v>916.81</v>
       </c>
       <c r="E43" s="17">
         <v>902.43</v>
       </c>
       <c r="F43" s="17">
         <v>885.07</v>
       </c>
       <c r="G43" s="17">
         <v>866.42</v>
       </c>
       <c r="H43" s="17">
         <v>821.33</v>
       </c>
       <c r="I43" s="17">
         <v>833.9</v>
       </c>
       <c r="J43" s="17">
@@ -19583,67 +19689,70 @@
       </c>
       <c r="FG43" s="16">
         <v>4083.53</v>
       </c>
       <c r="FH43" s="16">
         <v>4199.49</v>
       </c>
       <c r="FI43" s="16">
         <v>4264.41</v>
       </c>
       <c r="FJ43" s="16">
         <v>4443.04</v>
       </c>
       <c r="FK43" s="16">
         <v>4471.88</v>
       </c>
       <c r="FL43" s="16">
         <v>4602.3500000000004</v>
       </c>
       <c r="FM43" s="16">
         <v>4681.8500000000004</v>
       </c>
       <c r="FN43" s="16">
         <v>4595.2700000000004</v>
       </c>
+      <c r="FO43" s="16">
+        <v>4710.8900000000003</v>
+      </c>
     </row>
-    <row r="44" spans="2:170" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:171" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="CB44" s="18"/>
       <c r="CC44" s="18"/>
       <c r="CD44" s="18"/>
       <c r="CE44" s="18"/>
       <c r="CF44" s="18"/>
       <c r="CG44" s="18"/>
       <c r="CH44" s="18"/>
       <c r="CI44" s="18"/>
       <c r="CJ44" s="18"/>
       <c r="CK44" s="18"/>
       <c r="CM44" s="18"/>
       <c r="CN44" s="18"/>
       <c r="CO44" s="18"/>
     </row>
-    <row r="45" spans="2:170" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:171" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="25" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="25"/>
       <c r="D45" s="25"/>
       <c r="E45" s="25"/>
       <c r="F45" s="25"/>
       <c r="G45" s="25"/>
       <c r="H45" s="25"/>
       <c r="I45" s="25"/>
       <c r="J45" s="25"/>
       <c r="K45" s="25"/>
       <c r="CB45" s="24"/>
       <c r="CC45" s="24"/>
       <c r="CD45" s="24"/>
       <c r="CE45" s="24"/>
       <c r="CF45" s="24"/>
       <c r="CG45" s="24"/>
       <c r="CH45" s="24"/>
       <c r="CI45" s="24"/>
       <c r="CJ45" s="24"/>
       <c r="CK45" s="24"/>
       <c r="CM45" s="24"/>
       <c r="CN45" s="24"/>
       <c r="CO45" s="24"/>