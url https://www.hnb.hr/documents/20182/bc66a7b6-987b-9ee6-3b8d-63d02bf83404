--- v1 (2025-12-11)
+++ v2 (2026-02-03)
@@ -2,73 +2,73 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2025\202511\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\VP_1-10 - NOVO\biltenske tablice\2026\202601\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14235"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">EUR!$B:$B</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="189">
   <si>
     <t>tržišno vrednovanje</t>
   </si>
   <si>
     <t>XII. 2011.</t>
   </si>
   <si>
     <t>I. 2012.</t>
   </si>
   <si>
     <t>II. 2012.</t>
   </si>
   <si>
     <t>III. 2012.</t>
   </si>
   <si>
     <t>IV. 2012.</t>
   </si>
   <si>
     <t>V. 2012.</t>
   </si>
   <si>
     <t>VI. 2012.</t>
   </si>
   <si>
@@ -659,50 +659,56 @@
   </si>
   <si>
     <t>II. 2025.</t>
   </si>
   <si>
     <t>III. 2025.</t>
   </si>
   <si>
     <t>IV. 2025.</t>
   </si>
   <si>
     <t>V. 2025.</t>
   </si>
   <si>
     <t>VI. 2025.</t>
   </si>
   <si>
     <t>VII. 2025.</t>
   </si>
   <si>
     <t>VIII. 2025.</t>
   </si>
   <si>
     <t>IX. 2025.</t>
   </si>
+  <si>
+    <t>X. 2025.</t>
+  </si>
+  <si>
+    <t>XI. 2025.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _k_n_-;\-* #,##0.00\ _k_n_-;_-* &quot;-&quot;??\ _k_n_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;\-#,##0.00;&quot;–&quot;;"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -1205,73 +1211,73 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="B2:FL151"/>
+  <dimension ref="B2:FN151"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.5" style="4" customWidth="1"/>
     <col min="2" max="2" width="47.33203125" style="8" customWidth="1"/>
     <col min="3" max="27" width="11" style="8" customWidth="1"/>
     <col min="28" max="34" width="11" style="3" customWidth="1"/>
     <col min="35" max="79" width="11" style="4" customWidth="1"/>
     <col min="80" max="80" width="10.1640625" style="4" bestFit="1" customWidth="1"/>
     <col min="81" max="139" width="11" style="4" customWidth="1"/>
-    <col min="140" max="168" width="10" style="4" customWidth="1"/>
-    <col min="169" max="16384" width="9.33203125" style="4"/>
+    <col min="140" max="170" width="10" style="4" customWidth="1"/>
+    <col min="171" max="16384" width="9.33203125" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:168" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:170" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B2" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
@@ -1285,172 +1291,174 @@
       <c r="EN2" s="33"/>
       <c r="EO2" s="33"/>
       <c r="EP2" s="33"/>
       <c r="EQ2" s="33"/>
       <c r="ER2" s="33"/>
       <c r="ES2" s="33"/>
       <c r="ET2" s="33"/>
       <c r="EU2" s="33"/>
       <c r="EV2" s="33"/>
       <c r="EW2" s="33"/>
       <c r="EX2" s="33"/>
       <c r="EY2" s="33"/>
       <c r="EZ2" s="33"/>
       <c r="FA2" s="33"/>
       <c r="FB2" s="33"/>
       <c r="FC2" s="33"/>
       <c r="FD2" s="33"/>
       <c r="FE2" s="33"/>
       <c r="FF2" s="33"/>
       <c r="FG2" s="33"/>
       <c r="FH2" s="33"/>
       <c r="FI2" s="33"/>
       <c r="FJ2" s="33"/>
       <c r="FK2" s="33"/>
       <c r="FL2" s="33"/>
+      <c r="FM2" s="33"/>
+      <c r="FN2" s="33"/>
     </row>
-    <row r="3" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="5" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
       <c r="U3" s="6"/>
       <c r="V3" s="6"/>
       <c r="W3" s="6"/>
       <c r="X3" s="6"/>
       <c r="Y3" s="6"/>
       <c r="Z3" s="6"/>
       <c r="AA3" s="6"/>
       <c r="AB3" s="6"/>
       <c r="AC3" s="6"/>
       <c r="AD3" s="6"/>
       <c r="AE3" s="6"/>
       <c r="AF3" s="6"/>
       <c r="AG3" s="6"/>
       <c r="AH3" s="6"/>
     </row>
-    <row r="4" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="6"/>
       <c r="P4" s="6"/>
       <c r="Q4" s="6"/>
       <c r="R4" s="6"/>
       <c r="S4" s="6"/>
       <c r="T4" s="6"/>
       <c r="U4" s="6"/>
       <c r="V4" s="6"/>
       <c r="W4" s="6"/>
       <c r="X4" s="6"/>
       <c r="Y4" s="6"/>
       <c r="Z4" s="6"/>
       <c r="AA4" s="6"/>
       <c r="AB4" s="6"/>
       <c r="AC4" s="6"/>
       <c r="AD4" s="6"/>
       <c r="AE4" s="6"/>
       <c r="AF4" s="6"/>
       <c r="AG4" s="6"/>
       <c r="AH4" s="6"/>
     </row>
-    <row r="5" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="5"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
       <c r="T5" s="6"/>
       <c r="U5" s="6"/>
       <c r="V5" s="6"/>
       <c r="W5" s="6"/>
       <c r="X5" s="6"/>
       <c r="Y5" s="6"/>
       <c r="Z5" s="6"/>
       <c r="AA5" s="6"/>
       <c r="AB5" s="6"/>
       <c r="AC5" s="6"/>
       <c r="AD5" s="6"/>
       <c r="AE5" s="6"/>
       <c r="AF5" s="6"/>
       <c r="AG5" s="6"/>
       <c r="AH5" s="6"/>
     </row>
-    <row r="6" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="7" t="s">
         <v>148</v>
       </c>
       <c r="DW6" s="31"/>
       <c r="DX6" s="31"/>
       <c r="DY6" s="31"/>
       <c r="DZ6" s="31"/>
       <c r="EF6" s="31"/>
       <c r="EG6" s="31"/>
       <c r="EH6" s="31"/>
       <c r="EI6" s="31"/>
     </row>
-    <row r="7" spans="2:168" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="2:170" s="11" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="9"/>
       <c r="C7" s="10" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="10" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>8</v>
       </c>
@@ -1906,52 +1914,58 @@
       </c>
       <c r="FE7" s="10" t="s">
         <v>179</v>
       </c>
       <c r="FF7" s="10" t="s">
         <v>180</v>
       </c>
       <c r="FG7" s="10" t="s">
         <v>181</v>
       </c>
       <c r="FH7" s="10" t="s">
         <v>182</v>
       </c>
       <c r="FI7" s="10" t="s">
         <v>183</v>
       </c>
       <c r="FJ7" s="10" t="s">
         <v>184</v>
       </c>
       <c r="FK7" s="10" t="s">
         <v>185</v>
       </c>
       <c r="FL7" s="10" t="s">
         <v>186</v>
       </c>
+      <c r="FM7" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="FN7" s="10" t="s">
+        <v>188</v>
+      </c>
     </row>
-    <row r="8" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="2:170" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="13"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
@@ -2077,52 +2091,54 @@
       <c r="EN8" s="13"/>
       <c r="EO8" s="13"/>
       <c r="EP8" s="13"/>
       <c r="EQ8" s="13"/>
       <c r="ER8" s="13"/>
       <c r="ES8" s="13"/>
       <c r="ET8" s="13"/>
       <c r="EU8" s="13"/>
       <c r="EV8" s="13"/>
       <c r="EW8" s="13"/>
       <c r="EX8" s="13"/>
       <c r="EY8" s="13"/>
       <c r="EZ8" s="13"/>
       <c r="FA8" s="13"/>
       <c r="FB8" s="13"/>
       <c r="FC8" s="13"/>
       <c r="FD8" s="13"/>
       <c r="FE8" s="13"/>
       <c r="FF8" s="13"/>
       <c r="FG8" s="13"/>
       <c r="FH8" s="13"/>
       <c r="FI8" s="13"/>
       <c r="FJ8" s="13"/>
       <c r="FK8" s="13"/>
       <c r="FL8" s="13"/>
+      <c r="FM8" s="13"/>
+      <c r="FN8" s="13"/>
     </row>
-    <row r="9" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="16">
         <v>0</v>
       </c>
       <c r="D9" s="16">
         <v>0</v>
       </c>
       <c r="E9" s="16">
         <v>0</v>
       </c>
       <c r="F9" s="16">
         <v>0</v>
       </c>
       <c r="G9" s="16">
         <v>0</v>
       </c>
       <c r="H9" s="16">
         <v>0</v>
       </c>
       <c r="I9" s="16">
         <v>0</v>
       </c>
       <c r="J9" s="16">
@@ -2580,52 +2596,58 @@
       </c>
       <c r="FE9" s="16">
         <v>0</v>
       </c>
       <c r="FF9" s="16">
         <v>0</v>
       </c>
       <c r="FG9" s="16">
         <v>0</v>
       </c>
       <c r="FH9" s="16">
         <v>0</v>
       </c>
       <c r="FI9" s="16">
         <v>0</v>
       </c>
       <c r="FJ9" s="16">
         <v>0.53084149999999997</v>
       </c>
       <c r="FK9" s="16">
         <v>0.53084149999999997</v>
       </c>
       <c r="FL9" s="16">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FM9" s="16">
+        <v>0.53084149999999997</v>
+      </c>
+      <c r="FN9" s="16">
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="10" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="18">
         <v>0</v>
       </c>
       <c r="D10" s="18">
         <v>0</v>
       </c>
       <c r="E10" s="18">
         <v>0</v>
       </c>
       <c r="F10" s="18">
         <v>0</v>
       </c>
       <c r="G10" s="18">
         <v>0</v>
       </c>
       <c r="H10" s="18">
         <v>0</v>
       </c>
       <c r="I10" s="18">
         <v>0</v>
       </c>
       <c r="J10" s="18">
@@ -3083,52 +3105,58 @@
       </c>
       <c r="FE10" s="18">
         <v>0</v>
       </c>
       <c r="FF10" s="18">
         <v>0</v>
       </c>
       <c r="FG10" s="18">
         <v>0</v>
       </c>
       <c r="FH10" s="18">
         <v>0</v>
       </c>
       <c r="FI10" s="18">
         <v>0</v>
       </c>
       <c r="FJ10" s="18">
         <v>0.53084149999999997</v>
       </c>
       <c r="FK10" s="18">
         <v>0.53084149999999997</v>
       </c>
       <c r="FL10" s="18">
         <v>0.53084149999999997</v>
       </c>
+      <c r="FM10" s="18">
+        <v>0.53084149999999997</v>
+      </c>
+      <c r="FN10" s="18">
+        <v>0.53084149999999997</v>
+      </c>
     </row>
-    <row r="11" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="20">
         <v>0</v>
       </c>
       <c r="D11" s="20">
         <v>0</v>
       </c>
       <c r="E11" s="20">
         <v>0</v>
       </c>
       <c r="F11" s="20">
         <v>0</v>
       </c>
       <c r="G11" s="20">
         <v>0</v>
       </c>
       <c r="H11" s="20">
         <v>0</v>
       </c>
       <c r="I11" s="20">
         <v>0</v>
       </c>
       <c r="J11" s="20">
@@ -3586,52 +3614,58 @@
       </c>
       <c r="FE11" s="20">
         <v>0</v>
       </c>
       <c r="FF11" s="20">
         <v>0</v>
       </c>
       <c r="FG11" s="20">
         <v>0</v>
       </c>
       <c r="FH11" s="20">
         <v>0</v>
       </c>
       <c r="FI11" s="20">
         <v>0</v>
       </c>
       <c r="FJ11" s="20">
         <v>0</v>
       </c>
       <c r="FK11" s="20">
         <v>0</v>
       </c>
       <c r="FL11" s="20">
         <v>0</v>
       </c>
+      <c r="FM11" s="20">
+        <v>0</v>
+      </c>
+      <c r="FN11" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="12" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C12" s="16">
         <v>3414.4933291399998</v>
       </c>
       <c r="D12" s="16">
         <v>3353.18243742</v>
       </c>
       <c r="E12" s="16">
         <v>3537.3346182499999</v>
       </c>
       <c r="F12" s="16">
         <v>3753.79132523</v>
       </c>
       <c r="G12" s="16">
         <v>3668.9857475899998</v>
       </c>
       <c r="H12" s="16">
         <v>3360.3809610899998</v>
       </c>
       <c r="I12" s="16">
         <v>3406.8608403200001</v>
       </c>
       <c r="J12" s="16">
@@ -4089,52 +4123,58 @@
       </c>
       <c r="FE12" s="16">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF12" s="16">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG12" s="16">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH12" s="16">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI12" s="16">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ12" s="16">
         <v>9091.1251152999994</v>
       </c>
       <c r="FK12" s="16">
         <v>8767.1959956999999</v>
       </c>
       <c r="FL12" s="16">
         <v>8567.6758539000002</v>
       </c>
+      <c r="FM12" s="16">
+        <v>8655.3203873999992</v>
+      </c>
+      <c r="FN12" s="16">
+        <v>8547.0003990000005</v>
+      </c>
     </row>
-    <row r="13" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="18">
         <v>3409.4444738699999</v>
       </c>
       <c r="D13" s="18">
         <v>3348.1166798999998</v>
       </c>
       <c r="E13" s="18">
         <v>3532.1944125300001</v>
       </c>
       <c r="F13" s="18">
         <v>3748.7258590500001</v>
       </c>
       <c r="G13" s="18">
         <v>3663.92865953</v>
       </c>
       <c r="H13" s="18">
         <v>3355.9655954999998</v>
       </c>
       <c r="I13" s="18">
         <v>3402.5450997900002</v>
       </c>
       <c r="J13" s="18">
@@ -4592,52 +4632,58 @@
       </c>
       <c r="FE13" s="18">
         <v>9363.8012235000006</v>
       </c>
       <c r="FF13" s="18">
         <v>9715.6278426000008</v>
       </c>
       <c r="FG13" s="18">
         <v>8966.8685012999995</v>
       </c>
       <c r="FH13" s="18">
         <v>8450.7549390000004</v>
       </c>
       <c r="FI13" s="18">
         <v>8744.6752223999993</v>
       </c>
       <c r="FJ13" s="18">
         <v>9091.1251152999994</v>
       </c>
       <c r="FK13" s="18">
         <v>8767.1959956999999</v>
       </c>
       <c r="FL13" s="18">
         <v>8567.6758539000002</v>
       </c>
+      <c r="FM13" s="18">
+        <v>8655.3203873999992</v>
+      </c>
+      <c r="FN13" s="18">
+        <v>8547.0003990000005</v>
+      </c>
     </row>
-    <row r="14" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="20">
         <v>5.0488552699999998</v>
       </c>
       <c r="D14" s="20">
         <v>5.06575752</v>
       </c>
       <c r="E14" s="20">
         <v>5.14020572</v>
       </c>
       <c r="F14" s="20">
         <v>5.0654661900000004</v>
       </c>
       <c r="G14" s="20">
         <v>5.0570880599999999</v>
       </c>
       <c r="H14" s="20">
         <v>4.4153655799999996</v>
       </c>
       <c r="I14" s="20">
         <v>4.3157405300000002</v>
       </c>
       <c r="J14" s="20">
@@ -5095,52 +5141,58 @@
       </c>
       <c r="FE14" s="20">
         <v>0</v>
       </c>
       <c r="FF14" s="20">
         <v>0</v>
       </c>
       <c r="FG14" s="20">
         <v>0</v>
       </c>
       <c r="FH14" s="20">
         <v>0</v>
       </c>
       <c r="FI14" s="20">
         <v>0</v>
       </c>
       <c r="FJ14" s="20">
         <v>0</v>
       </c>
       <c r="FK14" s="20">
         <v>0</v>
       </c>
       <c r="FL14" s="20">
         <v>0</v>
       </c>
+      <c r="FM14" s="20">
+        <v>0</v>
+      </c>
+      <c r="FN14" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="15" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C15" s="16">
         <v>0</v>
       </c>
       <c r="D15" s="16">
         <v>0</v>
       </c>
       <c r="E15" s="16">
         <v>0</v>
       </c>
       <c r="F15" s="16">
         <v>0</v>
       </c>
       <c r="G15" s="16">
         <v>0</v>
       </c>
       <c r="H15" s="16">
         <v>0</v>
       </c>
       <c r="I15" s="16">
         <v>0</v>
       </c>
       <c r="J15" s="16">
@@ -5598,52 +5650,58 @@
       </c>
       <c r="FE15" s="16">
         <v>0</v>
       </c>
       <c r="FF15" s="16">
         <v>0</v>
       </c>
       <c r="FG15" s="16">
         <v>0</v>
       </c>
       <c r="FH15" s="16">
         <v>0</v>
       </c>
       <c r="FI15" s="16">
         <v>0</v>
       </c>
       <c r="FJ15" s="16">
         <v>0</v>
       </c>
       <c r="FK15" s="16">
         <v>0</v>
       </c>
       <c r="FL15" s="16">
         <v>0</v>
       </c>
+      <c r="FM15" s="16">
+        <v>0</v>
+      </c>
+      <c r="FN15" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="18">
         <v>0</v>
       </c>
       <c r="D16" s="18">
         <v>0</v>
       </c>
       <c r="E16" s="18">
         <v>0</v>
       </c>
       <c r="F16" s="18">
         <v>0</v>
       </c>
       <c r="G16" s="18">
         <v>0</v>
       </c>
       <c r="H16" s="18">
         <v>0</v>
       </c>
       <c r="I16" s="18">
         <v>0</v>
       </c>
       <c r="J16" s="18">
@@ -6101,52 +6159,58 @@
       </c>
       <c r="FE16" s="16">
         <v>0</v>
       </c>
       <c r="FF16" s="16">
         <v>0</v>
       </c>
       <c r="FG16" s="16">
         <v>0</v>
       </c>
       <c r="FH16" s="16">
         <v>0</v>
       </c>
       <c r="FI16" s="16">
         <v>0</v>
       </c>
       <c r="FJ16" s="16">
         <v>0</v>
       </c>
       <c r="FK16" s="16">
         <v>0</v>
       </c>
       <c r="FL16" s="16">
         <v>0</v>
       </c>
+      <c r="FM16" s="16">
+        <v>0</v>
+      </c>
+      <c r="FN16" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="18">
         <v>0</v>
       </c>
       <c r="D17" s="18">
         <v>0</v>
       </c>
       <c r="E17" s="18">
         <v>0</v>
       </c>
       <c r="F17" s="18">
         <v>0</v>
       </c>
       <c r="G17" s="18">
         <v>0</v>
       </c>
       <c r="H17" s="18">
         <v>0</v>
       </c>
       <c r="I17" s="18">
         <v>0</v>
       </c>
       <c r="J17" s="18">
@@ -6604,52 +6668,58 @@
       </c>
       <c r="FE17" s="16">
         <v>0</v>
       </c>
       <c r="FF17" s="16">
         <v>0</v>
       </c>
       <c r="FG17" s="16">
         <v>0</v>
       </c>
       <c r="FH17" s="16">
         <v>0</v>
       </c>
       <c r="FI17" s="16">
         <v>0</v>
       </c>
       <c r="FJ17" s="16">
         <v>0</v>
       </c>
       <c r="FK17" s="16">
         <v>0</v>
       </c>
       <c r="FL17" s="16">
         <v>0</v>
       </c>
+      <c r="FM17" s="16">
+        <v>0</v>
+      </c>
+      <c r="FN17" s="16">
+        <v>0</v>
+      </c>
     </row>
-    <row r="18" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="16">
         <v>0</v>
       </c>
       <c r="D18" s="16">
         <v>0</v>
       </c>
       <c r="E18" s="16">
         <v>0</v>
       </c>
       <c r="F18" s="16">
         <v>0</v>
       </c>
       <c r="G18" s="16">
         <v>0</v>
       </c>
       <c r="H18" s="16">
         <v>0</v>
       </c>
       <c r="I18" s="16">
         <v>0</v>
       </c>
       <c r="J18" s="16">
@@ -7107,52 +7177,58 @@
       </c>
       <c r="FE18" s="16">
         <v>12.286811999999999</v>
       </c>
       <c r="FF18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FG18" s="16">
         <v>13.260308999999999</v>
       </c>
       <c r="FH18" s="16">
         <v>12.750382</v>
       </c>
       <c r="FI18" s="16">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ18" s="16">
         <v>14.141092</v>
       </c>
       <c r="FK18" s="16">
         <v>21.094642</v>
       </c>
       <c r="FL18" s="16">
         <v>22.253567</v>
       </c>
+      <c r="FM18" s="16">
+        <v>22.755402</v>
+      </c>
+      <c r="FN18" s="16">
+        <v>19.046842000000002</v>
+      </c>
     </row>
-    <row r="19" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C19" s="20">
         <v>0</v>
       </c>
       <c r="D19" s="20">
         <v>0</v>
       </c>
       <c r="E19" s="20">
         <v>0</v>
       </c>
       <c r="F19" s="20">
         <v>0</v>
       </c>
       <c r="G19" s="20">
         <v>0</v>
       </c>
       <c r="H19" s="20">
         <v>0</v>
       </c>
       <c r="I19" s="20">
         <v>0</v>
       </c>
       <c r="J19" s="20">
@@ -7610,52 +7686,58 @@
       </c>
       <c r="FE19" s="20">
         <v>12.286811999999999</v>
       </c>
       <c r="FF19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FG19" s="20">
         <v>13.260308999999999</v>
       </c>
       <c r="FH19" s="20">
         <v>12.750382</v>
       </c>
       <c r="FI19" s="20">
         <v>14.419233999999999</v>
       </c>
       <c r="FJ19" s="20">
         <v>14.141092</v>
       </c>
       <c r="FK19" s="20">
         <v>21.094642</v>
       </c>
       <c r="FL19" s="20">
         <v>22.253567</v>
       </c>
+      <c r="FM19" s="20">
+        <v>22.755402</v>
+      </c>
+      <c r="FN19" s="20">
+        <v>19.046842000000002</v>
+      </c>
     </row>
-    <row r="20" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="20">
         <v>0</v>
       </c>
       <c r="D20" s="20">
         <v>0</v>
       </c>
       <c r="E20" s="20">
         <v>0</v>
       </c>
       <c r="F20" s="20">
         <v>0</v>
       </c>
       <c r="G20" s="20">
         <v>0</v>
       </c>
       <c r="H20" s="20">
         <v>0</v>
       </c>
       <c r="I20" s="20">
         <v>0</v>
       </c>
       <c r="J20" s="20">
@@ -8113,52 +8195,58 @@
       </c>
       <c r="FE20" s="20">
         <v>0</v>
       </c>
       <c r="FF20" s="20">
         <v>0</v>
       </c>
       <c r="FG20" s="20">
         <v>0</v>
       </c>
       <c r="FH20" s="20">
         <v>0</v>
       </c>
       <c r="FI20" s="20">
         <v>0</v>
       </c>
       <c r="FJ20" s="20">
         <v>0</v>
       </c>
       <c r="FK20" s="20">
         <v>0</v>
       </c>
       <c r="FL20" s="20">
         <v>0</v>
       </c>
+      <c r="FM20" s="20">
+        <v>0</v>
+      </c>
+      <c r="FN20" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="21" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="16">
         <v>27.78950163</v>
       </c>
       <c r="D21" s="16">
         <v>24.060627780000001</v>
       </c>
       <c r="E21" s="16">
         <v>25.712602029999999</v>
       </c>
       <c r="F21" s="16">
         <v>25.40314553</v>
       </c>
       <c r="G21" s="16">
         <v>25.012860839999998</v>
       </c>
       <c r="H21" s="16">
         <v>21.030725329999999</v>
       </c>
       <c r="I21" s="16">
         <v>20.784391800000002</v>
       </c>
       <c r="J21" s="16">
@@ -8616,52 +8704,58 @@
       </c>
       <c r="FE21" s="16">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF21" s="16">
         <v>7.54</v>
       </c>
       <c r="FG21" s="16">
         <v>7.54</v>
       </c>
       <c r="FH21" s="16">
         <v>7.25</v>
       </c>
       <c r="FI21" s="16">
         <v>6.96</v>
       </c>
       <c r="FJ21" s="16">
         <v>6.6120000000000001</v>
       </c>
       <c r="FK21" s="16">
         <v>6.1479999999999997</v>
       </c>
       <c r="FL21" s="16">
         <v>6.3220000000000001</v>
       </c>
+      <c r="FM21" s="16">
+        <v>6.2060000000000004</v>
+      </c>
+      <c r="FN21" s="16">
+        <v>5.9740000000000002</v>
+      </c>
     </row>
-    <row r="22" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C22" s="20">
         <v>27.78950163</v>
       </c>
       <c r="D22" s="20">
         <v>24.060627780000001</v>
       </c>
       <c r="E22" s="20">
         <v>25.712602029999999</v>
       </c>
       <c r="F22" s="20">
         <v>25.40314553</v>
       </c>
       <c r="G22" s="20">
         <v>25.012860839999998</v>
       </c>
       <c r="H22" s="20">
         <v>21.030725329999999</v>
       </c>
       <c r="I22" s="20">
         <v>20.784391800000002</v>
       </c>
       <c r="J22" s="20">
@@ -9119,52 +9213,58 @@
       </c>
       <c r="FE22" s="20">
         <v>7.1920000000000002</v>
       </c>
       <c r="FF22" s="20">
         <v>7.54</v>
       </c>
       <c r="FG22" s="20">
         <v>7.54</v>
       </c>
       <c r="FH22" s="20">
         <v>7.25</v>
       </c>
       <c r="FI22" s="20">
         <v>6.96</v>
       </c>
       <c r="FJ22" s="20">
         <v>6.6120000000000001</v>
       </c>
       <c r="FK22" s="20">
         <v>6.1479999999999997</v>
       </c>
       <c r="FL22" s="20">
         <v>6.3220000000000001</v>
       </c>
+      <c r="FM22" s="20">
+        <v>6.2060000000000004</v>
+      </c>
+      <c r="FN22" s="20">
+        <v>5.9740000000000002</v>
+      </c>
     </row>
-    <row r="23" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="20">
         <v>0</v>
       </c>
       <c r="D23" s="20">
         <v>0</v>
       </c>
       <c r="E23" s="20">
         <v>0</v>
       </c>
       <c r="F23" s="20">
         <v>0</v>
       </c>
       <c r="G23" s="20">
         <v>0</v>
       </c>
       <c r="H23" s="20">
         <v>0</v>
       </c>
       <c r="I23" s="20">
         <v>0</v>
       </c>
       <c r="J23" s="20">
@@ -9622,52 +9722,58 @@
       </c>
       <c r="FE23" s="20">
         <v>0</v>
       </c>
       <c r="FF23" s="20">
         <v>0</v>
       </c>
       <c r="FG23" s="20">
         <v>0</v>
       </c>
       <c r="FH23" s="20">
         <v>0</v>
       </c>
       <c r="FI23" s="20">
         <v>0</v>
       </c>
       <c r="FJ23" s="20">
         <v>0</v>
       </c>
       <c r="FK23" s="20">
         <v>0</v>
       </c>
       <c r="FL23" s="20">
         <v>0</v>
       </c>
+      <c r="FM23" s="20">
+        <v>0</v>
+      </c>
+      <c r="FN23" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C24" s="16">
         <v>442.89348066000002</v>
       </c>
       <c r="D24" s="16">
         <v>569.16374145999998</v>
       </c>
       <c r="E24" s="16">
         <v>532.13280895000003</v>
       </c>
       <c r="F24" s="16">
         <v>535.19574224999997</v>
       </c>
       <c r="G24" s="16">
         <v>531.50276452000003</v>
       </c>
       <c r="H24" s="16">
         <v>534.22091675000001</v>
       </c>
       <c r="I24" s="16">
         <v>557.27035778000004</v>
       </c>
       <c r="J24" s="16">
@@ -10125,52 +10231,58 @@
       </c>
       <c r="FE24" s="16">
         <v>833.74854000000005</v>
       </c>
       <c r="FF24" s="16">
         <v>899.14058999999997</v>
       </c>
       <c r="FG24" s="16">
         <v>929.31294000000003</v>
       </c>
       <c r="FH24" s="16">
         <v>1023.89628</v>
       </c>
       <c r="FI24" s="16">
         <v>1093.5978</v>
       </c>
       <c r="FJ24" s="16">
         <v>1052.0531000000001</v>
       </c>
       <c r="FK24" s="16">
         <v>1084.05386</v>
       </c>
       <c r="FL24" s="16">
         <v>1060.6470400000001</v>
       </c>
+      <c r="FM24" s="16">
+        <v>1134.3924999999999</v>
+      </c>
+      <c r="FN24" s="16">
+        <v>1074.8099199999999</v>
+      </c>
     </row>
-    <row r="25" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="18">
         <v>438.35270157000002</v>
       </c>
       <c r="D25" s="18">
         <v>564.62296236999998</v>
       </c>
       <c r="E25" s="18">
         <v>526.09385148000001</v>
       </c>
       <c r="F25" s="18">
         <v>528.22779480999998</v>
       </c>
       <c r="G25" s="18">
         <v>524.53481707000003</v>
       </c>
       <c r="H25" s="18">
         <v>527.25296931000003</v>
       </c>
       <c r="I25" s="18">
         <v>550.06999444999997</v>
       </c>
       <c r="J25" s="18">
@@ -10628,52 +10740,58 @@
       </c>
       <c r="FE25" s="18">
         <v>818.87354000000005</v>
       </c>
       <c r="FF25" s="18">
         <v>884.26558999999997</v>
       </c>
       <c r="FG25" s="18">
         <v>911.81294000000003</v>
       </c>
       <c r="FH25" s="18">
         <v>1005.17128</v>
       </c>
       <c r="FI25" s="18">
         <v>1072.7728</v>
       </c>
       <c r="FJ25" s="18">
         <v>1031.9281000000001</v>
       </c>
       <c r="FK25" s="18">
         <v>1064.9788599999999</v>
       </c>
       <c r="FL25" s="18">
         <v>1040.3470400000001</v>
       </c>
+      <c r="FM25" s="18">
+        <v>1112.8675000000001</v>
+      </c>
+      <c r="FN25" s="18">
+        <v>1054.6849199999999</v>
+      </c>
     </row>
-    <row r="26" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="D26" s="18">
         <v>4.5407790800000001</v>
       </c>
       <c r="E26" s="18">
         <v>6.0389574599999998</v>
       </c>
       <c r="F26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="G26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="H26" s="18">
         <v>6.9679474399999997</v>
       </c>
       <c r="I26" s="18">
         <v>7.2003633300000001</v>
       </c>
       <c r="J26" s="18">
@@ -11131,52 +11249,58 @@
       </c>
       <c r="FE26" s="18">
         <v>14.875</v>
       </c>
       <c r="FF26" s="18">
         <v>14.875</v>
       </c>
       <c r="FG26" s="18">
         <v>17.5</v>
       </c>
       <c r="FH26" s="18">
         <v>18.725000000000001</v>
       </c>
       <c r="FI26" s="18">
         <v>20.824999999999999</v>
       </c>
       <c r="FJ26" s="18">
         <v>20.125</v>
       </c>
       <c r="FK26" s="18">
         <v>19.074999999999999</v>
       </c>
       <c r="FL26" s="18">
         <v>20.3</v>
       </c>
+      <c r="FM26" s="18">
+        <v>21.524999999999999</v>
+      </c>
+      <c r="FN26" s="18">
+        <v>20.125</v>
+      </c>
     </row>
-    <row r="27" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="16">
         <v>6096.9067936399997</v>
       </c>
       <c r="D27" s="16">
         <v>6007.8525967100004</v>
       </c>
       <c r="E27" s="16">
         <v>5937.2168904600003</v>
       </c>
       <c r="F27" s="16">
         <v>5954.3667656500002</v>
       </c>
       <c r="G27" s="16">
         <v>5929.2741554300001</v>
       </c>
       <c r="H27" s="16">
         <v>5887.5814474500003</v>
       </c>
       <c r="I27" s="16">
         <v>6032.0397174299997</v>
       </c>
       <c r="J27" s="16">
@@ -11634,52 +11758,58 @@
       </c>
       <c r="FE27" s="16">
         <v>955.02375480000001</v>
       </c>
       <c r="FF27" s="16">
         <v>923.51846060000003</v>
       </c>
       <c r="FG27" s="16">
         <v>936.37705879999999</v>
       </c>
       <c r="FH27" s="16">
         <v>883.16748225000003</v>
       </c>
       <c r="FI27" s="16">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ27" s="16">
         <v>951.06842800000004</v>
       </c>
       <c r="FK27" s="16">
         <v>971.51385100000005</v>
       </c>
       <c r="FL27" s="16">
         <v>967.53939909999997</v>
       </c>
+      <c r="FM27" s="16">
+        <v>1006.7607316</v>
+      </c>
+      <c r="FN27" s="16">
+        <v>915.82601050000005</v>
+      </c>
     </row>
-    <row r="28" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="18">
         <v>6096.2272926799997</v>
       </c>
       <c r="D28" s="18">
         <v>6007.1730957500004</v>
       </c>
       <c r="E28" s="18">
         <v>5936.5373895000002</v>
       </c>
       <c r="F28" s="18">
         <v>5953.6872646900001</v>
       </c>
       <c r="G28" s="18">
         <v>5928.5946544600001</v>
       </c>
       <c r="H28" s="18">
         <v>5886.9019464900002</v>
       </c>
       <c r="I28" s="18">
         <v>6031.3602164699996</v>
       </c>
       <c r="J28" s="18">
@@ -12137,52 +12267,58 @@
       </c>
       <c r="FE28" s="18">
         <v>955.02375480000001</v>
       </c>
       <c r="FF28" s="18">
         <v>923.51846060000003</v>
       </c>
       <c r="FG28" s="18">
         <v>936.37705879999999</v>
       </c>
       <c r="FH28" s="18">
         <v>883.16748225000003</v>
       </c>
       <c r="FI28" s="18">
         <v>952.8972447000001</v>
       </c>
       <c r="FJ28" s="18">
         <v>951.06842800000004</v>
       </c>
       <c r="FK28" s="18">
         <v>971.51385100000005</v>
       </c>
       <c r="FL28" s="18">
         <v>967.53939909999997</v>
       </c>
+      <c r="FM28" s="18">
+        <v>1006.7607316</v>
+      </c>
+      <c r="FN28" s="18">
+        <v>915.82601050000005</v>
+      </c>
     </row>
-    <row r="29" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="D29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="E29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="F29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="G29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="H29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="I29" s="18">
         <v>0.67950096000000004</v>
       </c>
       <c r="J29" s="18">
@@ -12640,52 +12776,58 @@
       </c>
       <c r="FE29" s="18">
         <v>0</v>
       </c>
       <c r="FF29" s="18">
         <v>0</v>
       </c>
       <c r="FG29" s="18">
         <v>0</v>
       </c>
       <c r="FH29" s="18">
         <v>0</v>
       </c>
       <c r="FI29" s="18">
         <v>0</v>
       </c>
       <c r="FJ29" s="18">
         <v>0</v>
       </c>
       <c r="FK29" s="18">
         <v>0</v>
       </c>
       <c r="FL29" s="18">
         <v>0</v>
       </c>
+      <c r="FM29" s="18">
+        <v>0</v>
+      </c>
+      <c r="FN29" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="16">
         <v>7617.1317838200002</v>
       </c>
       <c r="D30" s="16">
         <v>7474.5915953699996</v>
       </c>
       <c r="E30" s="16">
         <v>7553.5700379500004</v>
       </c>
       <c r="F30" s="16">
         <v>7559.3415642700002</v>
       </c>
       <c r="G30" s="16">
         <v>7393.6516649200003</v>
       </c>
       <c r="H30" s="16">
         <v>6941.7820613599997</v>
       </c>
       <c r="I30" s="16">
         <v>6983.2771905700001</v>
       </c>
       <c r="J30" s="16">
@@ -13143,52 +13285,58 @@
       </c>
       <c r="FE30" s="16">
         <v>18392.567234770002</v>
       </c>
       <c r="FF30" s="16">
         <v>18272.243959470001</v>
       </c>
       <c r="FG30" s="16">
         <v>18375.781091700002</v>
       </c>
       <c r="FH30" s="16">
         <v>19459.089311419997</v>
       </c>
       <c r="FI30" s="16">
         <v>19958.667111459999</v>
       </c>
       <c r="FJ30" s="16">
         <v>21380.132544479999</v>
       </c>
       <c r="FK30" s="16">
         <v>21082.129957200003</v>
       </c>
       <c r="FL30" s="16">
         <v>21648.879832049999</v>
       </c>
+      <c r="FM30" s="16">
+        <v>21513.846723169998</v>
+      </c>
+      <c r="FN30" s="16">
+        <v>21531.195418160001</v>
+      </c>
     </row>
-    <row r="31" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C31" s="18">
         <v>7388.2501302299997</v>
       </c>
       <c r="D31" s="18">
         <v>7251.0218375900004</v>
       </c>
       <c r="E31" s="18">
         <v>7325.9244908000001</v>
       </c>
       <c r="F31" s="18">
         <v>7337.1759407999998</v>
       </c>
       <c r="G31" s="18">
         <v>7163.4890732100002</v>
       </c>
       <c r="H31" s="18">
         <v>6713.6650848899999</v>
       </c>
       <c r="I31" s="18">
         <v>6749.6179802699999</v>
       </c>
       <c r="J31" s="18">
@@ -13646,52 +13794,58 @@
       </c>
       <c r="FE31" s="18">
         <v>17662.50264277</v>
       </c>
       <c r="FF31" s="18">
         <v>17572.966699470002</v>
       </c>
       <c r="FG31" s="18">
         <v>17617.090299700001</v>
       </c>
       <c r="FH31" s="18">
         <v>18576.241731419999</v>
       </c>
       <c r="FI31" s="18">
         <v>19006.907831459997</v>
       </c>
       <c r="FJ31" s="18">
         <v>20305.545024480001</v>
       </c>
       <c r="FK31" s="18">
         <v>20032.462777200002</v>
       </c>
       <c r="FL31" s="18">
         <v>20613.925992050001</v>
       </c>
+      <c r="FM31" s="18">
+        <v>20466.215943169998</v>
+      </c>
+      <c r="FN31" s="18">
+        <v>20549.821018160001</v>
+      </c>
     </row>
-    <row r="32" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C32" s="23">
         <v>228.88165359000001</v>
       </c>
       <c r="D32" s="23">
         <v>223.56975778</v>
       </c>
       <c r="E32" s="23">
         <v>227.64554715</v>
       </c>
       <c r="F32" s="23">
         <v>222.16562347000001</v>
       </c>
       <c r="G32" s="23">
         <v>230.16259171999999</v>
       </c>
       <c r="H32" s="23">
         <v>228.11697647</v>
       </c>
       <c r="I32" s="23">
         <v>233.65921030000001</v>
       </c>
       <c r="J32" s="23">
@@ -14149,52 +14303,58 @@
       </c>
       <c r="FE32" s="23">
         <v>730.06459199999995</v>
       </c>
       <c r="FF32" s="23">
         <v>699.27725999999996</v>
       </c>
       <c r="FG32" s="23">
         <v>758.69079199999999</v>
       </c>
       <c r="FH32" s="23">
         <v>882.84757999999999</v>
       </c>
       <c r="FI32" s="23">
         <v>951.75927999999999</v>
       </c>
       <c r="FJ32" s="23">
         <v>1074.58752</v>
       </c>
       <c r="FK32" s="23">
         <v>1049.6671799999999</v>
       </c>
       <c r="FL32" s="23">
         <v>1034.9538399999999</v>
       </c>
+      <c r="FM32" s="23">
+        <v>1047.63078</v>
+      </c>
+      <c r="FN32" s="23">
+        <v>981.37440000000004</v>
+      </c>
     </row>
-    <row r="33" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:170" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="24" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="25">
         <v>17599.21488888</v>
       </c>
       <c r="D33" s="25">
         <v>17428.850998739999</v>
       </c>
       <c r="E33" s="25">
         <v>17585.96695763</v>
       </c>
       <c r="F33" s="25">
         <v>17828.098542930002</v>
       </c>
       <c r="G33" s="25">
         <v>17548.427193290001</v>
       </c>
       <c r="H33" s="25">
         <v>16744.996111969998</v>
       </c>
       <c r="I33" s="25">
         <v>17000.2324979</v>
       </c>
       <c r="J33" s="25">
@@ -14652,52 +14812,58 @@
       </c>
       <c r="FE33" s="25">
         <v>29564.619565070003</v>
       </c>
       <c r="FF33" s="25">
         <v>29830.821234670002</v>
       </c>
       <c r="FG33" s="25">
         <v>29229.139900800004</v>
       </c>
       <c r="FH33" s="25">
         <v>29836.908394669998</v>
       </c>
       <c r="FI33" s="25">
         <v>30771.216612559998</v>
       </c>
       <c r="FJ33" s="25">
         <v>32495.663121280002</v>
       </c>
       <c r="FK33" s="25">
         <v>31932.667147400003</v>
       </c>
       <c r="FL33" s="25">
         <v>32273.848533549997</v>
       </c>
+      <c r="FM33" s="25">
+        <v>32339.812585669995</v>
+      </c>
+      <c r="FN33" s="25">
+        <v>32094.38343116</v>
+      </c>
     </row>
-    <row r="34" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:170" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
       <c r="E34" s="26"/>
       <c r="F34" s="26"/>
       <c r="G34" s="26"/>
       <c r="H34" s="26"/>
       <c r="I34" s="26"/>
       <c r="J34" s="26"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
       <c r="P34" s="26"/>
       <c r="Q34" s="26"/>
       <c r="R34" s="26"/>
       <c r="S34" s="26"/>
       <c r="T34" s="26"/>
       <c r="U34" s="26"/>
       <c r="V34" s="26"/>
       <c r="W34" s="26"/>
       <c r="X34" s="26"/>
@@ -14823,52 +14989,54 @@
       <c r="EN34" s="26"/>
       <c r="EO34" s="26"/>
       <c r="EP34" s="26"/>
       <c r="EQ34" s="26"/>
       <c r="ER34" s="26"/>
       <c r="ES34" s="26"/>
       <c r="ET34" s="26"/>
       <c r="EU34" s="26"/>
       <c r="EV34" s="26"/>
       <c r="EW34" s="26"/>
       <c r="EX34" s="26"/>
       <c r="EY34" s="26"/>
       <c r="EZ34" s="26"/>
       <c r="FA34" s="26"/>
       <c r="FB34" s="26"/>
       <c r="FC34" s="26"/>
       <c r="FD34" s="26"/>
       <c r="FE34" s="26"/>
       <c r="FF34" s="26"/>
       <c r="FG34" s="26"/>
       <c r="FH34" s="26"/>
       <c r="FI34" s="26"/>
       <c r="FJ34" s="26"/>
       <c r="FK34" s="26"/>
       <c r="FL34" s="26"/>
+      <c r="FM34" s="26"/>
+      <c r="FN34" s="26"/>
     </row>
-    <row r="35" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="15" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="D35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="E35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="F35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="G35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="H35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="I35" s="16">
         <v>285.61948371</v>
       </c>
       <c r="J35" s="16">
@@ -15326,52 +15494,58 @@
       </c>
       <c r="FE35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FF35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FG35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FH35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FI35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FK35" s="16">
         <v>98.054024650000002</v>
       </c>
       <c r="FL35" s="16">
         <v>98.054024650000002</v>
       </c>
+      <c r="FM35" s="16">
+        <v>98.054024650000002</v>
+      </c>
+      <c r="FN35" s="16">
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="36" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="D36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="E36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="F36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="G36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="H36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="I36" s="18">
         <v>285.61948371</v>
       </c>
       <c r="J36" s="18">
@@ -15829,52 +16003,58 @@
       </c>
       <c r="FE36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FF36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FG36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FH36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FI36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FJ36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FK36" s="18">
         <v>98.054024650000002</v>
       </c>
       <c r="FL36" s="18">
         <v>98.054024650000002</v>
       </c>
+      <c r="FM36" s="18">
+        <v>98.054024650000002</v>
+      </c>
+      <c r="FN36" s="18">
+        <v>98.054024650000002</v>
+      </c>
     </row>
-    <row r="37" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C37" s="18">
         <v>0</v>
       </c>
       <c r="D37" s="18">
         <v>0</v>
       </c>
       <c r="E37" s="18">
         <v>0</v>
       </c>
       <c r="F37" s="18">
         <v>0</v>
       </c>
       <c r="G37" s="18">
         <v>0</v>
       </c>
       <c r="H37" s="18">
         <v>0</v>
       </c>
       <c r="I37" s="18">
         <v>0</v>
       </c>
       <c r="J37" s="18">
@@ -16332,52 +16512,58 @@
       </c>
       <c r="FE37" s="18">
         <v>0</v>
       </c>
       <c r="FF37" s="18">
         <v>0</v>
       </c>
       <c r="FG37" s="18">
         <v>0</v>
       </c>
       <c r="FH37" s="18">
         <v>0</v>
       </c>
       <c r="FI37" s="18">
         <v>0</v>
       </c>
       <c r="FJ37" s="18">
         <v>0</v>
       </c>
       <c r="FK37" s="18">
         <v>0</v>
       </c>
       <c r="FL37" s="18">
         <v>0</v>
       </c>
+      <c r="FM37" s="18">
+        <v>0</v>
+      </c>
+      <c r="FN37" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="38" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="C38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="D38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="E38" s="16">
         <v>2028.4049797600001</v>
       </c>
       <c r="F38" s="16">
         <v>2038.1749711299999</v>
       </c>
       <c r="G38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="H38" s="16">
         <v>2068.1310398800001</v>
       </c>
       <c r="I38" s="16">
         <v>2069.7304824500002</v>
       </c>
       <c r="J38" s="16">
@@ -16835,52 +17021,58 @@
       </c>
       <c r="FE38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FF38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FG38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FH38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FI38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FJ38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FK38" s="16">
         <v>3783.1584711700002</v>
       </c>
       <c r="FL38" s="16">
         <v>3783.1584711700002</v>
       </c>
+      <c r="FM38" s="16">
+        <v>3783.1584711700002</v>
+      </c>
+      <c r="FN38" s="16">
+        <v>3783.1584711700002</v>
+      </c>
     </row>
-    <row r="39" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="21" t="s">
         <v>53</v>
       </c>
       <c r="C39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="D39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="E39" s="18">
         <v>1900.98458026</v>
       </c>
       <c r="F39" s="18">
         <v>1910.75457164</v>
       </c>
       <c r="G39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="H39" s="18">
         <v>1938.7197982600001</v>
       </c>
       <c r="I39" s="18">
         <v>1940.3192408299999</v>
       </c>
       <c r="J39" s="18">
@@ -17338,52 +17530,58 @@
       </c>
       <c r="FE39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FF39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FG39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FH39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FI39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FJ39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FK39" s="18">
         <v>3782.9285694099999</v>
       </c>
       <c r="FL39" s="18">
         <v>3782.9285694099999</v>
       </c>
+      <c r="FM39" s="18">
+        <v>3782.9285694099999</v>
+      </c>
+      <c r="FN39" s="18">
+        <v>3782.9285694099999</v>
+      </c>
     </row>
-    <row r="40" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="D40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="E40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="F40" s="18">
         <v>127.4203995</v>
       </c>
       <c r="G40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="H40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="I40" s="18">
         <v>129.41124162</v>
       </c>
       <c r="J40" s="18">
@@ -17841,52 +18039,58 @@
       </c>
       <c r="FE40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FF40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FG40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FH40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FI40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FJ40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FK40" s="18">
         <v>0.22990176000000001</v>
       </c>
       <c r="FL40" s="18">
         <v>0.22990176000000001</v>
       </c>
+      <c r="FM40" s="18">
+        <v>0.22990176000000001</v>
+      </c>
+      <c r="FN40" s="18">
+        <v>0.22990176000000001</v>
+      </c>
     </row>
-    <row r="41" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="15" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="D41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="E41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="F41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="G41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="H41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="I41" s="16">
         <v>44.79197027</v>
       </c>
       <c r="J41" s="16">
@@ -18344,52 +18548,58 @@
       </c>
       <c r="FE41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FF41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FG41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FH41" s="16">
         <v>74.810446849999991</v>
       </c>
       <c r="FI41" s="16">
         <v>71.170202689999996</v>
       </c>
       <c r="FJ41" s="16">
         <v>71.173502689999992</v>
       </c>
       <c r="FK41" s="16">
         <v>71.173502689999992</v>
       </c>
       <c r="FL41" s="16">
         <v>71.173502689999992</v>
       </c>
+      <c r="FM41" s="16">
+        <v>55.242255490000005</v>
+      </c>
+      <c r="FN41" s="16">
+        <v>55.242255490000005</v>
+      </c>
     </row>
-    <row r="42" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="D42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="E42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="F42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="G42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="H42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="I42" s="18">
         <v>44.294299559999999</v>
       </c>
       <c r="J42" s="18">
@@ -18847,52 +19057,58 @@
       </c>
       <c r="FE42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FF42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FG42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FH42" s="18">
         <v>73.58332184999999</v>
       </c>
       <c r="FI42" s="18">
         <v>69.943077689999996</v>
       </c>
       <c r="FJ42" s="18">
         <v>69.946377689999991</v>
       </c>
       <c r="FK42" s="18">
         <v>69.946377689999991</v>
       </c>
       <c r="FL42" s="18">
         <v>69.946377689999991</v>
       </c>
+      <c r="FM42" s="18">
+        <v>54.015130490000004</v>
+      </c>
+      <c r="FN42" s="18">
+        <v>54.015130490000004</v>
+      </c>
     </row>
-    <row r="43" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="D43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="E43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="F43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="G43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="H43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="I43" s="18">
         <v>0.49767071000000002</v>
       </c>
       <c r="J43" s="18">
@@ -19350,52 +19566,58 @@
       </c>
       <c r="FE43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FF43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FG43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FH43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FI43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FJ43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FK43" s="18">
         <v>1.227125</v>
       </c>
       <c r="FL43" s="18">
         <v>1.227125</v>
       </c>
+      <c r="FM43" s="18">
+        <v>1.227125</v>
+      </c>
+      <c r="FN43" s="18">
+        <v>1.227125</v>
+      </c>
     </row>
-    <row r="44" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="15" t="s">
         <v>57</v>
       </c>
       <c r="C44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="D44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="E44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="F44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="G44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="H44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="I44" s="16">
         <v>34.813325370000001</v>
       </c>
       <c r="J44" s="16">
@@ -19853,52 +20075,58 @@
       </c>
       <c r="FE44" s="16">
         <v>185.48501644999999</v>
       </c>
       <c r="FF44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FG44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FH44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FI44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FJ44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FK44" s="16">
         <v>185.51001644999999</v>
       </c>
       <c r="FL44" s="16">
         <v>185.52328144999998</v>
       </c>
+      <c r="FM44" s="16">
+        <v>185.60501644999999</v>
+      </c>
+      <c r="FN44" s="16">
+        <v>185.60501644999999</v>
+      </c>
     </row>
-    <row r="45" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="D45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="E45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="F45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="G45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="H45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="I45" s="20">
         <v>34.415156940000003</v>
       </c>
       <c r="J45" s="20">
@@ -20356,52 +20584,58 @@
       </c>
       <c r="FE45" s="20">
         <v>119.13501645000001</v>
       </c>
       <c r="FF45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FG45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FH45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FI45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FJ45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FK45" s="20">
         <v>119.16001645</v>
       </c>
       <c r="FL45" s="20">
         <v>119.17328145</v>
       </c>
+      <c r="FM45" s="20">
+        <v>119.25501645</v>
+      </c>
+      <c r="FN45" s="20">
+        <v>119.25501645</v>
+      </c>
     </row>
-    <row r="46" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="D46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="E46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="F46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="G46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="H46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="I46" s="20">
         <v>0.39816843000000002</v>
       </c>
       <c r="J46" s="20">
@@ -20859,52 +21093,58 @@
       </c>
       <c r="FE46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FF46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FG46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FH46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FI46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FJ46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FK46" s="20">
         <v>66.349999999999994</v>
       </c>
       <c r="FL46" s="20">
         <v>66.349999999999994</v>
       </c>
+      <c r="FM46" s="20">
+        <v>66.349999999999994</v>
+      </c>
+      <c r="FN46" s="20">
+        <v>66.349999999999994</v>
+      </c>
     </row>
-    <row r="47" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B47" s="15" t="s">
         <v>58</v>
       </c>
       <c r="C47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="D47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="E47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="F47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="G47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="H47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="I47" s="16">
         <v>7.1404870899999997</v>
       </c>
       <c r="J47" s="16">
@@ -21362,52 +21602,58 @@
       </c>
       <c r="FE47" s="16">
         <v>10.094617849999999</v>
       </c>
       <c r="FF47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FK47" s="16">
         <v>3.7378329199999998</v>
       </c>
       <c r="FL47" s="16">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FM47" s="16">
+        <v>3.7378329199999998</v>
+      </c>
+      <c r="FN47" s="16">
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="48" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="D48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="E48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="F48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="G48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="H48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="I48" s="20">
         <v>7.1404870899999997</v>
       </c>
       <c r="J48" s="20">
@@ -21865,52 +22111,58 @@
       </c>
       <c r="FE48" s="20">
         <v>6.3567849299999999</v>
       </c>
       <c r="FF48" s="20">
         <v>0</v>
       </c>
       <c r="FG48" s="20">
         <v>0</v>
       </c>
       <c r="FH48" s="20">
         <v>0</v>
       </c>
       <c r="FI48" s="20">
         <v>0</v>
       </c>
       <c r="FJ48" s="20">
         <v>0</v>
       </c>
       <c r="FK48" s="20">
         <v>0</v>
       </c>
       <c r="FL48" s="20">
         <v>0</v>
       </c>
+      <c r="FM48" s="20">
+        <v>0</v>
+      </c>
+      <c r="FN48" s="20">
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C49" s="20">
         <v>0</v>
       </c>
       <c r="D49" s="20">
         <v>0</v>
       </c>
       <c r="E49" s="20">
         <v>0</v>
       </c>
       <c r="F49" s="20">
         <v>0</v>
       </c>
       <c r="G49" s="20">
         <v>0</v>
       </c>
       <c r="H49" s="20">
         <v>0</v>
       </c>
       <c r="I49" s="20">
         <v>0</v>
       </c>
       <c r="J49" s="20">
@@ -22368,52 +22620,58 @@
       </c>
       <c r="FE49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FF49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FG49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FH49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FI49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FJ49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FK49" s="20">
         <v>3.7378329199999998</v>
       </c>
       <c r="FL49" s="20">
         <v>3.7378329199999998</v>
       </c>
+      <c r="FM49" s="20">
+        <v>3.7378329199999998</v>
+      </c>
+      <c r="FN49" s="20">
+        <v>3.7378329199999998</v>
+      </c>
     </row>
-    <row r="50" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="15" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="16">
         <v>151.60794213</v>
       </c>
       <c r="D50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="E50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="F50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="G50" s="16">
         <v>162.10127281000001</v>
       </c>
       <c r="H50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="I50" s="16">
         <v>163.09695932</v>
       </c>
       <c r="J50" s="16">
@@ -22871,52 +23129,58 @@
       </c>
       <c r="FE50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FF50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FG50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FH50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FI50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FK50" s="16">
         <v>282.64698369999996</v>
       </c>
       <c r="FL50" s="16">
         <v>282.64698369999996</v>
       </c>
+      <c r="FM50" s="16">
+        <v>282.64698369999996</v>
+      </c>
+      <c r="FN50" s="16">
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="51" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C51" s="18">
         <v>151.60794213</v>
       </c>
       <c r="D51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="E51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="F51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="G51" s="18">
         <v>162.10127281000001</v>
       </c>
       <c r="H51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="I51" s="18">
         <v>163.09695932</v>
       </c>
       <c r="J51" s="18">
@@ -23374,52 +23638,58 @@
       </c>
       <c r="FE51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FF51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FG51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FH51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FI51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FJ51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FK51" s="18">
         <v>282.64698369999996</v>
       </c>
       <c r="FL51" s="18">
         <v>282.64698369999996</v>
       </c>
+      <c r="FM51" s="18">
+        <v>282.64698369999996</v>
+      </c>
+      <c r="FN51" s="18">
+        <v>282.64698369999996</v>
+      </c>
     </row>
-    <row r="52" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B52" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C52" s="18">
         <v>0</v>
       </c>
       <c r="D52" s="18">
         <v>0</v>
       </c>
       <c r="E52" s="18">
         <v>0</v>
       </c>
       <c r="F52" s="18">
         <v>0</v>
       </c>
       <c r="G52" s="18">
         <v>0</v>
       </c>
       <c r="H52" s="18">
         <v>0</v>
       </c>
       <c r="I52" s="18">
         <v>0</v>
       </c>
       <c r="J52" s="18">
@@ -23877,52 +24147,58 @@
       </c>
       <c r="FE52" s="18">
         <v>0</v>
       </c>
       <c r="FF52" s="18">
         <v>0</v>
       </c>
       <c r="FG52" s="18">
         <v>0</v>
       </c>
       <c r="FH52" s="18">
         <v>0</v>
       </c>
       <c r="FI52" s="18">
         <v>0</v>
       </c>
       <c r="FJ52" s="18">
         <v>0</v>
       </c>
       <c r="FK52" s="18">
         <v>0</v>
       </c>
       <c r="FL52" s="18">
         <v>0</v>
       </c>
+      <c r="FM52" s="18">
+        <v>0</v>
+      </c>
+      <c r="FN52" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="53" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B53" s="15" t="s">
         <v>64</v>
       </c>
       <c r="C53" s="16">
         <v>0</v>
       </c>
       <c r="D53" s="16">
         <v>0</v>
       </c>
       <c r="E53" s="16">
         <v>0</v>
       </c>
       <c r="F53" s="16">
         <v>0</v>
       </c>
       <c r="G53" s="16">
         <v>0</v>
       </c>
       <c r="H53" s="16">
         <v>0</v>
       </c>
       <c r="I53" s="16">
         <v>0</v>
       </c>
       <c r="J53" s="16">
@@ -24380,52 +24656,58 @@
       </c>
       <c r="FE53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FF53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FG53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FH53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FI53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FJ53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FK53" s="16">
         <v>16.08324</v>
       </c>
       <c r="FL53" s="16">
         <v>16.08324</v>
       </c>
+      <c r="FM53" s="16">
+        <v>16.08324</v>
+      </c>
+      <c r="FN53" s="16">
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="54" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C54" s="18">
         <v>0</v>
       </c>
       <c r="D54" s="18">
         <v>0</v>
       </c>
       <c r="E54" s="18">
         <v>0</v>
       </c>
       <c r="F54" s="18">
         <v>0</v>
       </c>
       <c r="G54" s="18">
         <v>0</v>
       </c>
       <c r="H54" s="18">
         <v>0</v>
       </c>
       <c r="I54" s="18">
         <v>0</v>
       </c>
       <c r="J54" s="18">
@@ -24883,52 +25165,58 @@
       </c>
       <c r="FE54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FF54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FG54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FH54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FI54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FJ54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FK54" s="18">
         <v>16.08324</v>
       </c>
       <c r="FL54" s="18">
         <v>16.08324</v>
       </c>
+      <c r="FM54" s="18">
+        <v>16.08324</v>
+      </c>
+      <c r="FN54" s="18">
+        <v>16.08324</v>
+      </c>
     </row>
-    <row r="55" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C55" s="18">
         <v>0</v>
       </c>
       <c r="D55" s="18">
         <v>0</v>
       </c>
       <c r="E55" s="18">
         <v>0</v>
       </c>
       <c r="F55" s="18">
         <v>0</v>
       </c>
       <c r="G55" s="18">
         <v>0</v>
       </c>
       <c r="H55" s="18">
         <v>0</v>
       </c>
       <c r="I55" s="18">
         <v>0</v>
       </c>
       <c r="J55" s="18">
@@ -25386,52 +25674,58 @@
       </c>
       <c r="FE55" s="18">
         <v>0</v>
       </c>
       <c r="FF55" s="18">
         <v>0</v>
       </c>
       <c r="FG55" s="18">
         <v>0</v>
       </c>
       <c r="FH55" s="18">
         <v>0</v>
       </c>
       <c r="FI55" s="18">
         <v>0</v>
       </c>
       <c r="FJ55" s="18">
         <v>0</v>
       </c>
       <c r="FK55" s="18">
         <v>0</v>
       </c>
       <c r="FL55" s="18">
         <v>0</v>
       </c>
+      <c r="FM55" s="18">
+        <v>0</v>
+      </c>
+      <c r="FN55" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="56" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="15" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="16">
         <v>3492.2566965300002</v>
       </c>
       <c r="D56" s="16">
         <v>3497.6504054699999</v>
       </c>
       <c r="E56" s="16">
         <v>3502.6606782099998</v>
       </c>
       <c r="F56" s="16">
         <v>3539.1544070599998</v>
       </c>
       <c r="G56" s="16">
         <v>3540.1891140799999</v>
       </c>
       <c r="H56" s="16">
         <v>3580.6770508999998</v>
       </c>
       <c r="I56" s="16">
         <v>3579.78180901</v>
       </c>
       <c r="J56" s="16">
@@ -25889,52 +26183,58 @@
       </c>
       <c r="FE56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG56" s="16">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FK56" s="16">
         <v>3697.4092293600002</v>
       </c>
       <c r="FL56" s="16">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FM56" s="16">
+        <v>3697.4092293600002</v>
+      </c>
+      <c r="FN56" s="16">
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="57" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C57" s="18">
         <v>3491.4720658299998</v>
       </c>
       <c r="D57" s="18">
         <v>3496.8657747699999</v>
       </c>
       <c r="E57" s="18">
         <v>3501.8760475099998</v>
       </c>
       <c r="F57" s="18">
         <v>3538.3697763599998</v>
       </c>
       <c r="G57" s="18">
         <v>3539.4044833799999</v>
       </c>
       <c r="H57" s="18">
         <v>3579.8924201999998</v>
       </c>
       <c r="I57" s="18">
         <v>3578.99717831</v>
       </c>
       <c r="J57" s="18">
@@ -26392,52 +26692,58 @@
       </c>
       <c r="FE57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FF57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FG57" s="18">
         <v>3697.9566853599999</v>
       </c>
       <c r="FH57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FI57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FJ57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FK57" s="18">
         <v>3697.4092293600002</v>
       </c>
       <c r="FL57" s="18">
         <v>3697.4092293600002</v>
       </c>
+      <c r="FM57" s="18">
+        <v>3697.4092293600002</v>
+      </c>
+      <c r="FN57" s="18">
+        <v>3697.4092293600002</v>
+      </c>
     </row>
-    <row r="58" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="58" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="19" t="s">
         <v>54</v>
       </c>
       <c r="C58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="D58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="E58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="F58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="G58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="H58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="I58" s="18">
         <v>0.78463070000000001</v>
       </c>
       <c r="J58" s="18">
@@ -26895,52 +27201,58 @@
       </c>
       <c r="FE58" s="18">
         <v>0</v>
       </c>
       <c r="FF58" s="18">
         <v>0</v>
       </c>
       <c r="FG58" s="18">
         <v>0</v>
       </c>
       <c r="FH58" s="18">
         <v>0</v>
       </c>
       <c r="FI58" s="18">
         <v>0</v>
       </c>
       <c r="FJ58" s="18">
         <v>0</v>
       </c>
       <c r="FK58" s="18">
         <v>0</v>
       </c>
       <c r="FL58" s="18">
         <v>0</v>
       </c>
+      <c r="FM58" s="18">
+        <v>0</v>
+      </c>
+      <c r="FN58" s="18">
+        <v>0</v>
+      </c>
     </row>
-    <row r="59" spans="2:168" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="2:170" s="2" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="15" t="s">
         <v>61</v>
       </c>
       <c r="C59" s="16">
         <v>2676.0561358999998</v>
       </c>
       <c r="D59" s="16">
         <v>2646.9465370399998</v>
       </c>
       <c r="E59" s="16">
         <v>2608.3643869000002</v>
       </c>
       <c r="F59" s="16">
         <v>2610.9101165400002</v>
       </c>
       <c r="G59" s="16">
         <v>2577.4927710000002</v>
       </c>
       <c r="H59" s="16">
         <v>2584.8518854700001</v>
       </c>
       <c r="I59" s="16">
         <v>2573.9479369699998</v>
       </c>
       <c r="J59" s="16">
@@ -27398,52 +27710,58 @@
       </c>
       <c r="FE59" s="16">
         <v>4872.1211259300007</v>
       </c>
       <c r="FF59" s="16">
         <v>4831.1414360200006</v>
       </c>
       <c r="FG59" s="16">
         <v>4791.6834454399996</v>
       </c>
       <c r="FH59" s="16">
         <v>4834.3790936300002</v>
       </c>
       <c r="FI59" s="16">
         <v>4810.8792178399999</v>
       </c>
       <c r="FJ59" s="16">
         <v>4786.9409055900005</v>
       </c>
       <c r="FK59" s="16">
         <v>4851.8237960600009</v>
       </c>
       <c r="FL59" s="16">
         <v>4852.6697712499999</v>
       </c>
+      <c r="FM59" s="16">
+        <v>4789.7439946800005</v>
+      </c>
+      <c r="FN59" s="16">
+        <v>4757.7650192900001</v>
+      </c>
     </row>
-    <row r="60" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="17" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="18">
         <v>2663.96100019</v>
       </c>
       <c r="D60" s="18">
         <v>2634.85140133</v>
       </c>
       <c r="E60" s="18">
         <v>2596.26925119</v>
       </c>
       <c r="F60" s="18">
         <v>2598.81498083</v>
       </c>
       <c r="G60" s="18">
         <v>2566.4779458600001</v>
       </c>
       <c r="H60" s="18">
         <v>2573.83706033</v>
       </c>
       <c r="I60" s="18">
         <v>2562.9331118300001</v>
       </c>
       <c r="J60" s="18">
@@ -27901,52 +28219,58 @@
       </c>
       <c r="FE60" s="18">
         <v>4856.1695300600004</v>
       </c>
       <c r="FF60" s="18">
         <v>4815.1898401499993</v>
       </c>
       <c r="FG60" s="18">
         <v>4775.7318495700001</v>
       </c>
       <c r="FH60" s="18">
         <v>4818.4274977599998</v>
       </c>
       <c r="FI60" s="18">
         <v>4794.9276219700005</v>
       </c>
       <c r="FJ60" s="18">
         <v>4771.1832073199994</v>
       </c>
       <c r="FK60" s="18">
         <v>4836.0241687799999</v>
       </c>
       <c r="FL60" s="18">
         <v>4836.8701439699998</v>
       </c>
+      <c r="FM60" s="18">
+        <v>4773.9443673999995</v>
+      </c>
+      <c r="FN60" s="18">
+        <v>4741.96539201</v>
+      </c>
     </row>
-    <row r="61" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="22" t="s">
         <v>54</v>
       </c>
       <c r="C61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="D61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="E61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="F61" s="23">
         <v>12.095135709999999</v>
       </c>
       <c r="G61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="H61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="I61" s="23">
         <v>11.014825139999999</v>
       </c>
       <c r="J61" s="23">
@@ -28404,52 +28728,58 @@
       </c>
       <c r="FE61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FF61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FG61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FH61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FI61" s="23">
         <v>15.951595869999998</v>
       </c>
       <c r="FJ61" s="23">
         <v>15.757698269999999</v>
       </c>
       <c r="FK61" s="23">
         <v>15.799627279999999</v>
       </c>
       <c r="FL61" s="23">
         <v>15.799627279999999</v>
       </c>
+      <c r="FM61" s="23">
+        <v>15.799627279999999</v>
+      </c>
+      <c r="FN61" s="23">
+        <v>15.799627279999999</v>
+      </c>
     </row>
-    <row r="62" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="2:170" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B62" s="28" t="s">
         <v>65</v>
       </c>
       <c r="C62" s="26">
         <v>8720.6910207599994</v>
       </c>
       <c r="D62" s="26">
         <v>8707.4684615200003</v>
       </c>
       <c r="E62" s="26">
         <v>8673.8965841200006</v>
       </c>
       <c r="F62" s="26">
         <v>8722.7060339899999</v>
       </c>
       <c r="G62" s="26">
         <v>8720.2794642099998</v>
       </c>
       <c r="H62" s="26">
         <v>8769.1222020099995</v>
       </c>
       <c r="I62" s="26">
         <v>8758.9224541900003</v>
       </c>
       <c r="J62" s="26">
@@ -28907,52 +29237,58 @@
       </c>
       <c r="FE62" s="26">
         <v>13020.410611960002</v>
       </c>
       <c r="FF62" s="26">
         <v>12973.099137120002</v>
       </c>
       <c r="FG62" s="26">
         <v>12933.64114654</v>
       </c>
       <c r="FH62" s="26">
         <v>12975.789338730001</v>
       </c>
       <c r="FI62" s="26">
         <v>12948.649218780001</v>
       </c>
       <c r="FJ62" s="26">
         <v>12924.714206530001</v>
       </c>
       <c r="FK62" s="26">
         <v>12989.597097000002</v>
       </c>
       <c r="FL62" s="26">
         <v>12990.45633719</v>
       </c>
+      <c r="FM62" s="26">
+        <v>12911.681048420001</v>
+      </c>
+      <c r="FN62" s="26">
+        <v>12879.702073030001</v>
+      </c>
     </row>
-    <row r="63" spans="2:168" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="2:170" s="14" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="25">
         <v>26319.905909649999</v>
       </c>
       <c r="D63" s="25">
         <v>26136.319460260002</v>
       </c>
       <c r="E63" s="25">
         <v>26259.863541760002</v>
       </c>
       <c r="F63" s="25">
         <v>26550.80457692</v>
       </c>
       <c r="G63" s="25">
         <v>26268.706657499999</v>
       </c>
       <c r="H63" s="25">
         <v>25514.118313989999</v>
       </c>
       <c r="I63" s="25">
         <v>25759.154952090001</v>
       </c>
       <c r="J63" s="25">
@@ -29410,52 +29746,58 @@
       </c>
       <c r="FE63" s="25">
         <v>42585.030177030007</v>
       </c>
       <c r="FF63" s="25">
         <v>42803.920371790002</v>
       </c>
       <c r="FG63" s="25">
         <v>42162.781047340002</v>
       </c>
       <c r="FH63" s="25">
         <v>42812.697733399997</v>
       </c>
       <c r="FI63" s="25">
         <v>43719.865831340001</v>
       </c>
       <c r="FJ63" s="25">
         <v>45420.377327810005</v>
       </c>
       <c r="FK63" s="25">
         <v>44922.264244400008</v>
       </c>
       <c r="FL63" s="25">
         <v>45264.304870740001</v>
       </c>
+      <c r="FM63" s="25">
+        <v>45251.493634089995</v>
+      </c>
+      <c r="FN63" s="25">
+        <v>44974.085504189999</v>
+      </c>
     </row>
-    <row r="64" spans="2:168" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="2:170" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C64" s="30"/>
       <c r="D64" s="30"/>
       <c r="E64" s="30"/>
       <c r="F64" s="30"/>
       <c r="G64" s="30"/>
       <c r="H64" s="30"/>
       <c r="I64" s="30"/>
       <c r="J64" s="30"/>
       <c r="K64" s="30"/>
       <c r="L64" s="30"/>
       <c r="M64" s="30"/>
       <c r="N64" s="30"/>
       <c r="O64" s="30"/>
       <c r="P64" s="30"/>
       <c r="Q64" s="30"/>
       <c r="R64" s="30"/>
       <c r="S64" s="30"/>
       <c r="T64" s="30"/>
       <c r="U64" s="30"/>
       <c r="V64" s="30"/>
       <c r="W64" s="30"/>
       <c r="X64" s="30"/>
       <c r="Y64" s="30"/>
       <c r="Z64" s="30"/>
       <c r="AA64" s="30"/>