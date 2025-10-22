--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -2,77 +2,80 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\262\VRPA\BILTENSKE TABLICE\G8a_EA\Biltenske tablice\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Statistika i istraživanje\BILTEN\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{677B1D0E-9D09-480D-A305-B5871CBFCC32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DDF8F3A-0D4B-478D-A1A7-58993B2FD4AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EUR" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="24">
   <si>
     <t>Tablica G8a: Kamatne stope na trezorske zapise RH</t>
   </si>
   <si>
     <t xml:space="preserve">Godina </t>
   </si>
   <si>
     <t>Mjesec</t>
   </si>
   <si>
     <t>3 mj.</t>
   </si>
   <si>
     <t>6 mj.</t>
   </si>
   <si>
     <t>12 mj.</t>
   </si>
   <si>
     <t>siječanj</t>
   </si>
   <si>
     <t>2023.</t>
   </si>
   <si>
@@ -745,51 +748,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B2:F42"/>
+  <dimension ref="B2:F43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.6640625" style="2" customWidth="1"/>
     <col min="4" max="6" width="17.6640625" style="3" customWidth="1"/>
     <col min="7" max="16384" width="9.1640625" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
     </row>
     <row r="4" spans="2:6" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
     </row>
@@ -1277,67 +1280,82 @@
       <c r="D38" s="28">
         <v>2.6</v>
       </c>
       <c r="E38" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F38" s="28">
         <v>2.6</v>
       </c>
     </row>
     <row r="39" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="26"/>
       <c r="C39" s="27" t="s">
         <v>16</v>
       </c>
       <c r="D39" s="28" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="28" t="s">
         <v>12</v>
       </c>
       <c r="F39" s="28" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="40" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C40" s="13" t="s">
+    <row r="40" spans="2:6" s="15" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="26"/>
+      <c r="C40" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="D40" s="14" t="s">
-[...10 lines deleted...]
-      <c r="B42" s="9" t="s">
+      <c r="D40" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="28" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="12"/>
+      <c r="C41" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" s="14">
+        <v>2.6</v>
+      </c>
+      <c r="E41" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="14" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="9" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Radni listovi</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>